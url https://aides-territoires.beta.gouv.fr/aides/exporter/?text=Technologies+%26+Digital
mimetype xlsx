--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA14"/>
+  <dimension ref="A1:AA22"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -514,1034 +514,1720 @@
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Chargée de mission pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Valérie Miletto: &lt;a href="mailto:vmiletto&amp;#64;maregionsud.fr"&gt;vmiletto&amp;#64;maregionsud.fr &lt;/a&gt; &lt;br /&gt; Tél:  04 88 73 67 06 / 06 86 53 56 77 &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Gestionnaire pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Estelle Monier : &lt;a href="mailto:emonier&amp;#64;maregionsud.fr"&gt;emonier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Tél: 04 91 57 59 69&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lequipement-informatique-et-numerique-du-reseau-regional-de-lecture-publique/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>139937</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Informer sur la mise en œuvre des usages numériques. Accompagner pour le développement du numérique éducatif. Proposer un accès gratuit à des plateformes de dématérialisation.</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Usages numériques</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Cantal Ingénierie &amp;amp; Territoires propose des prestations d&amp;#039;accompagnement, d&amp;#039;AMO, de conseil dans le domaine du numérique. L&amp;#039;agence propose également des outils mutualisés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ecoles numériques du Cantal : ENT (environnements numérique de travail),
  &lt;/li&gt;
  &lt;li&gt;
   Mission de maintenance et assistance
  &lt;/li&gt;
  &lt;li&gt;
   Conseil et expertise sur le volet équipements et réseaux
  &lt;/li&gt;
  &lt;li&gt;
   Dématérialisation de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   Dématérialisation des flux vers les services de l&amp;#039;État (contrôle de légalité, hélios...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Appui méthodologique
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
  &lt;/li&gt;
  &lt;li&gt;
   Etre adhérent à CIT
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;essentiel des services sont accessibles  gratuitement sous condition d&amp;#039;adhésion
  &lt;/li&gt;
  &lt;li&gt;
   Contrat de maintenance et AMO: services payants.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Cantal</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>http://ingenierie-et-territoires.cantal.fr/</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  cit&amp;#64;cantal.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>cit@cantal.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/85ea-informer-sur-la-mise-en-uvre-des-usages-numer/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>94792</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une maintenance du parc informatique</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champ d&amp;#039;action en matière de numérique et informatique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur la
  &lt;strong&gt;
   maintenance informatique
  &lt;/strong&gt;
  et vous propose une
  &lt;strong&gt;
   centrale d&amp;#039;achat à prix coûtant
  &lt;/strong&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Maintenance informatique
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dépannage et assistance informatique en ligne ou sur place
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Centrale d&amp;#039;achat à prix coûtant de matériels et logiciels informatiques
  &lt;/li&gt;
  &lt;li&gt;
   Paramétrage, installation et reprise des données lors d&amp;#039;un remplacement de postes, livraison
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Audit informatique
  &lt;/li&gt;
  &lt;li&gt;
   Assistance et conseils à la mise en œuvre de l&amp;#039;infrastructure informatique
  &lt;/li&gt;
  &lt;li&gt;
   Maintenance et logiciels pour les établissements scolaires (expérimentation)
  &lt;/li&gt;
  &lt;li&gt;
   Prêt de matériel informatique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Equipement public
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une collectivité locale située dans le département de la Charente.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Être adhérent à l&amp;#039;ATD16, au volet numérique.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.atd16.fr/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://ticket.atd16.fr</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;atd16.fr
   &lt;/a&gt;
   - 05 45 20 07 60
  &lt;/li&gt;
  &lt;li&gt;
   Sébastien Briongos - Responsable du service Matériel Système et Réseaux
  -
   &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    sbriongos&amp;#64;atd16.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Juliette Dufloux - Assistante achat -
   &lt;a href="mailto:jdufloux&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    jdufloux&amp;#64;atd16.fr
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>contact@atd16.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0a2f-copie-14h49-beneficier-dune-assistance-inform/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>165504</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l'utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE- Accélérer l'utilisation optimale des technologies - 2025</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;15 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 15 million euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-WALLET: 10 millions euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2025-BESTUSE-TECH-09-MDL: 5 millions euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir la délivrance et la certification des portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE conformément au règlement&lt;/li&gt;    &lt;li&gt;Soutenir le développement des marchés publics dans le contexte des portefeuilles d&amp;#039;entreprise européens&lt;/li&gt;    &lt;li&gt;Financer le développement de solutions modulaires de portefeuille d&amp;#039;identité numérique de l&amp;#039;UE et la fourniture de services d&amp;#039;assistance grâce à la coopération conjointe des États membres&lt;/li&gt;    &lt;li&gt;Soutenir la délivrance et l&amp;#039;acceptation des permis de conduire mobiles délivrés aux portefeuilles d&amp;#039;identité numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2025/call-fiche_digital-2025-bestuse-tech-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2025-BESTUSE-TECH-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>09/10/2025</t>
+        </is>
+      </c>
+      <c r="Q8" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2025</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des entités juridiques (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur propositionUn consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué ( DIGITAL-2025-BESTUSE-TECH-09-WALLET)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 2 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doivent être constituées (DIGITAL-2025-BESTUSE-TECH-09-MDL)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-accelerer-lutilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2025/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>165507</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent réseau des pôles européens d'innovation numérique (EDIH) IA - 2026</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent EDIH IA - 2026</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;79,2 millions d&amp;#039;euros &lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 79,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 1 million d&amp;#039;euros et 3 millions d&amp;#039;euros par projet.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  La subvention accordée peut être inférieure au montant demandé  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Consolider le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) afin de couvrir toutes les régions de l&amp;#039;Union Européenne et des pays associés en renforçant ses performances et sa capacité à répondre aux besoins locaux, régionaux, nationaux et européens en matière de numérisation&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes afin de faire progresser les objectifs collectifs de l&amp;#039;Europe en matière de climat et d&amp;#039;environnement&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par des pôles d&amp;#039;innovation numérique européens candidats issus de pôles EDIH existants financés par le programme « Europe numérique » et de pôles EDIH ayant obtenu le label d&amp;#039;excellence, tels qu&amp;#039;énumérés dans la &lt;a href="https://eur-lex.europa.eu/eli/dec_impl/2023/1534/oj" target="_blank" rel="nofollow noopener"&gt;décision d&amp;#039;exécution 2023/1534 de la Commission&lt;/a&gt; établissant le réseau initial de pôles EDIH.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-eu-eaa-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-EDIH-EU-EEA-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q9" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECT-DIH&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>72812</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'e-administration et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>e-Collectivités (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat mixte régional e-Collectivités, opérateur public de services numériques, est une structure dédiée au développement de l&amp;#039;administration électronique et à la transformation numérique des collectivités territoriales de la région Pays de la Loire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;ecollectivites.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>cedric.macaud@ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e14f-developper-le-administration-et-accompagner-l/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>111696</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bénéficier des compétences d'un jeune diplômé (VTA)</t>
         </is>
       </c>
-      <c r="C6" s="1" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Avenir Montagnes
 France Ruralités</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Volontaire territorial en administration</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
-      <c r="F6" s="1" t="inlineStr">
+      <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="J6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K6" s="1" t="inlineStr">
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire de 15.000€ pour la collectivité</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le volontariat territorial en administration (VTA) permet aux collectivités territoriales rurales de bénéficier des compétences de jeunes diplômés le temps d&amp;#039;une mission de 12 à 18 mois maximum, au service de l&amp;#039;ingénierie de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Créé en 2021, le Volontariat territorial en administration s&amp;#039;adresse aux collectivités territoriales des territoires ruraux, qu&amp;#039;il s&amp;#039;agisse des établissements publics de coopération intercommunale ou des communes. Les pays, PETR et PNR pourront également embaucher des VTA, notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE). À titre plus exceptionnel, des structures portant des postes mutualisés pour le compte de plusieurs collectivités pourront bénéficier du dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  Les VTA ont vocation à soutenir les territoires ruraux, pour faire émerger leurs projets de développement et les aider à se doter d&amp;#039;outils d&amp;#039;ingénierie adaptés à leur besoin. Ils aident notamment les acteurs locaux à mobiliser des financements du plan de relance.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;État aidera la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15 000 euros pour financer le recrutement indifféremment que celui soit de 12 ou 18 mois. Ce sont 800 VTA qui auront pu être aidés d&amp;#039;ici la fin de l&amp;#039;année 2022.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Une subvention forfaitaire de 20.000€ :
+  Une subvention forfaitaire de 15.000€ :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- → dont 15.000€ pour la collectivité : l&amp;#039;État aide la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15.000€ qui sera versée sur décision du préfet
-[...3 lines deleted...]
-&lt;/p&gt;
+ → 15.000€ pour la collectivité : l&amp;#039;État aide la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15.000€ qui sera versée sur décision du préfet&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;année 2023, le nombre de VTA sera limité à 220 recrutements.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les VTA renforcent en ingénierie les collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Ainsi les missions peuvent permettre de rechercher et mobiliser des financements, d&amp;#039;accompagner les collectivités dans la réalisation de leur projet de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Les VTA sont recrutés sur des missions d&amp;#039;appui aux
  CRTE, aux programmes de l&amp;#039;ANCT &amp;#34;Petites villes de demain&amp;#34;, Avenir Montagnes ingénierie, France service...
 &lt;/p&gt;
 &lt;p&gt;
  Les domaines d&amp;#039;aménagement du territoire, de la culture, citoyenneté, transition écologique, sont représentés par ce dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Emploi
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
+      <c r="P11" s="1" t="inlineStr">
         <is>
           <t>15/04/2021</t>
         </is>
       </c>
-      <c r="Q6" s="1" t="inlineStr">
+      <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif s&amp;#039;adresse en premier lieu aux collectivités territoriales rurales (commune ou établissement public de coopération intercommunale – EPCI) selon la nouvelle définition de la ruralité l&amp;#039;Institut national de la statistique et des études économiques (INSEE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutefois, afin d&amp;#039;apporter un soutien en ingénierie adapté aux besoins des organisations locales, d&amp;#039;autres collectivités territoriales, groupements de collectivités ou structures sont éligibles au recrutement d&amp;#039;un VTA :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les syndicats mixtes dont le siège est situé dans un département rural ou dans une commune appartenant à un EPCI rural au sein de l&amp;#039;INSEE si les missions proposées s&amp;#039;adressent exclusivement aux intercommunalités et communes rurales au sens de l&amp;#039;INSEE ;
  &lt;/li&gt;
  &lt;li&gt;
   les communes de moins de 20 000 habitants de densité intermédiaire au sens de l&amp;#039;INSEE mais situées dans un département rural ou un EPCI rural;
  &lt;/li&gt;
  &lt;li&gt;
   les associations dont l&amp;#039;objet est de fournir un service aux communes ou EPCI ruraux  au sens de l&amp;#039;INSEE, notamment dans le cadre de postes mutualisés pour plusieurs collectivités territoriales;
  &lt;/li&gt;
  &lt;li&gt;
   les pays et pôles d&amp;#039;équilibre territorial et rural (PETR), notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W6" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://vta.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
         <is>
           <t>https://vta.anct.gouv.fr/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:vta&amp;#64;anct.gouv.fr" target="_self"&gt;
   vta&amp;#64;anct.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>marie.laurent@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7950-beneficier-des-competences-dun-jeune-dipome/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>165510</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
-[...2 lines deleted...]
-      <c r="H7" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;1,8 million d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la coordination et le renforcement des capacités des points de contact nationaux (PCN) pour le programme&lt;/li&gt;    &lt;li&gt;Stimuler la mise en œuvre des politiques numériques de l&amp;#039;UE, la visibilité et l&amp;#039;impact du programme, ainsi que la diffusion et l&amp;#039;exploitation à long terme des résultats&lt;/li&gt;    &lt;li&gt;Renforcer le caractère transnational des activités du réseau, dans le but d&amp;#039;encourager davantage la collaboration&lt;/li&gt;    &lt;li&gt;Aider les PCN à mieux faire connaître le programme « Europe numérique » et les politiques numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : faciliter la coopération transnationale entre les PCN&lt;/li&gt;    &lt;li&gt;Priorité 2 : fournir un cadre qui favorisera la participation au programme et maximisera la sensibilisation générale à celui-ci&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Activités sur-mesure&lt;/li&gt;    &lt;li&gt;Activités transfrontalières&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles si elles sont dument justifiées par un amendement&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-support-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-SUPPORT-09-NCP-NETWORK?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-SUPPORT-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité :&lt;/p&gt;&lt;p&gt;- Etre des personnes morales (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Etre établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/p&gt;&lt;p&gt;- Un consortium composé d&amp;#039;au moins une entité établie dans un État membre et d&amp;#039;au moins deux candidats indépendants supplémentaires, chacun établi dans un État membre ou un pays associé différent, doit être constitué.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>165511</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;6 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 750 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Financer les activités des centres nationaux ou régionaux indépendants afin d&amp;#039;assurer la couverture des zones géographiques couvertes par les centres EDMO dont le financement prend fin en 2026&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : renforcer la surveillance et l&amp;#039;analyse de l&amp;#039;environnement informationnel en ligne, détecter et dénoncer les campagnes de désinformation, dans le but de contribuer à la connaissance de la situation dans l&amp;#039;ensemble de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : soutenir l&amp;#039;intégrité des élections en surveillant et en analysant les campagnes de désinformation et les manipulations liées aux élections&lt;/li&gt;    &lt;li&gt;Priorité n° 3 : mettre l&amp;#039;accent sur le renforcement de la résilience sociale et l&amp;#039;intensification des efforts de sensibilisation et de communication afin de toucher un large public et de concevoir des réponses efficaces adaptées aux publics nationaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats indépendants (bénéficiaires ; pas d&amp;#039;entités affiliées) doit être constitué et le coordinateur du consortium doit être établi dans un État membre de l&amp;#039;UE couvert par le pôle.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 18 mois&lt;/li&gt;    &lt;li&gt;Contact : &lt;a href="https://european-union.europa.eu/contact-eu/write-us_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-bestuse-tech-edmo-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-BESTUSE-TECH-EDMO-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-accelerer-lutilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>164371</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une sauvegarde informatique</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Sauvegarde</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...91 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financé par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
 structures diverses, communautés de communes et le Département de la
 Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
 attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
 propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
 adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
 E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
 la mise en œuvre et l’exploitation du logiciel métier (installation, support,
 télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/p&gt;&lt;p&gt;Ingénierie 70 a fait le choix de
 candidater à l&amp;#039;appel à projet sur la cybersécurité lancé par l&amp;#039;ANSSI pour
 permettre à chaque collectivité de bénéficier d&amp;#039;une sauvegarde externalisée.
 Cette décision fait suite à une longue réflexion sur la nécessité de protéger
 les données des logiciels e.Magnus, mais également des données des utilisateurs.
 En effet, les collectivités stockent sur leurs postes des données dites
 sensibles qu&amp;#039;il convient de sécuriser. L&amp;#039;externalisation de la sauvegarde
 permet ainsi d&amp;#039;avoir une copie afin de se prémunir de tout dégât physique dans
 les locaux ou dégât sur le matériel. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 supports &lt;/strong&gt;distincts :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sauvegarde
 automatique, &lt;/li&gt;&lt;li&gt;Sauvegarde
 3-2-1 (3 copies de fichiers, sur 2 supports différents dont 1 copie hors site)&lt;/li&gt;&lt;li&gt;Sauvegarde
 déconnectée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Etre une
 collectivité adhérente à l’agence technique Ingénierie70 pour  la compétence informatique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sauvegarde-informatique/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>97286</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une sauvegarde informatique et d'usage collaboratifs</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Agence technique met en place une
  &lt;strong&gt;
   sauvegarde de vos données
  &lt;/strong&gt;
  conformément aux standards de l&amp;#039;ANSSI
  &lt;strong&gt;
   en 3 supports
  &lt;/strong&gt;
  distincts dont une sauvegarde externalisée avec l&amp;#039;engagement de retrouver vos données sous 72 heures.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs, l&amp;#039;ATD16 propose un
  &lt;strong&gt;
   cloud
  &lt;/strong&gt;
  souverain pour un
  &lt;strong&gt;
   usage collaboratif
  &lt;/strong&gt;
  de vos données en
  &lt;strong&gt;
   mode nomade
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M9" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sauvegarde 3,2,1
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Disposer des 3 copies de vos données, stockées sur 2 supports différents et une sauvegarde externalisée
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outils collaboratifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Disposer d&amp;#039;un cloud souverain
  &lt;/li&gt;
  &lt;li&gt;
   Accéder à ses données en synchronisation locale depuis différents appareils
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Equipement public</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être une collectivité locale située dans le département de la Charente.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Être adhérent à l&amp;#039;ATD16, option Sauvegarde 3,2,1 et usages collaboratifs
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.atd16.fr/</t>
         </is>
       </c>
-      <c r="W9" s="1" t="inlineStr">
+      <c r="W15" s="1" t="inlineStr">
         <is>
           <t>https://ticket.atd16.fr</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;atd16.fr
   &lt;/a&gt;
   - 05 45 20 07 60
  &lt;/li&gt;
  &lt;li&gt;
   Sébastien Briongos - Responsable du service Matériel Systèmes et Réseaux -
   &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
    sbriongos&amp;#64;atd16.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>contact@atd16.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b2fe-copie-13h15-beneficier-dune-assistance-numeri/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>72405</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans leur transformation numérique - Métiers support</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Centre de Gestion de la Fonction Publique Territoriale de Lot et Garonne - CDG 47  (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le CDG 47 s&amp;#039;est investi en faveur de l&amp;#039;informatisation des collectivités lot-et-garonnaises au travers d&amp;#039;étapes importantes.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;accompagnement dans l&amp;#039;usage de progiciels de gestion depuis 1984;
  &lt;/li&gt;
  &lt;li&gt;
   La mise en oeuvre du projet élu rural numérique en 2010 composé de quatre axes (la dématérialisation, la sécurité du système d&amp;#039;information, les services internet, l&amp;#039;information géographique);
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   La signature d&amp;#039;un partenariat avec la DDFIP depuis 2013 afin d&amp;#039;avoir un rôle moteur dans le processus de dématérialisation de la chaîne comptable et financière.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Notre objectif constant est de jouer un rôle moteur dans l&amp;#039;optimisation de la gestion publique locale en développant en matière informatique et numérique une gamme d&amp;#039;outils et de services en lien avec les besoins du monde territorial.
 &lt;/p&gt;
 &lt;p&gt;
  Les champs de compétences :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -1566,252 +2252,154 @@
   Convocations électroniques
  &lt;/li&gt;
  &lt;li&gt;
   Communication électronique professionnelle
  &lt;/li&gt;
  &lt;li&gt;
   Délégué à la protection des données
  &lt;/li&gt;
  &lt;li&gt;
   Sites Internet
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Système d&amp;#039;Information Géographique
  &lt;/li&gt;
  &lt;li&gt;
   Conseil et organisation
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   etc.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sous convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Lot-et-Garonne</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.cdg47.fr/</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Tél : 05.53.48.00.70
  &lt;/li&gt;
  &lt;li&gt;
   Courriel :
    contact&amp;#64;cdg47.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>olivier.pommaret@cdg47.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8b4a-accompagner-les-collectivites-dans-leur-trans/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="A12" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>72809</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le SIEEEN, guichet unique informatique des collectivités nivernaises
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Contexte :
  &lt;/strong&gt;
  &lt;br /&gt;
  En 1992, le SIEEEN reprend le programme d&amp;#039;informatisation des mairies initié quelques années plus tôt par l&amp;#039;Union Amicale des Maires de la Nièvre.
 &lt;/p&gt;
 &lt;p&gt;
  En 2010, le Syndicat fonde le Service d&amp;#039;Informations TErritoriales des Collectivités (SITEC) afin d&amp;#039;optimiser son offre.
 &lt;/p&gt;
 &lt;p&gt;
  Le SITEC s&amp;#039;affirme  comme guichet unique informatique pour les collectivités. Il s&amp;#039;appuie sur des partenariats avec les éditeurs nationaux de logiciels collectivités présents sur le territoire nivernais.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectif : proposer un service et un accompagnement optimisés en représentant plus de 90 % des collectivités nivernaises.
  &lt;/strong&gt;
  &lt;br /&gt;
@@ -1928,553 +2516,1060 @@
  À travers l&amp;#039;offre globale et la gamme complète de services du SITEC, les collectivités nivernaises peuvent disposer d&amp;#039;un service d&amp;#039;infogérance expert et se concentrer pleinement sur leurs missions.
 &lt;/p&gt;
 &lt;p&gt;
  Quelques chiffres clés :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   1 200 Postes informatiques en maintenance
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   50 Ecoles et 41 autres (SIAEP, coopératives, maison de l&amp;#039;emploi, ....)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   1 207 installations, dépannages et migrations
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   8 000 appels en hotline /an
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M12" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Informatisation complètes d&amp;#039;écoles
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en conformité au RGPD
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et accompagnement technique sur l&amp;#039;opendata
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Formation initiale et continue des agents publics
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Mise à disposition d&amp;#039;une plateforme de messagerie à destination des collectivités adhérentes
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Formation professionnelle
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre adhérent du Sieeen de manière statutaire ou en prestations
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Nièvre</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.sieeen.fr</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  franck.lanfranchi&amp;#64;sieeen.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>franck.lanfranchi@sieeen.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/833a-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>161864</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l’autonomie numérique - Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Mission Société Numérique</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif Conseiller numérique a été lancé en 2021 dans le cadre du volet inclusion numérique du plan France Relance. Aujourd&amp;#039;hui,  4000 conseillers numériques sont déployés partout en France pour accompagner les citoyens dans leurs usages quotidiens du numérique. &lt;/p&gt;&lt;p&gt;Les Conseillers numériques accompagnent les Français sur trois thématiques considérées comme
+prioritaires : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutenir les Français dans leurs usages quotidiens du numérique : travailler à distance,
+consulter un médecin, vendre un objet, acheter en ligne, etc. ;&lt;/li&gt;&lt;li&gt;Sensibiliser aux enjeux du numérique et favoriser des usages citoyens et critiques : s’informer et
+apprendre à vérifier les sources, protéger ses données personnelles, maitriser les réseaux sociaux,
+suivre la scolarité de ses enfants, etc. ;&lt;/li&gt;&lt;li&gt;Accompagner les Français vers l’autonomie pour réaliser des démarches administratives en
+ligne seul.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les structures d&amp;#039;accueil, publiques ou privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) doivent s&amp;#039;inscrire sur la plateforme conseiller-numérique.gouv.fr. Leur candidature sera alors étudiée par leur préfecture de rattachement, chargée de donner un avis motivé à l&amp;#039;Agence nationale de la Cohésion des Territoires, qui attribue les postes dans le cadre d&amp;#039;un Comité de sélection national.  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier de l&amp;#039;Etat s&amp;#039;organise selon les modalités suivantes : &lt;a href="https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/" target="_self"&gt;https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A l’issue de sa formation initiale, le Conseiller numérique pourra engager des actions d’accompagnement auprès de tous types de publics au travers d’ateliers de groupes, de présentations et d’accompagnements individuels :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prendre en main un équipement informatique (ordinateur, smartphone, tablette, etc.) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Naviguer sur internet ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer, recevoir, gérer ses courriels ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Installer et utiliser des applications utiles sur son smartphone ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer et gérer (stocker, ranger, partager) ses contenus numériques ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaître l’environnement et le vocabulaire numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre les bases du traitement de texte ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Échanger avec ses proches ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Trouver un emploi ou une formation ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner son enfant ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre ce que le numérique peut apporter à sa TPE/PME ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre la culture numérique.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les structures d’accueil, publiques et privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) France Services doivent s’inscrire sur la plateforme conseiller-numerique.gouv.fr. Leur candidature sera alors étudiée par la préfecture de département, chargée de donner un avis motivé à l’Agence nationale de la cohésion des territoires, qui attribue les postes dans le cadre d’un Comité de sélection national.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour les structures publiques, ce dispositif est ouvert aux :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collectivités territoriales et leurs groupements au sens de l’article L. 5111-1 du Code général des collectivités territoriales, la Métropole du Grand Paris ainsi que les établissements publics territoriaux et la Métropole de Lyon, les territoires et collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;établissements publics locaux qui leur sont rattachés : CCAS, CIAS, Offices publics de l’habitat… ;&lt;/li&gt;&lt;li&gt;GIP constitués de personnes morales de droit public ;&lt;/li&gt;&lt;li&gt;chambres consulaires, établissements publics administratifs sous tutelle de l’État ;&lt;/li&gt;&lt;li&gt;EPIC préalablement identifiés par l’État.&lt;/li&gt;&lt;li&gt;les services déconcentrés de l’État ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les structures privées listées ci-dessous peuvent aussi accueillir des Conseillers numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;associations déclarées au sens de la loi du 1er juillet 1901 (loi 1908 en Alsace-Moselle) ;&lt;/li&gt;&lt;li&gt;entreprises relevant de l’économie sociale et solidaire au sens de la loi n°2014-856 du 31 juillet 2014 ;&lt;/li&gt;&lt;li&gt;entreprises sociales pour l’habitat ;&lt;/li&gt;&lt;li&gt;toute personne morale de droit privé poursuivant une mission d’intérêt général et n’ayant pas, à titre exclusif, un but lucratif.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des Conseillers numériques France Services. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l’ensemble du territoire. Les initiatives coordonnées sur un même territoire sont donc à favoriser.&lt;/span&gt;&lt;p&gt;&lt;span&gt;Un projet peut être porté par plusieurs structures, qu’elles soient publiques ou privées, dans la mesure où le Conseiller numérique exerce bien les activités présentées dans l’offre de services. Dans ce cas, une seule structure d’accueil sera identifiée pour instruire la demande de subvention, signaler la convention et percevoir la subvention. Elle sera l’employeur du Conseiller numérique et signataire à ce titre du contrat de travail.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conformément à la &lt;/span&gt;&lt;a href="https://cdn.conseiller-numerique.gouv.fr/cir_45126.pdf" target="_blank" rel="noopener noreferrer" role="link"&gt;circulaire interministérielle du 26 janvier 2021 relative à la mise en œuvre du volet « inclusion numérique » du plan France Relance&lt;/a&gt;&lt;span&gt; : « un Conseiller numérique ne peut venir qu’en complément des deux agents (ou plus) animant la France Services, sur les missions de conseil numérique qui sont les siennes ». Un Conseiller numérique ne peut pas être un des deux ETP d’un espace France Services.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/aide-structure</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:conseiller-numerique&amp;#64;anct.gouv.fr" target="_self"&gt;conseiller-numerique&amp;#64;anct.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>societe.numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-vers-lautonomie-dans-lusage-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>72749</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Conseiller et accompagner la transformation numérique des collectivités</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Somme Numérique (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Somme Numérique accompagne ses membres le déploiement du numérique et participe à la transformation numérique des collectivités locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projets de dématérialisation (PES V2, Actes, signature électronique, plateforme de marchés publics...)
  &lt;/li&gt;
  &lt;li&gt;
   Numérique éducatif (Espace Numérique de Travail, TBI)
  &lt;/li&gt;
  &lt;li&gt;
   Hébergement physique dans Datacenter Tiers 3
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Marché télécom : fourniture de solutions de communication (tél. fixe et mobile, MtM, SMS...) à prix négociés
  &lt;/li&gt;
  &lt;li&gt;
   Sauvegarde de données
  &lt;/li&gt;
  &lt;li&gt;
   Hébergement de sites internet - gestion de domaine
  &lt;/li&gt;
  &lt;li&gt;
   Messagerie collaborative
  &lt;/li&gt;
  &lt;li&gt;
   Bornes wifi
  &lt;/li&gt;
  &lt;li&gt;
   Archivage électronique à valeur probante (SESAM)
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
  &lt;/li&gt;
  &lt;li&gt;
   Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
  &lt;/li&gt;
  &lt;li&gt;
   et Conseil en communication et en graphisme.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    &lt;strong&gt;
     Hébergement et formation de la messagerie collaborative de la collectivité
    &lt;/strong&gt;
    : sécurité et fluidité des échanges entre agents/élus.
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dématérialisation des marchés publics
   &lt;/strong&gt;
   : accompagnement des collectivités pour la dématérialisation des marchés publics sur notre plateforme régionale.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Mise à disposition d&amp;#039;outils de communication
   &lt;/strong&gt;
   : nom de domaine, site internet, application mobile
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    Toutes les communautés de communes, communes, syndicats situés sur le département de la Somme
    &lt;br /&gt;
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.sommenumerique.fr</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  courrier&amp;#64;sommenumerique.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>l.cartier@sommenumerique.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfaf-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>74198</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance numérique</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...12 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur les
+ &lt;strong&gt;
+  logiciels métiers d&amp;#039;administration publique
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence technique vous propose également l&amp;#039;assistance et paramétrage d&amp;#039;un
+ &lt;strong&gt;
+  profil acheteur marché publics.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  OBJECTIFS
+  Administration numérique
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Développer la communication numérique pour l&amp;#039;attractivité de nos territoires et de son rayonnement économique et culturel ;
-[...5 lines deleted...]
-  Accompagner les communes dans la mise en œuvre de la loi &amp;#34;pour une République numérique&amp;#34; publiée le 7 octobre 2016 au Journal officiel.
+  Assistance et paramétrage sur les logiciels métiers : État Civil, paie, déclaration sociale, comptabilité, élections, registre de délibération, facturation, emprunt, gestions des biens, populations, PayFip
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission des flux en trésorerie et des actes en préfecture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocation électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certificats de signature électronique (Chambersign) et pour l&amp;#039;état civil (Comedec), parapheur électronique (Sésile)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet : Gestion des domaines et création de compte client de messagerie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils collaboratifs : Gestion Electronique des Documents, Visioconférence, agendas partagés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  CONTENU DU PROGRAMME
+  Profil acheteur Marchés Publics [plateforme de dématérialisation]
  &lt;/strong&gt;
-&lt;/p&gt;
-[...8 lines deleted...]
- &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Soutien à l&amp;#039;éducation numérique dans les établissements du primaire (élémentaires et maternelles) en terme d&amp;#039;équipements en matériels (classes informatiques mobiles, tableaux numériques, tablettes et ordinateurs portables, etc.).
+  Assistance et paramétrage du profil acheteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à mise en ligne et fin de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des agents
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...65 lines deleted...]
- Le reste du projet « éducation » pour ces communes sera financé par l&amp;#039;Éducation nationale dans la limite d&amp;#039;un montant maximal de subvention (d&amp;#039;ores et déjà déterminé par l&amp;#039;État) et sur la base d&amp;#039;un taux fixé à 70 % pour une dépense subventionnable maximale de 200 000 € HT, puis de 50 % pour la part de dépense supérieure à 200 000 € HT.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
-[...2 lines deleted...]
-Jeunesse
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
-Appui méthodologique
-[...3 lines deleted...]
-      <c r="O14" s="1" t="inlineStr">
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Yann Bogdanovic - Responsable du service Administration Numérique
+ -
+  &lt;a href="mailto:san&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   san&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09b8-beneficier-dune-maintenance-informatique-et-d/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>131407</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.4 Numérique, Industrie et Espace - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Technologies numériques et émergentes au service de la compétitivité et de l&amp;#039;adaptation au Pacte Vert qui vise à réaliser et à exploiter des avancées majeures dans le domaine de la science et de la technologie, à maintenir l&amp;#039;excellence scientifique de l&amp;#039;Europe et à garantir la souveraineté de ces technologies clés qui devraient avoir une incidence sur la société en contribuant à relever les grands défis sociétaux touchant à l&amp;#039;environnement.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Montant par topic :
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : 15 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04: 60 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : 18 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22 : 13,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03 : 30 millions d&amp;#039;euros
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ TOPICS
+&lt;/span&gt;
+:   A venir
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : Usine d&amp;#039;innovation photonique pour l&amp;#039;Europe (Partenariat photonique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04 : Leadership industriel en matière d&amp;#039;IA, de données et de robotique au service de la compétitivité et de la transition écologique (Partenariat IA, données et robotique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : Photonique intelligente pour la communication, la détection et l&amp;#039;accès conjoints partout (Partenariat Photonique) (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22: Fondamentaux du génie logiciel (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03: Nouveaux paradigmes et approches, vers des robots alimentés par l&amp;#039;IA - changement d&amp;#039;étape dans la fonctionnalité (Partenariat IA, données et robotique) (RIA)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL4-2024-DIGITAL-EMERGING-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43120193;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355292;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction Générale (EN)
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43; (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>92939</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Inciter les entreprises à acquérir les compétences permettant la maitrise du digital pour devenir une entreprise digitale</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce parcours s&amp;#039;inscrit dans le cadre de la politique régionale en faveur de la transition numérique et tout particulièrement du Business Act dont la transition numérique est l&amp;#039;un des 3 moteurs. La Région Grand Est souhaite proposer des accompagnements adaptés aux besoins en matière de transition numérique des différentes typologies d&amp;#039;entreprises régionales (TPE, PME, ETI).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est souhaite accélérer la digitalisation des petites entreprises afin de leur permettre de faire face aux évolutions des modes de consommation de la population, aux effets de la fracture urbain/rural, aux nouvelles habitudes en terme de mobilité ou encore aux nouvelles contraintes sanitaires avec pour objectif de maintenir, sur tous les territoires de la région, des commerces et services de proximité, des artisans, des activités touristiques...
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Transformation Digitale propose un accompagnement complet qui vise à inciter les entreprises à acquérir les compétences permettant la maitrise du digital mais également à faciliter l&amp;#039;acquisition des équipements nécessaires pour devenir une entreprise digitale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif propose un parcours de digitalisation articulé autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI/communes/Union de Commerçants...), dans la définition et la mise en œuvre de projets collectifs notamment de plateformes d&amp;#039;achat local, la CCI Grand Est est mobilisée sur ce parcours – ce parcours fait l&amp;#039;objet d&amp;#039;un dispositif dédié ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises avec : un accompagnement au déploiement du digital via des prestataires labellisés par la Région et une aide à l&amp;#039;acquisition de solutions digitales qui vise à rendre opérationnelle l&amp;#039;intégration du digital dans l&amp;#039;entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  BÉNÉFICIAIRES :
+  Sont éligibles les entreprises remplissant les critères suivants
  &lt;/strong&gt;
+ :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les communes et groupements de communes à l&amp;#039;exception de la ville de Marseille et de la Métropole Aix-Marseille-Provence pour le dispositif Provence Numérique ;
-[...3 lines deleted...]
-   dispositif Territoires Numériques Educatifs (TNE)
+  Moins de 20 salariés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un chiffre d&amp;#039;affaires annuel n&amp;#039;excédant pas 2 millions d&amp;#039;euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;au moins un exercice fiscal clos à compter de la date de la demande d&amp;#039;aide (sauf en cas de reprise d&amp;#039;entreprise assortie d&amp;#039;une nouvelle immatriculation ou de création d&amp;#039;un établissement secondaire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Immatriculées au Registre du Commerce et de l&amp;#039;industrie et/ou au Répertoire des métiers et de l&amp;#039;Artisanat et/ou bénéficiant d&amp;#039;une attestation MSA – pour les activités touristiques et agricoles les associations sont éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant une activité relevant d&amp;#039;un code NAF de la liste suivante : Secteur commerce / artisanat    Secteur tourisme    Secteur agricole, 10 à 33 hors 3250A, 43 à 47 hors 4773Z-4774Z-4791A et B, 49 hors (NAF secteur tourisme), 50 (hors NAF secteur tourisme), 51 (hors NAF secteur tourisme), 56, 5914Z, 7420Z, 81, 9003, 95 et 96    4932Z, 4939, 5010Z, 5030Z, 5110Z, 55, 7010Z, 7711A, 7721Z, 79, 8230Z, 8532Z, 8551Z, 8559B, 8899B, 9102Z, 9103Z, 9104Z, 9312 et 9313, 9321 et 9329, 9491Z, 9499Z    0111Z, 0121Z, 0124Z à 0129Z, 0141Z, 0142Z, 0145Z à 0147Z, 0149Z, 0150Z, 0312Z, 0322Z, 1102A
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exerçant une activité marchande majoritairement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En situation régulière au regard des obligations fiscales, sociales et environnementales ;
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
- Toutes les conditions d&amp;#039;éligibilité sont explicitées pages 6 à 10 du guide des aides aux communes (onglet plus d&amp;#039;informations).
+Les activités sous forme de franchises ne sont pas éligibles.
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide sous forme de chèque numérique qui comprendra une aide au conseil et prestation numérique réalisée auprès d&amp;#039;un/d&amp;#039;opérateur(s) labellisé(s) par la Région ainsi qu&amp;#039;une aide à l&amp;#039;acquisition de solutions digitales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement proposé par les opérateurs labellisés visera à intégrer, selon les besoins et spécificités de l&amp;#039;activité, les compétences suivantes dans l&amp;#039;entreprise : « je souhaite connaitre et maitriser les outils digitaux permettant d&amp;#039;optimiser l&amp;#039;organisation interne de l&amp;#039;entreprise »,
+&lt;/p&gt;
+« j&amp;#039;adapte mon local, mon environnement pour optimiser l&amp;#039;utilisation d&amp;#039;outils numériques »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de commercialisation multicanale en ligne »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de communication multicanale en ligne ».
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après réalisation du diagnostic de maturité digitale, les demandes se font par l&amp;#039;intermédiaire de la plateforme de téléservice dédiée. Un accusé de réception sera envoyé à réception de la demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien :
+ &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/" rel="noopener" target="_blank"&gt;
+  https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
-[...47 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>audrey.lemaire@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87f5-grand-est-transformation-digitale-parcours-in/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>