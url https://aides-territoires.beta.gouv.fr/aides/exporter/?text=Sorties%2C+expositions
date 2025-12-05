--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA106"/>
+  <dimension ref="A1:AA17"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,23473 +228,2659 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>135555</v>
+        <v>165475</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Favoriser la présence de grandes expositions dans les sites emblématiques du Département</t>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Aide aux grandes expositions</t>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Etablissement public dont services de l'Etat
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>10% du budget de l'exposition avec un plafond d'aide maximum de 30.000€</t>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 30 %.</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...34 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Nature des dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Investissement :&lt;/strong&gt;&lt;br /&gt;-  Plan d’interprétation ;&lt;br /&gt;-  Maîtrise d’œuvre des études et des travaux d’aménagements ; &lt;br /&gt;-  Travaux, équipements, mobilier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Fonctionnement&lt;/strong&gt;&lt;br /&gt;-  Actions d’animation du site (sorties, expositions, conférences…) ;&lt;br /&gt;-  Les dépenses d’entretien courant type ramassage des déchets, nettoyage de locaux, ne sont pas éligibles.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Patrimoine et monuments historiques
-Musée</t>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...15 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;-  Sites ENS actuels opérationnels doté d’un plan de gestion ;&lt;/p&gt;&lt;p&gt;-  Nouveaux sites ENS prioritaires doté d’un plan de gestion ;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
-          <t>Usage / valorisation</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement</t>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+          <t>https://www.hauteloire.fr/</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...22 lines deleted...]
- Téléphone 04 71 07 43 76&lt;/p&gt;&lt;p&gt;Gestionnaire : Angélique LAFABRIE RAMONA - angelique.lafabrie&lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;&amp;#64;hauteloire.fr&lt;/a&gt;  - 04 71 07 40 85&lt;/p&gt;</t>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/8edf-aider-aux-grandes-expositions/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-lamenagement-despace-naturel-sensible-pour-une-ouverture-au-public/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>105313</v>
+        <v>163164</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les expositions et manifestations consacrées aux arts plastiques</t>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Culture - arts plastiques - expositions et manifestations consacrés aux arts plastiques</t>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Charente</t>
+          <t>Ministère de la Culture</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Association
-Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t> Max : 30</t>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...33 lines deleted...]
-&lt;p&gt;Au cas par cas, le Département, au regard de l’exposition et des œuvres présentées, se réserve la possibilité de flécher au-delà de ce financement accordé pour le projet un montant lié à de la mise à disposition d’œuvres ou module(s) d’exposition. Ces œuvres ou modules pourront ensuite être proposé(e)s dans un ou plusieurs lieux choisis par le Département.&lt;/p&gt;&lt;p&gt;Par ailleurs, les collèges pourront bénéficier d’une prise en charge de leur transport lorsqu’ils se déplaceront sur une exposition proposée par Chabram², IMIS ou Les Modillons. Ce volet sera étudié au cas par cas en concertation avec les lieux d’exposition et le Département. Pour les collèges retenus, le Département remboursera 100 % des dépenses engagées par l’établissement sur présentation de la facture acquittée.&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
-          <t>Arts plastiques et photographie</t>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets portés par des communes sans accompagnement avéré de l’EPCI du secteur de la manifestation&lt;/li&gt;&lt;li&gt;Centre sociaux&lt;/li&gt;&lt;li&gt;Projets basés sur un rapport de diffusion de contenus captés n’impliquant pas d’écriture multimédia et numérique spécifique (projection vidéo sur plateau faisant office de décor…)&lt;/li&gt;&lt;li&gt;Ateliers de pratique en amateur&lt;/li&gt;&lt;li&gt;Projet para ou péri-scolaire&lt;/li&gt;&lt;li&gt;Projets accompagnés au titre de l’image par le Département de la Charente (pas de cumul d’aides)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
-[...37 lines deleted...]
- Modalités de versement : Un premier acompte de 50 % maximum sera effectué à la notification de décision ou dès signature de la convention, au prorata des dépenses artistiques et techniques réellement engagées.&lt;/p&gt;&lt;p&gt;Le solde sera versé au prorata des dépenses artistiques et techniques définitivement engagées, après réalisation de la manifestation, sous réserve de transmission des factures acquittées et de la complétude du dossier, du budget réalisé définitif (ou provisoire, le cas échéant) et du bilan de fréquentation.&lt;/p&gt;&lt;p&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U3" s="1" t="inlineStr">
         <is>
-          <t>Charente</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V3" s="1" t="inlineStr">
         <is>
-          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Arts_Plastiques_Photographie.pdf</t>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
         </is>
       </c>
       <c r="W3" s="1" t="inlineStr">
         <is>
-          <t>https://subventions16.lacharente.fr</t>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...48 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>subventions16@lacharente.fr</t>
+          <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/9a61-soutenir-les-expositions-et-manifestations-co/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>162484</v>
+        <v>97691</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Inciter la mise en location des logements vacants dans les territoires ruraux - Prime sortie de la "vacance"</t>
-[...9 lines deleted...]
-          <t>Prime sortie de la "vacance"</t>
+          <t>Accompagner les maisons et centres de santé pluridisciplinaires</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+          <t>Conseil départemental de l'Aude
+Agence régionale de santé (ARS) — Occitanie</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-Ingénierie financière</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>5000€</t>
+          <t>Limite d’un montant de subvention de 150 000 €</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
-      &lt;/p&gt;&lt;p&gt;Depuis le 1er avril 2024, une
-[...22 lines deleted...]
-              2024.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+ Le Département apporte un financement aux projets de maisons et centres de santé pluridisciplinaires afin d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est attribuée dans une zone déficitaire en matière de soin aux collectivités (communes, intercommunalités).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les collectivités (communes, intercommunalités) souhaitant réaliser le bâtiment d&amp;#039;une Maison de Santé Pluriprofessionnelle dont le projet a été préalablement validé par le comité régional de sélection des MSP en zone sous dotée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département aux projets de Maisons de Santé Pluriprofessionnelles s&amp;#039;inclut dans une démarche globale d&amp;#039;aménagement du territoire, visant à lutter contre la désertification médicale.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>Réhabilitation</t>
+          <t>Santé
+Bâtiments et construction</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires :&lt;/strong&gt; propriétaires bailleurs qui remettent sur le marché
-[...9 lines deleted...]
-            parcours accompagné). &lt;/span&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ communes, EPCI, établissements et organismes  de santé à but non lucratif (établissement de santé et mutuelle).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, en extérieur et en intérieur, ainsi qu&amp;#039;aux VRD,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses liées aux aménagements intérieurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement réalisées pour l&amp;#039;achat de mobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses liées à l&amp;#039;intégration d&amp;#039;une pharmacie dans les locaux de la MSP ou d&amp;#039;un équipement de balnéothérapie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Aude</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
-          <t>https://france-renov.gouv.fr/</t>
+          <t>https://www.aude.fr/ressources/maison-de-sante-pluridisciplinaires</t>
         </is>
       </c>
       <c r="X4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Retrouvez les contacts de votre délégation locale en cliquant sur : &lt;a href="https://france-renov.gouv.fr/" target="_self"&gt;https://france-renov.gouv.fr/&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Mail: richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assistant de Direction / Comptable - Maeva Homs
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : maeva.homs&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.42
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>dsrt.anah@anah.gouv.fr</t>
+          <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/prime-sortie-de-la-vacance/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>149137</v>
+        <v>155106</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Soutenir l'installation de 10 bornes de recharge BioGNV accessibles au public en sortie de méthaniseur</t>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Soutien à l'installation de 10 infrastructures de recharge BioGNV accessibles au public en sortie de méthaniseur</t>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Conseil départemental de la Manche</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...5 lines deleted...]
-Agriculteur</t>
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
-        <is>
-[...206 lines deleted...]
-      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Projets éligibles :
+  NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Expositions temporaires labellisées « exposition d&amp;#039;intérêt national » par le ministère de la Culture et de la Communication.
-[...4 lines deleted...]
- &lt;/strong&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Musée ayant reçu l&amp;#039;appellation « Musée de France » du ministère de la Culture et de la Communication ; Labellisation « exposition d&amp;#039;intérêt national » par le ministère de la Culture et de la Communication : avis de la commission et convention entre le ministère de la Culture et de la Communication et l&amp;#039;autorité de tutelle du musée ;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
   &lt;/li&gt;
   &lt;li&gt;
-   Qualité scientifique et/ou artistique du projet, aspect novateur du propos ;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
   &lt;/li&gt;
   &lt;li&gt;
-   Mise en oeuvre du projet par un personnel qualifié ;
-[...428 lines deleted...]
-   promotion du développement durable par la mise en place de dispositifs spécifiques pendant la durée du festival (transports peu polluants, gestion des déchets et de la ressource...).
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
-   Dépenses éligibles :
+   MODALITÉS FINANCIÈRES
   &lt;/strong&gt;
  &lt;/p&gt;
- Sont éligibles : Toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention (dépenses artistiques et pédagogiques, frais de personnel, de communication, de transport, ...) quelle que soit la date à laquelle la dépense est réalisée, à la condition qu&amp;#039;elles soient en lien direct et justifié avec le programme subventionné.
-[...17 lines deleted...]
- &lt;/ul&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X7" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Pour les départements 11, 30, 34, 48 et 66 :
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
- Région Occitanie – site de Montpellier 201 avenue de Pompignane 34064 Montpellier cedex 2
-[...2 lines deleted...]
- Courriel : laurianne.hidalgo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82 :
+  Conditions spécifiques
  &lt;/strong&gt;
- Région Occitanie – site de Toulouse 22 boulevard du Maréchal Juin 31406 Toulouse cedex 9
-[...65 lines deleted...]
- Deux axes sont identifiés comme prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  la conversion d&amp;#039;ici 2020 de tous les Foyers Socio-Educatifs (FSE) en Maisons des lycéens (MDL),
-[...2 lines deleted...]
-  l&amp;#039;appui financier et éducatif aux activités des MDL et ALESA existantes, avec pour objectif principal que ces associations de jeunes au sein des établissements aient les moyens de remplir leurs missions telles qu&amp;#039;elles ont été définies par la circulaire de 2010.
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
-[...59 lines deleted...]
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X8" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...19 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Fédération nationale des collectivités concédantes et régies (FNCCR)
+Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...62 lines deleted...]
-      <c r="S9" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
+Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
+de mettre à disposition et financer des outils d’aide à la décision pour les
+groupements de collectivités qui souhaitent développer des projets de
+rénovation énergétique des bâtiments publics. A l’échelle du Var ce
+programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
+COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
+permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
+conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;o&lt;span&gt;  
+&lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
+différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
+ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
+de flux ACTEE83 avec le
+recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
+collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
+collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
+des collectivités sur l’amélioration énergétique des bâtiments publics en
+communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
+du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
+de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
+AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2023</t>
+        </is>
+      </c>
+      <c r="Q6" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2026</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...1467 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>165531</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités territoriales pour la rénovation de leurs bâtiments tertiaires publics - Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l'Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association</t>
-[...7 lines deleted...]
-      <c r="K18" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>La taux de subvention varie selon les typologies d'action et leurs bénéficiaires (bonus pour les communes rurales notamment)</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds CHÊNE apporte une aide financière aux collectivités territoriales (et assimilées) pour les accompagner dans la phase amont de leurs projets de rénovation énergétique. &lt;/p&gt;&lt;p&gt;A ce titre, le Fonds CHÊNE finance 5 grands lots d&amp;#039;actions complémentaires :&lt;br /&gt;- des postes d&amp;#039;économes de flux&lt;br /&gt;- des outils de suivi et de mesure des consommations&lt;br /&gt;- des études énergétiques&lt;br /&gt;- des études de MOE&lt;br /&gt;- des AMO techniques, juridiques, ou financières&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Financements d&amp;#039;un audit énergétique sur une école ; financement d&amp;#039;un poste d&amp;#039;économe de flux en charge du suivi des consommation de sa collectivité et de piloter des projets de rénovation ; financement de capteurs de température ; financement de la MOE pour la rénovation d&amp;#039;une piscine visant à réduire d&amp;#039;au moins 40% sa consommation d&amp;#039;énergie finale, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>13/11/2025</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Etre une structure éligible à nos aides (collectivité territoriales ou assimilée, voir le détail dans le cahier des charges)  située en France&lt;/p&gt;&lt;p&gt;- Avoir un projet de rénovation énergétique pour son patrimoine tertiaire&lt;/p&gt;&lt;p&gt;- L&amp;#039;action, objet de la subvention, ne doit pas avoir été réalisée&lt;/p&gt;&lt;p&gt;- Respecter les critères d&amp;#039;éligibilité technique et calendaires indiqués dans le cahier des charges CHÊNE&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.programme-cee-actee.fr/public/dossier</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;actee&amp;#64;fnccr.asso.fr&lt;/p&gt;&lt;p&gt;https://programme-cee-actee.fr/contact&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>so.potier@fnccr.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-territoriales-pour-la-renovation-de-leurs-batiments-tertiaires-publics/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>164240</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Édition 2025
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics locaux - AXE 1</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="O18" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+  Ambition écologique du projet financé
+ &lt;/h4&gt;
+&lt;p&gt;Les actions éligibles doivent permettre la rénovation énergétique des bâtiments appartenant aux collectivités locales et leurs groupements, dans un &lt;strong&gt;objectif de réduction durable de leurs consommations énergétiques et de préservation du confort thermique &lt;/strong&gt;dans un contexte de réchauffement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les projets de rénovation énergétique, une réduction minimale de 40% de la consommation d’énergie finale est attendue. &lt;/strong&gt;Cette réduction des consommations d’énergie doit être atteinte par la recherche en premier lieu d’une meilleure performance énergétique de l’enveloppe du bâtiment. &lt;strong&gt;Une réduction significative des émissions de gaz à effet de serre (GES) est également attendue&lt;/strong&gt; ; l’élimination des chaudières fonctionnant aux énergies fossiles permettant d’atteindre les réductions les plus élevées.&lt;/p&gt;&lt;p&gt;Les projets financés par cette mesure doivent en outre &lt;strong&gt;prendre en compte la problématique du confort d’été et le risque inondation.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les projets visant uniquement l’amélioration du confort d’été,&lt;/strong&gt; le soutien du fonds vert est limité à la mise en place de &lt;strong&gt;solutions passives,&lt;/strong&gt; c’est-à-dire visant à protéger le bâtiment du rayonnement solaire et à accroître la ventilation et la sensation de confort sans ou avec très peu de consommation d’énergie. Cela exclut de fait les systèmes de climatisation électriques, énergivores, et permet au contraire de réduire les besoins en climatisation du bâtiment.&lt;/p&gt;&lt;p&gt;Enfin, les projets de rénovation sont tenus de respecter les articles L. 411-1 et 2 du code de l’environnement concernant &lt;strong&gt;la protection des espèces protégées et de leurs habitats.&lt;/strong&gt; Certaines espèces d’oiseaux ou de chauves-souris peuvent en effet utiliser les bâtiments comme sites de reproduction ou de repos. Les opérations de rénovation devront tenir compte de la présence de ces espèces protégées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>14/03/2025</t>
+        </is>
+      </c>
+      <c r="Q8" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2025</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+  Porteurs de projets éligibles
+ &lt;/h4&gt;
+&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités et leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;p&gt;Les bailleurs sociaux ne sont pas éligibles à la mesure relative à la rénovation énergétique des bâtiments publics locaux.&lt;/p&gt;
+&lt;h4&gt;
+  Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets soumis au titre de la présente mesure :
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Portent sur des bâtiments qui appartiennent aux porteurs de projet éligibles (collectivités locales et leurs groupements au sens du CGCT) ;&lt;/li&gt;&lt;li&gt;Visent la réalisation de travaux sur des bâtiments existants permettant de diminuer significativement leur consommation énergétique et d’augmenter leur confort thermique ;&lt;/li&gt;&lt;li&gt;Sont cohérents avec les prescriptions et recommandations de réduction de la vulnérabilité des bâtiments au risque d’inondation lorsque les bâtiments concernés par les travaux sont dans le périmètre d’un plan de prévention du risque.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La construction de bâtiments neufs et les opérations de démolition/reconstruction de bâtiments sont exclues de cette mesure.&lt;/p&gt;&lt;p&gt;A titre dérogatoire, dans le cadre du plan de rénovation des établissements scolaires, le soutien du fonds vert à la démolition/reconstruction d’écoles constituées d’éléments préfabriqués vétustes pourra être accordé, sous réserve d’un examen au cas par cas par les services instructeurs, s’il est démontré par le maître d’œuvre que ces constructions ne peuvent pas être rénovées pour des raisons techniques.&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées (sauf urgence avérée). L’accusé de réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Axe1_R%C3%A9novation_2025_v3.1.pdf</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-1-renovation-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-la-renovation-energetique-des-batiments-publics-3/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>162652</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Programme ACTEE - SDE35</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P18" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S18" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>162710</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser vos économies d'énergie avec les CEE</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Les Certificats d'économie d'énergie</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les
+certificats d’économie d’énergie permettent de valoriser les travaux de
+rénovation permettant des économies d’énergie. Il repose sur le principe du
+pollueur-payeur aux vendeurs d’énergie.
+Ceux-ci soutiennent ainsi la maîtrise de la demande en énergie. Les
+collectivités y sont éligibles en fonction des types de travaux. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Depuis octobre 2022, TE83 propose aux Communes
+du Var de valoriser leurs travaux de performance énergétique par le biais de
+regroupement de dépôt de CEE sur le compte EMMY du Syndicat.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Dans le cadre de son accompagnement « Économe
+de flux », la COFOR-ALEC 83 peut conseiller les communes sur les travaux à
+réaliser et les niveaux de performances permettant d’obtenir les CEE.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après consultation de plusieurs opérateurs, le Syndicat
+a contracté un partenariat à un tarif de rachat des CEE à un niveau plancher très valorisant, pour
+:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Analyser les
+travaux et estimer les CEE à obtenir&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mettre en œuvre
+les contrôles réglementaires nécessaires sur les travaux réalisés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Monter les
+dossiers de demande de CEE et suivre jusqu’à leur validation par le Pôle
+National des CEE&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Vendre les CEE
+et les reverser au Syndicat.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Ensuite TE83
+reverse 90% des fonds issus de la valorisation des CEE aux Collectivités
+concernées. Les 10% conservés correspondent aux frais de gestion et de
+fonctionnement du service.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Quels sont les avantages à déléguer la
+valorisation des CEE à TE83 ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Avoir un
+interlocuteur dédié&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bénéficier de
+conseils d’experts en amont des travaux&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Identifier des
+travaux éligibles&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T07:25"&gt;Alléger &lt;/ins&gt;&lt;/span&gt;et
+sécuriser la partie administrative du dispositif&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Être accompagné
+à toutes les étapes du montage du dossier CEE&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T07:26"&gt;La
+transmission &lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T07:26"&gt;d&lt;/ins&gt;&lt;/span&gt;es dossiers au Pôle National des CEE&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valoriser les
+CEE aux meilleurs prix du marché&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;À ce jour, plus de 70 collectivités ont signé
+la convention de regroupement des CEE de TE83. Elles bénéficient de l’expertise
+du Syndicat pour récupérer des recettes à l’issue de leurs travaux d&amp;#039;économie d&amp;#039;énergie.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation d&amp;#039;une école varoise avec 290 000 € de travaux, la valorisation des CEE a permis d&amp;#039;obtenir en plus des nombreuses subventions un versement de 9 500 €.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Exemple-6661881bbca98.png" /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La liste des travaux éligibles aux CEE se trouve &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" title="Fiches standardisées CEE" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Travaux-eligibles-CEE-6661874abdd17.png" /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://te83.fr/competences/la-transition-energetique/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energétique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-vos-economies-denergie-avec-les-cee/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="K19" s="1" t="inlineStr">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
-[...129 lines deleted...]
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...98 lines deleted...]
-      <c r="R20" s="1" t="inlineStr">
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...1282 lines deleted...]
-&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   le patrimoine bâti public ou privé présentant un intérêt pour l&amp;#039;histoire, l&amp;#039;histoire de l&amp;#039;art, des techniques, de l&amp;#039;urbanisme, des mentalités et des manières de vivre sur le territoire régional ;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
   &lt;/li&gt;
   &lt;li&gt;
-   le patrimoine mobilier public ou privé présentant un intérêt pour l&amp;#039;histoire, l&amp;#039;histoire de l&amp;#039;art, des techniques, des mentalités et des manières de vivre sur le territoire régional ;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
   &lt;/li&gt;
   &lt;li&gt;
-   le patrimoine immatériel en lien avec le patrimoine matériel régional.
-[...10 lines deleted...]
-   les publications dans les collections nationales ;
+   Changement de chaudière d&amp;#039;un gymnase
   &lt;/li&gt;
   &lt;li&gt;
-   les publications dans des collections en région Grand Est ;
-[...1170 lines deleted...]
-   Soutien aux commémorations de la mort de Toussaint-Louverture à La Réunion.
+   ...
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O30" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Critères d&amp;#039;éligibilité du demandeur
+  Postes de travaux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Vous êtes une structure de rang communal, départemental ou régional et vous souhaitez sauvegarder, traiter, numériser ou valoriser des archives ? Ce dispositif est fait pour vous !
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
   &lt;/li&gt;
   &lt;li&gt;
-   Sont éligibles les personnes morales qui entendent mener une opération de traitement, de numérisation ou de valorisation d&amp;#039;archives à l&amp;#039;échelle communale, départementale ou régionale.
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
   &lt;/li&gt;
  &lt;/ul&gt;
- &lt;p&gt;
-[...691 lines deleted...]
-  culture&amp;#64;cg11.fr
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...1898 lines deleted...]
-      <c r="E44" s="1" t="inlineStr">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Tout projet visant à la création, rénovation, extension d&amp;#039;équipements.
-[...26 lines deleted...]
- À noter que ces trois types de structure peuvent s&amp;#039;intégrer dans un pôle enfance, jeunesse.
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Avis obligatoire de la PMI (si accueil enfants -6ans)
-[...8 lines deleted...]
- Pièces justifiant la bonification si sollicitation
+ Pièces justifiant la bonification si sollicitée
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
-[...2 lines deleted...]
-Cohésion sociale et inclusion
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  → Conditions spécifiques
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  → Bâtiment
+  Conditions spécifiques aux archives :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...14 lines deleted...]
- NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS DE BONIFICATION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
 &lt;/p&gt;
 &lt;p&gt;
  Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Exemples de démarches en lien avec la transition écologique :
   &lt;/strong&gt;
-  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Exemples de démarches en lien avec la transition inclusive :
   &lt;/strong&gt;
-  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), des places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
  &lt;/li&gt;
  &lt;li&gt;
-  Les frais d&amp;#039;acquisition de bâtiment (si acquisition moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
-[...5 lines deleted...]
-  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
  &lt;/li&gt;
 &lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W44" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Téléphone : 02.33.05.99.61
+ Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>163291</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du dispositif Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...28 lines deleted...]
-      <c r="O45" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service « Conseil en Energie Partagé » (CEP) proposé par TE80 consiste à partager les compétences en énergie de 4 techniciens 
+spécialisés. Cela permet aux collectivités n’ayant pas les ressources 
+internes suffisantes de mettre en place une politique énergétique 
+maîtrisée, et d’agir concrètement sur leur patrimoine pour réaliser des 
+économies.&lt;/p&gt;&lt;p&gt;Le Conseil en Energie Partagé en quelques mots :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;État des lieux énergétique du patrimoine (bâti et chaufferies)&lt;/li&gt;&lt;li&gt;Anlayse et suivi des consommations&lt;/li&gt;&lt;li&gt;Conseils
+ indépendants et personnalisés (optimisation tarifaire, rédaction de cahier des charges, recherche d’artisans qualifiés…)&lt;/li&gt;&lt;li&gt;Recherche de leviers financiers (CEE, subventions régionales, financement participatif…)&lt;/li&gt;&lt;li&gt;Mise en place d’opérations groupées de commandes&lt;/li&gt;&lt;li&gt;opérations sous mandat de maitrise d&amp;#039;ouvrage pour les collectivités souhaitant confier le pilotage des études et des travaux&lt;/li&gt;&lt;li&gt;recherche de leviers financiers &lt;/li&gt;&lt;li&gt;valorisation des CEE&lt;/li&gt;&lt;li&gt;octroi d&amp;#039;aides financières (Contrat chaleur renouvelable territorial, fond de concours à la rénovation de Territoire d&amp;#039;énergie selon les modalité e&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour
+ établir un bilan énergétique, le CEP réalise un inventaire du 
+patrimoine, s’appuie notamment sur l’analyse des dernières factures des 
+consommations eau/gaz et électricité des bâtiments communaux et apporte 
+une expertise sur les projets envisagés de la collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation de bâtiments publics, changement de mode de chauffage, optimisation de contrats d&amp;#039;exploitation, installation d&amp;#039;énergies renouvelables...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
-[...884 lines deleted...]
-      <c r="S51" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion par transfert de la compétence maîtrise de la demande en énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;80€/bâtiments/an sur 6 ans&lt;/p&gt;&lt;p&gt;atteinte de 40% d&amp;#039;économies d&amp;#039;énergie minimum&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-energie-partage/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...696 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>145009</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation thermique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'investissement métropolitain (FIM) - Volet rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 1 million d'euros</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ La Métropole du Grand Paris finance via son fonds d&amp;#039;investissement métropolitain (FIM) les
  &lt;strong&gt;
-  OPÉRATIONS CONCERNÉES
+  rénovations thermiques de bâtiments publics des communes et établissements publics territoriaux
  &lt;/strong&gt;
-&lt;/p&gt;
-[...17 lines deleted...]
-&lt;p&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de candidature sont à envoyer par mail à
  &lt;strong&gt;
-  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+  fim&amp;#64;metropolegrandparis.fr
  &lt;/strong&gt;
-&lt;/p&gt;
-[...88 lines deleted...]
-      <c r="O55" s="1" t="inlineStr">
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Le FIM constitue notamment un outil de rééquilibrage et de correction des disparités constatées sur le périmètre métropolitain. A ce titre, l&amp;#039;examen des dossiers s&amp;#039;accompagne d&amp;#039;une analyse de la situation financière de la collectivité, qui peut mener à un financement différencié en fonction des capacités financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énergétique performante d&amp;#039;un gymnase, d&amp;#039;une école, d&amp;#039;une mairie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...15 lines deleted...]
-      <c r="S55" s="1" t="inlineStr">
+ Peuvent bénéficier d&amp;#039;une subvention au titre du Fonds d&amp;#039;Investissement Métropolitain (FIM) les communes, établissements publics territoriaux (EPT) et autres établissements publics pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage, ainsi que les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles, pour le financement d&amp;#039;équipements en lien avec les compétences métropolitaines et sous réserve que la subvention ne finance pas le déficit d&amp;#039;une concession d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La métropole du Grand Paris peut participer au financement d&amp;#039;études de maîtrise d&amp;#039;œuvre (APS, APD,PRO notamment) préalables. La métropole du Grand Paris ne participe pas au financement d&amp;#039;études d&amp;#039;opportunité. Les projets doivent débuter dans les 12 mois suivant l&amp;#039;attribution de la subvention. Une analyse de la performance environnementale du projet est requise. Les dossiers de rénovation thermique doivent contenir des pièces techniques complémentaires permettant d&amp;#039;évaluer l&amp;#039;amélioration de la performance énergétique des bâtiments après travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X55" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-dinvestissement-metropolitain-fim-0</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Département de la Drôme – Service Gestion de l&amp;#039;Eau
-[...14 lines deleted...]
- &lt;/a&gt;
+ fim&amp;#64;metropolegrandparis.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fee-financer-la-renovation-thermique-de-batiments/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>73939</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole Marseillaise - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...8 lines deleted...]
-      <c r="K56" s="1" t="inlineStr">
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Forêts
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;&lt;strong&gt;ALEC Métropole Marseillaise&lt;/strong&gt;, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Rénov&amp;#039;, le développement de l&amp;#039;outil numérique LOUTRE, les économes de flux ACTEE, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ œuvre de leurs compétences (Habitat, Économie, Transport, Environnement). &lt;/p&gt;&lt;p&gt;Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Biodiversité</t>
-[...12 lines deleted...]
-      <c r="S56" s="1" t="inlineStr">
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Métropole d'Aix-Marseille-Provence</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alecmetropolemarseillaise.fr/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe Michaud, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ p.michaud&amp;#64;alecmm.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>f.pidoux@alecmm.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f40e-se-faire-accompagner-par-lalec-18/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K57" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O57" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P57" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S57" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G58" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>139916</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...1872 lines deleted...]
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K66" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...31 lines deleted...]
-  Parcours numériques
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
-  Ateliers
-[...11 lines deleted...]
-  Randonnées, lectures de paysages, balades urbaines
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
-  Rendez-vous culturels
-[...29 lines deleted...]
-  ...
+  Prise en compte des enjeux climatiques dans les PLU/I
   &lt;br /&gt;
  &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M66" s="1" t="inlineStr">
-[...53 lines deleted...]
-Transition énergétique
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...8 lines deleted...]
-Tiers-lieux
 Economie circulaire
-Economie locale et circuits courts
-[...3 lines deleted...]
-Risques naturels
 Qualité de l'air
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-[...3 lines deleted...]
-Attractivité économique
+Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Artisanat
-[...3 lines deleted...]
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Mers et océans
-[...4 lines deleted...]
-      <c r="O66" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X66" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Pays des Vallons de Vilaine</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...216 lines deleted...]
- &lt;/a&gt;
+ Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
-[...10126 lines deleted...]
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>