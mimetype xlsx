--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA174"/>
+  <dimension ref="A1:AA5"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,10511 +228,97 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>82915</v>
+        <v>117506</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
-[...13 lines deleted...]
-Fonds vert Ingénierie</t>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>CAUE de l'Ardèche
-[...70 lines deleted...]
-CAUE de la Haute-Savoie</t>
+          <t>CDC Biodiversité</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...10332 lines deleted...]
-      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J60" s="1" t="inlineStr">
+      <c r="J2" s="0" t="inlineStr">
         <is>
           <t>Pas de limites minimum ou maximum</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
  à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
  résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
  ;
  &lt;/li&gt;
  &lt;li&gt;
   atténuer les changements climatiques en renforçant les
  capacités de stockage ou de captage de CO2 ;
  &lt;/li&gt;
  &lt;li&gt;
   et adapter les territoires à ces changements, notamment en limitant leurs
  effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
  inondation, sécheresse, incendie, submersion marine...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -10744,19289 +330,653 @@
  &lt;/li&gt;
  &lt;li&gt;
   Transitions agricole et forestière
  &lt;/li&gt;
  &lt;li&gt;
   Continuités écologiques
  &lt;/li&gt;
  &lt;li&gt;
   Biodiversité en ville
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
  &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
   Les Réalisations Nature 2050
  &lt;/a&gt;
 &lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
+      <c r="M2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de projets soutenus par Nature 2050 :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
  &lt;li&gt;
   Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
   &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
    lien
     Ouvre une nouvelle fenêtre
 &lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
   &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
    lien
     Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des projets Nature 2050 sont accessibles
  en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Friche
 Risques naturels
 Biodiversité
 Paysage
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le porteur de projet doit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Recourir aux solutions fondées sur la nature ;
  &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
  &lt;li&gt;
   Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
  &lt;/li&gt;
  &lt;li&gt;
   Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
    Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
   &lt;br /&gt;
  &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
  &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
   Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
-      <c r="W60" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...129 lines deleted...]
-      <c r="G62" s="1" t="inlineStr">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>160377</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...2421 lines deleted...]
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique</t>
-[...54 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La reconnexion à la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;expérimentation des solutions fondées sur la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de nouvelles formes d&amp;#039;urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...1094 lines deleted...]
-      <c r="C87" s="1" t="inlineStr">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>164238</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Financer des solutions d'adaptation au changement climatique fondées sur la renaturation des villes et des villages</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E87" s="1" t="inlineStr">
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>[AXE 2] Renaturation des villes et des villages</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F87" s="1" t="inlineStr">
-[...565 lines deleted...]
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+      <c r="F4" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région
+Préfectures de département
+Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
-[...390 lines deleted...]
-      <c r="G92" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...111 lines deleted...]
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
-[...432 lines deleted...]
-      <c r="N95" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+  Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La renaturation doit participer à &lt;strong&gt;l’adaptation des espaces urbanisés aux impacts du changement climatique, en réduisant leurs vulnérabilités grâce aux solutions fondées sur la nature&lt;/strong&gt; (végétalisation, régulation hydraulique ou encore aménagement de parcs et jardins).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Sols
-Biodiversité</t>
-[...3042 lines deleted...]
-          <t>Eau pluviale
 Espaces verts
-Espace public
-[...2283 lines deleted...]
-Consommation et production
+Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
-Réhabilitation
-[...14 lines deleted...]
-Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S124" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2025</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>19/12/2025</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;La candidature est portée par une personne morale appelée « porteur du projet ». Les porteurs de projet éligibles sont les maîtres d’ouvrage des projets de nature en ville sous réserve que leur projet respecte les règles européennes applicables aux aides d&amp;#039;Etat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des collectivités territoriales et groupements de collectivités ;&lt;/li&gt;&lt;li&gt;Des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) ; &lt;/li&gt;&lt;li&gt;Des établissements publics de l’Etat (en particulier les établissements publics d’aménagement et le conservatoire du littoral) ; &lt;/li&gt;&lt;li&gt;Des bailleurs sociaux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les concessionnaires, délégataires et mandataires peuvent également déposer un dossier de candidature, avec l’accord formalisé de la collectivité ou établissement public concerné.&lt;/p&gt;&lt;p&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire (notamment un établissement public foncier) : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-porteur est susceptible de percevoir directement des subventions.&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets de renaturation des espaces urbanisés ciblés par cette mesure recouvrent un ensemble de dispositifs qui :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservent ou recréent des espaces de nature en améliorant leurs fonctionnalités écologiques ;&lt;/li&gt;&lt;li&gt;Sont situés au sein ou en continuité d’un espace urbanisé. En d’autres termes, les projets de renaturation des espaces naturels, agricoles et forestiers (ENAF), à moins qu’ils soient insérés dans l’enveloppe urbaine, ne sont pas éligibles à la mesure. En revanche, l’introduction de la nature dans les nouveaux espaces urbanisés est éligible à la mesure ;&lt;/li&gt;&lt;li&gt;Adaptent le site d’implantation et ses alentours aux impacts du changement climatique pour lesquels une vulnérabilité est identifiée localement, notamment en visant le rafraîchissement urbain ou la gestion intégrée des eaux pluviales. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les actions éligibles à la mesure doivent consister ou contribuer directement à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La renaturation des sols et espaces urbains :&lt;/strong&gt; création, restauration écologique de parcs et jardins (stabilisation et renaturation des sols, aménagements de pleine terre végétalisés et arborés, etc.), végétalisation des espaces publics (alignement et végétalisation des pieds d’arbres), projets d’agriculture urbaine favorables à la biodiversité, restauration, création de noues et de zones d’infiltration des eaux pluviales et désimperméabilisation des sols ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La présence de l’eau et des milieux aquatiques en ville :&lt;/strong&gt; restauration du réseau hydrographique (réouverture ou renaturation de cours d’eau, reméandrage, stabilisation et reprofilage de berges), des zones humides, des zones d’expansion des crues ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La végétalisation des bâtiments et équipements publics&lt;/strong&gt; (toitures et façades végétalisées). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces catégories ne doivent pas être vues comme exclusives l’une de l’autre. Pour être éligible, la renaturation proposée doit avant tout renforcer la fonctionnalité écologique, ce qui implique souvent d’agir sur les différents milieux naturels : les projets de végétalisation ne peuvent pas se faire sans travailler sur les sols ou sans prendre en compte les apports en eau dans une logique de gestion intégrée des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les projets de renaturation doivent renforcer la biodiversité locale dans son ensemble. Cela implique, par exemple, que l’introduction de plantes exotiques envahissantes qui la fragiliserait est proscrite. Les fonctionnalités écologiques de l’écosystème ainsi renforcées doivent aussi répondre à un défi d’adaptation au changement climatique. Dans ce sens, le standard mondial de l’UICN pour les solutions fondées sur la nature peut servir de base de référence pour les porteurs de projets. Précisément :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le territoire d’implantation doit identifier les&lt;strong&gt; facteurs de vulnérabilités climatiques&lt;/strong&gt; auxquels il est exposé (qualifier l’aléa climatique local : son ampleur, son échelle géographique, les enjeux humains et sociétaux en termes d’exposition, l’impact qu’il aurait sur ceux-ci sans le projet) ;&lt;/li&gt;&lt;li&gt;Le projet, par les bénéfices écosystémiques de la solution de renaturation proposée, doit &lt;strong&gt;r&lt;/strong&gt;&lt;strong&gt;éduire les vulnérabilités identifiées localement&lt;/strong&gt; (décrire les fonctionnalités écologiques attendues du projet, leurs bénéfices écosystémiques, l’échelle géographique de leurs effets et justifier que les solutions sont dimensionnées pour répondre au défi d’adaptation au changement climatique identifié, sur le temps long).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La mesure est destinée à financer : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’études de diagnostic territorial et de stratégie&lt;/strong&gt; de résilience climatique et de renaturation, qui pourront notamment s’appuyer sur l’outil « plan de paysage » ou la démarche paysagère, dans le cadre de l’élaboration des documents de planification et d’urbanisme (SRADDET, SDRIF/SRCE, SAR, PADDUC, SCOT, PLU-i, cartes communales, SRCE, SDAGE/SAGE, PCAET, PGRI, PAPI, etc.) ou des programmations urbaines (à l’échelle d’un îlot, d’un quartier ou d’un territoire). Cela inclut des diagnostics d’îlots de chaleur urbain, afin notamment d’identifier les quartiers prioritaires pour les opérations de renaturation ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’ingénierie et d’études préalables à la conception de projets &lt;/strong&gt;développant des solutions fondées sur la nature, ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’investissements&lt;/strong&gt; permettant la mise en œuvre concrète des solutions fondées sur la nature en ville. Ces demandes doivent donner des garanties de maturité : clarté des objectifs, stratégie de maîtrise du foncier, identification d’un opérateur d’aménagement et d’un gestionnaire pour l’entretien et la maintenance, anticipation du coût complet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;En outre, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;Sont également éligibles les investissements dans des projets développant ou intégrant des systèmes d’intelligence artificielle (IA) visant à favoriser l’émergence ou la mise en œuvre de solutions d’adaptation au changement climatique en lien avec la mesure du présent cahier.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles à la mesure de renaturation les opérations de simple mise en conformité à une obligation réglementaire, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. Le fonds pourra subventionner les opérations allant au-delà de ces obligations réglementaires.&lt;/p&gt;&lt;p&gt;Les dépenses qui accompagnent la renaturation sans contribuer à renforcer les fonctionnalités écologiques de l’écosystème ne sont pas éligibles (mobilier urbain, cheminement, matériel, etc.).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées . L’accusé réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
-[...110 lines deleted...]
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
-[...82 lines deleted...]
- • Espaces naturels, littoraux et biodiversité
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Renaturation.pdf</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-renaturation</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-solutions-dadaptation-au-changement-climatique-fondees-sur-la-renaturation-des-villes-et-des-villages-2/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-[...2472 lines deleted...]
-      <c r="G140" s="1" t="inlineStr">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>119706</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="O140" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - cours d&amp;#039;école
+&lt;/p&gt;
+&lt;p&gt;
+ - zones d&amp;#039;activité industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ - parkings
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
-[...933 lines deleted...]
- Les bénéficiaires de cette aide sont les communes et les EPCI.
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - projet en zone urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ - réduction des volumes collectés par les réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - gestion à ciel ouvert
+&lt;/p&gt;
+&lt;p&gt;
+ - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
+&lt;/p&gt;
+&lt;p&gt;
+ - si toiture végétalisée, épaisseur supérieure à 8 cm
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
-[...59 lines deleted...]
- Tel: 04.68.11.66.32
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.eau-seine-normandie.fr/formulaires_aides
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
-[...4667 lines deleted...]
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>