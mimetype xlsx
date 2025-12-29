--- v0 (2025-11-24)
+++ v1 (2025-12-29)
@@ -24,111 +24,103 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rIdSheet1" state="visible"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Unknown</author>
   </authors>
   <commentList>    </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
-[...4 lines deleted...]
-    </font>
+  <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA75"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,10957 +220,125 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>161684</v>
+        <v>163072</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Questionner l’organisation interne de votre collectivité et optimiser, mutualiser les ressources</t>
+          <t>Accompagner les organisations volontaires à définir et mettre en œuvre leur transition écologique à partir d'une démarche globale d'écoconception</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Conseil en organisation des ressources publiques</t>
+          <t>Transition écologique des organisations - Phase 1</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Agence départementale Aveyron Ingénierie</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune
-Intercommunalité / Pays</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Ingénierie Juridique / administrative</t>
+          <t>Subvention
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Vous souhaitez mener une réflexion sur l’organisation interne de votre collectivité et optimiser, mutualiser les ressources. &lt;/p&gt;&lt;p&gt;L&amp;#039;Agence vous propose :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un conseil et un accompagnement en mode agile (design de service),&lt;/li&gt;&lt;li&gt;D’aider à la décision en matière de stratégie organisationnelle des ressources pour optimiser votre organisation et nouer des partenariats afin de répondre à l’exercice de vos compétences et maitriser vos dépenses de fonctionnement,&lt;/li&gt;&lt;li&gt;D’élaborer ou réviser un organigramme / des fiches de postes ; d’identifier de potentielles mutualisations, en lien avec les interlocuteurs appropriés (CDG / CNFPT, etc.),&lt;/li&gt;&lt;li&gt;D’optimiser fonctionnellement vos espaces de travail (notamment conseil en matière de gestion et de conservation des archives en lien avec les Archives Départementales),&lt;/li&gt;&lt;li&gt;De suivre les préconisations dans le temps.&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;L’AMI Torga (Transition écologique des organisations) se découpe en deux phases :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Phase 1 : dépôt des manifestations d’intérêt à l’ADEME au fil de l’eau entre juillet et décembre 2024 ; instruction par l&amp;#039;ADEME avec audition des porteurs de manifestations d&amp;#039;intérêt retenus.&lt;/li&gt;&lt;li&gt;Phase 2, ouverte exclusivement aux lauréats de la Phase 1 : dépôt d&amp;#039;un dossier complet de demande d&amp;#039;aide, en vue d&amp;#039;une instruction et d&amp;#039;un financement par l&amp;#039;ADEME.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objectif de l’AMI - Phase 1&lt;/strong&gt; : recueillir des &lt;strong&gt;manifestations d’intérêt d’organisations engagées dans une démarche de transition écologique&lt;/strong&gt;, qui cherchent à &lt;strong&gt;améliorer leur empreinte environnementale et expérimenter une démarche basée sur l&amp;#039;écoconception&lt;/strong&gt; avec un objectif supplémentaire de sobriété. &lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME propose un &lt;strong&gt;cadre méthodologique* inspiré de ACT&lt;/strong&gt; (Assessing low-Carbon Transition) que &lt;strong&gt;chaque organisation volontaire pourra expérimenter et adapter à sa situation&lt;/strong&gt;.&lt;br /&gt;La démarche adresse les différents enjeux environnementaux (climat, biodiversité, pollution, ressource…) selon une approche multicritère cycle de vie et avec des objectifs d&amp;#039;efficacité et de sobriété. Avec ce cadre méthodologique, l&amp;#039;organisation pourra &lt;strong&gt;se questionner, identifier et mettre en œuvre des solutions&lt;/strong&gt; pour respecter les limites planétaires, lutter contre le réchauffement climatique et l’effondrement de la biodiversité, protéger la santé humaine, les écosystèmes et les ressources naturelles.&lt;/p&gt;&lt;p&gt;Cet AMI est une &lt;strong&gt;expérimentation nationale de développement méthodologique&lt;/strong&gt; avec des &lt;strong&gt;cas d’études réels proposés par des organisations volontaires&lt;/strong&gt; que l&amp;#039;ADEME pourra soutenir financièrement.&lt;/p&gt;&lt;p&gt;Les organisations sont invitées à se présenter avec un consultant expert en évaluation environnementale d&amp;#039;organisation, en démarche d&amp;#039;écoconception avec une spécialité sur la sobriété. Concernant la sobriété, le consultant questionnera les consommations et le modèle économique de son client pour identifier des solutions pour consommer moins de ressources (énergie, matériaux, terres, eau…) sur le cycle de vie de l&amp;#039;activité de l&amp;#039;organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attentes de l’ADEME&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Dans le cadre de l’AMI, sélectionner et accompagner entre 10 et 20 organisations pour expérimenter différentes applications du cadre méthodologique*, dans différents contextes (maturité en sobriété et écoconception, taille d&amp;#039;organisation, secteur, BtoB et BtoC, produit et service…), avec différentes méthodes d&amp;#039;évaluation environnementale (Analyse de cycle de vie des organisations (ACVO), Environmental Profit and Loss account (EPL), Organisation environmental footprint (OEF), Bilan Gas à effet de serre (BGES)...).&lt;/li&gt;&lt;li&gt;Capitaliser le retour d’expériences des projets accompagnés sur les forces et faiblesses, avantages, inconvénients de chaque démarche, et définir un nouveau cadre méthodologique pour une valorisation à grande échelle.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Bénéfices pour les organisations sélectionnées&lt;/strong&gt; dans cet AMI :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contribuer au cadrage d&amp;#039;une méthode* ADEME de généralisation de l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation, et d&amp;#039;expérimentation visant un objectif de sobriété.&lt;/li&gt;&lt;li&gt;Obtenir un soutien financier pour  la mise en œuvre de travaux précurseurs.&lt;/li&gt;&lt;li&gt;Pouvoir échanger entre pairs.&lt;/li&gt;&lt;li&gt;Valoriser avec l&amp;#039;ADEME les résultats issus de cette expérimentation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* Le cadre méthodologique proposé repose sur un processus en 5 étapes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Situation actuelle&lt;/strong&gt; : évaluation de la performance environnementale actuelle, à l&amp;#039;échelle de l&amp;#039;organisation et de ses familles de produits/services, par exemple avec une analyse de cycle de vie (ACV) organisationnelle.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Enjeux et défis&lt;/strong&gt; : identification des enjeux environnementaux significatifs, analyse stratégique et mobilisation des membres du Conseil d&amp;#039;Administration (CA) ou équivalent.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Vision&lt;/strong&gt; : définition d&amp;#039;une feuille de route stratégique de transition écologique, adhésion du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Nouvelle stratégie&lt;/strong&gt; : définition d&amp;#039;une trajectoire et des objectifs de performance environnementale pour l&amp;#039;organisation et par familles de produits/services, définition d&amp;#039;un plan stratégique et engagement du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Plan d&amp;#039;action&lt;/strong&gt; : définition d&amp;#039;un plan d&amp;#039;action, basé par exemple sur un Diagnostic Écoconception à l&amp;#039;échelle de l&amp;#039;organisation, qui identifie des solutions pour généraliser l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation et réduire ses consommation de ressources sur son cycle de vie ; mise en œuvre et suivi.&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions</t>
+          <t>Transition énergétique</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>Permanente</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+          <t>Ponctuelle</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>Aveyron</t>
-[...4 lines deleted...]
-          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+          <t>France</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>contact@aveyron-ingenierie.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/poser-des-questions-sur-lorganisation-interne-de-votre-collectivite-et-optimiser-mutualiser-les-ressources/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-des-organisations-phase-1/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
-        <is>
-[...10818 lines deleted...]
-      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>