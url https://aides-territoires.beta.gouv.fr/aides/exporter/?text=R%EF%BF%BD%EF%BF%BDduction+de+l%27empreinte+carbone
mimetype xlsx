--- v0 (2025-11-05)
+++ v1 (2026-01-26)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA60"/>
+  <dimension ref="A1:AA14"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,8903 +228,2017 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>149132</v>
+        <v>27950</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Soutenir la reconnaissance des matériaux biosourcés et bas carbone pour le bâtiment</t>
-[...4 lines deleted...]
-          <t>Soutien à la reconnaissance des matériaux biosourcés et bas carbone pour le bâtiment</t>
+          <t>Investir dans des véhicules non-polluants - "Eco-chèque mobilité Parcs Naturels de la Région Occitanie"</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>L'aide est plafonnée à 40 000 €, pour l'achat d'au maximum 3 véhicules et 5 vélos à assistance élect</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif &amp;#34;Éco-chèque mobilité&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du Plan Mobilités III voté en Assemblée Plénière du 19 décembre 2019, il a été décidé d&amp;#039;étendre la mesure &amp;#34;éco-chèque mobilité&amp;#34; aux Parcs Naturels Régionaux par une aide régionale pour les encourager à convertir leurs parcs de véhicules en achetant des véhicules non polluants et en mettant au rebus un véhicule polluant pour un véhicule subventionné.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principales caractéristiques de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le véhicule électrique/hybride rechargeable/hydrogène doit avoir été acheté à compter du 1er janvier 2020, auprès d&amp;#039;un professionnel exerçant son activité professionnelle sur le territoire de la région Occitanie et doit remplacer un véhicule thermique (essence ou diésel)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cycle à pédalage assisté doit être neuf et doit avoir été acheté, auprès d&amp;#039;un professionnel exerçant son activité professionnelle sur le territoire de la région Occitanie, à compter du 1er  janvier 2020
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;aide de la Région Occitanie versée au demandeur peut être cumulable avec la prime à la conversion de l&amp;#039;Etat, au titre de ce même véhicule (sous réserve du respect des conditions fixées à l&amp;#039;article D251-3 du code de l&amp;#039;Energie).
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;aide de la Région Occitanie peut être sollicitée pour l&amp;#039;achat d&amp;#039;au maximum 3 véhicules et 5 vélos neufs à assistance électrique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Modalités de dépôt de la demande d&amp;#039;aide :
+&lt;/strong&gt;
+&lt;p&gt;
+ Les dossiers sollicitant un financement seront considérés recevables par la Région lorsque :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat du-des véhicule(s) électrique(s) /hybride(s)  rechargeable(s) /hydrogène(s)  et du-des cycle(s) a été effectué à compter du 1er janvier 2020
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier a été déposé dans les 6 mois suivant la date d&amp;#039;achat
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le demandeur doit être un Parc Naturel Régional de la région Occitanie.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le véhicule doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être immatriculé en France au nom du bénéficiaire dans une série définitive
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour le genre de véhicule VP et Dériv-VP, avoir un taux d&amp;#039;émission de CO2 (taux figurant au champ V.7 de la carte grise) de 20 g/km au plus pour une voiture électrique (type d&amp;#039;énergie EL mentionné sur la carte grise au champ P3), de 50 g/km au plus pour une voiture hybride rechargeable (type d&amp;#039;énergie EE mentionné sur la carte grise au champ P3)
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir déjà fait l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;acquisition au titre du présent dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le vélo à assistance électrique doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être un cycle à assistance électrique , au sens de la réglementation en vigueur (définition de la directive européenne 2002/24/CE du 18 mars 2002 correspondant à la norme française NF EN 15194 et reprise par l&amp;#039;article R. 311-1 du code de la route : « cycle à pédalage assisté, équipé d&amp;#039;un moteur auxiliaire électrique d&amp;#039;une puissance nominale continue maximale de 0,25 kilowatt dont l&amp;#039;alimentation est réduite progressivement et finalement interrompue lorsque le véhicule atteint une vitesse de 25 kilomètres/heure, ou plus tôt, si le cycliste arrête de pédaler »), doté d&amp;#039;une batterie sans plomb
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir déjà fait l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;acquisition au titre du présent dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour que le demandeur puisse bénéficier de l&amp;#039;aide, le vendeur doit être un professionnel exerçant son activité sur le territoire de la région Occitanie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-Eco-cheque-mobilite-Parcs-Naturels-Regionaux</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de pouvoir bénéficier de l&amp;#039;aide de la Région Occitanie, le demandeur adresse une demande accompagnée de toutes les pièces justificatives requises à la Région Occitanie – Direction Générale Déléguée Infrastructures et Mobilités – 22 boulevard du Maréchal Juin – 31406 TOULOUSE CEDEX 9 (tél : 05 61 39 65 67).Relevé d&amp;#039;identité bancaire ou postal du bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction Infrastructures et mobilités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Martine BOTAN : martine.botan&amp;#64;laregion.fr / 05 61 39 65 04
+&lt;/p&gt;
+&lt;p&gt;
+ David BOUILLON : david.bouillon&amp;#64;laregion.fr / 05 61 39 65 17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02b4-dispositif-eco-cheque-mobilite-parcs-naturels/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>58391</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'acquisition de véhicules propres</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Seine Normandie Agglomération (SNA)</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Forfait 1500 € véhicule GNV,  forfait 2000 € véhicule électrique, 15% du HT véhicule hydrogène</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seine Normandie Agglomération (SNA) s&amp;#039;est engagée dans une démarche de déploiement des énergies renouvelables et de réduction de la consommation d&amp;#039;énergie sur son territoire, à travers la démarche régionale « Territoire 100% énergies renouvelables en 2040 ».
+&lt;/p&gt;
+&lt;p&gt;
+ SNA cherche à accompagner le développement de solutions visant la décarbonation de la mobilité sur son territoire:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la mobilité hydrogène - SNA dispose d&amp;#039;une station de recharge pour véhicules à hydrogène, implantée dans le cadre du programme EAS-HyMob (avenue du Capitaine Vandière de Vitrac - 27120 Douains)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilité électrique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilité au gaz naturel
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour cela, SNA a mis en place un dispositif d&amp;#039;aide à l&amp;#039;acquisition de ces 3 types de véhicules propres via un soutien financier pour des projets d&amp;#039;achat ou de leasing d&amp;#039;au moins 36 mois par une commune ou une entreprise du territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Forfait de 1500 € pour un véhicule GNV*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait de 2000 € pour un véhicule électrique*
+ &lt;/li&gt;
+ &lt;li&gt;
+  15% du HT (maximum 7000 €) pour un véhicule hydrogène
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Dans la limite des 80% d&amp;#039;aides publiques pour les communes
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Engagements communs aux entreprises et aux communes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les bénéficiaires d&amp;#039;une aide de SNA s&amp;#039;engagent à mettre en avant la participation financière de l&amp;#039;agglomération, notamment lors des évènements de communication.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bénéficiaires d&amp;#039;une aide de SNA s&amp;#039;engagent à conserver le (ou les) véhicule(s) acquis pendant une durée d&amp;#039;au moins 3 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Engagements spécifiques aux entreprises :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif d&amp;#039;aide s&amp;#039;applique dans le cadre des aides de minimis. Ainsi, pour rappel
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une même entreprise ne peut recevoir plus de 200 000 € en 3 ans dans le cadre des aides de minimis. Pour cela, une attestation vous est demandé (Voir V).
+ &lt;/li&gt;
+ &lt;li&gt;
+  De même, dans le cadre des futures attestations qui vous seront demandé, l&amp;#039;aide obtenue dans le cadre du présent dispositif sera obligatoirement à indiquer, et ce durant les trois exercices budgétaires suivants l&amp;#039;obtention de l&amp;#039;aide. L&amp;#039;entreprise s&amp;#039;engage par conséquent à déclarer l&amp;#039;aide de SNA dans le cadre des aides de minimis.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>CA Seine Normandie Agglomération</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sna27.fr/wp-content/uploads/2021/09/Reglement-dispositif-vehicules-propres.pdf</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sna27.fr/mesdemarches/nouvellesdemarches</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Maud Kilhoffer
+&lt;/p&gt;
+&lt;p&gt;
+ Cheffe du service Transition écologique
+&lt;/p&gt;
+&lt;p&gt;
+ 06 49 42 32 71 / 02 32 53 85 33
+&lt;/p&gt;
+&lt;p&gt;
+ mkilhoffer&amp;#64;sna27.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>ncaroff@sna27.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98ed-dispositif-daide-a-lacquisition-de-vehicules-/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>162318</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour une aide directe en direction des entreprises de transport routier afin de les inciter à de nouvelles pratiques dans une logique de réduction des émissions CO2. Jusqu’à 15 000€ pour un véhicule neuf.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;La Région Provence-Alpes-Côte d&amp;#039;Azur fait de la transition énergétique et de l’atteinte d’une neutralité carbone l’une de ses priorités. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres s&amp;#039;inscrit ainsi dans la mesure 11 du Plan Climat qui vise à « inciter à l’émergence de nouvelles pratiques au sein des entreprises de transport routier dans une logique de réduction des émissions CO2 ».&lt;/p&gt;
+&lt;p&gt;Les camions représentent 5% des émissions de gaz à effet de serre du territoire et les camionnettes (Véhicule Utilitaire Léger, VUL) en représentent 4%. Les véhicules électriques, hydrogènes ou bioGNV réduisant significativement ces émissions en comparaison de leurs équivalents thermiques, ils constituent l’un des outils principaux de la transition énergétique du transport de marchandise.&lt;br /&gt; &lt;br /&gt; En plus de largement participer aux émissions carbones, les camionnettes et poids lourds participent à la dégradation de la qualité de l’air en ville. Les conséquences s’observent par exemple dans les données locales des émissions puisqu’ATMOSUD estime que les camionnettes contribuent à 22% des émissions de Nox du secteur des transports sur la Ville de Nice.  Dans les métropoles concernées par le contentieux avec la Commission européenne sur la qualité de l’air, on dénombre 50 000 VUL avec une vignette crit’air 4, 5 ou non classé sur la Métropole Aix- Marseille, 15 000 sur la Métropole Nice Côte d’Azur et 12 000 sur Toulon Provence Métropole.&lt;/p&gt;
+&lt;p&gt;Le éveloppement et l’usage des carburants alternatifs, faiblement émetteurs de GES et autres polluants, est donc l’un des leviers à activer. L’offre « constructeur » s’étoffe régulièrement que ce soit sur des véhicules de 1,7t ou des véhicules de 3,5t. Même si l’offre électrique et hydrogène sur le segment des véhicules de plus de 7t est encore balbutiante, elle s’enrichit régulièrement. Le taux de renouvellement du parc est faible (5% par an) et le parc est vieillissant (25% des véhicules ont 15 ans et plus).&lt;/p&gt;
+&lt;p&gt;Afin d’accélérer la transition énergétique du transport de marchandise, d’anticiper et de rendre acceptable les Zones à Faibles Emissions (ZFE), tout en évitant l’assèchement des centres villes et les levées de bouclier de certains secteurs, il faudra être en mesure de montrer des exemples qui fonctionnent. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres participe largement à l’activation de ces leviers d’actions.&lt;/p&gt;
+&lt;p&gt;Ce dispositif vient compléter les financements de la Région concernant le déploiement des bornes de recharge électrique ou hydrogène à travers l’appel à projets régional « Zéro émission sur routes »3 , et le déploiement d’installations de production d’électricité renouvelable en autoconsommation à travers le dispositif « Smart PV 4.0 »&lt;/p&gt; &lt;p&gt;L&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres doit permettre aux auto-entrepreneurs, Très Petites Entreprises (TPE) ou les petites et moyennes entreprises (PME) - ayant un établissement ou une succursale en Région Provence-Alpes-Côte d&amp;#039;Azur - d&amp;#039;effectuer leur transition énergétique. Les collectivités peuvent aussi être aidées si elles vont au-delà de leurs obligations règlementaires. Le dispositif focalise sur le transport de marchandise et de matériel.&lt;/p&gt; &lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>28/09/2020</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt; &lt;p&gt;La demande de subvention doit être faite et enregistrée par la Région avant la date de livraison du véhicule et sur la base d’un devis, d’un bon de commande ou de réservation. Le dépôt des demandes de subvention doit être effectué en ligne sur &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt;  ou par voie postale à l’adresse suivante :&lt;/p&gt;
+&lt;p&gt;Monsieur le Président du Conseil régional Provence-Alpes-Côte d’Azur&lt;br /&gt; Direction des Finances et du Contrôle de Gestion Service des Subventions&lt;br /&gt; Unité Subventions et Partenaires&lt;br /&gt; Hôtel de Région 27 Place Jules Guesde&lt;br /&gt; 13481 MARSEILLE Cedex 20&lt;br /&gt; &lt;br /&gt; &lt;em&gt;(Préciser sur le courrier d’accompagnement : « à l’attention du Service Transition Energétique – Direction de la Transition Energétique et des Territoires »). &lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Pour qu’une demande soit recevable, le demandeur devra fournir :&lt;/p&gt;
+&lt;p&gt;- L’ensemble des documents administratifs exigés lors du dépôt de demande de subvention (cf. plateforme en ligne https://subventionsenligne.maregionsud.fr/ - Fiche N°4);&lt;/p&gt;
+&lt;p&gt;- Les devis ou bons de commande ou bons de réservation détaillés du (des) véhicule(s) à acquérir précisant s’il est neuf ou d’occasion et indiquant ses caractéristiques techniques en lien avec les critères d’éligibilité et les émissions de CO2 ou accompagné d’un document technique du constructeur les stipulant ;&lt;/p&gt;
+&lt;p&gt;- Pour les collectivités ou entreprises soumises à des obligations d’acquisition de véhicules propres lors de renouvellement de flottes : un état des lieux du parc de véhicules du bénéficiaire (type de véhicule, vignette crit&amp;#039;air, etc.), une lettre d&amp;#039;engagement indiquant le nombre de véhicules acquis dans l&amp;#039;opération de renouvellement et le nombre de véhicules propres acquis dans cette opération, une lettre d’engagement sur le nombre de véhicules acquis allant au-delà de la réglementation, documents formels associés à la commande de véhicules (dossier d&amp;#039;appel d&amp;#039;offre, documents d&amp;#039;achat groupé, etc., etc.)&lt;/p&gt;
+&lt;p&gt;- Après validation du dossier de demande de subvention par la Région, une facture devra être présentée pour le versement de l’aide. Les factures antérieures à la date de dépôt du dossier de demande d’aide ne pourront pas être prises en compte.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-lacquisition-de-vehicules-utilitaires-propres</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Franck FERRIZ -&lt;br /&gt; Service Transition Energétique -&lt;br /&gt; Région Provence-Alpes-Côte d&amp;#039;Azur -&lt;/strong&gt;&lt;br /&gt; &lt;a href="mailto:fferriz&amp;#64;maregionsud.fr" title="mailto:fferriz&amp;#64;maregionsud.fr"&gt;fferriz&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lacquisition-de-vehicules-utilitaires-propres/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>56198</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Acheter un véhicule (4 roues) électrique, hydrogène ou GNV</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Véhicule neuf : Aide de 2000€ à 4000€/ véhicule selon la collectivité (Intercom, commune A, B1, B2 ou C) et la catégorie de véhicule (électrique, GNV ou hydrogène), dans la limite de 2 véhicules par collectivité /an.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Véhicule d&amp;#039;occasion électrique ou GNV : Aide de 500€ à 1000€/ véhicule selon la collectivité (Intercom, commune A, B1, B2 ou C), dans la limite de 2 véhicules par collectivité /an.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est ciblée pour répondre aux besoins propres de la collectivité. Toutefois, elle peut également bénéficier à un établissement public qui lui est rattaché (ex : EPHAD ou CCAS). Dans ce cas, l&amp;#039;accord préalable de la collectivité est requis et la demande est intégrée à son droit de tirage.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail : mobilite&amp;#64;sdec-energie.fr&lt;br /&gt;Tel : 02 31 06 61 55 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f209-poser-une-borne-de-recharge-pour-vehicules-el/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>97330</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition de véhicules à motorisation décarbonnée</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide du Département est destinée à compenser en tout ou partie le surcoût lié à l&amp;#039;achat d&amp;#039;un véhicule moins polluant.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est cumulable avec d&amp;#039;autres aides existantes (ex : bonus écologique de l&amp;#039;État) dans la limite du montant maximum d&amp;#039;aide publique applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif vise à encourager et appuyer l&amp;#039;effort des collectivités pour s&amp;#039;engager dans des modes de déplacement à faibles émissions de polluants et de gaz à effet de serre. Il vient soutenir, par effet d&amp;#039;entrainement, le développement de l&amp;#039;offre d&amp;#039;avitaillement (les stations bioGNV et hydrogène), en accompagnement du déploiement de stations d&amp;#039;avitaillement bioGNV et hydrogène porté notamment par le SyDEV.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide du département est variable selon le type de motorisation et la taille du véhicule :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Véhicules bioGNV :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1000 euros pour les véhicules légers (PTAC &amp;lt;3,5T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  5000 euros pour les véhicules utilitaires (PTAC entre 3,5T et 7T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  10 000 euros pour les poids lourds (PTAC &amp;gt; 7T)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Véhicules hydrogènes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  5 000 euros pour les véhicules utilaires (PTAC : &amp;lt; 3,5T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 000 euros pour les véhicules utilitaires ((PTAC : Entre 3,5T et 7T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 000 euros pour les poids lourds (PTAC &amp;gt; 7T)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas d&amp;#039;acquisition de plusieurs véhicules, la collectivité bénéficiaire pourra obtenir une majoration de la subvention à hauteur de 10% du montant de l&amp;#039;aide octroyée selon les conditions générales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition bennes à ordures alimentées en GNV par un EPCI</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité partagée
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de cette aide les communes vendéennes et les EPCI qui réalisent l&amp;#039;acquisition d&amp;#039;un ou plusieurs véhicules fonctionnant au Bio GNV et les véhicules électriques à hydrogène (vert).
+&lt;/p&gt;
+&lt;p&gt;
+ Par véhicule fonctionnant au bioGNV, on entend tout véhicule utilisant le gaz naturel, que ce soit sous sa forme comprimée (GNC) ou bien sous sa forme liquéfiée (GNL).
+ La collectivité s&amp;#039;engage à s&amp;#039;approvisionner en bio GNV.
+&lt;/p&gt;
+&lt;p&gt;
+ Par véhicule hydrogène, on entend tout véhicule électrique à PAC (pile à combustible), propulsé par de l&amp;#039;électricité produite à partir d&amp;#039;hydrogène et d&amp;#039;oxygène, l&amp;#039;hydrogène étant le carburant de base. Il ne rejette que de l&amp;#039;eau au moyen de son pot d&amp;#039;échappement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les véhicules électriques à PAC, considérés comme complémentaires des véhicules électriques à batterie, constituent la prochaine génération de voitures « propres » dotés d&amp;#039;une autonomie de plusieurs centaines de kilomètres. Là-encore, les collectivités s&amp;#039;engagent à s&amp;#039;approvisionner en hydrogène produit à partir d&amp;#039;énergies renouvelables, au fur et à mesure que cette offre se développera sur notre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les types de véhicules pour lesquels une aide pourra être sollicitée sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les véhicules légers (véhicules GNV uniquement) et les véhicules utilitaires légers (PTAC  &amp;lt; 3,5 Tonnes) (GNV et hydrogène)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les utilitaires (3,5 T &amp;lt; PTAC &amp;lt; 7 T) (GNV et hydrogène)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les poids lourds (PTAC &amp;gt; 7 T) (GNV et hydrogène)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les véhicules doivent faire l&amp;#039;objet d&amp;#039;un achat.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est limitée à trois véhicules par bénéficiaire et par période de 4 ans à compter de la date de signature de la convention de subvention par l&amp;#039;ensemble des parties.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 60
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:amenagement-tourisme&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  amenagement-tourisme&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>hugo.bard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bfa3-soutenir-lacquisition-de-vehicules-a-motorisa/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>162358</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l'impact du véhicule électrique sur le réseau</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Infrastructures de recharges intelligentes pour véhicules électriques</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l&amp;#039;impact du véhicule électrique sur le réseau.&lt;/p&gt;
+&lt;p&gt;Cette nouvelle édition a vocation à poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l&amp;#039;impact du véhicule électrique sur le réseau. Elle a aussi vocation à accompagner la transition des taxis vers des véhicules propres en finançant les bornes associées (en complément de l&amp;#039;autre dispositif de financement des véhicules). Cette édition vient remplacer la précédente édition.&lt;/p&gt; &lt;p&gt;Les bénéficiaires peuvent être des aménageurs publics ayant la compétence infrastructures de recharge des véhicules intelligents ou des entreprises privées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>22/02/2019</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Du dépôt d’un dossier jusqu’au paiement d’une subvention régionale, &lt;strong&gt;découvrez les étapes et la marche à suivre en parcourant les fiches pratiques, ainsi que divers documents complémentaires sur &lt;/strong&gt;&lt;a href="http://subventions.maregionsud.fr/" target="_blank"&gt;http://subventions.maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/infrastructures-de-recharges-intelligentes-pour-vehicules-electriques</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>http://subventions.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la Transition Energétique et des Territoires&lt;/p&gt;
+&lt;p&gt;Service Transition Energétique&lt;/p&gt;
+&lt;p&gt;Franck FERRIZ – &lt;a href="mailto:fferriz&amp;#64;maregionsud.fr"&gt;fferriz&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Tél : 0491575839&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infrastructures-de-recharges-intelligentes-pour-vehicules-electriques/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>162434</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité électrique</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Outre ses missions sur le réseau d&amp;#039;électricité et de gaz, Territoire d&amp;#039;énergie Mayenne accompagne les communes qui le souhaitent pour toutes les actions en faveur du développement des énergies renouvelables et des mobilités décarbonées.&lt;/p&gt;&lt;p&gt;En tant qu&amp;#039;autorité compétente pour la définition du SDIRVE (schéma directeur pour les infrastructures de recharge pour véhicules électriques), Territoire d&amp;#039;énergie Mayenne accompagne l&amp;#039;ingénierie des collectivités pour l&amp;#039;installation de bornes, dans le respect des orientations du SDIRVE.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Delphine MONTAGU - Chargé de mission mobilité - &lt;a target="_self"&gt;delphine.montagu&amp;#64;te53.fr&lt;/a&gt;- 07 56 06 10 57&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-electriques/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>165393</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le verdissement des flottes professionnelles par l’acquisition de véhicules propres</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>IDEE Action « mobilité décarbonée »</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>L’aide prendra la forme d’une subvention plafonnée :  à 50% des dépenses éligibles par véhicule (surcoût du véhicule par rapport à son équivalent diesel Euro VI pour l’acquisition et la location, et coût de l’opération de rétrofit)</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les véhicules éligibles sont les véhicules de transports de
+voyageurs et de marchandises suivants : &lt;/p&gt;&lt;p&gt;- Véhicules de transport de personnes :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;De
+     catégorie M1 (au sens de l’article R311-1 du Code de la route) uniquement
+     de type minibus 7 à 9 places ;&lt;/li&gt;
+ &lt;li&gt;Les
+     minibus, navettes urbaines, autocars, autobus,…&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;-  Véhicules de transports de marchandises et de
+matériels : &lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;de
+     type utilitaire de catégorie N1 (au sens de l’article R311-1 du Code de la
+     Route) uniquement : camionnette, fourgonnette, fourgon, châssis-cabine ;&lt;/li&gt;
+ &lt;li&gt;Les
+     poids lourds (tracteurs et porteurs) de PTAC ³ 3,5 t ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules spécialisés (balayeuses, BOM…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Les véhicules éligibles sont ceux dont le système de
+propulsion est alimenté &lt;u&gt;exclusivement&lt;/u&gt; par une ou plusieurs
+sources d’énergie suivantes :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;électricité,&lt;/li&gt;
+ &lt;li&gt;hydrogène,&lt;/li&gt;
+ &lt;li&gt;gaz
+     naturel renouvelable.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations éligibles sont :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;l’achat
+     de véhicules strictement neufs et jamais immatriculés ;&lt;/li&gt;
+ &lt;li&gt;la
+     mise à niveau (rétrofit) de véhicules fonctionnant antérieurement avec des
+     carburants fossiles ;&lt;/li&gt;
+ &lt;li&gt;Pour
+     les véhicules alimentés exclusivement à l’hydrogène, la location longue
+     durée, avec ou sans option d’achat, sera également éligible à l’aide
+     (plafonds identiques à ceux d’un achat).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Sont exclus du bénéfice de l’aide :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les
+     véhicules commandés et/ou achetés avant la réception du dossier de demande
+     d’aide par la Région ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules d’occasion, de démonstration, de collaborateur ou à usage de
+     courtoisie.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Les véhicules hybrides rechargeables et
+auto-rechargeables fonctionnant avec un carburant fossile ne sont pas éligibles
+au dispositif&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif ne peut être sollicité que dans la limite de 2
+véhicules par bénéficiaire.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’aide est cumulable avec les aides d’état et tout autre
+aide publique dans la limite de la règlementation communautaire applicable.
+Toutefois, pour l’acquisition et la location de véhicules neufs, le cumul de
+ces aides ne doit pas dépasser 100% du surcoût HT par rapport à un véhicule de
+la même catégorie qui est conforme aux normes de l’union européenne applicables
+déjà en vigueur et qui aurait été acquis sans l’aide. En cas de dépassement de
+ce taux, l’aide régionale sera ajustée.&lt;br /&gt;
+L’aide n’est pas cumulable avec les autres aides de la Région Normandie,
+notamment l’aide à l’acquisition de véhicule collectif - Trans’sport en
+Normandie ; Emergence ESS ; Impulsion Environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT5SURBVGhD7VsJdFRVmv7q1b6kUqmQPewgINIs4ootuLZb6zja7dp92vWgc1rRcZt2bW1HGW3pPm4wIyiutHq0nZZGxgbcEARpZFERxJCwZKmkUqnU/l69mu&amp;#43;/ScWIBCTJnNDnzH/OI8lb7r3/9&amp;#43;//vdhyJPw/7RMB2z8kNhYLLAcQaH/wdeiBQ8bRjfn9gSAqb2YyMNtjyLbFYISaodc3wF5SCs9xU/psDzZN0/o8yP/JAIaBbDyJbEsrjHArss2tZLwRRmMLjIYQ9MYmGE1yn39H2mBG4zDjCeh6I4Y/8wx806b2eVm2Po9wkAPksllKOo6sMNwaJZMhMixXSwfzTWRWrpYWPm8n07wIkqlnOJOBHEz&amp;#43;FLMSoVqpZLysVv7Kv7M5uMrGovD8Mw5yVft&amp;#43;vV/Byba1I0spZlsi0JtCyIYo7T2N0BvIdIMwTRCoCWY4imx7lEynkCPTOei8xEg6mLaQaXLcxbTFZoPVblfmtj/KphPwHz8F1mDg0AInumQF6q6aBSRNmAlKOpPulHRHMOxiGiIPMi9St9qhORwA&amp;#43;VbvZDTksupl5Kw5WOWnrQM2RR349Ug5apZ3xrH9AowM0i&amp;#43;ak9MNNPzmP2DQGVoRIA92WB3kuJPprtXmCJE3iywZtLlMZDOWDsajVuTSGoxyatHwFOwJG3xhO5otBmw7XLDmRJsAjYAJeKboloPm5eDXeeTMHDSbB95jJh9a4ET&amp;#43;9N9IfLYOFtcgZCck4A6aSK4nU81Ex0MmOhkwExoc06MYNYcRhcyYbgs2v&amp;#43;hF4u4hKD07gqKH9lChckiFraj7iw8tLxXh8MN0eE&amp;#43;l3xmTQtZGQAlwrs6ByPNF0OrtsPg6xs/pOuzlZXCOGXnogCMONjRnPt2BCxbdgj0OHUNubkQgZUP9rEr4ajyAj&amp;#43;JWQs7BE8ih5msNpaX87htqBJ&amp;#43;ZFhMVtzRh13onGhYVweXJIlCVxYj7WxDxZvD1ZgdSiz2w7HLA6uUY02MoWbADoZuq4drupgaZyBkZOEYMgTXgP3TAaV/6PhJ/Xw&amp;#43;rxw&amp;#43;NTBavLMTOZ9L48dMt8C3che0XD4VzD7WIUid2MCbGUT3GwJblLlSO1lE8LYlV7gw2Xl8Bz69aUf5jRjIth9ZdNtTMKYR1sxd&amp;#43;Wn&amp;#43;peCmtQ0va1xQh016Pglsa0Hb1cHjptsTfOEcN7Tdg&amp;#43;sXnhOf/qcNTMpJIkPW66BuWFGPLbBPjZ7XiR&amp;#43;99g12zS5BaUsjI5UAmxpBLkGofKkXlrWHYpscx5Q8NsH3uQctmN9IB&amp;#43;hk6pcqMFSMm0z8NiSPZaEOu2QajzcrcxwK/S0f1JB2bmunAO320hHjHsKpDBxy9bg9iyz5ixPF1LcpkdHFnrYg/UoXVq92YMLceo&amp;#43;c1IvNFM&amp;#43;Lr3NCKDPjcOZzz4h44hxv47G0nfBVpjLo8hrKEeF1e1AT1syPgIR2yYNcqN7wMX5pBHSnMYeMODW0Pl2OwK4eOAGeBrVz0q/&amp;#43;oT9EqungZ9LZm2LzBb1dEUZo0C5/XgPZhACt/asPoB0IYd1aSko0xx6GeEQTnSB0NW2yIhqyYMCMFtHIIal1sjwXRndQSHagaq8PKe9aCHN&amp;#43;1I/J0qfJHBrXPm3BgiJNA2fMRywpb6aD&amp;#43;Q6avoVxyG5Ww7YNEmm6vicE7fNg2047Y7SHYynSMmppGQYAONEkFYSg&amp;#43;5twEkzagnk76i/8Kwklgqy5oh51Mb1rtwMSfZGhmwLSb2rC7hJFqZQEslXTSS90w6uiMRbxsLMg6NJ/30ABHap7E2o0qt&amp;#43;iJxAc53SYq212IzRuEMU/vQUEZ71IrLE4geDi55udb/8eOzVdVo7zJj5G/q0PZGRnENmlYc3cFMmuSGDmzFcEygnZzBLiJF00tPN&amp;#43;Dpn&amp;#43;tRoVJPySehzWi5uiTIXyPjV6PltzwBeuiRljd&amp;#43;5EWcUglbQhOi2HqE7sBRifEgEiLBU1bHUhHNIQ/cyP2RiHGhIiSTceO&amp;#43;UXwnhOFqzyLYLWB2BMV2PxGAGD&amp;#43;ZC03EJyQwrhfxuAfoWOXlRMQHJUhSmkh9VU/Uq/BSazbRG1mMWj51hmrdUnKz2TPYjJ6ca2lv2pB9R/qlZOtXWnDttcL0PqhB56vPXDrGgpzNgyys&amp;#43;SgaeQMDQEO56JWZagMjTs1jGb49jS7kKYZ6bShNv5rnLkF8Z12FNLv5Gi6KkwyqURWfuk/6jU4qc1buYrvSyrHkqDgxBhyM9pRPD6NwgsT2PKmA9ufL0RqhQ&amp;#43;BNieGaxYFgMbZGazBpBf&amp;#43;iyPIjU9i2DURhPZo&amp;#43;OCnlSjb4IODkS1DM3JW6QieS&amp;#43;c/NA37SPqsjyV4d6beojk5ApyWyr3/qNfgZL6pJTR7FU9cq3QP6obG0dKYxbhRWXz9uAd7bq9AZdJFQFgV0QolUxYZqxDMzDBbbOBzdxK2ehPxxW7seCqAYZ8G4WVkknpdMyyIjU3g62JmxgzdsZUO7FzkRzlDuypLaVIS0KWn05/UK3Ck6tYbmmER0XcnSlDMw7mwFFWWHJrnqbiOEdQSKSEEkJyAkf42wtlYS1mY3BX/ZyXZs2A34Shm5HFLI4Nlgcn3peA0lvlRsKwQohs7OVIJtc/Ouk2sSUjAMZqa&amp;#43;xOb3lXl2Qh7MW1ROtDvh3GtMAu/kxV2xAa/MMekUHkCwSmlwXV8HMU0IRvLCdOiYRfDdXphCTw0m6K7GuAcSvb5XmStB9sWeTG4xg/viDSK6YitJQaMuIb4RicSnxM&amp;#43;gyNz/A7rIpj1TQMPjurXpJm&amp;#43;dms&amp;#43;idkbZCp0UiuG/YrNrk&amp;#43;9aPt9KbxSUEmiJsSywO6nqZwYRQETu7aUBZmIB0ZWw7DH9qA1mMGOv3kVAPpuG340nRX5nXVoK8igvtaGTCNbIeUmCv&amp;#43;pBd4aJ9ruq2A2Lo5f8hwNmdpdAw&amp;#43;O9G&amp;#43;g02N0azwJ&amp;#43;w6CoC33o/bIOCZeH4bJnk30vip4dC6e&amp;#43;Y5BJuyTE9QqK&amp;#43;rZnTAp&amp;#43;NJxLDppSrs/oe1NMuFnL8fGEJ6bGENotxVbX/LCupYN85gDTk4o8zRas6iaWwfHjQ1Iz66EnZU6YUfmm7qBB&amp;#43;fbDtN315KlbxiUtCNMM0mwJBj3bxHUFplopQahjuGYryfdWQwebODtiypx3HVtKDw&amp;#43;QU1jO3VxALEtZH9wBvo6xv1tfrhrXRgco1&amp;#43;jQxbnLZeQP&amp;#43;tEwVo/0jPCaCdc4tJyNoJTs1O1aa2Bwn4BqVcOuauhbeSX220tdJLBXW5sO30kWn7TgIn3tKHy7Ha0/sWPyMc&amp;#43;eChlaRIeeUpKtSxqv7Kh4NIwhj7UhBxNSbYYNQ//odbl0hborVak2NxK7iRgbRrMmBXWMgOpo9qx484SVNukG0DNsduUz0lvrYHn6EkDB47mZmPLxQQsygpyL5&amp;#43;s9k8Zsit0K5rur8DyGhuOvjeM0pltKL2yjS1RSpl11YhbwkgyuNQs9WHST3iDlmoZZig3pvO&amp;#43;SX/kpNY5WIdhuI51cwgKNctRlUFqoxXpP7J0aHKz&amp;#43;dUZsVg&amp;#43;mNkEEp9uHGBwCv2slH0wuXUCSmxfpDPrHcQ8JPR8CVZsceGY3zciy60Tny&amp;#43;HgmIyTJCav7Jj5FFpBIczEWQ&amp;#43;uf0jB8KbnXBX6gqkIMGqHG/AwQA2&amp;#43;bwkvl5eBOuSIDzMi1JRJpLMeejOulyfOOX4h2sx6PpfDpzmWP0&amp;#43;1R4QG6d8e1yIdPRKvayX1/ix&amp;#43;hI7htwSQsn51DaxRjI1eAprrQDLLUbgD29j//m1Uoy/lZtyN7UjtdOCpXcHMenydgydnkGAza2py2ph7rLCoOmu&amp;#43;fcgWheUoJCFeb5o0KxuJFavV5t7mrfngviHItcrnyODO9mvjX&amp;#43;ydv/zUPqZGDt3LAGOuCGKwGXMYMXsaEJJ/ppmAdr8uQ1fPVaE4DslKCLU8RoHdCqkTifsphPfckkQ9RdG4Ds2Di99TYB9oKJgDkOYK218NYCijIO1Z0eqYHE6ka6tRXz131Fwygk/FIMe3&amp;#43;s1OK4JY5F7ZR8OWZSCuUeOPsOkmrtYCw2ftwsu&amp;#43;hWd9eeOVQ7U/s2D9CovNDpXJ7deytk5dDENSDMn0t8KID2rGQXH6kixQ1j&amp;#43;SSGcz5ei7XkTIen3laQxbdU3SNBJ&amp;#43;6N2Fp6dOZRCR1o7GUTfendgwXEfNZGsS2e7o7bJkwDj8JtwHpeElVnvkLuakCzOYv18F2r/5Ie50oeChB0VdKBOlgAaQSE2KjN2Dcmg8powHGN0fPBAAcwVfuVXNLYmiqhJnmHc16oyYO/sUnBbsKO26kZWqxfRt5eh4uE7GPVoc32gXmuO58gJ3Ccq57ZvCzR3p9&amp;#43;RMMwSO/OLEBrHxDF&amp;#43;ehohzrDqrAq4mJdUEE4f255SfEr4VZdk0EVZhK&amp;#43;qh4Vglp6ewZoH/cg8Wo0x0h&amp;#43;WjbwkG&amp;#43;knRRHiuIHKLJIVOTRucLKr&amp;#43;n1wLCz30zXb0f7Oeyj85zP7AE0fdjytRYXcej0aLYteQS4uZWKHl5W9yYanmMpnC7FhMH0OVb8y5EWBywKDjO7dcbGwNjJoguHZZapUW30Xta7egWrmOgaLVyEre8WtWxwI/aYC7dTKGjpkx1Y3fHxn34bN8Ra8OnDgyKKrnvgdiv/lFzwGwhaUnJBgpS5XcI8cIogg09BK/8Nn3jhSqQT9EKOTampKui&amp;#43;mKIbB3i8PDQy1MAHkT7QwpkvjvBMYmUeiXqDFiWI20LKNagiWIwSG9/dFVlcB2t99H9KtdE88vNfa02uzkhltxUXwndDzxr2ZSrN6l5MXUXWwyAiFFXh6QwOPnMjvPHUh52taeDKjrfOMTTJJM0p3dnw6CkppqpkE0dA6T17YRT/lfg&amp;#43;nCtguzVIYzX9cgMELHh0YcA40q0b7l8tWNoh72CN6fD3HDp46uhJpJ1hhdTAp28SfPL6izu7wdyMkx1c63jFjvBIE0JTjKx3mnAdR7YYQRM3iRutLb6Lk1plwjRt1oKXu83mfNGd/M&amp;#43;qysS9nan4AWZwOAliirgOCyD6SEY7w8FOkQ/MIni4Hn3gGKCunvtTBp7A6BpdpqEP9nbMx7LW5HWd9DpL6DE4qlUKSplBUVKSmjsfjWLJkCQ4//HB1CbXwlFZhYSEbXN&amp;#43;drrW1laHaBbebDl32njpTgu6/d&amp;#43;dHgcjM/ECbdybXI6fHjBCBoimzYdTRvz1I6hM40WgUixYtUozLNXXqVLzxxhvw&amp;#43;1l7cTGxWAx//etf2bcxWVP5cOqpp2LVqlWYPn063nvvPTQ10Xx4SmPKlCkYNGgQXnvtNVx//fXYuHGjAuywww47SHY6Xtf4rVwHAvFAg/cJHGG&amp;#43;srIS55xzDl555RXU1dUppo477jhUV1djxYoVisGxY8eikXtcojmiWZs3b4YAe/HFFytwBNAJEyaoex9//DGcLANEGwea&amp;#43;gSOmMQXX3yhQCktLcXQoUPxySefoI2Rp6qqSpmKvCPAvP322wo0j8fzHRPKm5KY58knn6wAFLO84IILBhqb3jXY86sWqYspHXXUUfjoo4&amp;#43;UtEXqzc3N&amp;#43;PLLL3HMMccosyooKFDgFRcXK1M74ogjEGL0ETPK8Bzx5MmTEQwGFchiYuvXr&amp;#43;/yPwOJUJ80p6SkRElb6Mwzz1Qmcv755yuQxNyExHREk0RjJHqJdgmJ/xEQxQy93o4t5bKyMvXzqquuGkhMuubuEZz6&amp;#43;nqEw2GMHz&amp;#43;&amp;#43;62VxpqNHj1bOU0iei2aI9AWciooKFbWE2ddff105XDkEfuyxx2LSpEnqG9Ew0RR5Jz&amp;#43;OzLVz504cffTRXXOtWbNGmaZcQjLHsmXL1Dx5&amp;#43;vTTT3koW1fmunTpUnz22WfK&amp;#43;YsmC/hCIrA333wTZ5xxhno2f/58RCKRrmeXXnppV1TdWyI9grNu3TpcdNFFWLt2bdfHN998M&amp;#43;6//36cdtppeOedd3DjjTeqZxKZHn74Ydx3332QybZt26akf&amp;#43;6556oFzZ49G3fffTeuvPJK3HDDDZgxYwYee&amp;#43;yxrrVcccUVyqxefvlldc/g6fVTTjkFl112GebOnavuif&amp;#43;68MIL8etf/1rNJfTqq68qRgUcuefgsV1x/rfddpsSxoIFC9R3d911lwKsvb0dv/3tb3HNNdcosxXgZH09UY/giCOVyS655BK8//77CAQCyjTkkvzk2muvxbx587okKY5YnOjxxx&amp;#43;vnKpoxwsvvKDmXb58OW699VYFjmjXnDlz1PfCyLvvvqukPmvWrK41vvTSS&amp;#43;rZhg0b0MBSo5zVv5Dce/LJJzFx4kS1LjFJ0Sgh&amp;#43;f2OO&amp;#43;7AiSeeiDT31GQdAo7MKWmGgCHvCpCPPPJIj4B0f9AjOIKyqLAs6LzzzlMACVgCjjAjzHdXcXG&amp;#43;p59&amp;#43;Ov785z/jZz/7mZJKnkSTxCkLyULPOussJV0BQbTt7LPPVhLOa4gwJWYp4D799NNK2mI&amp;#43;ee267rrr1Pzi4EVQQsK8&amp;#43;DYhCQoCtowh4MgzGV9yLcmhRHNkfSNGjFBaddCaIwMKQPfccw/E/mUyAUZItGpfeUgikejKeLdu3apMQ3IXCeVvvfWW&amp;#43;lbMQCQsTAugYnoSvUS7hD744AM13zP8zx1btmzBypUrce&amp;#43;99yrByFgnnXQSnnrqKWVyJ5xwggIiT93/k8vu3bu7BJJ/nk9GjzzySAWWaPH&amp;#43;aL/RKq&amp;#43;yYtuirps2bVJIi4bcfvvtapGS0QpJpiwJ3OOPP64ctZjCgw8&amp;#43;CFmkaImYpZBogDDxwAMPKN8j4IuG5DVNfJH4OhGEOHLRuueee05pgDAnTl4AFeBkDeLLhOSZrFf8lSSfYrp5gcg9eS65lETEmTNndmEiz/Yua/IP9wtOXtVloaKiYq&amp;#43;Sp8jfApg4XWFMQrRoxIsvvggJ7xJ9pIQQ5oREc37&amp;#43;858r0xStE/UXqYuzl7HER4jZ1dTUYMeOHco088mh5D0CoKQEec2VMQVw0TBhWEjmu/POO/Hoo4&amp;#43;qNYqQZH4BXcYWgYiAtm/fjmnTpqnxRVBXX321MrN9UY/gSP0zbty4rm&amp;#43;GDRsGCZ35nEScojAn2iILkIWI6gtJyfDss892fSvaJQ5SSMxJ/I5QXq0vv/xyJXEBefHixd9JAMWMFi5cqCKilCgCfp7y0Ur&amp;#43;fuKJJ1RiKTRq1Kiutch38p74KyEJHOIS8n5I/FZP1CM4kq/kK&amp;#43;38x/mcI/&amp;#43;3TCBS2JtEO2SB3Smf53SXfv55fuHy995zyj1xnEL5xDL/nWhD/lsBrTtw3efufl9qvh9KfcqQf&amp;#43;gk/6jv/S8vJ4lppof3uQAAAABJRU5ErkJggg&amp;#61;&amp;#61;" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;&lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>carl.pique@normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-verdissement-des-flottes-professionnelles-par-lacquisition-de-vehicules-propres/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Qualité de l'air
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>105335</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des associations sportives, socio-éducatives, sanitaires, sociales et culturelles</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Equipements sportifs, socio-éducatifs, sanitaires, sociaux et culturels</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des équipements (matériels, véhicules ...) et travaux sur des équipements sportifs, socio-éducatifs et culturels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matériels, véhicules, immobilier
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépense comprise entre 5 000 € et 20 000 € TTC, &lt;/p&gt;
+&lt;p&gt;Acquisition de véhicules : Dépense comprise entre 3 000 € et 25 000 € TTC.&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de la demande avant le démarrage des investissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 80 26
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : direction.territoires&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>direction.territoires@morbihan.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/49c2-soutenir-les-investissements-des-associations/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez faire reconnaître les performances d&amp;#039;un matériau ou procédé de construction à faible empreinte carbone pour le bâtiment ?
-[...5 lines deleted...]
- Des dépenses remboursées jusqu&amp;#039;à 50% du montant HT de votre projet
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
-[...194 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>102050</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser les citoyens sur leur empreinte climat</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Face aux nombreux défis environnementaux, comment (s&amp;#039;)informer, (se) sensibiliser, (s&amp;#039;)engager ?
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ADEME, en partenariat avec l&amp;#039;Association Bilan Carbone, a développé
  &lt;em&gt;
   &lt;strong&gt;
    &lt;a href="https://nosgestesclimat.fr/" rel="noopener" target="_blank"&gt;
     Nos Gestes Climat
     &lt;span&gt;
      Ouvre une nouvelle fenêtre
     &lt;/span&gt;
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/em&gt;
  pour permettre à chacun de
  &lt;strong&gt;
   calculer son empreinte carbone individuelle
  &lt;/strong&gt;
  à travers une série de questions sur son quotidien. Mais l&amp;#039;outil ne s&amp;#039;arrête pas là : il donne également des
  &lt;strong&gt;
   actions chiffrées pour réduire concrètement son impact
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Une
  &lt;strong&gt;
   &lt;a href="https://nosgestesclimat.fr/groupe?mode&amp;#61;sondage" rel="noopener" target="_blank"&gt;
    version sondage
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   vous permet de créer un lien dédié pour collecter de manière anonyme les résultats d&amp;#039;un groupe
  &lt;/strong&gt;
  de citoyens, agents, élus ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec plus d&amp;#039;1,5 millions de tests réalisés, ce simulateur est déjà promu par différentes collectivités de toutes tailles comme
  &lt;a href="https://www.grenoble.fr/2294-nos-gestes-climat.htm" rel="noopener" target="_blank"&gt;
   Grenoble
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
 l&amp;#039;
  &lt;a href="https://www.agglo-saintquentinois.fr/pratique/developpement-durable/le-plan-climat-air-energie-territorial-981.html" rel="noopener" target="_blank"&gt;
   Agglo du Saint Quentinois
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Transports collectifs et optimisation des trafics routiers
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable, mais aussi intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://nosgestesclimat.fr</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe :
  &lt;a href="https://nosgestesclimat.fr/contact" target="_self"&gt;
   nosgestesclimat.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1e4-copie-13h56-sensibiliser-les-citoyens-aux-emi/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
-[...1273 lines deleted...]
-      </c>
       <c r="AA14" s="1" t="inlineStr">
-        <is>
-[...7150 lines deleted...]
-      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>