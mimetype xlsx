--- v0 (2025-11-01)
+++ v1 (2026-01-31)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA32"/>
+  <dimension ref="A1:AA39"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1344 +228,286 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>163977</v>
+        <v>165673</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
+          <t>Agriculture et qualité de l’air – AgriQAir</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
+          <t>Agriculture et qualité de l’air – AgriQAir</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...101 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O3" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le dispositif &lt;strong&gt;AgriQAir &lt;/strong&gt;a vocation à développer l’appropriation de l’enjeu de la qualité de l’air en agriculture, tout en agissant en cohérence avec les ambitions climatiques.&lt;/p&gt;&lt;p&gt;Cette édition vise ainsi à encourager la volonté d’&lt;strong&gt;expérimenter, d’évaluer et de diffuser &lt;/strong&gt;des solutions efficaces pour réduire les émissions d&lt;strong&gt;’ammoniac &lt;/strong&gt;(NH₃) et/ou de &lt;strong&gt;particules fines &lt;/strong&gt;(PM2,5 et PM10) par l’agriculture. En considérant leurs émissions de GES associées (N₂O, CH4, CO₂), les projets chercheront à valoriser les synergies qualité de l’air/climat.&lt;/p&gt;&lt;p&gt;L’objectif est d’accompagner des &lt;strong&gt;projets pilotes &lt;/strong&gt;de type expérimentation de terrain et/ou d’autres actions pour &lt;strong&gt;aider au changement de comportement &lt;/strong&gt;par de l’animation, de la communication, de la sensibilisation, de la formation, ou de la création d’outils (techniques, pédagogiques).&lt;/p&gt;&lt;p&gt;Il est attendu que les projets portent sur les axes suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Axe 1 : &lt;/strong&gt;&lt;strong&gt;expérimentation de terrain des bonnes pratiques agricoles pour la réduction des émissions &lt;/strong&gt;(polluants atmosphériques et GES), comportant un volet « évaluation environnementale et économique des actions mises en œuvre ».&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Axe 2 : &lt;/strong&gt;actions visant à &lt;strong&gt;favoriser l’appréhension et la compréhension par les agriculteurs et agricultrices&lt;/strong&gt;, en activité ou en devenir, de &lt;strong&gt;l’enjeu de la qualité de l’air &lt;/strong&gt;en contexte de changement climatique, en diffusant les connaissances.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N.B. Les projets devront préférentiellement &lt;strong&gt;coupler l’Axe 1 et l’Axe 2.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets portant uniquement sur l’Axe 1 (sans actions visant à diffuser les connaissances acquises à l’issue de l’expérimentation) seront jugés inéligibles. Les projets portant uniquement sur l’Axe 2 restent, eux, éligibles.&lt;/p&gt;&lt;p&gt;Le projet présentera des dépenses d’un montant minimal de 40 000 euros et sera réalisé sur une durée maximale de 3 ans.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME ne dépassera pas 200 000 euros par projet.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P3" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S3" s="1" t="inlineStr">
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
+          <t>24/04/2026</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>regions_27_32_84</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/agriculture-et-qualite-de-lair-agriqair-1</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/agriculture-et-qualite-de-lair-agriqair-1?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agriculture-et-qualite-de-l-air-agriqair/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>101584</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Œuvrer pour la transition énergétique, le climat et la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous soutenons dans le développement de projets d&amp;#039;énergies renouvelables locales et l&amp;#039;amélioration de la résilience du territoire face aux enjeux climatiques. Nous apportons des solutions adaptées pour favoriser la transition écologique de votre territoire&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U3" s="1" t="inlineStr">
         <is>
-          <t>regions_02_11_28_44_76_84_93</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V3" s="1" t="inlineStr">
         <is>
-          <t>https://agir.ademe.fr/aides-financieres/2025/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en</t>
+          <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
-          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d970-uvrer-pour-la-transition-energetique-le-clima/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>165332</v>
+        <v>143375</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Soutenir un développement qualitatif et vertueux de l'hôtellerie de plein air et des gîtes d'étape</t>
-[...9 lines deleted...]
-          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - Soutenir un développement qualitatif et vertueux de l'hôtellerie de plein air et des gîtes d'étape</t>
+          <t>Agir sur la qualité de l'air extérieur : Conseils et accompagnement pour des actions opérationnelles &amp; méthodologiques</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>GAL Loire</t>
+          <t>Cerema</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...1043 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
  &lt;br /&gt;
  La qualité de l&amp;#039;air extérieur est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner dans la mise en place de la réglementation ou pour évaluer et réduire l&amp;#039;impact des activités humaines sur la qualité de l&amp;#039;air extérieur.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour cela, vous cherchez un appui technique et une expertise pointue capable d&amp;#039;intervenir dans les domaines des infrastructures de transport (terrestres, maritimes et fluviales) en intégrant le cadre des réglementations françaises et européennes relatives à la qualité de l&amp;#039;air extérieur.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
  &lt;br /&gt;
  Le Cerema intervient sur des actions opérationnelles, méthodologiques et de conseil relatives à la qualité de l&amp;#039;air extérieur :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Modélisation de la qualité de l&amp;#039;air extérieur à partir du trafic (routier, maritime ou fluvial), couplée à des mesures in-situ
   &lt;br /&gt;
  &lt;/li&gt;
@@ -1580,3196 +522,3904 @@
  &lt;li&gt;
   Réalisation du volet « Air et Santé » des études d&amp;#039;impacts de projets de transport
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des MOA, collectivités dans les projets d&amp;#039;aménagement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes de projet à l&amp;#039;échelle territoriale (PPA, PDU, SRADDET, PLU(i), SCOT, etc.)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes de projet à l&amp;#039;échelle locale (ZFEM, limitation des vitesses, etc.)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux sur les expositions à l&amp;#039;amiante et mesures d&amp;#039;exposition des agents
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Qualité de l'air</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/qualite-air-exterieur-conseils-accompagnement-actions</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bdd-agir-sur-la-qualite-de-lair-exterieur-conseil/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...577 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>161737</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la mise en œuvre d’actions structurantes pour améliorer la qualité de l'air</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration de la qualité de l’air dans les territoires PPA ou en dépassements récents</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...4 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique
-[...4 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="S13" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. &lt;/p&gt;&lt;p&gt;Les actions soutenues par l&amp;#039;ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d&amp;#039;O₃ mais pourront aussi concerner d’autres polluants réglementés (COVNM (composés organiques volatil non méthanique), SO₂, HAP (Hydrocarbure aromatique polycyclique)).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets jugés prioritaires seront ceux s&amp;#039;insérant dans un &lt;strong&gt;programme d&amp;#039;actions structuré visant à améliorer la qualité de l&amp;#039;air&lt;/strong&gt; sur le territoire (par exemple : programmation pluriannuelle, reproductibilité, objectifs clairement définis..). Les &lt;strong&gt;gains attendus sur la qualité de l&amp;#039;air&lt;/strong&gt; (NO₂, particules, ozone et autres polluants réglementés) seront clairement définis au regard de la situation du territoire.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les projets suivants :&lt;br /&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Des &lt;strong&gt;études permettant d’aboutir à une mise en œuvre opérationnelle d’actions&lt;/strong&gt; permettant de réduire les émissions de polluants atmosphériques réglementés pour les zones concernées.&lt;/li&gt;&lt;li&gt;De la &lt;strong&gt;communication, animation, sensibilisation&lt;/strong&gt; intégrant les changements pérennes de pratiques.&lt;/li&gt;&lt;li&gt;Certains &lt;strong&gt;investissements&lt;/strong&gt; comme ceux relatifs à l&amp;#039;électrification des navires à quai, aux alternatives au brûlage des déchets verts ou ceux permettant d&amp;#039;atteindre un niveau de réduction en polluants (au delà du niveau réglementaire). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets pourront concerner notamment les thématiques (liste non exhaustive) :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;Combustion de      biomasse&lt;/strong&gt; : &lt;ul&gt;&lt;li&gt;réduction des émissions des chaufferies existantes au-delà      de la réglementation, notamment celles dépourvues de systèmes de      filtration&lt;/li&gt;&lt;li&gt;alternatives au brûlage à l’air libre des déchets verts&lt;/li&gt;&lt;li&gt;chauffage domestique au bois : campagnes      d’animation/sensibilisation/communication vers les particuliers et/ou      professionnels non lié à la mise en place d’un fonds Air-Bois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mobilité&lt;/strong&gt; : active, partagée, report modal…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Transports &lt;/strong&gt;: routier, maritime, fluvial, logistique, électrification de navires/bateaux de transport de marchandises ou voyageurs pour un branchement à quai…&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Industrie&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Agriculture.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sensibilisation, accompagnement au changement de comportement&lt;/strong&gt; des particuliers.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction Régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si  votre projet rentre bien dans ce dispositif d&amp;#039;aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
-[...43 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_11_28_44_76_84_93</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/amelioration-qualite-lair-territoires-ppa-depassements-recents</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-lair-dans-les-territoires-ppa-ou-en-depassements-recents/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...181 lines deleted...]
-      <c r="E15" s="1" t="inlineStr">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>163977</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="F15" s="1" t="inlineStr">
-[...962 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N22" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
-Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Mobilité pour tous
-[...3 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X22" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>165623</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’action des collectivités territoriales en faveur de la qualité de l’air -AACT-AIR</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>AACT-AIR – Aide à l’action des collectivités territoriales en faveur de la qualité de l’air</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="S23" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études éligibles dans AACT-AIR 2026 visent à élaborer des &lt;strong&gt;programmes d’actions pour atteindre les objectifs fixés d’ici 2030, voire d’ici 2050 &lt;/strong&gt;pour les recommandations OMS. Ces programmes d’action pourront alimenter les feuilles de route locales à élaborer dans le cadre de la Directive révisée « Qualité de l’air ambiant ». Ils peuvent reposer sur le socle de travaux élaborés dans le cadre du Plan Climat-Air-Énergie Territorial (PCAET), du Plan d’Action pour la Qualité de l’Air (PAQA), ainsi que sur les données prospectives du Plan de Protection de l’Atmosphère (PPA) le cas échéant. &lt;/p&gt;&lt;p&gt;Les études comporteront deux volets, un volet « bilan » et un volet « objectifs et trajectoire ». Elles peuvent inclure des &lt;strong&gt;évaluations quantitatives d’impact sur la santé&lt;/strong&gt; (EQIS). Celles-ci permettent de calculer l’ampleur de l’impact de la pollution atmosphérique sur la santé et/ou les bénéfices pour la santé attendus de différents scénarios de réduction des niveaux de pollution au sein d’une population donnée. &lt;/p&gt;&lt;p&gt;Le porteur de l’étude sera le plus souvent une collectivité. Cependant, dans les cas où l’étude comprendra un développement méthodologique ou portera sur une approche innovante, le portage du projet pourra être assuré par une association, un établissement public ou encore une entreprise privée. Dans ce cas, la collectivité devra être associée étroitement à la conception et à la réalisation de l’étude et sera partenaire bénéficiaire ou non bénéficiaire de l’aide dans la convention de financement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aact-air-aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/aact-air-aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aact-air-aide-a-l-action-des-collectivites-territoriales-en-faveur-de-la-qualite-de-l-air/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...44 lines deleted...]
-&lt;h3&gt;
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>165677</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la qualité de l’air dans les territoires en PPA ou dans ceux concernés par des dépassements actuels ou prévisionnels 2030</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration de la qualité de l’air dans les territoires en PPA ou dans ceux concernés par des dépassements actuels ou prévisionnels 2030</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME accompagne les projets permettant une amélioration de la qualité de l’air extérieur. Ils pourront concerner des études, de la communication, des animations ou des investissements.&lt;/p&gt;&lt;p&gt;Les actions soutenues par l’ADEME viseront une réduction de NO₂, de particules PM10, PM2.5 ou d’O₃, mais ils pourront aussi concerner d’autres polluants réglementés – COVNM (composés organiques volatils non méthaniques) ou HAP (Hydrocarbure aromatique polycyclique).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets ciblés sont ceux :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;s’insérant dans un programme d’actions structuré visant à améliorer la qualité de l’air sur le territoire (ex. : programmation pluriannuelle, reproductibilité, objectifs clairement définis, anticipation de la directive européenne 2030 sur la qualité de l’air...). Les gains attendus sur la qualité de l’air (NO₂, particules, O₃ ou autres polluants) seront clairement définis au regard de la situation du territoire ;&lt;/li&gt;&lt;li&gt;concernant la combustion de la biomasse, l’urbanisme et les aménagements, les mobilités des entreprises et la logistique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Combustion de biomasse et qualité de l’air :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chauffage domestique au bois : campagnes d’animation/sensibilisation/communication vers les particuliers et/ou professionnels non liées à la mise en place d’un fonds Air-Bois.&lt;/li&gt;&lt;li&gt;Réduction des émissions des chaufferies bois non performantes ayant une puissance inférieure à 1 MW, dépourvues de systèmes de filtration. L’aide pourra porter sur les audits des chaufferies, les études d’impacts non réglementaires avant et/ou après travaux, les investissements correctifs consécutifs à un audit (aide plafonnée à 30 k€ par chaufferie : ajout d’un système de filtration, ajout d’un ballon tampon pour allonger les cycles de la chaudière). Les projets concernant la réduction des émissions de plusieurs chaufferies seront privilégiés, notamment ceux portés par des partenaires publics pour accompagner les communes.&lt;/li&gt;&lt;li&gt;Alternatives au brûlage à l’air libre des déchets verts, notamment dans les territoires d’Outre-mer : actions d’animation et financement possible de broyeurs en complément des actions d’animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Urbanisme, aménagements et qualité de l’air :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intégration de la QA (qualité de l&amp;#039;air) dans les politiques/documents d’urbanisme, les projets de construction et les chantiers. L’aide pourra porter sur des études non réglementaires prenant en compte précisément la qualité de l’air, des actions de sensibilisation ou d’animation auprès des professionnels.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Organisation des mobilités marchandises/salariés des entreprises et qualité de l’air :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Optimisation et choix d’organisations logistiques permettant d’améliorer la qualité de l’air.&lt;/li&gt;&lt;li&gt;Optimisation des déplacements des entreprises.&lt;/li&gt;&lt;li&gt;Étude de parc : choix des véhicules selon l’usage, mutualisation.&lt;/li&gt;&lt;li&gt;Intégration de la qualité de l’air dans la politique RSE des entreprises comprenant la sensibilisation et la définition d’un plan d’action.&lt;/li&gt;&lt;li&gt;Équipements de bornes électriques pour le raccordement à quai des bateaux fluviaux et maritimes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide n’est pas systématique et dépendra de l’impact du projet sur la réduction des émissions de polluants, des indicateurs d’efficacité de l’action et des disponibilités budgétaires.&lt;/p&gt;&lt;p&gt;Nous vous conseillons de vous rapprocher de la Direction régionale dont vous dépendez pour vérifier si vous êtes sur un territoire éligible et si votre projet rentre bien dans ce dispositif d’aide. Le cas échéant, vous pourrez être orienté vers un autre financement. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q8" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_11_76_84_93</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/amelioration-de-la-qualite-de-lair-dans-les-territoires-en-ppa-ou-dans-ceux-concernes-par-des-depassements-actuels-ou-previsionnels-2030</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/amelioration-de-la-qualite-de-lair-dans-les-territoires-en-ppa-ou-dans-ceux-concernes-par-des-depassements-actuels-ou-previsionnels-2030#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-de-la-qualite-de-l-air-dans-les-territoires-en-ppa-ou-dans-ceux-concernes-par-des-depassements-actuels-ou-previsionnels-2030/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>145007</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Déployer le réseau WIFI 43</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>KIT WIFI 43</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Financement des frais d'accès au service WIFI43 soit 250€ HT pour 2 bornes maxi par structure publique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département finance un kit Wifi 43 comprenant l&amp;#039;activation et le matériel nécessaires au fonctionnement des bornes, soit un coût de 250€ HT pour le kit de 2 bornes (ces frais sont à votre charge pour toute borne supplémentaire). Cette prise en charge ne comprend pas la pose des bornes.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;abonnement, à la charge de la collectivité ou de l&amp;#039;établissement bénéficiaire, sera de 288€ HT / an (il ne comprend pas l&amp;#039;abonnement ADSL/Fibre/...) pour les 2 bornes. Pour toute borne supplémentaire, le bénéficiaire devra s&amp;#039;acquitter d&amp;#039;un abonnement supplémentaire de 144€ HT/an auprès du fournisseur
+ (la société YZIACT - &lt;a href="https://www.google.com/maps/place//data&amp;#61;!4m2!3m1!1s0x47f557fa9db027ed:0xeae53dc45fead0ac?sa&amp;#61;X&amp;amp;ved&amp;#61;1t:8290&amp;amp;ictx&amp;#61;111" tabindex="0"&gt;&lt;span&gt;ZA de Clairac, 30 Rue Maryse Bastié, 26760 Beaumont-lès-Valence&lt;/span&gt;&lt;/a&gt;&lt;span&gt;- tel &lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;a href="https://www.google.com/search?client&amp;#61;firefox-b-e&amp;amp;q&amp;#61;YZIACT#"&gt;&lt;span&gt;04 75 78 28 35&lt;/span&gt;&lt;/a&gt;)&lt;/span&gt;&lt;/span&gt;.
  &lt;br /&gt;
-&lt;/h3&gt;
-[...10 lines deleted...]
- Subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Plancher de dépenses éligibles : 1 500 € // Plafond : 15 000 €.
-[...12 lines deleted...]
- Le taux de base est augmenté de 10 points dans les cas suivants (taux maximum 50%) :
+  Centre de soins&lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le kit Wifi 43  comprend 2 portails :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - portail captif pour l&amp;#039;authentification des usagers
+ &lt;br /&gt;
+ - un portail d&amp;#039;administration à destination de la structure publique pour gérer les bornes (exemple : limiter les accès pendant les heures d&amp;#039;ouverture de la mairie,...)
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  lorsque le projet est situé en zone de montagne,
-[...6 lines deleted...]
- &lt;/li&gt;
+  Public concerné :  tout public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces à fournir : Délibération de la structure publique selon modèle pouvant être fourni par le Département&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Récurrence de l&amp;#039;aide : souscription possible  jusqu&amp;#039;à fin 2024 &lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;em&gt;
-[...22 lines deleted...]
-  Drôme Démat&amp;#039;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
- :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...10 lines deleted...]
- &lt;/li&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...4 lines deleted...]
-&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plus de 95 structures publiques  équipées
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les pré-requis pour bénéficier du kit Wifi 43 :
+  &lt;br /&gt;
+  - Etre une structure publique
+  &lt;br /&gt;
+  - Disposer d&amp;#039;une ligne et d&amp;#039;un abonnement internet ADSL ou autre (Fibre, Wifimax, Satellite, 4G fixe)
+  &lt;br /&gt;
+  - Emettre une délibération de votre assemblée délibérante (un modèle peut vous être fourni)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  toutes les pièces justificatives relatives aux dépenses et recettes et, le cas échéant, à l&amp;#039;objet de la subvention et des bonifications de taux.
-[...13 lines deleted...]
-      <c r="M24" s="1" t="inlineStr">
+  Il est recommandé d&amp;#039;avoir un débit supérieur à 2mb/s pour pouvoir utiliser les bornes dans de bonnes conditions.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  NB : Vous pouvez tester votre débit sur le site
+  suivant, par exemple : https://www.degrouptest.com/test-debit.php
+  &lt;br /&gt;
+  Vous pouvez également, si besoin, tester l&amp;#039;éligibilité de votre ligne pour passer sur du Très Haut Débit : https://www.auvergnetreshautdebit.fr/reseau-et-couverture/eligibilite-de-votre-ligne/
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Opérations éligibles :
+  -    Elus du Département de la Haute-Loire :
+  &lt;br /&gt;
  &lt;/strong&gt;
-&lt;/p&gt;
-[...36 lines deleted...]
-&lt;p&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
  &lt;strong&gt;
-  Dépenses subventionnables :
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...53 lines deleted...]
- L
  &lt;strong&gt;
-  es dépenses suivantes ne sont pas prises en compte :
+  Service gestionnaire :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...53 lines deleted...]
- Direction Économie, Emploi, Insertion – Service Développement Agricole, Agroalimentaire et Bois
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Suivi technique du dossier :
-[...23 lines deleted...]
-  sbillion-rey&amp;#64;ladrome.fr
+ Direction du Numérique (DNUM)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dnum&amp;#64;hauteloire.fr" target="_self"&gt;
+  dnum&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b800-beneficier-du-reseau-wifi-43/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>163280</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'attractivité du territoire en dynamisant l'offre de services et le cadre de vie</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2 lines deleted...]
-      <c r="H25" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
-[...38 lines deleted...]
-&lt;p&gt;Afin d’être éligibles, les projets doivent être suffisamment matures, pour permettre un engagement des crédits du fonds d’ici fin 2025.&lt;/p&gt;&lt;p&gt;Les projets éligibles concernent des études autres que celles directement imposées par la réglementation, la mise en place de dispositifs d’information et de conseil (incluant la formation des acteurs), de services numériques, la mise en place de dispositifs incitatifs pour déployer les mobilités alternatives, l’achat d’équipements et la mise en place d’aménagements.&lt;/p&gt;&lt;p&gt;Les projets doivent bénéficier à des usagers réguliers de la ZFE. Ils doivent donc être localisés dans la ZFE ou dans l’aire d’attraction de la ZFE, ou démontrer leur intérêt pour des flux ayant pour origine ou destination la ZFE (exemple des cars express).&lt;/p&gt;&lt;p&gt;Les projets éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Classe 1 : études &lt;/strong&gt;(hors études réglementaires prévues par le III de l’article L. 2213-4-1 du CGCT) :&lt;/p&gt;&lt;p&gt;&lt;span&gt;&amp;gt; Etudes de diagnostic et études préalables pour la mise en place de la ZFE : études permettant de caractériser et projeter le parc, l’offre de mobilité, les infrastructures sur le territoire, les usagers, et les besoins liés à la mise en place de la ZFE (la signalisation relative &lt;/span&gt;&lt;span&gt;à la ZFE, la mise en place du contrôle sanction…). Cette liste est non exhaustive ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Etudes de solutions de mobilité à déployer pour favoriser les accès en ZFE :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place des pôles d’échanges, des voies réservées et des parc-relais ;&lt;/li&gt;&lt;li&gt;Développer le vélo et la marche notamment par la création d’aménagements cyclables, de zones de circulations apaisées et de développement de services ;&lt;/li&gt;&lt;li&gt;Mettre en place de lignes de covoiturage et de cars express ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&amp;gt; Plus largement, établir un plan de transport (offre de transport public périurbain et de &lt;/span&gt;&lt;span&gt;mobilité desservant la ZFE, plan de mise en place de voies réservées, plan de &lt;/span&gt;&lt;span&gt;développement du transport de marchandises par vélo…).&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Classe 2 : Dispositifs d’information et de conseil sur les modalités de mise en œuvre de la ZFE et &lt;/span&gt;les solutions de déplacement alternatives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Campagne de communication et de sensibilisation (hors campagne d’information locale &lt;/span&gt;prévue au III, alinéa 5, de l’article L. 2213-4-1 du CGCT) et actions en faveur de l’accompagnement au changement ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise en place d’un guichet d’information ou de conseil : ouverture d’un numéro vert, mise &lt;/span&gt;à disposition de conseiller(s) mobilité au sein du territoire ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions de formation des acteurs (conseillers mobilité, acteurs relais, agents de police en &lt;/span&gt;charge des contrôles…) aux enjeux et solutions ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autres (porte à porte, affichage dans les loges et commerces, etc.).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Classe 3 : Déploiement de services numériques :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Numérisation des arrêtés de circulation et versement de ces arrêtés au sein de la base &lt;/span&gt;nationale DiaLOG ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques facilitant l’accès à la ZFE (portail d’information, outil de demandes et &lt;/span&gt;traitement des dérogations, etc.) ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques facilitant l’information et l’accès aux aides visant au verdissement des &lt;/span&gt;transports pour les usagers ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques favorisant le report modal des usagers de la ZFE vers des mobilités &lt;/span&gt;douces ou partagées (compte-mobilité « MAAS » - Mobility as a service - , etc.) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Classe 4 : Dispositifs incitatifs pour développer les mobilités propres dans et vers la ZFE (liste limitative) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Développement de l’offre de services de mobilité proposée aux administrés par l’acquisition d’équipements et de véhicules pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le développement d’une offre de transport public périurbaine desservant la ZFE ou des pôles d’échange à proximité de la ZFE ;&lt;/li&gt;&lt;li&gt;Une offre de service d’autopartage (véhicules Crit’air 1 et E) ;&lt;/li&gt;&lt;li&gt;Une offre de service de covoiturage ;&lt;/li&gt;&lt;li&gt;Une offre de location de vélos (en libre-service, en location courte ou longue durée) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Dispositifs visant à faciliter et renforcer l’utilisation de vélos (avec ou sans assistance électrique) ou vélos cargo :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide à la réparation (formations, mise en place de primes, création de stations de réparation en libre-service, etc.) ;&lt;/li&gt;&lt;li&gt;Mise en place de vélos école (pour enfants ou adultes) ;&lt;/li&gt;&lt;li&gt;Dispositifs de recharge de vélos à assistance électrique ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Dispositif expérimental d’aide au changement de mobilité (péage inversé, primes à l’essai d’offres de mobilité actives et partagées, cartes pré-payées pour les transports en commun…). Pour être éligible, l’expérimentation devra faire l’objet d’un suivi et d’une évaluation des effets du dispositif sur les trajets quotidiens des usagers. Les modalités de suivi et d’évaluation seront précisées dans la demande de subvention ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Classe 5 : Achats d’équipements et aménagements (liste limitative) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissement pour la mise en place de la signalisation (panneaux, marquage au sol…) relative à la ZFE ;&lt;/li&gt;&lt;li&gt;Achat des équipements, logiciels et prestations nécessaires au contrôle/sanction ;&lt;/li&gt;&lt;li&gt;Aménagements de voirie et de stationnement pour développer le vélo et la marche, le covoiturage, l’autopartage, les transports collectifs (hors ceux déjà soutenus par l’État dans le cadre du 4ème appel à projets « transports collectifs en site propre ») ou la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;Aménagements de parcs relais, voies réservées ou pôles intermodaux permettant de réduire les émissions polluantes du transport de personnes et de marchandises dans le périmètre de la ZFE ;&lt;/li&gt;&lt;li&gt;Electrification de quais dans les zones portuaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Concernant les conseillers mobilité prévus en classe 2, seul le recrutement de contractuels sur de nouveaux postes et contrats est éligible.&lt;/p&gt;&lt;p&gt;Concernant les aménagements cyclables, les projets devront respecter les critères d’éligibilité fixés par le cahier d’accompagnement de la mesure du fonds vert dédiée aux aménagements cyclables.&lt;/p&gt;&lt;p&gt;Concernant les aménagements de voirie ou stationnement dédiés au covoiturage, les projets devront respecter les critères d’éligibilité fixés par le cahier d’accompagnement de la mesure du fonds vert dédiée au covoiturage.&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées (sauf urgence avérée). L’accusé de réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;&lt;p&gt;Une unique demande de subvention peut être réalisée pour plusieurs projets ou classes listés ci- dessus.&lt;/p&gt;&lt;p&gt;Par ailleurs, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie, qui peut permettre le financement d’un appui pour le pilotage et l’accompagnement du projet subventionné par la mesure « accompagnement du déploiement des ZFE ». La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne sont pas éligibles à la présente mesure :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tout projet ne s’inscrivant pas dans un projet de déploiement d’une ZFE existante ou d’instauration d’une ZFE en réponse à la loi « climat et résilience » ;&lt;/li&gt;&lt;li&gt;Tout projet de verdissement des flottes publiques ou privées, quel que soit le mode de transport ;&lt;/li&gt;&lt;li&gt;Tout projet d’aménagement de voiries (piste cyclable, voie réservée, voie piétonne, etc.) hors ZFE ne desservant pas un trajet vers la ZFE ;&lt;/li&gt;&lt;li&gt;La mise en place d’aides à l’acquisition de véhicules et cycles pour des collectivités, des entreprises ou des particuliers pour leurs usages propres ;&lt;/li&gt;&lt;li&gt;L’achat de véhicules et cycles autres que ceux listés en classe 4 du présent cahier ;&lt;/li&gt;&lt;li&gt;Les services express métropolitains (ferroviaires) et les études correspondantes, qui sont financées par ailleurs ;&lt;/li&gt;&lt;li&gt;Les infrastructures de recharge de véhicules électriques et les infrastructures d&amp;#039;avitaillement en autres carburants ou combustible (gaz, biocarburant, hydrogène, etc.). Les études, services numériques, dispositifs de recharge de vélos et de navires et bateaux, ainsi que les projets d’aménagement listés en classe 5 intégrant des infrastructures de recharge de véhicules électriques demeurent toutefois éligibles ;&lt;/li&gt;&lt;li&gt;Les projets déjà soutenus dans le cadre du 4ème appel à projets « transports collectifs en site propre », du fonds mobilités actives et des programmes CEE ;&lt;/li&gt;&lt;li&gt;Les projets de stationnement vélo sécurisés éligibles au programme ALVEOLE&amp;#43;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat cherche activement à renforcer son attrait et sa compétitivité en améliorant son cadre de vie et en dynamisant son offre de services.&lt;br /&gt;Maintenir la qualité de vie des habitants et accueillir les nouveaux arrivants nécessitent une offre et un maillage territorial solides en termes de services et d&amp;#039;équipements. Actuellement, l&amp;#039;organisation territoriale est principalement centralisée autour de Vitry-le-François. Il est donc crucial d&amp;#039;accompagner les collectivités et les acteurs privés pour développer ou maintenir un premier niveau de services marchands et non marchands (dans la sphère de l’économie sociale et solidaire), en particulier dans les bourgs relais, tout en facilitant leur accès. L&amp;#039;objectif est d&amp;#039;éviter que les habitants soient contraints de se déplacer systématiquement vers les territoires voisins, tels que Châlons-en-Champagne et Saint-Dizier.&lt;br /&gt;Un autre enjeu majeur concerne le domaine de la santé. Le Pays vitryat est confronté à un déficit de médecins généralistes et spécialistes, ainsi qu&amp;#039;à la menace de désertification médicale. Afin de remédier à cette situation, il est essentiel de créer des conditions favorables à l&amp;#039;installation de nouveaux praticiens de santé. Cela passe par le développement d&amp;#039;infrastructures telles que des maisons médicales ou des cabinets mutualisés, ainsi que par le soutien aux collectivités et aux associations de médecins dans leurs efforts de recrutement.&lt;br /&gt;Par ailleurs, pour renforcer l&amp;#039;attractivité résidentielle, il est important de proposer une offre sportive, culturelle et de loisirs attrayante.&lt;br /&gt;En mettant en oeuvre ces actions combinées, le Pays vitryat vise à créer un territoire attractif, dynamique et durable, capable d&amp;#039;attirer de nouveaux résidents, visiteurs et investisseurs, tout en offrant une qualité de vie élevée à ses habitants.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Développer la destination Pays Vitryat (destination résidentielle et touristique)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- L’augmentation du nombre et l’amélioration de la qualité des services à la population&lt;br /&gt;- L’installation de praticiens de santé sur le territoire&lt;br /&gt;- L’augmentation et/ou amélioration des pratiques sportives et culturelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER offre une valeur significative dans la présente fiche action. Un aspect essentiel de cette initiative est le renforcement du partenariat entre les acteurs publics et privés dans le domaine des services de proximité. Cette collaboration favorise une meilleure coordination des ressources et des expertises pour répondre aux besoins locaux de manière efficace.&lt;/p&gt;&lt;p&gt;Une autre idée clé est la mutualisation des compétences pour redynamiser les bourgs-centres. En rassemblant les forces de différents acteurs, LEADER stimule la vitalité économique des zones rurales, tout en préservant leur identité et leurs spécificités culturelles.&lt;br /&gt;Le renforcement de l&amp;#039;attractivité du territoire est également mis en avant grâce à l&amp;#039;amélioration et au développement de l&amp;#039;offre territoriale existante en matière de culture, services, commerces, tourisme et loisirs. LEADER soutient ainsi des projets visant à promouvoir les richesses culturelles et touristiques locales, tout en améliorant les infrastructures et les services disponibles pour les résidents et les visiteurs.&lt;br /&gt;En somme, LEADER offre une approche intégrée et synergique pour dynamiser le Pays Vitryat en favorisant la coopération entre les acteurs, en valorisant les atouts locaux et en développant une offre attrayante et diversifiée de services, de loisirs et de commerces. Ce programme constitue un levier puissant pour améliorer la qualité de vie de la population locale et pour renforcer l&amp;#039;attractivité globale du territoire.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opération contribuant au développement des équipements et services de proximité&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et/ou à l’équipement des :&lt;br /&gt;→ Lieux d’accueil et de mutualisation*&lt;br /&gt;→ Services marchands de proximité : artisanat et commerces&lt;br /&gt;→ Services dans le champ de l’économie sociale et solidaire** et/ou liés à l’environnement et l’économie circulaire***&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Opération contribuant au maintien d’une offre de santé diversifiée et connectée&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, l’aménagement et l’équipement de maisons de santé pluridisciplinaires, maisons médicales ou cabinets mutualisés&lt;br /&gt;- Soutien aux actions d’animation, de promotion et/ou d’accompagnement des acteurs de la santé&lt;br /&gt;- Soutien au développement des e-services****&lt;br /&gt;- Soutien aux opérations permettant l’expérimentation d’outils et/ou actions innovantes dans le domaine de la santé au service des seniors et/ou des personnes en situation de handicap&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Opération contribuant au développement de l’offre sportive, culturelle ou de loisirs pour les habitants du territoire&lt;/strong&gt;&lt;br /&gt;- Soutien à l’équipement, à la mise en réseau, à la coordination, à la mobilité, à l’animation, à la communication favorisant la pratique culturelle et/ou sportive&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et à l’équipement des infrastructures culturelles, sportives et/ou de loisirs&lt;br /&gt;- Soutien à l’organisation de manifestations et d’évènements culturels, sportifs et/ou de loisirs&lt;/p&gt;&lt;p&gt;&lt;em&gt;*On entend par mutualisation, la mise en commun des moyens, qu&amp;#039;ils soient humains, financiers ou logistiques afin de réduire des coûts et de réaliser des économies.&lt;br /&gt;**Le concept d&amp;#039;économie sociale et solidaire (ESS) désigne un ensemble de structures, dont le fonctionnement interne et les activités sont fondés sur un principe de solidarité et d&amp;#039;utilité sociale.&lt;br /&gt;***L’économie circulaire consiste à produire des biens et des services de manière durable en limitant la consommation et le gaspillage des ressources et la production des déchets.&lt;br /&gt;****Les e-services désignent toutes les informations et services fournis sur Internet en lien avec la santé.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Santé
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique: Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>152461</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création de parcours de santé et parcs de fitness extérieurs</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>PARCOURS DE SANTE ET PARCS DE FITNESS EXTERIEURS</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 80</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la création, la réhabilitation ou l&amp;#039;aménagement de parcours de santé ou d&amp;#039;équipements de sports santé (appareils de musculation extérieurs et appareils permettant aussi de faire un travail cardiovasculaire) afin de permettre à tous la pratique sportive d&amp;#039;entretien ou intensive pour les publics jeunes, adultes et séniors occasionnels, réguliers ou confirmés, en toute sécurité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un parc de fitness avec 8 appareils
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un parcours de santé avec 13 agrès - Rue de la Gare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un parcours de santé et d&amp;#039;un parc de fitness extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de création d&amp;#039;un parcours de santé avec 8 agrès
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un parc de fitness - Rue du Chemin Vert (VC)
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T25" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Santé
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles HT
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Création d&amp;#039;équipements sportifs de plein air de type
+      &lt;strong&gt;
+       parcours de santé
+      &lt;/strong&gt;
+      avec agrès (8 au minimum) situé dans un parc ou un bois, avec parcours, cheminement ou circuit balisé ne dénaturant pas l&amp;#039;environnement en lui apportant une plus-value
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Création de
+      &lt;strong&gt;
+       parcs de fitness extérieurs
+      &lt;/strong&gt;
+      accessibles aux personnes à mobilité réduite, incluant au moins 8 appareils permettant un travail des membres inférieurs, supérieurs et du tronc
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux 80 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 80 000 € HT
+     &lt;/p&gt;
+     &lt;p&gt;
+      Les équipements éligibles doivent se conformer au
+      &lt;strong&gt;
+       cahier des charges « parcours de santé et parcs de fitness extérieurs »
+      &lt;/strong&gt;
+      défini par le Conseil départemental de l&amp;#039;Oise concernant :
+     &lt;/p&gt;
+     &lt;p&gt;
+      - les caractéristiques des équipements
+     &lt;/p&gt;
+     &lt;p&gt;
+      - leur positionnement
+     &lt;/p&gt;
+     &lt;p&gt;
+      - les surfaces, nature revêtement au sol
+     &lt;/p&gt;
+     &lt;p&gt;
+      - la mixité et à l&amp;#039;accessibilité
+     &lt;/p&gt;
+     &lt;p&gt;
+      - la charte graphique à respecter
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Le choix de l&amp;#039;équipementier/fabricant ou distributeur est libre sous réserve du respect du cahier des charges.
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Un seul financement par collectivité
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Les appareils  peuvent être disposés sur tout type de surfaces (terre, sable, copeaux de bois, sol amortissant synthétique, béton, enrobé, gazon naturel, gazon synthétique...). Ils doivent permettre un travail des membres inférieurs, supérieurs et du tronc et aussi cardiovasculaire (rameur, vélo, elliptique...) en toute sécurité par des mouvements guidés faciles à exécuter pour un public novice. Ils doivent être suffisamment espacés afin de permettre une circulation fluide et éviter les collisions entre usagers. Les exercices et mouvements possibles doivent être précisés sur chaque atelier par des notices simples, écrites et visuelles (schémas).
+&lt;/p&gt;
+&lt;p&gt;
+ Un nombre limité d&amp;#039;équipements sera financé chaque année. La priorisation des candidatures au titre de ce programme se fera en tenant compte, entre autres, de la population communale, du tissu associatif, des équipements sportifs déjà existants à proximité de l&amp;#039;emplacement envisagé (accessiblité, caractéristiques du terrain, environnement immédiat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Un accompagnement technique sera proposé par le Département pour chaque projet retenu. Cet accompagnement ne valant pas assistance à maitrise d&amp;#039;ouvrage. Vous pouvez contacter M. Eric DZIEDZIC chargé de projets sportifs au 03-44-10-40-22 ou par mail : eric.dziedzic&amp;#64;oise.fr.
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements ne respectant pas le cahier des charges « parcours de santé et parcs de fitness extérieurs » défini par le Conseil départemental de l&amp;#039;Oise sont susceptibles d&amp;#039;être financés au titre du dispositif équipements sportifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;entretien et de maintenance
+ &lt;/li&gt;
+ &lt;li&gt;
+  animation du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements de type streeworkout et bancs de musculation (éligibles dans le cadre du dispositif &amp;#34;Equipements sportifs&amp;#34;)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ELIGIBLES
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pose des différents éléments par le (s) fournisseur (s) ou entreprise(s) spécialisée(s)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X25" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df65-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>111659</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Développer les projets sport nature et sport santé</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Sport : Mesures en faveur du sport "Jouons collectif"</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût de l'équipement, plafonné à 15.000€ dans la limite de l'enveloppe dédiée</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mesure en faveur du sport &amp;#34;Jouons collectif&amp;#34; : aide à l&amp;#039;achat de petit équipement fixe ou mobile pour le développement des projets sport nature et sport santé. Le matériel doit être librement accessible au grand public (accès gratuit).
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2019-02-0013 (AD du 30/09/2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Egalité des chances
+Cohésion sociale et inclusion
+Santé</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet doit être présenté pour que soient assurés l&amp;#039;animation du site, son exploitation et son entretien afin de garantir une activité de qualité et sécurisée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des sports
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 93 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1209-developper-les-projets-sport-nature-et-sport-/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>156134</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement et l'équipement d'aires de jeux inclusives</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENT ET ÉQUIPEMENT DES AIRES DE JEUX INCLUSIVES (adaptées à un ou plusieurs handicaps ou déficiences : moteur, auditif, visuel, mental)</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Concourir à doter le territoire d&amp;#039;aires de jeux inclusives pour offrir aux enfants en situation de handicap un lieu de jeux et de rencontres en plein air.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Jeunesse
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement dédiées au projet :
+ achat des équipements (ex : balançoires adaptées, jeux sensoriels...), prestation de montage, travaux d&amp;#039;aménagements, signalétique..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet devra proposer au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences (moteur / auditif / visuel / mental). Le sol de l&amp;#039;espace devra être adapté aux fauteuils roulants et poussettes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations et notamment les travaux aux abords immédiats pour favoriser l&amp;#039;accessibilité. Les travaux de mise en accessibilité seront inclus dans la dépense éligible.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets au sein de cours d&amp;#039;écoles fermées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses subventionnables : 8.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses subventionnables : 70.000€ HT pour les constructions - 50.000€ HT pour les réhabilitations
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagement-et-equipement-des-aires-de-jeux-inclusives/</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a0-modele/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E26" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>155109</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Créer et réaménager des espaces publics favorisant le lien social et les échanges intergénérationnels (parcs, espaces de loisirs, jardins publics etc.)</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics de loisirs : parcs et jardins, aires de jeux, espaces sport-santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Tout projet visant à la création, rénovation, extension d&amp;#039;équipements à vocation sportive
-[...24 lines deleted...]
- Equipements sportifs reconnus comme étant à usage communal ou communautaire, permettant la pratique d&amp;#039;une discipline sportive principale de plein air ou couverte : les aires de jeux engazonnées ou synthétiques dédiées aux sports collectifs (football, rugby, baseball...), pour l&amp;#039;entraînement et la compétition, les terrains de basket 3x3, les terrains de foot 5x5, les terrains de tennis et de padel, les boulodromes, les salles d&amp;#039;arts martiaux et dojo, les salles de tennis de table, les salles de gymnastique, les pistes d&amp;#039;athlétisme (équipement extérieur non couvert), les patinoires, les complexes aquatiques...
+ Création et réaménagement d&amp;#039;espaces publics favorisant le lien social et les échanges intergénérationnels : parcs, espaces de loisirs et jardins publics pouvant inclure des équipements tels qu&amp;#039;une aire de jeux, un espace sport-santé, un mini-golf, un arboretum, un skate park, une aire extérieure de street workout et fitness (combinaison de gymnastique et de musculation) ...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Pour tous les équipements sauf les plateaux sportifs, avis de la DDCS
-[...5 lines deleted...]
- Pièces justifiant la bonification si sollicitation
+ Pièces justifiant la bonification si sollicitée
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;une aire de jeux 100% inclusive, présence d&amp;#039;une aire de fitness s&amp;#039;adressant à différents publics : seniors pour prévenir leur perte d&amp;#039;autonomie, les personnes nécessitant de la rééducation, les sportifs pour entretenir leur forme, les personnes à mobilité réduite, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
-Equipement public
-[...4 lines deleted...]
-      <c r="O26" s="1" t="inlineStr">
+Espaces verts
+Espace public</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ 1 - Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 - Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 3 - L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  → Conditions spécifiques
+  Concernant l&amp;#039;aménagement d&amp;#039;une aire de jeux :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...11 lines deleted...]
- &lt;/ul&gt;
+ cette dernière devra être accessible à tous les enfants quelle que soit leur singularité (Cf guide-conseil sur les aires jeux inclusives en document joint).
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  → Bâtiment
+  Concernant l&amp;#039;aménagement d&amp;#039;un équipement de type parcours sportif ou aire de fitness, street workout extérieure :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...14 lines deleted...]
- &lt;/ul&gt;
+ le parcours devra permettre le travail de l&amp;#039;ensemble des parties du corps
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  → Equipement de plein air
+  Concernant l&amp;#039;installation d&amp;#039;équipements de sports de plein nature de loisirs :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...13 lines deleted...]
- NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+ ces équipements devront être adaptés au tout public, ouverts et gratuits ils doivent permettre la pratique du plus grand nombre leur objectif n&amp;#039;étant pas l&amp;#039;accueil de compétitions sportives.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement conseillé d&amp;#039;offrir dans l&amp;#039;espace ou à forte proximité des sanitaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS DE BONIFICATION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
 &lt;/p&gt;
 &lt;p&gt;
  Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Exemples de démarches en lien avec la transition écologique :
+  DÉPENSES ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   &lt;strong&gt;
-[...2 lines deleted...]
-   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
   &lt;/li&gt;
   &lt;li&gt;
-   &lt;strong&gt;
-[...2 lines deleted...]
-   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer le bon état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité ...), installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, ...), utilisation de matériaux durables (bois locaux , masse, ...) pour la réalisation des équipements présents sur l&amp;#039;espace publics, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, , mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales.....), réemploi de matériaux et/ou mobiliers, insertion de clauses environnementales dans les marchés publics
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers et les équipements directement liés au projet :
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...3 lines deleted...]
- &lt;/strong&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement : grattage, décaissement, engravure de chaussée, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) les structures de la chaussée, les revêtements, les bordures
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors panneaux routiers
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 8) Les équipements de loisirs présents sur le site
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
-  &lt;li&gt;
-[...27 lines deleted...]
-  &lt;/li&gt;
   &lt;li&gt;
    Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
   &lt;/li&gt;
  &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Les frais d&amp;#039;acquisition de terrain
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement).
   &lt;/li&gt;
   &lt;li&gt;
-   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+   Les frais de publicité, de reproduction des dossiers.
   &lt;/li&gt;
   &lt;li&gt;
-   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
-[...8 lines deleted...]
-   Les travaux d&amp;#039;assainissement non collectif
+   Les travaux réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
-</t>
-[...2 lines deleted...]
-      <c r="S26" s="1" t="inlineStr">
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W26" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-de-loisirs-parcs-et-jardins-aires-de-jeux-espaces-sport-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Téléphone : 02.33.05.99.97
+ Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ddd0-espaces-publics-de-loisirs-parcs-et-jardins-a/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...70 lines deleted...]
-      <c r="S27" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>162524</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Développer un territoire inclusif et cohésif</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>105335</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des associations sportives, socio-éducatives, sanitaires, sociales et culturelles</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Equipements sportifs, socio-éducatifs, sanitaires, sociaux et culturels</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des équipements (matériels, véhicules ...) et travaux sur des équipements sportifs, socio-éducatifs et culturels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matériels, véhicules, immobilier
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépense comprise entre 5 000 € et 20 000 € TTC, &lt;/p&gt;
+&lt;p&gt;Acquisition de véhicules : Dépense comprise entre 3 000 € et 25 000 € TTC.&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de la demande avant le démarrage des investissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 80 26
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : direction.territoires&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>direction.territoires@morbihan.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/49c2-soutenir-les-investissements-des-associations/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>152453</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement d'équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SPORTIFS</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 75</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de tout équipement sportif, homologable ou non.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un complexe sportif aquatique à Sainte-Marie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;un grand gymnase multisports à Bellevue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un plateau multisports en accès libre à La Roche-sur-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;un court de tennis à La Forêt-Verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une aire de jeux et de fitness à proximité du parc municipal de Villeneuve
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un stade de football synthétique de niveau 5 à Saint-Étienne-des-Granges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une aire de jeux inclusifs au cœur du quartier des Chênes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un parcours de santé et de randonnée pédestre à L&amp;#039;Étang-Vert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation énergétique de la salle des sports de La Vallée Heureuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du club house pour le club de pétanque de La Joie-des-Prés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réfection des sols sportifs du complexe sportif Marcel Caillou
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un espace ludique et sportif intergénérationnel à La Petite Montagne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une piste d&amp;#039;athlétisme et de terrains de grands jeux à La Belle Étoile
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un éclairage LED au terrain d&amp;#039;entraînement de football du stade municipal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un mur d&amp;#039;escalade et d&amp;#039;un skate-park à La Plaine des Jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une salle de pratiques sportives collectives avec gradins à La Ruche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation des vestiaires et du club house du stade de rugby de La Prairie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une aire de jeux pour enfants de moins de 12 ans près du city-stade à La Roseraie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un terrain multisports avec sécurisation à La Corniche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du stade de football - Phase 2 à La Cité Verte
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Famille et enfance
+Handicap
+Citoyenneté
+Santé
+Equipement public
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Études de faisabilité préalables aux travaux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 50 000 € pour les études
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Équipements aquatiques comprenant un bassin de 25 m (minimum 5 couloirs de nage), un bassin d&amp;#039;apprentissage (&amp;gt; 120 m2)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 4 000 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Complexes sportifs couverts ou extérieurs (grands gymnases multisports, grands stades...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Pour les complexes sportifs, prise en compte des projets de création de 6 surfaces sportives ou plus et dont le coût d&amp;#039;opération est supérieur à 1,5 M€ HT
+     &lt;/p&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 3 800 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Salles de pratiques sportives collectives (handball, basketball, volleyball, dojo, gymnastique, squash, danse, musculation, boxe, mur escalade...) comprenant des vestiaires, des gradins ou espace de dégagement pour gradins mobiles, locaux stockages
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 1 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Terrains synthétiques de niveau 4
+      &lt;strong&gt;
+       (1)
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux de 30 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 1 000 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Piste d&amp;#039;athlétisme et terrains de grands jeux (football, rugby) hors terrains synthétiques de niveau 4 et hors équipements sportifs de proximité
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 700 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Courts de tennis, padels
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 250 000 € HT par court et 80 000 € HT pour la seule couverture
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Équipements sportifs extérieurs et petits terrains en accès libre (plateau multisports, patinoire, skate-park, pumptrack, station de « Crossfit » ou de « Street workout » pétanque, pas de tir à l&amp;#039;arc, aires de jeux ...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 250 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Tribunes sportives, vestiaires, clubs house dans le cadre d&amp;#039;une opération spécifique
+     &lt;/p&gt;
+     &lt;p&gt;
+      Rénovation des sols sportifs de plus de 10 ans
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      1er équipement sportif de proximité de type city-stade ou requalification d&amp;#039;anciennes plates-formes, avec équipements annexes...
+      &lt;strong&gt;
+       (2)
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux de 75 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 200 000 € HT Cahier des charges à respecter
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Équipements sportifs de nature (création de parcours d&amp;#039;orientation, de parcours de cyclo-cross, parcours de randonnée pédestre....)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux fixe de 50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 10 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  (1)
+ &lt;/strong&gt;
+ terrains synthétiques : la dépense subventionnable retenue comprend les conditions d&amp;#039;homologation de niveau 4 de la Fédération Française de Football pour les compétitions nationales (dimension 105m X68m), traçage foot à 11 et à 7, main courantes, clôtures, éclairage aux normes (remplacement ou mise ou normes), bancs de touches joueurs et officiels, accès jusqu&amp;#039;aux vestiaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département pourra, pour les équipements sportifs majeurs pour le territoire, établir une convention fixant les engagements du bénéficiaire de la subvention, en particulier l&amp;#039;engagement du propriétaire/gestionnaire à recevoir, à la demande du Département, les scolaires 1er et 2ème degrés et à leur allouer des créneaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  (2)
+ &lt;/strong&gt;
+ Sous réserve de l&amp;#039;avis favorable du chargé de projets sportifs auprès des collectivités du Département – M. Eric DZIEDZIC tél : 03-44-10-40-22 ou par mail eric.dziedzic&amp;#64;oise.fr.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et renouvellement de petits matériels sportifs (ballons, cerceaux,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réfection de courts de tennis de moins de 10 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7ca1-aider-a-lamelioration-de-la-distribution-dele/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>157093</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'inclusion et l'épanouissement des habitants</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°4 : Favoriser l'inclusion et l'épanouissement des habitants</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Favoriser l&amp;#039;inclusion et l&amp;#039;épanouissement des habitants&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe LEADER entend favoriser l&amp;#039;accès à la pratique sportive, à la culture et aux services pour le plus grand nombre. À travers les différentes initiatives qui seront soutenues, il s&amp;#039;agira de dynamiser la vie locale en poursuivant les objectifs opérationnels suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un renforcement des solidarités et du lien social.
+&lt;/p&gt;
+&lt;p&gt;
+ - Des associations valorisées et un intérêt retrouvé pour le bénévolat.
+&lt;/p&gt;
+&lt;p&gt;
+ - Une fidélisation des acteurs associatifs et des bénévoles du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - La promotion du sport comme facteur de santé et d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ - Le maintien et la diversité de l&amp;#039;offre culturelle, de loisirs et évènementielle pour tous les publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Création matérielle et/ou immatérielle de diffusion culturelle et artistique.
+&lt;/p&gt;
+&lt;p&gt;
+ - Promotion de projets associatifs, culturels et artistiques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement/équipements d&amp;#039;espaces dédiés à la pratique sportive et/ou de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de mise en réseau et de montée en compétence des acteurs associatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement de lieux d&amp;#039;accueil pour les personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Création, développement ou amélioration de l&amp;#039;offre culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création, développement de l&amp;#039;offre de sports/loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions d&amp;#039;animation et de formation visant à la création ou au développement de projets culturels, artistiques et de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements et création d&amp;#039;outils de communication (portées par les collectivités locales uniquement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Handicap
+Cohésion sociale et inclusion
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/737c-leader-action-n4-favoriser-linclusion-et-lepa/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>95064</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets d'énergie renouvelable (EnR)</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au montage de projets énergies renouvelables participatifs et citoyens</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Objectifs
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergie fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables: Communes, groupements de communes, associations Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens: Communes, groupements de communes, associations, uniquement les entreprises ayant une finalité participative et citoyenne. Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables : assistance à maîtrise d&amp;#039;ouvrage proposant une démarche de concertation auprès des citoyens afin de favoriser l&amp;#039;acceptabilité de projets EnR (méthanisation, éolien, géothermie profonde). Cette mission peut comprendre entre autre l&amp;#039;organisation de réunions publiques, de visites de sites, d&amp;#039;un referendum local (ou autre démarche innovante...) avec le cas échéant la création d&amp;#039;outils de communication/de sensibilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens : assistance à maîtrise d&amp;#039;ouvrage portant sur la définition du projet, la structuration juridique (mode de gouvernance, ....), le modèle économique, les choix techniques et la stratégie de « recrutement » de citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables. La mission d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage pourra être réalisée par un prestataire extérieur et comprendra les frais d&amp;#039;organisation de réunions, de visites de sites... ainsi que d&amp;#039;éventuels frais d&amp;#039;information spécifiques dédiés à la démarche de concertation. Sont exclus tous les frais relatifs aux procédures réglementaires (enquête publique, etc.) et les prestations réalisées par le porteur de projet (promoteur). Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens La mission d&amp;#039;accompagnement pourra être effectuée par un prestataire extérieur et comprendra les frais d&amp;#039;organisation de réunions et les frais de communication. Sont exclus toutes les dépenses relatives aux procédures réglementaires (enquête publique, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets EnR
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux : Toutes les cibles : 70%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux : 70%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-projets-energie-renouvelable/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_0186/depot/simple</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible des projets avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 66 33
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61de-soutien-projet-energie-renouvelable-enr-accom/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>101199</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Financer la réhabilitation énergétique de son logement (propriétaires occupants - programme MaPrimeRénov' Sérénité)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 15</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 2.000 € pour les revenus modestes et 3.000 € pour les très modestes</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide est complémentaire aux aides de l&amp;#039;Anah dans le cadre du dispositif MaPrimeRénov&amp;#039; Sérénité.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est destinée aux propriétaires occupants réalisant un projet global de rénovation énergétique afin d&amp;#039;aider les ménages aux revenus modestes à sortir de la précarité énergétique, tout en contribuant à l&amp;#039;amélioration de la qualité de l&amp;#039;air en Haute-Savoie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Qualité de l'air
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide du Département est constitué en même temps que celui de l&amp;#039;Anah, avec l&amp;#039;appui de l&amp;#039;opérateur-conseil choisi par le propriétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit respecter les plafonds de revenus fixés par l&amp;#039;Anah (seuils de revenus modestes ou très modestes) et réaliser un projet de rénovation énergétique globale de son logement (gain énergétique de 35 % minimum).
+&lt;/p&gt;
+&lt;p&gt;
+ Détail des conditions :https://www.anah.fr/proprietaires/proprietaires-occupants/etre-mieux-chauffe-avec-maprimerenov/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hautesavoie.fr/aide-rehabilitation-energetique-de-logements</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide du Département est accordée après attribution de l&amp;#039;aide Ma Prime Rénov&amp;#039; Sérénité par l&amp;#039;Anah, et versée en une fois au propriétaire à la fin des travaux, après paiement de l&amp;#039;aide de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ Le lien avec les services du Département est assuré par l&amp;#039;opérateur-conseil choisi par le propriétaire : les sollicitations ne sont pas à envoyer directement au Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute précision :
+ &lt;a href="mailto:service-habitat&amp;#64;hautesavoie.fr" rel="noopener" target="_blank"&gt;
+  service-habitat&amp;#64;hautesavoie.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>marie-annick.vuillod@hautesavoie.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e832-aide-aux-proprietaires-occupants-rehabilitati/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>95067</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Développer le solaire thermique (production d'eau chaude par capteurs solaires)</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au solaire thermique</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les charges de production d&amp;#039;eau chaude sanitaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Production d&amp;#039;eau chaude par capteurs solaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude pour une surface de capteurs inférieure à 25 m2 ou pour le cas copropriétés:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette éligible : 3 500 € d&amp;#039;assiette par bâtiment étudié
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface inférieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 60% maximum plafonné à 1 200 €HT/m2, dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 (6.6) relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface supérieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cas général :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Règles : « Fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Cas des copropriétés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature : subvention avance remboursable à taux zéro Section : investissement fonctionnement Taux maxi : 60 % maximum plafonné à 1 100 €HT/m2 et 120 m2 de surface de capteurs Remarque : intervention par la Région seule
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  le règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-solaire-thermique-2/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  site de la région Grand-Est
+ &lt;/a&gt;
+ pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5da-soutien-au-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>94834</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la concertation et l’accompagnement des projets d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la concertation et à l’accompagnement favorisant l'acceptabilité de projets d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Objectifs
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs du SRADDET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Montant de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables →
+   &lt;/strong&gt;
+   T
+   aux : Toutes les cibles : 70 %
+Plafond : 15 000 € d&amp;#039;aide, 17 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens →
+   &lt;/strong&gt;
+   Taux : 70 %
+Plafond : 10 000 € d&amp;#039;aide, 12 000 € pour les territoires en zone Pacte de ruralité
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>31/05/2021</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables → Communes, groupements de communes, associations, les entreprises ayant une finalité participative et citoyenne
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens → Communes, groupements de communes, associations, uniquement les entreprises ayant une finalité participative et citoyenne. Les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs sont exclus des dispositifs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutien aux démarches de concertation favorisant l&amp;#039;acceptabilité de projets énergies renouvelables : assistance à maîtrise d&amp;#039;ouvrage proposant une démarche de concertation auprès des citoyens afin de favoriser l&amp;#039;acceptabilité de projets EnR (méthanisation, éolien, géothermie profonde, micro-hydraulique, photovoltaïque). Cette mission peut comprendre entre autre l&amp;#039;organisation de réunions de concertation et d&amp;#039;information, de visites de sites, d&amp;#039;un referendum local (ou autre démarche innovante...) avec le cas échéant la création d&amp;#039;outils de communication/de sensibilisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mission d&amp;#039;accompagnement au montage de projets EnR participatifs et citoyens : assistance à maîtrise d&amp;#039;ouvrage portant sur la définition du projet, la structuration juridique (mode de gouvernance, ....), le modèle économique, les choix techniques et la stratégie de « recrutement » de citoyens...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/concertation-accompagnement-projets-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0185/depot/simple</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 66 33
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 61 40
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/23bc-soutien-a-la-concertation-et-a-laccompagnemen/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>159894</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des centres-bourgs, villes ou quartiers, sur le plan de l&amp;#039;image et du cadre de vie
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global d&amp;#039;aménagement de centre-bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables, y compris la redynamisation de stations touristiques existantes et des offices de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutiens aux événements culturels, et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>103500</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Soutenir jusqu'à 1.500€ la transition écologique des artisans et commerçants franciliens</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Chèque vert pour la transition écologique</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   La Région soutient jusqu&amp;#039;à 1.500€ la transition écologique des artisans et commerçants franciliens : diminution des consommations d&amp;#039;énergie et d&amp;#039;eau, amélioration de la qualité de l&amp;#039;air intérieur, développement de la consigne pour réemploi...
  &lt;/li&gt;
  &lt;li&gt;
   Cette aide est cumulable avec le
   &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
    Chèque numérique pour un commerce connecté
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   volet 1, en faveur des artisans et commerçants.
  &lt;/li&gt;
  &lt;li&gt;
   Découvrez l&amp;#039;ensemble des aides à destination des artisans et commerçants franciliens grâce à
   &lt;a href="https://www.iledefrance.fr/sites/default/files/medias/2022/01/Les_aides_aux_artisans_commercants.pdf"&gt;
    notre brochure
   &lt;/a&gt;
   téléchargeable.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P28" s="1" t="inlineStr">
+      <c r="P24" s="1" t="inlineStr">
         <is>
           <t>04/10/2021</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les commerçants de proximité ou artisans*, sédentaires ou non, avec ou sans point de vente, y compris artisan d&amp;#039;art,
  &lt;/li&gt;
  &lt;li&gt;
   Dont l&amp;#039;établissement est situé en Île-de-France et a été créé 6 mois avant la date de la demande,
  &lt;/li&gt;
  &lt;li&gt;
   Dont l&amp;#039;entreprise a un effectif inférieur à 20 salariés, y compris les entreprises sans salarié,
  &lt;/li&gt;
  &lt;li&gt;
   Inscrits au Registre du Commerce et/ou Registre des Métiers,
  &lt;/li&gt;
  &lt;li&gt;
   Dont l&amp;#039;activité relève d&amp;#039;un code NAF 10 à 33, 43 à 47, 55 et 56, 7410Z, 7420Z, 79, 81, 9003A, 9312 et 9313, 95 et 96,
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  *L&amp;#039;artisan ou commerçant de proximité vend des produits ou services de manière quotidienne ou fréquente à des particuliers. Les entreprises qui vendent exclusivement sur Internet, de la filière numérique, des activités financières et immobilières, des organismes de formation, de conseil et des bureaux d&amp;#039;études ne sont pas éligibles.
 &lt;/p&gt;
 &lt;br /&gt;
@@ -4878,596 +4528,1852 @@
  &lt;li&gt;
   Les factures acquittées des dépenses réalisées à compter du 23/07/2021 telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte),
  &lt;/li&gt;
  &lt;li&gt;
   Le formulaire DVS téléchargeable en ligne.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  3. Déposez votre demande d&amp;#039;aide sur
  &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  à compter du 5 octobre 2021.
 &lt;/p&gt;
 &lt;p&gt;
  4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai de 2 mois.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/cheque-vert-pour-la-transition-ecologique</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide ouverte à compter du 5 octobre 2021.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute information générale sur l&amp;#039;aide :
  &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   aides.economiques&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Pour toute question sur votre dossier :
  &lt;a href="mailto:chequevert&amp;#64;cci-paris-idf.fr" rel="noopener" target="_blank"&gt;
   chequevert&amp;#64;cci-paris-idf.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/497a-cheque-vert-pour-la-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...344 lines deleted...]
-      <c r="E31" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>162966</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...22 lines deleted...]
-Economie circulaire
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
 Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P31" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>164285</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services à la population</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;1.1     
+Renforcer l’offre
+de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
+Améliorer l’accès
+aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
+Faciliter les
+déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
+Créer des services
+de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
+Renforcer la
+cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
+Promouvoir les
+atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
+initiatives contribuant au lien social, l’interconnaissance et   l’implication
+des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
+Adapter l’offre de
+logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
+les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
+modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
+etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
+transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
+etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Equipement public
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q26" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
+ce projet porte sur un équipement, seules les opérations présentant un
+financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
+97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>160377</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter les solutions fondées sur la nature pour atténuer le changement climatique et ses conséquences</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elévation du niveau marin, sécheresse, perturbation des précipitations, etc., le changement climatique est déjà une réalité en Normandie et sur le territoire « Seine Normande ». A moyen terme, les effets attendus du changement climatique sur les habitants et les ressources seront problématiques : pression sur la qualité et la quantité de la ressource en eau potable, baisse de la qualité de l&amp;#039;air, variations saisonnières plus sévères, inondation en bord de Seine et le long des rivières, baisse de la qualité des sols avec des effets sur l&amp;#039;agriculture, et sur la santé, sécheresses qui pourraient faire baisser les rendements agricoles, présence plus importante d&amp;#039;espèces invasives.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour limiter et stabiliser le réchauffement climatique, il faudrait baisser les émissions de CO2 rapidement, avec un objectif de zéro émission nette en 2050, et réduire fortement aussi les émissions des autres gaz à effet de serre. Il faudra également s&amp;#039;adapter et modifier nos habitudes de vie. Pour relever ces défis, les acteurs du territoire font le pari de la nature : la nature pour se reconnecter à nos besoins essentiels, les solutions fondées sur la nature pour développer des alternatives économiques viables et durables moins coûteuses à long terme que des investissements technologiques ou la construction et l&amp;#039;entretien d&amp;#039;infrastructures, la nature au cœur de nouvelles formes d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif stratégique  : Limiter les conséquences du changement climatique pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La reconnexion à la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;expérimentation des solutions fondées sur la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de nouvelles formes d&amp;#039;urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;éducation ou de sensibilisation permettant une prise de conscience à tout âge de notre interdépendance avec la nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la recherche et à l&amp;#039;expérimentation de solutions innovantes pour diminuer la production de gaz à effet de serre, l&amp;#039;impact sur l&amp;#039;environnement et améliorer l&amp;#039;adaptation au réchauffement climatique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de nouvelles formes d&amp;#039;urbanisme alternatives à l&amp;#039;échelle d&amp;#039;un aménagement, d&amp;#039;un bâtiment, d&amp;#039;une rue ou d&amp;#039;un quartier, d&amp;#039;une ville ou d&amp;#039;un village.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833d-developper-lentreprenariat-et-experimenter-de/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>95072</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Rénover pour atteindre de basse consommation des copropriétés</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur des bâtiments et la qualité de vie des occupants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre sur le long terme aux objectifs de maîtrise des charges énergétiques et ainsi lutter contre la précarité énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre la montée en compétence des professionnels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre aux objectifs régionaux des Schémas Régionaux Climat Air Énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de Gaz à Effet de Serre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le syndicat des copropriétaires représenté par son syndic
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prise en charge de la prestation à hauteur de 70 % du montant TTC plafonnée à 4.500 € d&amp;#039;aide par copropriété.
+Remarque :
+Dans le cadre du partenariat Région - ADEME, il est prévu, en cas d&amp;#039;attribution d&amp;#039;une subvention par la Région, l&amp;#039;attribution d&amp;#039;une subvention équivalente de l&amp;#039;ADEME.
+Dans le cadre d&amp;#039;un guichet unique, l&amp;#039;instruction des dossiers sera faite par la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-basse-consommation-coproprietes" rel="noopener" target="_blank"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-basse-consommation-coproprietes/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-basse-consommation-coproprietes" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-renovation-basse-consommation-coproprietes
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/75c8-renovation-basse-consommation-des-copropriete/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>161751</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux relais</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>161782</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Réduction du besoin : réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;Mutualisation des besoins : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur fatale : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse). &lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons de passer au renouvelable grâce à la biomasse énergie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;avoir de la visibilité sur les coûts de la chaleur&lt;/li&gt;&lt;li&gt;accéder à une haute performance environnementale&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique&lt;/li&gt;&lt;li&gt;profiter d’une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels…), dans une logique d’économie circulaire&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur (aide allant jusqu’à 45 % à 65 % en fonction du statut du porteur de projet)&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de conditions techniques&lt;/strong&gt;, en particulier :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l’étude du projet&lt;/li&gt;&lt;li&gt;l’approvisionnement      biomasse&lt;/li&gt;&lt;li&gt;la quantité de chaleur      produite&lt;/li&gt;&lt;li&gt;les performances      énergétiques et environnementales&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Opérations éligibles :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les installations pour le secteur Collectif / Tertiaire ayant une production minimum de 1 200 MWh/an d&amp;#039;énergie biomasse sortie chaudière.&lt;/li&gt;&lt;li&gt;Les installations en secteur Industrie (et agricole) ayant une production de 1 200 à 12 000 MWh/an biomasse sortie chaudière.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de fortes puissances en secteur industriel et agricole sont accompagnées dans le cadre de l’AAP (Appel à projets) BCIAT (production &amp;gt; 12 000 MWh/an). Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable (production &amp;lt; 1 200 MWh/an).&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maitrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur la qualité de l&amp;#039;air et les taux de certifications attendus sur la plaquette forestière et le bois bocager) et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-production-de-chaleur-biomasse-bois/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>95065</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études de faisabilité méthanisation</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux études de faisabilité méthanisation</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Les coûts admissibles sont plafonnés à 30 000 € HT</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention avance remboursable à taux zéro
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coûts admissibles sont plafonnés à 30 000 € HT.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque :
+  &lt;/strong&gt;
+  intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation"&gt;
+  Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Agriculteurs, groupements d&amp;#039;agriculteurs
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises publiques locales
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissements publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Collectivités territoriales et leurs groupements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs. Chaque bénéficiaire ne pourra être aidé qu&amp;#039;une fois par type d&amp;#039;étude, hormis dans le cas d&amp;#039;extension d&amp;#039;une unité existante ou en cas de déplacement d&amp;#039;un projet lié à des facteurs extérieurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études de faisabilité technico-économiques, études de premier niveau pour les projets d&amp;#039;injection dans les réseaux gaz (transport et distribution), analyses de pouvoirs méthanogènes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de préfaisabilité d&amp;#039;injection de biogaz (premier niveau)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de faisabilité d&amp;#039;injection de biogaz (deuxième niveau) dans les réseaux gaz de transport ou de distribution.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études détaillée du raccordement (troisième niveau) au réseau de distribution de gaz.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U31" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Grand Est</t>
         </is>
       </c>
       <c r="V31" s="1" t="inlineStr">
         <is>
-          <t>https://agir.ademe.fr/aides-financieres/2025/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux</t>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-etudes-de-faisabilite-methanisation-2/</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
         </is>
       </c>
       <c r="X31" s="1" t="inlineStr">
         <is>
-          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+          <t>&lt;p&gt;
+ Candidatez sur :
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-aux-etudes-faisabilite-methanisation
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y31" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z31" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bccb-soutien-aux-etudes-de-faisabilite-methanisati/</t>
         </is>
       </c>
       <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:27" customHeight="0">
       <c r="A32" s="1">
+        <v>162635</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des traverses d'agglomération et entretenir le patrimoine routier</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Voirie</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. La voirie et les aménagements paysagers constituent des enjeux majeurs en termes de mobilités, d&amp;#039;attractivité économique, de préservation de l&amp;#039;environnement et de l&amp;#039;amélioration du cadre de vie. Le patrimoine routier et les espaces publics nécessitent un entretien régulier et des investissements qualitatifs pour en assurer la pérennité et la maîtrise des coûts de maintenance.&lt;/p&gt;
+&lt;p&gt;Dans le domaine de la voirie nos techniciens vous accompagnent en réalisant des études de faisabilité des mission de maîtrise d&amp;#039;œuvre (opération inférieure à 90 000€ HT) ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;Les missions de maîtrise d&amp;#039;œuvre consistent à l&amp;#039;issue de la validation du projet et de son enveloppe financière de  vous accompagner pour procéder à la consultation et à la passation d&amp;#039;un marché de travaux avec une ou des entreprises de travaux. A l&amp;#039;issue de cette phase de consultation l&amp;#039;ATD assure le suivi de chantier (organisation des réunions, point d&amp;#039;avancement des travaux, suivi des décomptes, assistance durant les opérations de réceptions et de levées des réserves...)&lt;/p&gt;&lt;p&gt; L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménager des traverses d&amp;#039;agglomérations&lt;/p&gt;&lt;p&gt;Aménager et réhabiliter des espaces publics (aires de jeux, lieux de rencontres...)&lt;/p&gt;&lt;p&gt;Réaliser des aménagement de sécurité (rétrécissement de chaussée, ralentisseurs, chicanes, écluses....)&lt;/p&gt;&lt;p&gt;Entretenir le patrimoine routier (réfection de couches de roulement, réparations ponctuelles...)&lt;/p&gt;&lt;p&gt;Mise à jour ou élaboration de tableaux de classements&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Voirie et réseaux
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/voirie/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rehabiliter-et-construire-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>93153</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Restructurer les logements locatifs sociaux en centre-ville</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Action Logement</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention possible si obtention d'un label BBC Rénovation ou équivalent</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement mixte (prêt/subvention) accordé par Action Logement dans le cadre du programme national Action Coeur de Ville pour accompagner des opérations de restructuration lourde et d&amp;#039;adaptation globale de logements locatifs sociaux existants, en vue d&amp;#039;une remise sur le marché d&amp;#039;une
+ &lt;strong&gt;
+  offre équivalente à une production neuve
+ &lt;/strong&gt;
+ et s&amp;#039;inscrivant dans le projet d&amp;#039;ensemble porté par la commune éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Le  financement  maximum  en  prêt  long  terme  et  subvention  est  plafonné  au  montant  des  travaux  éligibles,  y  compris  honoraires  y  afférents,  dans  la  limite de 500 € TTC par m2 de surface habitable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>24/03/2021</t>
+        </is>
+      </c>
+      <c r="Q33" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires personnes morales titulaires d&amp;#039;un
+  droit réel (titre de propriété, bail à réhabilitation,
+  usufruit locatif, etc.) sont maîtres d&amp;#039;ouvrage des
+  opérations financées.
+&lt;/p&gt;
+&lt;p&gt;
+ Organismes d&amp;#039;habitat social :
+&lt;/p&gt;
+&lt;p&gt;
+ – Offices Publics de l&amp;#039;Habitat (OPH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Entreprises Sociales pour l&amp;#039;Habitat (ESH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Sociétés coopératives d&amp;#039;HLM (SA COOP).
+&lt;/p&gt;
+&lt;p&gt;
+ – Établissements Publics Locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  – Organismes agréés « maîtrise d&amp;#039;ouvrage d&amp;#039;insertion ».
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Localisation : le projet immobilier doit se situer dans un centre-ville éligible au programme Action Coeur de Ville et dans le périmètre de l&amp;#039;ORT (sans dérogation possible).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Logements concernés : logements déjà conventionnés APL sous plafonds de ressources PLUS, PLAI et PLS.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations devront justifier le respect des conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ne pas avoir démarré au moment du dépôt de dossier de demande de financement;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter en intégralité les logements, les parties communes et les espaces extérieurs communs le cas échéant;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficier d&amp;#039;un accord préalable de la ville;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Représenter un patrimoine maximum de 40 logements;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attester à l&amp;#039;issue des travaux de l&amp;#039;atteinte d&amp;#039;un niveau minimal de performance énergétique C, et niveau BBC rénovation pour pouvoir bénéficier d&amp;#039;une part de subvention;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Représenter une amélioration notable de la qualité de vie des locataires (confort, réduction des charges, amélioration acoustique et de la qualité de l&amp;#039;air, ...) et d&amp;#039;adaptation typologique au besoin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il est précisé que les travaux éligibles portent sur les parties communes de l&amp;#039;immeuble et les parties privatives  des  logements,  à  l&amp;#039;exception  des  parties  privatives  liées  aux  locaux  commerciaux  qui  ne  sont  pas  éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.actionlogement.fr/bailleur/dispositifs/action-coeur-de-ville</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez nous contacter en joignant votre interlocuteur habituel ou par l&amp;#039;
+ &lt;a href="https://www.actionlogement.fr/implantations" rel="noopener" target="_blank"&gt;
+  agence Action Logement la plus proche
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://www.actionlogement.fr/implantations" rel="noopener" target="_blank"&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>chloe.ribelles@actionlogement.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2ec1-restructurer-les-logements-locatifs-sociaux-e/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>163012</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
+territoire de campagne vivante et productive, au cadre de vie agréable et qui
+accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
+vie, de s’adapter au changement climatique et de réduire son impact environnemental,
+le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
+consommation, de sa production d’énergie et de son environnement (qualité des
+paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
+son écosystème d’acteurs permet de mettre l’accent sur les actions de
+prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
+à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
+     la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
+     les initiatives, les expérimentations et les actions favorisant la
+     connaissance et la préservation de l’environnement et des ressources
+     naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
+     bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
+&lt;span&gt;Privilégier de nouvelles filières économiques,
+notamment l’économie circulaire et les filières de matériaux biosourcés ou
+géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;Etudes
+     visant à consolider le projet du porteur de projet dans le domaine de la
+     ressource énergétique, de la préservation de l’environnement et de la
+     biodiversité : études stratégiques, diagnostics préalables, audits, études
+     de faisabilité, études de potentiels énergétiques (par exemple schéma
+     directeur d’aménagement lumière, atlas de la biodiversité, schéma des
+     énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Campagnes
+     de sensibilisation, animations notamment pédagogiques, actions
+     d’information, de communication de conseil et organisation d’évènements
+     sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
+      transition énergétique en faveur de la sobriété des consommations
+      énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
+      développement des activités relevant du domaine de l’économie circulaire
+      et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
+      démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
+travaux de structuration de sites pour accueillir du public (faciliter les
+visites de sites) et restauration environnementale (jardins pédagogiques,
+milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Santé
+Qualité de l'air
+Biodiversité
+Paysage
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P34" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q34" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>65565</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>ADICO (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adico accompagne depuis 30 ans ses adhérents dans le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela l&amp;#039;Adico s&amp;#039;est organisée autour de 4 objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement logiciels (aide à l&amp;#039;utilisation des logiciels métiers et formation des agents),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appuis technique des collectivités dans l&amp;#039;écriture d&amp;#039;un cahier des charges pour le développement d&amp;#039;un nouveau site internet (respect des obligations RGAA),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit d&amp;#039;accessibilité de sites publics,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audit portant sur le référentiel général de sécurité,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Iot (qualité de l&amp;#039;air dans les établissements scolaires),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de charte graphique, logo...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il est nécessaire d&amp;#039;être adhérent de l&amp;#039;Association
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Départements 60-27-76-95-77</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adico.fr</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adico.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>emmanuel.vive@adico.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e24-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>120334</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Analyser les pollutions et contaminants dans les bâtiments, terrains, plans d'eaux</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Analyses des pollutions et contaminants dans les bâtiments, terrains, plans d'eaux</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>La Drôme Laboratoire</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
   Animation de réunion de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Rendez-vous et visite sur site
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Aide à la définition des besoins, objectifs et priorités.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Identification de pollutions chimiques avant projet d&amp;#039;aménagement du territoire communal ou intercommunal
  &lt;/li&gt;
  &lt;li&gt;
@@ -5520,122 +6426,709 @@
 &lt;p&gt;
  Surveillance de la Qualité de l&amp;#039;Air Intérieur dans les Établissements Recevant du Public (ERP) existants, en construction ou à la livraison tels que crèches, écoles, centres de loisirs, EHPAD, collèges, piscines... Prestations incluant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contrôle des moyens d&amp;#039;aération
  &lt;/li&gt;
  &lt;li&gt;
   Campagnes de mesures hivernale et estivale
  &lt;/li&gt;
  &lt;li&gt;
   Analyse
  &lt;/li&gt;
  &lt;li&gt;
   Conseils personnalisés
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement et aide dans le cadre de recherche de sources de pollution d&amp;#039;air intérieur
  &lt;/li&gt;
  &lt;li&gt;
   Formation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  OPÉRATIONS CONCERNÉES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol pour les bâtiments communaux et intercommunaux, terrains ou dans le cadre de projets d&amp;#039;aménagement du territoire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/analyses-des-pollutions-et-contaminants-dans-les-batiments-terrains-plans-deaux/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   La Drôme Laboratoire
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
    laboratoire&amp;#64;ladrome.fr
   &lt;/a&gt;
   – 04.75.81.70.70
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
    www.ladromelaboratoire.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db89-analyses-des-pollutions-et-contaminants-dans-/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>95070</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'hydro-électricité</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'hydro-électricité</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I37" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="J37" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de l'aide : 100.000 €</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs du
+  &lt;a href="https://www.grandest.fr/politiques-publiques/sraddet/"&gt;
+   Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET)
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concilier le développement hydro-électrique et la franchissabilité piscicole
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises (hors fournisseur d&amp;#039;énergie)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation et/ou construction de centrale hydro-électrique sur des ouvrages hydrauliques existants.
+Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Études
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux :
+  &lt;/strong&gt;
+  70 % sauf 60 % pour les moyennes entreprises et 50 % pour les grandes entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque :
+  &lt;/strong&gt;
+  intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond de l&amp;#039;aide :
+  &lt;/strong&gt;
+  10 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les collectivités : 30 % pour des turbines ichtyocompatibles, 20 % pour autres turbines avec dispositif de montaison et dévalaison fonctionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les entreprises et associations : 20 % pour des turbines ichtyocompatibles, 10 % pour autres turbines avec dispositif de montaison et dévalaison fonctionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond de l&amp;#039;aide :
+  &lt;/strong&gt;
+  100.000 €
+  &lt;strong&gt;
+   Remarque :
+  &lt;/strong&gt;
+  intervention par la Région seule
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-lhydroelectricite"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P37" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lhydro-electricite/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-lhydroelectricite" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-lhydroelectricite
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89c4-soutien-a-lhydro-electricite/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>164900</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme LIFE - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;158 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 158 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-ENV-SIP-two-stage: 56 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage: 72 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage and LIFE-2025-STRAT-ENV-SIP-two-stage: entre 10 et 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: between 10 et 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la mise en œuvre à grande échelle et coordonnée des plans, stratégies ou actions requises par la législation ou la politique de l&amp;#039;UE dans les domaines de l&amp;#039;environnement, du climat ou de l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les cadres d&amp;#039;action prioritaires (PAF) et/ou les plans nationaux de restauration pour le SNaP&lt;/li&gt;    &lt;li&gt;Soutenir la mise en œuvre des plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie dans le cadre du SIP&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles à la mise en œuvre complète de ces plans&lt;/li&gt;    &lt;li&gt;Mobiliser des financements supplémentaires pour renforcer et compléter les actions&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorités des SNaP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre pleinement les plans de biodiversité et de restauration de la nature (par exemple, les PAF, les plans nationaux de restauration)&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et mobiliser des financements pour des actions de biodiversité à grande échelle&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Priorités des SIP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre les plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les stratégies de neutralité climatique et de résilience au niveau local, régional et national&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et coordonner les financements pour la mise en œuvre complète des plans&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Parmi les actions financées&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Mise en œuvre directe des mesures et des objectifs des plans/stratégies ciblés&lt;/li&gt;    &lt;li&gt;Développement, test et démonstration d&amp;#039;approches intégrées&lt;/li&gt;    &lt;li&gt;Mobilisation de financements complémentaires&lt;/li&gt;    &lt;li&gt;Renforcement des capacités (formation, structures)&lt;/li&gt;    &lt;li&gt;Gestion de projet, reproductibilité et transférabilité des résultats&lt;/li&gt;    &lt;li&gt;Implication des parties prenantes&lt;/li&gt;    &lt;li&gt;Achat de terres (sous des conditions strictes liées à la conservation de la nature, en particulier pour Natura 2000)&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Eligibilité &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être : une ONG, une entreprise, une université, une institution de recherche, une PME, une organisation…&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : pays de l&amp;#039;EEE répertoriés et pays associés au programme LIFE (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/guidance/list-3rd-country-participation_life_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d’au moins 2 entités doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 60 et 120 mois&lt;/li&gt;    &lt;li&gt;Contact : CINEALIFE-ENQUIRIES&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/wp-call/2025/call-fiche_life-2025-strat-two-stage_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;LIFE-2025-STRAT-two-stage" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive :&lt;a href="https://cinea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://cinea.ec.europa.eu/programmes/life_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Industrie</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2025</t>
+        </is>
+      </c>
+      <c r="Q38" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=LIFE-2025-STRAT-two-stage&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>95074</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des diagnostics d'énergie de bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer la connaissance du patrimoine d&amp;#039;un maître d&amp;#039;ouvrage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre la programmation pluriannuelle des investissements à réaliser sur le patrimoine audité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Orienter le maître d&amp;#039;ouvrage pour la réalisation de travaux énergétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de GES ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer à la conservation du patrimoine des communes ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Améliorer la qualité de l&amp;#039;air intérieur des bâtiments et la qualité de vie des occupants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Diagnostic de bâtiments
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce diagnostic constitue un outil d&amp;#039;aide à la décision et ne correspond pas à une définition du programme de travaux
+• Plafond : 21 000 € d&amp;#039;aide maximum et 750 € maximum par bâtiment (une seule aide par maître d&amp;#039;ouvrage)
+Projets portés par les communes labellisées au
+ &lt;a href="https://www.grandest.fr/politiques-publiques/pacte-pour-ruralite/"&gt;
+  Pacte pour la Ruralité
+ &lt;/a&gt;
+ de la Région (communes classées en zones rurales) : le montant maximum par bâtiment est porté à 1 000 € (une seule aide par maître d&amp;#039;ouvrage) avec un plafond de 21 000 €.
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+Les projets portés par des grandes agglomérations, des départements et les maisons de retraite et les hôpitaux seront soutenus par l&amp;#039;ADEME seule.
+_x0003_
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Diagnostic approfondi avec instrumentation
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce diagnostic constitue un outil adapté aux bâtiments complexes –piscine, ...- et ne correspond pas à une définition du programme de travaux
+Taux : 70 %
+• Plafond : 35 000 € d&amp;#039;aide maximum (une seule aide par maître d&amp;#039;ouvrage)
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est) ou en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME), au cas par cas.
+Contacter les services de la Région ou de l&amp;#039;ADEME en amont.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Arts plastiques et photographie
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités et EPCI
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets portés par des grandes agglomérations, des départements et l&amp;#039;Etat ou leurs opérateurs sont exclus des aides régionales.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Diagnostics de bâtiments existants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant du diagnostic conforme au cahier des charges régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/diagnostics-batiments-publics-associatifs/</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0091/depot/simple</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible des projets avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet. Site de Strasbourg : 03 88 15 64 96 Site de Metz : 03 87 33 62 85 Site de Châlons : 03 26 70 66 08.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-diagnostic-batiments-publics-associatifs" rel="noopener" target="_blank"&gt;
+  Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2dd1-diagnostic-des-batiments-publics-et-associati/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>