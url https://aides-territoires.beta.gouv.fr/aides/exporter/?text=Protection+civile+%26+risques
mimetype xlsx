--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA7"/>
+  <dimension ref="A1:AA4"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,89 +228,468 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>152467</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Aider à l’équipement en vidéoprotection</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>VIDEOPROTECTION DES ESPACES PUBLICS</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 52</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié (+10%)</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à l&amp;#039;équipement en vidéoprotection pour la sécurisation des espaces et bâtiments publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un système de vidéoprotection pour les zones de loisirs de la commune : 6 caméras
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du dispositif de vidéoprotection pour couvrir les rues principales et les abords de l&amp;#039;école : 10 caméras
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement de matériel de vidéoprotection obsolète (plus de 5 ans) : 12 caméras
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des bâtiments publics : installation de caméras à la mairie, à la salle des fêtes et à la poste : 7 caméras
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Etudes diagnostic et techniques préalables à l&amp;#039;installation
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense éligible plafonnée à
+      &lt;br /&gt;
+      50 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Projets de création, d&amp;#039;extension ou de renouvellement des systèmes de vidéoprotection : caméras &amp;#43; matériel lié : support, unité de stockage, serveurs d&amp;#039;images, ordinateurs, logiciels liés, terminaux de sécurité mobiles..., y compris frais d&amp;#039;installation liés et panneaux d&amp;#039;information sur la présence d&amp;#039;un système de vidéoprotection
+     &lt;/p&gt;
+     &lt;p&gt;
+      Renouvellement de matériel de plus de 5 ans
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Cumul possible avec le FIPD dans la limite légale des plafonds de cumul d&amp;#039;aides publiques
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DEPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts relevant du fonctionnement (formation et coût de maintenance de l&amp;#039;équipement...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ceb5-aider-a-la-creation-des-maisons-de-sante-plur/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>142703</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des réseaux de télécommunication et des systèmes de vidéoprotections</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez développer vos systèmes d&amp;#039;information relatifs aux réseaux routiers et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour mettre en place de réseaux de télécommunications, et de systèmes de vidéoprotections en veillant à leur sécurisation notamment informatique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;architecture, de sécurisation ou d&amp;#039;évolution de réseaux haut-débit plus particulièrement à destination des gestionnaires de réseaux de transports
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique aux maîtres d&amp;#039;ouvrage pour le déploiement et la configuration de réseaux, serveurs, d&amp;#039;outils de pilotage, de connexions d&amp;#039;équipements, de systèmes numériques de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audits et expertises de sécurisation de réseaux et systèmes d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche et Développement dans le domaine des équipements réseaux, de la sécurisation des systèmes d&amp;#039;information, de la vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualification et tests d&amp;#039;équipement réseaux, informatiques et vidéos.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables et d&amp;#039;avant-projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique du service assurant la maîtrise d&amp;#039;ouvrage des installations réseaux (élaboration du cahier des charges, analyse technique des offres, suivi de l&amp;#039;exécution technique de la prestation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audits ou expertises techniques des systèmes d&amp;#039;information et réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation sur les réseaux, la sécurité informatique et la vidéoprotection.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Connaissance de la mobilité
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/mettre-place-reseaux-telecommunication-systemes-video</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b9d-mettre-en-place-des-reseaux-de-telecommunicat/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
         <v>52290</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissement</t>
         </is>
       </c>
-      <c r="C2" s="0" t="inlineStr">
+      <c r="C4" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;
   &lt;em&gt;
    Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
@@ -386,96 +765,96 @@
   Plus petit crédit : 11 000€
  &lt;/li&gt;
  &lt;li&gt;
   Plus gros crédit : 50 millions €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Social et Petite enfance
   &lt;/strong&gt;
   (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Revitalisation des centres villes
   &lt;/strong&gt;
   (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Rayonnement culturel
   &lt;/strong&gt;
   (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transition énergétique
   &lt;/strong&gt;
   (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement des mobilités douces
   &lt;/strong&gt;
   (Bordeaux Métropole, 33)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement sportif
   &lt;/strong&gt;
   (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -518,1169 +897,163 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Etude de l&amp;#039;adhésion
   &lt;/strong&gt;
   : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Éligibilité à l&amp;#039;adhésion
   &lt;/strong&gt;
   : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vote de la délibération de la collectivité
   &lt;/strong&gt;
   : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Versement de l&amp;#039;Apport en capital initial
   &lt;/strong&gt;
   : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
   &lt;/strong&gt;
   : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W2" s="0" t="inlineStr">
+      <c r="W4" s="1" t="inlineStr">
         <is>
           <t>https://portail.agence-france-locale.fr/</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
-[...377 lines deleted...]
-      </c>
       <c r="AA4" s="1" t="inlineStr">
-        <is>
-[...625 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>