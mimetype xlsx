--- v0 (2025-10-30)
+++ v1 (2026-01-25)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA107"/>
+  <dimension ref="A1:AA17"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,933 +228,870 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>155124</v>
+        <v>131362</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Créer, rénover, étendre des espaces de diffusion et de pratiques artistiques et culturelles</t>
+          <t>Accompagner les pratiques artistiques et culturelles en amateur</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Espaces de création, de diffusion et de pratiques artistiques et culturelles (politique territoriale 22-28)</t>
+          <t>Aide aux pratiques artistiques et culturelles en amateur</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...245 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 15</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le règlement « Aide aux pratiques artistiques et culturelles en amateur » vise à soutenir les associations, les communes et EPCI dans le développement qualitatif des pratiques artistiques et culturelles innovantes, non professionnelles, dans les domaines suivants : musique, danse, théâtre, chant choral, arts visuels, culture numérique, etc..., ainsi que les projets des structures émergentes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les dossiers seront examinés au regard des éléments suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la qualité artistique et culturelle du projet,
   &lt;/li&gt;
   &lt;li&gt;
    le rayonnement territorial du projet,
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
   &lt;/li&gt;
   &lt;li&gt;
    la diversité des publics cibles.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les critères suivants seront obligatoirement remplis :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    l&amp;#039;aide au projet,
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
   &lt;/li&gt;
   &lt;li&gt;
    un seul financement du conseil départemental par structure,
   &lt;/li&gt;
   &lt;li&gt;
    la conformité de la structure avec la réglementation en vigueur,
   &lt;/li&gt;
   &lt;li&gt;
    le dossier complet.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_pratiques_amateurs%20modifi%C3%A9%2014122018.pdf</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://messervicesenligne.haute-marne.fr/</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture, des sports et du monde associatif
 &lt;/p&gt;
 &lt;p&gt;
  Service action culturelle, sportive et territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 03 25 32 86 50
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Toute correspondance doit être adressée à :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Monsieur le Président du conseil départemental
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Direction de la culture, des sports et du monde associatif
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Service action culturelle, sportive et territoriale
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   1 rue du Commandant Hugueny – CS 62127
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   52905 Chaumont Cedex 9
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5056-accompagner-les-pratiques-artistiques-et-cult/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>155124</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des espaces de diffusion et de pratiques artistiques et culturelles</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Espaces de création, de diffusion et de pratiques artistiques et culturelles (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;espaces de diffusion et de pratiques artistiques et culturelles : cinémas, théâtres, salles de concert, salles culturelles, résidences d&amp;#039;artistes, établissements d&amp;#039;enseignement de musique, de danse, du théâtre, des arts du cirque et des arts visuels...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Note d&amp;#039;opportunité développant le projet culturel ou le projet d&amp;#039;établissement, le budget de fonctionnement prévisionnel pluriannuel et le partenariat développé sur le territoire avec les acteurs culturels, éducatifs, sociaux, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bâtiments et construction
+Réhabilitation
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la politique du Conseil départemental de soutien aux enseignements artistiques et aux pratiques artistiques amateurs : nécessité d&amp;#039;une réflexion à l&amp;#039;échelle communautaire pour travail en réseau, justification de l&amp;#039;équipement au regard du maillage d&amp;#039;équipements culturels et des activités proposées sur le territoire, avis technique possible dans le cadre d&amp;#039;un aménagement de salle culturelle...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : étude de faisabilité, études de conception, études environnementales, études techniques, études acoustiques, études paysagères, études énergétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, études de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagement extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition ou renouvellement des matériels scéniques (équipements sons et lumières, gradins, praticables...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non-collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-de-creation-de-diffusion-et-de-pratiques-artistiques-et-culturelles-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>romain.paillard@haute-marne.fr</t>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5056-accompagner-les-pratiques-artistiques-et-cult/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2b5-espaces-de-creation-de-diffusion-et-de-pratiq/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>120106</v>
+        <v>120641</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aider les jeunes de 5 à 15 ans dans la pratique sportive, culturelle et artistique</t>
+          <t>Faire découvrir des lieux patrimoniaux, leur histoire et leurs collections aux jeunes et à leurs familles à travers une pratique artistique</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Aide communale à la pratique sportive, culturelle et artistique</t>
+          <t>C&amp;apos;est mon Patrimoine !</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Mairie de Sillegny</t>
+          <t>Ministère de la Culture
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="F4" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...118 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
+Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H5" s="1" t="inlineStr">
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N5" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La découverte et la familiarisation des enfants et des adolescents à la culture passe par la découverte d&amp;#039;un patrimoine et d&amp;#039;une pratique artistique. Le ministère de la Culture soutient ces actions en allouant une subvention aux porteurs de projets dans le cadre de l&amp;#039;appel à projets &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancée en 2005 par le ministère de la Culture (&amp;#34;Les Portes du temps&amp;#34;), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; contribue à l&amp;#039;émancipation des jeunes par les arts et la culture et repose sur les trois piliers de l&amp;#039;éducation artistique et culturelle (EAC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rencontre avec les artistes et les œuvres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la connaissance des arts et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  et la pratique artistique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette opération a vocation à s&amp;#039;inscrire dans les projets de territoire contractualisés. Elle encourage des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; est coordonné, au niveau national, par la délégation générale à la transmission, aux territoires et à la démocratie culturel (DG2TDC) du ministère de la Culture et l&amp;#039;Agence nationale de la cohésion des territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; s&amp;#039;appuie sur l&amp;#039;intervention de divers professionnels du monde de la culture et de l&amp;#039;éducation populaire. Cet appel à projets, qui implique une pratique artistique, doit permettre aux jeunes et à leurs familles de s&amp;#039;approprier de façon originale les lieux patrimoniaux, leur histoire et leurs collections.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisée en partenariat avec l&amp;#039;Agence nationale de la cohésion des territoires (ANCT), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; poursuit des objectifs communs de cohésion sociale, d&amp;#039;accès à l&amp;#039;offre culturelle des personnes qui en sont les plus éloignées et de participation à la vie culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte de création
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accès aux patrimoines (architecture, musées, monuments, archéologie, patrimoine immatériel, paysages, archives, etc.) occupe une place significative et structurante dans les parcours d&amp;#039;éducation artistique et culturelle à destination des enfants et adolescents et constitue l&amp;#039;un des leviers des politiques territorialisées de démocratisation culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; vise à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  couvrir la diversité des territoires urbains, périphériques et ruraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à toucher des publics diversifiés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte la pluralité des patrimoines (ensembles urbains, patrimoine immatériel, patrimoine rural de proximité, friches industrielles par exemple),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en avant des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;enjeu reste toutefois prioritairement la découverte et l&amp;#039;accès à des lieux patrimoniaux dont la fréquentation spontanée par les publics visés peut rencontrer des freins.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle tend aussi à développer de nouvelles temporalités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Possibilité de dérouler les activités durant l&amp;#039;ensemble du temps extrascolaire, sur tous les temps de vacances scolaires (pas uniquement sur la période estivale) ou jours isolés dans l&amp;#039;année (mercredis, samedis)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en avant des temps de restitution des projets, ouverts à tous les publics, par exemple en lien avec les Journées européennes du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention versée par l&amp;#039;État ne peut excéder 80 % du budget total du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financement &amp;#34;politique de la ville&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets visent l&amp;#039;ensemble des territoires prioritaires, dont les territoires ruraux. Pour être éligible à un financement spécifique des crédits politiques de la ville, le public bénéficiaire visé par le projet doit être composé d&amp;#039;au moins 60 % de jeunes issus des quartiers prioritaires de la politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets touchant majoritairement d&amp;#039;autres publics éloignés peuvent être financés sur d&amp;#039;autres crédits, notamment apportés par le ministère de la Culture.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Spectacle vivant
-Médias et communication</t>
-[...2 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligibles à un financement, les projets devront remplir les conditions suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Co-construction et co-financement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être co-construit entre professionnels de différentes disciplines : médiateurs des patrimoines, artistes professionnels, acteurs de l&amp;#039;enfance et de la jeunesse, du secteur public ou de l&amp;#039;éducation populaire, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur un partenariat impliquant au moins un service ou une structure patrimoniale : le partenaire patrimonial est pleinement associé à l&amp;#039;élaboration et à la réalisation du projet. Deux services différents d&amp;#039;une même collectivité, patrimoine et jeunesse, peuvent par dérogation être considérés comme partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une formation préalable est attendue pour chaque projet à destination des différents acteurs, notamment les animateurs encadrant les jeunes. Cette formation peut être dispensée par l&amp;#039;établissement patrimonial, par une structure d&amp;#039;accueil de jeunes et/ou un réseau d&amp;#039;éducation populaire (dans le cadre d&amp;#039;un seul projet ou pour un territoire plus vaste et pour plusieurs projets mutualisés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités se dérouleront durant le temps extrascolaire, ou périscolaire dans le cas du plan mercredi.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet global comportera au moins 7 jours, pour une participation à la journée ou sous forme de stage de plusieurs jours.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du plan mercredi, des demi-journées peuvent être programmées, à condition que chacun des participants soit bénéficiaire d&amp;#039;un minimum de 2 demi-journées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Publics cibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit viser particulièrement les jeunes de 6 à 18 ans et notamment les adolescents. Les parents et les familles peuvent être associés à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de partenariats avec des structures d&amp;#039;accueil, l&amp;#039;opération est également ouverte aux jeunes placés sous-main de justice, aux personnes en situation de handicap, ainsi qu&amp;#039;aux réfugiés et migrants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités doivent se dérouler sur un site patrimonial (ou plusieurs) et/ou s&amp;#039;articuler autour d&amp;#039;éléments du patrimoine culturel immatériel de la région concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Restitution
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La restitution, à laquelle sont conviés les familles, les amis et si possible le grand public, prend la forme d&amp;#039;une exposition avec un temps de réunion type inauguration ou d&amp;#039;un spectacle impliquant les jeunes (spectacle vivant avec présence des jeunes sur le plateau ou projection d&amp;#039;une œuvre réalisée par/avec eux).
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures sont encouragées à prévoir un temps de restitution des projets pendant les Journées européennes du patrimoine (16, 17 et 18 septembre 2022). Les réalisations des jeunes seront valorisées auprès d&amp;#039;un large public.
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation du projet fera l&amp;#039;objet d&amp;#039;une valorisation sur le site internet de l&amp;#039;établissement patrimonial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles les projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qui ne respectent pas la composition du public cible (jeunes de 6 à 18 ans, issus à 60% minimum des quartiers prioritaires de la ville),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne comportant pas d&amp;#039;axe de pratique artistique avec un professionnel du domaine artistique concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le partenaire patrimonial n&amp;#039;est pas explicitement impliqué dans l&amp;#039;élaboration et la réalisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne reposant pas sur plusieurs financements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une simple visite au musée ou dans un monument historique, sans contrepartie créative de la part des jeunes, n&amp;#039;est pas considérée comme déterminante dans la validation des projets.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...32 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/c-est-mon-patrimoine</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la DRAC :
+  &lt;a href="mailto:CMP.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   CMP.drac.hdf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au SGAR :
+  &lt;a href="mailto:sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr" rel="noopener" target="_blank"&gt;
+   sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a2f0-cest-mon-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...171 lines deleted...]
-      <c r="A7" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>120635</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Développer des actions d'éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C5" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Culture et lien social</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif Culture et lien social a pour but de développer des actions d&amp;#039;éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville. Il est mis en place par la direction régionale des affaires culturelles (DRAC) de la région dans laquelle le projet est réalisé.
 Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
 &lt;/p&gt;
 &lt;h4&gt;
  Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
 &lt;/h4&gt;
 &lt;p&gt;
  À travers cette politique, les DRAC (directions régionales des affaires culturelles) affirment une politique volontariste auprès des structures culturelles en accompagnant, en lien étroit avec les acteurs de la politique de la ville, les projets artistiques et culturels mis en œuvre en faveur des habitants des quartiers politique de la ville.
 &lt;/p&gt;
 &lt;p&gt;
  Il est vivement conseillé aux porteurs de projets candidats de consulter, dès la conception du projet et en amont de toute autre démarche, les services de la DRAC/DAC, qui pourront leur prodiguer des conseils.
 &lt;/p&gt;
 &lt;h4&gt;
  Objectifs de la démarche
 &lt;/h4&gt;
 &lt;p&gt;
  Les pratiques artistiques et culturelles sont de puissants leviers d&amp;#039;émancipation personnelle et de cohésion sociale. Pour autant, les freins à la pratique artistique et à la fréquentation des lieux culturels sont nombreux : accessibilité géographique, moyens financiers, mécanismes d&amp;#039;exclusion sociale...
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif a donc vocation à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -1233,18464 +1170,346 @@
  &lt;li&gt;
   Remplissez le formulaire et retournez-le par mail en cliquant sur le bouton &amp;#34;Déposer mon dossier&amp;#34; de votre département.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Votre dossier devra être accompagné des pièces jointes suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la fiche de candidature complétée et signée ;
  &lt;/li&gt;
  &lt;li&gt;
   le dossier de présentation du projet artistique (format libre) ;
  &lt;/li&gt;
  &lt;li&gt;
   les curriculum vitae de tous les artistes ou professionnels de la culture amenés à intervenir dans le projet ;
  &lt;/li&gt;
  &lt;li&gt;
   le cas échéant : le bilan et l&amp;#039;évaluation des projets développés en 2022.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Egalité des chances
 Cohésion sociale et inclusion
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité du demandeur
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   être déposés par une structure culturelle ayant pour objectifs principaux, établis dans ses statuts, la création et la diffusion d&amp;#039;œuvres artistiques, culturelles, patrimoniales ou scientifiques et techniques : association culturelle, compagnie, artiste inscrit à la maison des artistes, musée, médiathèque, lieu patrimonial, structure de diffusion scientifique et technique à l&amp;#039;exception des établissements publics nationaux du ministère de la Culture, etc.
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;adresser aux habitants d&amp;#039;un quartier politique de la ville.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité des projets
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets culturels et artistiques proposés doivent être le fruit d&amp;#039;une co-construction entre une structure culturelle et une structure du champ social (maison de quartier, centre d&amp;#039;hébergement et de réinsertion sociale, centre social, bailleur social, association œuvrant dans le champ social, centre d&amp;#039;animation, mission locale, centre d&amp;#039;accueil de demandeurs d&amp;#039;asile, foyers d&amp;#039;accueil, résidence sociale...).
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent s&amp;#039;inscrire dans la nouvelle géographie prioritaire – loi de programmation pour la ville et la cohésion urbaine du 21 février 2014 Ouvre une nouvelle fenêtre – en proposant des projets dans les territoires cibles que sont les quartiers politique de la ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les structures peuvent s&amp;#039;appuyer sur les outils de localisation suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une carte interactive des quartiers prioritaires Ouvre une nouvelle fenêtre sur le site Internet de Système d&amp;#039;information géographique de la Politique de la ville
  &lt;/li&gt;
  &lt;li&gt;
   les quartiers prioritaires de la politique de la ville sur le géoportail Ouvre une nouvelle fenêtre
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-lien-social</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aube / Marne : M. SALINGUE (
   &lt;a href="mailto:guillaume.salingue&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    guillaume.salingue&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 03 26 70 36 93)
  &lt;/li&gt;
  &lt;li&gt;
   Ardennes / Haute-Marne : Mme TABOURIN (
   &lt;a href="mailto:chantal.tabourin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    chantal.tabourin&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 03 26 70 36 86)
  &lt;/li&gt;
  &lt;li&gt;
   Meurthe-et-Moselle / Meuse / Moselle / Vosges : Mme MARTINET (
   &lt;a href="mailto:frederique.martinet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    frederique.martinet&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 03 87 56 41 00)
  &lt;/li&gt;
  &lt;li&gt;
   Bas-Rhin / Haut-Rhin : Mme BLONDEAU (
   &lt;a href="mailto:nicole.blondeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    nicole.blondeau&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 03 88 15 57 10)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bdf7-culture-et-lien-social/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...5996 lines deleted...]
-      <c r="E34" s="1" t="inlineStr">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>163227</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projet "publics et pratiques artistiques" : Financer mon projet de pratique artistique</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
-[...1435 lines deleted...]
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
-[...1103 lines deleted...]
-      <c r="N46" s="1" t="inlineStr">
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet « Publics &amp;amp; pratiques artistiques » est destiné à :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;favoriser la rencontre entre des publics impliqués dans une pratique artistique en amateur et des équipes artistiques professionnelles et/ou&lt;/li&gt;    &lt;li&gt;faire découvrir et rendre accessible une pratique artistique à des publics éloignés de l’offre culturelle.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit d’élèves inscrits dans un établissement d’enseignement artistique ou de publics engagés dans une pratique artistique au sein d’un groupement d’amateurs (chorale, fanfare, troupe de théâtre amateur, etc.).&lt;br /&gt;Le projet doit permettre la rencontre entre amateurs et artistes professionnels (ayant une actualité de création/diffusion) par la pratique artistique.&lt;br /&gt;Les échanges interdisciplinaires et l’ouverture à de nouvelles esthétiques seront à privilégier, ainsi que la coopération de plusieurs établissements d’enseignement artistique ou structures de pratiques en amateur autour d’un projet commun.&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit des publics éloignés de l’offre culturelle, prioritairement les publics situés en zone très rurale (notamment communes en ZRR-Zone de Revitalisation Rurale- et EPCI de moins de 30 hbts/km²) et les publics cibles du Département (collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance), ainsi les publics ne fréquentant pas les établissements d’enseignement artistique.&lt;br /&gt;Le projet doit permettre de favoriser l’élargissement et la diversification des publics, ainsi que l’ancrage territorial des structures sur leur bassin de vie.&lt;br /&gt;Les projets faisant appels à des artistes professionnels (ayant une actualité de création/diffusion) seront à privilégier.&lt;br /&gt;Les partenariats développés avec des lieux culturels, compagnies artistiques mais aussi les acteurs du champ social, éducatif, socio-culturel, de la santé seront à privilégier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour l’ensemble des projets, une attention particulière sera portée aux projets conçus en partenariat avec :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;les équipements culturels du Département : médiathèques départementales et bibliothèques partenaires, Musée départemental de la Résistance du Vercors, les Châteaux de la Drôme, l’Auberge des Dauphins, les archives départementales.&lt;/li&gt;    &lt;li&gt;les structures et acteurs culturels (spectacle vivant, arts visuels, cinéma d’animation, …) soutenus par le Département dans le cadre de ses dispositifs&lt;/li&gt;    &lt;li&gt;des Centres Médico-Sociaux (CMS), les services de protection de l’enfance, les établissements et services sociaux et médico-sociaux (Maisons d’enfant à caractère social, EHPAD …) et les établissements médico-sociaux (IME, ITEP…)&lt;/li&gt;&lt;li&gt;les collèges de la Drôme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Par ailleurs, l’appel à projets vise à soutenir des projets de pratique artistique en amateur &lt;/span&gt;&lt;strong&gt;inscrits dans la durée&lt;/strong&gt;&lt;span&gt;. Ils doivent être pensés dans une logique de progression et s’articuler autour de plusieurs séquences (minimum 5 jours consécutifs ou non).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le projet doit impérativement bénéficier d’un &lt;/span&gt;&lt;strong&gt;co-financement &lt;/strong&gt;&lt;span&gt;et/ou d’une part de financement sur les fonds propres.&lt;/span&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur du projet doit avoir plus de 2 ans d’existence à la date du dépôt, et son siège social doit être domicilié dans la Drôme.&lt;/p&gt;&lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique&lt;/strong&gt; : les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les groupements de pratiquants amateurs (chorale, fanfare, troupe de théâtre amateur, etc. (association, collectivités territoriales et leurs regroupements)).&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique &lt;/strong&gt;: les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les acteurs culturels (associations, collectivités territoriales, …), à l’exclusion des structures culturelles soutenues dans le cadre des Conventions Pluriannuelles d’Objectifs (CPO) ou bénéficiant d’une autre aide financière de &amp;#43; de 15 000 € émanant de la Direction Culture et Patrimoine sur l’année N.&lt;/p&gt;&lt;p&gt;Un projet par an et par structure pourra être aidé. Pour les établissements d’enseignement artistique, il sera possible d’aider deux projets par structure et par an à condition que l’un des projets s’adresse à des publics non-inscrits au sein de la structure.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Type d’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet Publics et pratiques artistiques permet l’attribution d’une subvention de fonctionnement.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépenses subventionnables&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les dépenses éligibles sont les dépenses artistiques, pédagogiques, logistiques (frais de transport, restauration, hébergement), de communication, techniques.&lt;/p&gt;&lt;p&gt;Sont exclues les dépenses de fonctionnement liées aux activités habituelles de la structure (notamment ateliers hebdomadaires conduits sur une année scolaire).&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Montant/taux de l’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’aide départementale est attribuée sous la forme d’une subvention qui ne peut excéder 50% du budget réalisé. Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Les éléments demandés sont notamment :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Description détaillée du projet et calendrier&lt;/li&gt;    &lt;li&gt;Budget prévisionnel du projet&lt;/li&gt;    &lt;li&gt;CV des artistes et professionnels impliqués&lt;/li&gt;    &lt;li&gt;Détails des structures partenaires impliquées&lt;/li&gt;    &lt;li&gt;Nombre et typologie des publics concernés&lt;/li&gt;    &lt;li&gt;Préciser si le projet est gratuit pour les participants, ou indiquer les conditions tarifaires&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôme Démat’.&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Publics et pratiques artistiques&lt;/p&gt;    &lt;p&gt;Le dossier réputé complet est instruit par les services de la Direction Culture &amp;amp; Patrimoine, ceux-ci peuvent solliciter un rendez-vous avec le porteur de projet.&lt;br /&gt;Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Cette commission rend un avis consultatif.&lt;br /&gt;L’avis de la commission est ensuite soumis à la délibération de la Commission permanente du Conseil départemental.&lt;br /&gt;En cas d’acceptation, une notification est alors adressée au porteur de projet.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur de projet devra se conformer aux obligations départementales de communication qui seront précisés dans la notification.&lt;br /&gt;En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s’engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.&lt;br /&gt;Le porteur de projet aura jusqu’au 31 décembre de l’année suivant l’année du vote pour justifier de la réalisation du projet, en fournissant un bilan budgétaire et qualitatif.&lt;br /&gt;Plusieurs indicateurs seront également demandés à cette occasion : nombre de participants, typologie des publics concernés par les projets (publics cibles du Département – collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance, publics inscrits au sein d’un établissement d’enseignement artistique ou d’un groupement d’amateurs, publics ne fréquentant pas les établissements d’enseignement artistique, publics situés en zone très rurale), partenaires impliqués dans le projet (dans et hors Drôme), durée du projet (nombre de jours), conditions tarifaires pour les&lt;br /&gt;participants, plus-value du projet pour les bénéficiaires, nombre de spectateurs sur les restitutions le cas échéant, nombre de structures impliquées dans le cas d’un projet de coopération, ouverture à de nouvelles esthétiques, etc. &lt;br /&gt;Le Département se réserve la possibilité de proratiser l’aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.&lt;br /&gt;Le Département se réserve le droit de demander toute pièce justificative.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bases réglementaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Délibération du 25 mars 2024&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
-Appui méthodologique</t>
-[...2 lines deleted...]
-      <c r="O46" s="1" t="inlineStr">
+Musée
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
-[...176 lines deleted...]
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Direction CULTURE ET PATRIMOINE – Service Développement Culturel – &lt;/strong&gt;&lt;strong&gt;Tél : 04 75 79 26 01&lt;/strong&gt; – &lt;strong&gt;&lt;a href="mailto:culture&amp;#64;ladrome.fr" target="_self"&gt;culture&amp;#64;ladrome.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-      <c r="H48" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>128179</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir et accompagner les projets de musiciens amateurs, regroupés en association, dans le cadre de fanfares et d’orchestres d’harmonie</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Plan fanfare</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J48" s="1" t="inlineStr">
-[...170 lines deleted...]
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
-[...9268 lines deleted...]
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le plan en faveur des fanfares, mis en œuvre en 2021 et 2022 s&amp;#039;inscrit dans le cadre d&amp;#039;un soutien renforcé aux  pratiques culturelles et artistiques des français. Il vise à soutenir et accompagner les projets de musiciens amateurs, regroupés en association, dans le cadre de fanfares et d&amp;#039;orchestres d&amp;#039;harmonie.  Fort de sa réussite, ce plan a été reconduit et amplifié en 2023
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Qu&amp;#039;est-ce que le plan Fanfare ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le plan en faveur des fanfares et de manière générale des ensembles musicaux de
  &lt;strong&gt;
   pratique en amateur a pour but d&amp;#039;accompagner et de valoriser une pratique artistique et culturelle collective
  &lt;/strong&gt;
  fédérant des personnes de tous âges et tous horizons autour de projets musicaux partagés. Il vise en priorité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les territoires ruraux
  &lt;/li&gt;
  &lt;li&gt;
   les ensembles musicaux amateurs
  &lt;/li&gt;
  &lt;li&gt;
   le développement ou le renforcement des partenariats avec les collectivités territoriales
@@ -19772,94 +1591,94 @@
   → Objectifs de la démarche
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce fonds de soutien vise l&amp;#039;accompagnement des artistes amateurs, le développement de partenariats et les initiatives structurantes rayonnant sur un territoire et permet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;instauration d&amp;#039;un dialogue fécond entre les fédérations musicales, les partenaires locaux et les services déconcentrés de l&amp;#039;État. Cette interconnaissance favorise une dynamique de projets de territoires et la qualification des propositions artistiques et culturelles.
  &lt;/li&gt;
  &lt;li&gt;
   une forte attention portée aux territoires prioritaires avec une large inscription en zones rurales
  &lt;/li&gt;
  &lt;li&gt;
   la reconnaissance et la valorisation des pratiques en amateur par le ministère de la Culture au plus près des habitants
  &lt;/li&gt;
  &lt;li&gt;
   la relance d&amp;#039;une dynamique culturelle dans des territoires bouleversés par la crise sanitaire et par la désertion des praticiens amateurs
  &lt;/li&gt;
  &lt;li&gt;
   la prise en compte du volet transmission vers la jeunesse
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M102" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Dans les coulisses du trombone (Bourgogne-Franche-Comté)
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce projet à dimension interdépartementale est porté par l&amp;#039;Orchestre d&amp;#039;harmonie de la Ville d&amp;#039;Héricourt en Bourgogne-Franche-Comté.
 &lt;/p&gt;
 &lt;p&gt;
  Il mettra à l&amp;#039;honneur un instrument de musique en créant un grand ensemble de trombones rassemblant l&amp;#039;association, l&amp;#039;école de musique du Pays d&amp;#039;Héricourt et les conservatoires du Grand Belfort et du Pays de Montbéliard Agglomération, ouvert à l&amp;#039;ensemble des trombonistes du territoire. Plusieurs actions à destination des scolaires du territoire seront également organisées en amont des concerts.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Orchestre éphémère du Pays de Mormal (Hauts-de-France)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les musiciens de la société musicale La Licorne à Gommegnies, ont mené un projet pour Orchestre éphémère du Pays de Mormal en Hauts-de-France, visant à relancer l&amp;#039;art musical en milieu rural en rassemblant plusieurs harmonies du pays de Mormal autour d&amp;#039;un programme de huit pièces musicales.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Enfant&amp;#039;fare (Pays de la Loire)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Enfant&amp;#039;fare est un projet en territoire rural de la Sarthe, en Pays de la Loire, destiné à la création d&amp;#039;un orchestre périscolaire de 24 enfants qui seront initiés à la pratique musicale en partenariat avec les écoles de musique locales ainsi qu&amp;#039;avec les orchestres du territoire communautaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le plan en faveur des fanfares et ensembles musicaux amateurs soutient des projets déposés par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les unions et fédérations départementales ou régionales
  &lt;/li&gt;
  &lt;li&gt;
   les sociétés musicales, qu&amp;#039;elles soient affiliées ou non à une fédération
@@ -19875,73 +1694,73 @@
 &lt;/p&gt;
 &lt;p&gt;
  Un même projet ne pourra pas être soutenu dans le cadre du plan Fanfare
  &lt;strong&gt;
   ET
  &lt;/strong&gt;
  dans le cadre du
  &lt;a rel="noopener" target="_blank"&gt;
   Fonds d&amp;#039;encouragement aux initiatives artistiques et culturelles des amateurs (FEIACA)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Nature des dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien financier du ministère de la Culture ne pourra pas porter exclusivement sur l&amp;#039;achat d&amp;#039;instruments de musique : celui-ci est conditionné à la mise en œuvre d&amp;#039;un projet artistique et culturel le justifiant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/plan-fanfare</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus sur la procédure mise en place dans votre région, merci de vous reporter aux onglets ci-dessous.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Auvergne-Rhône-Alpes
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question sur la plan Fanfare en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
  Une question ?
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question sur la plan Fanfare en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Jacqueline BROLL, directrice du pôle action culturelle et territoriale :
   &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    jacqueline.broll&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
@@ -20343,874 +2162,1979 @@
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Mayotte
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question sur la plan Fanfare à Mayotte, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Benoît BAVOUSET, conseiller création et éducation artistique :
   &lt;a href="mailto:benoit.bavouset&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    benoit.bavouset&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ac16-plan-fanfare/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="H103" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>120106</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes de 5 à 15 ans dans la pratique sportive, culturelle et artistique</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Aide communale à la pratique sportive, culturelle et artistique</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Sillegny</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
-[...8 lines deleted...]
- L&amp;#039;aide départementale a pour objectif de renforcer celle apportée localement par les communes, groupements de communes ou autres partenaires publics. Elle vient accompagner l&amp;#039;effort financier engagé en termes de programmation et de régie technique.
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil Municipal de Sillegny, par délibération du 17/06/2022 a décidé d&amp;#039;octroyer une aide de 15€/an aux jeunes de 5 à 15 ans de la commune qui justifie d&amp;#039;une inscription à une association communale sportive, culturelle ou artistique (ou non-communale si l&amp;#039;activité n&amp;#039;est pas proposée par une association communale).
  &lt;br /&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Le montant de l&amp;#039;intervention du Département tient donc compte de la pluralité du financement, du montant d&amp;#039;engagement des différents échelons institutionnels, et de la capacité du porteur de projet à mobiliser des recettes propres (billetterie, fonds propres, buvette, etc.). Il tient également compte du soutien en nature éventuellement apporté par le Département dans le cadre de son règlement départemental de mise à disposition de matériels scéniques et muséographiques, et/ou de celui des collectivités de proximité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O103" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
-[...8 lines deleted...]
- &lt;br /&gt;
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » à partir de 6 spectacles proposés.
+   Avoir entre 5 et 15 ans
   &lt;/li&gt;
   &lt;li&gt;
-   Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.
+   Habiter la commune
   &lt;/li&gt;
   &lt;li&gt;
-   Proposer une programmation sur une durée minimale de deux jours consécutifs pour être qualifié de « festival ».
-[...52 lines deleted...]
-   Proposer une politique tarifaire adaptée aux différents publics
+   Etre inscrit à une association communale sportive, culturelle ou artistique (ou non-communale si l&amp;#039;activité n&amp;#039;est pas proposée par une association communale).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T103" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Sillegny</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dart Aurore
+&lt;/p&gt;
+&lt;p&gt;
  Email :
- &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
-  culture&amp;#64;landes.fr
+ &lt;a href="mailto:commune.sillegny&amp;#64;wanadoo.fr" rel="noopener" target="_blank"&gt;
+  commune.sillegny&amp;#64;wanadoo.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>commune.sillegny@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/37cf-aide-communale-a-la-pratique-sportive-culture/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>120029</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la pratique d'activités sportives, culturelles ou artistiques</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Tattoo Isère</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Isère</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A compter de la prochaine rentrée scolaire 2022, le Département de l&amp;#039;Isère en partenariat avec la CAF lance un nouveau dispositif : la carte Tattoo qui remplace le Pack&amp;#039;loisirs. Il permettra aux collégiens isérois ayant souscrit gratuitement au dispositif de bénéficier de 60 € pour les dépenses liées aux activités sportives, culturelles ou artistiques annuelles. Ce montant sera bonifié par la CAF de l&amp;#039;Isère à hauteur de 45 € pour les activités culturelles et artistiques des familles dont le quotient familial est inférieur à 800. Les dépenses de librairies seront également possibles dans la limite de 10 € par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est gratuit, accessible à toute personne scolarisée en collège public ou privé en Isère. Les associations partenaires du dispositif pourront utiliser l&amp;#039;outil de paiement dématérialisé afin d&amp;#039;effectuer les transactions directement entre le collégien et l&amp;#039;association. Il leur est également possible de proposer des &amp;#34;bons plans&amp;#34; portant sur des activités ponctuelles (forfait de ski, sorties cinémas ou théatre, etc...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le collégien est inscrit dans un collège isérois, ou sur les communes limitrophes. Il doit s&amp;#039;inscrire (gratuit) au dispositif pour recevoir sa carte de paiement et bénéficier de la cagnotte de 60€ à la rentrée scolaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations partenaires sont sous convention leur permettant d&amp;#039;encaisser la cagnotte pour une inscription à une activité
+ annuelle
+ et recevoir le remboursement sous 4 semaines.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.isere.fr/carte-tattoo</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://isereconnect.fr/</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  tattoo&amp;#64;isere.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>theophile.vadin@isere.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/945d-carte-collegien-tattoo-isere/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G104" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>94924</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...3 lines deleted...]
-      <c r="H104" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide &amp;#34;Soutien aux initiatives artistiques et culturelles locales&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : Par ce dispositif, la Région Grand Est décide de contribuer au développement culturel des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir des projets culturels ponctuels sur les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives enrichissant l&amp;#039;offre culturelle dans les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des projets de diffusion culturelle et participer à une démarche d&amp;#039;irrigation des territoires associant praticiens amateurs encadrés par des artistes et des techniciens professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives associatives portant un projet relevant d&amp;#039;une démarche artistique et culturelle favorisant l&amp;#039;accès des citoyens aux différentes formes d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles ou porteuses d&amp;#039;un projet culturel ayant leur siège dans la région Grand Est, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention de fonctionnement. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont traités au fil de l&amp;#039;eau. La date de réception par la Région du dossier complet doit être antérieure de 4 mois avant la date de démarrage de l&amp;#039;opération.
+ &lt;strong&gt;
+  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+ &lt;/strong&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>18/06/2019</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter dans la programmation une ligne éditoriale artistique identifiée et répondant aux exigences techniques et artistiques indispensables à la bonne conduite d&amp;#039;un tel projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à des artistes et des techniciens professionnels,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les manifestations, être d&amp;#039;une durée minimale de 3 jours pour les arts visuels et spectacle vivant ou donner au moins 6 représentations pour le spectacle vivant,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire apparaitre clairement la part artistique dans le budget,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale sachant que la Région ne saurait être le premier financeur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;inscrire dans une dynamique et un rayonnement a minima intercommunal,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant et de arts visuels.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+  &lt;/strong&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-artistiques-et-culturelles-locales/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier de demande de subvention à retourner par email au minimum 4 mois avant la date de démarrage de l&amp;#039;opération à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>120094</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes pour l'achat d'une licence sportive et culturelle</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>BOURSE D'AIDE A LA PRATIQUE SPORTIVE ET CULTURELLE</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Villenave d'Ornon</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="N104" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dispositif d&amp;#039;aide financière à destination des jeunes villenavais valable pour une seule activité dans l&amp;#039;année, associative ou municipale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Jeunesse
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  être villenavais et âgé de 5 à 21 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un QF inférieur ou égal à 1300 € et/ou être sorti du système scolaire ou être en apprentissage
+ &lt;/li&gt;
+ &lt;li&gt;
+  adhérer à une association éligible au dispositif ou une activité municipale : école de danse, musique, théâtre, piscine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Villenave-d'Ornon</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.villenavedornon.fr/famille-jeunesse-seniors/services-jeunesse/bourse-aide-pratique-sportive/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rendre sur place au Service vie associative
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse postale : Pôle sports culture loisir s/ 145 route de Léognan / 33140 VILLENAVE D&amp;#039;ORNON (derrière la piscine)
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05.57.99.52.14
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>arrouays.maitena@mairie-villenavedornon.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e32-aider-les-jeunes-a-la-pratique-sportive-et-cu/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>135558</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser une présence artistique dans les territoires - Education Artistique et Culturelle</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets culturels des EPCI dans le cadre des conventions Education Artistique et Culturelle</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum : 4000€ / an / EPCI</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir une présence artistique dans les territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide aux projets culturels et artistiques des EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La cohérence avec le projet de territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;innovation : développement marquant d&amp;#039;actions existantes et/ou mise en place d&amp;#039;actions nouvelles et/ou croisement des thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le respect des 3 piliers de l&amp;#039;EAC
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction du projet avec des artistes professionnels confirmés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le partenariat local avec des structures culturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le partenariat local avec des structures représentantes des publics cibles du département
+ &lt;/li&gt;
+ &lt;li&gt;
+  La solidarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  La valorisation du projet / la communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;engagement financier et/ou logistique des autres partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un budget réaliste
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;Concerne uniquement les EPCI couverts par un conventionnement d&amp;#039;Education artistique et culturelle.
+ &lt;/strong&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;br /&gt;&lt;/p&gt;Gestionnaire : Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a1b-soutenir-une-presence-artistique-dans-les-ter/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>145879</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les résidences territoriales artistiques et culturelles en milieu scolaire</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Résidence territoriale artistique et culturelle en milieu scolaire</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>Direction des Affaires Culturelles (DAC) - La Réunion</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les résidences d&amp;#039;artistes permettent de soutenir la démarche artistique personnelle et innovante d&amp;#039;un artiste ou d&amp;#039;un collectif, en ouvrant un espace de recherche, de création et de transmission au sein d&amp;#039;un établissement scolaire. Ces projets d&amp;#039;éducation artistique et culturelle se font en partenariat étroit avec les équipes pédagogiques des établissements scolaires, au bénéfice de tous les élèves.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que la résidence territoriale artistique et culturelle ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La résidence territoriale artistique et culturelle en milieu scolaire a pour ambition de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  participer au développement de
+  &lt;a href="https://www.education.gouv.fr/l-education-artistique-et-culturelle-7496" rel="noopener" target="_blank"&gt;
+   l&amp;#039;éducation artistique et culturelle
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  construire une collaboration entre des professionnels des métiers artistiques et culturels, des équipes éducatives et un nombre conséquent de classes
+ &lt;/li&gt;
+ &lt;li&gt;
+  approfondir les partenariats sur un territoire, en complémentarité d&amp;#039;autres dispositifs existants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La résidence a vocation à s&amp;#039;ouvrir et à rayonner sur un territoire. Elle peut donc concerner plusieurs établissements scolaires. Dans ce cas, un établissement pilote doit être désigné pour animer le réseau des établissements scolaires associés et veiller à la mise en place et au fonctionnement d&amp;#039;un comité de suivi commun. Une résidence peut ainsi contribuer à fédérer les relations entre écoles, collèges et lycées d&amp;#039;un même territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Plus largement, l&amp;#039;action de la résidence peut rejaillir sur celle d&amp;#039;une diversité d&amp;#039;acteurs du territoire (centres de loisirs, maisons des jeunes et de la culture, maisons de quartier, centres sociaux, associations, centres médico-sociaux, unités de la protection judiciaire de la jeunesse, centres hospitaliers, maisons de retraite, etc.). La résidence doit fédérer un nombre significatif d&amp;#039;élèves et une équipe pluridisciplinaire d&amp;#039;enseignants au sein de chaque établissement concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La résidence territoriale artistique et culturelle en milieu scolaire a pour objectifs de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  contribuer à réduire les inégalités d&amp;#039;accès à l&amp;#039;art et à la culture
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre au plus grand nombre d&amp;#039;appréhender le processus de création qu&amp;#039;il soit en lien avec la création contemporaine, le patrimoine ou la culture scientifique, ou les programmes scolaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  ouvrir à une autre vision du monde et de développer l&amp;#039;esprit critique de l&amp;#039;élève
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer une éducation artistique et culturelle fédératrice concernant aussi bien les enfants et les jeunes que leurs familles
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer au développement artistique et culturel du territoire (patrimoine, lecture publique, musées, cinéma, théâtre, danse, musique et pratique chorale, etc.) en inscrivant le projet dans une dynamique locale (communale, intercommunale, etc.) et participative (publics, établissements scolaires, structures municipales et associatives), tout en mobilisant la communauté éducative
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;appel à projets &amp;#34;Résidence de recherche et de création en territoire scolaire&amp;#34; est proposé et subventionné par la Direction des affaires culturelles (DAC) de La Réunion.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet artistique est conçu comme une mise en partage de l&amp;#039;acte de création et du processus de recherche qui lui est associé. Il offre un espace d&amp;#039;ouverture, de réflexion et de rencontres, dont les élèves et les équipes pédagogiques sont parties prenantes. Il comporte un temps de transmission auprès des jeunes et de restitution pouvant se faire dans ou en dehors de l&amp;#039;établissement scolaire. L&amp;#039;articulation et la porosité entre acte de création, partage et transmission sont au cœur de l&amp;#039;identité de ce programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;adresse de manière privilégiée à une ou deux classes de l&amp;#039;école ou de l&amp;#039;établissement d&amp;#039;accueil tout en rayonnant plus largement sur l&amp;#039;ensemble de l&amp;#039;établissement et du territoire (structures culturelles sociales, acteurs locaux), notamment lors des temps de restitution. Le projet mené peut s&amp;#039;ouvrir à d&amp;#039;autres dispositifs : école ouverte, plan mercredi, ...
+ &lt;br /&gt;
+ Une attention particulière sera portée aux projets se déroulant dans les territoires les plus éloignés de l&amp;#039;offre culturelle : les zones rurales, les Cirques, les Hauts de La Réunion et le réseau de l&amp;#039;éducation prioritaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de recherche et de création artistique sont de réels leviers pour atteindre l&amp;#039;objectif du 100 % EAC et contribuent à renforcer le lien école-collège- lycée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durant votre résidence de recherche et de création en territoire scolaire, merci de prévoir dans votre planning détaillé un créneau sur lequel vous inviterez le conseiller EAC (sur l&amp;#039;un des temps d&amp;#039;intervention et/ou la restitution).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  En amont de toute demande de subvention, merci de prendre contact avec les conseillers EAC de la DAC pour vous guider dans la construction de votre projet.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention ne peut excéder 80 % du budget total de l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est réalisée en versement unique, à l&amp;#039;issue de la Commission de sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers déposés seront examinés selon les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la qualité du projet de création et de recherche artistique et culturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  le lieu d&amp;#039;implantation de la résidence : une attention particulière sera portée aux projets qui se dérouleront dans les Cirques, les Hauts de La Réunion, les zones rurales et le réseau de l&amp;#039;éducation prioritaire au titre de la politique de la ville (REP, REP&amp;#43;)
+ &lt;/li&gt;
+ &lt;li&gt;
+  une présence minimale de 20 jours au sein de l&amp;#039;établissement scolaire concerné (en temps scolaire ou périscolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ouverture à d&amp;#039;autres établissements (projets inter-établissements et/ou inter-degré)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ouverture à l&amp;#039;environnement de l&amp;#039;établissement : familles, quartiers etc
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;ancrage sur le territoire réunionnais
+ &lt;/li&gt;
+ &lt;li&gt;
+  la faisabilité technique et financière du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture du dépôt des dossiers : 31 juillet 2023.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 08 octobre 2023, 23h59 (heure de Paris)
+  &lt;/strong&gt;
+  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annonce des résultats : à l&amp;#039;issue de la Commission de sélection, les usagers recevront un avis favorable ou défavorable à leur demande via la plateforme Démarches Simplifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  « Faire chemin » par GPSEO (Grand Paris Seine et Oise)– 91 – 11 000 € - Académie de Versailles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ « Faire chemin » est un projet pluridisciplinaire proposant une approche sensible du territoire par le biais de la marche, la photographie, le son et l&amp;#039;écriture.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet permet de créer des romans photos à partir de la matière accumulée, en s&amp;#039;appuyant sur les événements culturels, le maillage des acteurs en mettant en échos leurs ateliers à l&amp;#039;effervescence culturelle du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Partenariat avec : lycée professionnel et des métiers Adrienne Bolland(pilote)/ Collège Les Châtelaines de Triel-sur-Seine, Collège Flora Tristan de Carrières-sous-Poissy, Collège Jacques Cartier d&amp;#039;Issou, Collège Galilée de Limay, Collège René Cassin de Chanteloup-les-Vignes, Lyée Camille Claudel de Mantes-la-Ville, IME Les Papillons Blancs de Conflans-Sainte-Honorine, IME Beuil-Bois-Robert de Beuil-Bois-Robert.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  « Craft » par La compagnie Keatbeck – 75 – 10 000 € - Académie de Paris
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ C R A F T est une création contemporaine, un projet de vidéo-danse immersif et participatif, qui a pour objectif de créer des vidéos autour de créations chorégraphiques, à travers différents ateliers de pratiques artistiques (chorégraphie, danse, vidéo, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Les élèves vont à la découverte de métiers d&amp;#039;artisanat d&amp;#039;art rares dans des lycées professionnels et centres de formation, « collectent » les gestes inhérents à ces métiers, les traduisent en chorégraphies, et réalisent ensuite des vidéos à partir de ces chorégraphies.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce projet est mené en partenariat avec le centre Pompidou.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  « Nos lendemains qui chantent » par PIVO (Pôle itinérant en Val-d&amp;#039;Oise) - 95 - (résidence territoriale en ruralité) – 11 000 € - Académie de Versailles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Imaginons un groupe de jeunes livrés à eux-mêmes en l&amp;#039;absence de tout adulte. Quelle seraient leurs discussions sur l&amp;#039;état de notre monde, que voudraient-ils changer ? Comment voudraient ils imaginer leurs lendemains ? Seuls ou en groupe, ils pourraient rejouer les conflits, les luttes, les rêves, les fantasmes, qu&amp;#039;ils soient d&amp;#039;une beauté ou d&amp;#039;une cruauté extrême, s&amp;#039;interroger sur leurs désirs, leurs utopies, et dénoncer à travers leurs idéaux les antagonismes belliqueux qui déchirent nos sociétés contemporaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous souhaitons ainsi organiser un État Général des Utopies avec des élèves afin de les inviter à réfléchir à ce que serait leur société idéale, et ce faisant, interroger leur capacité à apporter une réponse aux errements de ses aînés. Nous nous demanderons notamment si les utopies portées par les nouvelles générations sont motivées par une construction ou une déconstruction de notre société... et quel projet d&amp;#039;utopies articulant écriture, théâtre, arts visuels, arts numériques, ils créeront lors de cette résidence.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Jeunesse
 Education et renforcement des compétences
-Formation professionnelle</t>
-[...2 lines deleted...]
-      <c r="O104" s="1" t="inlineStr">
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P104" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S104" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / Services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit être porté par un ou des artistes, professionnels œuvrant dans tous les champs artistiques et les esthétiques : musique, théâtre, danse, cirque, arts plastiques, marionnettes, art de rue, photographie, cinéma et audiovisuel, design, architecture, littérature, poésie, bande dessinée, arts numériques, mode, journalisme, etc.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La présence de l&amp;#039;artiste au sein de l&amp;#039;établissement scolaire doit être pensée sur le moyen et long terme. La résidence ne peut avoir une durée inférieure à trois mois, son cadre ordinaire est l&amp;#039;année scolaire (selon un calendrier établi avec les partenaires), afin de permettre une interaction la plus riche possible avec les élèves et l&amp;#039;équipe pédagogique. D&amp;#039;une manière plus générale, il est demandé de veiller à l&amp;#039;équilibre entre les phases d&amp;#039;observation, de médiation et de pratique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le lien entre la communauté éducative et l&amp;#039;artiste ou l&amp;#039;équipe artistique sera développé, en amont et en aval, ainsi que pendant le temps de la résidence, par le biais notamment des technologies de l&amp;#039;information et de la communication, dans le respect de la législation en vigueur en matière de droit à l&amp;#039;image et de propriété intellectuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;absence de processus de recherche et de création
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets de diffusion exclusive d&amp;#039;une création déjà existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  une résidence se déroulant sur une durée inférieure à trois mois
+ &lt;/li&gt;
+ &lt;li&gt;
+  un dossier administratif incomplet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/residence-territoriale-artistique-et-culturelle-en-milieu-scolaire</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur les résidences de recherche et de création en territoire , vous êtes invités à vous adresser à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Affaires Culturelles de La Réunion (DAC Réunion)
+&lt;/p&gt;
+&lt;p&gt;
+ Emails :
+ &lt;a href="mailto:nicolas.stojcic&amp;#64;culture.gouv.fr" target="_self"&gt;
+  nicolas.stojcic&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ ;
+ &lt;a href="mailto:marie-dominique.picard&amp;#64;culture.gouv.fr" target="_self"&gt;
+  marie-dominique.picard&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+ ;
+ &lt;a href="mailto:karine.saingainy&amp;#64;culture.gouv.fr" target="_self"&gt;
+  karine.saingainy&amp;#64;culture.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0692 45 99 47
+&lt;/p&gt;
+&lt;p&gt;
+ 23 Rue Labourdonnais 97400 Saint-Denis
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt des dossiers ouvrira le 31 juillet 2023.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/36db-residence-territoriale-artistique-et-culturel/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E105" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>95035</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la présence d’un artiste ou d’une équipe artistique dans un lieu de diffusion culturelle et sur un territoire</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux résidences mission de territoire Arts visuels</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H105" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
-[...13 lines deleted...]
-  accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers du soutien aux projets de création.
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrairement aux résidences de création portées habituellement par les structures culturelles, ces résidences artistiques et culturelles n&amp;#039;entraînent pas une obligation de production. Il s&amp;#039;agit d&amp;#039;une période où les artistes ont l&amp;#039;opportunité de développer une démarche de recherche ou d&amp;#039;expérimentation en lien avec le territoire où est installée la structure d&amp;#039;accueil. Les résidences se déroulent sur une période de 6 mois à 3 ans. Cette période de résidence doit permettre de mieux ancrer le travail artistique dans une réalité territoriale.
+Ce dispositif de soutien a pour objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;accompagner l&amp;#039;expérimentation et la recherche artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;améliorer le cadre d&amp;#039;activité des professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser l&amp;#039;échange entre la population et les artistes notamment par de nouvelles formes de rencontres.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...191 lines deleted...]
-          <t>&lt;p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Organisation d&amp;#039;une manifestation artistique et culturelle (festival, concert),
-[...8 lines deleted...]
-   Développement d&amp;#039;actions inclusives, artistiques et culturelles auprès des publics cibles.
+   Subvention plafonnée à 30 000 €
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
-Jeunesse</t>
-[...10 lines deleted...]
- Les dossiers seront examinés au regard des éléments suivants :
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent être présentés conjointement par un artiste ou un collectif d&amp;#039;artistes et une structure d&amp;#039;accueil. Les Structures concernées : associations culturelles, collectivités territoriales et structures culturelles de droit public ou privé à but non lucratif ayant leur siège en région Grand Est. L&amp;#039;idée de structure implique l&amp;#039;existence d&amp;#039;un lieu équipé ou ayant accès aux équipements nécessaires, capable de donner aux artistes résidents les conditions techniques et financières pour mener leur travail de recherche ou d&amp;#039;expérimentation, d&amp;#039;un responsable culturel qui « porte » le projet de résidence avec l(es)&amp;#039;artiste(s), d&amp;#039;une équipe qui accompagne le projet et s&amp;#039;implique dans la médiation entre artiste et public. Il s&amp;#039;agit donc de structures conventionnées ou non, participant à une dynamique territoriale, ayant vocation à accueillir des artistes et disposant d&amp;#039;une personne ressource référente. Artistes concernés : artistes professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets relèvent des arts visuels, et s&amp;#039;inscrivent dans une logique de transversalité avec le lieu de résidence, le territoire et ses acteurs. Sont éligibles à ce dispositif, les projets proposant à la fois un travail de création ou d&amp;#039;expérimentation et des actions culturelles sur les territoires concernés :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   la qualité pédagogique et éducative du projet,
+   Par expérimentation : on entend un projet centré sur la recherche artistique, sans obligation de production, construit par un binôme entre lieu d&amp;#039;accueil et équipe artistique-artiste-collectif d&amp;#039;artistes et associant le public et le territoire.
   &lt;/li&gt;
   &lt;li&gt;
-   le rayonnement territorial du projet,
-[...26 lines deleted...]
-   le dossier complet.
+   Par action sur le territoire : on entend les rencontres entre les artistes et la population du territoire où est implantée la structure d&amp;#039;accueil. Cela implique la diffusion du travail de recherche ou de création et plus largement d&amp;#039;autres moments partagés avec la population sous différentes formes. Il y a ici l&amp;#039;idée de sensibiliser le public à la création, de ne pas seulement lui proposer « verticalement » un produit fini, mais de lui faire partager sous diverses formes le cheminement des artistes et de favoriser les collaborations avec d&amp;#039;autres acteurs installés sur le territoire régional.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-residences-mission-de-territoire-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0118/depot/simple</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des demandes
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Candidatures à envoyer à :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a5-soutien-aux-residences-mission-de-territoire-/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>149334</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Encourager la pratique sportive et culturelle</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Pass'Sport culture</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Lérouville</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour encourager la pratique sportive et culturelle chez les jeunes hors temps scolaire, la commune de Lérouville a décidé de mettre en place un dispositif Pass&amp;#039;sport culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce à lui, les licenciés sportifs de moins de 18 ans pourront obtenir 15€ de réduction sur leur inscription dans un club sportif ou culturel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en bénéficier, il faut :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être licencié sportif dans un club ou adhérent dans une association culturelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être âgé de moins de 18 ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   résider dans la commune et être toujours résident au moment de la demande.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le club doit être affilié à une fédération sportive ou culturelle reconnue par les ministères en charge des sports et de la culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Un seul pass&amp;#039;sport culture sera accordé par saison et par jeune.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide accordée sans conditions de ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif ne concerne que les licences annuelles et ne peut donc pas ouvrir droit à une réduction dans le cas de licence découverte d&amp;#039;une durée inférieure à une saison sportive ou culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations sportives scolaires ne sont pas concernées par ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Lérouville</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lerouville.fr</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mairie de Lérouville
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03 29 91 06 22
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mairie.lerouville&amp;#64;wanadoo.fr" target="_self"&gt;
+  mairie.lerouville&amp;#64;wanadoo.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>mairie.lerouville@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6063-encourager-la-pratique-sportive-et-culturelle/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>111711</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les pratiques artistiques collectives en amateur</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création pour des concerts / spectacles en amateur</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un spectacle ou d&amp;#039;un concert revêtant un caractère d&amp;#039;ampleur départementale par des associations (troupes, chorales) encadrées par des professionnels du spectacle vivant rémunérés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets seront étudiés au cas par cas.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% des charges artistiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de la subvention : 2.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de la subvention : 500 euros
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet doit être à destination du public charentais
+ &lt;/li&gt;
+ &lt;li&gt;
+  la subvention doit être sollicitée &lt;strong&gt;en amont&lt;/strong&gt; de la première représentation du spectacle
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire intervenir un ou des professionnels du spectacle vivant lors du temps de création ou de présentation
+ &lt;/li&gt;
+ &lt;li&gt;
+  le(s) professionnel(s) doit(vent) être rémunéré(s) pour leur(s) prestation(s)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire l&amp;#039;objet d&amp;#039;au moins &lt;strong&gt;3 présentations publiques
+ &lt;/strong&gt;&lt;/li&gt;
+ &lt;li&gt;
+  les compagnies professionnelles ne peuvent porter elles-mêmes un projet amateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets en temps scolaires et hors temps scolaires, portés par les collèges ou des associations annexes ne seront pas éligibles sur ce dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus les projets basés sur un événementiel, sur une seule représentation, les stages sans présentation publique soumise à billetterie, les stages qui se déroulent dans des lieux privés (écoles de danse, réservés à des adhérents), les spectacles arts de la rue, les carnavals, les cavalcades, les kermesses, les projets développés en temps scolaire, les cours de théâtre sans objectif de scène
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : ce dispositif ne permet en aucun cas aux troupes en amateur ou chorales de bénéficier de l&amp;#039;aide à la diffusion du spectacle vivant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis signés mentionnant la rémunération et les charges sociales
+ &lt;/li&gt;
+ &lt;li&gt;
+  le curriculum vitae des artistes professionnels associés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  calendrier des représentations (3 au minimum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à la notification de décision ou de la convention, sous réserve de la complétude du dossier
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6121_Aide_a_la_creation_Amateur.pdf</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée 3 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6586-soutenir-les-pratiques-artistiques-collective/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>153930</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures de développement et de diffusion culturelle et les équipes artistiques</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Structures et actions d&amp;rsquo;intérêt départemental ou supra-départemental dans le domaine culturel</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de soutenir les structures de développement et de diffusion culturelle et les équipes artistiques (tous secteurs confondus : arts plastiques, audiovisuel, livre et lecture, musiques, patrimoine, spectacle vivant).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt de la demande d&amp;#039;aide :
+La demande pour l&amp;#039;année N doit être déposée sur la plateforme à la mi-octobre de l&amp;#039;année N-1.
+Exemple : le Département n&amp;#039;instruit plus de demandes de subventions pour l&amp;#039;année 2024 ; pour les demandes de 2025, elles peuvent être déposées jusqu&amp;#039;au dimanche 15 octobre 2024.;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Adéquation du projet avec les objectifs départementaux &amp;#34;partagés&amp;#34; avec les opérateurs locaux :
+&lt;/p&gt;
+&lt;p&gt;
+ - caractère professionnel de l&amp;#039;organisation,
+&lt;/p&gt;
+&lt;p&gt;
+ - respect de la réglementation,
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser des partenaires et travail en réseau,
+&lt;/p&gt;
+&lt;p&gt;
+ - rayonnement de l&amp;#039;action et cohérence action/territoire (action en territoire rural déficitaire, action structurante en
+&lt;/p&gt;
+&lt;p&gt;
+ - territoire urbain, absence de concurrence/thématique),
+&lt;/p&gt;
+&lt;p&gt;
+ - impact du projet en termes de dynamique et d&amp;#039;attractivité du territoire,
+&lt;/p&gt;
+&lt;p&gt;
+ - reconnaissance ou label culturel,
+&lt;/p&gt;
+&lt;p&gt;
+ - inscription dans une démarche de développement durable (éco-festival),
+&lt;/p&gt;
+&lt;p&gt;
+ - ouverture au plus grand nombre.,
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Qualité du projet ou de l&amp;#039;action :
+&lt;/p&gt;
+&lt;p&gt;
+ - risque artistique avéré,
+&lt;/p&gt;
+&lt;p&gt;
+ - développement d&amp;#039;actions périphériques,
+&lt;/p&gt;
+&lt;p&gt;
+ - maturité de l&amp;#039;action et identité culturelle.,
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Mobilisation des financements :
+&lt;/p&gt;
+&lt;p&gt;
+ - implication des collectivités locales,
+&lt;/p&gt;
+&lt;p&gt;
+ - participation d&amp;#039;autres partenaires publics et privés,
+&lt;/p&gt;
+&lt;p&gt;
+ - autofinancement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
-[...53 lines deleted...]
- &lt;/em&gt;
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/structures-et-actions-dinteret-departemental-ou-supra-departemental-dans-le-domaine-culturel/</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.99.42
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
-[...110 lines deleted...]
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e855-structures-et-actions-drsquointeret-departeme/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>