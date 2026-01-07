--- v0 (2025-10-18)
+++ v1 (2026-01-07)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA39"/>
+  <dimension ref="A1:AA24"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -386,6094 +386,1958 @@
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-mobilites-responsables-accessibles-a-tou-te-s-et-structurees-autour-de-poles-de-proximite/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>391</v>
+        <v>94746</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Contribuer au développement des projets des territoires lotois</t>
+          <t>Financer les équipements de lutte contre le gaspillage</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental du Lot</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
-        <is>
-[...1060 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
         <is>
           <t> Max : 55</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide - « Équipements de lutte contre le gaspillage », mis en place par l&amp;#039;ADEME
  &lt;/strong&gt;
  &lt;br /&gt;
  Objectif :
  &lt;br /&gt;
  Vous disposez d&amp;#039;un diagnostic ou d&amp;#039;une étude pour un projet de lutte contre le gaspillage sur votre territoire, et vous souhaitez investir pour le mettre en œuvre ? L&amp;#039;ADEME peut vous apporter une aide.
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires : acteurs publics ou privés pour des équipements réduisant le gaspillage sur plusieurs étapes de la chaine.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement : taux d&amp;#039;aide maximum : 55 % des dépenses éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez prétendre à une aide pour les investissements faisant suite à une augmentation ou à une redistribution des flux, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires.
 &lt;/p&gt;
 &lt;p&gt;
  Par exemple les équipements suivants peuvent êtres soutenus :&lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les équipements suivants peuvent êtres soutenus :
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    équipements de pesées,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    camions frigorifiques,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    acquisitions d&amp;#039;entrepôt,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    plateformes de collecte,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    cantines solidaires,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    ateliers de transformation de type conserverie,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    équipements permettant le partage de denrées alimentaires entre particuliers...
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   Pour le non alimentaire, les investissements devront servir à limiter et valoriser les invendus.
  &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Critères d&amp;#039;éligibilité :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Pour prétendre à une aide à l&amp;#039;investissement, le porteur de projets doit présenter :
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Le rapport d&amp;#039;étude de faisabilité lorsqu&amp;#039;il s&amp;#039;agit d&amp;#039;une création d&amp;#039;installation ou d&amp;#039;équipement dans les conserveries, les légumeries collectives et les ateliers de transformation et toute étude de marché qui aurait été réalisée,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les justificatifs ou les demandes en cours concernant le respect des règles sanitaires et d&amp;#039;hygiène applicables à l&amp;#039;activité exercée.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/subvention-equipements-lutte-contre-gaspillage</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus sur ce dispositif, contactez l&amp;#039;ADEME via leur
  &lt;a rel="noopener" target="_blank"&gt;
   &lt;/a&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
    formulaire en ligne
   &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3546-aider-aux-equipements-de-lutte-contre-le-gasp/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>162648</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Innover en soutenant une production et une consommation locale</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 6 - Innover en soutenant une production et une consommation locales</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 50 000 €</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un atout majeur du Pays de l’Isle en Périgord réside dans une qualité de vie, portée par une alimentation saine et de proximité. Étant donné sa place dans l’économie locale, l’agriculture est un enjeu structurant et transversal pour la vitalité du Pays. Les agriculteurs représentent le&lt;br /&gt;premier maillon d’une chaine reliant zones rurales et zones urbaines, de la production locale à la consommation locale.&lt;/p&gt;&lt;p&gt;Confrontée à de nombreuses difficultés, il s’agit de conforter « l’offre », au travers du tissu agricole notamment, dans son orientation vers la qualité et la proximité, tout en sensibilisant et en coordonnant « la demande », celle des habitants, des élèves, des travailleurs et des touristes, …&lt;/p&gt;&lt;p&gt;Pour ce faire, le territoire adopte une stratégie transversale qui prend en compte tous les enjeux, travaillés au sein du PAT Isle en Périgord (Projet Alimentaire Territorial) : foncier et production, logistique, consommation, sensibilisation, animation et coordination. Il s’agit ici de conforter les producteurs et porteurs de projets locaux dans leurs pratiques, d’encourager l’expérimentation pour consolider les « circuits de proximité », en appuyant sur la qualité des produits et des savoir-faire.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Sensibiliser le grand public au bien et mieux manger&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées&lt;br /&gt;• Ateliers&lt;br /&gt;• Manifestations&lt;br /&gt;• Sensibilisation&lt;br /&gt;• Aménagement de restaurants scolaires (mobilier et cuisine) …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer de nouveaux points de vente de produits locaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Marchés et/ou halles&lt;br /&gt;• Plateformes de distribution&lt;br /&gt;• Points de stockage et de vente&lt;br /&gt;• Projets numériques innovants&lt;br /&gt;• Offre nouvelle de restauration à base de produits locaux&lt;br /&gt;• Épiceries solidaires …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Initier des projets qui valorisent des produits locaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Valorisation des savoir-faire paysans, l’échange et le partage&lt;br /&gt;• Ateliers de sensibilisation&lt;br /&gt;• Découverte de produits&lt;br /&gt;• Formations&lt;br /&gt;• Projets numériques innovants …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutenir la filière agricole par des actions innovantes renforcées par une dynamique collective&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Appui à l’innovation, à la coordination d’actions collectives (mise en réseau)&lt;br /&gt;• Utilisation de cuisines collectives (multi-usage) pour transformation de produits&lt;br /&gt;• Conserverie&lt;br /&gt;• Mise en place d’espaces nourriciers&lt;br /&gt;• Jardins partagés / collectifs&lt;br /&gt;• Forêts comestibles citoyennes&lt;br /&gt;• Espaces-tests&lt;br /&gt;• Espaces de formation&lt;br /&gt;• Animation du PAT …&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants&lt;br /&gt;- Les SCI et les particuliers (personnes physiques sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;- Le soutien aux investissements dans la transformation / commercialisation de produits agricoles - projets &amp;gt; 300 000 €&lt;br /&gt;(les projets des collectivités locales, leurs groupements et autres organismes soumis à la commande publique ne sont pas soumis au plafond de 300 000 €.)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA6-Prod-et-Conso-locales.pdf</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-soutenant-une-production-et-une-consommation-locales/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>161764</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner l'achat d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Installation d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées&lt;/li&gt;&lt;li&gt;camions frigorifiques&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt&lt;/li&gt;&lt;li&gt;plateformes de collecte&lt;/li&gt;&lt;li&gt;cantines solidaires&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à un taux allant jusqu’à 55 % de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-dequipements-lutte-contre-gaspillage</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
-          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3546-aider-aux-equipements-de-lutte-contre-le-gasp/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>98630</v>
+        <v>138013</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+          <t>Participer à l'achat d'équipement dans les collèges</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Participation à l'achat d'équipement de cuisine ou petits matériels des collèges</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Cher Ingénierie des Territoires (CIT)</t>
+          <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Commune
-Intercommunalité / Pays</t>
+          <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-[...1 lines deleted...]
-Ingénierie Juridique / administrative</t>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>5000 €/an plafonné à 10 000 € jusqu’à 15000 € / 3 ans plafonné à 30 000 €</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
-[...14 lines deleted...]
-&lt;/ul&gt;</t>
+ Participation à l&amp;#039;achat d&amp;#039;équipement de cuisine ou petits matériels dans les collèges.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collèges publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ dossier de demande  avec 3 devis
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Sur demande
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N6" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-[...8 lines deleted...]
-Logement et habitat</t>
+          <t>Education et renforcement des compétences</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur dépôt de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="S6" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U6" s="1" t="inlineStr">
         <is>
-          <t>Cher</t>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
       <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Caroline Edilber, Directrice CIT :
-[...11 lines deleted...]
-&lt;/ul&gt;</t>
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Collèges
+&lt;/p&gt;
+&lt;p&gt;
+ Françoise Chabalier
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:françoise.chabalier&amp;#64;hauteloire.fr" target="_self"&gt;
+  françoise.chabalier&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.65
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
-          <t>caroline.edilber@departement18.fr</t>
+          <t>sea@hauteloire.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c8cc-participer-a-lachat-dequipement-de-colleges/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:27" customHeight="0">
       <c r="A7" s="1">
-        <v>101248</v>
+        <v>115177</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+          <t>Renouveler du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+          <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
-        <is>
-[...210 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimal des dépenses : 4.500€ HT</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pris en compte ni le matériel et le mobilier des salles de restauration ni le petit matériel électroménager de cuisine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit comporter la délibération du Conseil municipal (ou du Comité syndical) qui :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Communes de moins de 9 000 habitants
-[...248 lines deleted...]
-      <c r="S8" s="1" t="inlineStr">
+  adopte le projet et son financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicite le concours financier du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
-[...148 lines deleted...]
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X9" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/31/18-renouvellement-du-gros-materiel-de-cuisine-des-cantines-scolaires-de-regroupement-pedagogique.htm</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   sdtva&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a46e-renouveler-du-gros-materiel-de-cuisine-des-ca/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E10" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>115178</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir le premier équipement en matériel et mobilier des cantines scolaires</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Premier équipement en matériel et mobilier des cantines scolaires</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...61 lines deleted...]
- Au moment du versement du solde de la subvention, il sera tenu compte du montant cumulé de l&amp;#039;ensemble des aides financières perçues. En cas de dépassement du plafond fixé réglementairement, la subvention départementale sera écrêtée en conséquence.
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Premier équipement en matériel et mobilier des cantines scolaires de regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ 50% des dépenses en acquisiton de matériel.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses subventionnables de 3.000€ à 30.000€.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="O10" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="S10" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit comporter la délibération du Conseil municipal (ou du Comité syndical) qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  adopte le projet et son financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicite le concours financier du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X10" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/30/18-premier-equipement-en-materiel-et-mobilier-des-cantines-scolaires.htm</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   sdtva&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/73e0-acquerir-le-premier-equipement-en-materiel-et/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E11" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>115159</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Renouveler le matériel et le mobilier pour les cantines scolaires</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Renouvellement du matériel et du mobilier pour les cantines scolaires</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aube</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
-[...71 lines deleted...]
- Au moment du versement du solde de la subvention, il sera tenu compte du montant cumulé de l&amp;#039;ensemble des aides financières perçues. En cas de dépassement du plafond fixé réglementairement, la subvention départementale sera écrêtée en conséquence.
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renouvellement du matériel et du mobilier des cantines scolaires et regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ 12,80€ par ayant droit (valeur 2015).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="O11" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
-[...32 lines deleted...]
- &lt;br /&gt;
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ayants droit sont les élèves fréquentant une école maternelle, primaire ou une classe spécialisée située hors de leur commune, dépourvue d&amp;#039;école ou dont l&amp;#039;école fait partie d&amp;#039;un regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas considérés comme ayant droit les élèves habitant la commune siège de la cantine ou ses hameaux distants de moins de trois kilomètres, même dans le cas d&amp;#039;un regroupement pédagogique, et les élèves accueillis dans une école ne dépendant pas de leur secteur scolaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X11" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/32/18-renouvellement-du-materiel-et-du-mobilier-des-cantines-scolaires.htm</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   sdtva&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed78-renouveler-le-materiel-et-le-mobilier-pour-le/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>63646</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à la création, au développement, à la consolidation et à la professionalisation d'un garage solidaire -SOLIDARAUTO</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Solidarauto</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité au quotidien des personnes en situation de précarité et de recherche d&amp;#039;emploi est un enjeu majeur, surtout dans les zones péri-urbaines et rurales qui manquent, dans la quasi-totalité des situations, de transports en commun. D&amp;#039;après le Laboratoire de la Mobilité Inclusive, 7 millions de personnes rencontrent des difficultés de mobilité pour leurs déplacements quotidiens et 1 personne sur 2 a déjà refusé un emploi à cause de difficultés de mobilité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  86% des français estiment que les problèmes de mobilité quotidienne sont un frein à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  23% des français ont déjà renoncé à un job du fait des difficultés de mobilité pour s&amp;#039;y rendre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% des français estiment ne pas disposer d&amp;#039;un accès facile et rapide au réseau de transport local.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La problématique de la mobilité touche tous les territoires, et impacte les plus précaires tant sur leur insertion professionnelle et leur maintien dans l&amp;#039;emploi que sur leur mobilité sociale et personnelle.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Les garages Solidarauto ont fait le choix d&amp;#039;accueillir directement les bénéficiaires sous présentation d&amp;#039;un quotient familial et de s&amp;#039;entourer d&amp;#039;un réseau de &amp;#34;prescripteurs&amp;#34; qui redirigent les personnes vers le garage.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mission, valeurs, principes
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures SOLIDARAUTO ont pour mission principale d&amp;#039;aider à la mobilité des personnes rencontrant des difficultés sociales ou économiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Nos structures ont vocation à fonctionner dans un cadre partenarial. Elles prennent place dans leur environnement social et économique, dans une logique d&amp;#039;accompagnement global des personnes en difficulté. Elles s&amp;#039;inscrivent dans l&amp;#039;économie sociale et solidaire, sous une forme associative ou coopérative.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout en étant ouverts à tous, les garages solidaires pratiquent des tarifs en fonction des revenus des personnes, en utilisant comme base pour les définir une référence transparente et connue du grand public (quotient familial par exemple).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Notre activité de référence
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une structure Solidarauto gère en pratique un garage automobile solidaire, et est centré autour d&amp;#039;un modèle couvrant obligatoirement les activités suivantes, bases du modèle économique:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accueil, conseil, accompagnement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  réception des dons de véhicules
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  vente de véhicules d&amp;#039;occasion à un public à faibles ressources
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  entretien et réparation de véhicules
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une structure Solidarauto peut développer d&amp;#039;autres activités favorisant la mobilité de publics en recherche d&amp;#039;autonomie, soit seul, soit en partenariat, comme par exemple :
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions apprenantes, éducation, sensibilisation, initiation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Location
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Covoiturage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conduite accompagnée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garage connexe, en relais livraison-réparation ou pour des auto-réparations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plateforme de mobilité, activité d&amp;#039;aide à la mobilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Casse, démantèlement, dépollution
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Self-garage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Auto-école sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Retrouvez plus d&amp;#039;informations sur notre site: www.solidarauto.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie sociale et solidaire
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;engagement premier d&amp;#039;une structure Solidarauto est de favoriser la mobilité de personnes en situation de précarité afin de favoriser leur insertion personnelle et professionnelle.
+ &lt;/strong&gt;
+ Les garages Solidarauto sont tous des associations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://solidarauto.org/en-bref/</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://solidarauto.org/rejoindre-notre-reseau/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Jean Giraudeau - Chargé de développement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ reseau.solidarauto&amp;#64;gmail.com
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>reseau.solidarauto@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c300-accompagner-a-la-creation-au-developpement-a-/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>144496</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la construction, la restructuration ou la réhabilitation des bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Réglement d'aide à la construction, la restructuration ou la réhabilitation des bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 18</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Application du CSD</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux de construction, restructuration tendant à une adaptation aux normes pédagogiques ou de simple réhabilitation des bâtiments scolaires du premier degré (salles de classe, restaurant scolaire...) à l&amp;#039;exclusion :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des simples travaux d&amp;#039;entretien courants
+ &lt;/li&gt;
+ &lt;li&gt;
+  des bâtiments dédiés à un usage périscolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des salles polyvalentes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant des travaux :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Minimum : 40 000 € H.T.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maximum : 750 000 € H.T.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=128</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
+  education&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
-          <t>laetitia.hunin@aube.fr</t>
+          <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/7b47-rehabiliter-ou-etendre-des-equipements-sporti/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93c9-aider-a-la-construction-la-restructuration-ou/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:27" customHeight="0">
       <c r="A12" s="1">
-        <v>115177</v>
+        <v>146348</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Renouveler du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
-[...4 lines deleted...]
-          <t>Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+          <t>Aider à la création, au développement et à la professionnalisation d'un garage solidaire ou d'un service de location sociale</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Aube</t>
+          <t>Réseau Agil'ess</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>Montant minimal des dépenses : 4.500€ HT</t>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique.
-[...2 lines deleted...]
- Ne sont pris en compte ni le matériel et le mobilier des salles de restauration ni le petit matériel électroménager de cuisine.
+ &lt;strong&gt;
+  Le Réseau Agil&amp;#039;ess, le réseau national des garages et loueurs solidaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Notre association a pour but de rassembler et d&amp;#039;œuvrer pour le développement et la professionnalisation des garages et loueurs solidaires qui interviennent en faveur de la mobilité pour tous. En 2023, il regroupe 50 structures sur l&amp;#039;ensemble du territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les garages et loueurs sociaux et solidaires sont des structures de l&amp;#039;Économie Sociale et Solidaire proposant des solutions et des accompagnements adaptés à des personnes situation de précarité et/ou en insertion professionnelle : réparation, entretien, location de véhicules à bas tarif (voiture, vélo, etc.), mais aussi micro-transport social, atelier de formation à la mécanique... Une majorité d&amp;#039;entre elles sont des Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE), recrutant des personnes éloignées de l&amp;#039;emploi. Depuis plusieurs années, les garages et loueurs solidaires développent des solutions ayant un faible impact sur l&amp;#039;environnement (location de vélo, de véhicule électrique, covoiturage, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Notre accompagnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous avons développé une expertise importante sur la création d&amp;#039;activité de mobilité solidaire. Nous proposons différentes formes d&amp;#039;accompagnements, adaptés chaque situation : étude de faisabilité du projet, modélisation économique et mise en place du projet. Ainsi, notre accompagnement peut vous permettre d&amp;#039;accéder à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une étude de marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une cartographie des acteurs sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;tat des lieux de l&amp;#039;activité sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La compréhension les besoins et la actions pour structurer votre projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide pour mettre en place d&amp;#039;un modèle économique pérenne (création de budget prévisionnel, notes explicatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La préparation d&amp;#039;une gouvernance et d&amp;#039;un modèle de gestion d&amp;#039;un garage solidaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un focus sur les partenariats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide au fonctionnement et gestion quotidienne du garage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De plus, notre connaissance du secteur nous permet de réaliser des études prospectives comme la création d&amp;#039;un centre VHU solidaire ou l&amp;#039;inclusion de véhicule sans permis dans l&amp;#039;activité des garages et loueurs solidaires.
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Depuis 2017 nous avons effectué plus de 120 journées d&amp;#039;accompagnement auprès de 14 porteurs de projets.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemple 1 : Accompagnement à la création d&amp;#039;un garage solidaire : CIEL 64
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CIEL est une structure d&amp;#039;insertion qui souhaitait la création d&amp;#039;un garage solidaire afin d&amp;#039;offrir des solutions de mobilité à ses salariés en insertion et aux bénéficiaires en situation de précarité sur le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement proposé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la modélisation du projet de garage solidaire de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former les salariés aux spécificités d&amp;#039;une activité de réparation sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer un atelier mécanique, de l&amp;#039;organisation de l&amp;#039;atelier à la gestion des stocks et procédures d&amp;#039;hygiène et sécurité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Résultat ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemple 2 : Accompagnement à la création d&amp;#039;un garage solidaire : LIM
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solutions Mobilité est une plateforme de mobilité accompagnant les personnes en situation de précarité dans leur prise en main de leur mobilité. Dans ce cadre, elle souhaitait être accompagner à la création de garage solidaire au sein deux SIAE sur les activités de réparation location et vente de véhicules.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement proposé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la modélisation du projet de garage solidaire de l&amp;#039;association : location, réparation et vente de véhicule à destination de publics en insertion sociale et professionnelle et bénéficiaire des minimas sociaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former les salariés aux spécificités d&amp;#039;une activité de réparation sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer un atelier mécanique, de l&amp;#039;organisation de l&amp;#039;atelier à la gestion des stocks et procédures d&amp;#039;hygiène et sécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Piloter développer une action de location avec les partenaires financiers et technique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Résultat ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemple 3 : étude prospective pour la création d&amp;#039;un centre VHU solidaire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Fort d&amp;#039;un partenariat avec une casse automobile à Saint-Jean-d&amp;#039;Angély, Solid&amp;#039;Auto, garage solidaire, souhaite développer une activité pour la gestion et la revalorisation des déchets des VHU (véhicules hors d&amp;#039;usage) qui affluent chez son partenaire. Solid&amp;#039;Auto souhaite que sa nouvelle structure intervienne, par le biais de l&amp;#039;insertion, sur la revalorisation du plastique, du cuivre, de l&amp;#039;acier et de l&amp;#039;aluminium.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement proposé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaître parfaitement les besoins et l&amp;#039;existant en termes de revalorisation des déchets VHU auprès des casses et autres acteurs de l&amp;#039;automobile du département de Charente-Maritime.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appréhender toute la dimension juridique et la règlementation autour des centres de revalorisation des déchets.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établir un budget prévisionnel (financier, RH...) pour la création de la structure.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer l&amp;#039;ensemble partenarial (financier, prescripteurs, fournisseurs...) autour du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la mise en œuvre opérationnelle du projet de centre de gestion et de revalorisation des déchets VHU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Résultat ?&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Notre organisme de formation est référencés par le Datadock et l&amp;#039;OPCA Uniformation. Nous sommes également référencés en tant que prestataire pour le Dispositif Local d&amp;#039;Accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Réseau Agil&amp;#039;ess est également intervenu comme prestataire auprès de réseaux nationaux des structures d&amp;#039;insertion comme Chantier Ecole, la Fédération des Entreprises d&amp;#039;Insertion, etc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="N12" s="1" t="inlineStr">
         <is>
-          <t>Famille et enfance
-[...2 lines deleted...]
-Equipement public</t>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le dossier de demande de subvention doit comporter la délibération du Conseil municipal (ou du Comité syndical) qui :
-[...8 lines deleted...]
-&lt;/ul&gt;</t>
+ Notre accompagnement est accessible aux porteurs de projets ou aux structures existantes, qu&amp;#039;ils soient associatif, structure de l&amp;#039;économie sociale, et solidaire, entreprise d&amp;#039;insertion ou collectivité territoriale.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T12" s="1" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U12" s="1" t="inlineStr">
         <is>
-          <t>Aube</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V12" s="1" t="inlineStr">
         <is>
-          <t>https://www.aube.fr/Aide/31/18-renouvellement-du-gros-materiel-de-cuisine-des-cantines-scolaires-de-regroupement-pedagogique.htm</t>
+          <t>https://www.agiless.fr/</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agiless.fr/contact/</t>
         </is>
       </c>
       <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Mail :
-[...2 lines deleted...]
- &lt;/a&gt;
+ Nathan Crouzevialle - Chargé d&amp;#039;études et d&amp;#039;accompagnements via les adresses suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ nathan.crouzevialle&amp;#64;agiless.fr ou contact&amp;#64;agiless.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y12" s="1" t="inlineStr">
         <is>
-          <t>laetitia.hunin@aube.fr</t>
+          <t>contact@agiless.fr</t>
         </is>
       </c>
       <c r="Z12" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/a46e-renouveler-du-gros-materiel-de-cuisine-des-ca/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09b7-aide-a-la-creation-au-developpement-et-a-la-p/</t>
         </is>
       </c>
       <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:27" customHeight="0">
       <c r="A13" s="1">
-        <v>115178</v>
+        <v>127467</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Acquérir le premier équipement en matériel et mobilier des cantines scolaires</t>
+          <t>Soutenir des projets communautaires ou supra-communaux</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Premier équipement en matériel et mobilier des cantines scolaires</t>
+          <t>ACTIV' VOLET 2 - PROJETS DE TERRITOIRE</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Aube</t>
+          <t>Conseil départemental de la Vienne</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t> Max : 50</t>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 50 % du montant HT sur des projets lié aux priorités départementales</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
-        <is>
-[...1196 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Volet 2 du programme ACTIV&amp;#039; du Département de la Vienne &amp;#34;Projet de Territoire&amp;#34; est l&amp;#039;aboutissement d&amp;#039;une concertation entre le Département, les Établissements Publics de Coopération Intercommunaux et leurs Communes permettant d&amp;#039;identifier les principaux enjeux, les priorités d&amp;#039;intervention et les opérations pouvant être soutenues via une enveloppe financière pluriannuelle par territoire définie par le Département pour la période 2022-2026.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accord entre le Département et chaque territoire a également pour vocation à mettre en exergue l&amp;#039;ensemble des politiques publiques départementales et leurs déclinaisons territoriales.
 &lt;/p&gt;
 A noter que :
 &lt;ul&gt;
  &lt;li&gt;
   Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire devra être dédiée à des actions répondant aux priorités départementales.
  &lt;/li&gt;
  &lt;li&gt;
   Lorsqu&amp;#039;il est porté par une commune, le projet devra présenter un intérêt supra-communal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M17" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ÉTUDES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études    préalables    lorsqu&amp;#039;elles    conditionnent    directement l&amp;#039;établissement du projet et débouchent effectivement sur des travaux,
  &lt;/li&gt;
  &lt;li&gt;
   Honoraires d&amp;#039;ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉTUDE D&amp;#039;IMPACT
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Étude préalable relative aux coûts de fonctionnement induits sur les cinq premières années, obligatoire pour tous les projets dont le coût est supérieur à 1 000 000 € HT.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   TRAVAUX
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux inscrits dans la section d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ACQUISITION
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisitions foncières nécessaires à la réalisation des travaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P17" s="1" t="inlineStr">
+      <c r="P13" s="1" t="inlineStr">
         <is>
           <t>01/01/2022</t>
         </is>
       </c>
-      <c r="Q17" s="1" t="inlineStr">
+      <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligible, le demande de subvention doit suivre le processus suivant :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Vote par le Département d&amp;#039;une enveloppe pluriannuelle pour chaque territoire sur une période prédefinie.
  &lt;/li&gt;
  &lt;li&gt;
   Une conférence de territoire réunissant le Président du Conseil Départemental, les Conseillers Départementaux du canton, le Président de l&amp;#039;EPCI et les Maires des Communes membres de l&amp;#039;EPCI ayant pour objectif d&amp;#039;identifier les opérations pouvant être financées . Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire doit être dédiée à des actions répondant aux priorités départementales.
  &lt;/li&gt;
  &lt;li&gt;
   Courrier de notification du Département aux maîtres d&amp;#039;ouvrage pour préciser les opérations soutenues au titre du Volet 2.
  &lt;/li&gt;
  &lt;li&gt;
   Individualisation en Commission Permanente des subventions pour les opérations retenues.
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Vienne</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.lavienne86.fr/les-aides/dispositif-activ</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
+      <c r="W13" s="1" t="inlineStr">
         <is>
           <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact soit :
 &lt;/p&gt;
 &lt;p&gt;
  - Par mail :
  &lt;a href="mailto:datc&amp;#64;departement86.fr" target="_self"&gt;
   datc&amp;#64;departement86.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Par téléphone, aux numéros suivants :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Au 05 49 62 91 99  pour les Communautés de Communes du Pays Loudunais, du Haut Poitou et du Civraisien en Poitou,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Au 05 49 62 91 22  pour les Communautés de Communes du Grand Châtellerault, de Vienne et Gartempe et des Vallées du Clain,
  &lt;/li&gt;
  &lt;li&gt;
   Au 05 49 62 91 45  pour les Communautés de Communes du Grand Poitiers.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>datc@departement86.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa04-subventionner-des-projets-dinvestissement-dan/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>152452</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement de locaux scolaires et périscolaires</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SCOLAIRES ET ANNEXES PÉDAGOGIQUES</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
-[...982 lines deleted...]
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
-[...977 lines deleted...]
-      <c r="I28" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J28" s="1" t="inlineStr">
+      <c r="J14" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de locaux scolaires maternelles et du 1er degré, de cantines et d&amp;#039;annexes pédagogiques (bibliothèque scolaire, ateliers, salles de repos, salle de jeux, salle informatique, garderie périscolaire, locaux techniques et administratifs).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Construction d&amp;#039;une école élémentaire à deux classes et création d&amp;#039;une rampe pour l&amp;#039;accessibilité aux personnes à mobilité réduite pour la mairie et l&amp;#039;école à &amp;#34;Ville d&amp;#039;Espoir&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation de la toiture de l&amp;#039;école primaire de &amp;#34;Sainte-Marie&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une restauration scolaire intercommunale, rue du Tacot - Phase 1, à &amp;#34;Cité Scolaire&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un accueil périscolaire intercommunal, rue du Tacot - Phase 2, à &amp;#34;Village Harmonie&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de la charpente de l&amp;#039;école primaire de &amp;#34;Champ Fleuri&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière alimentant le groupe scolaire &amp;#34;Liberté&amp;#34; et la salle &amp;#34;Victor Hugo&amp;#34;, rue du Général de Gaulle, à &amp;#34;Ville Prospère&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement du matériel informatique de l&amp;#039;école élémentaire à &amp;#34;Nouvelle Génération&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité du bâtiment de l&amp;#039;école primaire &amp;#34;Cours de Lumière&amp;#34; - intérieur/extérieur, à &amp;#34;Ville Lumineuse&amp;#34;
@@ -6495,65 +2359,65 @@
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière à gaz par une pompe à chaleur à l&amp;#039;école de &amp;#34;L&amp;#039;Écoquartier&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réaménagement de l&amp;#039;aire de jeux - cour du périscolaire &amp;#34;Enfance Heureuse&amp;#34; à &amp;#34;Ville Joyeuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un accueil de loisirs sans hébergement avec une cantine à &amp;#34;L&amp;#039;Aurore&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement des fenêtres et de deux portes d&amp;#039;entrée à l&amp;#039;école maternelle de &amp;#34;Ville Rayonnante&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Installation du chauffage et de l&amp;#039;éclairage du patio au périscolaire de &amp;#34;Bacouel&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un four pour la cantine scolaire de &amp;#34;Belle Saveur&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;une salle pour la restauration scolaire et socio-culturelle à &amp;#34;Nouvel Horizon&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -6709,463 +2573,403 @@
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  * l&amp;#039;acquisition de mobilier et d&amp;#039;équipement seule est éligible pour les syndicats scolaires qui n&amp;#039;ont pas la compétence travaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de petits matériels (tables, chaises, ...),
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de matériel de restauration scolaire de moins de 10 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W28" s="1" t="inlineStr">
+      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/02d7-equiper-les-policiers-municipaux/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E29" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>130993</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour son projet de Bois-Énergie</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre collectivité a un projet bois énergie, le SIEL-TE peut vous accompagner dans sa réalisation ou, par transfert de compétences, assurer la maîtrise d&amp;#039;ouvrage. Dans ce cas-là, une commune ou un groupement de communes n&amp;#039;a pas à porter l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4 SOLUTIONS POUR MONTER UN PROJET BOIS-ÉNERGIE AVEC LE SIEL-TE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OUVRAGE DÉLÉGUÉE - TRANSFERT DE COMPÉTENCE «PRODUCTION ET DISTRIBUTION DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par transfert de compétences de la collectivité, le SIEL-TE est chargé des études et de la réalisation des travaux du projet. Il perçoit, en lieu et place de la collectivité, les subventions éventuellement attribuées par les différents financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages ainsi réalisés restent la propriété du SIEL-TE pendant 20 ans, qui en assure l&amp;#039;entretien et les loue à la collectivité. Une contribution est appelée pendant 20 ans sous forme de loyer et comprend une participation de la collectivité permettant d&amp;#039;atteindre 100% du montant HT des études et travaux, les frais liés à l&amp;#039;entretien spécialisé et une provision pour le remplacement du matériel en cas de casse.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité continue de s&amp;#039;impliquer dans le projet puisque l&amp;#039;achat des différents combustibles et fuides (bois, appoint, électricité, eau, téléphone) reste à sa charge. La collectivité facture la chaleur à ses abonnés, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; contribution «loyer» selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VENTE DE CHALEUR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du transfert de compétence «Production et distribution de chaleur», le SIEL-TE peut, dans certains cas, proposer la vente de chaleur et ainsi gérer de A à Z le fonctionnement de la chaufferie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, l&amp;#039;achat des différents combustibles et fluides (bois, appoint, électricité, eau, téléphone), ainsi que les charges de fonctionnement (maintenance, exploitation et renouvellement du matériel) sont à la charge du SIEL-TE qui vend la chaleur à la collectivité pendant une durée de 20 ans, en lieu et place de la contribution annuelle sous forme de loyer.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; prix chaleur selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OEUVRE DÉLÉGUÉE - OPTION «ÉNERGIES RENOUVELABLES ET RÉSEAU DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, l&amp;#039;option «projets énergies renouvelables et réseaux de chaleur» de la convention SAGE permet à la commune de demander au SIEL-TE, en appui des services, de réaliser la maîtrise d&amp;#039;oeuvre du projet de construction d&amp;#039;une chaufferie bois et d&amp;#039;un réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention du SIEL-TE permettent à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-TE pour la réalisation d&amp;#039;un cahier des charges de consultation d&amp;#039;entreprises, l&amp;#039;assistance à la rédaction des dossiers de subvention, l&amp;#039;aide à l&amp;#039;analyse des offres, le suivi du chantier et l&amp;#039;aide à la réalisation des opérations de réception.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : adhésion à la compétence optionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ «SAGE» &amp;#43; 8,5% du montant d&amp;#039;investissement du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la réalisation de projets de puissance bois supérieure à 1 MW, le SIEL-TE retient la Délégation de Service Public (DSP) de type concession comme montage juridique. Dans ce cas, le SIEL-TE conduit la procédure et le contrôle de la concession qui est confié à une entreprise privée. L&amp;#039;entreprise réalise le projet de la conception à la réalisation des travaux puis gère l&amp;#039;exploitation de l&amp;#039;installation pour une durée de 24 ans. L&amp;#039;entreprise sélectionnée porte l&amp;#039;investissement. La collectivité est cliente du réseau et achète la chaleur directement au concessionnnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de mise en place d&amp;#039;un contrat de DSP par le SIEL-TE : chaudière bois de puissance supérieure à 1MW
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ SAINT-MAURICE-EN-GOURGOIS
+&lt;/p&gt;
+&lt;p&gt;
+ En 2013, la commune de Saint-Maurice-en-Gourgois a choisi d&amp;#039;installer une chaufferie au bois déchiqueté sur son territoire pour chauffer l&amp;#039;école et son extension, l&amp;#039;ancienne école, la crèche communale et la mairie. Un réseau de chaleur souterrain de 170 mètres conduit de l&amp;#039;eau à 80°C vers chaque bâtiment. En 2018, ce réseau de chaleur a été étendu afin de chauffer également le bâtiment «cantine périscolaire».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie automatique au bois déchiqueté et son réseau de chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Puissance de la chaudière : 90 kW
+  &lt;/li&gt;
+  &lt;li&gt;
+   Consommation annuelle de bois : 99 tonnes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equivalence énergétique : 27 575 litres de fioul
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois utilisé : plaquette forestière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volume du silo de stockage : 36 m2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surface totale chauffée : 2 031 m2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Responsable du Pôle ENR
+&lt;/p&gt;
+&lt;p&gt;
+ Clément CHAREYRE - chareyre&amp;#64;siel42.fr 04.77.42.10.72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6ec-le-bois-energie-pour-les-collectivites/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
-[...251 lines deleted...]
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
 &lt;/p&gt;
 &lt;p&gt;
  NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
 &lt;/p&gt;
 &lt;p&gt;
  Pour les rénovations, document de diagnostic énergétique
 &lt;/p&gt;
 &lt;p&gt;
  Pièces justifiant de la bonification si sollicitation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Famille et enfance
 Education et renforcement des compétences
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
  &lt;/li&gt;
  &lt;li&gt;
   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
  &lt;/li&gt;
  &lt;li&gt;
   Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -7241,302 +3045,1203 @@
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrains ;
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers ;
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie ;
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W30" s="1" t="inlineStr">
+      <c r="W16" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>143309</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...13 lines deleted...]
-      <c r="K31" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="S31" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
+&lt;/p&gt;
+&lt;p&gt;
+ Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elu d&amp;#039;une collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestionnaire d&amp;#039;un établissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable d&amp;#039;exploitation (bâtiments, espaces verts, équipements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment optimiser la performance énergétique des bâtiments et réaliser des économies ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions pour rafraîchir l&amp;#039;école, favoriser la biodiversité et sensibiliser les plus jeunes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment sécuriser les espaces extérieurs (cours et abords) ? Les adapter à la diversité des usages ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise transversale (bâtiment, aménagement, mobilité, solutions fondées sur la nature) et écosystémique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expérience confirmée auprès des établissements scolaires (programme Cube S)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une forte proximité (26 implantations en métropole et outre-mer) avec les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une posture fédératrice propice à la concertation avec les acteurs locaux (personnels enseignants, techniques) et les partenaires (publics et privés).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le Cerema vous accompagne à chaque étape du projet. Nos compétences mobilisables :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et appui méthodologique intégrant la prise en compte de la règlementation, des besoins des usagers, des enjeux locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique et expertises : diagnostic, mise en œuvre, évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation : ateliers techniques, démarches participatives, réseaux d&amp;#039;acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement d&amp;#039;innovations, d&amp;#039;expérimentations et évaluation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NOS PROGRAMMES CUBE.S ET ACTEE CUBE ECOLE
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, en partenariat avec l&amp;#039;&amp;#039;Institut Français pour la performance du bâtiment (IFPEB), le Cerema déploie des challenges dédiés aux économies d&amp;#039;énergie dans les bâtiments scolaires à destination
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des collèges et lycées avec CUBE.S Climat, Usages, Bâtiments Enseignement Scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des écoles avec ACTEE CUBE.Ecoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Soutenus par les Ministères de l&amp;#039;Education Nationale et de la Transition Écologique, ces challenges fédèrent les parties prenantes autour d&amp;#039;actions permettant de réaliser des économies d&amp;#039;énergie rapidement et sans lourd investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ 12% d&amp;#039;économies sur un an, en moyenne, grâce à CubeS
+&lt;/p&gt;
+&lt;p&gt;
+ VERS UN PROJET D&amp;#039;ÉCOLE RÉSILIENT,
+&lt;/p&gt;
+&lt;p&gt;
+ cohérent à l&amp;#039;échelle du territoire, intégrant trois dimensions
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Améliorer le patrimoine bâti
+&lt;/p&gt;
+&lt;p&gt;
+ Stratégie patrimoniale pour rationaliser et améliorer la qualité des bâtiments : diagnostic du parc, priorisation des sites, chiffrage économique en coût global, phasage pluriannuel des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ Plan et appui à la mise en œuvre des travaux (isolation, choix de matériaux performants, qualité de l&amp;#039;air intérieur) afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre aux nouvelles exigences environnementales (décret éco-énergie tertiaire, RE 2020), accessibilité, conformité électrique, sécurité incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  garantir un confort optimal été comme hiver entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compréhension des usages (besoins et pratiques) et actions sur les comportements des occupants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2. Aménager les cours d&amp;#039;écoles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renaturation : création d&amp;#039;îlots de fraîcheur, aménagement d&amp;#039;espaces végétalisés (vergers, potagers, jardins)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et la continuité des trames vertes et bleues
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des eaux pluviales : favoriser l&amp;#039;infiltration et la réutilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces sécurisés et adaptés à divers usages : jeux, temps calme, école dehors
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Rendre les abords sûrs et accueillants
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement des mobilités actives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Itinéraires sécurisés et accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>111710</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'initiative locale et environnementale</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...23 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
-[...32 lines deleted...]
- &lt;/em&gt;
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 9 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes de moins de 3 000 habitants pour les services marchands
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entretien du patrimoine communal et maintien de services publics à la population dont les derniers services marchands
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 20% d&amp;#039;une dépense plafonnée à 70.000 € HT
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets dont le coût est inférieur à 3 000 € sont inéligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations dont le coût dépasse le plafond de la dépense subventionnable, la présentation par tranches fonctionnelles de travaux est possible (présentation d&amp;#039;une tranche par exercice budgétaire). Le nombre de tranches est limité à deux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les communes volontaires qui s&amp;#039;engageraient, dans le cadre d&amp;#039;une convention, à ne pas solliciter de nouvelle subvention au titre du Soutien à l&amp;#039;Initative Locale et Environnementale pendant une durée de 4 ans, la dépense subventionnable peut être portée à un maximum de 600 000 € HT. En ce sens, la participation départementale peut atteindre un maximum de 120 000 € y compris la majoration éventuelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Majorations éventuelles :
  &lt;br /&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...9 lines deleted...]
-      <c r="N32" s="1" t="inlineStr">
+&lt;ul&gt;
+ &lt;li&gt;
+  Majoration de 10 points pour les travaux extérieurs (toitures et façades) entrant dans le périmètre d&amp;#039;un site protégé, si ce dernier a engendré un surcoût architectural, justifié par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Majoration de 15 points pour les projets les plus vertueux en termes de développement durable, sur demande expresse du bénéficiaire et avis favorable de l&amp;#039;instance départementale compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois projets maximum par commune subventionnés au cours d&amp;#039;un même exercice budgétaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;obtention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent respecter la réglementation thermique en vigueur et les opérations de réhabilitation énergétique doivent être précédées d&amp;#039;un diagnostic thermique du bâtiment.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accessibilité aux personnes handicapées (handicap physique, sensoriel, cognitif, mental ou psychique) est obligatoire dans le cadre de travaux soumis à permis de construire.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet de construction neuve est soumis à un examen au sein de l&amp;#039;instance départementale compétente.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit s&amp;#039;engager dans la démarche de la charte « Charente 2030 », à un minimum de 3 critères (2 critères pour un projet inférieur à 15 000 € HT). Pour bénéficier de la majoration de l&amp;#039;aide départementale, le bénéficiaire doit s&amp;#039;engager à 1 critère supplémentaire identifié en rouge.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de gros œuvre, tous types de grosses réparations (dont remplacement des chaudières par des systèmes de chauffage à énergies renouvelables, sous réserve qu&amp;#039;ils soient bien utilisés comme chauffage à titre principal) et mises aux normes immobilières du patrimoine communal (dont démolition, désamiantage, accessibilité aux personnes à mobilité réduite et équipement d&amp;#039;assainissement non collectif), y compris les frais d&amp;#039;étude et de maîtrise d&amp;#039;œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ •	bâtiments faisant partie du patrimoine communal (ou intercommunal dans le cadre des bâtiments scolaires), pour lesquels aucun loyer n&amp;#039;est perçu hormis pour les derniers commerces, les logements et les équipements de tourisme :
+&lt;/p&gt;
+&lt;p&gt;
+ -	mairies, ateliers, garages municipaux, presbytères, halles et marchés, cuisines centrales, sanitaires publics...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements culturels : centres culturels, théâtres et salles spécialisées, auditoriums, salles d&amp;#039;animations ou d&amp;#039;expositions...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements à vocation polyvalente : salles des fêtes, salles polyvalentes, centres de loisirs, locaux socio-éducatifs, points destinés à l&amp;#039;accueil de services en lien avec les Schéma départemental d&amp;#039;amélioration de l&amp;#039;accessibilité des services au public
+&lt;/p&gt;
+&lt;p&gt;
+ -	bâtiments scolaires du premier degré : salles de classe, végétalisation des cours d&amp;#039;écoles, murs d&amp;#039;enceinte, locaux annexes (restaurants, préaux, bibliothèques, salles de jeux...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	édifices cultuels non protégés dont acquisition, installation, électrification et restauration des cloches
+&lt;/p&gt;
+&lt;p&gt;
+ -	patrimoine vernaculaire : fours à pain, lavoirs, croix de mission, fontaine, puits...
+&lt;/p&gt;
+&lt;p&gt;
+ -	meublés de tourisme, camping, halte camping-cars
+&lt;/p&gt;
+&lt;p&gt;
+ •	cimetières : clôtures (murs ou grillages avec écran végétal), ossuaires, caveaux communaux, columbariums, allées végétalisées, jardins du souvenir, déplacement des monuments aux morts...
+&lt;/p&gt;
+&lt;p&gt;
+ •	services marchands, lorsque l&amp;#039;initiative privée est défaillante ou absente :
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition, l&amp;#039;extension, la rénovation et/ou la construction de bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition de matériels directement liés à l&amp;#039;activité (production, mobilier...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition d&amp;#039;un distributeur de produits alimentaires en circuits courts sous réserve qu&amp;#039;aucune entreprise de même activité ne soit implantée dans un rayon de 5 km
+&lt;/p&gt;
+&lt;p&gt;
+ •	équipements sportifs :
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de terrains de grands jeux (rugby, football) et de gymnases non utilisés par les collèges ou dont le taux d&amp;#039;occupation par les collèges est inférieur à 50 %
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de plateaux sportifs omnisports
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de salles spécialisées (dojo, salles d&amp;#039;escrime...), de structure artificielle d&amp;#039;escalade, de locaux techniques de rangement du matériel pour les activités de plein air
+&lt;/p&gt;
+&lt;p&gt;
+ -	aménagement des piscines
+&lt;/p&gt;
+&lt;p&gt;
+ -	petits équipements connexes à la pratique sportive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ les constructions neuves envisagées hors des zones agglomérées des bourgs, les travaux réalisés en régie ou aux abords (parkings en particulier), les dépenses d&amp;#039;équipement et d&amp;#039;entretien courant (notamment les climatiseurs qui ne sont pas utilisés comme des systèmes de chauffage à titre principal), les installations photovoltaïques et les bâches à incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la charte « Charente 2030 » signée par le représentant de la collectivité ainsi que la délibération de la collectivité l&amp;#039;autorisant à signer
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  un extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative (plan de situation, diagnostic technique, descriptif de l&amp;#039;opération, plans des travaux, photos...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  des devis descriptifs et estimatifs de l&amp;#039;opération établis par « un homme de l&amp;#039;art » (architecte, paysagiste, bureau d&amp;#039;études) ou offre retenue à l&amp;#039;issue du marché public lancé (les estimations réalisées par l&amp;#039;ATD16 ne suffisent pas)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Périmètre protégé », une copie des préconisations émises par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Bâti vacant », une déclaration sur l&amp;#039;honneur
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets touristiques : adhésion à une charte de qualité ou un label national et au label Tourisme et Handicap
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le formulaire de demande de paiement visé par le trésorier
+ &lt;/li&gt;
+ &lt;li&gt;
+  une copie de l&amp;#039;attestation de conformité à la réglementation thermique en vigueur soit sur l&amp;#039;ensemble du bâtiment, soit élément par élément
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux soumis à permis de construire, une copie de l&amp;#039;attestation d&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux portant uniquement sur une mise en accessibilité, un engagement du maître d&amp;#039;œuvre ou toute autre justification (attestation contrôleur technique ou association référente...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le décompte général et définitif de l&amp;#039;opération joint aux factures acquittées
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement final avec copies des décisions attributives des autres partenaires financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  les supports de communication où l&amp;#039;aide départementale a été citée
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : l&amp;#039;intérêt départemental des projets susceptibles de faire l&amp;#039;objet d&amp;#039;un contrat est proposé par la Commission Solidarités territoriales puis examiné par la Commission permanente du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/soutien_initiative_locale_environnementale.pdf</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 74 18 ou 05 16 09 74 12 (hébergements touristiques) ou 05 16 09 74 24 (services marchands) ou 05 16 09 74 13 (patrimoine vernaculaire)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f682-entretenir-le-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>98630</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Cher Ingénierie des Territoires (CIT)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude d&amp;#039;opportunité et de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  le diagnostic de voirie et d&amp;#039;ouvrage d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la maitrise d&amp;#039;ouvrage pour la réalisation de projet de voirie, aménagement espaces publics  , de bâtiment (bibliothèque, mairie, salle polyvalente, école, cantine, maison de santé,..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche de financement et accompagnement dans le montage de dossier (y compris Fonds européens).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Alimentation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Caroline Edilber, Directrice CIT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 02 48 27 80 27
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:cit&amp;#64;departement18.fr" rel="noopener" target="_blank"&gt;
+   cit&amp;#64;departement18.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>caroline.edilber@departement18.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>391</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -7550,1176 +4255,629 @@
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
+Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Médias et communication
-[...13 lines deleted...]
-      <c r="O32" s="1" t="inlineStr">
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...3 lines deleted...]
-      <c r="H33" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
-[...15 lines deleted...]
-Bâtiments et construction
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
 Réhabilitation
-Logement et habitat</t>
-[...2 lines deleted...]
-      <c r="O33" s="1" t="inlineStr">
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
-[...5 lines deleted...]
- Etre adhérent à l&amp;#039;ATD 88
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
-[...18 lines deleted...]
- Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...126 lines deleted...]
-      <c r="C35" s="1" t="inlineStr">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>163043</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
-[...268 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="J37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
-[...48 lines deleted...]
-Economie circulaire
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Economie sociale et solidaire
-Innovation, créativité et recherche
-[...350 lines deleted...]
-Valorisation d'actions
+Accessibilité
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Réduction de l'empreinte carbone</t>
-[...2 lines deleted...]
-      <c r="O39" s="1" t="inlineStr">
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
-[...15 lines deleted...]
- &lt;/strong&gt;
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q24" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>