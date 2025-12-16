--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA60"/>
+  <dimension ref="A1:AA68"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,9016 +228,11469 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>162645</v>
+        <v>72205</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Investir pour développer l’intermodalité autour des gares et des haltes ferroviaires</t>
+          <t>Recruter et accueillir des conseillers numériques</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
-[...4 lines deleted...]
-          <t>FEDER - Fiche-Action 2 - Investir pour développer l’intermodalité autour des gares et des haltes ferroviaires</t>
+          <t>France Relance</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Isle en Périgord (Syndicat mixte)</t>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>Aide plafonnée à : 100 000 €</t>
+          <t>50 000 euros par poste</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Le Pays de l’Isle en Périgord est un « territoire vallée », qui a su tirer profit de cette caractéristique, en rendant fonctionnel son axe de communication ferroviaire « interne » d’Ouest en Est, tout en renforçant ses connexions « externes » avec la Métropole Bordelaise et Bergerac notamment.&lt;br /&gt;Le train relie et connecte le territoire, avec son réseau de 7 gares, sa navette ferroviaire et sa ville principale « locomotive ». Le train renforce&lt;br /&gt;l’attractivité de nombreux pôles secondaires (pôles d’emplois), dans un effet « post Covid » palpable, qui assoit la pratique du télétravail et le développement de choix de vie à la campagne … à condition de n’être jamais trop loin d’une gare, à pied, à vélo, en bus, en voiture, en co-&lt;br /&gt;voiturage ou en voiture électrique.&lt;br /&gt;Les investissements nécessaires au développement de cette intermodalité, qui sont aussi des points de rencontres entre les gens, seront ici soutenus. Autour des gares et des haltes ferroviaires, mais aussi dans les centralités des centres-bourgs inscrits dans les liaisons entre les gares et les territoires ruraux.&lt;br /&gt;Cet enjeu est essentiel pour renforcer l’accès à l’emploi et à l’offre de services (publics, sportifs, loisirs, culturels …) dans et hors du Pays pour&lt;br /&gt;les habitants, tout en consolidant les politiques de développement d’un Tourisme durable et « relié » sur tout le territoire.&lt;br /&gt;&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;&lt;strong&gt;Créer des aménagements et des nouveaux services dans une stratégie de développement de l’intermodalité autour des gares et des haltes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Aires de stationnement de vélos et de nouveaux usages (réparation, location)&lt;br /&gt;• Parkings relais&lt;br /&gt;• Aires de covoiturages&lt;br /&gt;• Création d’itinéraires et de voies cyclables&lt;br /&gt;• Zones de partage au service de la mobilité du quotidien&lt;br /&gt;• Acquisition de matériel roulant doux et investissements liés à la mise à disposition du public) ...&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Favoriser les connexions dans une stratégie de développement de l’intermodalité autour des gares et des haltes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• &amp;#34;Nœuds d’intermodalités&amp;#34; avec des services qui favorisent la rencontre&lt;br /&gt;• Liens entre haltes ferroviaires …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Relier l’offre ferroviaire du territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Création ou extension de services à proximité directe de la gare/halte …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Cet appel à manifestation d&amp;#039;intérêt est lancé pour la première vague de candidatures des collectivités territoriales et leurs groupements au recrutement et à l&amp;#039;accueil de conseillers numériques dans le cadre de France Relance. Il vise à recueillir les premières propositions des territoires prêts à porter les contrats de travail de ces conseillers en contrepartie du financement par l&amp;#039;État de leur formation et de leur activité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Gouvernement agit sur trois axes :
+ &lt;br /&gt;
+ 1- 4000 conseillers numériques formés proposant des ateliers d&amp;#039;initiation au numérique au plus proche des Français ;
+ &lt;br /&gt;
+ 2- Un soutien aux réseaux de proximité qui proposent des activités numériques, par la conception de dispositifs qui facilitent la formation des habitants ;
+ &lt;br /&gt;
+ 3- Des outils simples et sécurisés indispensables aux aidants (travailleurs sociaux, agents de collectivité territoriale, etc.) pour leur permettre de mieux accompagner les Français qui ne peuvent pas faire leurs démarches administratives seuls.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces trois axes sont déclinés sous forme de nouvelle offre de services disponible pour les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;appel à manifestation d&amp;#039;intérêt permet de candidater pour devenir structure accueillante d&amp;#039;un ou de plusieurs conseillers
+ &lt;/strong&gt;
+ (donc en charge de porter le contrat de travail)
+ &lt;strong&gt;
+  et d&amp;#039;obtenir leur affectation avec une prise en charge financière modulée selon la durée du contrat souhaitée
+ &lt;/strong&gt;
+ . Allouée sous la forme d&amp;#039;une subvention d&amp;#039;un montant de 50 000 euros par poste (et majorée selon les dispositions réglementaires en vigueur en outre-mer le cas échéant), cette prise en charge par l&amp;#039;État sera versée en trois tranches auprès de la collectivité territoriale qui aura pour charge de rémunérer le conseiller à hauteur du SMIC au minimum.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Information voyageur, billettique multimodale
-[...1 lines deleted...]
-Modes actifs : vélo, marche et aménagements associés</t>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>01/01/2021</t>
-[...4 lines deleted...]
-          <t>31/12/2027</t>
+          <t>17/11/2020</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 25 000 €&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;br /&gt;• Les projets portés sur le territoire de la Communauté d’Agglomération Le Grand Périgueux&lt;br /&gt;• Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;• Les agriculteurs dans le cadre de leur seule activité agricole&lt;br /&gt;• Les dépenses d’auto-construction&lt;br /&gt;• Les contributions en nature&lt;br /&gt;&lt;/p&gt;</t>
-[...10 lines deleted...]
-Dépenses d’investissement</t>
+          <t>&lt;p&gt;
+ Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des conseillers numériques. L&amp;#039;ANCT étudiera au fil de l&amp;#039;eau, tous les 15 du mois, les candidatures reçues et affectera le nombre de conseillers en fonction des conseillers déjà accueillis sur le même territoire. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l&amp;#039;ensemble du territoire. Les initiatives coordonnées sur un même territoire seront donc à favoriser.
+&lt;/p&gt;
+&lt;p&gt;
+ La mise à disposition de conseillers numériques à des structures associatives est autorisée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA2-Intermodalite.pdf</t>
+          <t>https://agence-cohesion-territoires.gouv.fr/250-meu-pour-faciliter-le-numerique-du-quotidien-310</t>
         </is>
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
-          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord :&lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Une webconférence est organisée les 03 et 10 décembre 2020 pour répondre aux questions des collectivités. D&amp;#039;autres webconférences pourront être organisées autant que de besoin.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>s.giedelmann@pays-isle-perigord.com</t>
+          <t>numerique@anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/investir-pour-developper-lintermodalite-autour-des-gares-et-des-haltes-ferroviaires/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32ff-recruter-et-accueillir-des-conseillers-numeri/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>103400</v>
+        <v>74198</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Soutenir la création d'un réseau régional de lignes cyclables directes, sécurisées et confortables-  Réseau express vélo régional (RER Vélo)</t>
-[...4 lines deleted...]
-          <t>Réseau express vélo régional (RER Vélo)</t>
+          <t>Bénéficier d'une assistance numérique</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Ile de France</t>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Intercommunalité / Pays</t>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Max : 60</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Soutien à la création d&amp;#039;un réseau régional de lignes cyclables directes, sécurisées et confortables. Le RER-V vient en complément du dispositif de soutien aux projets cyclables préexistant
-[...5 lines deleted...]
- &lt;br /&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur les
+ &lt;strong&gt;
+  logiciels métiers d&amp;#039;administration publique
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence technique vous propose également l&amp;#039;assistance et paramétrage d&amp;#039;un
+ &lt;strong&gt;
+  profil acheteur marché publics.
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...43 lines deleted...]
-</t>
+ &lt;strong&gt;
+  Administration numérique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance et paramétrage sur les logiciels métiers : État Civil, paie, déclaration sociale, comptabilité, élections, registre de délibération, facturation, emprunt, gestions des biens, populations, PayFip
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission des flux en trésorerie et des actes en préfecture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocation électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certificats de signature électronique (Chambersign) et pour l&amp;#039;état civil (Comedec), parapheur électronique (Sésile)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet : Gestion des domaines et création de compte client de messagerie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils collaboratifs : Gestion Electronique des Documents, Visioconférence, agendas partagés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Profil acheteur Marchés Publics [plateforme de dématérialisation]
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance et paramétrage du profil acheteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à mise en ligne et fin de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des agents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
-          <t>Espace public
-[...1 lines deleted...]
-Modes actifs : vélo, marche et aménagements associés</t>
+          <t>Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Equipement public
+Appui méthodologique</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U3" s="1" t="inlineStr">
         <is>
-          <t>Île-de-France</t>
+          <t>Charente</t>
         </is>
       </c>
       <c r="V3" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance.fr/aides-appels-a-projets/HJyMYe_ud</t>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...6 lines deleted...]
- &lt;/a&gt;
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Yann Bogdanovic - Responsable du service Administration Numérique
+ -
+  &lt;a href="mailto:san&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   san&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>contact@atd16.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/bbd5-reseau-express-velo-regional-rer-velo/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09b8-beneficier-dune-maintenance-informatique-et-d/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>162803</v>
+        <v>72405</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Soutenir l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
-[...4 lines deleted...]
-          <t>Soutien à l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+          <t>Accompagner les collectivités dans leur transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+          <t>Centre de Gestion de la Fonction Publique Territoriale de Lot et Garonne - CDG 47  (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Association</t>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;La pratique sportive nécessite de disposer d’équipements spécifiques, souvent coûteux mais nécessaire à une pratique sécurisée, lointaine et dans les meilleures conditions de performance. A ce titre, la Région souhaite aider les associations sportives de son territoire dans l&amp;#039;acquisition de véhicules nécessaires au transport de leurs équipes et de leurs sportifs.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt; Associations sportives ;&lt;/li&gt; 	&lt;li&gt;Ligues et comités sportifs régionaux&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
-[...2 lines deleted...]
-&lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt;</t>
+          <t>&lt;p&gt;
+ Le CDG 47 s&amp;#039;est investi en faveur de l&amp;#039;informatisation des collectivités lot-et-garonnaises au travers d&amp;#039;étapes importantes.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement dans l&amp;#039;usage de progiciels de gestion depuis 1984;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en oeuvre du projet élu rural numérique en 2010 composé de quatre axes (la dématérialisation, la sécurité du système d&amp;#039;information, les services internet, l&amp;#039;information géographique);
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signature d&amp;#039;un partenariat avec la DDFIP depuis 2013 afin d&amp;#039;avoir un rôle moteur dans le processus de dématérialisation de la chaîne comptable et financière.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Notre objectif constant est de jouer un rôle moteur dans l&amp;#039;optimisation de la gestion publique locale en développant en matière informatique et numérique une gamme d&amp;#039;outils et de services en lien avec les besoins du monde territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les champs de compétences :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Logiciels métiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurité du système d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation de la chaine comptable et budgétaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation des procédures de marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télétransmission des actes soumis au contrôle de légalité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parapheur électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocations électroniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication électronique professionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délégué à la protection des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites Internet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et organisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>Sports et loisirs</t>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
-[...3 lines deleted...]
-&lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Sous convention
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Côte d'Azur</t>
+          <t>Lot-et-Garonne</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
-          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives</t>
-[...4 lines deleted...]
-          <t>https://subventionsenligne.maregionsud.fr/</t>
+          <t>https://www.cdg47.fr/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 05.53.48.00.70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Courriel :
+   contact&amp;#64;cdg47.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>webpresse@maregionsud.fr</t>
+          <t>olivier.pommaret@cdg47.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b4a-accompagner-les-collectivites-dans-leur-trans/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>149080</v>
+        <v>72490</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Acquérir un vélo adapté, un vélo-cargo ou transformer votre vélo en installant un kit de conversion</t>
-[...4 lines deleted...]
-          <t>Soutien à l’achat de vélos spécifiques</t>
+          <t>Accompagner les collectivités dans leur transformation numérique</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Agence Landaise Pour l'Informatique (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
-        <is>
-[...516 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
-Particulier</t>
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis sa création en 1985, l&amp;#039;Agence Landaise Pour l&amp;#039;Informatique, syndicat mixte, répond  aux  besoins  numériques  dans  le  département  des  Landes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la sécurité informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de sites web
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  DPO mutualisé, stratégie et accompagnement technique surOpen Data
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animateur du réseau départemental d&amp;#039;inclusion numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Registre dématérialisé des enquêtes publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Applicatifs métiers des collectivités
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication (reportages, images en drone)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhérer à l&amp;#039;ALPI
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alpi40.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ direction&amp;#64;alpi40.fr
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;alpi40.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>karene.courtesseyre@alpi40.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3760-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>72749</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Somme Numérique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Somme Numérique accompagne ses membres le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de dématérialisation (PES V2, Actes, signature électronique, plateforme de marchés publics...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique éducatif (Espace Numérique de Travail, TBI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement physique dans Datacenter Tiers 3
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marché télécom : fourniture de solutions de communication (tél. fixe et mobile, MtM, SMS...) à prix négociés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sauvegarde de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de sites internet - gestion de domaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Messagerie collaborative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bornes wifi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Archivage électronique à valeur probante (SESAM)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Hébergement et formation de la messagerie collaborative de la collectivité
+   &lt;/strong&gt;
+   : sécurité et fluidité des échanges entre agents/élus.
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dématérialisation des marchés publics
+  &lt;/strong&gt;
+  : accompagnement des collectivités pour la dématérialisation des marchés publics sur notre plateforme régionale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mise à disposition d&amp;#039;outils de communication
+  &lt;/strong&gt;
+  : nom de domaine, site internet, application mobile
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Toutes les communautés de communes, communes, syndicats situés sur le département de la Somme
+   &lt;br /&gt;
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ courrier&amp;#64;sommenumerique.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>l.cartier@sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfaf-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>72750</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>SITIV (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;La Région Nouvelle-Aquitaine met en place une aide aux transports destinée aux collégiens dans le cadre des engagements de la Charte régionale de l&amp;#039;information métiers dans les collèges. L&amp;#039;aide aux transports vise à faciliter l&amp;#039;accès aux salons d&amp;#039;orientation, aux actions des Tiers de Confiance, aux visites d&amp;#039;entreprise, etc.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser la découverte des métiers, des filières et univers professionnels ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appréhender l’environnement économique, la connaissance des métiers, des filières et des voies de formation ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Découvrir les secteurs d’activité et/ou de visites des plateaux techniques inter-établissements ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer à la construction du parcours d’orientation en développant la connaissance de la diversité des métiers et l’offre de formation (s’inscrire dans le Parcours Avenir(s)). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la modernisation numérique des collectivités territoriales
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en conformité RGS, RGI, RGAA et à la sécurisation des Systèmes d&amp;#039;information
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide est de 70% du montant TTC des frais de transport liés au déplacement faisant l&amp;#039;objet de la demande de subvention.&lt;/p&gt;&lt;p&gt;L&amp;#039;établissement devra faire l&amp;#039;avance des frais de transport.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;La demande d&amp;#039;aide doit être déposée en amont de la date du déplacement.&lt;/p&gt;&lt;p&gt;Chaque dossier est instruit par les services de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;La prise de décision est faite par le Comité technique régional. &lt;/p&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de plateformes numériques de services
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Infrastructure,  télécoms, sécurité, système d&amp;#039;information, support et formations
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N7" s="1" t="inlineStr">
         <is>
-          <t>Education et renforcement des compétences</t>
+          <t>Technologies numériques et numérisation</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Toutes structures qui portent un projet en faveur des collégiens dans le cadre de la mise en oeuvre de la charte régionale dédiée au déploiement de l&amp;#039;information métiers dans les collèges.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Une attention particulière sera portée aux projets intégrant une démarche de connaissance des métiers en interaction avec les dispositifs de la Région Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;Par ailleurs afin de répondre à l&amp;#039;objectif d&amp;#039;inclusion et de favoriser les projets pour les jeunes les plus fragiles, une priorité sera observée pour les publics relavant de Zone Agricole Protégée rurales (ZAP), de Zone de Revitalisation Rurale (ZRR), de Quartier de la Politique de la Ville (QPV). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ adhésion et/ou conventionnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U7" s="1" t="inlineStr">
         <is>
-          <t>Nouvelle-Aquitaine</t>
+          <t>Rhône et Loire</t>
         </is>
       </c>
       <c r="V7" s="1" t="inlineStr">
         <is>
-          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/aide-au-deplacement-de-collegiens-pour-des-manifestations-liees-linformation-sur-lorientation</t>
+          <t>http://www.sitiv.fr</t>
         </is>
       </c>
       <c r="X7" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour toute demande, transmettre à l&amp;#039;adresse suivante charte.colleges&amp;#64;nouvelle-aquitaine.fr :&lt;/p&gt;&lt;p&gt;Un courrier adressé à Monsieur le Président du Conseil régional de Nouvelle-Aquitaine. Ce courrier devra être daté et signé par le représentant légal de l&amp;#039;établissement (merci d&amp;#039;indiquer lisiblement les nom et prénom du signataire). Si une personne autre que le représentant légal signe le courrier, merci de nous fournir également la délégation de signature donnant autorisation pour signer en lieu et place du responsable légal.&lt;/p&gt;&lt;p&gt;Un formulaire vous sera communiqué dès reception du courrier si le projet est éligible. Vous devrez le retourner renseigner à l&amp;#039;adresse ci-dessus mentionnée, annexé du devis et d&amp;#039;un relevé d&amp;#039;identité bancaire.&lt;/p&gt;&lt;p&gt;Afin d’identifier et de traiter efficacement les demandes, merci d’indiquer dans l’objet du mail : Nom du collège / Nom de la commune / L’événement.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ svangheluwe&amp;#64;sitiv.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>newsroom@nouvelle-aquitaine.fr</t>
+          <t>svangheluwe@sitiv.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-deplacement-de-collegiens-pour-des-manifestations-liees-a-linformation-sur-lorientation/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b35f-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
-        <v>153939</v>
+        <v>72809</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Indemniser les frais de déplacement pour les stages actifs des étudiants en odontologie</t>
-[...4 lines deleted...]
-          <t>Indemnité des frais de déplacement pour les stages actifs des étudiants en odontologie</t>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique
+Ingénierie financière</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  NATURE DE L&amp;#039;AIDE
-[...7 lines deleted...]
-  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+  Le SIEEEN, guichet unique informatique des collectivités nivernaises
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ En 1992, le SIEEEN reprend le programme d&amp;#039;informatisation des mairies initié quelques années plus tôt par l&amp;#039;Union Amicale des Maires de la Nièvre.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2010, le Syndicat fonde le Service d&amp;#039;Informations TErritoriales des Collectivités (SITEC) afin d&amp;#039;optimiser son offre.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SITEC s&amp;#039;affirme  comme guichet unique informatique pour les collectivités. Il s&amp;#039;appuie sur des partenariats avec les éditeurs nationaux de logiciels collectivités présents sur le territoire nivernais.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : proposer un service et un accompagnement optimisés en représentant plus de 90 % des collectivités nivernaises.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Aujourd&amp;#039;hui, le SIEEEN met à disposition des collectivités de la Nièvre un véritable pôle de compétences numériques. Celui-ci intègre le conseil, les outils, l&amp;#039;expertise technique, la gestion des données complétées par les services habituels.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, le SITEC est structuré en 6 pôles de compétences :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Administration.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniques d&amp;#039;Information et de Communication (TIC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructure et Projets (IP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique (SIG)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Investissements.
   &lt;br /&gt;
- &lt;/strong&gt;
-[...38 lines deleted...]
-</t>
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Il accompagne 284 collectivités, 6 communautés de communes, 10 structures, ainsi que l&amp;#039;Agence Technique Départementale (ATD) dans la mise en œuvre de l&amp;#039;e-administration.
+&lt;/p&gt;
+&lt;p&gt;
+ Un Pack Services pour faciliter la transition numérique des collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le  SITEC regroupe au sein de son Pack Services une gamme enrichie de solutions matérielles et logicielles pour faciliter la transition numérique des collectivités. Celles-ci permettent la gestion, l&amp;#039;exploitation, l&amp;#039;optimisation et la sécurisation des systèmes d&amp;#039;information et du parc informatique. Le Pack Services est accessible aux collectivités adhérentes à la compétence statutaire numérique des services du SIEEEN.
+&lt;/p&gt;
+&lt;p&gt;
+ Il comprend notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès libre à un programme annuel de formations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;installation de matériels, logiciels et certificats.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La location de matériels ; l&amp;#039;assistance sur site matérielle et logicielle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La veille et l&amp;#039;information en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plate-forme de dématérialisation des actes comptables et à Géo SIEEEN, le Système d&amp;#039;Information Géographique syndical.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise à disposition d&amp;#039;un connecteur PASRAU (Prélèvement à la Source pour les Revenus Autres).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La sauvegarde externalisée des données sur Datacenter
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion au Pack Services est de 5 € par habitant pour les communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communautés de communes, elle est calculée en fonction du pourcentage de la population, complétée par un forfait selon le nombre de postes à gérer.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les autres collectivités, elle est déterminée selon leur bilan comptable. Les non-adhérents peuvent également bénéficier de l&amp;#039;ingénierie numérique du SIEEEN grâce aux prestations de services.
+&lt;/p&gt;
+&lt;p&gt;
+ La compétence NTIC du SIEEEN ou l&amp;#039;infogérance adaptée aux collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les collectivités adhérentes au Pack Services ou recourant aux prestations de services SIEEEN bénéficient :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une assistance en hotline ou sur site : logiciels métiers, logiciels SIEEEN, matériels informatiques, Déclaration automatisée des données sociales unifiées (DADSU).
+&lt;/p&gt;
+&lt;p&gt;
+ De la maintenance matérielle.
+&lt;/p&gt;
+&lt;p&gt;
+ Des fournitures et des installations de matériels informatiques et de logiciels bureautiques et métiers.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un accompagnement stratégique : dématérialisation, certificat électronique, audit du système d&amp;#039;information, conseil aux choix de matériels et logiciels, aide à la décision et journées thématiques destinés aux décideurs et agents...
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un enrichissement de données stratégiques : cartographie et Plan de Corps de Rue Simplifié (PCRS).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un programme de formations annuelles...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ À travers l&amp;#039;offre globale et la gamme complète de services du SITEC, les collectivités nivernaises peuvent disposer d&amp;#039;un service d&amp;#039;infogérance expert et se concentrer pleinement sur leurs missions.
+&lt;/p&gt;
+&lt;p&gt;
+ Quelques chiffres clés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 200 Postes informatiques en maintenance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 Ecoles et 41 autres (SIAEP, coopératives, maison de l&amp;#039;emploi, ....)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 207 installations, dépannages et migrations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  8 000 appels en hotline /an
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Informatisation complètes d&amp;#039;écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et accompagnement technique sur l&amp;#039;opendata
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;une plateforme de messagerie à destination des collectivités adhérentes
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N8" s="1" t="inlineStr">
         <is>
-          <t>Santé
-Formation professionnelle</t>
+          <t>Voirie et réseaux
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...12 lines deleted...]
-</t>
+ Etre adhérent du Sieeen de manière statutaire ou en prestations
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S8" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement</t>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U8" s="1" t="inlineStr">
         <is>
-          <t>Manche</t>
+          <t>Nièvre</t>
         </is>
       </c>
       <c r="V8" s="1" t="inlineStr">
         <is>
-          <t>https://www.manche.fr/guide-des-aides/indemnite-des-frais-de-deplacement-pour-les-stages-actifs-des-etudiants-en-odontologie/</t>
+          <t>https://www.sieeen.fr</t>
         </is>
       </c>
       <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Patrix Karlen - Direction générale adjointe Action sociale
-[...8 lines deleted...]
- Téléphone : 02 33 05 96 17 - 06 60 10 32 05
+ franck.lanfranchi&amp;#64;sieeen.fr
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y8" s="1" t="inlineStr">
         <is>
-          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+          <t>franck.lanfranchi@sieeen.fr</t>
         </is>
       </c>
       <c r="Z8" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/484b-indemnite-des-frais-de-deplacement-pour-les-s/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833a-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
       <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:27" customHeight="0">
       <c r="A9" s="1">
-        <v>153940</v>
+        <v>72812</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Indemniser le déplacement des étudiants en médecine et en odontologie effectuant des remplacements dans la Manche</t>
-[...4 lines deleted...]
-          <t>Indemnités de déplacement pour les étudiants en médecine et en odontologie effectuant des remplacements dans la Manche</t>
+          <t>Développer l'e-administration et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>e-Collectivités (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
-        <is>
-[...204 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...7 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O10" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat mixte régional e-Collectivités, opérateur public de services numériques, est une structure dédiée au développement de l&amp;#039;administration électronique et à la transformation numérique des collectivités territoriales de la région Pays de la Loire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
-[...16 lines deleted...]
-Mise en œuvre / réalisation
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;ecollectivites.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>cedric.macaud@ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e14f-developper-le-administration-et-accompagner-l/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...498 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>77078</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence Alpine des Territoires (AGATE) - OPSN et CPIE</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous accompagnons aujourd&amp;#039;hui les collectivités locales dans leur transformation numérique afin qu&amp;#039;elle profite à leurs services et à tous les acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous les aidons également au quotidien dans l&amp;#039;utilisation de leurs logiciels de gestion communale grâce à notre équipe de spécialistes des logiciels BERGER LEVRAULT (éditeur de logiciels). Notre équipe les forme (sur site ou en séminaire) et les dépanne via notre ligne dédiée à l&amp;#039;assistance téléphonique (hotline).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Notre équipe géomatique est quant à elle une ressource à la fois interne et à disposition des collectivités pour structurer et exploiter les données, les spatialiser dans des bases de données et les rendre compréhensibles via des représentations efficaces et innovantes : cartographique ou datavisualisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement en matière d&amp;#039;inclusion numérique : diagnostic territoriaux, formation, animation de réseau, support  au déploiement de dispositifs - lieu de médiation numérique etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement en matière de gestion de projet numérique : incubateur de projet, formations aux usages numériques, démarche d&amp;#039;openData
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en gestion de données géographiques, production cartographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation, formation, assistance sur les logiciels de gestion de collectivité Berger-Levrault
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion à AGATE et/ou conventionnement en fonction du type d&amp;#039;aide ou d&amp;#039;accompagnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://agate-territoires.fr/domaines-dintervention/transition-numerique-geomatique-informatique/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ numerique&amp;#64;agate-territoires.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>edmond.wach@agate-territoires.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df1f-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>77361</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès aux services publics digitalisés avec le programme France Services</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>subvention maximale de 30 000 euros par projet</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la digitalisation des services publics, la Banque des Territoires accompagne les collectivités territoriales et les associations dans la création d&amp;#039;une structure France Services sur leur territoire, et notamment dans l&amp;#039;animation, la formation des agents et l&amp;#039;outillage numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec l&amp;#039;offre France Services, vous accompagnez les usagers dans la réalisation de leurs démarches administratives en ligne et proposez un service public de proximité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_public_digitalisation_psat</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez : busfranceservices&amp;#64;caissedesdepots.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f8c-decouvrir-le-programme-france-services-et-bus/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>77364</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets autour de l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure d’insertion par l’activité économique ou adaptée aux personnes en
+situation de handicap, une entreprise engagée dans l’inclusion numérique
+relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
+circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
+sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
+bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
+long terme via des dispositifs adaptés ? La Banque des Territoires vous
+accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
+de l’économie inclusive : insertion par l’activité économique, inclusion
+numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
+social. Le financement peut se faire sous forme d’investissement direct en
+fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
+la Banque des Territoires soutient également l’opérationnalisation de
+programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
+numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Economie sociale et solidaire
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>73837</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Pôle Numérique du CDG46 (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Centre de Gestion de la Fonction Publique Territoriale du Lot conseille et accompagne, dans le domaine du numérique, autour de 5 services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Protection des données (RGPD)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Progiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation (Actes / Hélios / marchés publics / convocations aux assemblées / etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet (création de sites web, messagerie, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Préparation et accompagnement du changement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de transformation numérique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et création de sites web de services publics.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation continue des agents publics sur les outils numériques des services du CDG.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le numérique étant une mission facultative, les collectivités et établissements publics du Lot qui veulent en bénéficier doivent conventionner.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdg46.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le formulaire de contact sur https://www.cdg46.fr/
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>frederic.frances@cdg46.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbdc-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>63649</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale 24 - ATD (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt; Le développement de la pratique du vélo au quotidien passe par le déploiement d’un véritable système vélo comprenant à la fois :&lt;br /&gt;- des infrastructures cyclables sécurisées&lt;br /&gt;- des stationnements vélos sécurisés&lt;br /&gt;- des actions de sensibilisation en faveur du changement de pratique&lt;br /&gt;- des services vélos (vélos en libre-service, en location longue durée)&lt;/p&gt;
-[...2 lines deleted...]
-&lt;p&gt;Afin de massifier le déploiement, la région a fixé un seuil minimal de 20 places de stationnement vélo sécurisé par opération.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; Uniquement les EPCI inférieures à 150 000 habitants.&lt;br /&gt;&lt;br /&gt;</t>
+          <t>&lt;p&gt;
+ Depuis plus de 25 ans, l&amp;#039;ATD24 assiste les collectivités dans leur usage
+numérique quotidien et cherche les solutions innovantes pour faciliter la
+transformation et bénéficier au maximum des possibilités offertes par les outils numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les 348 collectivités adhérentes au service ont accès aux
+logiciels : Paie, Gestion financière, Élection, Etat-civil.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ceuxci sont en lien automatisé avec les différentes plateformes
+nationales, Chorus, Helios, Net-Entreprises, Insee.
+&lt;/p&gt;
+&lt;p&gt;
+ Nos missions :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fourniture et maintenance des logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement des logiciels et des données dans les infrastructures
+du Département
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage des comptes utilisateurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage des logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations initiales et complémentaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunions d&amp;#039;informations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance quotidienne
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N14" s="1" t="inlineStr">
         <is>
-          <t>Transports collectifs et optimisation des trafics routiers</t>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>31/12/2025</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;4 appels à projets seront organisés avec remise des projets pour les échéances suivantes : le 31 mai 2024, le 30 novembre 2024, le 31 mai 2025 et le 30 novembre 2025.&lt;br /&gt;Le dossier de candidature comportera à minima :&lt;br /&gt;- Une note de présentation du projet, indiquant notamment les lieux d’implantation des stationnements vélos sécurisés (plan de situation et plan masse)&lt;br /&gt;- Une présentation de la solution technique retenue (consignes individuelles, abris collectifs,…)&lt;br /&gt;- Les modalités de gestion des accès mises en œuvre (cadenas personnel, code d’accès, badge physique, application smartphone,…)&lt;br /&gt;- Le plan de financement&lt;br /&gt;- Le calendrier de l’opération&lt;/p&gt;
-&lt;p&gt;Dossier de candidature à adresser en version papier à :&lt;br /&gt;Région des Pays de la Loire,&lt;br /&gt;1 rue de la Loire&lt;br /&gt;44 966 NANTES Cedex 9&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Sous convention
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U14" s="1" t="inlineStr">
         <is>
-          <t>Pays de la Loire</t>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>http://atd24.fr</t>
         </is>
       </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
-          <t>Direction Marketing et ferroviaire&lt;br /&gt; Pôle Gares,aménagements intermodaux et accessibilité&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Xavier DUVAL-ZACK&lt;br /&gt; &amp;#43;33 2 28 20 58 29&lt;br /&gt;</t>
+          <t>&lt;p&gt;
+ ATD24
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Gestion des territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 05 53 06 65 65
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ atd24&amp;#64;atd24.fr
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
-          <t>olivier.guillon@paysdelaloire.fr</t>
+          <t>d.papon@atd24.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/stationnement-velo-securise-au-niveau-des-points-darrets-routiers-structurants-du-reseau-aleop/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2152-accompagnement-a-la-transformation-numerique/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:27" customHeight="0">
       <c r="A15" s="1">
-        <v>155113</v>
+        <v>65565</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Favoriser les mobilités du quotidien : schémas, infrastructures, équipements et services</t>
-[...4 lines deleted...]
-          <t>Les mobilités du quotidien : schémas, infrastructures, équipements et services (politique territoriale 22-28)</t>
+          <t>Accompagner les collectivités dans leur transformation numérique</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>ADICO (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
-        <is>
-[...888 lines deleted...]
-      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K19" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
-[...14 lines deleted...]
- - Accentuer l&amp;#039;accompagnement régional pour les villes moyennes et les communes à dominante rurale.
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adico accompagne depuis 30 ans ses adhérents dans le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela l&amp;#039;Adico s&amp;#039;est organisée autour de 4 objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement logiciels (aide à l&amp;#039;utilisation des logiciels métiers et formation des agents),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appuis technique des collectivités dans l&amp;#039;écriture d&amp;#039;un cahier des charges pour le développement d&amp;#039;un nouveau site internet (respect des obligations RGAA),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit d&amp;#039;accessibilité de sites publics,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audit portant sur le référentiel général de sécurité,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Iot (qualité de l&amp;#039;air dans les établissements scolaires),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de charte graphique, logo...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il est nécessaire d&amp;#039;être adhérent de l&amp;#039;Association
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
-[...325 lines deleted...]
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Départements 60-27-76-95-77</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adico.fr</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adico.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>emmanuel.vive@adico.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e24-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...524 lines deleted...]
-      <c r="G24" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>65834</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Numérique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...16 lines deleted...]
-      <c r="K24" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="O24" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 10 ans, le syndicat Mixte Gironde Numérique propose aux établissements de coopération intercommunale un projet de mutualisation de services numériques pour les collectivités de son territoire, avec pour objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir leur autonomie de Gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer la sécurisation de leur patrimoine numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter leurs obligations réglementaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+L&amp;#039;ingénierie proposée vise à accompagner la transformation numérique de toutes les communes autour d&amp;#039;un socle de base de services :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sécurisation externalisée des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délégué à la protection des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  site internet
+ &lt;/li&gt;
+ &lt;li&gt;
+  adresse mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  télétransmission vers les services de l&amp;#039;état
+ &lt;/li&gt;
+ &lt;li&gt;
+  signature électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  open data
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mais aussi des outils pour simplifier l&amp;#039;information des organisations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  espace collaboratif
+ &lt;/li&gt;
+ &lt;li&gt;
+  cloud
+ &lt;/li&gt;
+ &lt;li&gt;
+  webconférence
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S24" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion au syndicat
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.girondenumerique.fr/services-numeriques.html</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ services&amp;#64;girondenumerique.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>services@girondenumerique.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/92af-accompagner-les-collectivites-a-la-transforma/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...1770 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>70231</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>SOLURIS (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K38" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
-[...16 lines deleted...]
- (gares régionales, points d&amp;#039;arrêts non gérés, points d&amp;#039;arrêts d&amp;#039;une ligne d&amp;#039;autocar régionale) qui sont autant de portes d&amp;#039;entrée des villes que de points d&amp;#039;accès au réseau régional.
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projets locaux, intercommunaux et public-privé.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux élus et aux cadres territoriaux sur la transformation numériques des collectivités (mairies, intercommunalités, autres établissements publics locaux ).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique, financier et organisationnel.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Axes prioritaires : cybersécurité/RGPD, inclusion numérique, numérique responsable, SIG, open data
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de dématérialisation, infrastructure locale et cloud.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centrale d&amp;#039;achat, dispense de marchés publics. Tarifs mutualisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Préparation et accompagnement du changement.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de transformation numérique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et création de sites web de services publics.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations à l&amp;#039;inclusion numérique, mise à disposition de médiateurs numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la création de tiers-lieux et de Maisons France Services.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et accompagnement technique sur l&amp;#039;opendata.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent de Soluris.
+&lt;/p&gt;
+&lt;p&gt;
+ Exception : Assistance en cas de cybermalveillance pour toute collectivité même non adhérente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime, Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.soluris.fr/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;soluris.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>b.lienard@soluris.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c2-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>50278</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser le déploiement du numérique à l'école</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires met à votre disposition eCarto, un outil développé de manière collaborative par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Caisse des Dépôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Ministère de l&amp;#039;Éducation nationale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ eCarto vous permet de prendre connaissance du déploiement du numérique éducatif au sein des 63 000 établissements scolaires français. Pour cela, il se base sur les données en open data relatives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la connectivité des établissements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux ressources ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et aux expérimentations.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P38" s="1" t="inlineStr">
-[...86 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_ecole_psat</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/27c6-obtenir-un-outil-permettant-de-visualiser-le-/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G39" s="1" t="inlineStr">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>90723</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives incluant le développement de technologies, services ou produits numériques innovants - Prototypes numériques</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
+Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite d’un plafond de 100 000 €</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démontrer et expérimenter avec des utilisateurs la pertinence des applications, technologies, contenus, services ou usages numériques novateurs avant leur phase de déploiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Susciter des opportunités de marchés pour les entreprises de la filière numérique régionale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer de nouveaux services et usages répondant aux évolutions sociétales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les soumissionnaires doivent être localisés sur le territoire régional (ils doivent pouvoir justifier, à la date du dépôt du dossier, de l&amp;#039;existence d&amp;#039;un établissement en région).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants. Sont visés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets nécessitant la production d&amp;#039;un prototype validé avant leur déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets permettant un gain significatif en compétitivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront démontrer une innovation (technique, d&amp;#039;usage, sociale, sociétale, etc.) et faire apparaître une création de valeur (emploi, montée en compétence, retombées économiques directes et indirectes, efficacité et efficience du service rendu, etc.) sur le territoire régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, seront particulièrement appréciés les projets intégrant une ou plusieurs des bonnes pratiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Confiance numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux solutions produites sous licence libre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interopérabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérience utilisateur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts doivent être justifiés comme nécessaires à la phase de prototypage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de conception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de marketing / communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts matériels pour la réalisation du prototype
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de personnels mobilisés sur le projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût réel chargé pour les salariés (sur justifications des bulletins de salaires),
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût valorisé pour les non-salariés (utilisation de la grille des salaires du Syntec numérique) et dans la limite de 30 % du coût total du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts des services de consultants ou prestataires, utilisés exclusivement pour le projet (études d&amp;#039;ingénierie technique, études juridiques, test d&amp;#039;usages, coûts de maquettage, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prototypes-numeriques</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Paul Chiron
+Délégation numérique : 05 57 57 83 49
+&lt;/p&gt;
+&lt;p&gt;
+ Myriam Drouet
+Délégation numérique : 05 57 57 74 08
+&lt;/p&gt;
+&lt;p&gt;
+ Cyrille Harnay
+Délégation numérique : 05 57 57 86 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/217d-prototypes-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="H40" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>90733</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Financer des prestations d’études et de conseil (diagnostic, expertise, AMOA) permettant de définir une stratégie de transformation numérique et/ou de cybersécurité</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="S40" s="1" t="inlineStr">
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Plafonné à 30 000€</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a pour but d&amp;#039;accompagner le financement des prestations d&amp;#039;études et de conseil (diagnostic, expertise, AMOA) permettant de définir votre stratégie de transformation numérique et/ou votre stratégie cybersécurité.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectif
+&lt;/strong&gt;
+: A
+ccélérer l&amp;#039;appropriation des usages avancés du numérique des entreprises en les accompagnant grâce à des prestations de conseil spécialisé en vue de la future mise en oeuvre de projets numériques.</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ PME, ETI et associations ayant des activités lucratives avec un impact économique implantées en région Nouvelle-Aquitaine..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent à des prestations externes : frais d&amp;#039;études et de conseil (diagnostic en vue de définir votre projet de transformation numérique et/ou de cybersécurité, AMOA...)
+ &lt;br /&gt;
+ Taux d&amp;#039;intervention jusqu&amp;#039;à 50%, plafonné à 30 000€
+ &lt;br /&gt;
+ Base réglementaire SA 40453 PME
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La transformation numérique accompagne une transformation globale et continue qui nécessite d&amp;#039;agir sur 4 leviers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le client : Mettre le client final au cœur de la stratégie de développement et de la valeur de l&amp;#039;offre de l&amp;#039;entreprise et le transformer en ressource active, personnalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;organisation interne : Rendre son organisation plus agile, injecter de la transversalité et du mode projet, refondre ses dispositifs managériaux, mieux gérer ses stocks et ses flux
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;usage : passer du produit ou  du service à l&amp;#039;usage, proposer des offres globales incluant produit et services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les partenaires : mieux associer ses partenaires pour créer plus de valeur, savoir se coordonner et s&amp;#039;interfacer avec ses partenaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans cette perspective, une attention particulière sera portée aux engagements de l&amp;#039;entreprise en matière de RSE. Il est attendu que la transformation numérique de l&amp;#039;entreprise tienne compte des enjeux de sobriété et de sécurité numériques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/conseil-en-strategie-numerique</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délégation numérique
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Si vous êtes une PME ou une ETI non-industrielle : transfonum&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PME et les ETI industrielles sont invitées à prendre directement contact avec nos services à l&amp;#039;adresse suivante : aides.eco&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c102-conseil-en-strategie-numerique/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>90901</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Aider au recrutement pour gérer la transformation numérique</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif permettra aux PME, aux ETI et aux associations avec une activité économique de recruter un(e) chef(fe) de projets transformation numérique. Ce(tte) dernier(ère) vous permettra d&amp;#039;assurer la mise en œuvre et le suivi du projet de transformation numérique au sein de l&amp;#039;entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Piloter la stratégie de transformation numérique au sein de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ PME, ETI ou association avec activité économique disposant d&amp;#039;une stratégie de transformation numérique clairement définie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Recrutement en CDI d&amp;#039;un cadre qualifié en charge du projet de transformation numérique
+ &lt;br /&gt;
+ Prise en charge des 12 premiers mois du salaire brut charges sociales et patronales incluses
+ &lt;br /&gt;
+ Condition : création d&amp;#039;une fonction nouvelle dans l&amp;#039;entreprise et recrutement en CDI sur un statut de cadre ayant en charge la mise en œuvre de la stratégie de transformation numérique de l&amp;#039;entreprise. Cette fonction est de celle différente d&amp;#039;un DSI.
+ &lt;br /&gt;
+ Base réglementaire De Minimis
+ &lt;br /&gt;
+ Taux d&amp;#039;intervention jusqu&amp;#039;à 50% plafonné à 40 000 euros.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Si vous êtes une PME ou une ETI (hors industrie)
+  &lt;/strong&gt;
+  , vous pouvez télécharger le document de pré demande ci dessous et en le renvoyant dûment complété à l&amp;#039;adresse mail de contact indiquée dans la fiche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les entreprises industrielles
+  &lt;/strong&gt;
+  sont invités à prendre directement contact avec nos services à l&amp;#039;adresse suivante :
+  aides.eco&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-recrutement-transformation-numerique</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>Délégation numérique
+14. rue francois de sourdis
+&lt;br /&gt;
+33000
+                                                    Bordeaux</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c11f-aide-au-recrutement-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G41" s="1" t="inlineStr">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>92584</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement de pratiques numériques dans les bibliothèques/médiathèques</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...49 lines deleted...]
-Recyclage et valorisation des déchets
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à 20 % du coût total d’investissement</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Doter les bibliothèques/médiathèques de matériel informatique et/ou de lecture à même de lutter contre la fracture numérique, et encourager en leur sein le développement de pratiques numériques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Acquisitions de bornes Wifi, postes informatiques dédiés, tablettes, liseuses etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de câblage, de maintenance et d&amp;#039;abonnement à Internet ne sont pas pris en charge.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+ Communes de moins de 15 000 habitants ou les intercommunalités (E.P.C.I.)
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;ateliers de découverte, de sensibilisation et de pratique numérique, conjointement avec les enjeux du Schéma Départemental d&amp;#039;Amélioration d&amp;#039;Accessibilité des Services au Public (S.D.A.A.S.P.) et du Schéma Directeur Territorial d&amp;#039;Aménagement Numérique (S.D.T.A.N.) au sein de la bibliothèque.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet présenté s&amp;#039;appliquera à détailler les modalités de mise en oeuvre, en lien avec les schémas précités, et le fonctionnement de la bibliothèque.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Communes du Vaucluse inférieures à 15000 habitants</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6b6-aider-le-developpement-de-pratiques-numerique/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>92602</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’animation d’ateliers collectifs de médiation numérique sur le territoire du département de Vaucluse</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Animation d&amp;#039;ateliers collectifs de médiation numérique comportant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;ateliers collectifs de médiation numérique par la structure subventionnée (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des ateliers qui s&amp;#039;inscrivent dans les grands enjeux des Schémas départementaux identifiés ci-dessus, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse et ce, en pleine complémentarité avec les initiatives lancées autour de l&amp;#039;Appel à projet concernant le Réseau d&amp;#039;inclusion numérique de Vaucluse (fin 2019/début 2020) et le réseau des Espaces France Services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une présentation de la programmation du contenu et des thématiques qui seront traités dans les ateliers sur l&amp;#039;année ainsi que les modalités d&amp;#039;animation projetées (exemples non exhaustifs : «Découverte d&amp;#039;Internet, de la tablette et premiers apprentissages », « Rester connecté avec son territoire », « Rester connecté avec sa famille et ses amis », « Les démarches administratives en ligne »...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation des ateliers de médiation numérique avec dispositifs informatiques ad-hoc par un/des salarié(s) qualifié(s) sur les thématiques traitées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des ateliers mis en place physiquement dans la structure bénéficiaire de la subvention mais qui pourront également, après avis des services départementaux, être organisés, dans une entité publique du territoire (commune ou EPCI)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de la subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500 € de subvention par atelier collectif organisé par le demandeur (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier) soit 12 000 € au maximum par an dans la limite de 24 ateliers subventionnés
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions seront allouées après examen des projets déposés dans la limite des crédits disponibles et votés au budget départemental.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Egalité des chances
 Accès aux services
-Citoyenneté
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
 Revitalisation
-Innovation, créativité et recherche
-[...6 lines deleted...]
-Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions
-[...25 lines deleted...]
-      <c r="S41" s="1" t="inlineStr">
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais de location de locaux et/ou de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets d&amp;#039;investissement et/ou d&amp;#039;achat de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses liées à l&amp;#039;Appel à Projets réseau départemental d&amp;#039;inclusion numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8463-soutenir-lanimation-dateliers-collectifs-de-m/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>92609</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le déploiement des outils et projets numériques au service du développement touristique</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Aide maximale de 10 K€ par projet dans la limite de 50 K€ par an</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs du tourisme, afin de mieux répondre aux attentes des visiteurs et renouveler les expériences de découverte des sites et lieux qu&amp;#039;ils promeuvent ou gèrent, doivent s&amp;#039;adapter et proposer des solutions innovantes pour contribuer à bâtir le tourisme de demain.
+En matière d&amp;#039;attractivité touristique et d&amp;#039;outil de découverte, le numérique a un rôle fort à jouer et est indispensable pour le renforcement de l&amp;#039;attractivité des sites touristiques du Vaucluse.
+Le Département souhaite fournir des services innovants et de qualité aux touristes et accompagner financièrement les EPCI, OT et OTI dans leurs projets de développement numériques afin de stimuler l&amp;#039;innovation au sein de la filière du tourisme.
+L&amp;#039;usage du numérique devra par ailleurs aider les acteurs du secteur touristique à intégrer plus rapidement des innovations utiles à leur développement dans la période post-épidémie Covid 19.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de mise en place d&amp;#039;outils de découverte et de valorisation numérique,  applications numériques ou parcours numériques individualisés ou collectifs (sites intérieurs ou extérieurs).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme communaux ou intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière sera portée :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;articulation du projet avec les acteurs du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la dimension durable du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7b5-soutenir-le-deploiement-des-outils-et-projets/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>98465</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Mutualiser un responsable des services informatiques</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le GIP RECIA propose aux collectivités qui le désirent de
+ &lt;strong&gt;
+  mutualiser la direction des services informatiques (DSI)
+ &lt;/strong&gt;
+ afin d&amp;#039;optimiser les ressources numériques et de vous accompagner dans le pilotage de vos prestataires locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service permet aux collectivités territoriales et à leurs groupements de bénéficier des services d&amp;#039;un responsable des services informatiques mutualisé qui pourra
+ &lt;strong&gt;
+  assister les élus et les directions dans la définition d&amp;#039;une stratégie numérique
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une petite collectivité, le responsable des services informatiques mutualisé remplace le service informatique manquant, conseille la collectivité à la fois sur les choix stratégiques mais aussi sur l&amp;#039;accompagnement des services dans l&amp;#039;évolution des pratiques numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une collectivité plus importante, sans se substituer à la DSI en place, le responsable des services informatiques mutualisé apporte sa connaissance et son expertise pour aider la DSI et les services à s&amp;#039;organiser pour réussir leur transition numérique.
+&lt;/p&gt;
+&lt;h4&gt;
+ Les avantages
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un accompagnement personnalisé de vos besoins en numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une assistance pour piloter les différents prestataires qui interviennent sur votre parc informatique (éditeur, informaticien, prestataire de maintenance...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un assistant à la maitrise d&amp;#039;ouvrage pour les marchés publics dans le domaine du numérique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Les prestations
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil et accompagnement du « Service achat » des collectivités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Téléphonie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès internet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Equipement matériel numérique (stations, serveurs, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction des marchés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en concurrence au premier €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil et accompagnement stratégique des collectivités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et aide à la rédaction de plan pluriannuel d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction du schéma directeur et d&amp;#039;orientation des systèmes d&amp;#039;informations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Urbanisation des systèmes d&amp;#039;information
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et accompagnement des collectivités dans les choix des solutions numériques supports à ses activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et accompagnement des collectivités dans la rationalisation et à l&amp;#039;évolution de son système d&amp;#039;information et de ses infrastructures
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit des systèmes d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de PCA (Plan de continuité de l&amp;#039;activité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de PRA (Plan de reprise d&amp;#039;activité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de PSSI (Plan de sécurisation des systèmes d&amp;#039;information)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Ressources utiles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;a href="https://www.solaere.recia.fr/" rel="noopener" target="_blank"&gt;
+  https://www.solaere.recia.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
+  https://www.snc.recia.fr/contactus
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...49 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:info&amp;#64;recia.solutions" rel="noopener" target="_blank"&gt;
+  info&amp;#64;recia.solutions
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Tél : 02 38 42 24 59
+ &lt;em&gt;
+  (choix 4)
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>olivier.jouin@recia.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/786b-copie-12h51-mutualiser-un-delegue-a-la-protec/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>98466</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec sa plate-forme Solaere et son pôle E-administration, le GIP RECIA offre un
+ &lt;strong&gt;
+  ensemble de services cohérents et innovants
+ &lt;/strong&gt;
+ couvrant
+ &lt;strong&gt;
+  la chaine de dématérialisation des documents et des échanges
+ &lt;/strong&gt;
+ dans sa globalité, à travers un
+ &lt;strong&gt;
+  portail sécurisé et unifié
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Des outils et des services d&amp;#039;e-administration qui ont pour objectif de
+ &lt;strong&gt;
+  simplifier la communication entre les services, les élus, les administrations et les citoyens
+ &lt;/strong&gt;
+ et de
+ &lt;strong&gt;
+  faciliter les usages et les échanges entre collectivités et les services de l&amp;#039;État
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;h4&gt;
+ Un accès à l&amp;#039;ensemble des services
+&lt;/h4&gt;
+&lt;p&gt;
+ Par l&amp;#039;intermédiaire de cette plate-forme, il est possible depuis un accès unique de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  viser ou signer électroniquement des documents numériques présentés dans un i-parapheur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  télétransmettre des documents à la Préfecture (délibérations, arretés réglementaires et individuels, documents budgétaires) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  télétransmettre au comptable public dans un flux signé électroniquement les pièces comptables (bordereaux, titres, mandats) et les pièces justificatives (factures, payes, délibérations, pièces de passation et d&amp;#039;exécution de marchés publics) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  envoyer des convocations aux élus en mettant tous les documents de séance à leur disposition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ D&amp;#039;une manière générale et au regard de certains services sensibles, le contexte d&amp;#039;hébergement qui sera choisi devra fournir des garanties en termes de performance, de disponibilité, de sécurité et de réversibilité du service et des données.
+&lt;/p&gt;
+&lt;h4&gt;
+ Nos outils et services dématérialisés
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gestion des flux actes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des flux Helios
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des mails certifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parapheur électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saisine par voie électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Facturation Chorus PRO
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plateforme des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocation électronique des élus
+ &lt;/li&gt;
+ &lt;li&gt;
+  PES Retour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Archivage électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des flux bons de commandes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Ressources utiles :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.recia.fr/nos-services/e-administration/" rel="noopener" target="_blank"&gt;
+   https://www.recia.fr/nos-services/e-administration/
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
+   https://www.snc.recia.fr/contactus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a rel="noopener" target="_blank"&gt;
+  info&amp;#64;recia.solutions
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02 38 42 24 59
+ &lt;em&gt;
+  (choix 1)
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>olivier.jouin@recia.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/243a-copie-13h06-mutualiser-un-delegue-a-la-protec/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>111768</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux usages numériques avec les Conseillers numériques France services</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Former aux usages numériques avec les Conseillers numériques France services</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;État finance la formation et le déploiement de 4 000 conseillers numérique France service sur le territoire sur une durée de 2 ans pour les collectivités, établissements publics ou associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif visant à
+ &lt;strong&gt;
+  faire monter en compétences sur le numérique des habitants d&amp;#039;un territoire
+ &lt;/strong&gt;
+ , avec un accompagnement humain, interactif et à l&amp;#039;écoute des attentes des citoyens. Sur une durée de deux ans,
+ &lt;strong&gt;
+  l&amp;#039;État finance ainsi la formation et le déploiement de 4 000 Conseillers numériques France Services sur le territoire
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les Conseillers numériques France Services proposent et animent
+ &lt;strong&gt;
+  des ateliers ou activités de médiation numérique gratuits
+ &lt;/strong&gt;
+ pour les habitants et ainsi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutiennent les français dans les usages quotidiens du numérique (travailler à distance, consulter un médecin, gérer des courriels, suivre la scolarité de leurs enfants...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibilisent aux enjeux du numérique en favorisant des usages citoyens et critiques (maitrise de l&amp;#039;information, protection des données personnelles, maitrise des réseaux sociaux...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnent les usagers vers l&amp;#039;autonomie, notamment dans la réalisation de démarches administratives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute personne désirant se former sur les usages du numérique au quotidien.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;br /&gt;
+&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cohesion-territoires.gouv.fr/france-services</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/particuliers/former-usages-numeriques-conseillers-numeriques-france-services</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Conseiller numérique France Services est piloté par le programme Société Numérique de l&amp;#039;Agence Nationale de la Cohésion des Territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, vous pouvez envoyer un mail à l&amp;#039;adresse : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a6b-former-aux-usages-numeriques-avec-les-conseil/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>116786</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales - Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>ADULLACT (Association des Développeurs et Utilisateurs de Logiciels Libres pour les Administrations et les Collectivités Territoriales)</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2016, le label Territoire Numérique Libre encourage les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales, en valorisant les choix stratégiques et techniques mis en place sur le territoire : mise en place d&amp;#039;une stratégie en faveur du libre, utilisation de logiciels et systèmes libres, mise à disposition des données publiques (open data), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Il récompense la mutualisation des ressources, le bon usage de l&amp;#039;argent public, et toutes les initiatives en faveur des biens communs numériques sur le territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le label Territoire Numérique Libre a été créé pour mettre en lumière les initiatives libres des collectivités, pour les promouvoir auprès des élus, des autres collectivités et des citoyens. C&amp;#039;est un marqueur fort pour toutes les collectivités engagées dans une démarche &amp;#34;Libre&amp;#34;.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La candidature au label Territoire Numérique Libre est gratuite, et ne nécessite aucune adhésion préalable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://territoire-numerique-libre.org/le-label/" rel="noopener" target="_blank"&gt;
+  Visitez notre site web pour plus d&amp;#039;informations.
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  votre collectivité utilise au moins un logiciel libre, dans ses services ou établissements scolaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous avez entrepris d&amp;#039;ouvrir vos données publiques (open data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous favorisez l&amp;#039;utilisation de formats de fichiers ouverts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les initiatives numériques libres sont encouragées sur votre territoire ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ... alors, vous êtes déjà un Territoire Numérique Libre !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les collectivités territoriales françaises de métropole ou d&amp;#039;outre-mer peuvent participer : villes, métropoles, communautés de communes, communautés d&amp;#039;agglomération, départements, régions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Il suffit de désigner un·e élu·e référent et un·e personne responsable de la candidature, et de compléter le questionnaire de candidature en ligne. La participation au label est entièrement gratuite, seule la fabrication de la signalétique est à la charge des collectivités lauréates.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez davantage d&amp;#039;informations sur notre page pour
+ &lt;a href="https://territoire-numerique-libre.org/candidat/" rel="noopener" target="_blank"&gt;
+  Être candidat
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://territoire-numerique-libre.org/le-label/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Camille TILLATTE
+ &lt;br /&gt;
+ Chargée de Marketing et Communication à l&amp;#039;ADULLACT
+ &lt;br /&gt;
+ label&amp;#64;territoire-numerique-libre.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>camille.tillatte@adullact.org</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e457-encourager-les-usages-numeriques-libres-ouver/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>117490</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'inclusion numérique du territoire</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un accompagnement visant à l&amp;#039;inclusion numérique par le biais de 15 Hubs territoriaux. Il s&amp;#039;adresse aux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acteurs de l&amp;#039;inclusion numérique : identification comme acteur dédié, formation des médiateurs numériques, mise en place d&amp;#039;un projet d&amp;#039;inclusion numérique (montage financier, recherche de financement, conception de l&amp;#039;offre, etc.), organisation d&amp;#039;un événement consacré à l&amp;#039;inclusion numérique, information et actualités sur le sujet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux collectivités territoriales : diagnostic de l&amp;#039;inclusion numérique territoriale (acteurs en présence, offres, etc.), création d&amp;#039;une politique publique d&amp;#039;inclusion numérique, formation des agents et organisation d&amp;#039;événements dédiés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise plusieurs objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer des synergies entre les écosystèmes d&amp;#039;inclusion numérique : identification des lieux de médiation, évaluation des capacités territoriales, étude de l&amp;#039;accessibilité des services et analyse de leur adéquation avec les besoins des territoires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la création ou le développement des projets d&amp;#039;inclusion numérique : formation, mise à disposition d&amp;#039;outils et recherche de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_inclusif_psat</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contactez le Hub de votre région
+  : AAP-Hubsinclusifs&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/efd8-etre-accompagne-dans-linclusion-numerique-du-/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>95031</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et aux manifestations dans les secteurs de l’économie culturelle et de la création numérique</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals et aux manifestations dans les secteurs des industries créatives</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
-[...15 lines deleted...]
-Bâtiments et construction
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du cinéma et de l&amp;#039;audiovisuel :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics, et participer à la cohérence du territoire en termes culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel et la pérennité des équipes de création en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la promotion des équipes artistiques en région, et au-delà du territoire régional,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du livre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir et accompagner la création littéraire contemporaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamiser le développement de la vie littéraire en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la professionnalisation et la coopération des acteurs du livre en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé en fonction de la nature, de l&amp;#039;ampleur, de la qualité du projet ainsi que des partenariats financiers établis. Une subvention pluriannuelle peut être proposée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations et structures culturelles de droit public ou privé ayant leur siège en région Grand Est, dont le projet est entièrement dédié à la promotion des oeuvres cinématographiques, audiovisuelles, nouveaux medias, du livre ou de la lecture et dont l&amp;#039;action se déroule en région Grand Est. Les collectivités territoriales. Les bénéficiaires doivent être implantés en région Grand Est ou y mener leur activité de façon effective.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du cinéma ou de l&amp;#039;audiovisuel , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   développer un projet culturel et artistique identifié et de qualité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;entourer d&amp;#039;une équipe compétente ou de professionnels pour l&amp;#039;organisation et la programmation du festival ou de la manifestation, respecter les conditions de rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier l&amp;#039;engagement d&amp;#039;au moins une collectivité publique locale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   équilibrer son budget prévisionnel et prouver la viabilité du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du secteur du livre , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   soutenir et accompagner la création littéraire contemporaine,
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamiser le développement de la vie littéraire en région,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter la chaîne du livre et les conditions de rémunération des auteurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser la professionnalisation et la coopération des acteurs du livre en région, par exemple sous forme de rencontres professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une manifestation avec une programmation cohérente et de qualité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer au développement de l&amp;#039;économie du livre à l&amp;#039;échelle régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une stratégie de rayonnement régional voire national ou international,
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier d&amp;#039;une pluralité de financements et d&amp;#039;une part significative dédiée aux frais artistiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts liés à l&amp;#039;organisation des festivals et des manifestations sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-aux-manifestations-secteurs-de-leconomie-culturelle-de-creation-numerique/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0022/depot/simple</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   /
+   &lt;a href="mailto:cinema.audiovisuel&amp;#64;grandest.fr"&gt;
+    cinema.audiovisuel&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
+    versements-ecoculture&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépôt des dossiers :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La date de réception par la Région du dossier complet doit être antérieure au démarrage de l&amp;#039;opération d&amp;#039;au moins 4 mois. L&amp;#039;ensemble de la procédure de dépôt des dossiers, dossier administratif et dossier de projet, ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée Le dépôt de dossier s&amp;#039;effectue par voie électronique à l&amp;#039;une des adresses suivantes :
+  &lt;a rel="noopener" target="_blank"&gt;
+   cinema.audiovisuel&amp;#64;grandest.fr
+  &lt;/a&gt;
+  ou
+  &lt;a rel="noopener" target="_blank"&gt;
+   livre&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aee-soutien-aux-festivals-et-aux-manifestations-d/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>101570</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir un tiers-lieu de formation numérique "Village Afpa"</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale pour la Formation Professionnelle des Adultes (AFPA)</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez développer sur votre territoire un espace de formation numérique à destination de vos habitants et entreprises.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;AFPA propose de travailler avec les collectivités à la création et l&amp;#039;animation d&amp;#039;un tiers-lieu d&amp;#039;insertion professionnelle et de formation numérique à distance (création d&amp;#039;espaces de CoLearning (Offre Territoire digital de l&amp;#039;Afpa) et d&amp;#039;espaces de coworking (Programme « Village Afpa »)).  Ces espaces permettent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à des équipements numériques pour suivre une formation ou bénéficier d&amp;#039;un accompagnement à distance;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présence d&amp;#039;un facilitateur numérique de formation pour encadrer les apprentissages et les parcours, recruté localement par la structure d&amp;#039;exploitation de l&amp;#039;espace et formé par l&amp;#039;Afpa pour mener à bien cette mission (titre professionnel de « Responsable d&amp;#039;espace de médiation numérique » du ministère du travail);
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plateforme de e-Learning Métis regroupant plus de 250 parcours de formation et des dispositifs d&amp;#039;accompagnement vers l&amp;#039;emploi (Prépa compétences en ligne) et s&amp;#039;enrichissant en permanence de parcours proposés par ses partenaires;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation à distance des formations et prestations d&amp;#039;accompagnement par un réseau de formateurs (Afpa et partenaires) répartis sur l&amp;#039;ensemble du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accueil sur place pour informer sur les dispositifs d&amp;#039;insertion professionnelle (La promo 16.18 pour les décrocheurs scolaires, Prépa compétences pour les demandeurs d&amp;#039;emploi, Hope pour les réfugiés, Déclic pour l&amp;#039;action pour les 16-25 ans...) et pour conseiller sur les parcours de formation professionnelle et d&amp;#039;&amp;#039;apprentissage permettant d&amp;#039;évoluer professionnellement ou de retrouver un emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Chris Trouvat :
+ &lt;a href="mailto:chris.trouvat&amp;#64;afpa.fr" rel="noopener" target="_blank"&gt;
+  chris.trouvat&amp;#64;afpa.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d278-accueillir-un-tiers-lieu-de-formation-numeriq/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>101580</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer le numérique dans le quotidien des artisans</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez que les artisans s&amp;#039;engagent dans une démarche de développement numérique pour accroître leur compétitivité et adapter leurs services aux attentes des consommateurs dans un contexte économique et sanitaire en évolution.
+&lt;br /&gt;
+&lt;br /&gt;
+Les chambres de métiers et de l&amp;#039;artisanat vous propose d&amp;#039;opérer un dispositif d&amp;#039;accompagnement comprenant : ·une communication et une sensibilisation auprès des artisans sur les possibilités d&amp;#039;augmenter leur chiffre d&amp;#039;affaires et leur rentabilité par le numérique, et accroitre l&amp;#039;usage des technologies numériques dans l&amp;#039;entreprise ·la réalisation d&amp;#039;un diagnostic de maturité digitale et proposition de plan d&amp;#039;action par un conseiller CMA en présentiel (possible en distanciel) ·un accompagnement à la mise en oeuvre du projet par une aide à la concrétisation dans le cadre d&amp;#039;un investissement matériel ou immatériel ou l&amp;#039;orientation vers les expertises des activateurs France NUM.</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
 Appui méthodologique
-Transports collectifs et optimisation des trafics routiers
-[...19 lines deleted...]
-      <c r="S42" s="1" t="inlineStr">
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre des métiers et de l&amp;#039;artisanat : https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite/annuaire-des-cma
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e992-integrer-le-numerique-dans-le-quotidien-des-a/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>103486</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>1 million € maximum</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention d&amp;#039;un taux maximum de 40% du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
+&lt;/p&gt;
+&lt;h4&gt;
+ Cofinancements possibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires cibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Cécile Chenot -
+  &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   cecile.chenot&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou Véronique Cagnon -
+  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   veronique.cagnon&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
+   cinema.audiovisuel&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dae5-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>120286</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Installer et maintenir des systèmes informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Systèmes Informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation et maintenance d&amp;#039;équipements, infrastructures associées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les enjeux et les solutions techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit du parc informatique de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;un compte-rendu sur l&amp;#039;existant et les orientations à prendre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vente de matériel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vente et installation de serveurs et ordinateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vente et installation de périphériques (imprimantes, bornes wifi, écrans, onduleurs, claviers/ souris, disques durs, cables et adaptateurs, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et configuration de kits de visioconférence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de hotspots wifi publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maintenance et assistance technique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service de maintenance du parc informatique, visites annuelles, dépannages sur site, supervision du serveur, antivirus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hotline téléphonique technique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tests de performances du cablage réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service de sauvegarde de données externalisée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Hébergement dans un DataCenter 100% public :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réservations et dépôts de noms de domaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de sites web
+ &lt;/li&gt;
+ &lt;li&gt;
+  Messagerie électronique et calendriers partagés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de serveurs dédiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Virtualisation de serveurs métiers pour un travail à distance
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/systemes-informatiques-reseaux/</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Mixte Numérian
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 30 13 13
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.numerian.fr/"&gt;
+  www.numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
+  contact&amp;#64;numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94f3-systemes-informatiques-et-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>120287</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de logiciels et d'applications de gestion</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Logiciels et applications</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise à disposition de logiciels de gestion à l&amp;#039;échelle communale et intercommunale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les enjeux et les solutions techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit des besoins de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des logiciels et démonstration sur place
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans la mise en place de nouveaux logiciels :
+  &lt;br /&gt;
+  – Logiciels de gestion (finances/payes/élections/état-civil/cimetière/...)
+  &lt;br /&gt;
+  – Gestion de fonds bibliothécaire
+  &lt;br /&gt;
+  – Gestion du périscolaire avec paiement en ligne
+  &lt;br /&gt;
+  – Calendriers partagés pour le personnel et les ressources
+  &lt;br /&gt;
+  – Gestion du courrier avec circuits de validation
+  &lt;br /&gt;
+  – Gestion des congés, absences, formations, et crédits ouverts pour les titres restaurant
+  &lt;br /&gt;
+  – Logiciel d&amp;#039;aide à la rédaction des marchés publics
+  &lt;br /&gt;
+  – Logiciel de gestion des Autorisations du Droit du Sol
+  &lt;br /&gt;
+  – Cloud, espace de stockage en ligne partagé pour un travail collaboratif
+  &lt;br /&gt;
+  – Liste de diffusion mails
+  &lt;br /&gt;
+  – Enquêtes en ligne
+  &lt;br /&gt;
+  – Applications en ligne de gestion du cadastre et autorisations du droit du sol
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix des outils, installation et déploiement au sein de la collectivité ou en mode hébergé pour un accès distant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des utilisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service d&amp;#039;assistance par nos agents au quotidien
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/logiciels-applications/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Mixte Numérian
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 30 13 13
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="http://www.numerian.fr"&gt;
+  www.numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
+  contact&amp;#64;numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a06-logiciels-et-applications/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>120288</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des process de dématérialisation et des téléprocédures (e-administration)</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>E-Administration</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dématérialisation et téléprocédures.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur la réglementation, les enjeux, les procédures et les solutions techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit des besoins de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des outils et démonstration sur place ou à distance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Maîtrise d&amp;#039;œuvre (intervention payante) :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans la mise en place de la dématérialisation, mise en place des outils :
+  &lt;br /&gt;
+  – Délivrance de certificat de signature électronique sur site
+  &lt;br /&gt;
+  – Plateforme de dématérialisation des marchés publics
+  &lt;br /&gt;
+  – Tiers de Télétransmission vers la préfecture et la trésorerie
+  &lt;br /&gt;
+  – Dématérialisation des actes réglementaires et budgétaires
+  &lt;br /&gt;
+  – Dématérialisation des bordereaux comptables
+  &lt;br /&gt;
+  – Parapheur électronique en ligne avec circuits de validation
+  &lt;br /&gt;
+  – Service de Correspondant Informatique et Libertés
+  &lt;br /&gt;
+  – Audits dans le cadre de la loi sur le RGPD
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des utilisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service d&amp;#039;assistance par nos agents au quotidien
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/e-administration/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Syndicat Mixte Numérian
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 30 13 13
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site :
+   &lt;a href="https://www.numerian.fr/"&gt;
+    www.numerian.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
+    contact&amp;#64;numerian.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3cad-e-administration/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>120289</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de formations et d'actions de sensibilisation aux nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formations, actions de sensibilisation, ateliers spécifiques, conseil et accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une intervention collective par territoire ou auprès des adhérents / membres / partenaires (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une intervention par structure auprès des équipes (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour créer un espace de co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux ressources et équipements du Moulin Digital :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ – Deux journées de coworking pour une personne à ROVALTAIN
+ &lt;br /&gt;
+ – Une journée d&amp;#039;utilisation de la salle de réunion du moulin digital, équipée de visioconférence
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour la mise en place de projets innovants, d&amp;#039;actions de sensibilisation au numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations de conseil pour l&amp;#039;organisation d&amp;#039;événements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition de la stratégie numérique des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation de formations numériques à destination des agents de la collectivité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organisation de Café-outils ou « 1h pour... » dans les territoires
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Moulin Digital
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 83 50 58
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;lemoulindigital.fr"&gt;
+  contact&amp;#64;lemoulindigital.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://lemoulindigital.fr/"&gt;
+  www.lemoulindigital.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/177f-nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>120311</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné à l'informatisation de sa bibliothèque</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Informatisation des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations d&amp;#039;informatisation ou de ré-informatisation de bibliothèque ou de réseau de bibliothèques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les logiciels de gestion et portails internet des bibliothèques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;expression du besoin et à la définition du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des offres des fournisseurs existantes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet Aide à la méthode de gestion projet (organisation du chantier, calendrier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la sélection du prestataire et au suivi du chantier
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/informatisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Services des médiathèques
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Informatique et Numérique
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 78 41 90
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:jrieu&amp;#64;ladrome.fr"&gt;
+  jrieu&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9000-informatisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>127289</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une
+ &lt;strong&gt;
+  subvention d&amp;#039;un taux maximum de 40%
+ &lt;/strong&gt;
+ du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Héloise Maillé - heloise.maille-virole&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b09-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>121995</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer la recherche-développement (R&amp;D) en sciences du numérique appliquée à la culture</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Convention Culture-Inria</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La convention Culture-Inria est un dispositif de financement de la recherche-développement (R&amp;amp;D) en sciences du numérique appliquée à la culture, proposé à l&amp;#039;écosystème institutionnel du ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que la convention Culture-Inria ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le ministère de la Culture a engagé un partenariat avec l&amp;#039;
+ &lt;a href="https://www.inria.fr/fr" rel="noopener" target="_blank"&gt;
+  Institut national de recherche en informatique et en automatique (Inria)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , afin de stimuler la R&amp;amp;D entre les institutions culturelles et le monde de la recherche en sciences du numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Doté d&amp;#039;un personnel de quelque 2000 chercheurs répartis en 170 équipes, l&amp;#039;Inria est le seul établissement public entièrement voué aux sciences du numérique, couvrant l&amp;#039;ensemble de ce domaine : algorithmie, intelligence artificielle, interaction homme-machine, web sémantique, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce partenariat prend la forme d&amp;#039;une
+ &lt;strong&gt;
+  convention-cadre
+ &lt;/strong&gt;
+ qui permet d&amp;#039;accélérer et de simplifier le montage de projets de R&amp;amp;D entre le ministère et son réseau d&amp;#039;établissements sous tutelle d&amp;#039;une part, et l&amp;#039;Institut de recherche, d&amp;#039;autre part.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette coopération a pour objectifs principaux de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  former une interface entre le monde des acteurs de la culture et celui des chercheurs en sciences du numérique et favoriser ainsi l&amp;#039;interdisciplinarité
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider les acteurs culturels à s&amp;#039;approprier la culture de l&amp;#039;innovation et faciliter la levée de verrous technologiques dans tous les domaines du numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser les transferts technologiques des équipes de recherche d&amp;#039;Inria vers les acteurs culturels et mutualiser au plan national les efforts, les savoir-faire et les moyens en R&amp;amp;D
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il est
+ &lt;strong&gt;
+  possible de soumettre un projet de R&amp;amp;D tout au long de l&amp;#039;année
+ &lt;/strong&gt;
+ . Le calendrier de réalisation est établi cas par cas, selon la nature du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ À titre d&amp;#039;exemples, voici quelques domaines technologiques abordés dans le cadre de ce dispositif : Web sémantique (ontologies, alignement et réconciliation de données...), 3D (numérisation, modélisation...), Réalité virtuelle/augmentée/mixte,
+ &lt;em&gt;
+  machine learning
+ &lt;/em&gt;
+ et apprentissage profond, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Deux formats de projets sont proposés, selon leur degré de complexité. Le montant de la subvention est le suivant :
+&lt;/p&gt;
+&lt;h5&gt;
+ Projet préliminaire ou court, a priori réalisable en 6 mois (exemple : état de l&amp;#039;art)
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;unité d&amp;#039;œuvre forfaitaire est de 18.000 €, à verser à Inria.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le subventionnement par le ministère de la Culture ne peut dépasser 14.400 €, soit au moins 3.600 € à la charge de la structure culturelle porteuse du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Projet approfondi ou long, a priori réalisable en 12 mois (exemple : développement de prototype)
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;unité d&amp;#039;œuvre forfaitaire est de 77.000 €, à verser à Inria.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le subventionnement par le ministère de la Culture ne peut dépasser 61.600 €, soit au moins 15.400 € à la charge de la structure culturelle porteuse du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention ne finance pas directement la structure culturelle porteuse du projet, mais prend en charge une partie significative (jusqu&amp;#039;à 80%) du montant forfaitaire attribué à l&amp;#039;équipe d&amp;#039;Inria pour la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La
+ &lt;strong&gt;
+  fiche descriptive
+ &lt;/strong&gt;
+ du projet, élaborée par la structure culturelle demandeuse (voir la rubrique &amp;#34;Comment déposer un dossier ?&amp;#34; ci-dessous), est examinée par un groupe d&amp;#039;experts du ministère de la Culture et d&amp;#039;Inria.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette étape de
+ &lt;strong&gt;
+  présélection
+ &lt;/strong&gt;
+ permet de s&amp;#039;assurer de l&amp;#039;éligibilité du projet et de le pré-évaluer selon les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  intérêt pour les usages, les métiers et le patrimoine culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  intérêt pour le progrès des sciences et technologies du numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  réutilisabilité des résultats du projet par d&amp;#039;autres acteurs que les porteurs de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  mutualisation des moyens entre les porteurs d&amp;#039;un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  interdisciplinarité du projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  prise en compte des contraintes de transfert, d&amp;#039;hébergement, de maintenance et de pérennisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  anticipation de la phase de déploiement des innovations au sein des institutions culturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Culture-Inria est un guichet ouvert : le dépôt des dossiers s&amp;#039;effectue tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Une notification de prise en charge du traitement de la demande est adressée au plus tard, dans la semaine suivant le dépôt de la fiche descriptive du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La première étape du processus consiste en la soumission de la fiche descriptive du projet.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Pour télécharger le formulaire de la fiche descriptive, cliquez sur le bouton &amp;#34;Accéder au formulaire (fiche descriptive)&amp;#34;.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le formulaire et transmettez-le par mail à :
+  &lt;a href="mailto:mcc-inria&amp;#64;culture.gouv.fr."&gt;
+   mcc-inria&amp;#64;culture.gouv.fr.
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Si le dossier est accepté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet est pré-sélectionné, l&amp;#039;équipe d&amp;#039;Inria intéressée, en lien avec le ministère de la Culture, prend contact avec la structure culturelle demandeuse.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  S&amp;#039;ouvre alors une seconde étape pour l&amp;#039;élaboration d&amp;#039;une convention de recherche
+ &lt;/strong&gt;
+ . La rédaction de la convention procède d&amp;#039;une collaboration étroite entre les trois parties : acteur culturel, équipe Inria et ministère de la Culture. Elle permet d&amp;#039;affiner et de consolider, d&amp;#039;un commun accord, la description du projet, la contribution des équipes concernées, la méthodologie ainsi que le calendrier prévisionnel. La durée de cette étape dépend à la fois de la complexité du projet et de la disponibilité des parties.
+&lt;/p&gt;
+&lt;p&gt;
+ NB :  Dans l&amp;#039;accord cadre Culture-Inria, la réalisation d&amp;#039;un projet ne relève pas d&amp;#039;une prestation de service, mais d&amp;#039;une collaboration scientifique, formalisée par une convention de recherche. L&amp;#039;une des conditions essentielles à la mise en place d&amp;#039;une convention est qu&amp;#039;une équipe d&amp;#039;Inria soit intéressée par le sujet de recherche proposé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention Culture-Inria concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ - les services du ministère de la Culture : administration centrale, DRAC et services à compétence nationale (SCN)
+&lt;/p&gt;
+&lt;p&gt;
+ - les établissements publics (EP) sous tutelle
+&lt;/p&gt;
+&lt;p&gt;
+ - les organismes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ARTE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centre national des arts du cirque
+ &lt;/li&gt;
+ &lt;li&gt;
+  IRCAM
+ &lt;/li&gt;
+ &lt;li&gt;
+  France Médias Monde
+ &lt;/li&gt;
+ &lt;li&gt;
+  France Télévisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Radio France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Société par actions simplifiées Palais de Tokyo
+ &lt;/li&gt;
+ &lt;li&gt;
+  Société par actions simplifiées Pass Culture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent relever de la recherche ou de l&amp;#039;innovation, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  permettre de lever un verrou technologique identifié dans le champ des applications culturelles et linguistiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  et/ou permettre de tester de nouveaux concepts ou de nouveaux usages qui ont à la fois un impact dans le secteur culturel et un intérêt pour les sciences du numérique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ils doivent en outre relever d&amp;#039;un ou plusieurs des types suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Production d&amp;#039;un état de l&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transfert technologique (d&amp;#039;une équipe de recherche Inria vers un acteur culturel)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement informatique spécifique (prototype d&amp;#039;interface, création d&amp;#039;algorithmes, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation et diffusion des résultats de recherche
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par souci de progressivité, un projet peut faire l&amp;#039;objet d&amp;#039;une phase préliminaire, puis d&amp;#039;une phase approfondie , chaque phase étant subventionnée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/convention-culture-inria</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service du Numérique
+&lt;/p&gt;
+&lt;p&gt;
+ Département du numérique pour la transformation des politiques culturelles et de l&amp;#039;administration des données
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mcc-inria&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  mcc-inria&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/343c-convention-culture-inria/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>149151</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités aux usages numériques</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Soutien des collectivités aux usages numériques - Vidéoprotection - WiFi ou ADSL</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par Wifi ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € par commune : Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une Commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un établissement public de coopération intercommunale ou un syndicat mixte dans le cadre de l&amp;#039;exercice de la compétence de la prévention de la délinquance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;installation (création et extension) de caméras sur la voie publique ou aux abords de lieux ouverts au public, au titre de l&amp;#039;exercice de la compétence de prévention de la délinquance, dans toutes les communes du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/plan-regional-de-soutien-des-collectivites-aux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0067%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.gr</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à
+ &lt;a target="_self"&gt;
+  numerique&amp;#64;grandest.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir (cf règlement, ci dessous) disponible.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4936-soutien-des-collectivites-aux-usages-numeriqu/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>164372</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités sur l'utilisation du logiciel Berger Levrault</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités sur le logiciel Berger Levrault</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financée par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
+propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
+adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
+E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
+la mise en œuvre et l’exploitation du logiciel métier (installation, support,
+télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance technique, fonctionnelle dans l’utilisation des logiciels
+de comptabilité, paye, élection, état civil et facturation du logiciel Magnus. &lt;/li&gt;&lt;li&gt;Assure des formations aux collectivités sur l’application métier et
+les accompagne pour la mise en œuvre des applications légales (prélèvement à la
+source, actes, budget etc.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Installation, formation, assistance sur les
+logiciels de gestion de collectivité Berger Levrault&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Etre une
+collectivité adhérente à l’agence technique Ingénierie70 pour la compétence informatique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
       <c r="U42" s="1" t="inlineStr">
         <is>
-          <t>Europe</t>
+          <t>Haute-Saône</t>
         </is>
       </c>
       <c r="V42" s="1" t="inlineStr">
         <is>
-          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/HORIZON-MSCA-2025-DN-01-01?isExactMatch=true&amp;status=31094501,31094502,31094503&amp;callIdentifier=HORIZON-MSCA-2025-DN-01&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+          <t>https://www.ingenierie70.fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y42" s="1" t="inlineStr">
         <is>
-          <t>msilva@welcomeurope.com</t>
+          <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
       <c r="Z42" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-reseaux-doctoraux-msca-2025/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-collectivites-sur-le-logicel-berger-levrault/</t>
         </is>
       </c>
       <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:27" customHeight="0">
       <c r="A43" s="1">
-        <v>165056</v>
+        <v>162507</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>HORIZON EUROPE -  MSCA Choisir l'Europe pour la science 2025 - 2025</t>
+          <t>Financer les achats d'outils pédagogiques numériques des établissements d'enseignements artistiques</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>HORIZON EUROPE -  MSCA Choisir l'Europe pour la science 2025 - 2025</t>
+          <t>ACHAT D'OUTILS PEDAGOGIQUES NUMERIQUES</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>Commission européenne</t>
+          <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>Etablissement public dont services de l'Etat
-Recherche</t>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J43" s="1" t="inlineStr">
+        <is>
+          <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
-          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;22,500,000 euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 22,500,000 euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01 MSCA Choisir l&amp;#039;Europe pour la science 2025: 22,500,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.   &lt;strong&gt;Différentes catégories de projets sont éligibles : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus : &lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;TOPICS &lt;/span&gt;:   A venir  &lt;ul&gt;    &lt;li&gt;HORIZON-MSCA-2025-COFUND-02-01: MSCA Choisir l&amp;#039;Europe pour la science 2025&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;   Pour trouver votre Point de Contact National (NCP) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp?order&amp;#61;ASC&amp;amp;pageNumber&amp;#61;0&amp;amp;pageSize&amp;#61;50&amp;amp;countries&amp;#61;20000832,20000839,20000841,20000911,20000871,20000872,20000875,20000880,20000885,20000890,20000873,20000902,20000913,20000915,20000922,20000946,20000944,20000945,20000960,20000973,20000986,20000990,20000994,20001005,20001004,20000883,20001001" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;   &lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-2-msca-actions_horizon-2023-2024_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) :&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;HORIZON-MSCA-2025-COFUND-02&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/funding-and-grants/horizon-europe-marie-sklodowska-curie-actions_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+          <t>&lt;p&gt;Aider les établissements artistiques à investir dans des outils numériques permettant la
+pédagogie auprès des élèves : tableaux numériques, appareils photos,
+outils pour pratiquer la MAO, etc…&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N43" s="1" t="inlineStr">
         <is>
-          <t>Transition énergétique
-[...9 lines deleted...]
-Sécurité</t>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
         </is>
       </c>
       <c r="O43" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>03/12/2025</t>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Groupements de communes dont syndicats intercommunaux possédant un établissement d’enseignement artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Outils
+numériques mis à disposition des élèves et/ou des enseignants: tableaux
+numériques, appareils photos, outils pour pratiquer la MAO, etc&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Critères :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viabilité financière du projet&lt;/li&gt;&lt;li&gt;Empreinte environnementale des outils (durabilité)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La date limite de dépôt de la demande est fixée au 30 mars de l’année de l’investissement.&lt;/p&gt;&lt;p&gt;Cette aide est mobilisable chaque année, mais priorité sera donnée aux établissements ne l’ayant pas sollicité l’année n-1 ou n’ayant jamais bénéficié de cette aide.&lt;/p&gt;&lt;p&gt;Les dossiers seront étudiés en fonction de l’enveloppe globale disponible pour cette aide.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/achat-doutils-pedagogiques-numeriques/</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-achats-doutils-pedagogiques-numeriques-des-etablissements-denseignements-artistiques/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>162301</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Proposer aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Manuels scolaires numériques</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La Région Sud met tout en oeuvre pour que les élèves bénéficient des meilleures conditions d’apprentissage et poursuit la transition numérique des établissements et propose désormais aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Depuis la rentrée scolaire 2019, la Région met à la disposition des lycéens et des professeurs des manuels scolaires numériques sur une tablette tactile pour en permettre la lecture sans avoir besoin d’une connexion permanente.&lt;/p&gt; &lt;p&gt;Les élèves de seconde et première depuis septembre 2019 inscrits dans les 86% de lycées de la Région ayant opté pour les manuels scolaires numériques. Ceux de terminale en bénéficieront à la rentrée 2020.&lt;/p&gt; &lt;p&gt;Permettre toutes les nouvelles formes d&amp;#039;enseignement avec l&amp;#039;usage d&amp;#039;un équipement identique, intégrant tous les nouveaux programmes, pour tous les lycéens.&lt;/p&gt;
+&lt;h5&gt;Les avantages&lt;/h5&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Pour les élèves :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Un poids du cartable allégé.&lt;/li&gt; 		&lt;li&gt;Un manuel enrichi : la version numérique du manuel scolaire propose de nombreuses ressources supplémentaires (vidéos, sons, animations) et des fonctionnalités interactives. &lt;/li&gt; 		&lt;li&gt;Une meilleure accessibilité pour les élèves à besoins éducatifs particuliers : Les textes peuvent être zoomés ou écoutés, les couleurs et polices changées, etc.&lt;/li&gt; 		&lt;li&gt;Un accès en ligne de tout point connecté à internet.&lt;/li&gt; 		&lt;li&gt;La facilité de récupérer un document oublié.&lt;/li&gt; 		&lt;li&gt;Plus de nécessité d&amp;#039;un accès en ligne une fois téléchargé, pour l&amp;#039;essentiel du manuel.&lt;/li&gt; 		&lt;li&gt;La possibilité de télécharger le manuel sur plusieurs supports personnels ou familiaux.&lt;/li&gt; 		&lt;li&gt;La possibilité d&amp;#039;annoter le manuel, d&amp;#039;exporter des extraits dans d&amp;#039;autres documents.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
-[...94 lines deleted...]
-      </c>
       <c r="U44" s="1" t="inlineStr">
         <is>
-          <t>Europe</t>
+          <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V44" s="1" t="inlineStr">
         <is>
-          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate&amp;keywords=HORIZON-WIDERA-2025-02-ACCESS-01&amp;isExactMatch=true&amp;status=31094501,31094502,31094503</t>
-[...4 lines deleted...]
-          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/HORIZON-WIDERA-2025-02-ACCESS-01?keywords=HORIZON-WIDERA-2025-02-ACCESS-01&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+          <t>https://www.maregionsud.fr/vos-aides/detail/manuels-scolaires-numeriques</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Région :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;l-ec&amp;#64;maregionsud.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Délégations Académiques au Numérique Educatif :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Aix-Marseille : ce.dan&amp;#64;ac-aix-marseille.fr&lt;/li&gt; 		&lt;li&gt;Nice : dane&amp;#64;ac-nice.fr,&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Direction Régionale de l&amp;#039;Alimentation, de l&amp;#039;Agriculture et de la Forêt (DRAAF).&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;drtic.paca&amp;#64;educagri.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y44" s="1" t="inlineStr">
         <is>
-          <t>msilva@welcomeurope.com</t>
+          <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z44" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-widera-pre-accelerateur-eic-elargissement-2025/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/manuels-scolaires-numeriques/</t>
         </is>
       </c>
       <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:27" customHeight="0">
       <c r="A45" s="1">
-        <v>164900</v>
+        <v>161669</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
-[...4 lines deleted...]
-          <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
+          <t>Développer les usages innovants du numérique</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+          <t>Développer les usages  innovants du numérique</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>Commission européenne</t>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour favoriser leur duplicabilité et/ou leur extension par :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La mise en place ou le développement de projets expérimentaux, pilotes et/ou innovants&lt;/p&gt;&lt;p&gt;• Le soutien de poste d’animateur dédié au développement des usages et projets numériques répondant aux spécificités territoriales&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour favoriser l&amp;#039;innovation collective, le partage d’information et la transmission de &lt;/strong&gt;&lt;strong&gt;compétences grâce à la création des tiers-lieux numériques. &lt;/strong&gt;La Région finance les tiers-lieux d’idéation-expérimentation et de fabrication et médiation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour accompagner le développement des Micro-Folies. &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour la Région, la transformation numérique passe par le développement d’usages innovants dans de nombreux domaines : tourisme / patrimoine, éducation, e-santé, agriculture … La collectivité accompagne les expérimentations de nouveaux usages du numérique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Technologies numériques et numérisation
+Tiers-lieux
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q45" s="1" t="inlineStr">
+        <is>
+          <t>02/01/2027</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les projets seront sélectionnés selon
+plusieurs critères techniques : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;- &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’aspect
+innovant (expérimentation ou action novatrice territoriale) ou pilote
+(déploiement d’une expérimentation) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
+portée territoriale du projet (les projets de portée intercommunale et au-delà
+seront privilégiés) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
+proposition de contenus et de services numériques mis en œuvre ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’intégration
+de dispositif d’animation favorisant une bonne appropriation de l’action par le
+public cible ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;leur
+réplicabilité et interopérabilité ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;la
+participation aux réseaux (Ex : Association des tiers-lieux, Micro-Folies) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux de la donnée (ouverture,
+valorisation, protection, sécurisation…) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux du numérique
+responsable sur la base des 4 piliers du numérique responsable : numérique
+sobre, numérique au service du bien commun, numérique éthique et l’inclusion
+numérique …)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Délégation à la Transformation Numérique  - contacts : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;France Guillemin 06 74 97 43 20 - &lt;a target="_self"&gt;france.guillemin&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;       &lt;/p&gt;&lt;p&gt;Anne-Claire Sanz 06 59 42 51 65  &lt;a href="mailto:anneclaire.sanz&amp;#64;bourgognefranchecomte.fr"&gt;anneclaire.sanz&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>france.guillemin@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-usages-innovants-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>161864</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l’autonomie numérique - Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Mission Société Numérique</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...5 lines deleted...]
-      <c r="H45" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
-[...112 lines deleted...]
-      </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Cet appel à projets cible trois types de mesures qui permettront de répondre aux défis de la mobilité dans le massif alpin : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesure 1 : Favoriser l’accessibilité et les écomobilités touristiques et de loisirs en lien avec les stratégies développées par les espaces valléens&lt;/li&gt;&lt;li&gt;Mesure 2 : Développer de nouvelles offres de mobilité dans les territoires alpins pour favoriser l’intermodalité&lt;/li&gt;&lt;li&gt;Mesure 3 : Améliorer les connaissances sur les enjeux de mobilité au sein du massif alpin, du point de vue de la résilience face aux risques naturels et de l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les objectifs :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet appel à projets vise à répondre aux défis de la mobilité dans le massif alpin : accessibilité, gestion des flux touristiques, préservation de l&amp;#039;environnement, transition vers des solutions de mobilité plus durables et décarbonées, résilience des infrastructures et des réseaux de transport, tout en soutenant le développement économique de la région. &lt;br /&gt;L&amp;#039;appel à projets concernent 3 mesures de financement qui répondent à ces différents objectifs : le soutien à des projets de développement des mobilités douces à vocation touristique, de loisirs et du quotidien, le soutien à des projets visant à enrichir les offres de mobilité durables dans une perspective de développement de l&amp;#039;intermodalité, et enfin le soutien à des études de connaissance visant à identifier et / ou préciser la vulnérabilité des infrastructures et des réseaux afin d&amp;#039;élaborer des scénarios d&amp;#039;adaptation et de sécurisation.&lt;font face="Nunito, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Le dispositif Conseiller numérique a été lancé en 2021 dans le cadre du volet inclusion numérique du plan France Relance. Aujourd&amp;#039;hui,  4000 conseillers numériques sont déployés partout en France pour accompagner les citoyens dans leurs usages quotidiens du numérique. &lt;/p&gt;&lt;p&gt;Les Conseillers numériques accompagnent les Français sur trois thématiques considérées comme
+prioritaires : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutenir les Français dans leurs usages quotidiens du numérique : travailler à distance,
+consulter un médecin, vendre un objet, acheter en ligne, etc. ;&lt;/li&gt;&lt;li&gt;Sensibiliser aux enjeux du numérique et favoriser des usages citoyens et critiques : s’informer et
+apprendre à vérifier les sources, protéger ses données personnelles, maitriser les réseaux sociaux,
+suivre la scolarité de ses enfants, etc. ;&lt;/li&gt;&lt;li&gt;Accompagner les Français vers l’autonomie pour réaliser des démarches administratives en
+ligne seul.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les structures d&amp;#039;accueil, publiques ou privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) doivent s&amp;#039;inscrire sur la plateforme conseiller-numérique.gouv.fr. Leur candidature sera alors étudiée par leur préfecture de rattachement, chargée de donner un avis motivé à l&amp;#039;Agence nationale de la Cohésion des Territoires, qui attribue les postes dans le cadre d&amp;#039;un Comité de sélection national.  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier de l&amp;#039;Etat s&amp;#039;organise selon les modalités suivantes : &lt;a href="https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/" target="_self"&gt;https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A l’issue de sa formation initiale, le Conseiller numérique pourra engager des actions d’accompagnement auprès de tous types de publics au travers d’ateliers de groupes, de présentations et d’accompagnements individuels :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prendre en main un équipement informatique (ordinateur, smartphone, tablette, etc.) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Naviguer sur internet ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer, recevoir, gérer ses courriels ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Installer et utiliser des applications utiles sur son smartphone ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer et gérer (stocker, ranger, partager) ses contenus numériques ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaître l’environnement et le vocabulaire numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre les bases du traitement de texte ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Échanger avec ses proches ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Trouver un emploi ou une formation ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner son enfant ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre ce que le numérique peut apporter à sa TPE/PME ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre la culture numérique.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N46" s="1" t="inlineStr">
         <is>
-          <t>Mobilité partagée</t>
+          <t>Inclusion numérique</t>
         </is>
       </c>
       <c r="O46" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>09/12/2025</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R46" s="1" t="inlineStr">
         <is>
-          <t>&lt;ul&gt;&lt;li&gt;Les collectivités territoriales&lt;/li&gt;&lt;li&gt;Les parcs naturels régionaux&lt;/li&gt;&lt;li&gt;Les parcs nationaux&lt;/li&gt;&lt;li&gt;Les établissements publics, y compris établissements publics de coopération intercommunale &lt;/li&gt;&lt;li&gt;Les syndicats mixtes&lt;/li&gt;&lt;li&gt;Les associations&lt;/li&gt;&lt;li&gt;Les entreprises publiques locales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour être éligibles, les opérations prévues dans le projet doivent être réalisées dans la zone couverte par le programme, c’est-à-dire le territoire du Massif des Alpes.&lt;font face="Nunito, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;span&gt;Les structures d’accueil, publiques et privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) France Services doivent s’inscrire sur la plateforme conseiller-numerique.gouv.fr. Leur candidature sera alors étudiée par la préfecture de département, chargée de donner un avis motivé à l’Agence nationale de la cohésion des territoires, qui attribue les postes dans le cadre d’un Comité de sélection national.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour les structures publiques, ce dispositif est ouvert aux :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collectivités territoriales et leurs groupements au sens de l’article L. 5111-1 du Code général des collectivités territoriales, la Métropole du Grand Paris ainsi que les établissements publics territoriaux et la Métropole de Lyon, les territoires et collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;établissements publics locaux qui leur sont rattachés : CCAS, CIAS, Offices publics de l’habitat… ;&lt;/li&gt;&lt;li&gt;GIP constitués de personnes morales de droit public ;&lt;/li&gt;&lt;li&gt;chambres consulaires, établissements publics administratifs sous tutelle de l’État ;&lt;/li&gt;&lt;li&gt;EPIC préalablement identifiés par l’État.&lt;/li&gt;&lt;li&gt;les services déconcentrés de l’État ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les structures privées listées ci-dessous peuvent aussi accueillir des Conseillers numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;associations déclarées au sens de la loi du 1er juillet 1901 (loi 1908 en Alsace-Moselle) ;&lt;/li&gt;&lt;li&gt;entreprises relevant de l’économie sociale et solidaire au sens de la loi n°2014-856 du 31 juillet 2014 ;&lt;/li&gt;&lt;li&gt;entreprises sociales pour l’habitat ;&lt;/li&gt;&lt;li&gt;toute personne morale de droit privé poursuivant une mission d’intérêt général et n’ayant pas, à titre exclusif, un but lucratif.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des Conseillers numériques France Services. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l’ensemble du territoire. Les initiatives coordonnées sur un même territoire sont donc à favoriser.&lt;/span&gt;&lt;p&gt;&lt;span&gt;Un projet peut être porté par plusieurs structures, qu’elles soient publiques ou privées, dans la mesure où le Conseiller numérique exerce bien les activités présentées dans l’offre de services. Dans ce cas, une seule structure d’accueil sera identifiée pour instruire la demande de subvention, signaler la convention et percevoir la subvention. Elle sera l’employeur du Conseiller numérique et signataire à ce titre du contrat de travail.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conformément à la &lt;/span&gt;&lt;a href="https://cdn.conseiller-numerique.gouv.fr/cir_45126.pdf" target="_blank" rel="noopener noreferrer" role="link"&gt;circulaire interministérielle du 26 janvier 2021 relative à la mise en œuvre du volet « inclusion numérique » du plan France Relance&lt;/a&gt;&lt;span&gt; : « un Conseiller numérique ne peut venir qu’en complément des deux agents (ou plus) animant la France Services, sur les missions de conseil numérique qui sont les siennes ». Un Conseiller numérique ne peut pas être un des deux ETP d’un espace France Services.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S46" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T46" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U46" s="1" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Côte d'Azur</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V46" s="1" t="inlineStr">
         <is>
-          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/soutien-a-la-mobilite-durable-et-a-laccessibilite-dans-le-massif-alpin</t>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
         </is>
       </c>
       <c r="W46" s="1" t="inlineStr">
         <is>
-          <t>https://synergie-europe.fr/e_synergie/portail/SUD</t>
+          <t>https://www.conseiller-numerique.gouv.fr/aide-structure</t>
         </is>
       </c>
       <c r="X46" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Le calendrier de dépôt des dossiers du présent appel à projets est publié sur le site internet :&lt;a href="http://europe.maregionsud.fr/" target="_blank"&gt; http://europe.maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:conseiller-numerique&amp;#64;anct.gouv.fr" target="_self"&gt;conseiller-numerique&amp;#64;anct.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y46" s="1" t="inlineStr">
         <is>
-          <t>jpderai@maregionsud.fr</t>
+          <t>societe.numerique@anct.gouv.fr</t>
         </is>
       </c>
       <c r="Z46" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-a-mobilite-durable-et-a-laccessibilite-dans-le-massif-alpin/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-vers-lautonomie-dans-lusage-du-numerique/</t>
         </is>
       </c>
       <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:27" customHeight="0">
       <c r="A47" s="1">
-        <v>165251</v>
+        <v>90946</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Restaurer la continuité écologique qui vise à permettre la libre circulation des espèces (études et travaux)</t>
-[...4 lines deleted...]
-          <t>Études et travaux d'aménagement (équipement, contournement…) pour les cours d'eau classés liste 2 ou sur les zones d'actions prioritaires (ZAP) du plan de gestion Anguille</t>
+          <t>Soutenir les entreprises touristiques dans leurs démarches de transformation numérique et l'expérimentation d'outils métiers</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>Agence de l'Eau Loire-Bretagne</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Association
+Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I47" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
-[...6 lines deleted...]
-(PAPARCE) dans le respect du code de l’environnement.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide soutient les entreprises touristiques dans leurs démarches de transformation numérique et l&amp;#039;expérimentation d&amp;#039;outils métiers.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       &lt;strong&gt;
+        Objectifs
+       &lt;/strong&gt;
+       :
+      &lt;/li&gt;
+      &lt;li&gt;
+       accompagner la transformation numérique de la filière touristique comme facteur de développement et d&amp;#039;attractivité des territoires
+      &lt;/li&gt;
+      &lt;li&gt;
+       favoriser l&amp;#039;émergence et l&amp;#039;expérimentation de nouveaux outils métiers permettant aux acteurs institutionnels et professionnels du tourisme de la Nouvelle-Aquitaine d&amp;#039;améliorer la lisibilité/visibilité de leur destination et de répondre efficacement aux changements de comportements et d&amp;#039;usages des clientèles touristiques.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+</t>
         </is>
       </c>
       <c r="N47" s="1" t="inlineStr">
         <is>
-          <t>Cours d'eau / canaux / plans d'eau
-Biodiversité</t>
+          <t>Tourisme
+Technologies numériques et numérisation
+Inclusion numérique</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>31/12/2030</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R47" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Les études et travaux doivent concerner les ouvrages dont la hauteur de chute est supérieure à 50 cm.&lt;/p&gt;
-[...11 lines deleted...]
-de restauration de la continuité écologique (liste annexée au Sdage).&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés. Les SCI sont exclues du champ des aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 60 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des dépenses : 8 000 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Dépenses éligibles
+   &lt;/strong&gt;
+   : prestation de développement, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux outils, ...
+   Expérimentation, d&amp;#039;intérêt régional,  de nouveaux outils métiers et/ou nouvelles compétences partagées :
+   démarches collectives (acteurs institutionnels et professionnels du tourisme) ancrées sur le territoire de la Nouvelle-Aquitaine
+   initiatives individuelles, pour les professionnels du tourisme, en vue d&amp;#039;un déploiement potentiel à la filière.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : diagnostic, tests utilisateurs et expérimentation territoriale, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux nouveaux outils.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez prendre contact afin de connaître les démarches à effectuer.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...4 lines deleted...]
-          <t>Dépenses d’investissement</t>
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U47" s="1" t="inlineStr">
         <is>
-          <t>Loire-Bretagne</t>
+          <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V47" s="1" t="inlineStr">
         <is>
-          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq2-etudes-et-travaux-damenagement-equipement-contournement-pou.html</t>
-[...4 lines deleted...]
-          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/transformation-numerique</t>
         </is>
       </c>
       <c r="X47" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19)
+Direction du tourisme
+27, boulevard de la Corderie. CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16)
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers
+05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y47" s="1" t="inlineStr">
         <is>
-          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z47" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-la-continuite-ecologique-qui-vise-a-permettre-la-libre-circulation-des-especes-etudes-et-travaux/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6727-transformation-numerique/</t>
         </is>
       </c>
       <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:27" customHeight="0">
       <c r="A48" s="1">
-        <v>68132</v>
+        <v>101593</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Promouvoir les mobilités actives pour les déplacements domicile-école - Action "J’y vais à vélo, c’est classe !"</t>
+          <t>Accélérer la transformation écologique et numérique des entreprises</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>Direction régionale de l’environnement, de l’aménagement et du logement (DREAL) — Bourgogne-Franche-Comté</t>
-[...4 lines deleted...]
-          <t>Direction régionale de l’environnement, de l’aménagement et du logement (DREAL) — Bourgogne-Franche-Comté</t>
+          <t>Initiative France</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
-        <is>
-[...357 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de contribuer à la transition écologique de votre territoire, les associations Initiative France proposent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de sensibiliser les porteurs de projets dans votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;analyser la &amp;#34;responsabilité écologique&amp;#34; des projets entrepreneuriaux du territoire lors de leur passage en comités d&amp;#039;agrément ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de mobiliser des experts sur la thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de valoriser des projets à forte dimension sociale et environnementale via le label Initiative Remarquable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser la transition écologique agricole en soutenant les projets d&amp;#039;agriculture biologique, les circuits-courts, la diversification, les technologies agricoles performantes au niveau environnemental...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, pour accélérer la transformation numérique des TPE du territoire, le réseau Initiative France pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à disposition des élus son réseau de partenaires  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  intégrer la dimension numérique dans la stratégie de développement des entreprises soutenues par le réseau Initiative France ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser des experts sur les questions numériques pour accompagner les entrepreneurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La capacité d&amp;#039;action du réseau sera conditionnée par les moyens mis à disposition des associations  France, qui pourront être co-construits avec les différents partenaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir cartographie sur
+ &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer" rel="noopener" target="_blank"&gt;
+  https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a303-accelerer-la-transformation-ecologique-et-num/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>159422</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'e-tourisme</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum de subvention : 5.000€</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour le développement de l&amp;#039;e-tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature des dépenses subventionnables : création d&amp;#039;outils, de contenus numériques (photos, vidéos, audio...) et de services touristiques numériques innovants (outils numériques liés à la mobilité, Wifi territorial, espaces publics connectés).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;association Landes Attractivité validera la compatibilité du projet avec les autres systèmes numériques et avec le système régional d&amp;#039;information touristique SIRTAQUI ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programme s&amp;#039;inscrivant dans le cadre d&amp;#039;une stratégie numérique de territoire ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Convention avec l&amp;#039;association Landes Attractivité pour l&amp;#039;information des adhérents en matière de commercialisation (référence à la &amp;#34;place de marché départementale&amp;#34; organisée par Landes Attractivité).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=115</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68b1-developpement-du-e-tourisme/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>71805</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’infrastructures d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
 Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), un développeur
+indépendant, un énergéticien, une entreprise ou un acteur financier et vous
+portez un projet de production, stockage ou distribution d’énergies
+renouvelables (EnR) ? La Banque des Territoires vous accompagne via des
+partenariats nationaux sous forme de holdings de projets, ou via des sociétés
+d’économie mixte (SEM) dédiées au développement des EnR pour démultiplier les
+projets développés, dans une démarche de concertation ou d’association des
+territoires.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous adressons les
+secteurs suivants : photovoltaïque, agrivoltaïsme, éolien terrestre,
+hydro-électricité, éolien en mer posé et flottant, accompagnement de
+l’émergence des projets innovants, comme l’hydrogène décarboné ou le stockage.
+Les modalités de financement diffèrent selon les projets : prise de
+participation minoritaire en fonds propres et quasi-fonds propres dans les
+structures de portage, co-investissement dans les SEM, etc. Contactez-nous pour
+que nous puissions étudier ensemble l’accompagnement le plus approprié pour
+vous.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=energies_renouvelables_psat</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-Ingénierie Juridique / administrative</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le règlement (UE) n° 2017/1926 du 31 mai 2017 sur la mise à disposition, dans l&amp;#039;ensemble de l&amp;#039;Union, de services d&amp;#039;information sur les déplacements multimodaux définit les règles en matière d&amp;#039;ouverture des données. Ce règlement demande à chaque État membre la création d&amp;#039;un Point d&amp;#039;Accès National (PAN) qui référence l&amp;#039;ensemble des données de mobilité nécessaires à l&amp;#039;information des voyageurs sur le territoire. Le décret 2020-183 du 28 février 2020, paru au Journal Officiel du 1er mars, désigne la plateforme transport.data.gouv.fr comme Point d&amp;#039;accès national (PAN) aux données de l&amp;#039;information multimodale.
-[...21 lines deleted...]
- &lt;/span&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M51" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...23 lines deleted...]
- &lt;br /&gt;
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="S51" s="1" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation
-Usage / valorisation</t>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U51" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
       <c r="V51" s="1" t="inlineStr">
         <is>
-          <t>https://transport.data.gouv.fr/</t>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
         </is>
       </c>
       <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- contact&amp;#64;transport.data.gouv.fr
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y51" s="1" t="inlineStr">
         <is>
-          <t>contact@transport.beta.gouv.fr</t>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
         </is>
       </c>
       <c r="Z51" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e693-accompagner-louverture-des-donnees-mobilites/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
         </is>
       </c>
       <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:27" customHeight="0">
       <c r="A52" s="1">
-        <v>143356</v>
+        <v>120897</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Améliorer la résilience des infrastructures et réseaux de transport</t>
+          <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>Améliorer la résilience des infrastructures et réseaux de transport : Vers une gestion intégrée des patrimoines d’infrastructures de transports</t>
+          <t>Innov'up Expérimentation Transition écologique des territoires</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>Cerema</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
+Département
+Association
+Entreprise privée</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 45</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...35 lines deleted...]
- Elle intègre les problématiques environnementales, de sobriété en ressources naturelles et énergétiques, les considérations techniques liées à la durabilité des matériaux ou de l&amp;#039;infrastructure dans son ensemble et les aspects socio-économiques.
+ La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bpifrance
+ &lt;/strong&gt;
+ accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cap Digital
+ &lt;/strong&gt;
+ est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Fondation Solar Impulse
+ &lt;/strong&gt;
+ vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Construire au Futur, Habiter le Futur
+ &lt;/strong&gt;
+ réunit 120 partenaires (collectivités territoriales, établissements publics, start-up, grands groupes industriels, fédérations pro, universités...) voulant construire l&amp;#039;industrie de la construction de demain, innovante, verte, modulaire, et plus proche des usages des clients/bénéficiaires.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Ce programme vise à expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique rencontrés par les territoires franciliens.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
+  Les projets ciblés répondent aux priorités identifiées dans le cadre du SRDEII « Impact 2028 » :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Éco-construction,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mobilité et logistique durables,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Déchets et économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sobriété et Énergie décarbonée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adaptation et résilience,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nature et biodiversité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Acteurs publics locaux (communes, EPCI, syndicats...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acteurs privés en situation de délégation de service public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
+&lt;/p&gt;
+&lt;p&gt;
+ Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
+ &lt;strong&gt;
+  une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;ensemble des critères sont précisés dans le cahier des charges.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide est à déposer sur la plateforme
+ &lt;/strong&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   &lt;strong&gt;
-   → Analyse des vulnérabilités
+   mesdemarches.iledefrance.fr
   &lt;/strong&gt;
- &lt;/span&gt;
-[...61 lines deleted...]
- Expert incontournable et reconnu, le Cerema accompagne depuis de nombreuses années les collectivités territoriales dans la gestion de leurs réseaux de transport, que ce soit en apportant des méthodologies reconnues ou une expertise adaptée à chacun.
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide doit être déposée
+ &lt;strong&gt;
+  avant le démarrage du projet.
+ &lt;/strong&gt;
+ Toute dépense antérieure ne pourra pas être prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
 &lt;/p&gt;</t>
-        </is>
-[...14 lines deleted...]
-          <t>Permanente</t>
         </is>
       </c>
       <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U52" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Île-de-France</t>
         </is>
       </c>
       <c r="V52" s="1" t="inlineStr">
         <is>
-          <t>https://www.cerema.fr/fr/activites/services/gestion-integree-patrimoines-infrastructures-transport</t>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
         </is>
       </c>
       <c r="X52" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ innovup-transition-ecologique&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
         </is>
       </c>
       <c r="Y52" s="1" t="inlineStr">
         <is>
-          <t>partenariats@cerema.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z52" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/c13f-ameliorer-la-resilience-de-vos-infrastructure/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
         </is>
       </c>
       <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:27" customHeight="0">
       <c r="A53" s="1">
-        <v>41744</v>
+        <v>145007</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Financer des projets d’infrastructure de transport durable</t>
+          <t>Déployer le réseau WIFI 43</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>Financement d’infrastructures de transport durable</t>
+          <t>KIT WIFI 43</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Financement des frais d'accès au service WIFI43 soit 250€ HT pour 2 bornes maxi par structure publique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département finance un kit Wifi 43 comprenant l&amp;#039;activation et le matériel nécessaires au fonctionnement des bornes, soit un coût de 250€ HT pour le kit de 2 bornes (ces frais sont à votre charge pour toute borne supplémentaire). Cette prise en charge ne comprend pas la pose des bornes.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;abonnement, à la charge de la collectivité ou de l&amp;#039;établissement bénéficiaire, sera de 288€ HT / an (il ne comprend pas l&amp;#039;abonnement ADSL/Fibre/...) pour les 2 bornes. Pour toute borne supplémentaire, le bénéficiaire devra s&amp;#039;acquitter d&amp;#039;un abonnement supplémentaire de 144€ HT/an auprès du fournisseur
+ (la société YZIACT - &lt;a href="https://www.google.com/maps/place//data&amp;#61;!4m2!3m1!1s0x47f557fa9db027ed:0xeae53dc45fead0ac?sa&amp;#61;X&amp;amp;ved&amp;#61;1t:8290&amp;amp;ictx&amp;#61;111" tabindex="0"&gt;&lt;span&gt;ZA de Clairac, 30 Rue Maryse Bastié, 26760 Beaumont-lès-Valence&lt;/span&gt;&lt;/a&gt;&lt;span&gt;- tel &lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;a href="https://www.google.com/search?client&amp;#61;firefox-b-e&amp;amp;q&amp;#61;YZIACT#"&gt;&lt;span&gt;04 75 78 28 35&lt;/span&gt;&lt;/a&gt;)&lt;/span&gt;&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre de soins&lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le kit Wifi 43  comprend 2 portails :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - portail captif pour l&amp;#039;authentification des usagers
+ &lt;br /&gt;
+ - un portail d&amp;#039;administration à destination de la structure publique pour gérer les bornes (exemple : limiter les accès pendant les heures d&amp;#039;ouverture de la mairie,...)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Public concerné :  tout public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces à fournir : Délibération de la structure publique selon modèle pouvant être fourni par le Département&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Récurrence de l&amp;#039;aide : souscription possible  jusqu&amp;#039;à fin 2024 &lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plus de 95 structures publiques  équipées
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les pré-requis pour bénéficier du kit Wifi 43 :
+  &lt;br /&gt;
+  - Etre une structure publique
+  &lt;br /&gt;
+  - Disposer d&amp;#039;une ligne et d&amp;#039;un abonnement internet ADSL ou autre (Fibre, Wifimax, Satellite, 4G fixe)
+  &lt;br /&gt;
+  - Emettre une délibération de votre assemblée délibérante (un modèle peut vous être fourni)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Il est recommandé d&amp;#039;avoir un débit supérieur à 2mb/s pour pouvoir utiliser les bornes dans de bonnes conditions.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  NB : Vous pouvez tester votre débit sur le site
+  suivant, par exemple : https://www.degrouptest.com/test-debit.php
+  &lt;br /&gt;
+  Vous pouvez également, si besoin, tester l&amp;#039;éligibilité de votre ligne pour passer sur du Très Haut Débit : https://www.auvergnetreshautdebit.fr/reseau-et-couverture/eligibilite-de-votre-ligne/
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du Numérique (DNUM)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dnum&amp;#64;hauteloire.fr" target="_self"&gt;
+  dnum&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b800-beneficier-du-reseau-wifi-43/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>50263</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets de valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
- ________________________________________________________________________
-[...14 lines deleted...]
-&lt;/p&gt;&lt;ul&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet de valorisation énergétique des
+ressources ? Vous souhaitez bénéficier du soutien d&amp;#039;un tiers de confiance en
+tant qu’investisseur dans les projets, faisant le lien entre industriels,
+collectivités et territoires ? Répartir au mieux les risques industriels et
+commerciaux ? Bénéficier d&amp;#039;une expertise éprouvée permettant d’élaborer des
+montages innovants, économiquement équilibrés ? Créer des emplois directs et
+indirects, réduire les émissions de CO&lt;sub&gt;2&lt;/sub&gt; ? Générer des revenus issus
+de ressources locales ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des
+Territoires finance les projets de valorisation énergétique des ressources au
+meilleur prix, en facilitant l’acceptabilité des projets et en soutenant
+l’innovation. Nous accompagnons par exemple les projets de réseaux de chaleur
+et de froid, de centrales biomasse et de chaufferies collectives, de
+géothermie, de valorisation des déchets et du biogaz.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement des
+projets de valorisation énergétique des ressources est principalement réalisé
+via une prise de participation minoritaire en fonds propres et quasi-fonds
+propres dans les sociétés de portage des projets, aux côtés d’un ou plusieurs
+partenaires disposant de compétences techniques et financières reconnues dans
+leur domaine, notamment dans le cadre de délégation du service public. Le
+financement peut également porter sur la capitalisation (fonds propres et
+quasi-fonds propres) d’un opérateur territorial dédié aux énergies (SEM par
+exemple), ayant des projets de valorisation énergétique de ressources. &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O53" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T53" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X53" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=valorisation_ener_psat</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-valorisation-energetique-ressources/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>87183</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction de bornes IRVE et de stations GNV et hydrogène</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’infrastructures de recharge et avitaillement</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un acteur public (collectivité
+territoriale, etc.), privé (opérateur de flottes, de recharge, etc.) ou un maître
+d’ouvrage (SEM locale, énergéticien, etc.) et vous souhaitez financer la
+construction de bornes de recharge collectives pour véhicules électriques, de
+stations d’avitaillement d’hydrogène ou GNV ? La Banque des Territoires peut
+vous aider à financer ce type de projet, selon certains critères.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Par ses investissements, la Banque des
+Territoires vise à permettre à chacun, sur tout le territoire, de pouvoir se
+déplacer en limitant son impact sur l’environnement. Pour cela, l’offre
+Infrastructures de recharge et avitaillement se compose de 3 volets pour
+financer plusieurs types d’infrastructures : les bornes IRVE, les stations GNV
+et les stations hydrogène.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Si votre projet respecte les critères de la
+Banque des Territoires, l’établissement propose différentes modalités
+d’investissement : sous forme d’investissement en fonds propres et quasi-fonds
+propres, de co-investissement dans la société de projet (SPV) ou encore sous
+forme de prêt mezzanine.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=IRVE_GNV_psat</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;infra_transport_durable_psat"&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;IRVE_GNV_psat" rel="noopener" target="_blank"&gt;
    Rendez-vous sur le site de la Banque des Territoires
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-bornes-irve/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-      <c r="A54" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>157092</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un patrimoine vernaculaire valorisé (clos masure notamment)
+&lt;/p&gt;
+&lt;p&gt;
+ - Un allongement de la durée des séjours touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des parcours résidentiels facilités pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des centres bourgs dynamiques, des services proches des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - UN vieillissement de la population mieux anticipé et accompagné
+&lt;/p&gt;
+&lt;p&gt;
+ - Une offre locale de formation renforcée et adaptée
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accès aux services de soins facilité par des initiatives innovantes
+&lt;/p&gt;
+&lt;p&gt;
+ - Un maillage de solutions de mobilités adaptées au territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de nouveaux services numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services à la population.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de l&amp;#039;offre de santé sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de partenariats avec des centres de formations locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Formation professionnelle
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>140792</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise sur les différents domaines de l'urbanisme et du développement territorial</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'urbanisme du Pays d'Aix-Durance</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : prospective et observation des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie foncière : aide à l&amp;#039;élaboration de stratégies foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire et juridique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la réalisation du Plan Vélo de la ville de Manosque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de mobilité pour la commune de Trets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconquête des friches agricoles d&amp;#039;intérêt DFCI et développement du pastoralisme en forêt dans la planification
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de projets urbains communaux : Rognes, étude de faisabilité stationnement avenue de Lambesc D15 / Gréasque, restructuration de l&amp;#039;entrée de ville et construction d&amp;#039;une maison médicale / Saint-Antonin-sur-Bayon, réalisation d&amp;#039;un schéma directeur des espaces publics et requalification de trois secteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertuis 2040 ; un exercice de prospective territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Finalisation de la démarche d&amp;#039;élaboration du PLH de PAA
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation des impacts de la crise sanitaire sur les marchés immobiliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de qualification des friches industrielles à potentiel foncier pour l&amp;#039;économie productive
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût de l&amp;#039;adhésion pour les communes : forfait de 1000 €/an et conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût pour les autres adhérents : conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence, Hautes-Alpes et Bouches-du-Rhône</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>http://www.aupa.fr</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Le Mansard - Bât C- 4e Etage, 1 Place Martin Luther King, Avenue du 8 mai 1945, 13090 Aix-en-Provence
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 42 23 12 17
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:aupa&amp;#64;aupa.fr" target="_self"&gt;
+  aupa&amp;#64;aupa.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/474e-expertise-au-service-des-territoires-sur-les-/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>162524</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Développer un territoire inclusif et cohésif</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>41742</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Financer des services de mobilité durable en ville et en périphérie</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Financement des services de mobilité durable</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, une société ou un acteur financier privé et vous
+souhaitez participer au développement de services de mobilité durable ? La
+Banque des Territoires met à disposition des solutions de financement pour vous
+accompagner dans votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Solutions d’autopartage, service de vélos
+partagés, covoiturage courte distance, ou encore corporate venture au profit de
+jeunes entreprises innovantes : l’accompagnement de la Banque des Territoires
+peut se faire sur différents types de projets, en fonction de leur éligibilité.
+L’objectif est ainsi de développer des alternatives à la possession d’un véhicule
+et à l’autosolisme, libérer de l’espace urbain utilisé pour le stationnement de
+véhicules et réduire l’empreinte carbone.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement de ces solutions de mobilité
+durable est toutefois conditionné à des prérequis et des objectifs spécifiques,
+comme la justification territoriale du projet ou encore la réduction du volume
+de véhicules en circulation en agglomération. La Banque des Territoires met à
+disposition de nombreuses compétences et expertises pour étudier votre projet
+et vous apporter les meilleures solutions possibles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_mobilite_durable_psat</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;service_mobilite_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>165394</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'implantation d'infrastructures de carburants alternatifs</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>IDEE Action « mobilité décarbonée »</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>L’aide FEDER ne pourra excéder 60% de l’assiette éligible. Un taux d’aide particulier à chaque dossier  sera établi après instruction du dossier</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Développer des stations de ravitaillement en BioGNV, en
+hydrogène bas-carbone ou renouvelable, ainsi que des infrastructures de
+recharge électrique pour véhicules lourds (PTAC &amp;gt; 3,5 t).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ce dispositif, cofinancé par le FEDER, vise à lever les
+freins à la conversion des flottes professionnelles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Equipement public
+Logistique urbaine
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont retenus les projets suivants :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;la
+     création de nouvelles stations de distribution : BioGNV, hydrogène ou
+     recharge électrique (PL uniquement),&lt;/li&gt;
+ &lt;li&gt;l&amp;#039;optimisation
+     de stations existantes (augmentation capacité, ouverture au public, ajout
+     unité de production…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Le projet doit être localisé en Normandie. Les grandes entreprises au sens communautaire ne peuvent pas prétendre à l&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Exemples de dépenses éligibles :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;génie
+     civil, réseaux, connexions et tuyauteries,&lt;/li&gt;
+ &lt;li&gt;bâtiments,
+     auvents, équipements de sécurité et supervision,&lt;/li&gt;
+ &lt;li&gt;systèmes
+     de compression, distribution, refroidissement, séchage,&lt;/li&gt;
+ &lt;li&gt;stockage
+     (cuves, racks, tube trailers),&lt;/li&gt;
+ &lt;li&gt;bornes
+     de recharge électrique pour véhicules lourds uniquement,&lt;/li&gt;
+ &lt;li&gt;métrologie,
+     systèmes de paiement, signalétique,&lt;/li&gt;
+ &lt;li&gt;études
+     techniques, coordination de chantier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ne sont pas financées les dépenses liées à l&amp;#039;achat de
+terrain, la dépollution, les dépenses antérieures au dépôt de la demande.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention FEDER.&lt;/p&gt;&lt;p&gt;Montant minimum : 100 000 € d’aide sollicitée.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Taux d’aide : Jusqu’à 60% des dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT7SURBVGhD7VsJdJTluX7m/2efycxkQvawg4BIWcQVK1iXulWvV1vX9rj2oPdUqdft1rVaW6lW2uPKvYK74nJcbqXItYAbgiBFFi0FMSQsWSaZTCazzz//3Of9kokRCWiSe0LPue85P0n&amp;#43;5fu&amp;#43;93n39/uw5kn4f9onAtZ/SmwsFlgOINCB4OvgA4eMowfz&amp;#43;wNBVN7MZGB2xJBrj8EItSDb0AhbaRncx0zrtz1YNU3r9yD/JwMYBnLxJHKtbTDCbci1tJHxJhhNrTAaQ8g2NcNolvv8O9IOMxqHGU8gm23CyCeegHfG9H4vy9rvEb7jAPlcjpKOIycMt0XJZIgMy9XayXwzmZWrtZXPO8g0L4JkZjOcyUAeJn&amp;#43;KWYlQdSoZL13nr/w7l4ezfDz855z6HVe179cHFJxcewdylGKuNYJscwi5EKW9pwnZRjLdKEwTBGqCGY4i1xEl0ynkyXQeWV5iJJ1MW8g0Oe5m2mK1QrfZlLntj3LpBHzHToMeDBxc4ESXrED9FXOApAkzQUln0l2S7gyG3UxD5EHmReq6DZrdDpBv9U5GQz6nXkZez0OXn9ZO2BR14tcr5alZnllHDwgwMsiAaE4&amp;#43;a6DxV7&amp;#43;HQWeoI0AebNDt5LiL6e7V5gmRJ4ccGbQ6TeQylk7GozryaQ1GBbVoZAq2hBXesA0tFgPWHU7oedEmQCNgAp4pumWnedn5dQE5Mw/N6obnqKkHFziRl/4biU/XweIcgtykBFxBE8n1ZKqF6LjJRBcDZkKDfWYUY&amp;#43;YxopAZ02XB5uc8SNw&amp;#43;DGVnRFD8uz1UqDxSYR31f/ai9fliHHpIFp6T6HfGpZCzElACnK&amp;#43;3I/JMMbQGGyzezvHz2SxsFeVwjBt98IAjDjY0bwHdgROWrAV77FkMu74JgZQVDXOq4K11A16KWwk5D3cgj9ovNJSV8bsvqRF8ZlpMVN7QjF3rHWhcVAynO4dAdQ6j7m5FxJPBF5vtSC12w7LLDt3DMWbGULpwB0K/rIFzu4saZCJvZGAfNQx6wHfwgNOx9D0k/rYeutsHjUyWrPRj5xNpfP&amp;#43;xVnif3oXtFwyHYw&amp;#43;1iFIndjAmx1EzzsCW5U5Ujc2iZEYSq1wZbLymEu5L21DxfUYyLY&amp;#43;2XVbUzvND3&amp;#43;yBj9ZfJl5K69SSjjXFyHQ0oOiGRrRfORIeui3xN44xwwcMmAHxOeGFL3V6SkYSCbIeJ33DkhJsmWti4pw2fG/Fl9j1&amp;#43;1KklvgZuezIxBhyCVL978pQfWMY1plxTPtjI6yfudH6mQsZvwGdTqkyo2PUVPqnYXEkm6zIt1hhtOvMfSzwObOomZLFphY68C4fLSHePqL64AEnW78Hsb9&amp;#43;yIjj7V6UyejiyumI31&amp;#43;N1atdmPR4A8bOb0Lm8xbE17mgFRvwuvI447k9cIw08OlbDngr0xhzSQzlCfG6vKgJ6mdnwEM6ZMGuVS54GL40gzriz2PjDg3t91VgqDOPzgBngbVC9GvgqF/RKrp4GbLtLbB6gl&amp;#43;tiKI0aRZejwHtgwBW/siKsfeEMOH0JCUbY45DPSMIjtFZNG6xIhrSMWlWCmjjENS62B4LojupJVmgenwWOu/pRXm&amp;#43;a0PksTLljwxqnydhxzAHgbIVIpYOa9mQgUOmv6FcchuVsO2DRJouj4mhO7zYNtuG2M0hWMuzGDM9jaIAHWiSCsJQfNRZCSZtQAOd9Of/FYSDwFaf2wEbmd602o7JP8zAysFmzGnH7lJGqpVFsFTRSS91wainMxbxsrEg69C8noMDHKl5Ems3qtyiNxIf5HCZqOpwIjZ/CMY9tgdF5bxLrbA4gOCh5Jqfb/0fGzZfUYOKZh9G/6Ye5admENukYc3tlcisSWL07DYEywna9RHgl7xoauEFbjT/ew0qTfoh8TysETV7vwzhG2z0ebTkhs9ZFzVBd&amp;#43;1HWsQhlbQiOCOG6Q/vBhidEAMirRY0b7UjHdEQ/tSF2Gt&amp;#43;jAsRJWsWOxYUw3NmFM6KHII1BmIPV2LzawGA&amp;#43;ZNeYSA4KYUJP4vBNyqLXTonIDgqQ5TSQuqrAaQ&amp;#43;g5NYt4nazGLQ8pUzVuuSlJ/JnsVk9OJayy5tRc0fG5STrVtpxbZXi9D2gRvuL9xwZTX481YMsbHkoGnkDQ0BDuekVmWoDE07NYxl&amp;#43;Ha3OJGmGWVpQ&amp;#43;381zhtC&amp;#43;I7bfDT7&amp;#43;RpuipMMqlETn4ZOOozOKnNW7mKb0oqz5Kg6PgY8rM6UDIxDf95CWx53Y7tz/iRWuFFoN2BkZpFAaBxdgZrMOmF74II8hOTGHFVBKE9Gt7/URXKN3hhZ2TL0Iwc1VkEz6LzH56GbTR91kcSvLtSb9GcPAFOS&amp;#43;U&amp;#43;cNRncDJf1hGavYonrlW6B/XD42htymHCmBy&amp;#43;eMiNPTdXoirpJCCsimiFkimLjFUIZmaYKzHwmSsJa4OJ&amp;#43;GIXdjwawIhPgvAwMkm9rhkWxMYn8EUJM2OG7thKO3Yu8qGCoV2VpTQpCejS0xlI6hM4UnVnG1tgEdH3JEpQzMPxNBM8Sx4t81VcxyhqiZQQAkhewEh/FeGsrKUsTO5K/rOK7Fmwm3CUMPK4pJHBssDk&amp;#43;1JwGst8KFrmh&amp;#43;jGTo5USu2zsW4TaxIScIzmloHEpm9VeS7CXkx7lA70m2Fc8&amp;#43;fgc7DCjljhE&amp;#43;aYFCpPIDilNDiPjaOEJmRlOWFaNOxiuE4/XQo3zab4tkY4hpN9vhdZ68a2RR4MrfXBMyqNEjpivdSAEdcQ3&amp;#43;hAgtl03uDIHL/TughmQ/Pgg6P6NWmmrz2aT2L2BpkKndCGEZey2fWJB&amp;#43;1/KINHCipJ1IRYFth8NJXjoyhiYteesiATccPIaRjx4B60BTPY8VePAiC724rvzWRFfms92osyaKizItPEVkiFCf&amp;#43;/tMJT60D7XZXMxsXxS56jIVO3a/DBkf4NsvQYPRpPwr6dIGjLfag7PI7J14RhsmcTvasa7iwXz3zHIBO2qQlqlY4GdidMCr5sAotOmtLuj2l7U0z42MuxMoTnJ8cQ2q1j6/Me6GvZMI/Z4eCEMk&amp;#43;TnkP14/WwX9eI9Nwq2FipE3ZkvqwffHC&amp;#43;6jB9fS05&amp;#43;oYhSRvCNJMES4IJ/xFBXbGJNmoQ6hmO&amp;#43;XrSlcPQoQbeOr8Kx1zdDv&amp;#43;xCWoa26mLA4htIftDM8iuY9zf5oOrzomhMfo1OmRx3nIJ&amp;#43;XIOFK31IT0rjA7CJS4tbyU4tTtVm1YP&amp;#43;AcEpD455O6GtlFYbo&amp;#43;10EkGd7mw7ZTRaP1VIybf0Y6qMzrQ9mcfIh954aaUpUl4&amp;#43;Ikp1bKo&amp;#43;4cVRReFMfx3zcjTlGSLUXPzH2pdPm1Btk1His2t5E4C1q7BjOnQyw2kjujAjltLUWOVbgA1x2ZVPie9tRbuI6cMHjiai40tJxOwKCvIvXyy2j9lyK7M6mi&amp;#43;uxLLa6048s4wyma3o&amp;#43;zydrZEKWXWVaNuCCPJ4FK71IspP&amp;#43;QNWqplhKHcWJb3TfojB7XOzjoMI7NYN4&amp;#43;gULPs1RmkNupI/4mlQ7OLza&amp;#43;uiMXywcwlkPhk4yCD4/exUvbC5NYJKLF9UZZZ7xDmIaFnSrFiixNH/aEJOW6deL15FJWQYYLU8g8bRh&amp;#43;RRnAkE0Hmk9s/tCO82QFXVVaBFCRYVRMN2BnApp6dxBfLi6EvCcLNvCgVZSLJnIfurNv1iVOOf7AWQ6752eBpju7zqvaA2Djl2&amp;#43;tCpKNX5mG9vMaH1RfaMOyGEErPobaJNZKpodNYawVYbjECf3AT&amp;#43;8&amp;#43;vlGHijdyU&amp;#43;2UHUjstWHp7EFMu6cDwmRkE2NyavqwO5i4dBk13zW&amp;#43;DaFtYCj8L80LRoOkuJFavV5t7mqf3gvjbItcnnyODO9ivjX&amp;#43;8dv/zUPqZGDt3LAEOuzaKwMXMYMXsaEJJ/ppmAdrymRX/eLAYwbdLUUyo47V2ZKmQWTphF534lguDaDgvAu/RcXjoawLsAxUH8xjGXGnjywEUZ&amp;#43;ysPTtTBYvDgXRdHeKr/4aiE4/7thj0&amp;#43;l6fwXFOGo/8i/twyKIUzD3y9Bkm1dzJWmjk/F1w0q9kWX/uWGVH3V/dSK/yQKNzdXDrpYKdQyfTgDRzouybAaTntKDo6CxS7BBWfOyH45kytD9jIiT9vtI0Zqz6Egk6aV/UxsKzK4dS6EhrJ4Pom&amp;#43;8MLjiuIyaTdelsd9Y2BRJg7D4TjmOS0Jn1DrutGcmSHNYvcKLuJR/MlV4UJWyopAN1sATQCAqxUZmxc1gGVVeFYR&amp;#43;Xxfv3FMFc4VN&amp;#43;RWNropia5B7Bfa1qA7auLgW3BTtrqx6k6x5E31qGyvtuYdSjzfWD&amp;#43;qw57sMncZ&amp;#43;ogtu&amp;#43;rdBcXX5HwjBL7MxPQ2gaF8fEmWmEOMOq0yvhZF5SSTi9bHtK8SnhV12SQRfnEL6iARaCWXZKBmvu9SHzQA3GSX9YNvKSbKSfEEWI4waqckhW5tG0wcGu6jfBsbDcT9duR8fb78L/r6f1A5p&amp;#43;7HjqxX5uvR6J1kUvIh&amp;#43;XMrHTy8reZOOjTOVzfmwYSp9D1a8KeVDktMAgo3t3XCysjQyaYHhuuSrVVt9GrWuwo4a5jsHiVUhnr7htix2hX1Wig1pZS4ds3&amp;#43;qCl&amp;#43;/s27A53sKXBw8cWXT1w79Byb/9lMdA2IKSExKs1OUK7pFDBBFkGtvof/jME0cqlaAfYnRSTU1J98UUxTDY&amp;#43;&amp;#43;WhgeEWJoD8iVbGdGmcdwEj80jUC7Q6UMIGWq5JDcFyhMDw/r5Idxah4533IN1K1&amp;#43;RD&amp;#43;6w9fTYrmdFaUgzvcb1v3JupNKt3OXkRVQeLjFBYgZdtbOSRE/mdpy7kfE0rT2a0d52xSSZpRumujk9nQSlNNZMgGlrXyQub6Kfc7&amp;#43;VUAdulOQqj5U8LMXThA4MDzoFm1Wj/clnLh3APe1Svr&amp;#43;fZwVNHVyIdBCusDiblmvmTx1fU2R3&amp;#43;boTk&amp;#43;ErnO2aMV4IAmnJ8pdOcCyCq3RCCqFlcaHv&amp;#43;dZTeOBvOCWMOtNR9Pu&amp;#43;X5uxvxqxs7MuZmm9BFoedAJaq64Agso9khCM8/BTp1DyCl5WDTzwDlJNTX&amp;#43;rgU1gdg8s01qPh1rkY8crjnWd9viP1G5xUKoUkTaG4uFhNHY/HsWTJEhx66KHqEmrlKS2/388G19ena2trY6h2wuWiQ5e9p66UoOfvPflRIDIzP9Dmncn1yOkxI0SgaMpsGHX2b78j9QucaDSKRYsWKcblmj59Ol577TX4fKy9uJhYLIa//OUv7NuYrKm8OOmkk7Bq1SrMnDkT7777LpqbaT48pTFt2jQMGTIEr7zyCq655hps3LhRAXbIIYd8R3Y6X9f4rVwHAvFAg/cLHGG&amp;#43;qqoKZ555Jl588UXU19crpo455hjU1NRgxYoVisHx48ejiXtcojmiWZs3b4YAe8EFFyhwBNBJkyapex999BEcLANEGweb&amp;#43;gWOmMTnn3&amp;#43;uQCkrK8Pw4cPx8ccfo52Rp7q6WpmKvCPAvPXWWwo0t9v9NRMqmJKY5w9&amp;#43;8AMFoJjlueeeO9jY9K3BXli1SF1M6YgjjsCHH36opC1Sb2lpwd///nccddRRyqyKiooUeCUlJcrUDjvsMIQYfcSMMjxHPHXqVASDQQWymNj69eu7/c9gItQvzSktLVXSFjrttNOUiZxzzjkKJDE3ITEd0STRGIleol1C4n8ERDFDj6dzS7m8vFz9vOKKKwYTk&amp;#43;65ewWnoaEB4XAYEydO7H5ZnOnYsWOV8xSS56IZIn0Bp7KyUkUtYfbVV19VDlcOgR999NGYMmWK&amp;#43;kY0TDRF3imMI3Pt3LkTRx55ZPdca9asUaYpl5DMsWzZMjVPgT755BMeys4qc126dCk&amp;#43;/fRT5fxFkwV8IRHY66&amp;#43;/jlNPPVU9W7BgASKRSPeziy66qDuq7i2RXsFZt24dzj//fKxdu7b74&amp;#43;uvvx533303Tj75ZLz99tu47rrr1DOJTPfddx/uuusuyGTbtm1T0j/rrLPUgubOnYvbb78dl19&amp;#43;Oa699lrMmjULDz74YPdaLrvsMmVWL7zwgrpn8PT6iSeeiIsvvhiPP/64uif&amp;#43;67zzzsMvfvELNZfQyy&amp;#43;/rBgVcOSencd2xfnfdNNNShgLFy5U3912220KsI6ODvz617/GVVddpcxWgJP19Ua9giOOVCa78MIL8d577yEQCCjTkEvyk5///OeYP39&amp;#43;tyTFEYsTPfbYY5VTFe149tln1bzLly/HjTfeqMAR7Zo3b576Xhh55513lNTnzJnTvcbnn39ePduwYQMaWWpUsPoXknuPPPIIJk&amp;#43;erNYlJikaJSS/33LLLTj&amp;#43;&amp;#43;OOR5p6arEPAkTklzRAw5F0B8v777&amp;#43;8VkJ4PegVHUBYVlgWdffbZCiABS8ARZoT5niouzveUU07BG2&amp;#43;8gR//&amp;#43;MdKKgUSTRKnLCQLPf3005V0BQTRtjPOOENJuKAhwpSYpYD72GOPKWmL&amp;#43;RS06&amp;#43;qrr1bzi4MXQQkJ8&amp;#43;LbhCQoCNgyhoAjz2R8ybUkhxLNkfWNGjVKadV31hwZUAC64447IPYvkwkwQqJV&amp;#43;8pDEolEd8a7detWZRqSu0gof/PNN9W3YgYiYWFaABXTk&amp;#43;gl2iX0/vvvq/me4H/u2LJlC1auXIk777xTCUbGOuGEE/Doo48qkzvuuOMUEAXq&amp;#43;Z9cdu/e3S2QwvNCMnr44YcrsESL90f7jVYFlRXbFnXdtGmTQlo05Oabb1aLlIxWSDJlSeAeeugh5ajFFO69917IIkVLxCyFRAOEiXvuuUf5HgFfNKSgaeKLxNeJIMSRi9Y99dRTSgOEOXHyAqgAJ2sQXyYkz2S94q8k&amp;#43;RTTLQhE7slzyaUkIs6ePbsbE3m2d1lTeLhfcAqqLgsVFRV7lTxF/hbAxOkKYxKiRSOee&amp;#43;45SHiX6CMlhDAnJJrzk5/8RJmmaJ2ov0hdnL2MJT5CzK62thY7duxQpllIDiXvEQAlJShorowpgIuGCcNCMt&amp;#43;tt96KBx54QK1RhCTzC&amp;#43;gytghEBLR9&amp;#43;3bMmDFDjS&amp;#43;CuvLKK5WZ7Yt6BUfqnwkTJnR/M2LECEjoLOQk4hSFOdEWWYAsRFRfSEqGJ598svtb0S5xkEJiTuJ3hApqfckllyiJC8iLFy/&amp;#43;WgIoZvT000&amp;#43;riCglioBfoEK0kr8ffvhhlVgKjRkzpnst8p28J/5KSAKHuISCHxK/1Rv1Co7kK4VKu/BxIeco/C0TiBT2JtEOWWBPKuQ5PaVfeF5YuPy995xyTxynUCGxLHwn2lD4VkDrCVzPuXvel5rv21K/MuRvO8k/63v/CwWjiWgmTQGGAAAAAElFTkSuQmCC" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;
+  &lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>carl.pique@normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-limplantation-dinfrastructures-de-carburants-alternatifs/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>164232</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Accompagner le déploiement des zones à faibles émissions (ZFE)</t>
         </is>
       </c>
-      <c r="C54" s="1" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Accompagnement du déploiement des zones à faibles émissions (ZFE) - AXE 3</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F54" s="1" t="inlineStr">
+      <c r="F62" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G54" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I54" s="1" t="inlineStr">
+      <c r="I62" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La loi « climat et résilience » fixe dans l’article L. 2213-4-1 du code général des collectivités territoriales (CGCT) des obligations minimales en fonction du niveau de qualité de l’air dans les zones concernées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les agglomérations avec dépassement régulier des valeurs limites pour la qualité de l’air, l’objectif prioritaire est de respecter ces valeurs limites dans les délais les plus courts possibles. &lt;/strong&gt;La ZFE est l’une des mesures principales pour atteindre cet objectif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour l’ensemble des agglomérations, l’ambition est de réduire les émissions polluantes pour, d’une part, s’inscrire dans une trajectoire d’atteinte des nouveaux objectifs fixés pour 2030 par la directive européenne révisée relative à la qualité de l’air ambiant, et d’autre part pour s’approcher progressivement, autant que possible, des valeurs guides de l’Organisation mondiale de la santé (OMS), objectif également poursuivi par la directive.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le déploiement des ZFE est une mesure intrinsèquement liée à la transition écologique, dans la mesure où elle permet d’améliorer la qualité de l’air en réduisant les émissions de polluants (dioxyde d&amp;#039;azote et particules fines), et de réduire l’exposition de la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Qualité de l'air
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O54" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P54" s="1" t="inlineStr">
+      <c r="P62" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q54" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R54" s="1" t="inlineStr">
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>19/12/2025</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine.&lt;/p&gt;&lt;p&gt;Les porteurs de projets éligibles sont les entités suivantes concernées par une ZFE en vigueur ou devant être créée au titre de la loi « climat et résilience », y compris dans l’aire d’attraction du territoire des ZFE ou présentant leur intérêt pour des flux ayant pour origine ou destination la ZFE (en vigueur ou en projet), sous réserve que leur projet respecte les règles européennes applicables aux aides d’État :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les collectivités territoriales (communes, départements, régions) et leurs groupements (EPCI…) ;&lt;/li&gt;&lt;li&gt;Les établissements publics locaux portant la compétence d’autorité organisatrice de la mobilité (notamment les syndicats mixtes et pôles métropolitains) ;&lt;/li&gt;&lt;li&gt;Les établissements publics locaux bénéficiant d’une délégation de maîtrise d’ouvrage d’une collectivité territoriale ou d’une autorité organisatrice de la mobilité (en particulier les&lt;/li&gt;&lt;li&gt;sociétés publiques locales) ;&lt;/li&gt;&lt;li&gt;Les collectivités, groupement ou établissement public disposant d’une délégation de compétence de l’autorité organisatrice de la mobilité ou de la compétence voirie sont également éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire &lt;/span&gt;&lt;span&gt;public ou privé : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées&lt;/span&gt;&lt;br /&gt;&lt;span&gt;ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-&lt;/span&gt;&lt;span&gt;porteur est susceptible de percevoir directement des subventions.&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le porteur de projet principal peut être un établissement public d’Etat (grand port maritime, &lt;/span&gt;&lt;span&gt;chambre consulaire, etc.) uniquement si une collectivité territoriale (commune, EPCI, &lt;/span&gt;&lt;span&gt;département ou région) est partie prenante du projet et porte la demande ou est présentée &lt;/span&gt;&lt;span&gt;comme co-porteur dans la demande de subvention. Dans ce cas, les relations conventionnelles &lt;/span&gt;&lt;span&gt;ou contractuelles seront également détaillées.&lt;/span&gt;&lt;/p&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Afin d’être éligibles, les projets doivent être suffisamment matures, pour permettre un engagement des crédits du fonds d’ici fin 2025.&lt;/p&gt;&lt;p&gt;Les projets éligibles concernent des études autres que celles directement imposées par la réglementation, la mise en place de dispositifs d’information et de conseil (incluant la formation des acteurs), de services numériques, la mise en place de dispositifs incitatifs pour déployer les mobilités alternatives, l’achat d’équipements et la mise en place d’aménagements.&lt;/p&gt;&lt;p&gt;Les projets doivent bénéficier à des usagers réguliers de la ZFE. Ils doivent donc être localisés dans la ZFE ou dans l’aire d’attraction de la ZFE, ou démontrer leur intérêt pour des flux ayant pour origine ou destination la ZFE (exemple des cars express).&lt;/p&gt;&lt;p&gt;Les projets éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Classe 1 : études &lt;/strong&gt;(hors études réglementaires prévues par le III de l’article L. 2213-4-1 du CGCT) :&lt;/p&gt;&lt;p&gt;&lt;span&gt;&amp;gt; Etudes de diagnostic et études préalables pour la mise en place de la ZFE : études permettant de caractériser et projeter le parc, l’offre de mobilité, les infrastructures sur le territoire, les usagers, et les besoins liés à la mise en place de la ZFE (la signalisation relative &lt;/span&gt;&lt;span&gt;à la ZFE, la mise en place du contrôle sanction…). Cette liste est non exhaustive ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Etudes de solutions de mobilité à déployer pour favoriser les accès en ZFE :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en place des pôles d’échanges, des voies réservées et des parc-relais ;&lt;/li&gt;&lt;li&gt;Développer le vélo et la marche notamment par la création d’aménagements cyclables, de zones de circulations apaisées et de développement de services ;&lt;/li&gt;&lt;li&gt;Mettre en place de lignes de covoiturage et de cars express ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&amp;gt; Plus largement, établir un plan de transport (offre de transport public périurbain et de &lt;/span&gt;&lt;span&gt;mobilité desservant la ZFE, plan de mise en place de voies réservées, plan de &lt;/span&gt;&lt;span&gt;développement du transport de marchandises par vélo…).&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Classe 2 : Dispositifs d’information et de conseil sur les modalités de mise en œuvre de la ZFE et &lt;/span&gt;les solutions de déplacement alternatives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Campagne de communication et de sensibilisation (hors campagne d’information locale &lt;/span&gt;prévue au III, alinéa 5, de l’article L. 2213-4-1 du CGCT) et actions en faveur de l’accompagnement au changement ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise en place d’un guichet d’information ou de conseil : ouverture d’un numéro vert, mise &lt;/span&gt;à disposition de conseiller(s) mobilité au sein du territoire ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions de formation des acteurs (conseillers mobilité, acteurs relais, agents de police en &lt;/span&gt;charge des contrôles…) aux enjeux et solutions ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autres (porte à porte, affichage dans les loges et commerces, etc.).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Classe 3 : Déploiement de services numériques :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Numérisation des arrêtés de circulation et versement de ces arrêtés au sein de la base &lt;/span&gt;nationale DiaLOG ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques facilitant l’accès à la ZFE (portail d’information, outil de demandes et &lt;/span&gt;traitement des dérogations, etc.) ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques facilitant l’information et l’accès aux aides visant au verdissement des &lt;/span&gt;transports pour les usagers ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Services numériques favorisant le report modal des usagers de la ZFE vers des mobilités &lt;/span&gt;douces ou partagées (compte-mobilité « MAAS » - Mobility as a service - , etc.) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Classe 4 : Dispositifs incitatifs pour développer les mobilités propres dans et vers la ZFE (liste limitative) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Développement de l’offre de services de mobilité proposée aux administrés par l’acquisition d’équipements et de véhicules pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le développement d’une offre de transport public périurbaine desservant la ZFE ou des pôles d’échange à proximité de la ZFE ;&lt;/li&gt;&lt;li&gt;Une offre de service d’autopartage (véhicules Crit’air 1 et E) ;&lt;/li&gt;&lt;li&gt;Une offre de service de covoiturage ;&lt;/li&gt;&lt;li&gt;Une offre de location de vélos (en libre-service, en location courte ou longue durée) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Dispositifs visant à faciliter et renforcer l’utilisation de vélos (avec ou sans assistance électrique) ou vélos cargo :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide à la réparation (formations, mise en place de primes, création de stations de réparation en libre-service, etc.) ;&lt;/li&gt;&lt;li&gt;Mise en place de vélos école (pour enfants ou adultes) ;&lt;/li&gt;&lt;li&gt;Dispositifs de recharge de vélos à assistance électrique ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Dispositif expérimental d’aide au changement de mobilité (péage inversé, primes à l’essai d’offres de mobilité actives et partagées, cartes pré-payées pour les transports en commun…). Pour être éligible, l’expérimentation devra faire l’objet d’un suivi et d’une évaluation des effets du dispositif sur les trajets quotidiens des usagers. Les modalités de suivi et d’évaluation seront précisées dans la demande de subvention ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Classe 5 : Achats d’équipements et aménagements (liste limitative) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissement pour la mise en place de la signalisation (panneaux, marquage au sol…) relative à la ZFE ;&lt;/li&gt;&lt;li&gt;Achat des équipements, logiciels et prestations nécessaires au contrôle/sanction ;&lt;/li&gt;&lt;li&gt;Aménagements de voirie et de stationnement pour développer le vélo et la marche, le covoiturage, l’autopartage, les transports collectifs (hors ceux déjà soutenus par l’État dans le cadre du 4ème appel à projets « transports collectifs en site propre ») ou la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;Aménagements de parcs relais, voies réservées ou pôles intermodaux permettant de réduire les émissions polluantes du transport de personnes et de marchandises dans le périmètre de la ZFE ;&lt;/li&gt;&lt;li&gt;Electrification de quais dans les zones portuaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Concernant les conseillers mobilité prévus en classe 2, seul le recrutement de contractuels sur de nouveaux postes et contrats est éligible.&lt;/p&gt;&lt;p&gt;Concernant les aménagements cyclables, les projets devront respecter les critères d’éligibilité fixés par le cahier d’accompagnement de la mesure du fonds vert dédiée aux aménagements cyclables.&lt;/p&gt;&lt;p&gt;Concernant les aménagements de voirie ou stationnement dédiés au covoiturage, les projets devront respecter les critères d’éligibilité fixés par le cahier d’accompagnement de la mesure du fonds vert dédiée au covoiturage.&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées (sauf urgence avérée). L’accusé de réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;&lt;p&gt;Une unique demande de subvention peut être réalisée pour plusieurs projets ou classes listés ci- dessus.&lt;/p&gt;&lt;p&gt;Par ailleurs, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie, qui peut permettre le financement d’un appui pour le pilotage et l’accompagnement du projet subventionné par la mesure « accompagnement du déploiement des ZFE ». La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne sont pas éligibles à la présente mesure :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tout projet ne s’inscrivant pas dans un projet de déploiement d’une ZFE existante ou d’instauration d’une ZFE en réponse à la loi « climat et résilience » ;&lt;/li&gt;&lt;li&gt;Tout projet de verdissement des flottes publiques ou privées, quel que soit le mode de transport ;&lt;/li&gt;&lt;li&gt;Tout projet d’aménagement de voiries (piste cyclable, voie réservée, voie piétonne, etc.) hors ZFE ne desservant pas un trajet vers la ZFE ;&lt;/li&gt;&lt;li&gt;La mise en place d’aides à l’acquisition de véhicules et cycles pour des collectivités, des entreprises ou des particuliers pour leurs usages propres ;&lt;/li&gt;&lt;li&gt;L’achat de véhicules et cycles autres que ceux listés en classe 4 du présent cahier ;&lt;/li&gt;&lt;li&gt;Les services express métropolitains (ferroviaires) et les études correspondantes, qui sont financées par ailleurs ;&lt;/li&gt;&lt;li&gt;Les infrastructures de recharge de véhicules électriques et les infrastructures d&amp;#039;avitaillement en autres carburants ou combustible (gaz, biocarburant, hydrogène, etc.). Les études, services numériques, dispositifs de recharge de vélos et de navires et bateaux, ainsi que les projets d’aménagement listés en classe 5 intégrant des infrastructures de recharge de véhicules électriques demeurent toutefois éligibles ;&lt;/li&gt;&lt;li&gt;Les projets déjà soutenus dans le cadre du 4ème appel à projets « transports collectifs en site propre », du fonds mobilités actives et des programmes CEE ;&lt;/li&gt;&lt;li&gt;Les projets de stationnement vélo sécurisés éligibles au programme ALVEOLE&amp;#43;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T54" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Aires d'attraction des Zones à faibles émissions mobilité (ZFE)</t>
         </is>
       </c>
-      <c r="V54" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe3_ZFE-m.pdf</t>
         </is>
       </c>
-      <c r="W54" s="1" t="inlineStr">
+      <c r="W62" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-zfe</t>
         </is>
       </c>
-      <c r="X54" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-deploiement-des-zones-a-faibles-emissions-zfe-1/</t>
         </is>
       </c>
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K55" s="1" t="inlineStr">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>117550</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
-[...5 lines deleted...]
- Pour les élèves inscrits au transport scolaire avant la rentrée de septembre : gilet vert fluo distribué gratuitement dans les établissements scolaires (à la rentrée). Pour les élèves s&amp;#039;inscrivant en cours d&amp;#039;année : envoi du gilet par voie postale, au domicile de l&amp;#039;élève.
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
+ &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
+  formations thématiques
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O55" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+ &lt;br /&gt;
+ Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
+ &lt;br /&gt;
+ Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
+ &lt;br /&gt;
+ Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de sessions d&amp;#039;information thématiques :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : dispositif département Jura subventions DETR DSIL FNADT
+ &lt;br /&gt;
+ Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
+ &lt;br /&gt;
+ Ex : compétence GEMAPI,
+ &lt;br /&gt;
+ Ex : urbanisme réglementaire et planification
+ &lt;br /&gt;
+ Ex : circulation et stationnement
+ &lt;br /&gt;
+ Ex : outil public SEM énergie renouvelable
+ &lt;br /&gt;
+ Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de formations thématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : comment mobiliser les fonds européens sur son territoire
+ &lt;br /&gt;
+ Ex : mécénat et financement participatif
+ &lt;br /&gt;
+ Ex : marchés publics - comment acheter local
+ &lt;br /&gt;
+ Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
+ &lt;br /&gt;
+ Ex : réalisation des travaux
+ &lt;br /&gt;
+ Ex :
+ comment associer les habitants à un projet communal ou intercommunal
+ &lt;br /&gt;
+ Ex le projet culturel du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
-[...2 lines deleted...]
- Être inscrit au transport scolaire Aléop.
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière :
+  &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   juridique&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation :
+  &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   formation&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>165396</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
+Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;
+&lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.cadiou@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>162324</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Profiter des bus et trains illimités en Région Sud pour vos déplacements</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>ZOU ! Études</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
-[...79 lines deleted...]
-Accessibilité
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez moins de 25 ans, et vous étudiez en Région Sud ? Avec le PASS ZOU! Études, profitez des bus et trains illimités en Région Sud pour vos déplacements !&lt;br /&gt;  &lt;/p&gt; &lt;p&gt;Pour les jeunes de 3 à 25 ans : maternelle, primaire, collégien, lycéen, étudiant, apprenti, stagiaire de la formation professionnelle, élève des formations sanitaires et sociales, volontaire du service civique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
-[...215 lines deleted...]
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
-[...220 lines deleted...]
-      <c r="S58" s="1" t="inlineStr">
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2019</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les inscriptions au PASS ZOU ! Études débuteront le 27 juin&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2023-2024/"&gt;Acheter un Pass Zou! Etude&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/zou-etudes</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://zou.maregionsud.fr/acheter-un-pass-zou-etudes-2024-2025/</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/zou-etudes/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>121336</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement du département de l'Oise (DSID)</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement des départements</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de région — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires, en cohérence avec les priorités arrêtés localement par le préfet de région et les politiques portées par le Gouvernement, notamment :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
-[...12 lines deleted...]
- Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.gouv.fr/content/download/74296/447916/file/Guide%20d'ing%C3%A9nierie%20financi%C3%A8re%20%C3%A0%20destination%20des%20collectivit%C3%A9s%20locales.pdf</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandes de subvention DSID doivent être adressées à la préfecture selon un calendrier communiqué au bénéficiaire chaque année (généralement, 1er trimestre de l&amp;#039;année).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre interlocutrice du bureau des concours financiers et du contrôle budgétaire de l&amp;#039;Oise reste à votre disposition pour toute demande complémentaire :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Mme Anne-Laure FERRY : 03 44 06 12 63 /
+ &lt;a href="mailto:anne-laure.ferry&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  anne-laure.ferry&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>lucille.dechaize@oise.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1d2c-soutenir-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G59" s="1" t="inlineStr">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>119647</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Construire des aménagements de nature à limiter la vitesse et à sécuriser les déplacements piétons sur voies communales</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K59" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
-[...2 lines deleted...]
- Accompagner la collectivité dans la définition, l&amp;#039;élaboration, la mise en œuvre et le suivi d&amp;#039;un projet de développement ou de restructuration des transports collectifs.
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement de nature à limiter la vitesse et à sécuriser les déplacements piétons sur voies communales (uniquement aux abords des équipements publics et des commerces) et routes départementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M59" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Information sur l&amp;#039;organisation des transports collectifs en Île-de-France et le rôle des différents niveaux de collectivités locales.
-[...17 lines deleted...]
-  Suivi des projets ou des lignes existantes : bilan de la fréquentation sous réserves des données disponibles ; identification des atouts et dysfonctionnements éventuels (itinéraires, horaires, fréquences, aménagements de voiries/points d&amp;#039;arrêts..) ; conseils et préconisations pour la mise en œuvre d&amp;#039;actions correctives.
+  chicanes, rétrécissement de chaussée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  zones 30 km/h,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ralentisseurs, plateaux surélevés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  feux tricolores (hors feux à récompense),
+ &lt;/li&gt;
+ &lt;li&gt;
+  radars pédagogiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  construction et aménagement d&amp;#039;arrêt de bus et d&amp;#039;abribus.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
-[...3 lines deleted...]
-Animation et mise en réseau
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement sur voies communales (uniquement aux abords des équipements publics et des commerces) et routes départementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide concerne uniquement les communes auboises ou groupement de communes aubois de moins de 10.000 habitants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Communes de l'Aube de moins de 10.000 habitants</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus, contactez :
+ &lt;a href="mailto:drat&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  drat&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>drat@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/66a2-construire-des-amenagements-de-nature-a-limit/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>92394</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La
+ &lt;strong&gt;
+  Dotation d&amp;#039;équipement des territoires ruraux
+ &lt;/strong&gt;
+ (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espace public
+Voirie et réseaux
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+International
+Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité</t>
-[...2 lines deleted...]
-      <c r="O59" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
-[...36 lines deleted...]
- Téléphone : 01 64 14 73 56
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les communes remplissant les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  celles dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  celles dont la population est supérieure à 2 000 habitants dans les départements de métropole (3 500 habitants dans les départements d&amp;#039;outre-mer) et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole (35 000 habitants dans les départements d&amp;#039;outre-mer) et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier par habitant moyen de l&amp;#039;ensemble des communes des départements de métropole et d&amp;#039;outre-mer dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles à la DETR les établissements publics de coopération intercommunale à fiscalité propre remplissant toutes les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir une population qui n&amp;#039;excède pas 50 000 habitants (métropole et départements d&amp;#039;outre-mer) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un territoire d&amp;#039;un seul tenant et sans enclave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  absence de communes membres de plus de 15 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, sont éligibles, à titre dérogatoire, les EPCI éligibles en 2010 à la DGE des communes ou à la DDR, les syndicats mixtes de moins de 60 000 habitants composés d&amp;#039;EPCI et de communes, les syndicats de communes de moins de 60 000 habitants et les communes nouvelles dont au moins une ancienne commune était éligible à la DETR ou dont la formation s&amp;#039;est faite par regroupement de toutes les communes d&amp;#039;un même EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera tenu compte de la nature du projet et de son degré de maturité.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
-[...105 lines deleted...]
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.collectivites-locales.gouv.fr/finances-locales/dotation-dequipement-des-territoires-ruraux-detr</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Votre Sous-préfecture d&amp;#039;arrondissement, si vous relevez de l&amp;#039;arrondissement de Sarlat, Bergerac ou Nontron ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Préfecture de la Dordogne, Direction de la Citoyenneté et de la Légalité, bureau du contrôle budgétaire et des dotations de l&amp;#039;Etat, si vous relevez de l&amp;#039;arrondissement de Périgueux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Votre dossier est à déposer via l&amp;#039;outil démarches-simplifiées:
+&lt;/p&gt;
+&lt;p&gt;
+ https://www.demarches-simplifiees.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle sur les modalités de dépôt des demandes.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>claudine.soleilhavoup@dordogne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3195-copie-10h04-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>