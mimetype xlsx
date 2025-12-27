--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA27"/>
+  <dimension ref="A1:AA25"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1586 +228,862 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>116419</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Recycler une friche</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Dispositif de soutien en faveur des friches</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local d'Alsace (EPFL)</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF d&amp;#039;Alsace accompagne les collectivités dans l&amp;#039;acquisition et le portage des friches économique (industrielles, commerciales, artisanales, militaires, sanitaires, agricoles, touristiques). Il peut assumer un certains nombre d&amp;#039;études ou de travaux en qualité de maître d&amp;#039;ouvrage : démolition, désamiantage, dépollution, déconstruction.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette intervention de l&amp;#039;EPF permet de remettre sur le marché des biens qui en étaient sortis avec de nouveaux usages, de réduire les risques attachés à la dangerosité de ces sites et d&amp;#039;améliorer l&amp;#039;image et l&amp;#039;attractivité des quartiers où ils se situent grâce à l&amp;#039;instauration de mesures compensatoires. L&amp;#039;EPF peut prendre en charge entre 50 à 80% du coût de certaines études et/ou2 des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets visant le développement d&amp;#039;une offre de logements, le développement économique, la redynamisation des centres villes et centres bourgs, la gestion des risques, la protection/restauration de la biodiversité, la constitution de réserves foncières
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et portage foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes préalables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de démolition et de déconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes entre 50 et 80% maximum.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction et de traitement des sources de pollution jusqu&amp;#039;à 60%
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site KOLB, Rue des Rochers – Wasselonne (67)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La communauté de communes de la Mossig et du Vignoble et la commune de Wasselonne ont sollicité l&amp;#039;EPF en septembre 2018 pour les accompagner dans la réflexion d&amp;#039;acquisition de la friche «Forges et Ateliers Kolb et Cie» à Wasselonne. Le devenir de ce site est au cœur des débats depuis de nombreuses années, mais cette friche cumule de nombreuses contraintes qui ne facilitent pas sa reconversion. Néanmoins, tout le monde s&amp;#039;accorde sur la nécessité de traiter cette friche. Le projet de reconversion consiste en la création d&amp;#039;un espace paysager (renaturation contrôlée) associé à quelques places de stationnement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF d&amp;#039;Alsace est déjà intervenu au travers son dispositif de soutien en faveur des friches (Phase 1 avant acquisition) et a pris en charge :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réalisation d&amp;#039;investigations approfondies et la mise à jour du Plan de Gestion (des pollutions) – Etude également cofinancée par l&amp;#039;ADEME,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise à jour des diagnostics amiante et plomb avant démolition,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toujours dans le cadre de sa Phase 1 , l&amp;#039;EPF prendra cette année, sous sa maîtrise d&amp;#039;ouvrage, la réalisation d&amp;#039;un PCT - Plan de Conception des Travaux - (réalisation d&amp;#039;essais pilotes de dépollution) en cofinancement avec l&amp;#039;ADEME, ainsi qu&amp;#039;une étude de biodiversité (avec un potentiel cofinancement de l&amp;#039;Agence de l&amp;#039;eau).
+&lt;/p&gt;
+&lt;p&gt;
+ A ce jour, l&amp;#039;EPF a déjà accordé sur ce site une aide financière de 15.529,2€. Le solde de l&amp;#039;enveloppe disponible, à savoir 34.470,80€, sera attribué dans le cadre de la réalisation du PCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Alsace</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.epf.alsace/axes-intervention/friches-acquisition-reconversion-collectivites/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.epf.alsace/contact/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Alsace
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;epf.alsace
+&lt;/p&gt;
+&lt;p&gt;
+ 03 69 20 75 53
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>killian.oliger@epf.alsace</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a7f-gerer-une-friche/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>139429</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Recycler une friche</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Etablissement Public Foncier Hauts de France (EPF) a été créé pour recycler les friches. Agissant pour le compte des collectivités, l&amp;#039;EPF acquiert ces sites obsolètes et vacants et dont la configuration n&amp;#039;est plus en adéquation avec les besoins du marché.
+ &lt;br /&gt;
+ Il assure la gestion des déchets (amiante notamment), la déconstruction, en favorisant des démarches d&amp;#039;économie circulaire, le traitement des sources de pollution concentrées et le pré-verdissement.
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;établissement permet de remettre sur le marché des biens qui en étaient sortis, de réduire les risques attachés à la dangerosité de ces sites et d&amp;#039;améliorer l&amp;#039;image et l&amp;#039;attractivité des quartiers où ils se situent. L&amp;#039;EPF prend en charge 50 à 80% du coût des études et des travaux.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Projets éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Projets visant le développement d&amp;#039;une offre de logements, le développement économique, la redynamisation des centres villes et centres bourgs, la gestion des risques, la protection/restauration de la biodiversité, la valorisation du patrimoine UNESCO, la constitution de réserves foncières
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ •    Acquisition et portage foncier
+ &lt;br /&gt;
+ •    Etudes préalables
+ &lt;br /&gt;
+ •    Traitement des déchets et des sources de pollution
+ &lt;br /&gt;
+ •    Travaux de déconstruction
+ &lt;br /&gt;
+ •    Renaturation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ •    Ingénierie prise en charge à 100%
+ &lt;br /&gt;
+ •    Etudes préalables jusqu&amp;#039;à 80% *
+ &lt;br /&gt;
+ •    Travaux de déconstruction et de traitement des sources de pollution jusqu&amp;#039;à 80% *
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Lorsqu&amp;#039;un projet n&amp;#039;est pas défini sur le site, la prise en charge est de 50%
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site Bricomarché, rue Gustave Delory, Caudry (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa politique de renouvellement urbain, la commune de Caudry a sollicité l&amp;#039;intervention de l&amp;#039;EPF pour la reconversion d&amp;#039;un ensemble immobilier de 2 ha, composé d&amp;#039;un ancien magasin de bricolage et d&amp;#039;un entrepôt de stockage. L&amp;#039;EPF a procédé à l&amp;#039;acquisition du site et a pris en charge la maîtrise d&amp;#039;ouvrage et le financement à 100% des travaux de désamiantage et de déconstruction (3,6 M€). Le site a été ensemencé dans l&amp;#039;attente du projet qui consistera en la réalisation d&amp;#039;un programme de 60 logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Site Socochim, Roubaix (Nord)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce site de 2,5 ha accueillait des activités de fabrication et de stockage de produits chimiques inflammables. Il a été acquis en 2007 par l&amp;#039;EPF à la demande de la communauté urbaine de Lille pour y implanter un centre de tri des déchets. Le projet a été abandonné et l&amp;#039;entreprise OVH a ensuite investi le site pour y réaliser son extension. L&amp;#039;EPF a réalisé les travaux de déconstruction et de traitement de la pollution en tenant compte du calendrier d&amp;#039;aménagement d&amp;#039;OVH.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Friche
+Foncier
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="http://www.epf-npdc.fr/lepf-pratique/contact" target="_self"&gt;
+ &lt;p&gt;
+  http://www.epf-npdc.fr/lepf-pratique/contact
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/132e-recycler-une-friche/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
         <v>161703</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de reconversion de friches par le financement d’études et de travaux de dépollution, dans le respect de la méthodologie nationale de gestion des sites et sols</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Études et travaux de dépollution d'une friche - Fonds vert</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La reconquête des friches est essentielle pour concilier aménagement des villes et des territoires et trajectoire de Zéro Artificialisation Nette (ZAN). Elle nécessite un besoin de connaissance et d’anticipation à toute les échelles du projet. Pour cela, l’ADEME accompagne les acteurs publics et privés dans les démarches territoriales et dans la conduite de projet de reconversion de friches polluées, ou à risque de pollution, grâce à deux dispositifs financiers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études pour l’intégration des friches dans les démarches territoriales&lt;/li&gt;&lt;li&gt;Études et travaux de dépollution d’une friche - Fonds vert&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;Études pour l&amp;#039;&lt;strong&gt;intégration des friches dans les démarches territoriales&lt;/strong&gt;&lt;br /&gt;Pour &lt;strong&gt;anticiper la prise en compte des risques de pollution&lt;/strong&gt;, l’ADEME soutient des études pour&lt;strong&gt; inventorier&lt;/strong&gt; les friches, &lt;strong&gt;identifier le risque&lt;/strong&gt; de pollution, &lt;strong&gt;déterminer les potentiels de mutabilité&lt;/strong&gt; et &lt;strong&gt;planifier les reconversions&lt;/strong&gt; à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Études et travaux de &lt;strong&gt;dépollution d’une friche - Fonds vert&lt;/strong&gt;&lt;br /&gt;Le processus de reconversion d’une friche implique un préalable fondamental de connaissance de l’état de pollution, afin de &lt;strong&gt;définir des stratégies de gestion de la pollution adaptées&lt;/strong&gt; à l’usage et au projet prévu, conformément à la méthodologie nationale de gestion des sites et sols pollués. L’ADEME soutient la réalisation de ces études, qui font l’objet de prestations codifiées par la norme NF X 31-620, et d’un référentiel de certifications des bureaux d’études (LNE SSP). Pour vous aider dans la définition de votre besoin d’études et la commande des prestations associées, l’ADEME vous propose des recommandations, que vous retrouverez dans un document téléchargeable à la rubrique « Aide aux études - Cahier des charges ».&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME soutient également la &lt;strong&gt;mise en œuvre des mesures de gestion&lt;/strong&gt; (dépollution, mise en place de dispositions constructives, etc.) retenues à l’issue des phases d’étude décrites ci-dessus. Ce soutien s’inscrit dans le cadre du fonds vert et &lt;strong&gt;concerne uniquement les friches issues d’anciens site ICPE&lt;/strong&gt; (Installations classées pour la protection de l&amp;#039;environnement) &lt;strong&gt;ou relevant du Code minier&lt;/strong&gt;. Selon les besoins opérationnels, les &lt;strong&gt;travaux de déconstruction et désamiantage&lt;/strong&gt; de bâtiments, et de &lt;strong&gt;restauration écologique des sols&lt;/strong&gt; peuvent également être soutenus.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-travaux-depollution-dune-friche-fonds-vert</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-de-depollution-dune-friche-fonds-vert/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>56453</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Recycler le foncier et les friches</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Autre aide financière
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>100% du coût des travaux, dans la limite de 50% du prix de revient</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...79 lines deleted...]
-&lt;p&gt;
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à  faciliter la résorption des friches et le recyclage foncier, pour valoriser l&amp;#039;existant et limiter l&amp;#039;étalement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Travaux et études éligibles : tout travaux et études engagés par l&amp;#039;EPFLO et liés à la préparation du site (dépollution, démolition, diagnostics techniques liés aux travaux préparatoires,..),
+ &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Friche
 Foncier
-Bâtiments et construction
-[...8 lines deleted...]
-      <c r="S3" s="1" t="inlineStr">
+Revitalisation
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
-[...25 lines deleted...]
- 03 69 20 75 53
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Départements de l'Aisne et de l'Oise</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
-[...247 lines deleted...]
-      </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
-          <t>olivier.guillon@paysdelaloire.fr</t>
+          <t>benjamin.sautjeau@epflo.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-reconquete-de-friches-de-peupliers/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a89c-cofinancer-des-etudes-pour-preparer-laction-f/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>139429</v>
+        <v>92694</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Recycler une friche</t>
+          <t>Être accompagné dans le traitement des friches</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+          <t>Établissement public foncier d'Occitanie (EPF)</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
-        <is>
-[...956 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le traitement des friches constitue un enjeu important pour la région Occitanie. Elles représentent de réelles opportunités de développement pour les collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie est partenaire des appels à projets et des appels à manifestation d&amp;#039;intérêt lancés par l&amp;#039;État et le Conseil Régional dans ce domaine.  Ainsi, il peut intervenir sur la problématique des friches et des espaces délaissés.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF accélère ses interventions sur les fonciers en friche de tous types, rencontrant entre autre des problématiques de pollution des sols.
+ Pour autant, ces fonciers constituent des sites stratégiques bien souvent enclavés dans un tissu urbanisé. Ces sites sont des opportunités intéressantes pour les collectivités qui souhaitent les faire évoluer vers des usages plus urbains.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF apporte également son concours à l&amp;#039;AMI Friches au travers de son champ de compétences.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;EPF accompagne les collectivités sur des projets variés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Requalification sur une friche commerciale limitrophe à un quartier d&amp;#039;habitat inscrit au nouveau programme national de renouvellement urbain.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement de la ville pour la reconversion d&amp;#039;un hangar en école audiovisuelle et la construction d&amp;#039;un pôle numérique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Foncier
+Logement et habitat
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf-occitanie.fr/type-dintervention/developpement-de-lattractivite-de-la-region-et-de-ses-territoires/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Occitanie
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Siège : 04 99 54 91 10
+ &lt;br /&gt;
+ contact&amp;#64;epf-occitanie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>esra.gueuvin@epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb28-copie-12h04-conforter-lattractivite-economiqu/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>95051</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Traiter et requalifier des friches publiques</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la résorption des friches et des verrues paysagères</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>Dans ce cadre la Région entend porter une politique ambitieuse d&amp;#039;
 anticipation
 , de
 traitement
 et de
 requalification des friches
 , en articulant les ambitions du SRADDET (Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires) et le SRDEII (Schéma régional de développement économique, d&amp;#039;innovation et d&amp;#039;internationalisation) mis en œuvre depuis 2017, afin que ses territoires regagnent en attractivité et compétitivité, tout en consommant moins et mieux d&amp;#039;espace dans l&amp;#039;optique d&amp;#039;économiser le foncier agricole et de minimiser l&amp;#039;étalement urbain.
 L&amp;#039;objectif est de
 traiter les friches industrielles, militaires et hospitalières dans leur intégralité, de l&amp;#039;amont à l&amp;#039;aval,
 en accompagnant les territoires confrontés à ces problématiques dans les 3 grandes étapes suivantes :
 &lt;ul&gt;
  &lt;li&gt;
   Prévenir la formation de friches
  &lt;/li&gt;
  &lt;li&gt;
   Aider à reconstituer un potentiel foncier
  &lt;/li&gt;
  &lt;li&gt;
   Inciter à la réaffectation des
   friches
   pour des projets structurants
  &lt;/li&gt;
 &lt;/ul&gt;
 La Région accompagne également les territoires moins pourvus en ingénierie dans la réflexion préalable, la définition de projet de requalification de friche et son séquençage avec la mise à disposition auprès des collectivités locales et leur EPCI d&amp;#039;une
@@ -1820,3293 +1096,2933 @@
 Les projets pouvant faire l&amp;#039;objet d&amp;#039;un accompagnement
 :
 Volet 1) Réhabilitation de friches industrielles, militaires et hospitalières
 &lt;ul&gt;
  &lt;li&gt;
   Etude d&amp;#039;anticipation en amont de la fermeture programmée de site
  &lt;/li&gt;
  &lt;li&gt;
   Etudes de vocation liées à la requalification (vocation, programmation, diagnostic amiante, etc.)
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de déconstruction, dépollution, mise en sécurité, remise à plat du terrain
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de reconversion du site : travaux et frais de maitrise d&amp;#039;œuvre (clos-couvert, aménagements, réhabilitation, reconstruction, hors VRD).
  &lt;/li&gt;
 &lt;/ul&gt;
 Volet 2) Résorption des friches urbaines et « verrues » paysagères – expérimental d&amp;#039;avril 2020 à décembre 2022
 &lt;ul&gt;
  &lt;li&gt;
   Travaux de dépollution, démolition, mise à plat du terrain, clos couvert et aménagements extérieurs hors VRD
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>10/05/2017</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-traitement-requalification-friches/</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0166/depot/simple</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a rel="noopener" target="_blank"&gt;
     territoiresetruralites&amp;#64;grandest.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e5f1-soutien-a-la-resorption-des-friches-et-des-ve/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>120328</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Reconvertir des friches foncières pour les projets d’aménagement</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Reconversion de friches foncières pour les projets d’aménagement</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier au cœur de la région Auvergne Rhône-Alpes (EPORA) (EPF)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des réunions d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études permettant la définition des besoins, le calcul des équilibres financiers, l&amp;#039;aide à la décision et la recherche d&amp;#039;opérateurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études techniques préalables au projet : sites et sols pollués, diagnostics amiante, plomb et autres polluants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction de cahier des charges pour le lancement d&amp;#039;appels à projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et portage de biens immobiliers pour le compte des collectivités.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de travaux de désamiantage, de dépollution et de déconstruction pour la production de plate-formes nues.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement des collectivités pour toute opération de reconversion et de portage foncier inutilisé en vue de projets d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/reconversion-de-friches-foncieres-pour-les-projets-damenagement/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Établissement Public Foncier au cœur de la région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Auvergne Rhône-Alpes (EPORA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  04 27 40 61 31•
+  &lt;a href="mailto:patrice.gorce&amp;#64;epora.fr"&gt;
+   patrice.gorce&amp;#64;epora.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.epora.fr/"&gt;
+   www.epora.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ce73-reconversion-de-friches-foncieres-pour-les-pr/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>89471</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Débloquer les projets de revitalisation des friches - UrbanVitaliz</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://urbanvitaliz.fr/" target="_self"&gt;
+  UrbanVitaliz
+ &lt;/a&gt;
+ est un service humain et numérique gratuit qui permet de
+ &lt;strong&gt;
+  lever les blocages rencontrés par les collectivités en déficit d&amp;#039;ingénierie qui souhaitent débloquer le foncier à l&amp;#039;abandon
+ &lt;/strong&gt;
+ sur leur territoire (anciennes zones commerciales, industrielles, ferroviaires, résidences à l&amp;#039;abandon, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Le foncier artificialisé qui a perdu son usage représente une belle opportunité de renouvellement urbain, pour limiter l&amp;#039;artificialisation de sols naturels ou agricoles. Mais il est aussi très complexe à réhabiliter, et de nombreuses collectivités en déficit d&amp;#039;ingénierie renoncent face aux difficultés et inconnues rencontrées.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En lien avec les acteurs ressources des territoires,
+ &lt;a href="https://urbanvitaliz.fr/" target="_self"&gt;
+  UrbanVitaliz
+ &lt;/a&gt;
+ agit d&amp;#039;ores et déjà avec succès auprès des communes et intercommunalités pour
+ &lt;strong&gt;
+  les aiguiller gratuitement dans leur démarche
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ &lt;span&gt;👩‍💼&lt;/span&gt;
+ En les orientant vers un
+ &lt;strong&gt;
+  acteur public ou privé
+ &lt;/strong&gt;
+ qui peut intervenir aux côtés de la collectivité en fonction de son cas de figure (EPF, Ademe, services de l&amp;#039;Etat, prestation d&amp;#039;acteur privé, etc.) ;
+ &lt;br /&gt;
+ &lt;span&gt;💸&lt;/span&gt;
+ En faisant le tri parmi les
+ &lt;strong&gt;
+  financements existants
+ &lt;/strong&gt;
+ pour un type de projet donné ;
+ &lt;br /&gt;
+ &lt;span&gt;📌&lt;/span&gt;
+ En proposant les
+ &lt;strong&gt;
+  prochaines étapes à suivre
+ &lt;/strong&gt;
+ jusqu&amp;#039;à la phase travaux, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ La construction du parcours numérique et l&amp;#039;alimentation de l&amp;#039;outil avec les bonnes ressources sont réalisées au fil de l&amp;#039;eau à partir des besoins des collectivités qui sollicitent le service, en partenariat avec l&amp;#039;ensemble des acteurs du territoire (Ademe, Établissements Publics Fonciers, Agences d&amp;#039;urbanisme, SAFER, etc.).
+ &lt;br /&gt;
+ L&amp;#039;équipe est composée de 2 urbanistes conseillères qui prennent contact directement avec les communes pour apporter des solutions pertinentes, et d&amp;#039;une personne chargée de déploiement disponible pour vous aider sur le service.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 72 % des dossiers sont déposés par des communes de moins de 5000 habitants
+ &lt;br /&gt;
+ 40% des dossiers par des communes de moins de 2000 habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Revitalisation - Renouvellement urbain - Renaturation - Sobriété foncière - Lien entre acteurs du territoire - Appui à l&amp;#039;ingénierie
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une initiative du Cerema et de beta.gouv.fr en partenariat avec le MTE (DGALN), l&amp;#039;ANCT et l&amp;#039;EPF Hauts-de-France, qui s&amp;#039;inscrit dans le cadre du Zéro Artificialisation Nette.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;appui aux collectivités a démarré en décembre 2020 et déjà 440 collectivités furent mises sur les bons rails pour le démarrage de leur projet. À titre d&amp;#039;exemple, UrbanVitaliz a permis aux collectivités de faire maturer leurs projets pour pouvoir candidater au Fonds vert / fonds friches, de progresser dans leurs démarches en prenant un contact efficace avec les acteurs locaux ou en candidatant aux financements pertinents.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Economie d'énergie et rénovation énergétique
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Avoir repéré une friche à revitaliser/renaturer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être une collectivité ou en lien avec la collectivité&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>http://www.urbanvitaliz.fr</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://urbanvitaliz.fr/onboarding/</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ friches&amp;#64;beta.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;https://urbanvitaliz.fr/onboarding/&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>friches@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f1b-service-gratuit-urbanvitaliz-debloquer-les-pr/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>133056</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour créer un observatoire des friches</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
-[...28 lines deleted...]
- &lt;br /&gt;
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
-[...9 lines deleted...]
-  &lt;br /&gt;
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
+  &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
+   Consulter la cartographie intéractive
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Accompagnement de la ville pour la reconversion d&amp;#039;un hangar en école audiovisuelle et la construction d&amp;#039;un pôle numérique.
+  L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
+  &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
+   Consulter l&amp;#039;Observatoire
+  &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Tourisme
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
 Friche
 Foncier
+Voirie et réseaux
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
 Logement et habitat
-Attractivité économique</t>
+Architecture
+Paysage
+Accessibilité
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>117149</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des friches industrielles et commerciales</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages financiers, urbanistiques et calendaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic de site.
+ Le cas échéant, production d&amp;#039;un bilan financier d&amp;#039;aménagement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Participation en réunion de travail
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de supports (ppt, notes)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e37-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>49784</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter les friches urbaines et reconquérir des emprises foncières pour recomposer le tissu urbain</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités locales et les EPL d&amp;#039;aménagement dans leur projet de réhabilitation de friches urbaines polluées ou désaffectées pour favoriser le redéveloppement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre s&amp;#039;articule  autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;investissement en fonds propres et quasi fonds propres dans les sociétés de projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte aménageurs ou opératrices
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;interventions intermédiées à travers les fonds de dépollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les références de notre offre sur la
+ &lt;a href="https://www.banquedesterritoires.fr/investissement-dans-la-requalification-des-friches" rel="noopener" target="_blank"&gt;
+  site de la Banque des Territoires.
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=amenagement_immo_psat</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f6c-rehabiliter-les-friches-urbaines-et-reconquer/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>92589</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les quartiers d’activités économiques, les espaces économiques, les friches et créer de l’immobilier collectif</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la création ou l&amp;#039;extension des quartiers d&amp;#039;activités économiques, la requalification d&amp;#039;espace économique, la réhabilitation de friches et la création d&amp;#039;immobilier collectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ETUDES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à visée opérationnelle liée au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ TRAVAUX :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Création et extension d&amp;#039;espace d&amp;#039;activité d&amp;#039;intérêt :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local (inférieur à 10 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intercommunal (de 10 à 30 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départemental (supérieur à 30 hectares)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Friches délaissées :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espace économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;immobilier collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Revitalisation
+Bâtiments et construction
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables jusqu&amp;#039;à 80 % du montant HT des études (50 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations (selon taille de l&amp;#039;opération) : jusqu&amp;#039;à 25 % du déficit HT de l&amp;#039;opération (800 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide (travaux) : variable selon les opérations de 15 à 25 %, dépendant de la présence d&amp;#039;une zone de revitalisation rurale et d&amp;#039;un quartier prioritaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Postes de dépenses pris en compte (calcul du déficit d&amp;#039;opération) : travaux de construction et de réhabilitation (immobilier) ; mobilités alternatives, énergies renouvelables, Très Haut Débit, les entrées de sites, les clôtures et la signalétique, le mobilier urbain, le tri sélectif, les installations photovoltaïques, les travaux paysagers et tout équipement visant un des trois axes du développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions administratives : maîtrise foncière du terrain à aménager par le maître d&amp;#039;ouvrage et intégration du projet dans les documents d&amp;#039;urbanisme (SCOT et PLU) ; autorisations administratives préalables obtenues et travaux non débutés ; projet compatible avec le label régional Parc&amp;#43; au plus tard en phase APS ; avis favorable des évaluations avant et après projet ; accord formel du Conseil départemental par convention adoptée par l&amp;#039;assemblée départementale
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="S13" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U13" s="1" t="inlineStr">
         <is>
-          <t>Occitanie</t>
-[...4 lines deleted...]
-          <t>https://www.epf-occitanie.fr/type-dintervention/developpement-de-lattractivite-de-la-region-et-de-ses-territoires/</t>
+          <t>Vaucluse</t>
         </is>
       </c>
       <c r="X13" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...8 lines deleted...]
-&lt;/p&gt;</t>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
       <c r="Y13" s="1" t="inlineStr">
         <is>
-          <t>esra.gueuvin@epf-occitanie.fr</t>
+          <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
       <c r="Z13" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/eb28-copie-12h04-conforter-lattractivite-economiqu/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4085-amenager-les-quartiers-dactivites-economiques/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:27" customHeight="0">
       <c r="A14" s="1">
+        <v>163854</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Aider les propriétaires à reconquérir des peupleraies en friche en vue de produire durablement du bois de qualité</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la reconquête de friches de peupliers</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bien que le peuplier constitue une ressource incontournable pour la filière bois ligérienne, un déficit chronique de renouvellement des peupleraies après exploitation creuse peu à peu l’écart entre les besoins et les volumes disponibles.&lt;/p&gt;
+&lt;p&gt;Outre l’abondement régional à la charte « Merci le peuplier » qui contribue au reboisement des peupleraies après récolte, la Région souhaite compléter son action de soutien à cette filière populicole en s’engageant pour la reconquête de friches de peupliers. Le remise en production de celles-ci permettra de lutter contre le déficit de renouvellement et de contribuer à l’approvisionnement durable de la filière peuplier locale.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Pour être considéré comme éligible, le projet devra :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Concerner des parcelles de peupliers exploitées depuis plus de 5 ans et/ou ayant fait l’objet d’un changement de propriétaire depuis leur exploitation, dont l’accru en place n’offre aucune perspective de production de bois de qualité ;&lt;/li&gt;
+&lt;li&gt;Comporter un minimum de 200 plants, dans la limite de 2 000 plants aidés par bénéficiaire et par an ;&lt;/li&gt;
+&lt;li&gt;Le bénéficiaire doit adhérer à un système de certification forestière.&lt;/li&gt;
+&lt;/ul&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>29/12/2023</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires potentiels doivent dans un premier temps prendre connaissance du règlement d’intervention et notamment des conditions d’éligibilité. Ils remplissent ensuite le formulaire de demande d’aide, y joignent les pièces justificatives et adressent le tout à la Région.&lt;/p&gt;
+&lt;p&gt;Seuls les dossiers respectant le modèle fourni et comportant toutes les pièces justificatives nécessaires seront étudiés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_RF_PEUPLIER/depot/simple</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>Direction des agricultures, de la pêche et de l&amp;#039;agroalimentaire&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Emilie SWAENEPOEL&lt;br /&gt; dapa-foret-bois&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 56 45&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-reconquete-de-friches-de-peupliers/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>161743</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement d'études pour inventorier les friches industrielles, identifier le risque de pollution, déterminer les potentiels de mutabilité</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Études pour l'intégration des friches dans les démarches territoriales</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La reconquête des friches est essentielle pour l’aménagement durable des territoires et pour tendre vers l’objectif de Zéro Artificialisation Nette (ZAN). La mise en œuvre de cette reconquête des friches nécessite un &lt;strong&gt;besoin de connaissance et d’anticipation&lt;/strong&gt; à toutes les étapes du projet.&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les acteurs publics et privés dans les démarches territoriales et dans la conduite de projet de reconversion de friches polluées grâce à deux dispositifs financiers :&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Études pour l’intégration des friches dans les démarches territoriales (ce dispositif)&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Études préalables et travaux de dépollution d’une friche - Fonds vert&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME accompagne en premier lieu  les collectivités territoriales en charge de la planification territoriale qui ont l’ambition d’intégrer les friches à risque de pollution ou polluées dans leur projet de territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Selon votre besoin, les prestations éligibles peuvent être :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;démarches d&amp;#039;inventaire&lt;/strong&gt; dont Inventaire Historique Urbain (IHU) pour identifier et localiser les anciens sites industriels à risque de pollution à l&amp;#039;échelle des territoires, ou des quartiers pour par exemple les intégrer dans les documents d&amp;#039;urbanisme.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;création d’un observatoire&lt;/strong&gt; des friches pour mieux connaître les fonciers à risque de pollution, les caractériser dans leurs contextes, mettre en place une stratégie foncière, prioriser les projets de reconversion pour les remettre sur le marché.&lt;/li&gt;&lt;li&gt;La détermination des potentiels de mutabilité pour&lt;strong&gt; évaluer les possibles changements d&amp;#039;usages.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;La réalisation du &lt;strong&gt;fond pédo-géochimique&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;études dont l&amp;#039;objectif est d&amp;#039;intégrer la multifonctionnalité des sols&lt;/strong&gt; dans les démarches territoriales.&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;études écologiques et paysagères&lt;/strong&gt; (hors études d&amp;#039;impacts réglementaire) sur les périmètres des zones protégées et zones de continuités écologiques.&lt;/li&gt;&lt;li&gt;Les études historiques, documentaires et de vulnérabilité afin d’élaborer un schéma conceptuel et, le cas échéant, un programme prévisionnel d’investigations (&lt;strong&gt;prestations INFOS codification selon la norme NF X31-620-2).&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Les études pour savoir si un site relève ou non de la méthodologie nationale de gestion des sites et sols pollués (prestations &lt;strong&gt;LEVE codification selon la norme NF X31-620-2).&lt;br /&gt;Les études pour caractériser les pollutions (substances, concentrations, profondeurs, étendues,...) (prestations D&lt;strong&gt;IAG codification selon la norme NF X31-620-2)&lt;/strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En savoir plus sur les &lt;a target="_blank" href="https://ssp-infoterre.brgm.fr/fr/guide/donneur-ordre"&gt;prestations normalisées&lt;/a&gt; et sur la &lt;a target="_blank" href="https://www.ecologie.gouv.fr/sites-et-sols-pollues"&gt;politique publique de gestion des sites pollués&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-lintegration-friches-demarches-territoriales</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-lintegration-des-friches-dans-les-demarches-territoriales/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>164301</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions générées par les activités économiques industrielles et artisanales - réhabilitation de sites pollués - Reconversion de friches</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/p&gt;&lt;p&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/p&gt;&lt;p&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/p&gt;&lt;p&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/p&gt;&lt;p&gt;Développer des actions qui favorisent la biodiversité&lt;/p&gt;&lt;p&gt;Résorber les foyers résiduels de pollution classique&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux éligibles sont, dans un cadre général, ceux visant à limiter la migration de produits polluants vers et 
+dans les eaux souterraines ou superficielles du fait de pollutions du sol, sous-sol ou sédiments. L’éligibilité est 
+subordonnée à la démonstration que le risque de pollution ou l’impact sur la ressource en eau est bien établi. &lt;/p&gt;&lt;p&gt;Les projets de dépollution de friches industrielles dans le cadre spécifique de projets d’aménagements urbains 
+(rentrant dans le champ concurrentiel ou pas) sont soutenus uniquement s’ils sont portés par une maîtrise 
+d’ouvrage publique ou assimilée. &lt;/p&gt;&lt;p&gt;Les projets éligibles sont ceux présentant un enjeu vis-à-vis de la ressource en eau, notamment les projets inscrits 
+aux Programmes de Mesures du SDAGE et déclinés localement dans les Plans d’Action Opérationnels 
+Territorialisés, ou présentant un enjeu local spécifique vis-à-vis de la ressource en eau dûment démontré. 
+L’appréciation de la recevabilité de ce type de projet sera faite au cas par cas, dans des conditions limitatives, 
+ou par appel à projets. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 2004/35/CE du Parlement européen et du Conseil (transposée dans le code de 
+l’environnement au Titre VI : Prévention et réparation de certains dommages causés à l&amp;#039;environnement aux 
+articles L.160-1 à L.165-2) ou des autres règles de l’Union applicables en matière de responsabilité pour les 
+dommages environnementaux, lorsque l’entité ou l’entreprise responsable des dommages environnementaux 
+en vertu du droit applicable dans chaque État membre est identifiée, cette entité ou entreprise finance les 
+travaux nécessaires à la prévention et à la réparation des dégradations et contaminations environnementales 
+en application du principe du pollueur-payeur, et aucune aide n’est octroyée pour les travaux que l’entité ou 
+l’entreprise serait légalement tenue de réaliser.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de projets 
+d’aménagements urbains (rentrant ou 
+non dans le champ concurrentiel), 
+uniquement portés par une maîtrise 
+d’ouvrage publique ou assimilée, s’ils 
+présentent un enjeu vis-à-vis de la 
+ressource en eau (notamment les 
+projets inscrits aux Programmes de 
+Mesures du SDAGE et déclinés 
+localement dans les Plans d’Action 
+Opérationnels Territorialisés) ou un 
+enjeu local spécifique dûment 
+démontré. Au cas par cas, dans des 
+conditions limitatives ou par appel à 
+projet. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 
+2004/35/CE du Parlement européen et 
+du Conseil (transposée dans le code de 
+l’environnement au Titre VI :
+Prévention et réparation de certains 
+dommages causés à l&amp;#039;environnement 
+aux articles L.160-1 à L165-2) ou des 
+autres règles de l’Union applicables en 
+matière de responsabilité pour les 
+dommages environnementaux, lorsque 
+l’entité ou l’entreprise responsable des 
+dommages environnementaux en vertu 
+du droit applicable dans chaque État 
+membre est identifiée, cette entité ou 
+entreprise finance les travaux 
+nécessaires à la prévention et à la 
+réparation des dégradations et 
+contaminations environnementales en 
+application du principe du pollueur-payeur, et aucune aide n’est octroyée 
+pour les travaux que l’entité ou 
+l’entreprise serait légalement tenue de 
+réaliser.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-rehabilitation-de-sites-pollues-cas-general-1/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>120330</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Développer des opération d'aménagement et de renouvellement urbain</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement et renouvellement urbain</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Drôme Aménagement Habitat (DAH)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique, mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite des sites
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information générale sur la réglementation, les enjeux, les procédures et le périmètre financier associé
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la définition des besoins, des objectifs et des priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des contraintes et opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des ressources financières disponibles ou mobilisables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition du programme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction des missions préliminaires (étude..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune ou de l&amp;#039;EPCI dans le processus
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement des documents d&amp;#039;engagement du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au montage de l&amp;#039;ensemble des phases du projet (organisation des actions, calendrier, gouvernance, suivi et évaluation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place du cadre réglementaire et financier propre au suivi précis du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;une réponse technique, architecturale, économique au programme défini et validé avec les communes / intercommunalités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;aménagement dans les conditions de délais, de qualité, et de coûts fixés dans le cadre d&amp;#039;un contrat avec la collectivité maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsabilité sur les choix techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commercialisation des lots
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Intervention en qualité de mandataire du maître d&amp;#039;ouvrage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  élaboration et signature des différents contrats
+ &lt;/li&gt;
+ &lt;li&gt;
+  choix des entreprises et des fournisseurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation et gestion des marchés
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion administrative et financière de l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations d&amp;#039;aménagement avec cession de charges foncières pour la réalisation de programme en accession, aménagement de lotissement, ZAC, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de Renouvellement Urbain, requalification de friches...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/amenagement-et-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Drôme Aménagement Habitat (DAH)
+ &lt;/li&gt;
+ &lt;li&gt;
+  04 75 81 78 09 •
+  &lt;a href="mailto:gisele.grasset&amp;#64;dromeamenagementhabitat.fr"&gt;
+   gisele.grasset&amp;#64;dromeamenagementhabitat.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.dromeamenagementhabitat.fr/"&gt;
+   www.dromeamenagementhabitat.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6de-amenagement-et-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>143291</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>S'engager pour la sobriété foncière</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En réaffirmant l&amp;#039;objectif de zéro artificialisation nette à l&amp;#039;horizon 2050 et la diminution de moitié du rythme annuel de consommation foncière d&amp;#039;ici 2031, la loi énergie-climat de 2019 appelle les collectivités à repenser en profondeur l&amp;#039;ensemble de la chaîne de l&amp;#039;aménagement bien au-delà des mesures déjà mises en œuvre. Fort de sa posture transversale (planification, stratégies territoriales, aménagement, foncier, biodiversité), le Cerema vous guide pour définir une politique foncière durable et mettre en œuvre vos projets à chaque échelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez optimiser votre gestion foncière ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez un projet de requalification de friches ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez besoin d&amp;#039;éclairages techniques en matière de conception urbaine, renaturation, recyclage de friches ou planification ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez mettre en œuvre des stratégies foncières pour atteindre le Zéro Artificialisation Nette (ZAN) ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous éclairer sur les enjeux de gestion et préservation du foncier : partage d&amp;#039;outils et de connaissances sur les marchés fonciers et leur évolution (analyses des valeurs foncières, appui à la mise en place d&amp;#039;observatoires...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recueillir et analyser des données foncières, détecter des gisements fonciers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaborer le diagnostic multicritère préalable au lancement d&amp;#039;une prestation et analyser les options envisageables (en matière de réaménagement urbain, évolution des documents d&amp;#039;urbanisme, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous conseiller et vous outiller pour définir et mettre en œuvre votre stratégie foncière (réglementation locale, conditions économiques, mobilisation d&amp;#039;opérateurs) en intégrant les 3 leviers du ZAN : reconquête des friches, densification, renaturation et compensation de l&amp;#039;artificialisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Outils et méthodes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Données foncières et immobilières pour caractériser les enjeux locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire de l&amp;#039;artificialisation pour évaluer la consommation d&amp;#039;espaces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Urbansimul pour connaître le foncier et élaborer des stratégies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cartofriches pour inventorier les friches et fonciers en renouvellement urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  UrbanVitaliz pour faciliter la reconversion de foncier complexe.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Grand projet :
+  Accompagner les territoires d&amp;#039;industrie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 146 territoires sont labellisés Territoire d&amp;#039;Industrie, un programme porté par l&amp;#039;Agence Nationale de Cohésion des Territoires pour soutenir les collectivités et les entreprises dans le développement de l&amp;#039;activité industrielle, la formation, l&amp;#039;accès au foncier. L&amp;#039;enjeu est important dans un contexte où 70 % de l&amp;#039;emploi industriel se situe en dehors des métropoles, dans les territoires périurbains, ruraux et villes moyennes. Dans le cadre du programme Territoires d&amp;#039;industrie qui vise à développer les écosystèmes industriels, le Cerema intervient pour des expertises flash sollicitées par les délégués territoriaux de l&amp;#039;ANCT qui porte le programme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ils nous font confiance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Clermont Auvergne Métropole : Diagnostic flash du foncier économique — juin 2021
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territoire d&amp;#039;Industrie d&amp;#039;Aurillac-Figeac-Rodez, composé de 15 EPCI sur trois départements (Cantal, Aveyron et Lot) et deux régions (Auvergne Rhône- Alpes et Occitanie). Identification des capacités d&amp;#039;accueil des activités économiques en tenant compte de l&amp;#039;objectif du ZAN et de réindustrialisation et partager aux élus et techniciens des outils facilitant un développement économique plus sobre en foncier (2021-2022).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Revitalisation
+Appui méthodologique
+Valorisation d'actions
+Industrie</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/s-engager-sobriete-fonciere</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a996-sengager-pour-la-sobriete-fonciere/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>163918</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger des projets de R&amp;D afin d’améliorer les connaissances et développer des techniques ou de nouveaux outils dans les domaines du traitement des sols</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Recherche pour la GEStion Intégrée des sites POLlués (GESIPOL)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les enjeux techniques et scientifiques centraux de l&amp;#039;édition 2025 de l&amp;#039;appel à projets de recherche (APR) GESIPOL sont constitués de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’amélioration des techniques de traitement des pollutions des sols et des eaux souterraines&lt;/strong&gt;, ainsi que des méthodes et outils de dimensionnement, de pilotage et de suivi de ces traitements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’avancement des techniques de réhabilitation écologique&lt;/strong&gt; des friches polluées.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’optimisation des conceptions des projets d’aménagement&lt;/strong&gt; (orientations et objectifs) dans des contextes de friches polluées.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les propositions de recherche devront autant que possible &lt;strong&gt;servir une dynamique d’innovation et être portées par les acteurs économiques&lt;/strong&gt; eux-mêmes.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans une démarche scientifique bien circonscrite reposant sur un questionnement pertinent, basé sur la connaissance des contextes, enjeux et états de l’art scientifiques, et sur une méthodologie de réponse prédéfinis et comportant un volume substantiel de travail expérimental et/ou d’enquêtes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241119/recherche-gestion-integree-sites-pollues-gesipol</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-pour-la-gestion-integree-des-sites-pollues-gesipol/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>138006</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la reconquête agricole</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Suppression des boisements gênants et des friches.</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention à 50 % du montant des travaux hors taxe avec plafonds.</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement des travaux de dessouchage et de débroussaillage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+&lt;/strong&gt;EPCI, communes, propriétaires et exploitant.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;
+  Pièces à fournir : &lt;/strong&gt; matrice
+cadastrale, plan, photos, devis, RIB, facture (entre autres).&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/3DS/Dispositif_suppression_boisements_genants_friches.pdf" target="_self"&gt;Cliquer ici pour télécharger le dispositif de suppression des boisements gênants et des friches (format pdf)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/3DS/Formulaire_demande_subvention_attestation.pdf" target="_self"&gt;Cliquer ici pour télécharger le formulaire de demande de subvention et l&amp;#039;attestation (format pdf)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la remise en culture de parcelles boisées ou enfrichées situées en périmètres &amp;#34;interdit&amp;#34;, &amp;#34;réglementé&amp;#34; ou &amp;#34;libre à reconquérir&amp;#34; au titre de la réglementation des boisements de la commune.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)&lt;/p&gt;&lt;p&gt;Service Développement Rural&lt;/p&gt;
+&lt;p&gt;
+ Eloi RONDEAU&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:developpement-durable&amp;#64;hauteloire.fr" target="_self"&gt;eloi.rondeau&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 43 07 11 83
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ad6-favoriser-la-remise-en-culture-de-parcelles-b/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>117565</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Consigner des sommes d'argent pour sécuriser vos projets</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Consignations et dépôts spécialisés</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un service de consignation pouvant être utilisé comme garantie financière auprès de vos partenaires financiers et économiques. Il permet de consigner les sommes relatives à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une implantation ICPE (Installation Classée pour la Protection de l&amp;#039;Environnement) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expropriation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un PPRT (Plan de Prévention des Risques Technologiques) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet de réhabilitation des friches industrielles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=garantie_projets_ti_psat</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3a4-consigner-des-sommes-dargent-pour-securiser-v/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>73538</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir  une ancienne grange pour y créer atelier communal</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF facilite la mobilisation de sites en renouvellement urbain nécessaires aux projets des collectivités. Dans le cadre d&amp;#039;une convention opérationnelle signée avec la collectivité, l&amp;#039;établissement acquiert, porte et prépare (constitution de l&amp;#039;assiette foncière, gestion des déchets et pollutions, déconstruction, préverdissement) le foncier nécessaire à l&amp;#039;opération préalablement définie. La collectivité s&amp;#039;engage à racheter, ou à faire racheter par un opérateur désigné, le site à l&amp;#039;issue de la convention. Des usages temporaires peuvent être développés sur les sites pendant la durée du portage foncier. L&amp;#039;EPF finance sur ses fonds propres une partie de son intervention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF couvre une grande diversité de thématiques (logement, développement économique, redynamisation des centres villes et centres bourgs, équipements publics, risques et biodiversité, reconquête de friches...) sur tout type de territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets portant sur une thématique logement, développement économique, redynamisation des centres villes et centres bourgs, risques, biodiversité, patrimoine UNESCO, friches et réserves foncières
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Négociation, acquisition et portage foncier
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études préalables (faisabilité, techniques...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution concentrées
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes préalables jusqu&amp;#039;à 80%
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction et de traitement des sources de pollution concentrées jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et démolition partielle d&amp;#039;un corps de ferme en centre bourg pour production de logements locatifs sociaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et démolition d&amp;#039;un ancien supermarché pour l&amp;#039;aménagement d&amp;#039;un écoquartier
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et requalification d&amp;#039;un ancien site de stockage de produits chimiques pour l&amp;#039;implantation d&amp;#039;un centre d&amp;#039;hébergement de données (OVH)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et traitement d&amp;#039;une friche polluée pour aménagement d&amp;#039;un espace naturel
+ de plusieurs hectares
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epf-npdc.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.epf-npdc.fr/lepf-pratique/contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb53-acquerir-une-ancienne-grange-pour-y-creer-ate/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>139435</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du foncier en renouvellement urbain pour mes projets (résidentiels, tertiaires, de développement économique, pour créer un équipement..)</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Etablissement Public Foncier Hauts de France facilite la mobilisation de sites en renouvellement urbain nécessaires aux projets des collectivités. Dans le cadre d&amp;#039;une convention opérationnelle signée avec la collectivité, l&amp;#039;établissement acquiert, porte et prépare (constitution de l&amp;#039;assiette foncière, gestion des déchets et pollutions, déconstruction, pré-verdissement) le foncier nécessaire à l&amp;#039;opération préalablement définie. La collectivité s&amp;#039;engage à racheter, ou à faire racheter par un opérateur désigné, le site à l&amp;#039;issue de la convention. Des usages temporaires peuvent être développés sur les sites pendant la durée du portage foncier. L&amp;#039;EPF finance sur ses fonds propres une partie de son intervention.
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF couvre une grande diversité de thématiques (logement, développement économique, redynamisation des centres villes et centres bourgs, équipements publics, risques et biodiversité, reconquête de friches...) sur tous types de territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Projets portant sur une thématique logement, développement économique, redynamisation des centres villes et centres bourgs, risques, biodiversité, patrimoine UNESCO, friches et réserves foncières.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •    Négociation, acquisition et portage foncier
+ &lt;br /&gt;
+ •    Études préalables (faisabilité, techniques...)
+ &lt;br /&gt;
+ •    Traitement des déchets et des sources de pollution concentrées
+ &lt;br /&gt;
+ •    Travaux de déconstruction
+ &lt;br /&gt;
+ •    Renaturation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ •    Ingénierie prise en charge à 100%
+ &lt;br /&gt;
+ •    Etudes préalables jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ •    Travaux de déconstruction et de traitement des sources de pollution concentrées jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Acquisition et démolition partielle d&amp;#039;un corps de ferme en centre bourg pour production de logements locatifs sociaux
+ &lt;br /&gt;
+ •    Acquisition et démolition d&amp;#039;un ancien supermarché pour l&amp;#039;aménagement d&amp;#039;un écoquartier
+ &lt;br /&gt;
+ •    Acquisition et requalification d&amp;#039;un ancien site de stockage de produits chimiques pour l&amp;#039;implantation d&amp;#039;un centre d&amp;#039;hébergement de données (OVH)
+ &lt;br /&gt;
+ •    Acquisition et traitement d&amp;#039;une friche polluée pour aménagement d&amp;#039;un espace naturel de plusieurs hectares
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e51-acquerir-du-foncier-en-renouvellement-urbain-/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>165403</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Accompagner les filières économiques et les acteurs en faveur de la valorisation des ressources locales</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA2</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
+      <c r="J24" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;économie des territoires ruraux s&amp;#039;est tournée depuis des dizaines d&amp;#039;années vers l&amp;#039;extérieur et demeure très dépendante de fluctuations sur lesquels ils n&amp;#039;ont aucun contrôle. La crise du Covid puis la crise énergétique ont largement illustré ce fait et la fragilité qu&amp;#039;elles ont provoqué sur le territoire. Certains secteurs sont plus impactés que d&amp;#039;autres. Les acteurs institutionnels et économiques ont entamé, à travers diverses stratégies, un travail pour une autonomie du territoire grâce à la valorisation optimale des ressources présentes localement. Le maintien des activités et le développement de filières de proximité sur les territoires est un enjeu pour les populations et l&amp;#039;attractivité de ces territoires.&lt;/p&gt;&lt;p&gt;Cette fiche action a pour but d&amp;#039;identifier les leviers pour capter le potentiel des ressources directement sur le territoire. Ces ressources concernent notamment:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La requalification des déchets par le réemploi et la réutilisation&lt;/li&gt;&lt;li&gt;La valorisation de la ressource foncière du territoire&lt;/li&gt;&lt;li&gt;La valorisation des productions agricoles et alimentaires grâce à la mise en place de circuits courts et de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;appuyer la création de filières, ainsi que leur développement notamment par le soutien à des chainons manquants dans la chaine de la filière. Ces actions ont aussi pour but de valoriser les dynamiques de création d&amp;#039;emploi, notamment par des initiatives sociales et solidaires : actions de réutilisation des déchets, revalorisation des friches en changeant de destination par exemple, ou encore soutien à des acteurs dans les chaines de valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions:&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.1 : Développer le réemploi des matériaux et déchets&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.1.1 : &lt;/strong&gt;&lt;span&gt;Appui à l&amp;#039;émergence de filières et aux initiatives de réemploi, de réutilisation et de recyclage&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de low-tech&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.3 :&lt;/strong&gt;&lt;span&gt; Appui aux systèmes innovants de lutte contre le gaspillage alimentaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.2 : Revaloriser les friches agricoles, résidentielles et industrielles du territoire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.2.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux actions de valorisation du foncier communal en friche&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.2 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des terres et bâti agricole&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.3 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des bâtiments résidentiels et commerciaux abandonnés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.3 : Accompagner les structures valorisant les ressources locales &lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.3.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation des produits issus de ressources locales&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.2 :&lt;/strong&gt;&lt;span&gt; Actions favorisant l&amp;#039;alimentation en circuit court&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.3 :&lt;/strong&gt;&lt;span&gt; Actions de mise en valeur de la ressource oenotouristique du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.4 : Accompagner les structures valorisant les ressources archéologiques et le patrimoine vernaculaire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.4.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation et restauration du patrimoine archéologique et du patrimoine vernaculaire&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.4.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux projets participatifs permettant la valorisation du patrimoine archéologique et du patrimoine vernaculaire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M14" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ressourcerie du bâtiment, déchets du bâtiment, développement de la consigne, soutien aux démarches de valorisation des déchets verts, formation et ateliers sur les démarches, lowtech, centre lowtech, commerce lowtech, repair café, participation aux évènements et salons lowtech hors territoire, centre de tri et réutilisation des textiles, etc. ;&lt;/li&gt;&lt;li&gt;Etude pour la réouverture d&amp;#039;une friche bâtie agricole, enquêtes de proximité, accompagnement à maitrise d&amp;#039;ouvrage, etc. ;&lt;/li&gt;&lt;li&gt;Création d&amp;#039;une unité de création de biomatériaux locaux, soutien aux entreprises transformant localement des ressources locales, campagne de promotion innovante, soutien de filières émergentes et entreprises de ces filières, accompagnement à la relocalisation de la filière alimentaire, mise en valeur de la ressource oenotouristique du territoire, etc. ;&lt;/li&gt;&lt;li&gt;Chantier participatif de restauration du patrimoine, action de valorisation et de vulgarisation d&amp;#039;un patrimoine archéologique, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Bâtiments et construction
 Réhabilitation
 Attractivité économique
 Artisanat
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P14" s="1" t="inlineStr">
+      <c r="P24" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q14" s="1" t="inlineStr">
+      <c r="Q24" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous&lt;/u&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-filieres-economiques-et-les-acteurs-en-faveur-de-la-valorisation-des-ressources-locales/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...477 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>163170</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...8 lines deleted...]
-      <c r="K17" s="1" t="inlineStr">
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
-[...296 lines deleted...]
-Tiers-lieux
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin dispose d&amp;#039;un tissu économique inégalement réparti et dynamique, fragilisé
+par l&amp;#039;évolution des modes de consommation, la concurrence des grands pôles et, parfois, un
+manque de coopération entre acteurs. Cette fiche vise à soutenir le développement d&amp;#039;une
+économie locale et touristique plus ancrée sur le territoire, en lien avec l&amp;#039;ensemble des
+acteurs.
+La disparité du territoire entre Nord et Sud se fait ressentir dans l’accueil des touristes et le
+nombre de pôles touristiques. Le Sud souffre d’un manque de visibilité et d’attractivité pour
+les touristes étrangers.
+Les opérations accompagnées dans le cadre de cette fiche action sont en cohérence avec 10
+objectifs du SRADDET, notamment développer l’offre de service, sauvegarder les spécificités
+du monde rural, la réduction de l’artificialisation des sols et la gestion des friches, et surtout
+la promotion d’un tourisme durable. Cette fiche action prend également en compte les
+constats du GIEC normand en termes de biodiversité, adaptation aux changements
+climatiques et la pollution de l’air.
+Les actions accompagnées par cette fiche action pourront se faire en partenariat des parcs
+régionaux, offices de tourisme, associations locales.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner un développement économique et touristique équilibré du territoire.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner les projets s&amp;#039;appuyant sur les ressources, savoir-faire et acteur locaux.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Soutenir le secteur de l&amp;#039;ESS et les démarches d&amp;#039;économie circulaire
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Renforcer la connaissance des tissus économiques et touristiques &lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Structuration et animation de filières spécifiques au territoire, s&amp;#039;appuyant sur des ressources et savoir-faire locaux ; &lt;/li&gt;&lt;li&gt;Création et animation d&amp;#039;observatoires territoriaux des activités et des friches visant à partager un diagnostic commun
+des besoins et éclairer les décisions ;
+&lt;/li&gt;&lt;li&gt;Réhabilitation et extension de gîtes et hébergements à vocation touristique
+- Réhabilitation et extension de logements pour les personnels saisonniers ;
+&lt;/li&gt;&lt;li&gt;Développement de marchés de producteurs locaux ;
+&lt;/li&gt;&lt;li&gt;Soutien aux projets de tourisme durable ;
+&lt;/li&gt;&lt;li&gt;Création de partenariats entre les sites touristiques majeurs et secondaires ;
+&lt;/li&gt;&lt;li&gt;Adaptation d&amp;#039;une offre existante à l’accueil des cyclotouristes ;
+&lt;/li&gt;&lt;li&gt;Actions favorisant et encourageant le développement de circuits de randonnées pédestres, équestres, trekkings et le
+tourisme à vélo ;
+&lt;/li&gt;&lt;li&gt;Développement de systèmes de billetterie et de réservation en ligne pour les sites touristiques, permettant de réguler
+et réorienter les flux ;
+&lt;/li&gt;&lt;li&gt;Accompagnement des collectivités, entreprises et associations dans leurs démarches d&amp;#039;économie circulaire ;
+&lt;/li&gt;&lt;li&gt;Maintien et développement des activités artisanales et commerciales des centre-bourgs (communes de moins de
+10000 habitants), y compris les activités mobiles.
+&lt;/li&gt;&lt;li&gt;Soutien de la reprise/maintien du dernier commerce du village (collectivités) &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
-Attractivité économique</t>
-[...2 lines deleted...]
-      <c r="O18" s="1" t="inlineStr">
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
-[...882 lines deleted...]
-      <c r="S22" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet d&amp;#039;accompagner le développement économique touristique équilibré du territoire&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet s&amp;#039;appuie sur les ressources, savoir-faire et acteurs locaux&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet est porté par un acteur de l&amp;#039;ESS et/ou encourage l&amp;#039;économie circulaire&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de renforcer la connaissance des tissus économiques et touristiques du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature, &lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
-[...734 lines deleted...]
-      </c>
       <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U25" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
       <c r="V25" s="1" t="inlineStr">
         <is>
-          <t>http://www.urbanvitaliz.fr</t>
-[...4 lines deleted...]
-          <t>https://urbanvitaliz.fr/onboarding/</t>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
       <c r="X25" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...2 lines deleted...]
-&lt;/p&gt;&lt;p&gt;https://urbanvitaliz.fr/onboarding/&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y25" s="1" t="inlineStr">
         <is>
-          <t>friches@beta.gouv.fr</t>
+          <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
       <c r="Z25" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1f1b-service-gratuit-urbanvitaliz-debloquer-les-pr/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-economie-locale-et-touristique-diversifiee-valorisant-les-ressources-savoir-faire-et-acteurs-locaux/</t>
         </is>
       </c>
       <c r="AA25" s="1" t="inlineStr">
-        <is>
-[...387 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>