--- v0 (2025-11-02)
+++ v1 (2026-01-11)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA30"/>
+  <dimension ref="A1:AA11"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,5580 +228,1606 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>102937</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>72359</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Accéder aux financements bancaires traditionnels - Industrie culturelle et créative</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Institut pour le Financement du Cinéma et des Industries Culturelles (IFCIC)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Face à la difficulté structurelle des industries culturelles et créatives à accéder aux financements bancaires traditionnels, la garantie de l&amp;#039;Institut pour le financement du cinéma et des industries culturelles (IFCIC) rend possible l&amp;#039;accès au crédit des entreprises et associations culturelles de tous les secteurs couverts par le ministère de la Culture.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de consolider l&amp;#039;activité historique et stratégique de garantie d&amp;#039;emprunt proposé par l&amp;#039;Institut pour le financement du cinéma et des industries culturelles (IFCIC), et dans un contexte de relance de l&amp;#039;activité économique des entreprises culturelles, le plan de relance vient réabonder (versement complémentaire) à hauteur de 14 M€ les 2 fonds de garantie de l&amp;#039;IFCIC afin d&amp;#039;assurer la pérennité de ces outils financiers au service des secteurs culturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Le mode de fonctionnement est le suivant :
+&lt;/p&gt;
+&lt;p&gt;
+ La banque constitue et adresse à l&amp;#039;IFCIC le dossier de demande de garantie après avoir formalisé son accord sur le crédit (sous réserve - le cas échéant notamment - de l&amp;#039;obtention de la garantie).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est examiné par l&amp;#039;IFCIC, qui peut prendre contact avec la banque et/ou l&amp;#039;emprunteur. Il est présenté à ses comités d&amp;#039;engagement, réunis toutes les trois semaines à l&amp;#039;exception :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des crédits à la production et distribution cinématographique et audiovisuelle - comités hebdomadaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des demandes concernant des crédits de montants inférieurs à 200 000 € - comités « au fil de l&amp;#039;eau ».
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La décision de l&amp;#039;IFCIC est notifiée à la banque à la suite du comité (copie adressée à l&amp;#039;emprunteur, saufs crédits à la production et distribution cinématographique et audiovisuelle).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La garantie de l&amp;#039;IFCIC soutient le financement du développement et la croissance de toutes les entreprises des secteurs couverts par le ministère de la Culture et par le CNC.
+&lt;/p&gt;
+&lt;p&gt;
+ La garantie de l&amp;#039;IFCIC s&amp;#039;applique à tous types de crédits. Toutes les formes juridiques des sociétés de droits français sont agréées, ainsi que les associations. Les prêts personnels sont exclus.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ifcic.fr/vous-etes-un-etablissement-de-credit/la-garantie/presentation.html</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ifcic.fr/images/documents/formulaire_de_demande_de_garantie_industries_culturelles.pdf</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;information, contactez l&amp;#039;Institut pour le Financement du Cinéma et des Industries Culturelles (IFCIC)
+&lt;/p&gt;
+&lt;p&gt;
+ 41, rue de la Chaussée d&amp;#039;Antin
+&lt;/p&gt;
+&lt;p&gt;
+ 75009 Paris
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. &amp;#43;33.(0)1 53 64 55 55
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8288-acceder-aux-financements-bancaires-traditionn/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>90903</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès des plus petites entreprises aux financements nécessaires à la réalisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du SRDEII, la région a pour ambition de développer un écosystème de financement favorable aux entreprises de son territoire afin de contribuer efficacement au développement de celles-ci.
+Pour cela, la région souhaite faciliter l&amp;#039;accès des plus petites entreprises aux financements nécessaires à la réalisation de leur projet.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ La Région Nouvelle-Aquitaine a souhaité mettre en place un dispositif public d&amp;#039;aide au développement économique appelé Prêt Croissance Petites Entreprises, afin de soutenir leur croissance.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Industrie</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ PME de 3 à 50 salariés, créées depuis plus de 3 ans et exerçant leur activité en Région Nouvelle-Aquitaine
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Ces prêts participatifs seront consentis à des conditions préférentielles grâce à l&amp;#039;intervention de la Région. Ils seront mis en place par BPI Financement dans le cadre d&amp;#039;un partenariat régional.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;h3&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h3&gt;
+&lt;p&gt;
+ Les prêts pourront être compris entre 10000 et 50000 euros pour une durée de 5 ans dont 1 an de différé.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces prêts sont obligatoirement accompagnés d&amp;#039;un prêt bancaire, d&amp;#039;apport en fonds propres ou d&amp;#039;apports en financement participatif de montant au moins équivalent.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt croissance pourra être mobilisé seul ou en complémentarité des autres dispositifs régionaux.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prets-croissances-petites-entreprises</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>Service Relation aux Usagers
+Direction de l&amp;#039;économie territoriale
+05 49 38 49 38
+Du lundi au vendredi de 9h à 18h sans interruption</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6272-prets-croissances-petites-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>163035</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Compléter le dispositif Natura 2000 financé via le FEADER</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Contrat Natura 2000</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif de ce cadre d’intervention est de compléter le dispositif Natura 2000 financé via le FEADER et de préciser les aides pouvant être allouées dans le cadre régional :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;En finançant certains contrats Natura 2000,&lt;/li&gt; 	&lt;li&gt;En incitant les propriétaires à pérenniser l’investissement par le biais d’une ORE pour la contractualisation d’un contrat Natura 2000.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;Les personnes :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;physiques ou morales ;&lt;/li&gt; 	&lt;li&gt;publiques ou privées ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;qui disposent :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;de droits réels ou personnels sur les espaces sur lesquels s’appliquent les opérations ;&lt;/li&gt; 	&lt;li&gt;ou d’un mandat les qualifiant juridiquement pour intervenir sur ces espaces.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Conditions spécifiques : vocation non agricole des actions mises en place par les personnes pratiquant une activité agricole : &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Les personnes physiques ou morales pratiquant une activité agricole&lt;/strong&gt; au sens de l’article L.311-1 du Code rural ne peuvent signer un contrat Natura 2000 sur des surfaces déclarées à la PAC que pour les actions à vocation non agricole suivantes (actions précisées dans le paragraphe sur les dépenses éligibles) :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Opérations innovantes en faveur d’espèces ou d’habitats d’intérêt communautaire (N27Pi – cf. Annexe) ;&lt;/li&gt; 	&lt;li&gt;Aménagements artificiels en faveur d’espèces d’intérêt communautaire justifiant la désignation du site (N23Pi – Cf. Annexe) ;&lt;/li&gt; 	&lt;li&gt;Contrats forestiers.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Pour chaque action contractuelle se référer à la circulaire du 27 AVRIL 2012 relative à la gestion contractuelle des sites Natura 2000 majoritairement terrestres en application des articles R414-8 à 18 du Code de l’Environnement&lt;/strong&gt;&lt;strong&gt; NOR : DEVL1131446C.&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;&lt;span&gt;Localisation du projet&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Les projets éligibles sont :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Situés sur un site pour lequel la Région Provence-Alpes Côte d’Azur est désignée comme autorité de gestion du site en question ;&lt;/li&gt; 	&lt;li&gt;Situés dans le périmètre d’un site Natura 2000 terrestre ou mixte : 	&lt;ul&gt; 		&lt;li&gt;déjà désigné ;&lt;/li&gt; 		&lt;li&gt;ou proposé à désignation.&lt;br /&gt; 		 &lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Actions éligibles&lt;/span&gt;&lt;br /&gt; Le DOCOB du site liste les actions contractuelles pouvant être mises en œuvre via des contrats sur le site concerné. Seuls les contrats correspondants aux mesures prévues au DOCOB du site sont éligibles.&lt;br /&gt; Les contrats possibles sont listés dans l’annexe technique.&lt;br /&gt;  &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Listes des dépenses éligibles &lt;/span&gt;&lt;br /&gt; Les dépenses éligibles aux contrats Natura 2000 correspondent aux frais engagés par le bénéficiaire. Il s’agit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Prestations de service hors frais d’études et frais d’expert : &lt;/strong&gt;les frais de notaire pour la réalisation d’actions de maintien de l’investissement (ORE, bail emphytéotique) sont éligibles à condition d’avoir un devis, à la condition qu’ils viennent en complément du contrat Natura 2000 objet du dossier de demande d’aide. &lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Frais de personnel :&lt;/strong&gt; supportés par le bénéficiaire, nécessaires à la réalisation de l&amp;#039;opération et  comportant un lien démontré avec celle-ci.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Frais professionnels associés (hébergement, restauration, déplacements) :&lt;/strong&gt; Sous la forme d’option de coûts simplifiés, valorisés à hauteur de 5% des frais de personnel éligibles.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Coûts indirects:&lt;/strong&gt; Sur la base d’un forfait de 15% des frais de personnel directs éligibles.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Frais d’études et frais d’expert:&lt;/strong&gt; Ces dépenses sont plafonnées à 10 % du montant éligible du montant cumulé des autres postes.&lt;/li&gt; &lt;/ul&gt;
 &lt;table cellspacing="0" summary="Contrat Natura 2000"&gt; 	&lt;tbody&gt; 		&lt;tr&gt; 			&lt;td&gt; 			&lt;p&gt; &lt;/p&gt; 			&lt;/td&gt; 		&lt;/tr&gt; 	&lt;/tbody&gt; &lt;/table&gt;
 &lt;p&gt;Les dépenses dans le cadre de contrats forestiers sont soumises aux barèmes en vigueur.&lt;br /&gt;  &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Listes des dépenses non éligibles &lt;/span&gt;&lt;br /&gt; Les dépenses inéligibles aux contrats Natura 2000 sont les suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les dépenses réalisées pour le respect des législations communautaires, nationales et des réglementations en matière d’environnement et notamment les mises aux normes, de santé publique, de santé des animaux et des végétaux, de bien-être animal et de sécurité du travail ;&lt;/li&gt; 	&lt;li&gt;les diagnostics ou expertises préalables au dépôt d’une demande de contrat Natura 2000 ;&lt;/li&gt; 	&lt;li&gt;l’animation de la mise en œuvre du DOCOB et les actions de sensibilisation ou de communication globale sur le site ;&lt;/li&gt; 	&lt;li&gt;les dépenses liées à la mise en place de mesures compensatoires (loi sur l’eau, protection des espèces protégées, urbanisme, défrichement…) ;&lt;/li&gt; 	&lt;li&gt;l’achat de gros matériels tels que véhicules ou engins professionnels, les investissements de simple remplacement, le matériel d’occasion ;&lt;/li&gt; 	&lt;li&gt;l’achat d’animaux, la location d’animaux reproducteurs, ou l’achat de saillie ;&lt;/li&gt; 	&lt;li&gt;les acquisitions foncières ;&lt;/li&gt; 	&lt;li&gt;les impôts et frais financiers.&lt;/li&gt; 	&lt;li&gt;les dépenses liées aux stagiaires, apprentis ou le bénévolat ;&lt;/li&gt; 	&lt;li&gt;les suivis scientifiques ;&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Particularités pour les contrats Natura 2000 Forestier&lt;/span&gt;&lt;br /&gt; Les propriétaires ou gestionnaires des bois, forêts et terrains à boiser relevant du régime forestier ne peuvent prétendre à la signature d’un contrat Natura 2000 que si ces bois, forêts et terrains à boiser sont dotés d&amp;#039;un &lt;span&gt;document de gestion satisfaisant aux exigences du Code forestier. &lt;/span&gt;Les propriétaires forestiers dont les forêts doivent être dotées d&amp;#039;un plan simple de gestion au titre de l’article L.312-1 du Code forestier ne peuvent prétendre à la signature d’un contrat Natura 2000 que si un tel plan, agréé par le Centre régional de la propriété forestière, est en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P2" s="0" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>06/07/2024</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Localisation du projet&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Les projets éligibles sont :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Situés sur un site pour lequel la Région Provence-Alpes Côte d’Azur est désignée comme autorité de gestion du site en question ;&lt;/li&gt; 	&lt;li&gt;Situés dans le périmètre d’un site Natura 2000 terrestre ou mixte : 	&lt;ul&gt; 		&lt;li&gt;déjà désigné ;&lt;/li&gt; 		&lt;li&gt;ou proposé à désignation.&lt;br /&gt; 		 &lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Actions éligibles&lt;/span&gt;&lt;br /&gt; Le DOCOB du site liste les actions contractuelles pouvant être mises en œuvre via des contrats sur le site concerné. Seuls les contrats correspondants aux mesures prévues au DOCOB du site sont éligibles.&lt;br /&gt; Les contrats possibles sont listés dans l’annexe technique.&lt;br /&gt;  &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Listes des dépenses éligibles &lt;/span&gt;&lt;br /&gt; Les dépenses éligibles aux contrats Natura 2000 correspondent aux frais engagés par le bénéficiaire. Il s’agit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Prestations de service hors frais d’études et frais d’expert : &lt;/strong&gt;les frais de notaire pour la réalisation d’actions de maintien de l’investissement (ORE, bail emphytéotique) sont éligibles à condition d’avoir un devis, à la condition qu’ils viennent en complément du contrat Natura 2000 objet du dossier de demande d’aide. &lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Frais de personnel :&lt;/strong&gt; supportés par le bénéficiaire, nécessaires à la réalisation de l&amp;#039;opération et  comportant un lien démontré avec celle-ci.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Frais professionnels associés (hébergement, restauration, déplacements) :&lt;/strong&gt; Sous la forme d’option de coûts simplifiés, valorisés à hauteur de 5% des frais de personnel éligibles.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Coûts indirects:&lt;/strong&gt; Sur la base d’un forfait de 15% des frais de personnel directs éligibles.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Frais d’études et frais d’expert:&lt;/strong&gt; Ces dépenses sont plafonnées à 10 % du montant éligible du montant cumulé des autres postes.&lt;/li&gt; &lt;/ul&gt;
 &lt;table cellspacing="0" summary="Contrat Natura 2000"&gt; 	&lt;tbody&gt; 		&lt;tr&gt; 			&lt;td&gt; 			&lt;p&gt; &lt;/p&gt; 			&lt;/td&gt; 		&lt;/tr&gt; 	&lt;/tbody&gt; &lt;/table&gt;
 &lt;p&gt;Les dépenses dans le cadre de contrats forestiers sont soumises aux barèmes en vigueur.&lt;br /&gt;  &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Listes des dépenses non éligibles &lt;/span&gt;&lt;br /&gt; Les dépenses inéligibles aux contrats Natura 2000 sont les suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les dépenses réalisées pour le respect des législations communautaires, nationales et des réglementations en matière d’environnement et notamment les mises aux normes, de santé publique, de santé des animaux et des végétaux, de bien-être animal et de sécurité du travail ;&lt;/li&gt; 	&lt;li&gt;les diagnostics ou expertises préalables au dépôt d’une demande de contrat Natura 2000 ;&lt;/li&gt; 	&lt;li&gt;l’animation de la mise en œuvre du DOCOB et les actions de sensibilisation ou de communication globale sur le site ;&lt;/li&gt; 	&lt;li&gt;les dépenses liées à la mise en place de mesures compensatoires (loi sur l’eau, protection des espèces protégées, urbanisme, défrichement…) ;&lt;/li&gt; 	&lt;li&gt;l’achat de gros matériels tels que véhicules ou engins professionnels, les investissements de simple remplacement, le matériel d’occasion ;&lt;/li&gt; 	&lt;li&gt;l’achat d’animaux, la location d’animaux reproducteurs, ou l’achat de saillie ;&lt;/li&gt; 	&lt;li&gt;les acquisitions foncières ;&lt;/li&gt; 	&lt;li&gt;les impôts et frais financiers.&lt;/li&gt; 	&lt;li&gt;les dépenses liées aux stagiaires, apprentis ou le bénévolat ;&lt;/li&gt; 	&lt;li&gt;les suivis scientifiques ;&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Particularités pour les contrats Natura 2000 Forestier&lt;/span&gt;&lt;br /&gt; Les propriétaires ou gestionnaires des bois, forêts et terrains à boiser relevant du régime forestier ne peuvent prétendre à la signature d’un contrat Natura 2000 que si ces bois, forêts et terrains à boiser sont dotés d&amp;#039;un &lt;span&gt;document de gestion satisfaisant aux exigences du Code forestier. &lt;/span&gt;Les propriétaires forestiers dont les forêts doivent être dotées d&amp;#039;un plan simple de gestion au titre de l’article L.312-1 du Code forestier ne peuvent prétendre à la signature d’un contrat Natura 2000 que si un tel plan, agréé par le Centre régional de la propriété forestière, est en vigueur.&lt;/p&gt; 
 &lt;ul&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/contrat-natura-2000</t>
         </is>
       </c>
-      <c r="W2" s="0" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://subventionsenligne.maregionsud.fr/</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;span&gt;Allo Région : 04.91.57.57.57.&lt;/span&gt;&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/contrat-natura-2000/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C3" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>120349</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Produire des logements locatifs sociaux financés par un prêt locatif aide d’intégration (PLAI)</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>PRODUCTION DE LOGEMENTS LOCATIFS SOCIAUX FINANCES PAR UN PRET LOCATIF AIDE D'INTEGRATION (PLAI)</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Aider à la production de logements locatifs sociaux agréés en PLAi par l&amp;#039;État, s&amp;#039;inscrivant dans les orientations du PDALHPD. Les logements concernés sont des logements à loyer social minoré, à destination d&amp;#039;un public à faibles revenus.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;br /&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Montant
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Production de PLAI standard, dans des opérations en neuf	3 500€/logement
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Production de PLAI en acquisition amélioration	7 500 €/logement
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Production de PLAI adapté	7 500 €/logement
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ OPÉRATIONS ÉLIGIBLES
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de construction ou d&amp;#039;acquisition-amélioration de logements locatifs sociaux financés avec PLAi, ou PLAi adapté, agréées par l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ EXCLUSIONS
+&lt;/p&gt;
+&lt;p&gt;
+ Territoire non-conventionné
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ BÉNÉFICIAIRES
+&lt;/p&gt;
+&lt;p&gt;
+ Bailleurs sociaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/production-de-logements-locatifs-sociaux-finances-par-un-pret-locatif-aide-dintegration-plai/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Direction des Politiques Territoriales
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Service Habitat-Territoires : habitat&amp;#64;ladrome.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nathalie BRUNET – Gestionnaire de subventions – 04 75 79 26 91 –
+  &lt;/li&gt;
+  &lt;li&gt;
+   Véronique REYNAUD – Gestionnaire de subventions – 04 75 79 82 12 –
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aurélie BONNET – Responsable administratif, budgétaire et financier – 04 75 79 27 68 –
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb6c-production-de-logements-locatifs-sociaux-fina/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>149775</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès des Petites Villes de Demain aux financements verts pour concrétiser leurs projets</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
-France Relance
-[...14 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+EUROPE - InvestEU</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>PVD+ : un appui pour mobiliser les financements verts dans les PVD</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les collectivités de moins de 20 000 habitants s&amp;#039;inscrivant dans le cadre du programme Petites villes de demain ayant signé la convention cadre PVD peuvent bénéficier de cette offre de la Banque des Territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif : faciliter le passage à l&amp;#039;opérationnel des communes concernées en leur permettant d&amp;#039;accéder plus facilement aux financements verts.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne dans vos projets de transformation écologique et énergétique afin d&amp;#039;intégrer les critères verts qui seront déterminants pour l&amp;#039;obtention de financements.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Identification des financements éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préconisations techniques et financières pour optimiser la capacité des projets à mobiliser les financements verts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la préparation des dossiers de demande de financements si nécessaire
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/offre-pvd-plus?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=pdvplus_vert_psat</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/offre-pvd-plus?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;pvdplus&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;pvdplus_oat"&gt;
+   Contactez-nous via le formulaire de sollicitation disponible ici
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2154-faciliter-lacces-des-petites-villes-de-demain/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...23 lines deleted...]
-      <c r="K3" s="1" t="inlineStr">
+Département</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  1. Mettre en place des dispositifs d&amp;#039;observation et de prévention
+  Domaine du paysage et de l&amp;#039;urbanisme
  &lt;/strong&gt;
-&lt;/p&gt;
-[...202 lines deleted...]
- &lt;/a&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Espace public
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
 Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Lutte contre la précarité</t>
-[...2 lines deleted...]
-      <c r="O3" s="1" t="inlineStr">
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>164447</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter et accélérer l’accès à des financements publics pour les partenaires indirects du PIIEC Santé présents sur le territoire national</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d’intérêt « Partenaires indirects du PIIEC Santé »</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Des projets dont les travaux sont menés en partenariat d’un projet européen pré-notifié par un Etat membre dans le cadre du PIIEC Santé, ou, à défaut, d’un projet officiellement sélectionné par la France à la suite d’un AMI dédié pour présenter un projet dans le cadre du PIIEC Santé. &lt;br /&gt;Il doit s’agir de projets d’innovation pour des activités réalisées en France, liées à la R&amp;amp;D ou aux premiers déploiements industriels. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>03/02/2026</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le dossier de candidature devra être soumis complet, dans les délais et sous forme électronique sur la plateforme dédiée ;&lt;/li&gt;&lt;li&gt;Le projet est porté par une entité juridique unique, privée ou publique, sans restriction de taille, disposant d’un numéro Siren à la date de dépôt du dossier.&lt;/li&gt;&lt;li&gt;Le porteur doit être formellement reconnu comme partenaire indirect par un partenaire direct européen pré-notifié dans le cadre PIIEC Santé ou d’un projet officiellement sélectionné par la France à la suite d’un AMI dédié pour présenter un projet dans le cadre du PIIEC Santé ;  &lt;/li&gt;&lt;li&gt;Le projet doit porter sur des travaux réalisés en France et non-engagés avant le dépôt du dossier&lt;/li&gt;&lt;li&gt;Le projet doit présenter un caractère innovant, ainsi qu’un intérêt industriel, médical et/ou de santé publique. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Aucun montant minimal n’est fixé en termes d’assiette des dépenses totales pour les projets attendus&lt;/p&gt;&lt;p&gt;Aucune durée minimale ou maximale des projets n’est fixée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités de soutien&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet AMI n’est pas doté financièrement. Les conditions et la nature des financements qui seront déployés pour les candidats sélectionnés dépendront du guichet vers lequel ils seront orientés. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépôt des candidatures&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Date limite de dépôt &lt;strong&gt;3 février 2026 à 12h00 &lt;/strong&gt;(midi heure de Paris),&lt;/p&gt;&lt;p&gt;Calendrier :Les candidatures peuvent être soumises à compter de la date de publication de l’appel à projets. Elles seront instruites aux dates de relèves intermédiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;26 juin 2023 à 12h00 (midi heure de Paris),&lt;/li&gt;&lt;li&gt;10 avril 2024 à 12h00 (midi heure de Paris),&lt;/li&gt;&lt;li&gt;4 février 2025 à 12h00 (midi heure de Paris),&lt;/li&gt;&lt;li&gt;3 février 2026 à 12h00 (midi heure de Paris).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépôt du dossier &lt;/strong&gt;: Le dossier est à adresser à Bpifrance sous forme électronique sur sa plateforme en ligne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="U3" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
-[...1104 lines deleted...]
-      </c>
       <c r="V11" s="1" t="inlineStr">
         <is>
-          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+          <t>https://www.bpifrance.fr/nos-appels-a-projets-concours/appel-a-manifestation-dinteret-partenaires-indirects-du-piiec-sante</t>
         </is>
       </c>
       <c r="X11" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;a href="mailto:aap-france203&amp;#64;bpifrance.fr" target="_blank"&gt;aap-france203&amp;#64;bpifrance.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
-          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+          <t>Emma.RODRIGUEZ.EXT@esante.gouv.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-moyens-de-mesure-et-de-controle/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-et-daccelerer-lacces-a-des-financements-publics-pour-les-partenaires-indirects-du-piiec-sante-presents-sur-le-territoire-national/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
-        <is>
-[...3961 lines deleted...]
-      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>