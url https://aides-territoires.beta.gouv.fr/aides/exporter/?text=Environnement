--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA127"/>
+  <dimension ref="A1:AA120"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -517,272 +517,86 @@
  pour toute question relative à ce dispositif.
 &lt;/p&gt;
 &lt;p&gt;
  Direction : Environnement et Aménagement
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9f0b-copie-09h34-soutien-pluriannuel-a-destination/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>157104</v>
+        <v>111759</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mieux connaître et mobiliser pour la biodiversité : les Atlas de la biodiversité communale (ABC)</t>
-[...9 lines deleted...]
-          <t>Mieux connaître et mobiliser pour la biodiversité : les Atlas de la biodiversité communale</t>
+          <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
-[...5 lines deleted...]
-          <t>Office Français de la Biodiversité (OFB)</t>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Commune
-[...2 lines deleted...]
-Association</t>
+          <t>Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
-        <is>
-[...165 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -817,72 +631,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -906,124 +720,310 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>157104</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Mieux connaître et mobiliser pour la biodiversité : les Atlas de la biodiversité communale (ABC)</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Édition 2025</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Mieux connaître et mobiliser pour la biodiversité : les Atlas de la biodiversité communale</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
+Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="F4" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Limite maximum de 250.000€ par projet</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+  Ambition écologique du projet financé
+ &lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;Cette ambition écologique générale se décline de la manière suivante s’agissant du développement des Atlas de la biodiversité communale.&lt;/p&gt;&lt;p&gt;Le soutien financier du fonds vert doit permettre de doter les collectivités, en priorité les communes et intercommunalités ayant la compétence en matière de document d’urbanisme, d’Atlas de la biodiversité communale, afin de contribuer au diagnostic des enjeux de biodiversité sur leur territoire tout en mobilisant les habitants et les acteurs de ce territoire autour de ces enjeux. Il permettra le passage à l’action sur la durée et la bonne prise en compte des enjeux de biodiversité en amont de l’évolution des documents d’urbanisme et plus globalement dans le cadre des contrats de relance et de transition écologique (CRTE). &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ce programme ABC est porté par l’Office français de la biodiversité (OFB). Pour la campagne 2025, une enveloppe globale de 8 millions d’euros est disponible pour soutenir de telles démarches.&lt;/p&gt;&lt;h4&gt;Présentation des Atlas de la biodiversité communale
+ &lt;/h4&gt;
+&lt;p&gt;Connaître la biodiversité, c’est pouvoir agir pour la protéger et la valoriser à partir d’un diagnostic précis ! C’est tout l’enjeu porté par les Atlas de la biodiversité communale (ci-après « ABC »).&lt;/p&gt;&lt;p&gt;Un ABC est une démarche généralement initiée au niveau communal ou intercommunal pour acquérir et partager une meilleure connaissance de la biodiversité du territoire concerné. Il constitue une aide à la décision pour la (les) collectivité(s) territoriale(s) ou la (les) structure(s) intercommunale(s) concernée(s), afin de préserver et valoriser leur patrimoine naturel et sensibiliser les habitants à la nécessaire prise en compte de ces enjeux.&lt;/p&gt;&lt;p&gt;Afin de comprendre le but de la démarche et les thématiques soutenues au titre de cette campagne ABC, les porteurs de projets devront s’appuyer de manière générale sur le guide de référence des ABC (mis à jour en avril 2022) : « &lt;a href="https://www.ofb.gouv.fr/sites/default/files/Fichiers/Plaquettes%20et%20rapports%20instit/OFB_Guide_ABC_A4_BD_PAGE.pdf" target="_self"&gt;Atlas de la biodiversité communale : Pour connaître, partager et sauvegarder la biodiversité de son territoire&lt;/a&gt; ».&lt;/p&gt;&lt;p&gt;Plus précisément, la présente campagne ABC vise à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mieux connaître la biodiversité sur le territoire d’une commune ou d’un groupe de communes et identifier les enjeux spécifiques liés ;&lt;/li&gt;&lt;li&gt;sensibiliser et mobiliser les élus, les acteurs socio-économiques et les citoyens à la biodiversité ;&lt;/li&gt;&lt;li&gt;faciliter la prise en compte de la biodiversité lors de la mise en place des politiques communales ou intercommunales notamment par la traduction des connaissances et des enjeux identifiés dans les politiques d’aménagement du territoire, et en particulier en amont de la révision des documents d’urbanisme.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Véritable outil stratégique de l’action locale, il offre, bien au-delà d’un simple inventaire naturaliste, une cartographie des enjeux de la biodiversité à l’échelle des territoires, afin de préserver et valoriser leur patrimoine naturel et sensibiliser les habitants à la nécessaire prise en compte de ces enjeux.&lt;/p&gt;&lt;p&gt;Les productions ABC des projets retenus (données naturalistes, cartographie des habitats, cartographies des enjeux de biodiversité, ressources documentaires relatives à la démarche mise en œuvre et plan d’actions) devront être référencées pour permettre d’informer le plus large public possible sur le site internet dédié aux ABC : &lt;a href="http://abc.naturefrance.fr" target="_self"&gt;http://abc.naturefrance.fr&lt;/a&gt;. Les données produites devront obligatoirement être versées au Système d’Information de l’iNventaire du Patrimoine naturel (SINP).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+  Actions éligibles :
+ &lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;Diagnostic écologique (y compris des pressions sur la biodiversité, à croiser avec les enjeux de biodiversité) ;&lt;/li&gt;&lt;li&gt;Inventaires naturalistes ;&lt;/li&gt;&lt;li&gt;Réalisations cartographiques présentant les enjeux de biodiversité sur le territoire ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation, de participation et de mobilisation des acteurs socio-économiques, des élus et des citoyens ;&lt;/li&gt;&lt;li&gt;Actions de communication (valorisation et partage d’expérience) ;&lt;/li&gt;&lt;li&gt;Actions de formulation du plan d’actions ;&lt;/li&gt;&lt;li&gt;Actions d’animation concourant à l’établissement et la validation du plan d’actions attendu à l’issue de la démarche ;&lt;/li&gt;&lt;li&gt;Et de manière générale, toute action concourant à la bonne réussite du projet.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2025</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>20/12/2025</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+  Porteurs de projets éligibles
+ &lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;La mesure concerne la France hexagonale, la Corse et les territoires ultra-marins (DROM et COM).&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La mesure bénéficie aux collectivités d’outre-mer (COM), s&amp;#039;agissant d&amp;#039;une aide de l’État pour la &lt;/em&gt;&lt;span&gt;&lt;em&gt;transition écologique, indépendamment des compétences propres de chaque COM. Le cas &lt;/em&gt;&lt;/span&gt;&lt;span&gt;&lt;em&gt;échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Les porteurs de projet éligibles sont :&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;&lt;strong&gt;Les collectivités territoriales et groupements de collectivités, y compris les collectivités &lt;/strong&gt;&lt;strong&gt;d’outre-mer. &lt;/strong&gt;La campagne ABC s’adresse prioritairement à des porteurs de projet de type communes (seules ou en groupement) ou structures intercommunales telles que les établissements publics de coopération intercommunale (EPCI), les syndicats mixtes des parcs naturels régionaux (PNR) ou de SCOT, sans que cette liste ne soit exhaustive (établissements publics territoriaux de bassin, Pays/PETR, etc.) en privilégiant le type de porteur qui correspond à l’échelle présentant la plus grande cohérence bio-géographique.&lt;/li&gt;&lt;li&gt;Dans le cas où un projet est porté par une structure intercommunale, le projet peut concerner tout ou partie de son territoire. Si le projet ne concerne qu’une partie de son territoire, celui-ci doit constituer un ensemble pertinent au regard des enjeux de l’ABC, ou le cas échéant une commune seule dont l’intercommunalité pilote le projet d’ABC pour la commune concernée.&lt;/li&gt;&lt;li&gt;Dans le dialogue avec les services de l’Etat (DDT, préfecture), le porteur de projet veillera à installer la démarche de l’ABC dans les dynamiques de contractualisation de planification écologique pour favoriser l’intégration des enjeux de biodiversité issus de l’ABC (et le plan d’action qui en est issu) dans les projets présentés à la contractualisation (en particulier le Contrat de réussite de la transition écologique, dont c’est l’objet, mais aussi les autres programmes de l’ANCT, et les contrats territoriaux des Régions).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Spécificité des projets supra-communaux :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Dans le cas de projets supra-communaux, les communes concernées doivent toutes avoir donné leur accord pour que leur territoire fasse partie du projet.&lt;/p&gt;&lt;p&gt;Si la réalisation de l’ABC concerne un groupement de communes de ce territoire, il est nécessaire que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;ces communes constituent un ensemble écologique cohérent au regard des enjeux de l’AB .&lt;/li&gt;&lt;li&gt;soit précisé de manière exhaustive la liste des communes concernées par l’ABC.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les communes situées sur le territoire d’un Parc naturel régional (PNR), le portage du projet par les communes, groupement de communes ou EPCI est préconisé dans le cadre d’un projet en consortium (tout en conservant la possibilité de portage du projet par le PNR).&lt;/p&gt;&lt;p&gt;Pour les communes situées sur le territoire d’un Parc national (zone cœur ou commune adhérente à l’aire optimale d’adhésion), les projets d’ABC doivent être montés en collaboration avec le Parc national (avec le cas échéant une possibilité de portage par le Parc), même si le portage par les communes avec l’accompagnement du Parc sont préférables et à privilégier. Certains découpages intercommunaux pouvant ne pas être opérationnels du point de vue de l’ABC et cohérents avec les périmètres des Parcs nationaux, le Parc pourra aider à structurer des regroupements de communes à une échelle plus pertinente du point de vue écologique, plus cohérente avec son territoire et prêtes à s’engager avec le parc pour conduire leur projet.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Spécificités dans les Outre-mer : associations et partenaires techniques des collectivités
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Dans les départements et régions d’Outre-Mer (DROM) et les collectivités d’Outre-Mer (COM), cette campagne ABC est également ouverte aux partenaires techniques des collectivités : acteurs associatifs, opérateurs publics de l’Etat, GIP (gestionnaires d’espaces naturels) constitués notamment de collectivités, etc.&lt;/p&gt;&lt;p&gt;Dans ce cas, le porteur de projet doit :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Produire la liste exhaustive des communes concernées par l’ABC, ces communes devant constituer un ensemble cohérent au regard des enjeux de l’ABC ;&lt;/li&gt;&lt;li&gt;Démontrer le cadre multi-partenarial et le lien existant avec la ou les collectivité(s) concernée(s) sur le territoire pour la mise en œuvre du projet d’ABC, à travers une lettre de soutien de(s) (la) commune(s) concernée(s).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’annexe 5 précise les modalités s’appliquant spécifiquement aux Collectivités d’Outre-Mer suivantes : territoires de Polynésie française, Nouvelle-Calédonie et Wallis et Futuna.&lt;/p&gt;
+&lt;h4&gt;
+  Nature des projets éligibles
+ &lt;/h4&gt;&lt;p&gt;La campagne ABC vise particulièrement des projets déployant une approche intégrée des 3 piliers de la démarche ABC : connaissance des enjeux, mobilisation, passage à l’action. Chaque projet doit permettre d’acquérir une meilleure connaissance de la biodiversité du territoire afin d’aboutir à un plan d’actions de préservation de la biodiversité et à un diagnostic partagé et spatialisé des enjeux de biodiversité sur le territoire concerné, favorisé par la mobilisation des élus, citoyens et de des acteurs locaux pertinents.&lt;/p&gt;&lt;p&gt;Chaque projet doit ainsi permettre d’établir une cartographie des enjeux de biodiversité sur le territoire et d’aboutir à un plan d’actions à mettre en œuvre suite à l’ABC, deux travaux essentiels et qui feront l’objet d’une validation en conseil municipal (ou communautaire) à l’issue de la démarche.&lt;/p&gt;&lt;p&gt;Il est attendu que ces travaux, et plus largement les résultats de l’ABC, irriguent les projets de révision des documents d’urbanisme et d’aménagement, mais également structurent les priorités définies par la collectivité dans le cadre des démarches de contractualisation (notamment les CRTE, les autres programmes associés de l’ANCT, les contrats territoriaux des Régions).&lt;/p&gt;&lt;p&gt;Les projets soutenus devront s’appuyer sur une approche globale de l’écosystème, intégrant les continuités écologiques, et prenant en compte la cohérence écologique du territoire. Par ailleurs les enjeux de biodiversité devront être cartographiés et le projet devra aboutir à un plan d’actions engageant la collectivité sur la durée (avec la possibilité de candidater ensuite à une reconnaissance « Territoire Engagé pour la Nature » sur la base de ce plan d’actions).&lt;/p&gt;&lt;p&gt;Des ressources sont développées par l’OFB pour accompagner les collectivités porteuses de démarches d’ABC dans leur capacité à intégrer certaines thématiques d’actions prioritaires, comme par exemple les Solutions d’adaptation Fondées sur la Nature, le grand cycle de l’eau et les continuités écologiques (Trame verte et bleue),… et aussi faciliter le déploiement de programmes ou dispositifs pouvant avantageusement prendre place dans un plan d’action final d’ABC (exemple : mise en place d’une aire éducative par l’école/le collège, la mobilisation des entreprises du territoire, ou de partenaires engagés pour la nature, recourir aux plantations Végétal local, etc.).&lt;/p&gt;&lt;p&gt;Les actions des projets devront principalement contribuer à des objectifs de connaissance de la biodiversité et de ses enjeux sur le territoire, de mobilisation citoyenne et d’appropriation par les acteurs, élus et citoyens des enjeux de biodiversité.&lt;/p&gt;&lt;p&gt;Les moyens mis en œuvre devront être appropriés et dimensionnés de manière optimale pour permettre d’atteindre les objectifs formulés explicitement dans le projet.&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert-Atlas-Biodiversite-Communale-Cahier-accompagnement.pdf</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande de renseignement concernant les ABC, vous pouvez vous adresser directement aux référents régionaux de l&amp;#039;OFB dont les contacts sont disponibles sur le site de l&amp;#039;OFB et en annexe 11. Téléchargez ici les annexes : &lt;a href="https://www.ofb.gouv.fr/sites/default/files/Fichiers/Kit/annexes-cahier-accompagnement-ABC.zip" target="_self"&gt;https://www.ofb.gouv.fr/sites/default/files/Fichiers/Kit/annexes-cahier-accompagnement-ABC.zip&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>lea.pambrun@sdeeg33.fr</t>
+          <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61e1-mieux-connaitre-et-mobiliser-pour-agir-pour-l/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
         <v>94950</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Soutenir les animations d'éducation à la nature, à l'environnement et au développement durable</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Soutien annuel aux associations d’éducation à l’environnement</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
@@ -1370,268 +1370,263 @@
       <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Ce dispositif s&amp;#039;adresse exclusivement aux :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations agréées et/ou affiliées à une fédération sportive,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicats mixtes,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organisateurs d’activités « sports de nature » domiciliés sur le territoire d’un parc naturel régional ou d’une &amp;#34;ville porte&amp;#34; (Millevaches en Limousin, Périgord-Limousin, Marais Poitevin, Médoc, Landes de Gascogne).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Sont soutenus les projets sportifs récurrents se déroulant dans un parc naturel régional néo-aquitain.&lt;/p&gt;&lt;p&gt;Chaque projet fera l’objet d’une instruction spécifique au regard du contexte global et de l’environnement dans lesquels il s’inscrit. L&amp;#039;instruction tiendra compte de certains critères d’évaluation, notamment :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;la pertinence et l’engagement en matière de développement durable,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le degré d’expérimentation et le caractère transférable du projet,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la coopération avec d’autres partenaires du territoire notamment éducatif et environnemental,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la diversité des pratiquants (licenciés, libres, encadrés),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la typologie des publics, notamment les lycéens, apprentis, demandeurs d’emploi,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la mutualisation des activités sportives,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les cofinancements sollicités aux collectivités publiques,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le rayonnement et les retombées au bénéfice du territoire.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-au-developpement-durable-des-sports-de-nature</t>
         </is>
       </c>
-      <c r="W7" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Téléchargez le document &amp;#34;Dossier_Sports_Nature&amp;#34; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyez le à l&amp;#039;adresse  sport&amp;#64;nouvelle-aquitaine.fr&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-developpement-durable-des-sports-de-nature/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
-        <v>111674</v>
+        <v>162814</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Concevoir et installer des supports de communication sur la nature en ville</t>
+          <t>Accompagner les démarches d’écologie industrielle et territoriale en Nouvelle-Aquitaine (EITNA Démarches)</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+          <t>Déploiement et accompagnement des démarches d’écologie industrielle et territoriale en Nouvelle-Aquitaine (EITNA Démarches)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Essonne</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
-        <is>
-[...109 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet Appel à projets (AAP) vise à favoriser, en Nouvelle Aquitaine, &lt;strong&gt;l’émergence et le développement de nouvelles démarches d’écologie industrielle et territoriale à l’échelle des territoires et des filières.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il s’agit de &lt;strong&gt;dynamiques collaboratives et structurantes &lt;/strong&gt;pour le développement du territoire et des acteurs, dont l’objectif est d’aboutir à des actions concrètes, partagées et multi-acteurs. Ces démarches doivent viser à développer :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La réduction des déchets et l&amp;#039;optimisation des ressources : &lt;/strong&gt;l&amp;#039;EIT vise à favoriser l&amp;#039;efficacité dans l&amp;#039;utilisation des ressources, en encourageant le recyclage, la réutilisation et la valorisation des déchets industriels (matière, eau, énergie). Cela peut inclure le partage de ressources entre entreprises pour minimiser les déchets et les coûts.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La réduction des émissions de gaz à effet de serre :&lt;/strong&gt; l&amp;#039;EIT vise également à réduire les émissions de gaz à effet de serre en optimisant les processus industriels, en réduisant les transports inutiles et en favorisant les sources d&amp;#039;énergie plus propres.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La création de nouvelles filières :&lt;/strong&gt; les démarches d’EIT peuvent mettre en avant le besoin de nouvelles activités sur le territoire pour satisfaire les nouveaux besoins des entreprises (recyclage, réemploi, production d’énergie, etc.) &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des partenariats :&lt;/strong&gt; les initiatives d&amp;#039;Écologie Industrielle &amp;amp; Territoriale permettent la mise en place de partenariats entre les entreprises privées, mais également avec des acteurs publics. Ces partenariats peuvent être essentiels pour faciliter la mise en œuvre de projets d&amp;#039;EIT.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des outils incitatifs : &lt;/strong&gt;l&amp;#039;EIT doit permette également aux activités économiques à réfléchir à l&amp;#039;évolution de leur modèle économique, à travers l&amp;#039;écoconception et l&amp;#039;économie de la fonctionnalité.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des synergies industrielles : &lt;/strong&gt;l&amp;#039;EIT encourage la coopération entre les activités d&amp;#039;un territoire donné. Ces entreprises peuvent collaborer pour utiliser les sous-produits ou les déchets de l&amp;#039;une comme matière première pour une autre, créant ainsi des synergies industrielles bénéfiques pour toutes les parties prenantes. Trois types de synergies sont mises en œuvre :&lt;ul&gt;&lt;li&gt;Les synergies de substitution qui favorisent le réemploi/réutilisation et le recyclage, &lt;/li&gt;&lt;li&gt;Les synergies de mutualisation de ressources qui permettent de réduire l’usage des ressources par l’économie du partage, &lt;/li&gt;&lt;li&gt;Les synergies de mutualisation de services, qui permettent d&amp;#039;intégrer les achats responsables et de relocaliser l’économie, &lt;/li&gt;&lt;li&gt;Les synergies de filières qui permettent la prise en compte globale et locale du cycle de vie des matières. &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le nouveau programme EITNA vous propose deux types d’accompagnement, « EITNA flash » et « EITNA démarches ».&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ « EITNA flash » permet aux entités intéressées d’obtenir un premier niveau d’informations sur l’écologie industrielle et territoriale, d’accéder à une boîte à outils existante permettant la mise en œuvre d’opérations simples et reproductibles et de bénéficier des retours d’expériences d’autres animateurs. Une seule lettre d&amp;#039;engagement adressée à notre centre de ressources suffit pour y accéder : &lt;a target="_blank" href="mailto:eitna&amp;#64;recita.org"&gt;eitna&amp;#64;recita.org&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ATTENTION :&lt;/strong&gt; EITNA Flash ne fait pas partie de cet AAP et ne demande pas de candidater sur cette plateforme. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;EITNA Démarches lui est concerné pour cette candidature. &lt;/p&gt;&lt;p&gt;L’ « EITNA démarches » est composé de trois phases d’accompagnement, détaillées ci-après. Le début de chaque phase d’accompagnement devra être validé en jury EITNA organisé 2 fois par an.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les trois phases&lt;/strong&gt; identifiées sont les suivantes et permettent de suivre l&amp;#039;évolution d&amp;#039;une démarche EIT :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Phase 1 : Réaliser une étude de préfiguration : &lt;/strong&gt;&lt;ul&gt;&lt;li&gt;Les études seront financées à hauteur de 70 % avec un montant maximal de dépenses de 40 000 €. Les dépenses pourront intégrer des frais internes et/ou externes.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Phase 2 : Conduire une démarche d’EIT, mobiliser et mettre en œuvre des synergies : &lt;/strong&gt;&lt;ul&gt;&lt;li&gt;Durée maximum du programme : 3 ans&lt;/li&gt;&lt;li&gt;Aide forfaitaire au financement des frais de personnels à hauteur de 60 % avec des dépenses de frais de personnel au maximum égales à 50 000 €/an/ETP.&lt;/li&gt;&lt;li&gt;L’aide au financement des dépenses de communication sera plafonnée à 18 000 €/phase. Elles pourront intégrer l’acquisition d’un outil numérique dans la limite de 6 000 €/phase.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Phase 3 : Poursuivre et consolider une démarche d’EIT.&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;Durée maximum du programme : 3 ans&lt;/li&gt;&lt;li&gt;Aide forfaitaire au financement des frais de personnels à hauteur de 50 % avec des dépenses de frais de personnel au maximum égales à 50 000 €/an/ETP.&lt;/li&gt;&lt;li&gt;L&amp;#039;aide au financement des dépenses de communication sera plafonnée à 18 000 €/phase. Elles pourront intégrer l&amp;#039;acquisition d&amp;#039;un outil numérique dans la limite de 6 000 €/phase.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les lauréats de cet AAP bénéficieront aussi d’un &lt;strong&gt;appui technique et méthodologique &lt;/strong&gt;de la part du centre de ressources régional afin :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de structurer leur projet (périmètre à définir, acteurs et partenaires à identifier, gouvernance à organiser, méthodologie d’animation) &lt;/li&gt;&lt;li&gt;d’identifier les possibilités d’accompagnement.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deploiement-et-accompagnement-des-demarches-decologie-industrielle-et-territoriale-en-nouvelle-aquitaine-eitna-demarches/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>111674</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Concevoir et installer des supports de communication sur la nature en ville</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l'opération</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conception et installation de supports de communication sur la nature en ville : conception et pose de panneaux d&amp;#039;information ou de supports papier sur la biodiversité urbaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0039 (AD du 29/05/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espaces verts
+Biodiversité
+Paysage
+Médias et communication
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U9" s="1" t="inlineStr">
         <is>
-          <t>Nouvelle-Aquitaine</t>
+          <t>Essonne</t>
         </is>
       </c>
       <c r="X9" s="1" t="inlineStr">
         <is>
-          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y9" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
       <c r="Z9" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/deploiement-et-accompagnement-des-demarches-decologie-industrielle-et-territoriale-en-nouvelle-aquitaine-eitna-demarches/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fba3-concevoir-et-installer-des-supports-de-commun/</t>
         </is>
       </c>
       <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:27" customHeight="0">
       <c r="A10" s="1">
         <v>117506</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Programme Nature 2050</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>CDC Biodiversité</t>
@@ -1799,51 +1794,51 @@
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
       <c r="W10" s="1" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
       <c r="X10" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u" target="_self"&gt;https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
       <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:27" customHeight="0">
       <c r="A11" s="1">
         <v>161745</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Demander un soutien financier les études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
@@ -1893,55 +1888,50 @@
 Consommation et production</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U11" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_11_24_27_28_32_52_53_76</t>
         </is>
       </c>
       <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-prefiguration-dune-demarche-decologie-industrielle-territoriale</t>
         </is>
       </c>
-      <c r="W11" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X11" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:27" customHeight="0">
       <c r="A12" s="1">
         <v>164023</v>
       </c>
@@ -2001,322 +1991,481 @@
       </c>
       <c r="P12" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
       <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
       <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U12" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_11_24_27_28_32_52_53_76</t>
         </is>
       </c>
       <c r="V12" s="1" t="inlineStr">
         <is>
-          <t>https://agir.ademe.fr/aides-financieres/2025/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale</t>
-[...4 lines deleted...]
-          <t>https://agir.ademe.fr/aides-financieres/2025/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale</t>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale</t>
         </is>
       </c>
       <c r="X12" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-prefiguration-dune-demarche-decologie-industrielle-et-territoriale-1/</t>
         </is>
       </c>
       <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:27" customHeight="0">
       <c r="A13" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>164234</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Accélérer la transition écologique des Territoires d’industrie</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>[AXE 1] Territoires d'industrie en transition écologique</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F13" s="1" t="inlineStr">
+      <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région
 Préfectures de département
 ADEME</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;Les projets industriels accompagnés auront une double ambition environnementale, de par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une contribution au développement de systèmes productifs durables et de chaînes de valeur industrielles stratégiques pour la transition écologique ; &lt;/li&gt;&lt;li&gt;L’inscription dans une démarche environnementale ambitieuse ou innovante.  Ces critères s’apprécient en particulier en termes de réduction des émissions de gaz à effet de serre, de recours aux techniques de génie écologique, de préservation de la biodiversité et des services rendus par les écosystèmes, du recours à des démarches d’économie circulaire, de la faible consommation en matières, la préservation des ressources et de l’eau, de de la poursuite de l’objectif de sobriété foncière, ou le recours aux solutions fondées sur la nature.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Revitalisation
 Industrie</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P13" s="1" t="inlineStr">
+      <c r="P14" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q13" s="1" t="inlineStr">
+      <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine et les départements et régions d’outre-mer (DROM).&lt;/p&gt;&lt;p&gt;La candidature est portée par une personne morale appelée « porteur de projet ». Les porteurs de projet éligibles sont les maîtres d’ouvrage de projets de développement industriel, sous réserve que leur projet respecte les règles européennes applicables aux aides d’Etat :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A titre principal, des &lt;strong&gt;entreprises privées&lt;/strong&gt;, immatriculées en France, sous réserve de l’accord de la gouvernance du Territoire d’industrie, et pour des projets présentant un intérêt général manifeste (notamment en termes de revitalisation économique et de transition écologique) ;&lt;/li&gt;&lt;li&gt;A titre secondaire, et notamment pour les projets compétences visés dans le volet 2, des &lt;strong&gt;groupements d’employeurs&lt;/strong&gt; ayant une personnalité morale, des &lt;strong&gt;associations&lt;/strong&gt;, des &lt;strong&gt;établissements de formation&lt;/strong&gt; (organisme de formation, CFA, université, lycée, etc.) ou les collectivités territoriales et leurs groupements. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les candidats doivent être en mesure de disposer des capacités financières et organisationnelles suffisantes pour mener à bien leur projet sur l’ensemble de la période de réalisation de l’action. Si l’entreprise est une « entreprise en difficulté » au sens de l’article 2.18 du règlement général d’exemption par catégories (RGEC), son projet déposé ne peut être considéré comme éligible, et donc instruit, que si elle présente lors du dépôt de son dossier, et en tout état de cause avant la décision d’aide, des éléments probants et jugés satisfaisants par l’ADEME justifiant sa sortie du statut « entreprise en difficulté ». Aucune aide ne pourra être octroyée à une entreprise en difficulté dans le cadre de la présente mesure. &lt;/p&gt;&lt;p&gt;Les candidats doivent être à jour de leurs obligations fiscales et sociales.&lt;/p&gt;&lt;p&gt;Sont exclus les SCI, les affaires en nom personnel, les établissements de crédit et les institutions financières, et les entreprises du secteur de la pêche et de l’aquaculture.&lt;/p&gt;&lt;p&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-porteur est susceptible de percevoir directement des subventions.&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 1 : &lt;/strong&gt;A titre principal, des projets d’investissements industriels structurants et ambitieux sur le plan environnemental (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, recours à des matériaux biosourcés, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Volet 2 :&lt;/strong&gt; A titre auxiliaire, des projets d’investissements contribuant au développement des compétences (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;A titre d’exemple, les chaînes de valeur soutenues pourront relever des secteurs suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bioéconomie pour le développement de produits biosourcés (chanvre, lin, laine, bois, paille, bioéconomie marine, chimie, etc.) ;&lt;/li&gt;&lt;li&gt;Nouvelles mobilités durables (vélos, vélos-cargos, véhicules intermédiaires, etc.) ;&lt;/li&gt;&lt;li&gt;Souveraineté alimentaire et relocalisation des filières agroalimentaires (unités de transformation locale de production, par exemple en lien avec un projet alimentaire territorial, etc.), prenant en compte les enjeux de l’agriculture durable ou de l’agroécologie ;&lt;/li&gt;&lt;li&gt;Relocalisation de biens de consommation courants (habillement, mobilier, etc.) avec un procès significativement plus respectueux de l’environnement que les standards ;&lt;/li&gt;&lt;li&gt;Productions industrielles contribuant au recyclage de matériaux ou matières premières, à l’économie circulaire et au réemploi, ou à la valorisation de déchets et co-produits (équipements de la transition énergétique, de la rénovation du bâti, etc.) ;&lt;/li&gt;&lt;li&gt;Projets qui s’inscrivent dans une stratégie de diversification pour des territoires fragiles dont l’économie est impactée par le changement climatique (notamment territoires de montagne).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette liste pourra faire l’objet d’une priorisation et d’une déclinaison à l’initiative du préfet de région, en lien avec le conseil régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les projets éligibles doivent être : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;situés dans le périmètre géographique d’un Territoire d’industrie 2023-2027 ; et&lt;/li&gt;&lt;li&gt;soutenus par le ou les Territoires d’industrie concernés, du fait de leur cohérence avec la stratégie industrielle du territoire (exemple : participation à la structuration d’une filière locale en lien avec les ressources et le projet du Territoire d’industrie, redynamisation d’un territoire confronté à un choc industriel, inscription dans une dynamique d’économie circulaire porté par le territoire, projets à dimension collective, etc.). Un courrier de soutien de la gouvernance du Territoire d’industrie et/ou de l’établissement public de coopération intercommunal (EPCI) concerné par le projet est demandé pour s’assurer du soutien au projet et de son inscription dans le cadre de la démarche du Territoire d’industrie concerné.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Afin d’être éligibles, les projets devront également être suffisamment matures. Cette opérationnalité du projet doit permettre a minima un engagement des autorisations d’engagement du fonds d’ici fin 2025. &lt;/p&gt;&lt;p&gt;Les projets présenteront une assiette minimale de
 dépenses de 400 000 €. Le Préfet
 pourra retenir un montant
 d’assiette moins élevé pour les
 projets situés sur les territoires de la
 collectivité de Corse ou des départements et régions d’outre-mer.&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier complet de demande ne soit déposé sur la plateforme Démarches Simplifiées. La notification de la complétude administrative du dossier, reçue suite au dépôt de la demande, permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Communes dans un Territoire d'industrie 2023-27</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Axe3_Territoires_industrie_v2.1.pdf</t>
         </is>
       </c>
-      <c r="W13" s="1" t="inlineStr">
+      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accelerer-la-transition-ecologique-des-territoires-dindustrie-6/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-      <c r="A14" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>90947</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Soutenir les initiatives des lycéens et des apprentis dans le domaine de la transition écologique et énergétique - Sciences Grandeur Nature</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Sciences Grandeur Nature</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      Le dispositif &amp;#34;Sciences Grandeur Nature&amp;#34; a pour objectif de soutenir les initiatives des lycéens et des apprentis dans le domaine de la transition écologique et énergétique.
     &lt;/p&gt;
     &lt;p&gt;
      &lt;strong&gt;
       Objectifs
      &lt;/strong&gt;
      :
     &lt;/p&gt;
     &lt;p&gt;
      A travers cet appel à manifestation d&amp;#039;intérêt, la Région Nouvelle-Aquitaine souhaite, avec ses partenaires (Rectorats et DRAAF),
      &lt;strong&gt;
       encourager les lycéens et les apprentis à devenir des acteurs du changement en proposant dans leur établissement un projet
      &lt;/strong&gt;
      visant à :
     &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Découvrir les sciences
   &lt;/strong&gt;
   par la pratique expérimentale et par l&amp;#039;expérientiel d&amp;#039;un site naturel ou de production d&amp;#039;énergie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;em&gt;
    et/ou :
   &lt;/em&gt;
   &lt;strong&gt;
    Débattre des enjeux
   &lt;/strong&gt;
   relatifs à l&amp;#039;érosion de la biodiversité et au changement climatique.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Citoyenneté
 Education et renforcement des compétences
 Economie circulaire
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q14" s="1" t="inlineStr">
+      <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>08/07/2028</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent se dérouler au cours des
  &lt;strong&gt;
   années scolaires 2020-2021 et 2021-2022.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers déposés seront étudiés tout au long de l&amp;#039;année, et les aides votées lors des différentes Commissions Permanentes.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Cet appel à manifestation d&amp;#039;intérêt est destiné aux lycéens et apprentis des niveaux infra bac et des classes de brevets de techniciens supérieurs (BTS), au sein des établissements suivants :
 &lt;/p&gt;
@@ -2401,502 +2550,150 @@
     Départements 33, 40, 47, 64 : Mme. Hélène Durand - 05 57 57 50 27-  helene.durand&amp;#64;nouvelle-aquitaine.fr
    &lt;/li&gt;
    &lt;li&gt;
     Départements 19, 23, 24, 87 : M. Claude Chabrol - 05 55 45 17 59 - claude.chabrol&amp;#64;nouvelle-aquitaine.fr
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A NOTER : Soutien au montage du projet
 &lt;/p&gt;
 &lt;p&gt;
  Le projet peut être développé en lien avec une structure d&amp;#039;éducation à l&amp;#039;environnement (association disposant d&amp;#039;animateurs professionnels, formés à la pédagogie, ou expérimentés) qui pourra accompagner l&amp;#039;établissement dans le montage du projet, et le cas échéant, être présent pendant son déroulement.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;association
  &lt;strong&gt;
   Graine Nouvelle-Aquitaine
  &lt;/strong&gt;
  peut être contactée pour bénéficier d&amp;#039;un accompagnement gratuit, par un professionnel de l&amp;#039;éducation à l&amp;#039;environnement, afin d&amp;#039;imaginer votre projet, définir des objectifs et des actions, choisir et organiser le partenariat avec une structure locale d&amp;#039;éducation à l&amp;#039;environnement.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/sciences-grandeur-nature</t>
         </is>
       </c>
-      <c r="W14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Graine Nouvelle- Aquitaine - Jason Lapeyronie - jason.lapeyronie&amp;#64;graine-nouvelle-aquitaine.fr
   &lt;/li&gt;
   &lt;li&gt;
    Service Transition Ecologique et Territoires
 Direction de l&amp;#039;environnement
 14 rue François de Sourdis, CS 81383, 33077
                                                     Bordeaux cedex
 05 57 57 50 27 ou 05 57 57 80 58.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fdd-sciences-grandeur-nature/</t>
-        </is>
-[...114 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-pour-le-referencement-dexperts-en-matiere-daccompagnement-des-entreprises-a-la-transition-ecologique/</t>
         </is>
       </c>
       <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:27" customHeight="0">
       <c r="A16" s="1">
-        <v>163896</v>
+        <v>120897</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+          <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Territoires Engagés pour la Nature</t>
+          <t>Innov'up Expérimentation Transition écologique des territoires</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Office Français de la Biodiversité (OFB)
-[...6 lines deleted...]
-Agences de l'eau</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
-        <is>
-[...222 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
+      <c r="I16" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 45</t>
         </is>
       </c>
-      <c r="J17" s="1" t="inlineStr">
+      <c r="J16" s="1" t="inlineStr">
         <is>
           <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bpifrance
  &lt;/strong&gt;
  accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cap Digital
  &lt;/strong&gt;
  est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La Fondation Solar Impulse
  &lt;/strong&gt;
  vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Construire au Futur, Habiter le Futur
@@ -2928,62 +2725,62 @@
   &lt;li&gt;
    Adaptation et résilience,
   &lt;/li&gt;
   &lt;li&gt;
    Nature et biodiversité.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
  &lt;/span&gt;
  &lt;br /&gt;
  &lt;ul&gt;
   &lt;li&gt;
    Acteurs publics locaux (communes, EPCI, syndicats...),
   &lt;/li&gt;
   &lt;li&gt;
    Acteurs privés en situation de délégation de service public,
   &lt;/li&gt;
   &lt;li&gt;
    Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
 &lt;/p&gt;
 &lt;p&gt;
  Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
 &lt;/p&gt;
 &lt;p&gt;
  Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
  &lt;strong&gt;
   une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
@@ -3005,462 +2802,601 @@
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit être déposée
  &lt;strong&gt;
   avant le démarrage du projet.
  &lt;/strong&gt;
  Toute dépense antérieure ne pourra pas être prise en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
 &lt;/p&gt;
 &lt;p&gt;
  Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  innovup-transition-ecologique&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>163072</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les organisations volontaires à définir et mettre en œuvre leur transition écologique à partir d'une démarche globale d'écoconception</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique des organisations - Phase 1</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AMI Torga (Transition écologique des organisations) se découpe en deux phases :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Phase 1 : dépôt des manifestations d’intérêt à l’ADEME au fil de l’eau entre juillet et décembre 2024 ; instruction par l&amp;#039;ADEME avec audition des porteurs de manifestations d&amp;#039;intérêt retenus.&lt;/li&gt;&lt;li&gt;Phase 2, ouverte exclusivement aux lauréats de la Phase 1 : dépôt d&amp;#039;un dossier complet de demande d&amp;#039;aide, en vue d&amp;#039;une instruction et d&amp;#039;un financement par l&amp;#039;ADEME.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objectif de l’AMI - Phase 1&lt;/strong&gt; : recueillir des &lt;strong&gt;manifestations d’intérêt d’organisations engagées dans une démarche de transition écologique&lt;/strong&gt;, qui cherchent à &lt;strong&gt;améliorer leur empreinte environnementale et expérimenter une démarche basée sur l&amp;#039;écoconception&lt;/strong&gt; avec un objectif supplémentaire de sobriété. &lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME propose un &lt;strong&gt;cadre méthodologique* inspiré de ACT&lt;/strong&gt; (Assessing low-Carbon Transition) que &lt;strong&gt;chaque organisation volontaire pourra expérimenter et adapter à sa situation&lt;/strong&gt;.&lt;br /&gt;La démarche adresse les différents enjeux environnementaux (climat, biodiversité, pollution, ressource…) selon une approche multicritère cycle de vie et avec des objectifs d&amp;#039;efficacité et de sobriété. Avec ce cadre méthodologique, l&amp;#039;organisation pourra &lt;strong&gt;se questionner, identifier et mettre en œuvre des solutions&lt;/strong&gt; pour respecter les limites planétaires, lutter contre le réchauffement climatique et l’effondrement de la biodiversité, protéger la santé humaine, les écosystèmes et les ressources naturelles.&lt;/p&gt;&lt;p&gt;Cet AMI est une &lt;strong&gt;expérimentation nationale de développement méthodologique&lt;/strong&gt; avec des &lt;strong&gt;cas d’études réels proposés par des organisations volontaires&lt;/strong&gt; que l&amp;#039;ADEME pourra soutenir financièrement.&lt;/p&gt;&lt;p&gt;Les organisations sont invitées à se présenter avec un consultant expert en évaluation environnementale d&amp;#039;organisation, en démarche d&amp;#039;écoconception avec une spécialité sur la sobriété. Concernant la sobriété, le consultant questionnera les consommations et le modèle économique de son client pour identifier des solutions pour consommer moins de ressources (énergie, matériaux, terres, eau…) sur le cycle de vie de l&amp;#039;activité de l&amp;#039;organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attentes de l’ADEME&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Dans le cadre de l’AMI, sélectionner et accompagner entre 10 et 20 organisations pour expérimenter différentes applications du cadre méthodologique*, dans différents contextes (maturité en sobriété et écoconception, taille d&amp;#039;organisation, secteur, BtoB et BtoC, produit et service…), avec différentes méthodes d&amp;#039;évaluation environnementale (Analyse de cycle de vie des organisations (ACVO), Environmental Profit and Loss account (EPL), Organisation environmental footprint (OEF), Bilan Gas à effet de serre (BGES)...).&lt;/li&gt;&lt;li&gt;Capitaliser le retour d’expériences des projets accompagnés sur les forces et faiblesses, avantages, inconvénients de chaque démarche, et définir un nouveau cadre méthodologique pour une valorisation à grande échelle.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Bénéfices pour les organisations sélectionnées&lt;/strong&gt; dans cet AMI :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contribuer au cadrage d&amp;#039;une méthode* ADEME de généralisation de l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation, et d&amp;#039;expérimentation visant un objectif de sobriété.&lt;/li&gt;&lt;li&gt;Obtenir un soutien financier pour  la mise en œuvre de travaux précurseurs.&lt;/li&gt;&lt;li&gt;Pouvoir échanger entre pairs.&lt;/li&gt;&lt;li&gt;Valoriser avec l&amp;#039;ADEME les résultats issus de cette expérimentation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* Le cadre méthodologique proposé repose sur un processus en 5 étapes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Situation actuelle&lt;/strong&gt; : évaluation de la performance environnementale actuelle, à l&amp;#039;échelle de l&amp;#039;organisation et de ses familles de produits/services, par exemple avec une analyse de cycle de vie (ACV) organisationnelle.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Enjeux et défis&lt;/strong&gt; : identification des enjeux environnementaux significatifs, analyse stratégique et mobilisation des membres du Conseil d&amp;#039;Administration (CA) ou équivalent.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Vision&lt;/strong&gt; : définition d&amp;#039;une feuille de route stratégique de transition écologique, adhésion du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Nouvelle stratégie&lt;/strong&gt; : définition d&amp;#039;une trajectoire et des objectifs de performance environnementale pour l&amp;#039;organisation et par familles de produits/services, définition d&amp;#039;un plan stratégique et engagement du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Plan d&amp;#039;action&lt;/strong&gt; : définition d&amp;#039;un plan d&amp;#039;action, basé par exemple sur un Diagnostic Écoconception à l&amp;#039;échelle de l&amp;#039;organisation, qui identifie des solutions pour généraliser l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation et réduire ses consommation de ressources sur son cycle de vie ; mise en œuvre et suivi.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
       <c r="Y17" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z17" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-des-organisations-phase-1/</t>
         </is>
       </c>
       <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:27" customHeight="0">
       <c r="A18" s="1">
-        <v>163072</v>
+        <v>162880</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les organisations volontaires à définir et mettre en œuvre leur transition écologique à partir d'une démarche globale d'écoconception</t>
+          <t>Accompagner les entreprises dans leurs investissements liés à la transition écologique</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Transition écologique des organisations - Phase 1</t>
+          <t>Prêt Transition écologique Île-de-France</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>ADEME</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-Ingénierie technique</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;L’AMI Torga (Transition écologique des organisations) se découpe en deux phases :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Phase 1 : dépôt des manifestations d’intérêt à l’ADEME au fil de l’eau entre juillet et décembre 2024 ; instruction par l&amp;#039;ADEME avec audition des porteurs de manifestations d&amp;#039;intérêt retenus.&lt;/li&gt;&lt;li&gt;Phase 2, ouverte exclusivement aux lauréats de la Phase 1 : dépôt d&amp;#039;un dossier complet de demande d&amp;#039;aide, en vue d&amp;#039;une instruction et d&amp;#039;un financement par l&amp;#039;ADEME.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objectif de l’AMI - Phase 1&lt;/strong&gt; : recueillir des &lt;strong&gt;manifestations d’intérêt d’organisations engagées dans une démarche de transition écologique&lt;/strong&gt;, qui cherchent à &lt;strong&gt;améliorer leur empreinte environnementale et expérimenter une démarche basée sur l&amp;#039;écoconception&lt;/strong&gt; avec un objectif supplémentaire de sobriété. &lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME propose un &lt;strong&gt;cadre méthodologique* inspiré de ACT&lt;/strong&gt; (Assessing low-Carbon Transition) que &lt;strong&gt;chaque organisation volontaire pourra expérimenter et adapter à sa situation&lt;/strong&gt;.&lt;br /&gt;La démarche adresse les différents enjeux environnementaux (climat, biodiversité, pollution, ressource…) selon une approche multicritère cycle de vie et avec des objectifs d&amp;#039;efficacité et de sobriété. Avec ce cadre méthodologique, l&amp;#039;organisation pourra &lt;strong&gt;se questionner, identifier et mettre en œuvre des solutions&lt;/strong&gt; pour respecter les limites planétaires, lutter contre le réchauffement climatique et l’effondrement de la biodiversité, protéger la santé humaine, les écosystèmes et les ressources naturelles.&lt;/p&gt;&lt;p&gt;Cet AMI est une &lt;strong&gt;expérimentation nationale de développement méthodologique&lt;/strong&gt; avec des &lt;strong&gt;cas d’études réels proposés par des organisations volontaires&lt;/strong&gt; que l&amp;#039;ADEME pourra soutenir financièrement.&lt;/p&gt;&lt;p&gt;Les organisations sont invitées à se présenter avec un consultant expert en évaluation environnementale d&amp;#039;organisation, en démarche d&amp;#039;écoconception avec une spécialité sur la sobriété. Concernant la sobriété, le consultant questionnera les consommations et le modèle économique de son client pour identifier des solutions pour consommer moins de ressources (énergie, matériaux, terres, eau…) sur le cycle de vie de l&amp;#039;activité de l&amp;#039;organisation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attentes de l’ADEME&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Dans le cadre de l’AMI, sélectionner et accompagner entre 10 et 20 organisations pour expérimenter différentes applications du cadre méthodologique*, dans différents contextes (maturité en sobriété et écoconception, taille d&amp;#039;organisation, secteur, BtoB et BtoC, produit et service…), avec différentes méthodes d&amp;#039;évaluation environnementale (Analyse de cycle de vie des organisations (ACVO), Environmental Profit and Loss account (EPL), Organisation environmental footprint (OEF), Bilan Gas à effet de serre (BGES)...).&lt;/li&gt;&lt;li&gt;Capitaliser le retour d’expériences des projets accompagnés sur les forces et faiblesses, avantages, inconvénients de chaque démarche, et définir un nouveau cadre méthodologique pour une valorisation à grande échelle.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Bénéfices pour les organisations sélectionnées&lt;/strong&gt; dans cet AMI :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contribuer au cadrage d&amp;#039;une méthode* ADEME de généralisation de l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation, et d&amp;#039;expérimentation visant un objectif de sobriété.&lt;/li&gt;&lt;li&gt;Obtenir un soutien financier pour  la mise en œuvre de travaux précurseurs.&lt;/li&gt;&lt;li&gt;Pouvoir échanger entre pairs.&lt;/li&gt;&lt;li&gt;Valoriser avec l&amp;#039;ADEME les résultats issus de cette expérimentation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* Le cadre méthodologique proposé repose sur un processus en 5 étapes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Situation actuelle&lt;/strong&gt; : évaluation de la performance environnementale actuelle, à l&amp;#039;échelle de l&amp;#039;organisation et de ses familles de produits/services, par exemple avec une analyse de cycle de vie (ACV) organisationnelle.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Enjeux et défis&lt;/strong&gt; : identification des enjeux environnementaux significatifs, analyse stratégique et mobilisation des membres du Conseil d&amp;#039;Administration (CA) ou équivalent.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Vision&lt;/strong&gt; : définition d&amp;#039;une feuille de route stratégique de transition écologique, adhésion du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Nouvelle stratégie&lt;/strong&gt; : définition d&amp;#039;une trajectoire et des objectifs de performance environnementale pour l&amp;#039;organisation et par familles de produits/services, définition d&amp;#039;un plan stratégique et engagement du CA.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Plan d&amp;#039;action&lt;/strong&gt; : définition d&amp;#039;un plan d&amp;#039;action, basé par exemple sur un Diagnostic Écoconception à l&amp;#039;échelle de l&amp;#039;organisation, qui identifie des solutions pour généraliser l&amp;#039;écoconception à tous les produits/services de l&amp;#039;organisation et réduire ses consommation de ressources sur son cycle de vie ; mise en œuvre et suivi.&lt;/li&gt;&lt;/ol&gt;</t>
+          <t>Avec le Prêt transition écologique, la Région, en partenariat avec Bpifrance, accompagne les entreprises dans leurs investissements liés à la transition écologique.&lt;br /&gt;</t>
         </is>
       </c>
       <c r="N18" s="1" t="inlineStr">
         <is>
-          <t>Transition énergétique</t>
+          <t>Biodiversité</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles, les PME :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De plus de 3 ans ou en capacité de fournir 2 bilans couvrant une durée minimum de 24 mois,&lt;/li&gt;&lt;li&gt;Éligibles à la garantie de Bpifrance,&lt;/li&gt;&lt;li&gt;Exerçant l&amp;#039;essentiel de leur activité en Île-de-France ou s&amp;#039;y installant.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;strong&gt;&lt;/strong&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Montant du prêt :&lt;/strong&gt; minimum de 10.000€, maximum de 500.000€.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;&lt;/strong&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Durée du prêt :&lt;/strong&gt; 5 ans dont un différé d’amortissement en capital de 1 an, ou 7 ans dont un différé d’amortissement en capital de 2 ans.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Garantie : &lt;/strong&gt;aucune garantie personnelle ou sûreté réelle n’est exigée.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Les projets d’investissement visant notamment à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Optimiser les procédés, ou améliorer la performance (eau, matière) afin de mieux maîtriser ou de diminuer les impacts sur l’environnement,&lt;/li&gt;&lt;li&gt;Favoriser la mobilité « zéro carbone » pour les salariés, les marchandises et les produits,&lt;/li&gt;&lt;li&gt;Innover pour mettre sur le marché des produits ou des services en matière de protection de l’environnement, d’économie circulaire, etc.,&lt;/li&gt;&lt;li&gt;Favoriser un mix énergétique plus vertueux en intégrant davantage d’énergies renouvelables.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;octroi du prêt devra être précédé de la réalisation d&amp;#039;un diagnostic énergétique ou environnemental référencé par la Région et par Bpifrance.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; Le dépôt des candidatures s&amp;#039;effectue en ligne sur &lt;span&gt;&lt;a href="https://pret-transition-ecologique.iledefrance.fr" target="_blank"&gt;pret-transition-ecologique.iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;</t>
         </is>
       </c>
       <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U18" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pret-transition-ecologique-ile-de-france</t>
         </is>
       </c>
       <c r="X18" s="1" t="inlineStr">
         <is>
-          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+          <t>&lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" target="_blank"&gt;aides.economiques&amp;#64;iledefrance.fr&lt;/a&gt;</t>
         </is>
       </c>
       <c r="Y18" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z18" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-des-organisations-phase-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pret-transition-ecologique-1/</t>
         </is>
       </c>
       <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:27" customHeight="0">
       <c r="A19" s="1">
-        <v>162880</v>
+        <v>163894</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les entreprises dans leurs investissements liés à la transition écologique</t>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Prêt Transition écologique Île-de-France</t>
+          <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Ile de France</t>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique
+Ingénierie financière</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>Avec le Prêt transition écologique, la Région, en partenariat avec Bpifrance, accompagne les entreprises dans leurs investissements liés à la transition écologique.&lt;br /&gt;</t>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N19" s="1" t="inlineStr">
         <is>
-          <t>Biodiversité</t>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
-          <t>Récurrente</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R19" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Sont éligibles, les PME :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De plus de 3 ans ou en capacité de fournir 2 bilans couvrant une durée minimum de 24 mois,&lt;/li&gt;&lt;li&gt;Éligibles à la garantie de Bpifrance,&lt;/li&gt;&lt;li&gt;Exerçant l&amp;#039;essentiel de leur activité en Île-de-France ou s&amp;#039;y installant.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;strong&gt;&lt;/strong&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Montant du prêt :&lt;/strong&gt; minimum de 10.000€, maximum de 500.000€.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;&lt;/strong&gt;&lt;span&gt;&lt;/span&gt;&lt;strong&gt;Durée du prêt :&lt;/strong&gt; 5 ans dont un différé d’amortissement en capital de 1 an, ou 7 ans dont un différé d’amortissement en capital de 2 ans.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Garantie : &lt;/strong&gt;aucune garantie personnelle ou sûreté réelle n’est exigée.&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Les projets d’investissement visant notamment à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Optimiser les procédés, ou améliorer la performance (eau, matière) afin de mieux maîtriser ou de diminuer les impacts sur l’environnement,&lt;/li&gt;&lt;li&gt;Favoriser la mobilité « zéro carbone » pour les salariés, les marchandises et les produits,&lt;/li&gt;&lt;li&gt;Innover pour mettre sur le marché des produits ou des services en matière de protection de l’environnement, d’économie circulaire, etc.,&lt;/li&gt;&lt;li&gt;Favoriser un mix énergétique plus vertueux en intégrant davantage d’énergies renouvelables.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;octroi du prêt devra être précédé de la réalisation d&amp;#039;un diagnostic énergétique ou environnemental référencé par la Région et par Bpifrance.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt; Le dépôt des candidatures s&amp;#039;effectue en ligne sur &lt;span&gt;&lt;a href="https://pret-transition-ecologique.iledefrance.fr" target="_blank"&gt;pret-transition-ecologique.iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;</t>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S19" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="U19" s="1" t="inlineStr">
         <is>
-          <t>Île-de-France</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V19" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pret-transition-ecologique-ile-de-france</t>
+          <t>https://ofb.gouv.fr/citoyen</t>
         </is>
       </c>
       <c r="W19" s="1" t="inlineStr">
         <is>
-          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pret-transition-ecologique-ile-de-france</t>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
       <c r="X19" s="1" t="inlineStr">
         <is>
-          <t>&lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" target="_blank"&gt;aides.economiques&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y19" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/pret-transition-ecologique-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
-        <v>162297</v>
+        <v>103500</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
+          <t>Soutenir jusqu'à 1.500€ la transition écologique des artisans et commerçants franciliens</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Biodiversité et territoires - Stratégies</t>
+          <t>Chèque vert pour la transition écologique</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>Commune
-[...3 lines deleted...]
-Collectivité d’outre-mer à statut particulier</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
-        <is>
-[...100 lines deleted...]
-      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   La Région soutient jusqu&amp;#039;à 1.500€ la transition écologique des artisans et commerçants franciliens : diminution des consommations d&amp;#039;énergie et d&amp;#039;eau, amélioration de la qualité de l&amp;#039;air intérieur, développement de la consigne pour réemploi...
  &lt;/li&gt;
  &lt;li&gt;
   Cette aide est cumulable avec le
   &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
    Chèque numérique pour un commerce connecté
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   volet 1, en faveur des artisans et commerçants.
  &lt;/li&gt;
  &lt;li&gt;
   Découvrez l&amp;#039;ensemble des aides à destination des artisans et commerçants franciliens grâce à
   &lt;a href="https://www.iledefrance.fr/sites/default/files/medias/2022/01/Les_aides_aux_artisans_commercants.pdf"&gt;
    notre brochure
   &lt;/a&gt;
   téléchargeable.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P21" s="1" t="inlineStr">
+      <c r="P20" s="1" t="inlineStr">
         <is>
           <t>04/10/2021</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les commerçants de proximité ou artisans*, sédentaires ou non, avec ou sans point de vente, y compris artisan d&amp;#039;art,
  &lt;/li&gt;
  &lt;li&gt;
   Dont l&amp;#039;établissement est situé en Île-de-France et a été créé 6 mois avant la date de la demande,
  &lt;/li&gt;
  &lt;li&gt;
   Dont l&amp;#039;entreprise a un effectif inférieur à 20 salariés, y compris les entreprises sans salarié,
  &lt;/li&gt;
  &lt;li&gt;
   Inscrits au Registre du Commerce et/ou Registre des Métiers,
  &lt;/li&gt;
  &lt;li&gt;
   Dont l&amp;#039;activité relève d&amp;#039;un code NAF 10 à 33, 43 à 47, 55 et 56, 7410Z, 7420Z, 79, 81, 9003A, 9312 et 9313, 95 et 96,
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  *L&amp;#039;artisan ou commerçant de proximité vend des produits ou services de manière quotidienne ou fréquente à des particuliers. Les entreprises qui vendent exclusivement sur Internet, de la filière numérique, des activités financières et immobilières, des organismes de formation, de conseil et des bureaux d&amp;#039;études ne sont pas éligibles.
 &lt;/p&gt;
 &lt;br /&gt;
@@ -3569,684 +3505,659 @@
  &lt;li&gt;
   Les factures acquittées des dépenses réalisées à compter du 23/07/2021 telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte),
  &lt;/li&gt;
  &lt;li&gt;
   Le formulaire DVS téléchargeable en ligne.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  3. Déposez votre demande d&amp;#039;aide sur
  &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  à compter du 5 octobre 2021.
 &lt;/p&gt;
 &lt;p&gt;
  4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai de 2 mois.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/cheque-vert-pour-la-transition-ecologique</t>
         </is>
       </c>
-      <c r="W21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide ouverte à compter du 5 octobre 2021.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute information générale sur l&amp;#039;aide :
  &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   aides.economiques&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Pour toute question sur votre dossier :
  &lt;a href="mailto:chequevert&amp;#64;cci-paris-idf.fr" rel="noopener" target="_blank"&gt;
   chequevert&amp;#64;cci-paris-idf.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/497a-cheque-vert-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y21" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
       <c r="Z21" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/497a-cheque-vert-pour-la-transition-ecologique/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
         </is>
       </c>
       <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:27" customHeight="0">
       <c r="A22" s="1">
-        <v>104977</v>
+        <v>162297</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les équipements des stations sports de nature</t>
+          <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>Les sports de nature - équipements des stations sports de nature</t>
+          <t>Biodiversité et territoires - Stratégies</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Charente</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...19 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;Les territoires organisés et gérés par des collectivités (Communes, EPCI, Syndicats mixtes…) sont un des maillons essentiels pour déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…), prenant en compte la biodiversité et les services écosystémiques.&lt;br /&gt; Il s’agit pour la Région d’accompagner et de soutenir les dynamiques des territoires pour développer leur résilience face au changement climatique et à l’effondrement de la biodiversité pour une transition réussie, par l’élaboration stratégies territoriales biodiversité.&lt;/p&gt; &lt;p&gt;Collectivités locales et leurs Groupements (Communes, EPCI, Syndicats mixtes).&lt;/p&gt; &lt;p&gt;Elaboration de stratégies territoriales pour la biodiversité, avec un objectif d’adaptation du territoire au changement climatique, ainsi que leurs programmes d’actions, prenant impérativement en compte les services écosystémiques et les solutions d’adaptation fondées sur la nature.&lt;br /&gt; Les actions suivantes pourront être soutenues :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Prestations de maîtrise d’œuvre ou d’accompagnement par un bureau d’étude ou équivalent,&lt;/li&gt; 	&lt;li&gt;Implication des parties prenantes : élus, acteurs privés et publics du territoires, citoyens,&lt;/li&gt; 	&lt;li&gt;Identification et hiérarchisation des enjeux de biodiversité du territoire, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Évaluation de services écosystémiques et de la dépendance du territoire à ces services,&lt;br /&gt; Impacts directs et indirects des actions de la collectivité sur la biodiversité et les services écosystémiques,&lt;br /&gt; &lt;br /&gt; Cartographie et hiérarchisation des enjeux ;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Formalisation de la stratégie biodiversité et élaboration de son plan d’action,&lt;/li&gt; 	&lt;li&gt;Élaboration du système de suivi de la stratégie biodiversité, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Définition et surveillance des indicateurs, analyse des résultats des indicateurs,&lt;br /&gt; Procédure de mise à jour de la stratégie biodiversité,&lt;br /&gt; Audit de la stratégie et de sa mise en œuvre par la collectivité.&lt;br /&gt; &lt;br /&gt; Les démarches telles que « territoire engagé pour la nature », stratégies locales biodiversité, liste verte UICN, voire de certification pour faire suite à la mise en œuvre de normes volontaires relatives à une démarche biodiversité pourront être soutenues dans ce cadre.&lt;/p&gt; &lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N22" s="1" t="inlineStr">
         <is>
-          <t>Sports et loisirs</t>
+          <t>Citoyenneté
+Biodiversité</t>
         </is>
       </c>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2023</t>
+        </is>
+      </c>
       <c r="R22" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...58 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U22" s="1" t="inlineStr">
         <is>
-          <t>Charente</t>
+          <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V22" s="1" t="inlineStr">
         <is>
-          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Sport/6132_SPORT_DE_NATURE_AMENAGEMENTS_SSN_01.pdf</t>
-[...4 lines deleted...]
-          <t>http://subventions16.lacharente.fr</t>
+          <t>https://www.maregionsud.fr/vos-aides/detail/biodiversite-et-territoires-strategies</t>
         </is>
       </c>
       <c r="X22" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...37 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y22" s="1" t="inlineStr">
         <is>
-          <t>subventions16@lacharente.fr</t>
+          <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z22" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/22f6-soutenir-les-equipements-des-stations-sports-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/biodiversite-et-territoires-strategies/</t>
         </is>
       </c>
       <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:27" customHeight="0">
       <c r="A23" s="1">
-        <v>161739</v>
+        <v>165516</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>Tremplin pour la transition écologique des PME</t>
+          <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>ADEME</t>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>Association
-Entreprise privée</t>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-Ingénierie technique</t>
+          <t>Ingénierie technique
+Ingénierie financière</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N23" s="1" t="inlineStr">
         <is>
-          <t>Forêts
-[...3 lines deleted...]
-Recyclage et valorisation des déchets
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
 Qualité de l'air
 Biodiversité
-Emploi
-[...3 lines deleted...]
-Réduction de l'empreinte carbone</t>
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S23" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V23" s="1" t="inlineStr">
         <is>
-          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
         </is>
       </c>
       <c r="W23" s="1" t="inlineStr">
         <is>
-          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
       <c r="X23" s="1" t="inlineStr">
         <is>
-          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y23" s="1" t="inlineStr">
         <is>
-          <t>assistance.agirpourlatransition@ademe.fr</t>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
       <c r="Z23" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
         </is>
       </c>
       <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:27" customHeight="0">
       <c r="A24" s="1">
-        <v>77082</v>
+        <v>111671</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Être accompagné dans les projets de transition écologique et environnementale</t>
-[...4 lines deleted...]
-          <t>Renaturation des villes</t>
+          <t>Acquérir du foncier, faire des études et des travaux d'aménagement d'espaces naturels sensibles</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>Accompagnement à la mise en œuvre de projets relevant de la transition écologique (SGREEN+)</t>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
-        <is>
-[...188 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds départemental pour la préservation et la valorisation des espaces naturels sensibles.
 &lt;/p&gt;
 &lt;p&gt;
  Aides aux acquisitions fonçières, aux études et aux travaux d&amp;#039;aménagement des espaces naturels sensibles, pour les thématiques suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   biodiversité (faune, flore et milieux naturels), biodiversité urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   paysages naturels,
  &lt;/li&gt;
  &lt;li&gt;
   continuité écologique (trame verte et bleue),
  &lt;/li&gt;
  &lt;li&gt;
   préservation des espaces agricoles (trame jaune),
  &lt;/li&gt;
  &lt;li&gt;
   ressource en eau,
  &lt;/li&gt;
  &lt;li&gt;
@@ -4256,1095 +4167,1293 @@
   développement et promotion de la randonnée pédestre,
  &lt;/li&gt;
  &lt;li&gt;
   liaisons douces (sentes vertes),
  &lt;/li&gt;
  &lt;li&gt;
   tourisme équestre.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Montant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50% du montant HT de l&amp;#039;opération, limité à 80 % d&amp;#039;aides publiques.
  &lt;/li&gt;
  &lt;li&gt;
   &amp;#43;10 % pour les bénéficiaires répondant aux critères de lutte contre les inégalités sociales et territoriales.&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Délibération n°2012-04-0056 (AD du 19/11/2012)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Tourisme
 Forêts
 Sols
 Foncier
 Cohésion sociale et inclusion
 Agriculture et agroalimentaire
 Biodiversité
 Paysage
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>http://www.essonne.fr/fileadmin/5-cadre_vie_environnement/patrimoine_naturel/ressources/aides/Guide-ENS-2012-2021.pdf</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 97 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/57a2-acquerir-du-foncier-faire-des-etudes-et-des-t/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...136 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K27" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Banque des Territoires propose SGREEN, une solution d&amp;#039;accompagnement pour amorcer un projet de transition écologique ou d&amp;#039;adaptation au changement climatique en centre-ville. Il porte sur les projets visant à :
-[...541 lines deleted...]
-          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Eau pluviale
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
-Friche
-[...1 lines deleted...]
-Revitalisation
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
 Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
 Paysage
-Modes actifs : vélo, marche et aménagements associés
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
 Milieux humides
+Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
-[...2 lines deleted...]
-réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>77082</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans les projets de transition écologique et environnementale</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à la mise en œuvre de projets relevant de la transition écologique (SGREEN+)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec SGREEN&amp;#43;, la Banque des Territoires propose un accompagnement visant à accélérer la mise en œuvre des projets de transition écologique et environnementale, dont la finalité est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser la gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir la transition climatique et le bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les experts de la Banque des Territoires vous proposent un accompagnement complet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la définition de votre projet de transition écologique ou d&amp;#039;adaptation au changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de votre feuille de route ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des éventuelles interdépendances d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Calcul des gains potentiels apportés par chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des actions à entreprendre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de la solution d&amp;#039;accompagnement SGREEN&amp;#43;, nos experts vous aident également à identifier les démarches nécessaires à la mise en place de chaque action retenue :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études techniques à réaliser en amont ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formalités administratives :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  actualisation des documents de planification ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ordre dans lequel réaliser ces formalités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  délais légaux à respecter pour chacune ;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le budget prévisionnel nécessaire à la réalisation des démarches préalables à l&amp;#039;établissement d&amp;#039;une commande publique de travaux afin de réaliser les dits travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les indicateurs indispensables pour le suivi et l&amp;#039;analyse de l&amp;#039;effet de l&amp;#039;aménagement réalisé. Des indicateurs définis en fonction des objectifs pour lesquels l&amp;#039;aménagement en question a été retenu par les élus ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les moyens à mettre en œuvre pour pouvoir collecter ces indicateurs et le budget nécessaire à leur collecte et analyse.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sources de financement envisageables et les moyens pour mobiliser ces financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Espace public
+Voirie et réseaux
+Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-la-mise-en-oeuvre-de-projets-relevant-de?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transitio</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c06d-beneficier-dun-accompagnement-des-projets-act/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>164815</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les projets éligibles au fonds vert sont :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 &lt;/strong&gt;: à titre principal, des projets d’investissements industriels structurants et ambitieux sur le plan environnemental (par exemple, projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, recours à des matériaux biosourcés, etc.), qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (voir la liste d’exemples ci-après).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 :&lt;/strong&gt; à titre auxiliaire, des projets d’investissements contribuant au développement des compétences (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets éligibles doivent être : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;situés dans le périmètre      géographique d’un Territoire d’industrie 2023-2027 ;&lt;/li&gt;&lt;li&gt;soutenus par le ou les      Territoires d’industrie concernés, du fait de leur cohérence avec la      stratégie industrielle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets présenteront une assiette minimale de dépenses de 400 000 €. Le Préfet pourra retenir un montant d’assiette moins élevé pour les projets situés sur les territoires de la collectivité de Corse ou des départements et régions d’outre-mer.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour candidater et retrouver l’ensemble des pièces à déposer, veuillez vous rendre impérativement sur &lt;/strong&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie" target="_blank"&gt;&lt;strong&gt;le site démarches simplifiées&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2025</t>
+        </is>
+      </c>
+      <c r="Q28" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/fonds-vert-territoires-dindustrie-en-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique-1/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>77367</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'amorçage d'un projet de transition écologique</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'amorçage d'une feuille de route relative à la transition écologique - SGREEN</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose SGREEN, une solution d&amp;#039;accompagnement pour amorcer un projet de transition écologique ou d&amp;#039;adaptation au changement climatique en centre-ville. Il porte sur les projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir une meilleure gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la transition climatique et bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;accompagnement SGREEN, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic portant sur la fonctionnalité écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaborer une feuille de route et des préconisations définies en fonction des enjeux identifiés sur le territoire et des objectifs de la collectivité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-lamorcage-dune-feuille-de-route-relative?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=sgreen_pr</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9185-obtenir-un-accompagnement-pour-lamorcage-dune/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>120089</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De nombreuses collectivités ont déjà profité de cette accompagnement.
+ &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Economie locale et circuits courts
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://territoireengagetransitionecologique.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>mathieu.teulier@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>163765</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Co-constructuire des connaissances pour une transition écologique et solidaire</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Évaluation du dispositif expérimental CO3, Co-Construction des Connaissances pour une transition écologique et solidaire</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par cet appel à manifestation d’intérêt (AMI), le dispositif CO3 a choisi d’expérimenter, à travers trois appels à projets, l’&lt;strong&gt;accompagnement spécifique des pratiques de recherche participative&lt;/strong&gt; en tant que moyen de renouveler les partenariats, les questions et les pratiques de recherche. Il a fait l’hypothèse que la &lt;strong&gt;collaboration de chercheurs et d’acteurs de la société civile&lt;/strong&gt;, tout au long de la démarche de recherche, permet l’&lt;strong&gt;obtention de savoirs pertinents pour la transition écologique et solidaire&lt;/strong&gt;. Depuis le départ, sa démarche a été réflexive sur l’ensemble des 6 années d’expérience et se prolonge en tant qu’objet de recherche notamment avec cet appel à manifestation d’intérêt.&lt;/p&gt;&lt;p&gt;Dans cet appel, le dispositif CO3 se pose comme cas d’étude voire objet de recherche en mettant à disposition ses données pour nourrir la réflexion sur les effets d’un dispositif de soutien à la recherche participative via l’évaluation des projets soutenus dans CO3 et du programme lui-même, en cherchant à mobiliser plusieurs équipes de recherche dans la conception et la mise en œuvre de processus d’évaluation ex post.&lt;/p&gt;&lt;p&gt;Afin de permettre une fertilisation croisée des travaux réalisés par les différentes équipes sélectionnées lors de cet AMI, le dispositif CO3 prévoit deux journées de travail en commun, au démarrage et au cours du parcours. Après la journée de mise en commun des projets en phase de lancement, les équipes de recherche auront &lt;strong&gt;8 mois pour développer et tester l’approche évaluative en l’appliquant aux projets de recherche participative et/ou au programme CO3&lt;/strong&gt;. Il s’agira à la fois d’évaluer l’impact social des projets  qui ont été soutenus par le dispositif CO3 et de mettre à l’épreuve un dispositif d’évaluation adapté au programme, et à la qualification de son impact sur la transition écologique, en s’attachant particulièrement à l’analyse des effets produits et des valeurs portées et transformées par les projets et le programme.&lt;/p&gt;&lt;p&gt;Les équipes de recherche présenteront alors chacune leur démarche d’évaluation lors d’une journée de partage des résultats avec les bailleurs du dispositif CO3 et différents porteurs de projets CO3 volontaires. L’objectif de cette journée est de &lt;strong&gt;cerner les possibilités et conditions pour converger vers un cadre méthodologique adapté à des programmes de soutien de la recherche participative&lt;/strong&gt;, en soulignant les conditions de transférabilité, de complémentarité et de convergence.&lt;br /&gt;Les répondants devront intégrer au moins un laboratoire de recherche dans leur équipe. Les démarches participatives et/ou intégrant des acteurs associatifs seront appréciées.&lt;/p&gt;&lt;p&gt;Les équipes devront présenter une proposition technique et financière détaillée et robuste, s’appuyant sur une revue de la littérature, abordant à la fois les enjeux en termes de méthodologie et les dimensions évaluatives concernées. Il est attendu une présentation de la démarche envisagée, sa construction, son application possible et sous quelles modalités au Dispositif CO3 le cas échéant. Il conviendra de souligner quels impacts elle permet de mesurer et ce qu’elle n’aborde pas.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éléments à déposer :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour le dépôt du projet complet vous devez remplir le « Modèle de lettre d&amp;#039;intention » (volet technique), et les formulaires sur la plateforme de dépôt, ainsi que les documents administratifs :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;CERFA 12156.06 (à faire compléter pour chaque association partenaire)&lt;/li&gt;&lt;li&gt;Attestation de santé financière (à faire compléter pour chaque association et/ou entreprise partenaire)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;7 octobre 2024 : &lt;/strong&gt;Lancement de l’AMI &lt;/li&gt;&lt;li&gt;&lt;strong&gt;18 octobre 2024 (10h) : &lt;/strong&gt;Webinaire d&amp;#039;information n° 1 - &lt;a target="_blank" href="https://attendee.gotowebinar.com/register/5898268996464578141"&gt;S&amp;#039;inscrire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;4 novembre 2024 (10h) : &lt;/strong&gt;Webinaire d&amp;#039;information n° 2 - &lt;a target="_blank" href="https://attendee.gotowebinar.com/register/7771144118269039960"&gt;S&amp;#039;inscrire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;18 novembre 2024 : &lt;/strong&gt;Clôture de l’AMI&lt;/li&gt;&lt;li&gt;&lt;strong&gt;9 décembre 2024 :&lt;/strong&gt; Sélection des équipes et annonce des résultats&lt;/li&gt;&lt;li&gt;&lt;strong&gt;17 décembre 2024 : &lt;/strong&gt;Journée de mise en commun&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Fin juin 2025 : &lt;/strong&gt;Journée de partage des résultats&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Automne 2025 : &lt;/strong&gt;Remise des conclusions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le processus de sélection, les critères d’éligibilité et d’évaluation sont décrits dans le cahier des charges.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus d&amp;#039;informations :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Contact : &lt;/strong&gt;&lt;a target="_blank" href="mailto:aprp.co3&amp;#64;ademe.fr"&gt;aprp.co3&amp;#64;ademe.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
         </is>
       </c>
       <c r="S31" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U31" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V31" s="1" t="inlineStr">
         <is>
-          <t>https://engagespourlanature.ofb.fr/territoires</t>
-[...4 lines deleted...]
-          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240917/evaluation-dispositif-experimental-co3-co-construction-connaissances</t>
         </is>
       </c>
       <c r="X31" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Un animateur TEN dans chaque région :&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice &lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:ten&amp;#64;urcen.fr" target="_self"&gt;ten&amp;#64;urcen.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 74 36 67 70 / 07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;Margaux GLASSON&lt;/p&gt;&lt;p dir="ltr"&gt;
-[...9 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y31" s="1" t="inlineStr">
         <is>
-          <t>mathilde.maisano@ofb.gouv.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z31" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/evaluation-du-dispositif-experimental-co3-co-construction-des-connaissances-pour-une-transition-ecologique-et-solidaire/</t>
         </is>
       </c>
       <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:27" customHeight="0">
       <c r="A32" s="1">
-        <v>162295</v>
+        <v>165359</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
+          <t>Mobiliser les communs pour la Transition écologique</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>La nature est notre alliée</t>
+          <t>Mobiliser les communs pour la Transition écologique</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Collectivité d’outre-mer à statut particulier</t>
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Subvention
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Les territoires organisés et gérés par des collectivités (Communes, EPCI, Syndicats mixtes…) sont un des maillons essentiels pour déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…), prenant en compte la biodiversité et les services écosystémiques.&lt;br /&gt; Il s’agit pour la Région d’accompagner et de soutenir les dynamiques des territoires pour développer leur résilience face au changement climatique et à l’effondrement de la biodiversité pour une transition réussie, par la mise en œuvre des actions de stratégies territoriales biodiversité.&lt;/p&gt; &lt;p&gt;Collectivités locales et leurs Groupements (Communes, EPCI, Syndicats mixtes).&lt;/p&gt; &lt;p&gt;Accompagnement de la mise en œuvre des programmes d’actions des stratégies territoriales biodiversité avec un objectif d’adaptation du territoire au changement climatique, ainsi que leurs programmes d’actions, prenant impérativement en compte les services écosystémiques et les solutions d’adaptation fondées sur la nature.&lt;br /&gt; Les actions prévues par les démarches « territoire engagé pour la nature », les stratégies locales biodiversité, voire de certification à la suite de la mise en œuvre de normes volontaires relatives à une stratégie biodiversité pourront être soutenus dans ce cadre.&lt;br /&gt; Les actions biodiversité des plans territoriaux climat, air, énergie, des agenda 21, des « contrats de transition écologique », « contrats de relance et de transition écologique » ou des démarches « territoire engagé transition écologique » pourront également être soutenues.&lt;/p&gt; &lt;p&gt;Seules les actions prévues par les différentes thématiques du présent cadre d’intervention seront soutenues. Elles devront donc être éligibles aux dispositifs suivants :&lt;br /&gt; &lt;strong&gt;&lt;em&gt;La nature est notre alliée&lt;/em&gt;&lt;/strong&gt; :&lt;/p&gt;
-[...2 lines deleted...]
-&lt;ul&gt; 	&lt;li&gt;Nature ta vie et agis.&lt;/li&gt; &lt;/ul&gt;</t>
+          <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N32" s="1" t="inlineStr">
         <is>
-          <t>Citoyenneté
-Biodiversité</t>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
         </is>
       </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P32" s="1" t="inlineStr">
         <is>
-          <t>13/07/2023</t>
-[...7 lines deleted...]
-&lt;ul&gt; 	&lt;li&gt;Nature ta vie et agis.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+          <t>11/07/2025</t>
+        </is>
+      </c>
+      <c r="Q32" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
         </is>
       </c>
       <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U32" s="1" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Côte d'Azur</t>
+          <t>Europe</t>
         </is>
       </c>
       <c r="V32" s="1" t="inlineStr">
         <is>
-          <t>https://www.maregionsud.fr/vos-aides/detail/la-nature-est-notre-alliee</t>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
         </is>
       </c>
       <c r="W32" s="1" t="inlineStr">
         <is>
-          <t>http://subventionsenligne.maregionsud.fr</t>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
         </is>
       </c>
       <c r="X32" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y32" s="1" t="inlineStr">
         <is>
-          <t>webpresse@maregionsud.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z32" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/la-nature-est-notre-alliee/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
         </is>
       </c>
       <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:27" customHeight="0">
       <c r="A33" s="1">
-        <v>123492</v>
+        <v>163959</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
-Renaturation des villes</t>
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
@@ -5369,2040 +5478,2312 @@
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="M33" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N33" s="1" t="inlineStr">
-        <is>
-[...401 lines deleted...]
-      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...218 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>111672</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Surveiller les dépôts sauvages</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I38" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J38" s="1" t="inlineStr">
+      <c r="J35" s="1" t="inlineStr">
         <is>
           <t>50% maximum du coût HT de l’opération</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dispositifs de surveillance pour la lutte contre les dépôts sauvages.
 &lt;/p&gt;
 &lt;p&gt;
  Aide à l&amp;#039;achat et à l&amp;#039;installation de dispositifs autonomes ou factices photographiques et audio sans réseau.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-04-0039 (AD du 29/05/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Sols
 Recyclage et valorisation des déchets
 Technologies numériques et numérisation
 Risques naturels</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 97 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ac0-surveiller-les-depots-sauvages/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>111673</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Promouvoir l'écotourisme du patrimoine naturel</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I39" s="1" t="inlineStr">
+      <c r="I36" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J39" s="1" t="inlineStr">
+      <c r="J36" s="1" t="inlineStr">
         <is>
           <t>50% maximum du coût HT de l'opération</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide pour des études pour la promotion écotouristique du patrimoine naturel (diagnostics, schémas...)
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-04-0039 (AD du 29/05/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Tourisme
 Forêts
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 97 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/31e1-promouvoir-lecotourisme-du-patrimoine-naturel/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>111676</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Restaurer des sites naturels et des itinéraires de randonnée ayant subi une catastrophe naturelle</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I37" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J40" s="1" t="inlineStr">
+      <c r="J37" s="1" t="inlineStr">
         <is>
           <t>50% maximum du coût HT de l'opération</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Remise en état des sites naturels et des itinéraires de randonnée ayant subi une catastrophe naturelle.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-04-0039 (AD du 29/05/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Montagne
 Risques naturels
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 97 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ce62-restaurer-des-sites-naturels-et-des-itinerair/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>111677</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Créer des jardins partagés, d'insertion et pédagogiques</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J41" s="1" t="inlineStr">
+      <c r="J38" s="1" t="inlineStr">
         <is>
           <t>50% maximum du coût HT de l'opération</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Création de jardins partagés, d&amp;#039;insertion et pédagogiques.
 &lt;/p&gt;
 &lt;p&gt;
  Aides aux acquisitions de terrains, à la réalisation d&amp;#039;études, à la conception d&amp;#039;outils de communication, à la réalisation de travaux d&amp;#039;aménagements liés au jardinage et de travaux de génie écologique.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-04-0039 (AD du 29/05/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Cohésion sociale et inclusion
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 97 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5ad5-creer-des-jardins-partages-dinsertion-et-peda/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="H42" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>105344</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir la biodiversité sur mon territoire grâce au "kit biodiversité"</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Mise à disposition d'un kit biodiversité à destination des communes</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional Livradois-Forez (PNR)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Parc naturel régional Livradois-Forez propose un &amp;#34;Kit biodiversité&amp;#34; aux communes, en priorité sur le bassin versant de la Dore, pour favoriser la prise en compte de la TVB et plus généralement la biodiversité ordinaire dans les espaces publics. Accompagnement et fourniture de kit pour 30 communes environ.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Parc propose aux communes volontaires de réaliser un
+ &lt;strong&gt;
+  diagnostic biodiversité sur leur territoire
+ &lt;/strong&gt;
+ et prioritairement dans le bourg et à proximité, avec les agents communaux et un élu ou un habitant (ambassadeur nature du Parc) référent, pour apprécier les marges de manœuvre possibles en faveur de la biodiversité. L&amp;#039;objectif est d&amp;#039;enclencher une discussion sur ces sujets, de sensibiliser les personnes référentes, de répondre à leurs questions et de provoquer des changements concrets sur le terrain en proposant des outils pour favoriser un accroissement de la biodiversité dans la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Les outils qui peuvent être offerts pour les espaces publics communaux ou sectionaux dans ce kit biodiversité sont par exemple : des hôtels à insectes, des nichoirs (chouette chevêche, ...), des plants d&amp;#039;arbres fruitiers ou d&amp;#039;essences arbustives pour les haies, des graines pour semis de prairies fleuries en utilisant le label végétal local, des ruches de biodiversité (pollinisateurs sauvages), ...
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les bâtiments publics, ce peut être par exemple des nichoirs à oiseaux (martinets, hirondelles, chouette effraie / églises ...) ou des nichoirs à chiroptères.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour chaque commune, un kit adapté (assortiment d&amp;#039;outils) sera proposé à l&amp;#039;issue du diagnostic.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accompagnement de la commune est prévu pour faciliter l&amp;#039;installation du kit biodiversité ; une formation des agents communaux à la prise en compte de la biodiversité sera suggérée (voir formations existantes CNFPT).
+&lt;/p&gt;
+&lt;p&gt;
+ Un suivi des équipements sera réalisé au cours du programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités retenues signeront une convention avec le Parc pour apporter leur contribution financière et sceller leur appartenance à un réseau des sites favorisant la biodiversité au sein du Parc.
+&lt;/p&gt;
+&lt;p&gt;
+ Un bilan de l&amp;#039;opération sera réalisé et donnera lieu à un nouveau passage sur les communes impliquées afin d&amp;#039;apprécier l&amp;#039;utilisation des outils mis à disposition des communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Kit de 10 nichoirs 1 nichoir cavernicole 1 nichoir semi-ouvert 1 nichoir à balcon 1 nichoir à chevêches (avec tube) 1 nichoir à moineaux (triple) 1 gîte à muscardin 1 gîte à chauve-souris 1 gîte à belette 1 abri à coccinelle 1 abri à osmies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies arbustives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arbres fruitiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ruches de biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hotels à insectes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2020</t>
+        </is>
+      </c>
+      <c r="Q39" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2025</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes du bassin versant de la Dore
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>PNR Livradois-Forez (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rémi Mateu, chargé de la Nature Quotidienne au Parc naturel régional Livradois-Forez
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 95 57 57 /
+ r.mateu&amp;#64;parc-livradois-forez.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>v.arthaud@parc-livradois-forez.org</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7714-accueillir-la-biodiversite-sur-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>120086</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser et éduquer à l'environnement - Volet fonctionnement Environnement</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>FONDS DEPARTEMENTAL DE L'ENVIRONNEMENT (FDE)</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I42" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K42" s="1" t="inlineStr">
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aides publiques : 70%</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
-[...124 lines deleted...]
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce fonds vise à sensibiliser et éduquer à
  l&amp;#039;environnement de manière générale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M43" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Opérations de sensibilisation du grand public,
  des scolaires et des élus à l&amp;#039;environnement : formations, acquisition de supports
  pédagogiques et de communication,
  prestataires extérieurs, animations ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Biodiversité</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seules sont éligibles des associations agréées dont les actions sont de portée départementale.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;opération ne doit être ni engagée ni avoir fait l&amp;#039;objet d&amp;#039;un bon de commande au moment du dépôt de la demande d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux maximum d&amp;#039;aides publiques ne doit pas dépasser 70%.
 &lt;/p&gt;
 &lt;p&gt;
  Plancher d&amp;#039;aide de 1 000 € et plafond de dépenses éligibles selon l&amp;#039;intérêt
  de l&amp;#039;action
  et les
  dotations
  budgétaires.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles
  comprennent : l
  a masse et les charges salariales, l
  es formations, l
  &amp;#039;acquisition de petit matériel, de supports pédagogiques et de communication, l
  es frais de transport, l
  es prestataires extérieurs.
 &lt;/p&gt;
 &lt;p&gt;
  Ne sont pas éligibles : l
  es frais généraux de structure, l
  es consommables, l
  e bénévolat, l
  es frais de restauration, l
  es adhésions diverses.
 &lt;/p&gt;
 &lt;p&gt;
  Le pétitionnaire doit fournir une attestation signée du Président de la structure mentionnant le
  nombre d&amp;#039;heures effectuées par personne et le taux horaire appliqué.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;opération doit être réalisée dans le courant de l&amp;#039;année d&amp;#039;attribution de l&amp;#039;aide. La
  participation est annulée de plein droit si les pièces justificatives ne sont pas parvenues aux
  services du Département avant la fin de l&amp;#039;exercice d&amp;#039;attribution.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T43" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nathalie MARIANNE -
  Direction du Développement Local
 &lt;/p&gt;
 &lt;p&gt;
  Service Environnement, Aménagement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphones : 05 62 56 78 23 / 06 08 14 44 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:nathalie.marianne&amp;#64;ha-py.fr" rel="noopener" target="_blank"&gt;
   nathalie.marianne&amp;#64;ha-py.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f8b9-sensibiliser-et-eduquer-a-lenvironnement-vole/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G44" s="1" t="inlineStr">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>104977</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipements des stations sports de nature</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Les sports de nature - équipements des stations sports de nature</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département déploie depuis 2018 un réseau de stations labellisées réparti sur l&amp;#039;ensemble du territoire charentais. Pour obtenir ce label, les structures demandeuses doivent répondre à un cahier des charges précis et réaliser certains aménagements. Ce dispositif a pour objectif d&amp;#039;accompagner les collectivités dans la réalisation de travaux d&amp;#039;amélioration de l&amp;#039;accueil du public et d&amp;#039;envergure réduite.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;espaces pour la pratique de discipline : 50% de 10.000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement du site pour améliorer l&amp;#039;accueil du public : 50% de 20.000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disciplines éligibles : tout sport de nature - escalade, course d&amp;#039;orientation, VTT, trail, marche nordique...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements éligibles : sanitaires, cheminements, sécurisation d&amp;#039;espaces...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligibles, les aménagements doivent concerner les stations sports nature labélisées ou celles en cours de labellisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - la nature de l&amp;#039;opération envisagée
+&lt;/p&gt;
+&lt;p&gt;
+ - le plan de financement prévu incluant la subvention sollicitée auprès du Département
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la notice explicative (finalités du projet et, le cas échéant, spécificités en termes de développement durable)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis descriptifs et estimatifs de l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : totalité à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Sport/6132_SPORT_DE_NATURE_AMENAGEMENTS_SSN_01.pdf</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>http://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service sports et activités de pleine nature ; Tél. : 05 16 09 71 15
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/22f6-soutenir-les-equipements-des-stations-sports-/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>161727</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné pendant 4 ans dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...8 lines deleted...]
-      <c r="K44" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
-[...102 lines deleted...]
-      <c r="S44" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...34 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>164016</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Recruter un prestataire chargé d'accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche Territoire Engagé Transition Écologique.</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Écologique - Accompagnement des collectivités par un conseiller</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;strong&gt;deux référentiels thématiques&lt;/strong&gt; ambitieux et progressifs, &lt;strong&gt;un programme d&amp;#039;accompagnement&lt;/strong&gt;, &lt;strong&gt;une animation&lt;/strong&gt;, &lt;strong&gt;un parcours de labellisation&lt;/strong&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;strong&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/strong&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;strong&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/strong&gt; ainsi qu’un &lt;strong&gt;appui à l’animation du projet&lt;/strong&gt;. La liste des Conseillers Territoire Engagé référencés est disponible ici :&lt;/p&gt;&lt;p&gt;&lt;a target="_blank" href="https://www.territoiresentransitions.fr/programme/annuaire"&gt;territoiresentransitions.fr/programme/annuaire&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités      qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie locale et circuits courts
+Qualité de l'air
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q43" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-territoire-engage-transition-ecologique-accompagnement-des-collectivites-par-un-conseiller-1/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>71808</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Financer les projets pour l’environnement (eau, économie circulaire, biodiversité, etc.)</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Financement de projets en faveur de l’environnement</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
 collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
 acteur financier et vous portez un projet en faveur de l’environnement, structuré
 par exemple autour de la gestion de l’eau, de l’économie circulaire, de la biodiversité
 ? La Banque des Territoires vous propose une offre de financement des projets
 en faveur de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes à la
 recherche d’investisseurs pour structurer et financer un projet portant sur
 l’eau et l’assainissement, l’économie circulaire ou bien encore les services
 liés à l’environnement permettant également d’adresser les problématiques debiodiversité
 et de compensation environnementale, avec des coopératives carbone.. Nous
 finançons en fonds propres et quasi-fonds propres ce type de projets.
 Sollicitez-nous pour bénéficier de financements adaptés, d’un accompagnement et
 d’une expertise reconnus.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=environnement_biodiversite_psat</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>164336</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Dispositif cours d'école, bulle nature</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J45" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT /</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux pour des cours d’écoles résilientes au changement climatique, perméables et végétalisées :
+désimperméabilisation, récupération d’eau de pluie, végétalisation des espaces (plantation de haies, 
+arbres, couvre-sol, …), création d’îlots de fraicheur, intégration de matériaux de couleur claire poreux, 
+jardins pédagogiques, … ;
+&lt;br /&gt;• Les actions de concertation et de communication associées. &lt;/p&gt;&lt;p&gt;Les groupes scolaires associés -périscolaires, centres éducatifs d’enfants handicapés- bénéficient également de 
+cette mesure. Les collèges, lycées ou universités et assimilés sont traités dans le cadre de l’article 4.2.1. &lt;/p&gt;&lt;p&gt;L’aide maximale aux projets de cours d’école est conditionnée à une démarche impliquant la concertation et 
+aux projets les plus ambitieux écologiquement lorsque cela est possible : déraccordement des toitures, 
+récupération d’eau de pluie, solutions surfaciques et végétalisées, création d’emprises de pleine terre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Jeunesse
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q45" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de gestion intégrée 
+des eaux pluviales et de 
+végétalisation au sein des 
+écoles&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y45" s="1" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z45" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-operations-ponctuelles-ou-globales/</t>
         </is>
       </c>
       <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:27" customHeight="0">
       <c r="A46" s="1">
-        <v>121484</v>
+        <v>145885</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Promuvoir la biodiversité, les infrastructures vertes et la réduction des pollutions</t>
-[...4 lines deleted...]
-          <t>EUROPE - Interreg - Fonds européens</t>
+          <t>Financer des projets structurants favorisant la biodiversité et la nature en ville</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>Nature, biodiversité, infrastructures vertes et réduction des pollutions</t>
+          <t>Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+          <t>Métropole du Grand Paris</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
+Entreprise privée</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Cette aide est proposée au titre de la priorité 1 du programme Interreg France-Suisse 2021-2027 visant à placer le territoire de coopération sur une trajectoire de neutralité carbone et de transition écologique.
-[...23 lines deleted...]
- &lt;br /&gt;
+ Le
+  Fonds Biodiversité
+ a été instauré le 14 avril 2023. Il est doté de
+  80 millions d&amp;#039;euros
+ d&amp;#039;ici 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Fonds biodiversité témoigne de la volonté de la Métropole du Grand Paris de soutenir des projets structurants
+  favorisant la biodiversité et la nature en ville et s&amp;#039;inscrivant dans la trame écologique métropolitaine
+ . Il constitue une des 13 mesures prioritaires identifiées dans le Plan biodiversité métropolitain.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce Fonds a pour objectif de financer des dépenses d&amp;#039;investissement (acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation de projets structurants, notamment en matière de plantations d&amp;#039;arbres, de résorptions de coupures écologiques, de désimperméabilisation et renaturation d&amp;#039;espaces, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subvention seront analysées à l&amp;#039;aune des 5 axes suivants, détaillés dans le règlement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dimensions du projet : Une envergure métropolitaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  La localisation du projet : Un lieu de connexion écologique et d&amp;#039;adaptation au changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  La cohérence du projet avec les documents stratégiques métropolitains : Equilibre territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ambition écologique du projet : Performance écologique et environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie du projet : Cohérence économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+   fondsbiodiversite&amp;#64;metropolegrandparis.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Plantation massive d&amp;#039;arbres, en cohérence avec la trame verte métropolitaine : Plans canopée, Plans arbres, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désartificialisation et renaturation d&amp;#039;espaces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition foncière, dans l&amp;#039;objectif de renaturer l&amp;#039;espace
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
           <t>&lt;p&gt;
- Types d&amp;#039;actions attendues :
- &lt;br /&gt;
+ Sont éligibles, les projets portés par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Actions en faveur de la préservation des espaces naturels du territoire de coopération ;
-[...52 lines deleted...]
- interreg&amp;#64;bourgognefranchecomte.fr
+  Les
+  &lt;strong&gt;
+   communes, établissements publics territoriaux (EPT) et autres établissements publics
+  &lt;/strong&gt;
+  situés sur le périmètre de la Métropole du Grand Paris pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles
+  &lt;/strong&gt;
+  , situées sur le périmètre de la Métropole du Grand Paris.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  dépenses éligibles sont les dépenses d&amp;#039;investissement
+ &lt;/strong&gt;
+ (principalement acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation du projet. En conséquence, les dépenses de fonctionnement (notamment les dépenses pour l&amp;#039;entretien, la gestion, la surveillance, la communication et l&amp;#039;animation des espaces) ne sont pas éligibles.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-biodiversite</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsbiodiversite&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y46" s="1" t="inlineStr">
         <is>
-          <t>andrea.perilli@bourgognefranchecomte.fr</t>
+          <t>roxane.leverrier@metropolegrandparis.fr</t>
         </is>
       </c>
       <c r="Z46" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/b9a4-promuvoir-la-biodiversite-les-infrastructures/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff83-financer-des-projets-structurants-favorisant-/</t>
         </is>
       </c>
       <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:27" customHeight="0">
       <c r="A47" s="1">
+        <v>123492</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Foncier
+Accès aux services
+Cohésion sociale et inclusion
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
         <v>497</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Restaurer les continuités écologiques dans les territoires - contrat nature trame verte et bleue ; Améliorer la connaissance de la biodiversité - contrat nature thématique</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bretagne</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I47" s="1" t="inlineStr">
+      <c r="I48" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J47" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
         <is>
           <t>Contrat nature TVB : 60% max, plafond 25 000 € pour le diagnostic/plan d'actions et 80 000 € pour la</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Biodiversité – Contrat Nature
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les Contrats Nature sont des documents-cadre d&amp;#039;actions relatives à des projets pluriannuels s&amp;#039;inscrivant dans la durée (2 à 4 ans). Les programmes de ces contrats sont constitués d&amp;#039;opérations cohérentes concourant toutes au même objectif, celui de la préservation et de la reconquête du patrimoine naturel et de la biodiversité en Bretagne.
 &lt;/p&gt;
 &lt;p&gt;
  Ils répondront aux objectifs stratégiques du schéma régional de cohérence écologique mais pourront contribuer à soutenir d&amp;#039;autres thématiques en dehors du champ des continuités écologiques.
 &lt;/p&gt;
 &lt;p&gt;
  On distingue :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le contrat nature trame verte et bleue
  &lt;/li&gt;
  &lt;li&gt;
   le contrat nature territorial
  &lt;/li&gt;
  &lt;li&gt;
   le contrat nature thématique
  &lt;/li&gt;
@@ -7413,96 +7794,91 @@
  &lt;/strong&gt;
  le montant de l&amp;#039;aide est de 60 % maximum du coût total du projet (HT ou TTC), plafonné à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   25 000 € pour la phase de diagnostic (3 ans maximum)
  &lt;/li&gt;
  &lt;li&gt;
   80 000 € pour la phase de réalisation opérationnelle (sur 4 ans maximum)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Volet 2 – Contrat nature territorial :
  &lt;/strong&gt;
  le montant de l&amp;#039;aide s&amp;#039;élève au taux de 60 % maximum du coût total (HT ou TTC) et est plafonné à 80 000€.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Volet 3 – Contrat nature thématique :
  &lt;/strong&gt;
  le montant de l&amp;#039;aide est un taux compris entre 20 % et 50 % du coût total (HT ou TTC) et est plafonné à 120 000 € sur la durée du projet et 30 000 € par an.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir le règlement du contrat nature téléchargeable sur le site de la région
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.bretagne.bzh/jcms/preprod_31181/fr/contrat-nature</t>
         </is>
       </c>
-      <c r="W47" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Région Bretagne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Service Patrimoine naturel et biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   email : patrimoine.naturel&amp;#64;bretagne.bzh
  &lt;/li&gt;
  &lt;li&gt;
   Tel : 02 99 27 15 66
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les contrats nature trame verte et bleue et territoriaux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Gaëlle Namont
@@ -7516,1527 +7892,972 @@
  &lt;li&gt;
   Tel : 02 99 27 12 32
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les contrats nature thématiques :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Karine Delabroise
  &lt;/li&gt;
  &lt;li&gt;
   Chargée de la connaissance du Patrimoine naturel et de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Email : karine.delabroise&amp;#64;bretagne.bzh
  &lt;/li&gt;
  &lt;li&gt;
   Tel : 02 22 93 98 71
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>gaelle.namont@bretagne.bzh</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3e8b-contrat-nature/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>139926</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Transition écologique</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides de la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P50" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>162787</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement durable des activités maritimes en promouvant les certifications Ports propres et les Ports propres actifs en biodiversité et la charte des ports</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif ports propres et ports propres actifs en biodiversité</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il s’agit d’accompagner le développement durable des activités maritimes en promouvant les certifications Ports propres et les Ports propres actifs en biodiversité et la charte des ports.&lt;/p&gt;
+ &lt;ul&gt; 	&lt;li&gt;Collectivités&lt;/li&gt; 	&lt;li&gt;entreprises&lt;/li&gt; 	&lt;li&gt;associations&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;Les modalités d’interventions de la Région relèvent du régime des aides directes (subventions d’investissement ou de fonctionnement).&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;toutes les opérations qui participent au développement durable des activités maritimes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sur le plan des investissements, le soutien de la Région porte uniquement sur les travaux d’aménagement ou mise en place d’équipements réalisés sur les infrastructures. Sont exclus les équipements de type mobilier&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modalités d’interventions de la Région relèvent du régime des aides directes (subventions d’investissement ou de fonctionnement).&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;toutes les opérations qui participent au développement durable des activités maritimes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sur le plan des investissements, le soutien de la Région porte uniquement sur les travaux d’aménagement ou mise en place d’équipements réalisés sur les infrastructures. Sont exclus les équipements de type mobilier&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/dispositif-ports-propres-et-ports-propres-actifs-en-biodiversite</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Gilles Giorgetti : &lt;a href="mailto:ggiorgetti&amp;#64;maregionsud.fr"&gt;ggiorgetti&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-ports-propres-et-ports-propres-actifs-en-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
         <v>164249</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Appui à l'ingénierie - Mesure transverse</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F48" s="1" t="inlineStr">
+      <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I48" s="1" t="inlineStr">
+      <c r="I52" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M52" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Exemples de prestations d&amp;#039;ingénierie pouvant être financées par la mesure du fonds vert dédiée à l&amp;#039;ingénierie d&amp;#039;animation et de planification
  &lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P48" s="1" t="inlineStr">
+      <c r="P52" s="1" t="inlineStr">
         <is>
           <t>14/03/2025</t>
         </is>
       </c>
-      <c r="Q48" s="1" t="inlineStr">
+      <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités ou leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les porteurs de projet peuvent bénéficier :&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement de postes d’animateurs ou chefs de projet contractuels ;&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement d’études ou de conseils, pouvant être menés par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des organismes publics locaux agences techniques départementales - ATD, conseils d’architecture, d’urbanisme et de l’environnement - CAUE, agences d’urbanisme, agence locale de l’énergie et du climat...) ;&lt;/li&gt;&lt;li&gt;D’autres opérateurs publics (notamment CEREMA, ADEME, Agences de l’eau, Météo France…) ainsi que la Banque des Territoires, direction de la Caisse des Dépôts et Consignations&lt;/li&gt;&lt;li&gt;Des prestataires privés (bureaux d’études, associations...).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Ing%C3%A9nierie_v3.1.pdf</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
+      <c r="W52" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-ingenierie</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...114 lines deleted...]
-      <c r="A50" s="1">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>164440</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Préserver les milieux naturels : Fonds NAture - Nouvelle-Aquitaine Territoire Uni pour Restaurer nos Ecosystèmes</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Fonds NAture - Nouvelle-Aquitaine Territoire Uni pour Restaurer nos Ecosystèmes</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Face aux défis croissants liés à la dégradation des écosystèmes, la Fondation du patrimoine et la Région Nouvelle-Aquitaine se sont associées pour 3 ans (2025-2027) en créant un fonds inédit dédié à la préservation des milieux naturels et de la biodiversité : le Fonds NAture.
 Alimenté à parité par la Région Nouvelle-Aquitaine et la Fondation du patrimoine, et complété par du mécénat d&amp;#039;entreprises engagées dans la protection et la valorisation du patrimoine naturel de leur territoire, le Fonds NAture sera mobilisé pour financer des projets de préservation et restauration de la biodiversité, sur la base d’une sélection conjointe, par le biais d’appels à projets. &lt;/p&gt;&lt;p&gt;Objectifs &lt;/p&gt;&lt;p&gt;L&amp;#039;appel à projets du Fonds NAture a pour objectif de faire émerger et de soutenir des initiatives locales portées par des structures publiques ou associatives au service de la biodiversité. Les actions proposées devront clairement démontrer un impact positif direct sur la biodiversité et s’inscriront autant que possible dans une approche globale et territoriale de reconquête de la biodiversité. &lt;/p&gt;&lt;p&gt; Ainsi, le Fonds Nature accompagnera : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;des travaux de restauration ou de sauvegarde d’espaces naturels (zones humides, forêts, prairies, milieux littoraux, habitats d’espèces menacées…) ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;des acquisitions foncières par des structures gestionnaires reconnues, lorsqu’un projet de gestion conservatoire est préalablement défini ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;des aménagements spécifiques permettant l’amélioration de la biodiversité au sein du bâti (grilles à chiroptères, gîtes et nichoirs, protections, etc.), dans le cadre de travaux de restauration du bâti ancien d’intérêt patrimonial.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
+      <c r="M53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant de l&amp;#039;aide et critères d&amp;#039;éligibilité : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Seuil minimum de dépenses de 10 000 € (HT ou TTC selon le statut du porteur de projet au regard de la TVA), sauf pour les projets de biodiversité dans le bâti patrimonial (pas de seuil), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les structures publiques : obligation d&amp;#039;apporter un minimum de 20% d&amp;#039;autofinancement. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les associations, un autofinancement minimum sera exigé (étudié au cas par cas), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Montant et taux d&amp;#039;aide déterminés en fonction de la qualité des projets et de l&amp;#039;enveloppe budgétaire disponible.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Biodiversité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q50" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R50" s="1" t="inlineStr">
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles à l&amp;#039;appel à projets du Fonds NAture les maîtres d&amp;#039;ouvrages publics ou associatifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; collectivités locales et leurs groupements, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; syndicats mixtes, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; établissements publics, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; associations. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Les projets seront analysés au regard des critères suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; la robustesse du projet (plan de financement, mobilisation de partenaires, calendrier), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; la qualité patrimoniale et les enjeux de restauration ou d&amp;#039;acquisition du site (intérêt écologique, zonages environnementaux, enjeu de préservation/restauration, menaces pour la biodiversité...), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; la qualité du projet (intérêt environnemental, ambitions en termes d&amp;#039;impacts, pérennité, protocoles scientifiques...), &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; l&amp;#039;intégration locale du projet (approche globale/territoriale). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Les dossiers lauréats de l’appel à projets seront sélectionnés par un comité composé de personnes représentantes de la Région Nouvelle-Aquitaine et de la Fondation du patrimoine, appuyées par un collège d&amp;#039;experts ainsi qu&amp;#039;un collège de mécènes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/fonds-nature-nouvelle-aquitaine-territoire-uni-pour-restaurer-nos-ecosystemes</t>
         </is>
       </c>
-      <c r="W50" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>Pour candidater, les porteurs de projets devront s&amp;#039;adresser à la Fondation du patrimoine, à l’adresse électronique suivante :
 fonds-nature&amp;#64;fondation-patrimoine.org pour obtenir le formulaire de candidature.
 Il devront ensuite déposer leur dossier de candidature complet en format dématérialisé (Word et PDF signé), via le formulaire fourni accompagné des pièces justificatives demandées (listées dans le formulaire) à la même adresse :
 fonds-nature&amp;#64;fondation-patrimoine.org.
 Un accompagnement au montage du dossier pourra être apporté par la Fondation du patrimoine et ses bénévoles présents sur le terrain aux porteurs de projets qui le souhaitent.</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-nature-nouvelle-aquitaine-territoire-uni-pour-restaurer-nos-ecosystemes/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...180 lines deleted...]
-      <c r="C52" s="1" t="inlineStr">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D52" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E52" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I52" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J52" s="1" t="inlineStr">
+      <c r="J54" s="1" t="inlineStr">
         <is>
           <t>Taux maximal d’intervention FEDER : 60%</t>
         </is>
       </c>
-      <c r="K52" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L52" s="1" t="inlineStr">
-[...559 lines deleted...]
-      </c>
       <c r="L54" s="1" t="inlineStr">
-        <is>
-[...221 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
 &lt;/p&gt;
 &lt;p&gt;
  Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M55" s="1" t="inlineStr">
+      <c r="M54" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Elaboration de stratégies de transformation numérique du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
  &lt;/li&gt;
  &lt;li&gt;
   Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
  &lt;/li&gt;
  &lt;li&gt;
   Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
  &lt;/li&gt;
  &lt;li&gt;
   Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
  &lt;/li&gt;
  &lt;li&gt;
   Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Technologies numériques et numérisation
 Tiers-lieux
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
 &lt;/p&gt;
 &lt;p&gt;
  Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
 &lt;/p&gt;
 &lt;p&gt;
  Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
 &lt;/p&gt;
 &lt;p&gt;
  Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
 &lt;/p&gt;
 &lt;p&gt;
  Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
@@ -9066,620 +8887,258 @@
 &lt;ul&gt;
  &lt;li&gt;
   Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses de personnel.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités de soutien financier
 &lt;/p&gt;
 &lt;p&gt;
  Plancher minimal de subvention FEDER : 30 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;intervention FEDER : 60%
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
         </is>
       </c>
-      <c r="W55" s="1" t="inlineStr">
+      <c r="W54" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>florence.kohtz@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...198 lines deleted...]
-      <c r="A57" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
         <v>163216</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Favoriser la reconstruction du patrimoine naturel et de la biodiversité par la plantation de végétaux (haies, bosquets, plantes messicoles et mellifères)</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J57" s="1" t="inlineStr">
+      <c r="J55" s="1" t="inlineStr">
         <is>
           <t>Maximum de 60% de l'opération et plafond de 2€ à 2.50€/m pour la plantation de haies, bosquets / Maximum 30% de l'opération et plafond de 1 600 euros/ha pour les plantes messicoles et mellifères</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M57" s="1" t="inlineStr">
+      <c r="M55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plantation de haies et bosquets&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de plants ou de semences,&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;tuteurs et protections&lt;/li&gt;&lt;li&gt;installations de toiles de paillage biodégradables et compostables&lt;/li&gt;&lt;li&gt;travaux de réalisation&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plantation de plantes messicoles et mellifères&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de mélanges de semence&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;le semis sur la base de 20kg/ha&lt;/li&gt;&lt;li&gt;la fauche tardive&lt;/li&gt;&lt;li&gt;la location des terres (150€/ha maximum)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Sols
 Biodiversité</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Collectivités territoriales (Communes, EPCI avec ou sans fiscalité propre) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;Associations agréées de protection de l&amp;#039;environnement&lt;/li&gt;&lt;li&gt;Exploitations agricoles (tout statut juridique)&lt;/li&gt;&lt;li&gt;Associations portant des projets innovants intégrant les trois piliers du développement durable&lt;/li&gt;&lt;li&gt;Associations locales après avis de la Fédération de rattachement (pêche, chasse) pour les plantes messicoles et mellifères&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
         </is>
       </c>
-      <c r="W57" s="1" t="inlineStr">
+      <c r="W55" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes-1/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...164 lines deleted...]
-      <c r="A59" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>20364</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Développer des actions d'éducation à l'environnement et au développement durable (fonctionnement)</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I59" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La loi « MAPTAM » de janvier 2014 et la Loi « NOTRe » d&amp;#039;août 2015 ont confié aux Régions des compétences renforcées relatives à l&amp;#039;aménagement et au développement durable du territoire, à la protection de la biodiversité, au climat, à la qualité de l&amp;#039;air et à l&amp;#039;énergie. Dans ce contexte, la Région Occitanie / Pyrénées-Méditerranée mène plusieurs grands chantiers qui contribuent à la transition écologique et énergétique régionale, celle-ci nécessitant, pour réussir une implication citoyenne et collective.
 &lt;/p&gt;
 &lt;p&gt;
  La réussite de cette transition nécessite une compréhension des enjeux de celle-ci par tous les publics se trouvant en Occitanie. L&amp;#039;éducation est une condition de la réussite de cette transition.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;éducation à l&amp;#039;environnement et au développement durable (EEDD) est une éducation au sens large qui s&amp;#039;appuie sur les champs de l&amp;#039;information, de la sensibilisation, de la formation, de l&amp;#039;éducation et de la participation citoyenne pour impliquer les personnes dans l&amp;#039;action, à tous les âges de la vie.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EEDD explore ainsi, de manière croisée, des champs qui sont tant environnementaux, que sociaux, économiques ou culturels : énergie, biodiversité, eau, déchets, mobilité, alimentation, consommation, habitat, solidarité, santé, sport, patrimoine. Parce que son approche est globale, complexe et territoriale et qu&amp;#039;elle peut, de manière adaptée, s&amp;#039;adresser à tous les publics, l&amp;#039;EEDD est un outil transversal indispensable à la  mise en œuvre des politiques régionales sectorielles.
 &lt;/p&gt;
 &lt;p&gt;
  Le présent dispositif d&amp;#039;aide précise le soutien pouvant être apporté par la Région à des actions de sensibilisation, d&amp;#039;éducation ou de formation à la transition écologique et énergétique (TEE) de tous les publics régionaux (en ciblant en particulier les publics jeunes et lycéens et en favorisant notamment l&amp;#039;accès des personnes en situation de handicap) dans le cadre d&amp;#039;accompagnements et de processus pédagogiques de long terme (créant et accroissant une prise de conscience de chaque public ciblé).
 &lt;/p&gt;
 &lt;p&gt;
  Ces actions d&amp;#039;EEDD doivent permettre de faire comprendre la notion d&amp;#039;écocitoyenneté et d&amp;#039;impulser des changements de comportements durables, individuels et collectifs qui peuvent en découler, nécessaires à la transition écologique et énergétique régionale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -9739,798 +9198,660 @@
   &lt;strong&gt;
    &amp;#43; 40% (soit 70% maximum)
   &lt;/strong&gt;
   - Dans le cadre d&amp;#039;un appel à initiatives :
   Actions d&amp;#039;EEDD soutenant et valorisant l&amp;#039;innovation éducative et l&amp;#039;expérimentation pédagogique
   Projets de création de réseaux d&amp;#039;EEDD infrarégionaux (liés ou non à un territoire administratif) supportés par une structure associative
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Calendrier de dépôt des dossiers :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les programmes d&amp;#039;actions annuels :
  &lt;strong&gt;
   avant le 31 décembre année N-1
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets plus ponctuels : au fil de l&amp;#039;eau.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences
 Qualité de l'air
 Biodiversité</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actions d&amp;#039;éducation à la transition écologique et énergétique, favorisant l&amp;#039;écocitoyenneté ; ponctuelles, annuelles ou pluriannuelles ; auprès de tous les publics et dans tous les territoires régionaux ; favorisant les partenariats lors de la construction et de la mise en œuvre de celles-ci et s&amp;#039;appuyant sur une méthodologie ambitieuse.
 &lt;/p&gt;
 &lt;p&gt;
  Actions favorisant la coopération entre acteurs d&amp;#039;un même territoire de projet qu&amp;#039;il soit local, départemental, régional, inter-régional et/ou transfrontalier ou européen.
 &lt;/p&gt;
 &lt;p&gt;
  Actions de formation et de professionnalisation des acteurs de l&amp;#039;EEDD (évaluation des besoins de formations en EEDD, organisation de réseaux de formateurs d&amp;#039;acteurs de l&amp;#039;EEDD, formations qualifiantes et diplômantes de professionnels de l&amp;#039;EEDD, formations des acteurs associatifs bénévoles).
 &lt;/p&gt;
 &lt;p&gt;
  Mise en réseau des acteurs de l&amp;#039;EEDD (coordination et animation de réseau territorial et/ou thématique d&amp;#039;acteurs de l&amp;#039;EEDD ; création de rencontres territoriales ou thématiques d&amp;#039;acteurs de l&amp;#039;EEDD ; création d&amp;#039;outils collaboratifs de partage des savoir-faire et des savoirs des acteurs d&amp;#039;un même réseau ou entre réseaux, création de dispositifs pédagogiques s&amp;#039;appuyant sur l&amp;#039;expertise des membres du réseau).
 &lt;/p&gt;
 &lt;p&gt;
  Création de réseaux d&amp;#039;acteurs de l&amp;#039;EEDD infrarégionaux (formation d&amp;#039;un nouveau réseau territorial ou thématique se basant sur une dynamique entre acteurs individuels ou entre structures pouvant déjà exister ; rencontres d&amp;#039;acteurs ; organisation et animation de nouveaux réseaux d&amp;#039;EEDD), principalement côté est de la région Occitanie.
 &lt;/p&gt;
 &lt;p&gt;
  Innovations pédagogiques et thématiques : voir critères relatifs à l&amp;#039;appel à initiatives.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Soutien-au-developpement-de-l-education-a-l-environnement-et-au</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Transition Écologique et Energétique
 &lt;/p&gt;
 &lt;p&gt;
  Yann ABONNEAU Téléphone : 04 67 22 90 58 Mail : yann.abonneau&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5ab9-soutien-au-developpement-de-leducation-a-lenv/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>94499</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de connexion à la nature et de conservation de la nature et des espèces</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Fondation Nature &amp; Découvertes</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>De 6000 à 15000€</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Comités majeurs soutiennent des projets phares et expérimentaux, co-construits avec les associations, répondant aux enjeux forts en matière de biodiversité pour l&amp;#039;un et de pédagogie active au contact de la nature pour l&amp;#039;autre. Chacun est composé d&amp;#039;un jury d&amp;#039;experts de la société civile (scientifiques, pédagogues, spécialistes dans leur domaine) et de salariés Nature &amp;amp; Découvertes naturalistes et passionnés. Chaque comité annuel examine entre 10 et 20 propositions présélectionnées par l&amp;#039;équipe de la Fondation qui seront financés à partir de 6 000 € et jusqu&amp;#039;à 15 000 € pour les projets à portée nationale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Pédagogie active au contact de la nature » soutient des projets référents en matière de connexion à la nature. Il se réunit au mois de juin pour voter les dotations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Biodiversité » soutient de projets référents en matière de conservation de la nature et des espèces. Il se réunit au mois d&amp;#039;octobre pour sélectionner les lauréats.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Comité « Coup de main » soutient des initiatives de protection, de sensibilisation et d&amp;#039;éducation à la nature ordinaire ou remarquable en ciblant des projets de terrain à dimension locale, avec une forte part de bénévolat, pour réaliser des actions concrètes.
+ Il est composé d&amp;#039;un jury tournant de 20 salariés passionnés de nature issu des équipes de Nature &amp;amp; Découvertes et accompagnés d&amp;#039;experts. Ils se réunissent au fil des saisons : en février, avril, juillet et octobre pour voter le financement des projets compris entre 500 € et 3 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Dates de dépôt des candidatures : tout au long de l&amp;#039;année.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Fondation finance des demandes se situant sur les territoires français, belge et luxembourgeois. Ces projets sont proposés par des associations à but non lucratifs et concernent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La protection de la nature : Étude, inventaire ou réintroduction en statut précaire de conservation. Aménagement, réhabilitation ou acquisition d&amp;#039;un site naturel, soutien aux initiatives émergentes respectueuses de la biodiversité cultivée. Campagne de sensibilisation à la biodiversité impliquant le grand public ou un public ciblé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La reconnexion à la nature : Projets menés en pédagogie de projets débouchant sur la réalisation d&amp;#039;outils ou d&amp;#039;action adaptées au public cible.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Forêts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATTENTION, LA FONDATION NE FINANCE PAS LES PROJETS :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  proposés par des personnes individuelles, des structures commerciales ou collectrices d&amp;#039;impôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  déjà réalisés lors de l&amp;#039;attribution des subventions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à but lucratif, promotionnel ou publicitaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de fin d&amp;#039;études, de thèses ou de mémoires universitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;édition de livre ou de film ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à caractère personnel comme un voyage, un tour du monde, une participation à un rallye...
+ &lt;/li&gt;
+ &lt;li&gt;
+  événementiels (festivals, rencontres, classes vertes...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+REMARQUE : LES PROJETS À CARACTÈRE SOCIAL ET/OU SOCIÉTAL SONT LES BIENVENUS TANT QUE L&amp;#039;OBJECTIF PRINCIPAL RESTE CENTRÉ SUR LA PROTECTION OU LA DÉCOUVERTE DE LA BIODIVERSITÉ DE PROXIMITÉ.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation.natureetdecouvertes.com/les-projets/les-dispositifs-de-la-fondation/</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation-nature-decouvertes.optimytool.com/fr/user/login/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater :
+ &lt;a href="https://fondation-nature-decouvertes.optimytool.com/fr/user/login/" rel="noopener" target="_blank"&gt;
+  https://fondation-nature-decouvertes.optimytool.com/fr/user/login/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>flavie.berdu@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ace8-soutien-aux-projets-par-la-fondation-nature-e/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>99012</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine naturel et promouvoir les actions en termes d'EEDD et de sensibilisation à la préservation du patrimoine</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Environnement et activités de pleine nature - Fiche Actions 4</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I58" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>sur remboursement des dépenses du projet</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle a pour enjeux de &amp;#34;Valoriser le patrimoine naturel et promouvoir  les  actions  en  termes  d&amp;#039;EEDD  et  de  sensibilisation  à  la  préservation  du
+ patrimoine.&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Les impacts attendus sur le territoire sont:
+&lt;/p&gt;
+&lt;p&gt;
+ Effets directs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;offre en activités pleine nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en valeur des sites naturels, de leur faune et de leur flore
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la connaissance du patrimoine naturel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Effets indirects :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration de la sensibilité du grand public aux enjeux environnementaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Augmentation de la fréquentation des sites nature
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sports et loisirs
+Forêts
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  TO 4.1 : Soutien aux actions de formations et de mise en réseau des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.2 : Soutien à l&amp;#039;aménagement et mise en accessibilité de sites naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.3 : Soutien à la structuration et mise en place d&amp;#039;activités de pleine nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.4 : Soutien aux campagnes de nettoyage, sensibilisation et pédagogie à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 4.5 : Soutien aux actions de communication, promotion, valorisation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>GAL Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA4.pdf</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Romain DELARUE
+&lt;/p&gt;
+&lt;p&gt;
+ Animateur du GAL Nord et Centre de Mayotte
+&lt;/p&gt;
+&lt;p&gt;
+ 06.39.65.74.83
+&lt;/p&gt;
+&lt;p&gt;
+ adnc.mayotte&amp;#64;gmail.com
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>adnc.mayotte@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fe8c-copie-10h24-culture-patrimoine-et-traditions-/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>162647</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Innover en soutenant et en développant des projets préservant une vie locale dynamique et attractive, proches de l’environnement</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 5 - Innover en soutenant et en développant des projets préservant une vie locale dynamique et attractive, proches de l’environnement</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 40 000 €</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’offre culturelle, sportive et de loisirs est à la fois peu nombreuse et qualitativement en retrait au regard des besoins attendus par la population du Pays (en termes de diffusion artistique, de pratique et d’enseignement artistiques au-delà de l’agglomération périgourdine).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Et surtout, elle ne relie pas assez l’homme et la nature, à l’heure du changement climatique. Le besoin de se réconcilier est réel. Ce que permet la présence d’artistes sur le territoire, dans la mesure où ils savent créer un imaginaire, des ponts entre les différentes identités culturelles, qui composent notre société. Nous et nos territoires sommes tous porteurs de culture. Nous avons tous des valeurs, des histoires, des convictions, des traditions, des savoirs, des modes de vie et des pratiques artistiques, qui ne demandent qu’à s’exprimer, à&lt;br /&gt;se confronter pour faire société, dans un rapport à l’autre et à la nature apaisée. Cette définition élargie de la culture valorise le patrimoine culturel de chacun et de chacun de nos territoires.&lt;/p&gt;&lt;p&gt;Au-delà de l’offre culturelle, l’offre sportive, récréative et de loisirs a besoin d’être encouragée afin de monter en qualité et son nombre, tant pour les populations locales que pour les jeunes, désireux d’un dynamisme nouveau pour leur territoire, d’équipements permettant la rencontre et de tisser des liens.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les actions seront également pensées pour la vitalité sociale du territoire. Il s’agit par ailleurs d’apporter un appui au tissu associatif en améliorant son offre ou ses évènementiels et de les faire davantage fréquenter par la population.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Il s’agit aussi ici de co-construire dans la durée des actions culturelles avec des artistes et des habitants, afin que chacun se retrouve&lt;br /&gt;dans l’offre proposée. En partant des envies, des pratiques et des savoir-faire des personnes (promotion des droits culturels).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Encourager des actions en lien avec la thématique de l’Isle et de l’eau (dans sa dimension symbolique, fonctionnelle et environnementale) et sur les autres versants du patrimoine matériel et immatériel du territoire (gastronomie, forêt, biodiversité, bâti, histoire) …&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Opérations liées à la préservation et la valorisation de la rivière Isle et son milieu&lt;br /&gt;• Créations d’espace écologique&lt;br /&gt;• Zones d’éducation …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer la pratique récréative, sportive et de loisirs tout en permettant de créer et développer du lien social&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Équipements et sites de loisirs sportifs / récréatifs&lt;br /&gt;• Espaces concourant à soutenir et développer une vie locale dynamique et attractive&lt;br /&gt;• Aires de jeux&lt;br /&gt;• City-stades et Pumptracks …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer des actions de diffusion et de pratique artistique dans et hors les murs (en privilégiant les zones blanches, l’usage de l’espace public et des espaces transitoires, la convivialité et l’accès au plus grand nombre)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Spectacles&lt;br /&gt;• Expositions dans les murs et hors les murs&lt;br /&gt;• Ateliers (itinérants) de pratique artistique&lt;br /&gt;• Évènementiels …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Initier des projets de médiation culturelle et scientifique (sensibilisation sur les ressources du territoire)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées, manifestations, sensibilisation&lt;br /&gt;• Résidences d’artistes avec des actions pédagogiques&lt;br /&gt;• Évènementiels&lt;br /&gt;• Festivals qui valorisent les ressources du territoire&lt;br /&gt;• Art visuel pour valorisation du patrimoine&lt;br /&gt;• Ingénierie liée à l’organisation et l’animation d’ateliers&lt;br /&gt;• Land art&lt;br /&gt;• Prestations artistiques&lt;br /&gt;• Pôle multiculturel …&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Animation et mise en réseau
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;/p&gt;&lt;p&gt;- Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants&lt;br /&gt;- Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;- Les opérations relevant de l’éducation à l’environnement portant un intérêt régional &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA5-Vie-locale-et-Environnement.pdf</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y59" s="1" t="inlineStr">
         <is>
-          <t>admin@test.com</t>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
         </is>
       </c>
       <c r="Z59" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5ab9-soutien-au-developpement-de-leducation-a-lenv/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-soutenant-et-en-developpant-des-projets-preservant-une-vie-locale-dynamique-et-attractive-proches-de-lenvironnement/</t>
         </is>
       </c>
       <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:27" customHeight="0">
       <c r="A60" s="1">
-        <v>120412</v>
+        <v>20362</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Financer les études pour développer les sports de nature</t>
-[...4 lines deleted...]
-          <t>ETUDES SPORTS DE NATURE</t>
+          <t>Créer des outils pédagogiques, des supports d'éducation à l'environnement et au développement durable (investissement)</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Drôme</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
-        <is>
-[...630 lines deleted...]
-      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I63" s="1" t="inlineStr">
+      <c r="I60" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La loi « MAPTAM » de janvier 2014 et la Loi « NOTRe » d&amp;#039;août 2015 ont confié aux Régions des compétences renforcées relatives à l&amp;#039;aménagement et au développement durable du territoire, à la protection de la biodiversité, au climat, à la qualité de l&amp;#039;air et à l&amp;#039;énergie. Dans ce contexte, la Région Occitanie / Pyrénées-Méditerranée mène plusieurs grands chantiers qui contribuent à la transition écologique et énergétique régionale, celle-ci nécessitant, pour réussir une implication citoyenne et collective.
 &lt;/p&gt;
 &lt;p&gt;
  La réussite de cette transition nécessite une compréhension des enjeux de celle-ci par tous les publics se trouvant en Occitanie. L&amp;#039;éducation est une condition de la réussite de cette transition. L&amp;#039;éducation à l&amp;#039;environnement et au développement durable (EEDD) est une éducation au sens large qui s&amp;#039;appuie sur les champs de l&amp;#039;information, de la sensibilisation, de la formation, de l&amp;#039;éducation et de la participation citoyenne pour impliquer les personnes dans l&amp;#039;action, à tous les âges de la vie.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EEDD explore ainsi, de manière croisée, des champs qui sont tant environnementaux, que sociaux, économiques ou culturels : énergie, biodiversité, eau, déchets, mobilité, alimentation, consommation, habitat, solidarité, santé, sport, patrimoine. Parce que son approche est globale, complexe et territoriale et qu&amp;#039;elle peut, de manière adaptée, s&amp;#039;adresser à tous les publics, l&amp;#039;EEDD est un outil transversal indispensable à la mise en oeuvre des politiques régionales sectorielles.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le but de pouvoir appuyer des dispositifs éducatifs naissants ou existants, de pouvoir informer, sensibiliser ou éduquer les publics cibles de la politique régionale d&amp;#039;EEDD (ciblant tous les publics régionaux, dont en particulier les publics jeunes et lycéens, et favorisant l&amp;#039;accès des personnes en situation de handicap) ou de valoriser les nouvelles pratiques éducatives, il convient de soutenir la création d&amp;#039;outils pédagogiques innovants, adaptés, de grande qualité éducative, par des structures d&amp;#039;EEDD ayant des compétences reconnues dans ce domaine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les taux d&amp;#039;intervention (maximum) sont modulés en fonction des critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Taux de base - 30% (maximum) :
@@ -10574,228 +9895,413 @@
  Tous les taux d&amp;#039;intervention indiqués sont des taux
  &lt;strong&gt;
   maximum
  &lt;/strong&gt;
  , le taux appliqué final étant évalué en fonction de l&amp;#039;intérêt retenu par la Région du dossier transmis (spécialement à l&amp;#039;aune de l&amp;#039;argumentaire défini par le porteur de projet), du plan de financement présenté et du budget régional mobilisable.
 &lt;/p&gt;
 &lt;ul&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Calendrier de dépôt des dossiers
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets dont la demande de soutien financier est supérieure à 15 000 € :
  &lt;strong&gt;
   avant le 31 décembre année N-1
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets dont la demande de soutien financier est inférieure à 15 000 € : au fil de l&amp;#039;eau.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Education et renforcement des compétences
 Qualité de l'air
 Biodiversité</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Création d&amp;#039;un dispositif éducatif abordant et approfondissant un ou plusieurs thèmes de la transition écologique et énergétique.
   &lt;/li&gt;
   &lt;li&gt;
    Création ou réactualisation d&amp;#039;un dispositif éducatif itinérant circulant au niveau régional, sur un ou plusieurs départements, sur et hors d&amp;#039;un territoire administratif précis.
   &lt;/li&gt;
   &lt;li&gt;
    Création ou réactualisation d&amp;#039;une exposition pédagogique traitant d&amp;#039;un ou de plusieurs sujets d&amp;#039;EEDD.
   &lt;/li&gt;
   &lt;li&gt;
    Création d&amp;#039;une application multimédia éducative nourrissant la compréhension de la TEE ou soutenant l&amp;#039;animation ou la découverte d&amp;#039;un territoire.
   &lt;/li&gt;
   &lt;li&gt;
    Création d&amp;#039;outils ou de livrets éducatifs pouvant être remis à un public cible lors d&amp;#039;animations ponctuelles ou d&amp;#039;événements.
   &lt;/li&gt;
   &lt;li&gt;
    Création professionnelle de ressources ou d&amp;#039;ouvrages éducatifs faisant l&amp;#039;objet d&amp;#039;une publication.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V63" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Soutien-a-la-creation-d-outils-pedagogiques-supports-d-education</t>
         </is>
       </c>
-      <c r="X63" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Transition Écologique et Energétique
 &lt;/p&gt;
 &lt;p&gt;
  Yann ABONNEAU Téléphone : 04 67 22 90 58 Mail : yann.abonneau&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y63" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z63" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/53b5-soutien-a-la-creation-doutils-pedagogiques-su/</t>
         </is>
       </c>
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>120965</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les acteurs franciliens qui s’engagent en faveur de la biodiversité à travers un appel à projets dédié</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les dépenses en investissement :
+ jusqu&amp;#039;à 70% du montant des dépenses subventionnables (subvention max : 200 k€).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en fonctionnement :
+ jusqu&amp;#039;à 50% du montant des dépenses subventionnables (subvention max : 20 k€ TTC, bénévolat exclu).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
+ &lt;br /&gt;
+ Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Continuités écologiques terrestres
+  pour résorber les obstacles au déplacement des espèces terrestres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pollinisateurs sauvages,
+  pour préserver les espèces pollinisatrices, essentielles au maintien de la diversité de la flore et à notre alimentation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Trame noire et faune nocturne,
+  pour lutter contre la pollution lumineuse qui affecte la biodiversité, la santé humaine et la consommation énergétique locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé et biodiversité,
+  pour améliorer la connaissance sur leurs interdépendances et valoriser les aménités positives sur la santé humaine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;span&gt;
+  .
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un comité de programmation, présidé par le vice-président de la Région chargé de l&amp;#039;Écologie, du Développement durable et de l&amp;#039;Aménagement, sera chargé de l&amp;#039;examen des projets. Il associe
+ &lt;a href="https://www.arb-idf.fr/" rel="noopener" target="_blank"&gt;
+  l&amp;#039;Agence régionale de la biodiversité
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et les services de la Région, et veille à la qualité des dossiers et à la répartition équilibrée des projets sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution définitive des aides est votée en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/reconquete-de-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  biodiversite&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7912-reconquete-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>155116</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Mener des études et des actions de protection en faveur de la biodiversité</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Études et actions de protection en faveur de la biodiversité (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I64" s="1" t="inlineStr">
+      <c r="I62" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 60</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La conservation de la biodiversité patrimoniale et des milieux ordinaires, ainsi que des continuités écologiques constitue l&amp;#039;un des enjeux clés de la transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  Trois types de projets peuvent être accompagnés :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Restauration d&amp;#039;espaces naturels concourant à la préservation ou amélioration de la biodiversité/des paysages) : création de zones refuges ou de circulation pour la faune, création de coulées ou ceintures vertes, aménagement écologique de lisières, renaturation de friches urbaines ... ;
   &lt;/li&gt;
   &lt;li&gt;
    Aménagements d&amp;#039;espaces naturels permettant une découverte du site sans porter atteinte au milieu naturel : création de sentiers botaniques... ;
   &lt;/li&gt;
   &lt;li&gt;
    Rétablissement/maintien des continuités écologiques linéaires ou en pas japonais (haies, zones humides, bosquets).
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    MODALITÉS FINANCIÈRES
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    PIÈCES À FOURNIR
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Si étude, cahier des charges de l&amp;#039;étude et proposition du cabinet retenu
  &lt;/p&gt;
  &lt;p&gt;
   Pièces justifiant la bonification si sollicitée
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet proposé sur l&amp;#039;espace public (maitrise foncière publique ou servitude) devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une maîtrise foncière publique (propriété ou servitude) des espaces naturels est exigée ;
   &lt;/li&gt;
   &lt;li&gt;
    Les projets devront intégrer une réflexion préalable pour qualifier les enjeux de protection de la biodiversité ;
   &lt;/li&gt;
   &lt;li&gt;
    Les aménagements devront respecter le milieu naturel et la réglementation spécifique au site (autorisations relatives aux sites classés ou inscrits, au titre de la loi sur l&amp;#039;eau ou du droit d&amp;#039;urbanisme...) ;
   &lt;/li&gt;
   &lt;li&gt;
    Les espaces naturels devront être ouverts librement au public, sauf fragilité particulière du milieu naturel.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
@@ -10851,1849 +10357,789 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement) ;
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;aménagement dégradant le milieu naturel ;
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux réalisés en régie ;
   &lt;/li&gt;
   &lt;li&gt;
    Les frais de publicité et de reproduction des dossiers.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/etudes-et-actions-de-protection-en-faveur-de-la-biodiversite-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W64" s="1" t="inlineStr">
+      <c r="W62" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.95.25
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6322-etudes-et-actions-de-protection-en-faveur-de-/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
         <v>163963</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Restaurer les milieux et développer nos connaissances sur la biodiversité marine</t>
         </is>
       </c>
-      <c r="C65" s="1" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°4 - Impulser une dynamique partenariale pour restaurer les milieux et développer nos connaissances sur la biodiversité marine et les conséquences du changement climatique</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I65" s="1" t="inlineStr">
+      <c r="I63" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J65" s="1" t="inlineStr">
+      <c r="J63" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 fiche action est aujourd’hui un pilier incontournable pour garder une filière
 pêche et aquaculture attractive et en bon état écologique. Elle repose sur une
 volonté collective d’améliorer les connaissances du milieu marin, sa
 biodiversité et d’améliorer l’état écologique de nos littoraux, afin de
 préserver les ressources halieutiques. Il s’agit ainsi de s’appuyer sur
 l’Agenda 2030, notamment l’objectif 14 sur la vie aquatique « conserver et
 exploiter de manière durable les océans, les mers et les ressources marines aux
 fins du développement durable ». &lt;/p&gt;&lt;p&gt;En
 outre, il est nécessaire de pouvoir connaitre les conséquences du changement
 climatique sur la biodiversité, la faune et la flore, afin de pouvoir au mieux
 anticiper l’avenir de la filière pêche seinomarine, notamment les espèces qui y
 seront pêchées. Il s’agit donc de pouvoir identifier l’impact du changement
 climatique sur les espèces halieutiques et aquacoles locales pour s’y adapter,
 notamment en renforçant la coopération scientifique. On doit être en capacité
 de pouvoir vulgariser la connaissance du milieu marin pour une meilleure
 appropriation par les acteurs au niveau local des caractéristiques et des
 évolutions de nos eaux côtières. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;Le
 développement d’une conscience maritime suppose la sensibilisation et
 l’éducation de l’ensemble des publics (scolaires, grand public, élus, etc.), à
 la fois sur les aspects environnemental, économique, social et de gouvernance.
 Il est aujourd’hui important de développer une offre pédagogique à destination
 du grand public, des scolaires, des touristes. Ces actions d’éducation à
 l’environnement ont pour objectif de faire découvrir le monde de la mer,
 attirer les populations, même à proximité, à découvrir l’importance de
 l’écosystème marin, en mettant davantage l’accent sur la biodiversité et le
 caractère unique du littoral pour attirer les touristes. Plus spécifiquement, à
 destination du jeune public, il s’agira de développer l’éducation à la mer et une
 meilleure connaissance du milieu marin par le développement de projets
 éducatifs liés à la mer en particulier avec les lycées et les CFA.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Faire
 émerger des dynamiques collectives innovantes, expérimentales, partenariales
 (public/privé) pour une meilleure connaissance du milieu marin&lt;/li&gt;&lt;li&gt;Promouvoir
 l’excellence environnementale et assurer la protection des écosystèmes marins
 et côtiers&lt;/li&gt;&lt;li&gt;Développer
 une offre pédagogique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Prise
 en compte de l’environnement dans les actions de la filière pêche et
 aquaculture&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
 de l’excellence environnementale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la biodiversité marine, des milieux aquatiques et marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Approfondissement
 des connaissances des milieux marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Gestion
 durable des écosystèmes marins et côtiers&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M65" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Planification
 d’actions sur la conservation des ressources halieutiques et la protection des
 écosystèmes marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Séjour
 de classe de mer non prévu aux programmes de formation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Atlas
 de la biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
 d’une aire marine éducative&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
 d’une offre pédagogique&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place de nurseries et récifs artificiels&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Restauration
 des milieux et actions de préservation, repeuplements des eaux estuariennes et
 côtières&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place d’une école de biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Étude
 sur l’avenir de la filière pêche seinomarine et les conséquences du changement
 climatique&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P65" s="1" t="inlineStr">
+      <c r="P63" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q65" s="1" t="inlineStr">
+      <c r="Q63" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-les-impacts-des-activites-maritimes-et-littorales-dans-une-demarche-deconomie-circulaire/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>165460</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires à construire des dynamiques collectives en faveur de la biodiversité et de leur résilience</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>AMI Biodiversité en commun</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...83 lines deleted...]
-Prévention des risques
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En Hauts-de-France, les milieux naturels subissent de fortes pressions : artificialisation des sols, fragmentation des habitats… De ce fait, les écosystèmes s’affaiblissent et, avec eux, la qualité de vie des habitants.&lt;/p&gt;&lt;p&gt;Pourtant, la biodiversité reste notre meilleur allié : elle régule les inondations, favorise la pollinisation, améliore la qualité de l’air et de l’eau, et contribue au bien-être quotidien. Autant de services indispensables qui font d’elle un levier majeur de résilience et d’attractivité pour nos territoires.&lt;/p&gt;&lt;p&gt;C’est pourquoi, dans le cadre du projet &lt;a href="https://www.ofb.gouv.fr/le-projet-life-biodivfrance"&gt;LIFE Biodiv’France&lt;/a&gt; et avec l’appui opérationnel d’&lt;a href="http://www.enrx.fr/"&gt;Espaces naturels régionaux (ENRx)&lt;/a&gt;, &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/agence-regionale-biodiversite-hauts-de-france" target="_self"&gt;l’Agence régionale de la biodiversité Hauts-de-France (ARB HdF)&lt;/a&gt; lance &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun" target="_self"&gt;l’Appel à Manifestation d’Intérêt (AMI) « Biodiversité en commun »&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Quatre collectivités pilotes recherchées&lt;/h4&gt;&lt;p&gt;L’AMI permettra de sélectionner quatre collectivités de la région, qui seront accompagnées par Espaces naturels régionaux (ENRx) pour le compte de l’ARB HdF dans la conception et la mise en dynamique collective de projets en faveur de la biodiversité.&lt;/p&gt;&lt;p&gt;Pendant 2 à 3 ans, elles bénéficieront d’un accompagnement sur mesure pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobiliser des élus et services de la collectivité&lt;/li&gt;&lt;li&gt;Animer et impliquer des acteurs locaux (habitants, associations, entreprises…)&lt;/li&gt;&lt;li&gt;Co-construire un projet ou programme d’actions adapté aux enjeux de leur territoire&lt;/li&gt;&lt;li&gt;Appuyer le montage technique et financier de leurs projets&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;Un accompagnement collectif&lt;/h4&gt;&lt;p&gt;Au-delà du soutien individualisé, les lauréats pourront intégrer un réseau d’échanges en fonction des territoires et des projets retenus, afin de partager expériences et pratiques, et d’ancrer durablement la biodiversité comme bien commun.&lt;/p&gt;&lt;h4&gt;Dossier de candidature&lt;/h4&gt;&lt;p&gt;Pour en savoir plus et télécharger les documents de candidature,&lt;strong&gt; &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_blank"&gt;cliquez ici&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuités écologiques (trame verte et bleue, trame noire, etc.) ;&lt;/li&gt;&lt;li&gt;Agriculture (pollinisateurs, sols, bocage, etc.) ;&lt;/li&gt;&lt;li&gt;Eau, milieux aquatiques et zones humides ;&lt;/li&gt;&lt;li&gt;Nature en ville (îlots de fraîcheur, renaturation, désimperméabilisation) ;&lt;/li&gt;&lt;li&gt;Gestion des risques et adaptation (inondations, sécheresses, érosion, etc.) ;&lt;/li&gt;&lt;li&gt;Protection et gestion des espaces de nature ;&lt;/li&gt;&lt;li&gt;Mobilisation citoyenne, participation, éducation à l’environnement ;&lt;/li&gt;&lt;li&gt;Acculturation des élus et des services, gouvernance et transversalité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P66" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S66" s="1" t="inlineStr">
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>03/11/2025</t>
+        </is>
+      </c>
+      <c r="Q64" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2026</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Sont éligibles :&lt;/strong&gt;&lt;/h4&gt;&lt;ul&gt;&lt;li&gt;Les &lt;strong&gt;communes des Hauts-de-France de moins de 40 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;EPCI des Hauts-de-France de moins de 100 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Situées &lt;strong&gt;hors périmètre de Parc naturel régional&lt;/strong&gt; (PNR) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Candidatures conjointes (commune &amp;#43; EPCI) possibles si un porteur unique est identifié et si la gouvernance est clarifiée.&lt;/p&gt;&lt;p&gt;Les collectivités déjà lauréates d’un dispositif analogue (ex : AMI Solutions fondées sur la Nature de l’Agence de l’Eau Artois-Picardie, AMI ESTHER de la Région Hauts-de-France) peuvent candidater sous réserve de complémentarité et non redondance de l’accompagnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp=sharing</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_self"&gt;dossier de réponse&lt;/a&gt; doit être envoyé &lt;strong&gt;par voie électronique aux deux adresses mails suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Jules MAYRAND, ARB Hauts-de-France, &lt;a href="mailto:j.mayrand&amp;#64;enrx.fr"&gt;j.mayrand&amp;#64;enrx.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Agence régionale de la biodiversité Hauts-de-France, &lt;a href="mailto:arb.hdf&amp;#64;enrx.fr"&gt;arb.hdf&amp;#64;enrx.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objet du mail :&lt;/strong&gt;&lt;span&gt; « Candidature AMI Biodiversité en commun – [Nom de la c&lt;/span&gt;&lt;span&gt;ollectivité] ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;En cas de volumétrie importante, privilégier un &lt;strong&gt;lien de téléchargement &lt;/strong&gt;(plateforme de transfert) plutôt qu’une pièce jointe lourde.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Période de dépôt : &lt;/strong&gt;du 03/11/2025 au 30/01/2026.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>arb.hdf@enrx.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-territoires-a-construire-des-dynamiques-collectives-en-faveur-de-la-biodiversite-et-de-leur-resilience/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-[...600 lines deleted...]
-      <c r="A71" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>162781</v>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Accompagner le développement durable des activités maritimes, en particulier le secteur du nautisme</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Nos territoires d'abord développement durable des activités nautiques</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif affiché est d’accompagner le développement durable des activités maritimes, en particulier le secteur du nautisme.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; Concrètement, il s’agit de soutenir les projets portés par les territoires ou les entreprises qui participent à l’expérimentation, à l’innovation et au développement durable des activités économiques maritimes. L’intervention de la Région porte alors essentiellement sur la partie immobilière. Tout type de projet peut être considéré : aménagement de zones économiques, implantation ou modernisation des structures économiques.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités&lt;/li&gt; 	&lt;li&gt; entreprises&lt;/li&gt; 	&lt;li&gt;associations&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;Projets situés sur le territoire régional&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P71" s="1" t="inlineStr">
+      <c r="P65" s="1" t="inlineStr">
         <is>
           <t>27/05/2024</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Projets situés sur le territoire régional&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/nos-territoires-dabord-developpement-durable-des-activites-nautiques</t>
         </is>
       </c>
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Gilles GIORGETTI : &lt;a href="mailto:ggiorgetti&amp;#64;maregionsud.fr"&gt;ggiorgetti&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/nos-territoires-dabord-developpement-durable-des-activites-nautiques/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...52 lines deleted...]
-      <c r="K72" s="1" t="inlineStr">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>144518</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
-[...22 lines deleted...]
-Réseaux de chaleur
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Recyclage et valorisation des déchets
-Economie locale et circuits courts
-[...2 lines deleted...]
-Qualité de l'air
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Economie circulaire
 Biodiversité
-Réhabilitation
-[...1 lines deleted...]
-Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Prévention des risques
-[...13 lines deleted...]
-      <c r="O72" s="1" t="inlineStr">
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
-[...231 lines deleted...]
-      <c r="L74" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  La Région Occitanie aux côtés des acteurs de l&amp;#039;éducation  à l&amp;#039;environnement et au développement durable (EEDD) pour sensibilisé tous les publics aux enjeux de la transition écologique et énergétique.
+  → Conditions et critères d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...127 lines deleted...]
- Sont éligibles les projets suivants :
+ Une attention particulière sera portée sur les projets :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Actions d&amp;#039;éducation à la transition écologique et énergétique, favorisant l&amp;#039;écocitoyenneté ; ponctuelles, annuelles ou pluriannuelles ; auprès de tous les publics et dans tous les territoires régionaux ; favorisant les partenariats lors de la construction et de la mise en œuvre de celles-ci et s&amp;#039;appuyant sur une méthodologie ambitieuse.
-   &lt;br /&gt;
+   favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
   &lt;/li&gt;
   &lt;li&gt;
-   Actions favorisant la coopération entre acteurs d&amp;#039;un même territoire de projet qu&amp;#039;il soit local, départemental, régional, inter-régional et/ou transfrontalier ou européen.
-   &lt;br /&gt;
+   présentant l&amp;#039;engagement des collectivités locales ;
   &lt;/li&gt;
   &lt;li&gt;
-   Actions de formation et de professionnalisation des acteurs de l&amp;#039;EEDD (évaluation des besoins de formations en EEDD, organisation de réseaux de formateurs d&amp;#039;acteurs de l&amp;#039;EEDD, formations qualifiantes et diplômantes de professionnels de l&amp;#039;EEDD, formations des acteurs associatifs bénévoles).
-   &lt;br /&gt;
+   novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
   &lt;/li&gt;
   &lt;li&gt;
-   Mise en réseau des acteurs de l&amp;#039;EEDD (coordination et animation de réseau territorial et/ou thématique d&amp;#039;acteurs de l&amp;#039;EEDD ; création de rencontres territoriales ou thématiques d&amp;#039;acteurs de l&amp;#039;EEDD ; création d&amp;#039;outils collaboratifs de partage des savoir-faire et des savoirs des acteurs d&amp;#039;un même réseau ou entre réseaux, création de dispositifs pédagogiques s&amp;#039;appuyant sur l&amp;#039;expertise des membres du réseau).
-   &lt;br /&gt;
+   selon le périmètre d&amp;#039;intervention.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront porter sur les thématiques de la sensibilisation à la transition écologique (tout en respectant les champs d&amp;#039;action du Département) telles que :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la biodiversité (faune, flore et milieux d&amp;#039;intérêt local ou patrimonial, paysage...) ;
   &lt;/li&gt;
   &lt;li&gt;
-   Création de réseaux d&amp;#039;acteurs de l&amp;#039;EEDD infrarégionaux (formation d&amp;#039;un nouveau réseau territorial ou thématique se basant sur une dynamique entre acteurs individuels ou entre structures pouvant déjà exister ; rencontres d&amp;#039;acteurs ; organisation et animation de nouveaux réseaux d&amp;#039;EEDD), principalement côté est de la région Occitanie.
-   &lt;br /&gt;
+   l&amp;#039;économie circulaire (déchets, consommation, alimentation...) ;
   &lt;/li&gt;
   &lt;li&gt;
-   Innovations pédagogiques et thématiques : voir critères relatifs à l&amp;#039;appel à initiatives.
-   &lt;br /&gt;
+   la transition énergétique / le changement climatique (énergie, mobilité, risques majeurs, pollution...).
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
- &lt;br /&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
-[...40 lines deleted...]
- Mail : yann.abonneau&amp;#64;laregion.fr
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=200</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/demande-subvention</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
+Direction de l&amp;#039;Environnement&lt;br /&gt;
+Service Médiation environnementale et partenariats&lt;br /&gt;
+Tél. : 05.58.05.40.40&lt;br /&gt;
+Mèl : environnement&amp;#64;landes.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>105063</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Soutenir la valorisation des itinéraires de randonnée et de leur environnement dans le cadre du PDIPR</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Plan départemental des itinéraires de promenade et de randonnée (PDIPR) - valorisation des itinéraires de randonnée et de leur environnement</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du schéma des espaces naturels, le Département souhaite apporter un soutien financier aux communes et établissements publics de coopération intercommunale réalisant la valorisation de chemins ruraux dans le cadre du Plan Départemental des Itinéraires de Promenade et de Randonnée (PDIPR).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50% de la dépense subventionnable plafonnée à 200 € HT par km (pour les projets d&amp;#039;une longueur supérieure à 10 km)
  &lt;/li&gt;
  &lt;li&gt;
   subvention plafonnée à 50% de la charge nette HT du maître d&amp;#039;ouvrage
  &lt;/li&gt;
  &lt;li&gt;
   déplafonnement possible dans le cadre de projets d&amp;#039;ampleur départementale : étude au cas par cas, selon la nature du projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Paysage
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   exigence de qualité :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - de l&amp;#039;itinéraire (qualité paysagère, pas plus de 30% de voie revêtues, passages privés conventionnés...)
 &lt;/p&gt;
 &lt;p&gt;
  - des aménagements et documents réalisés (respect des normes et chartes en vigueur)
 &lt;/p&gt;
 &lt;p&gt;
  - intérêt en matière de développement durable (chantier d&amp;#039;insertion, gestion des déchets verts, taille
 &lt;/p&gt;
 &lt;p&gt;
  - avis informel du Comité Départemental de la Randonnée Pédestre et de Charentes Tourisme
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -12744,890 +11190,450 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le cas échéant, la délibération des communes en vue de l&amp;#039;inscription des chemins au PDIR
  &lt;/li&gt;
  &lt;li&gt;
   la description du document d&amp;#039;information (carte-guide) et des panneaux éventuels
  &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : en une seule fois, sur présentation de la/des facture(s) acquittée(s)
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
+      <c r="T67" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7131_PDIPR_ITINERAIRES_RANDONNEES.pdf</t>
         </is>
       </c>
-      <c r="W75" s="1" t="inlineStr">
+      <c r="W67" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   http://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : néant
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction des routes et de l&amp;#039;aménagement ; Tél. : 05 16 09 77 00
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0c50-soutenir-la-valorisation-des-itineraires-de-r/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E76" s="1" t="inlineStr">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>120412</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études pour développer les sports de nature</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
-[...268 lines deleted...]
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Objectif
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider les gestionnaires d&amp;#039;espaces, sites et itinéraires (ESI) à financer un conseil extérieur pour des études en lien avec le développement maîtrisé des sports de nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer l&amp;#039;offre sports de nature et améliorer la connaissance sur les pratiques et les            pratiquants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Objectif :
+  Nature de l&amp;#039;aide et montant :
  &lt;/strong&gt;
- Aider les gestionnaires d&amp;#039;espaces, sites et itinéraires (ESI) à aménager et équiper les lieux de pratique sports de nature.
-[...4 lines deleted...]
- &lt;/strong&gt;
+ subvention de fonctionnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Subvention d&amp;#039;investissement
+   &lt;span&gt;
+    Plafond à 60 000€ TTC de dépenses éligibles. Le temps de travail interne à la structure est exclu.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux : 60% d&amp;#039;aide (taux plafonné en fonction des autres aides publiques), dans la limite de 80 % d&amp;#039;aides publiques maximum. Pour les EPCI bi-départementaux, le taux d&amp;#039;intervention sera proratisé selon le pourcentage de population drômoise de l&amp;#039;EPCI..
   &lt;/li&gt;
  &lt;/ul&gt;
- &lt;p&gt;
-[...13 lines deleted...]
-&lt;/p&gt;
 &lt;h4&gt;
  Pièces constitutives du dossier
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
-    Demande écrite sollicitant la subvention adressée au Président du Conseil départemental.
+    Descriptif technique de l&amp;#039;étude, cahier des charges ou CCTP.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
-    Descriptif technique des travaux.
+    Budget prévisionnel et plan de financement.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
-    Carte 1/25000 de localisation des travaux.
+    Délibération pour les organisations publiques
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
-    Devis de l&amp;#039;opération.
-[...11 lines deleted...]
-    Lettre de demande d&amp;#039;inscription au PDESI/PDIPR et dossier d&amp;#039;inscription si nécessaire
+    Pour les associations, statuts, déclaration en Préfecture et compte-rendu de la dernière AG. Le maître d&amp;#039;ouvrage associera le Département sur les différentes phases de l&amp;#039;étude.
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h4&gt;
  Instruction des dossiers_Demande de dématérialisation
 &lt;/h4&gt;
 &lt;p&gt;
- Instruction interne au service.
-[...1 lines deleted...]
- Dépôt en ligne via
+ Instruction interne au service. Dépôt en ligne via
  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
   Drôm&amp;#039;Démat.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   TELESERVICE
  &lt;/strong&gt;
  : Sport et sports de nature
  &lt;br /&gt;
  &lt;strong&gt;
   DISPOSITIF
  &lt;/strong&gt;
- : Aménagement des lieux de pratique sports de nature
-[...2 lines deleted...]
- Versement : Copies des factures acquittées de l&amp;#039;opération.
+ : Etudes sports de nature
+&lt;/p&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Livrable de l&amp;#039;étude et copies des factures acquittées de l&amp;#039;opération
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M77" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Opérations éligibles
+  Opérations éligibles :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;/p&gt;&lt;ol&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
-    Étude de faisabilité d&amp;#039;aménagement d&amp;#039;un ESI
+    étude stratégique en lien avec les sports de nature (ex: stratégie territoriale sports de
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
-    Aménagement/équipement sur les espaces, sites et itinéraires :
-[...8 lines deleted...]
-    mise en accessibilité : chemin d&amp;#039;accès, passerelles, aire de stationnement, aire de retournement
+    nature)
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
-    ouverture d&amp;#039;un chemin
-[...35 lines deleted...]
-    acquisition foncière permettant la pérennisation foncière de l&amp;#039;ESI, son accès et/ou le stationnement
+    étude de fréquentation ou d&amp;#039;analyse de fréquentation, qualitative ou quantitative
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
- NB : pour des travaux situés en propriété privée des personnes privées, la maîtrise foncière devra être assurée par le biais d&amp;#039;un bail ou un engagement d&amp;#039;ouverture au public de 10 ans minimum.
-[...2 lines deleted...]
- Les aménagements devront être réalisés dans le respect du développement maîtrisé des sports de nature (intégration paysagère, concertation avec les différents usagers, limitation de l&amp;#039;impact environnemental, ...)
+ Ces études devront être en cohérence avec les objectifs fixés par le schéma départemental des sports de nature.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de faisabilité d&amp;#039;aménagement de lieux de pratique sports de nature relèvent du dispositif « aménagement des espaces, sites et itinéraires de sports de nature »
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études dont l&amp;#039;objet est directement lié au tourisme (ex: stratégie marketing sports de nature) relèvent du règlement départemental tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires
+  Bénéficiaires éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Collectivités et syndicats mixtes
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Associations et comités départementaux
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Office National des Forêts (ONF)
    &lt;/span&gt;
-   &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U77" s="1" t="inlineStr">
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X77" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction Environnement – Service Environnement, Espaces Naturels Sensibles, Sports de Nature –
-[...1 lines deleted...]
-  sportsnature&amp;#64;ladrome.fr
+ Service Instructeur et Référent : Direction Environnement – Service Environnement, Sports
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature –
+ &lt;a href="mailto:environnement&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+  environnement&amp;#64;ladrome.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  – 04 75 79 81 52
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea51-etudes-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...106 lines deleted...]
-      <c r="A79" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>90748</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Engager une démarche de développement durable et de qualité dans l’agroalimentaire</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Démarches de développement durable et de qualité dans l’agroalimentaire</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine
 Commission européenne</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I79" s="1" t="inlineStr">
+      <c r="I69" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      Votre entreprise transforme et commercialise des produits agricoles et, vous voulez engager votre entreprise dans des démarches de responsabilité sociétale, des préparations aux certifications Qualité ou environnementales ?
 L&amp;#039;aide aux démarches de développement durable et de qualité vous aide dans cette démarche.
     &lt;/p&gt;
     &lt;p&gt;
      &lt;strong&gt;
       Objectif :
      &lt;/strong&gt;
      Accompagner les entités qui s&amp;#039;engagent de façon volontaire dans des démarches de responsabilité sociétale conformément aux lignes directrices de l&amp;#039;ISO 26000 ou en vue de l&amp;#039;obtention d&amp;#039;une certification qualité ou environnementale.
     &lt;/p&gt;
     &lt;p&gt;
      Montant :
     &lt;/p&gt;
     &lt;p&gt;
      L&amp;#039;aide revêt la forme d&amp;#039;une subvention :
     &lt;/p&gt;
 &lt;p&gt;
  - Prestations externes relatives à une démarche RSE reconnue et conforme aux lignes directrices de l&amp;#039;ISO 26000 et au guide AFNOR AC X30-030 :
 &lt;/p&gt;
 &lt;p&gt;
@@ -13635,861 +11641,2069 @@
   &lt;li&gt;
    Plafond journalier de 1.000 €
   &lt;/li&gt;
   &lt;li&gt;
    Subvention : 50 % plafonnée à 30 000 € (70% pour les PE)
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  - Prestations externes préalables à une certification Qualité ou environnementale :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Plafond journalier de 1 000 €
   &lt;/li&gt;
   &lt;li&gt;
    Seulement pour les PME
   &lt;/li&gt;
   &lt;li&gt;
    Subvention : 50 % plafonnée à 30 000 €
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Bénéficiaires
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   Entreprises (hors sociétés de production agricole) situées en Nouvelle-Aquitaine, constituées sous forme de sociétés commerciales ou sous forme de coopératives agricoles, qui exercent une activité dans le domaine de la transformation ou du stockage-conditionnement de produits agricoles et/ou alimentaires et de leur commercialisation (hors commerce de détail).
  &lt;/li&gt;
  &lt;li&gt;
   Priorité aux PME et ETI
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/demarches-de-developpement-durable-et-de-qualite-dans-lagroalimentaire</t>
         </is>
       </c>
-      <c r="W79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ​​​​​​​Les dossiers sont à envoyer par mail à l&amp;#039;adresse iaa&amp;#64;nouvelle-aquitaine.fr
 &lt;/p&gt;
 &lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;agriculture des IAA et de la pêche
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3616-demarches-de-developpement-durable-et-de-qual/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>120084</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Soutenir la protection des Espaces Naturels Sensibles ouverts au public - Volet investissement Environnement</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>FONDS DEPARTEMENTAL DE L'ENVIRONNEMENT (FDE) -</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I80" s="1" t="inlineStr">
+      <c r="I70" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 50</t>
         </is>
       </c>
-      <c r="J80" s="1" t="inlineStr">
+      <c r="J70" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d'aides publiques : 70%</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce fonds vise à :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    valoriser le patrimoine naturel auprès du public, pour le transmettre et garantir le cadre de
  vie et le développement durable du territoire,
   &lt;/li&gt;
   &lt;li&gt;
    améliorer l&amp;#039;acquisition de connaissances et la définition de projets,
   &lt;/li&gt;
   &lt;li&gt;
    participer à l&amp;#039;aménagement des sites et à leur ouverture au public,
   &lt;/li&gt;
   &lt;li&gt;
    soutenir des populations en vue de leur restauration ou de leur maintien,
   &lt;/li&gt;
   &lt;li&gt;
    intégrer les trames verte et bleue dans les projets de territoire.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M80" s="1" t="inlineStr">
+      <c r="M70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Études de connaissances : inventaires
  et/ou suivi faune/flore, diagnostics
  écologiques et paysagers, publications (20% d&amp;#039;aide),
   &lt;/li&gt;
   &lt;li&gt;
    Elaboration plan de gestion/d&amp;#039;actions (20%),
   &lt;/li&gt;
   &lt;li&gt;
    Restauration des milieux
  constitutifs de la trame verte et
  bleue : travaux d&amp;#039;équipement (clôtures, protection,
  ouvrages de franchissement et
  hydrauliques, matériels...) présentant un
  gain environnemental, t
  ravaux écologiques (30%),
   &lt;/li&gt;
   &lt;li&gt;
    Restauration d&amp;#039;espèces animales ou
  végétales d&amp;#039;intérêt patrimonial : étude, travaux/fournitures pour la
  réintroduction ou le maintien d&amp;#039;espèces
  animales ou végétales remarquables - achat
  d&amp;#039;individus, suivis, transport, études
  préalables, travaux d&amp;#039;accueil des espèces (40%),
   &lt;/li&gt;
   &lt;li&gt;
    Accueil du public : études et conception de projets
  d&amp;#039;aménagement permettant la découverte
  du site et l&amp;#039;information du public, travaux liés à l&amp;#039;ouverture du public à des fins
  pédagogiques et/ou scientifiques cheminements -
  passerelles, balisage et panneaux
  pédagogiques, observatoires, bâtiments
  d&amp;#039;accueil et d&amp;#039;observation, etc (20%),
   &lt;/li&gt;
   &lt;li&gt;
    Supports d&amp;#039;animation pédagogiques, de
  communication et d&amp;#039;exposition : matériel d&amp;#039;exposition et
  d&amp;#039;affichage, maquettes (50%).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;opération ne doit être ni engagée ni avoir
  fait l&amp;#039;objet d&amp;#039;un bon de commande au moment du dépôt de la demande d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  Concernant les études, les services du Département doivent obligatoirement être associés à l&amp;#039;élaboration du
  cahier des charges, aux réunions de déroulement ainsi qu&amp;#039;à leur restitution.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux maximum d&amp;#039;aides publiques ne doit pas dépasser 70%.
 &lt;/p&gt;
 &lt;p&gt;
  Les prestations réalisées en régie sont acceptées (y compris main d&amp;#039;œuvre, frais de
  déplacement) et le montant des travaux doit être équivalent à une fourchette de
  prix habituellement pratiquée par des entreprises pour des opérations similaires. Elles ne doivent pas dépasser 30% de la dépense subventionnable  doivent être ré-imputées en section d&amp;#039;investissement (attestation du
  Trésorier à l&amp;#039;appui). L
  e pétitionnaire doit fournir une attestation signée du Président de la
  structure mentionnant le nombre d&amp;#039;heures effectuées par personne et le taux horaire appliqué.
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions sont échelonnées de  1.000 à 100.000 € et le taux d&amp;#039;aide de 20 à 50% selon la nature du projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nathalie MARIANNE
 &lt;/p&gt;
 &lt;p&gt;
  Direction du Développement Local
 &lt;/p&gt;
 &lt;p&gt;
  Service Environnement, Aménagement
 &lt;/p&gt;
 &lt;p&gt;
  Téléphones : 05 62 56 78 23 / 06 08 14 44 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:nathalie.marianne&amp;#64;ha-py.fr" rel="noopener" target="_blank"&gt;
   nathalie.marianne&amp;#64;ha-py.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2230-soutenir-la-protection-des-espaces-naturels-s/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>121461</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Eduquer au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Education au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le syndicat mixte du PNR des Baronnies provençales met en relation un réseau de professionnels susceptibles d&amp;#039;intervenir dans les écoles, les collèges, les lycées et les centres de loisirs et de vacances dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement, avec les communautés pédagogiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les interventions des professionnels sont financées grâce à des subventions régionales gérées par le syndicat mixte du Parc. Les professionnels et les enseignants entrent ainsi dans un réseau de professionnels qui peut bénéficier de formations dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement. Les projets sont valorisés dans plusieurs médias portés par le syndicat mixte du Parc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
+      <c r="M71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  À Taulignan , la classe de Quentin Sanchez est partie sur les traces du patrimoine local grâce à l&amp;#039;œil aiguisé de la photographe Anna Puig - Rosado de l&amp;#039;Atelier Bildo photo. Mêlant histoire moderne et découverte de la photographie, les élèves de CE1- CE2 ont étudié de vieilles cartes postales du village et les lieux représentés. À partir de ces prises de vue, ils se sont concrètement aperçus des changements qu&amp;#039;a connus le village : la filature est devenue salle d&amp;#039;escalade, la gare est devenue gendarmerie, etc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se trouver dans le périmètre classé du Parc naturel régional des Baronnies provençales, se trouver dans une ville-porte du Parc
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>PNR des Baronnies provençales (Parc naturel régional)</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://www.baronnies-provencales.fr/publication/le-petit-baroniard-2021/</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Matthieu MORARD
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission éducation au territoire et à l&amp;#039;environnement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  mmorard&amp;#64;baronnies-provencales.fr
 &lt;/p&gt;
 &lt;p&gt;
  04.75.26.79.03
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>eruin@baronnies-provencales.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>165246</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I82" s="1" t="inlineStr">
+      <c r="I72" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
 structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
 des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
 de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
 l&amp;#039;environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Education et renforcement des compétences
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
+      <c r="P72" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q82" s="1" t="inlineStr">
+      <c r="Q72" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
+      <c r="W72" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>163874</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Gérer l'eau et la nature dans les villes et les villages</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
+entraîné une artificialisation des zones urbanisées altérant durablement les
+fonctions écologiques des sols urbains, en particulier leurs fonctions
+hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
+le plus souvent par une imperméabilisation qui constitue la forme la plus
+sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
+naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
+l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
+corolaire un accroissement des ruissellements urbains, quasi-systématiquement
+gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
+inondations et des impacts plus ou moins significatifs sur la qualité des
+milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
+60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
+sont rejetés sans traitement au droit des déversoirs d’orage directement dans
+les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
+la vie présente dans ces sols et leur capacité à être supports de biodiversité,
+les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
+plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
+les capacités de stockage de carbone dans les sols sous forme de matière
+organique, facteur d’atténuation du dérèglement climatique, mais aussi de
+réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
+par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
+au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
+l’expression de leurs services écosystémiques, en repensant la place de l’eau
+et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
+constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
+Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
+Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
+première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
+titre de la présente délibération visent à impulser et accompagner la
+nécessaire transformation des modes d’aménagement urbain, de tendre vers un
+urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
+l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
+dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
+habitants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
+en améliorant leur état initial par la création de nouveaux espaces de nature
+en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité sont
+précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
+village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J74" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>129719</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Financer des projets contribuant au développement durable de la commune</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Communauté d'Agglomération Saint-Lô Agglo</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I83" s="1" t="inlineStr">
+      <c r="I75" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Réhabilitation
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets seront limités au nombre de 3 maximum par commune
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
   &lt;/li&gt;
   &lt;li&gt;
    Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T75" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>CA Saint-Lô Agglo</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
         </is>
       </c>
-      <c r="W83" s="1" t="inlineStr">
+      <c r="W75" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.saint-lo-agglo.fr/</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Saint-Lô Agglo
 &lt;/p&gt;
 &lt;p&gt;
  Service de développement et d&amp;#039;appui aux communes
 &lt;/p&gt;
 &lt;p&gt;
  appuicommunes&amp;#64;saint-lo-agglo.fr
 &lt;/p&gt;
 &lt;p&gt;
  02 14 16 01 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>soukaina.alouah@saint-lo-agglo.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G84" s="1" t="inlineStr">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>162934</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité et sensibiliser tous les publics aux enjeux du futur</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Biodiversité et Sensibilisation environnementale</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer la préservation de la biodiversité (ordinaire, en péril, trame verte, trame bleue, trame brune, …)&lt;/li&gt;&lt;li&gt;Préserver et valoriser le patrimoine naturel et permettre l’adaptabilité au changement climatique&lt;/li&gt;&lt;li&gt;Renforcer les réseaux d’acteurs afin de permettre la transversalité des thématiques (santé, paysage, climat, mobilité, agriculture)&lt;/li&gt;&lt;li&gt;Développer des outils de communication et de sensibilisation tout public&lt;/li&gt;&lt;li&gt;Sensibiliser et lutter contre les espèces invasives&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Expérimenter, adapter la flore (parterre, culture, forêt, …) au changement climatique et notamment au besoin en eau (hors acquisition ou plantation de plantes annuelles)&lt;/li&gt;&lt;li&gt;Créer un atlas des arbres remarquables / Inventaire du patrimoine floristique&lt;/li&gt;&lt;li&gt;Mettre en lien des acteurs touchés directement ou indirectement par la biodiversité&lt;/li&gt;&lt;li&gt;Restaurer les habitats permettant de préserver, d’améliorer ou de recréer une biodiversité&lt;/li&gt;&lt;li&gt;Valoriser et mettre en avant les bonnes pratiques sur les jardins privés&lt;/li&gt;&lt;li&gt;Créer des itinéraires en mobilité douce à la découverte de la biodiversité&lt;/li&gt;&lt;li&gt;Investir pour améliorer la biodiversité en milieu urbain&lt;/li&gt;&lt;li&gt;Créer des vitrines de projets de la biodiversité à l’échelle du Pays des Châteaux&lt;/li&gt;&lt;li&gt;Mener des études d’impact de projets sur la biodiversité&lt;/li&gt;&lt;li&gt;Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P76" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-2/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>164900</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme LIFE - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;158 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 158 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-ENV-SIP-two-stage: 56 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage: 72 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage and LIFE-2025-STRAT-ENV-SIP-two-stage: entre 10 et 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: between 10 et 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la mise en œuvre à grande échelle et coordonnée des plans, stratégies ou actions requises par la législation ou la politique de l&amp;#039;UE dans les domaines de l&amp;#039;environnement, du climat ou de l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les cadres d&amp;#039;action prioritaires (PAF) et/ou les plans nationaux de restauration pour le SNaP&lt;/li&gt;    &lt;li&gt;Soutenir la mise en œuvre des plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie dans le cadre du SIP&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles à la mise en œuvre complète de ces plans&lt;/li&gt;    &lt;li&gt;Mobiliser des financements supplémentaires pour renforcer et compléter les actions&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorités des SNaP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre pleinement les plans de biodiversité et de restauration de la nature (par exemple, les PAF, les plans nationaux de restauration)&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et mobiliser des financements pour des actions de biodiversité à grande échelle&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Priorités des SIP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre les plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les stratégies de neutralité climatique et de résilience au niveau local, régional et national&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et coordonner les financements pour la mise en œuvre complète des plans&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Parmi les actions financées&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Mise en œuvre directe des mesures et des objectifs des plans/stratégies ciblés&lt;/li&gt;    &lt;li&gt;Développement, test et démonstration d&amp;#039;approches intégrées&lt;/li&gt;    &lt;li&gt;Mobilisation de financements complémentaires&lt;/li&gt;    &lt;li&gt;Renforcement des capacités (formation, structures)&lt;/li&gt;    &lt;li&gt;Gestion de projet, reproductibilité et transférabilité des résultats&lt;/li&gt;    &lt;li&gt;Implication des parties prenantes&lt;/li&gt;    &lt;li&gt;Achat de terres (sous des conditions strictes liées à la conservation de la nature, en particulier pour Natura 2000)&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Eligibilité &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être : une ONG, une entreprise, une université, une institution de recherche, une PME, une organisation…&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : pays de l&amp;#039;EEE répertoriés et pays associés au programme LIFE (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/guidance/list-3rd-country-participation_life_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d’au moins 2 entités doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 60 et 120 mois&lt;/li&gt;    &lt;li&gt;Contact : CINEALIFE-ENQUIRIES&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/wp-call/2025/call-fiche_life-2025-strat-two-stage_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;LIFE-2025-STRAT-two-stage" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive :&lt;a href="https://cinea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://cinea.ec.europa.eu/programmes/life_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Industrie</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2025</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=LIFE-2025-STRAT-two-stage&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>128232</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Replacer la nature au cœur des aménagements</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Ma Commune Grandeur Nature</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Eure</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un dispositif global qui accompagne techniquement et financièrement les communes et intercommunalités qui placent la nature au cœur de leurs projets et aménagements pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer ou recréer des espaces de nature en ville et centres bourgs : végétalisation, renaturation, désimperméabilisation, création d&amp;#039;ilots de fraicheur, de jardins partagés, ouvriers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager et gérer les milieux naturels des communes : restauration de mares, haies, boisements, vergers, prairies, coteaux et terrasses alluviales, zones humides, aménagement de sentiers de découverte, équipements de préservation de la faune sauvage...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager des zones de transition entre les espaces urbanisés et les espaces agricoles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver la biodiversité, les rivières et les zones humides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégrer les enjeux environnementaux dans les projets d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 5 types de projets sont éligibles à l&amp;#039;accompagnement proposé dans le cadre de ce dispositif :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Type de projet 1 : Végétalisation et renaturation des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 2 : Renaturation des espaces publics - Végétalisation des cimetières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 3 : Création de jardins partagés et solidaires, Jardins ouvriers et familiaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 4 : Aménagement et gestion des milieux naturels des communes - Renaturation de mares
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 5 : Aménagement et gestion des milieux naturels des communes - Biodiversité
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Biodiversité
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant tout dépôt de dossier, une visite technique sera réalisée sur le terrain par le Département et/ou le CAUE27 afin de définir la place de la nature dans la commune. Pour organiser cette visite, contactez l&amp;#039;Agence de la ruralité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://agencedelaruralite-eure.fr/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence de la Ruralité du Département de l&amp;#039;Eure
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:agencedelaruralite&amp;#64;eure.fr" target="_self"&gt;
+  agencedelaruralite&amp;#64;eure.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 27 34 02 27
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>deera@eure.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f2c7-replacer-la-nature-au-cur-des-amenagements/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>58743</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions de sensibilisation, d'éducation ou de formation à la transition écologique et énergétique</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région Occitanie aux côtés des acteurs de l&amp;#039;éducation  à l&amp;#039;environnement et au développement durable (EEDD) pour sensibilisé tous les publics aux enjeux de la transition écologique et énergétique.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi « MAPTAM » de janvier 2014 et la Loi « NOTRe » d&amp;#039;août 2015 ont confié aux Régions des compétences renforcées relatives à l&amp;#039;aménagement et au développement durable du territoire, à la protection de la biodiversité, au climat, à la qualité de l&amp;#039;air et à l&amp;#039;énergie. Dans ce contexte, la Région Occitanie / Pyrénées-Méditerranée mène plusieurs grands chantiers qui contribuent à la transition écologique et énergétique régionale, celle-ci nécessitant, pour réussir une implication citoyenne et collective.
+&lt;/p&gt;
+&lt;p&gt;
+ La réussite de cette transition nécessite une compréhension des enjeux de celle-ci par tous les publics se trouvant en Occitanie. L&amp;#039;éducation est une condition de la réussite de cette transition. L&amp;#039;éducation à l&amp;#039;environnement et au développement durable (EEDD) est une éducation au sens large qui s&amp;#039;appuie sur les champs de l&amp;#039;information, de la sensibilisation, de la formation, de l&amp;#039;éducation et de la participation citoyenne pour impliquer les personnes dans l&amp;#039;action, à tous les âges de la vie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;EEDD explore ainsi, de manière croisée, des champs qui sont tant environnementaux, que sociaux, économiques ou culturels : énergie, biodiversité, eau, déchets, mobilité, alimentation, consommation, habitat, solidarité, santé, sport, patrimoine.
+ &lt;/strong&gt;
+ Parce que son approche est globale, complexe et territoriale et qu&amp;#039;elle peut, de manière adaptée, s&amp;#039;adresser à tous les publics, l&amp;#039;EEDD est un outil transversal indispensable à la  mise en œuvre des politiques régionales sectorielles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif d&amp;#039;aide précise le soutien pouvant être apporté par la Région à des
+ &lt;strong&gt;
+  actions de sensibilisation, d&amp;#039;éducation ou de formation à la transition écologique et énergétique (TEE)
+ &lt;/strong&gt;
+ de tous les publics régionaux (en ciblant en particulier les publics jeunes et lycéens et en favorisant notamment l&amp;#039;accès des personnes en situation de handicap) dans le cadre d&amp;#039;accompagnements et de processus pédagogiques de long terme (créant et accroissant une prise de conscience de chaque public ciblé).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions d&amp;#039;EEDD doivent permettre de faire comprendre la notion
+ &lt;strong&gt;
+  d&amp;#039;écocitoyenneté
+ &lt;/strong&gt;
+ et d&amp;#039;impulser des changements de comportements durables, individuels et collectifs qui peuvent en découler, nécessaires à la transition écologique et énergétique régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ Personnes morales développant des projets d&amp;#039;EEDD : associations, collectivités territoriales, syndicats mixtes, établissements publics, entreprises de l&amp;#039;économie sociale et solidaire (dont SCOP, SCIC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tous les taux d&amp;#039;intervention indiqués sont des taux maximum, le taux appliqué final étant évalué en fonction de l&amp;#039;intérêt du dossier transmis, du plan de financement présenté et du budget régional mobilisable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est modulé en fonction des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de base (maximum) :
+  30% :
+ Actions d&amp;#039;EEDD hors thématiques prioritaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 10% (soit 40% maximum) :
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;EEDD s&amp;#039;inscrivant dans les thématiques prioritaires de la Région dans le champ de la transition écologique et énergétique (TEE) : Energie, Eau, Biodiversité, Déchets et Economie circulaire, Risques naturels, Alimentation
+   &lt;/li&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;animation des réseaux d&amp;#039;EEDD existants (de niveau transfrontalier, inter-régional, régional, départemental, local ou thématique)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 20% (soit 50% maximum) :
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;EEDD développées spécifiquement dans les territoires où les publics n&amp;#039;ont pas accès à des actions de sensibilisation ou d&amp;#039;éducation à la TEE.  (Ce critère sera jugé lors de l&amp;#039;instruction, à l&amp;#039;aune de l&amp;#039;argumentaire présenté par le porteur de projet et de l&amp;#039;expertise des services.)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 30% (soit 60% maximum) :
+  &lt;/strong&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    Actions d&amp;#039;EEDD développées spécifiquement  pour le public lycéen, ou pour des scolaires dans les territoires où ce public n&amp;#039;a pas accès à des actions de sensibilisation à la TEE (cf. méthode d&amp;#039;évaluation du critère ci-dessus)
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#43; 40% (soit 70% maximum)
+  &lt;/strong&gt;
+  - Dans le cadre d&amp;#039;un appel à initiatives :
+  &lt;br /&gt;
+  Actions d&amp;#039;EEDD soutenant et valorisant l&amp;#039;innovation éducative et l&amp;#039;expérimentation pédagogique
+  &lt;br /&gt;
+  Projets de création de réseaux d&amp;#039;EEDD infrarégionaux (liés ou non à un territoire administratif) supportés par une structure associative
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier de dépôt des dossiers
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les programmes d&amp;#039;actions annuels :
+  avant le 31 décembre année N-1
+ .
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les projets plus ponctuels : au fil de l&amp;#039;eau.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les projets suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Actions d&amp;#039;éducation à la transition écologique et énergétique, favorisant l&amp;#039;écocitoyenneté ; ponctuelles, annuelles ou pluriannuelles ; auprès de tous les publics et dans tous les territoires régionaux ; favorisant les partenariats lors de la construction et de la mise en œuvre de celles-ci et s&amp;#039;appuyant sur une méthodologie ambitieuse.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Actions favorisant la coopération entre acteurs d&amp;#039;un même territoire de projet qu&amp;#039;il soit local, départemental, régional, inter-régional et/ou transfrontalier ou européen.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Actions de formation et de professionnalisation des acteurs de l&amp;#039;EEDD (évaluation des besoins de formations en EEDD, organisation de réseaux de formateurs d&amp;#039;acteurs de l&amp;#039;EEDD, formations qualifiantes et diplômantes de professionnels de l&amp;#039;EEDD, formations des acteurs associatifs bénévoles).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en réseau des acteurs de l&amp;#039;EEDD (coordination et animation de réseau territorial et/ou thématique d&amp;#039;acteurs de l&amp;#039;EEDD ; création de rencontres territoriales ou thématiques d&amp;#039;acteurs de l&amp;#039;EEDD ; création d&amp;#039;outils collaboratifs de partage des savoir-faire et des savoirs des acteurs d&amp;#039;un même réseau ou entre réseaux, création de dispositifs pédagogiques s&amp;#039;appuyant sur l&amp;#039;expertise des membres du réseau).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création de réseaux d&amp;#039;acteurs de l&amp;#039;EEDD infrarégionaux (formation d&amp;#039;un nouveau réseau territorial ou thématique se basant sur une dynamique entre acteurs individuels ou entre structures pouvant déjà exister ; rencontres d&amp;#039;acteurs ; organisation et animation de nouveaux réseaux d&amp;#039;EEDD), principalement côté est de la région Occitanie.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Innovations pédagogiques et thématiques : voir critères relatifs à l&amp;#039;appel à initiatives.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Soutien-au-developpement-de-l-education-a-l-environnement-et-au-developpement</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Transition Écologique et Energétique
+&lt;/p&gt;
+&lt;p&gt;
+ Yann ABONNEAU
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 90 58
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : yann.abonneau&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/686c-soutien-au-developpement-de-leducation-a-lenv/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>117637</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Créer de nouveaux espaces de nature et liaisons</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Stratégie nature</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objet de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Financer au cas par cas tout maitre d&amp;#039;ouvrage qui contribuerait à l&amp;#039;objectif de connexion des alto séquanais à la nature, par la végétalisation d&amp;#039;espace de plus de 5000 m2 ou de liaisons vertes permettant de liées différents espaces de nature existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  But :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre chaque habitant des Hauts de Seine à moins de 15 minutes à pied d&amp;#039;un espace de nature et le connecter à une trame éco paysagère de plus de 3.300 hectares de parcs, jardins, promenades et forêts.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principes d&amp;#039;actions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer de nouveaux espaces et liaisons. Acquérir, aménager, accueillir, entretenir, rénover, valoriser sont les verbes forts de la stratégie du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des ilots de verdure et de fraicheur en valorisant les délaissés et autres interstices urbains
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer des partenariats pour étendre son action et créer de nouvelles opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser les espaces de nature pour leur contribution positive aux enjeux de bien-être en ville, de santé humaine, de protection de la biodiversité et d&amp;#039;adaptation au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Présence connue d&amp;#039;habitat remarquable (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de flore remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de faune remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ou continuité identifié dans le SRCE ou une trame verte et bleue locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétation ayant une bonne fonctionnalité écologique (différentes strates, diversité d&amp;#039;espèces, rusticité, habitat et nourriture pour la faune...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sol vivant, peu ou pas perturbé et perméable sur au moins les 2/3 du site &amp;#43; gestion du ruissellement urbain ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ouvert au public, pour les loisirs et sports de plein air, pour la promenade et la détente, pour des activités culturelles et de reconnexion à la nature de plus de 5000 m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualité paysagère contribuant à l&amp;#039;identité du lieu et au patrimoine de la localité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace de fraicheur en été (lutte contre les îlots de chaleur urbain)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>http://www.hauts-de-seine.fr/la-strategie-departementale-des-espaces-de-nature</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lionel Lecoeur :
+ &lt;a href="mailto:llecoeur&amp;#64;hauts-de-seine.fr" rel="noopener" target="_blank"&gt;
+  llecoeur&amp;#64;hauts-de-seine.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>llecoeur@hauts-de-seine.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e81-creer-de-nouveaux-espaces-de-nature-et-liaiso/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>152463</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la préservation de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I84" s="1" t="inlineStr">
+      <c r="I81" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J84" s="1" t="inlineStr">
+      <c r="J81" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M84" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements paysagers, espace découverte de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;aménagement du parc paysager de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement du jardin de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création du parc paysager du Château de Villers sous Saint Leu
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un cimetière écologique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Biodiversité
 Paysage
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -14634,2468 +13848,157 @@
      &lt;p&gt;
       Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
  &lt;br /&gt;
  Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
+      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-[...2311 lines deleted...]
-      <c r="A99" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>94687</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Financer les études de préfiguration d'une démarche d'écologie industrielle et territoriale</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I99" s="1" t="inlineStr">
+      <c r="I82" s="1" t="inlineStr">
         <is>
           <t> Max : 69</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide - « Étude de préfiguration d&amp;#039;une démarche d&amp;#039;écologie industrielle et territoriale », mis en place par l&amp;#039;ADEME
 &lt;/p&gt;
 &lt;p&gt;
  Vous êtes un acteur privé, un groupement d&amp;#039;acteurs privés ou une entité publique qui souhaite s&amp;#039;engager dans une démarche d&amp;#039;écologie industrielle et territoriale ? L&amp;#039;ADEME peut cofinancer votre étude de préfiguration.
 &lt;/p&gt;
 &lt;p&gt;
  Objectif : l&amp;#039;Écologie industrielle et territoriale a pour objectif d&amp;#039;optimiser les ressources à l&amp;#039;échelle d&amp;#039;un territoire, que ce soit par des synergies de substitution ou de mutualisation.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ADEME accompagne les collectivités et les groupements d&amp;#039;entreprises souhaitant se lancer dans une démarche d&amp;#039;EIT en cofinançant une étude de préfiguration pour déterminer les conditions de réalisation de la démarche. L&amp;#039;objectif de cette étude de préfiguration est de bien préciser les enjeux et les caractéristiques du territoire, en identifiant les différents acteurs en présence et en analysant les forces, faiblesses et opportunités.
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiaires :
 &lt;/p&gt;
 &lt;p&gt;
  1/ Vous êtes un acteur ou un groupement d&amp;#039;acteurs privés comme :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    une instance inter-entreprises,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
@@ -17144,248 +14047,1417 @@
   &lt;li&gt;
    un Pôle d&amp;#039;équilibre territorial et rural (PETR),
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    etc.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Taux d&amp;#039;aide maximum : 50 à 70 % des dépenses éligibles,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Plafond de l&amp;#039;assiette des dépenses éligibles : 100 000 €.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M99" s="1" t="inlineStr">
+      <c r="M82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actions éligibles :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Études de préfiguration de projets collectifs d&amp;#039;EIT, portés par un acteur privé, un groupement d&amp;#039;acteurs privés ou une entité publique, réalisées en interne ou par un bureau d&amp;#039;études spécialisé dans les démarches d&amp;#039;EIT.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Industrie
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/subvention-etudes-prefiguration-dune-demarche-decologie-industrielle-territoriale</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez l&amp;#039;ADEME via leur
  &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
   formulaire en ligne
  &lt;/a&gt;
  pour en savoir plus sur ce dispositif
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/478c-aider-aux-etude-de-prefiguration-dune-demarch/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>120410</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le fonctionnement des structures départementales et bi-départementales de sport de nature</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>SOUTIEN EN FONCTIONNEMENT DES COMITES DEPARTEMENTAUX ET BI-DEPARTEMENTAUX DES SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Soutenir les structures départementales et bi-départementales (comités sportifs principalement) qui participent au développement des sports de nature sur le territoire en lien avec le schéma départemental des sports de nature.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont articulées autour d&amp;#039;une partie fonctionnement et d&amp;#039;une partie liée à l&amp;#039;accompagnement de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Type d&amp;#039;aide : subvention de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Aide au fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux projets
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : sont éligibles les structures départementales et bi-départementales,
+ &lt;strong&gt;
+  à l&amp;#039;exception
+ &lt;/strong&gt;
+ des associations sportives locales et fédérations non agréées.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;span&gt;
+  Opérations éligibles :
+ &lt;/span&gt;
+&lt;/h3&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    Aide au fonctionnement
+   &lt;/strong&gt;
+   : c
+  &lt;/span&gt;
+  &lt;span&gt;
+   ritères liés à la structuration du comité : nombre de licenciés moins de 18 ans, nombre d&amp;#039;agents de développement , nombre de clubs.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aides aux projets : Les projets doivent s&amp;#039;inscrire dans les priorités départementales suivantes :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   structurer, sécuriser et professionnaliser les clubs pour renforcer le rôle d&amp;#039;accompagnement des clubs par les comités.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;éducation par le sport pour faire de la jeunesse une priorité et utiliser le sport comme moyen d&amp;#039;éducation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer de manière maîtrisée les sports de nature en lien avec notre compétence départementale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;accès à la pratique sportive pour les publics empêchés, notamment en direction des publics porteurs d&amp;#039;un handicap.
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au haut niveau en lien avec le dispositif de soutien aux sportifs (club Drôme) et le dispositif de soutien aux clubs nationaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Attribution sous réserve d&amp;#039;aide au fonctionnement préalable
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   PV dernière AG
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Budget prévisionnel
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Statuts et déclaration en préfecture si non connus
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Bilan comptable et compte de résultat Fiches projets
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Fiches projets
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_ Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   TELESERVICE
+  &lt;/strong&gt;
+  : Sport et sports de nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DISPOSITIF
+  &lt;/strong&gt;
+  : Comités sports de nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour la part fonctionnement en fonction des pièces demandées ci-dessus
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la part projet(s) : fiche bilan du ou des projet(s)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/soutien-en-fonctionnement-des-comites-departementaux-et-bi-departementaux-des-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction Environnement – Service Environnement Sports Nature -
+  &lt;a href="mailto:environnement&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+   environnement&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  –
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  04 75 79 81 52
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acf0-soutien-au-fonctionnement-des-structures-depa/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>120421</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'aménagement des espaces, sites et itinéraires de sports de nature</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>AMENAGEMENT DES ESPACES, SITES ET ITINERAIRES DE SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Aider les gestionnaires d&amp;#039;espaces, sites et itinéraires (ESI) à aménager et équiper les lieux de pratique sports de nature.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Subvention d&amp;#039;investissement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Étude : plafond à 20 000€ de dépenses éligibles
+ &lt;/p&gt;
+ &lt;p&gt;
+  Travaux et acquisition foncière : plancher à 2 000€ et plafond à 80 000€ de dépenses éligibles
+ &lt;/p&gt;
+ &lt;p&gt;
+  Coût HT des dépenses subventionnables ou TTC pour les structures non soumises à TVA de travaux
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les collectivités, les projets d&amp;#039;un montant supérieur à 80 000€ HT pourront faire l&amp;#039;objet d&amp;#039;une demande dans le cadre du dispositif d&amp;#039;Aide aux territoires drômois au titre des Projets de Cohérence Territoriale.
+ &lt;/p&gt;
+&lt;p&gt;
+ Taux : 40 % d&amp;#039;aide et 60 % si l&amp;#039;itinéraire est inscrit au PDIPR ou au PDESI ou si le porteur de projet s&amp;#039;engage à l&amp;#039;inscription de l&amp;#039;ESI dans la limite de 80 % d&amp;#039;aides publiques maximum.
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Demande écrite sollicitant la subvention adressée au Président du Conseil départemental.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Descriptif technique des travaux.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Carte 1/25000 de localisation des travaux.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Devis de l&amp;#039;opération.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Pour les associations, statuts, déclaration en Préfecture et compte-rendu de la dernière AG.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Lettre de demande d&amp;#039;inscription au PDESI/PDIPR et dossier d&amp;#039;inscription si nécessaire
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Instruction des dossiers_Demande de dématérialisation
+&lt;/h4&gt;
+&lt;p&gt;
+ Instruction interne au service.
+ &lt;br /&gt;
+ Dépôt en ligne via
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôm&amp;#039;Démat.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Sport et sports de nature
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Aménagement des lieux de pratique sports de nature
+&lt;/p&gt;
+&lt;p&gt;
+ Versement : Copies des factures acquittées de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Étude de faisabilité d&amp;#039;aménagement d&amp;#039;un ESI
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Aménagement/équipement sur les espaces, sites et itinéraires :
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    mise en accessibilité : chemin d&amp;#039;accès, passerelles, aire de stationnement, aire de retournement
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    ouverture d&amp;#039;un chemin
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    mise en sécurité et protection : main courante, terrassement, empierrement...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    aménagements et équipements techniques liés à la pratique des sports de nature : mise à l&amp;#039;eau, pontons, terrassement, équipements de falaise...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    gestion des impacts environnementaux : toilettes sèches, ...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    équipements d&amp;#039;accueil du public : cabanon d&amp;#039;accueil, ...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    signalétique sous réserve de respect de la charte départementale
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    acquisition foncière permettant la pérennisation foncière de l&amp;#039;ESI, son accès et/ou le stationnement
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : pour des travaux situés en propriété privée des personnes privées, la maîtrise foncière devra être assurée par le biais d&amp;#039;un bail ou un engagement d&amp;#039;ouverture au public de 10 ans minimum.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements devront être réalisés dans le respect du développement maîtrisé des sports de nature (intégration paysagère, concertation avec les différents usagers, limitation de l&amp;#039;impact environnemental, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus du dispositif les équipements de loisirs ne relevant pas d&amp;#039;une fédération (sentier thématique, d&amp;#039;interprétation, parcours acrobatique en hauteur, luge d&amp;#039;été, ...), les aménagements touristiques (tables de pique-niques, table d&amp;#039;orientation...), le matériel lié à la pratique (baudriers, bateaux, avions, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Collectivités et syndicats mixtes
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Associations et comités départementaux
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Office National des Forêts (ONF)
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/amenagement-des-espaces-sites-et-itineraires-de-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Environnement – Service Environnement, Espaces Naturels Sensibles, Sports de Nature –
+ &lt;a href="mailto:sportsnature&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+  sportsnature&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ – 04 75 79 81 52
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/84de-amenagement-des-espaces-sites-et-itineraires-/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>163129</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les moyens d’animation nécessaires à la mise en œuvre des compétences sports de nature des territoires</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>ANIMATION TERRITORIALE SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;Objectif &lt;/h3&gt;    &lt;p&gt;Soutenir les moyens d’animation nécessaires à la mise en œuvre des compétences sports de nature des territoires.&lt;/p&gt;    &lt;h3&gt;Opérations éligibles&lt;/h3&gt;    &lt;p&gt;Moyens humains nécessaires à l’animation d’une ou plusieurs compétences sports de nature :&lt;/p&gt;    &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Gestion des sentiers de randonnée.&lt;/li&gt;&lt;li&gt;Gestion des sites naturels d’escalade.&lt;/li&gt;&lt;li&gt;Concertation/conciliation des usages (seuls les PNR sont éligibles).&lt;/li&gt;&lt;/ul&gt;        &lt;ul&gt; &lt;/ul&gt;    &lt;h3&gt;Type d’aide&lt;/h3&gt;    &lt;p&gt;Subvention de fonctionnement.&lt;/p&gt;    &lt;h3&gt;Dépenses subventionnables&lt;/h3&gt;    &lt;p&gt;Moyens d’animation charges comprises&lt;/p&gt;    &lt;h3&gt;Montant/Taux de l’aide&lt;/h3&gt;    &lt;p&gt;Le Département soutiendra les volumes d’animation à hauteur de :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;30 % pour la prise et/ou l’exercice d’une seule compétence&lt;/li&gt;    &lt;li&gt;40 % pour la prise et/ou l’exercice de deux compétences&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;Le plafond de dépenses éligibles est fixé à 40.000€ maximum par structure, charges comprises, avec un minimum de 0,5 ETP et un maximum de 1 ETP soutenu.&lt;/p&gt;    &lt;p&gt;Dans le cas de territoires bi-départementaux, la proratisation se fera en fonction du nombre de communes situées en Drôme.&lt;/p&gt;    &lt;h3&gt;Pièces constitutives du dossier&lt;/h3&gt;    &lt;ul&gt; &lt;li&gt;&lt;strong&gt;Le courrier &lt;/strong&gt;faisant acte de candidature&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Les délibérations &lt;/strong&gt;justifiant des prises de compétence&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;La présentation du territoire&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;NB : &lt;/strong&gt;Une description claire de la répartition des missions est attendue dans le cas de territoires inclus dans le périmètre d’un Parc Naturel Régional&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;&lt;strong&gt;La stratégie &lt;/strong&gt;en matière de développement des sports de nature, avec un lien particulier sur les compétences identifiées&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Le plan d’action &lt;/strong&gt;sur l’année à venir, en lien avec la/les compétence(s) identifiée(s). Il comprendra des objectifs chiffrés facilement évaluables lors de la phase de bilan annuel&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Le plan de financement &lt;/strong&gt;du volume d’animation sollicité&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Les justificatifs &lt;/strong&gt;des moyens d’animation (fiche de poste, fiche de paie)&lt;/li&gt; &lt;/ul&gt;    &lt;h3&gt;Instruction des dossiers_Demande de dématérialisation&lt;/h3&gt;    &lt;p&gt;Instruction interne au service.&lt;br /&gt;Dépôt en ligne via &lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôm’Démat.&lt;/a&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;TELESERVICE&lt;/strong&gt; : Sport et sports de nature&lt;br /&gt;&lt;strong&gt;DISPOSITIF &lt;/strong&gt;: &lt;strong&gt;Animation territoriale des sports de nature&lt;/strong&gt;&lt;/p&gt;    &lt;h3&gt;Versement&lt;/h3&gt;    &lt;ul&gt; &lt;li&gt;Bilan annuel sur la base du plan d’actions&lt;/li&gt;    &lt;li&gt;Fichier d’évaluation fourni par le Département&lt;/li&gt;    &lt;li&gt;Justificatifs financiers&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;« Le Département, premier partenaire des territoires » : Le bénéficiaire devra se conformer aux obligations du bénéficiaire de subventions départementales en matière de communication&lt;/p&gt;    &lt;h3&gt;Base réglementaire&lt;/h3&gt;    &lt;p&gt;Commission permanente du 24 juin 2024.&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;Exclusions&lt;/h3&gt;    &lt;p&gt;Ne sont pas éligibles les territoires ne disposant pas de compétence sports de nature.&lt;/p&gt;    &lt;h3&gt;Bénéficiaires&lt;/h3&gt;    &lt;ul&gt; &lt;li&gt;Les Etablissements Publics de Coopération Intercommunale (EPCI)&lt;/li&gt;    &lt;li&gt;Les syndicats mixtes (Parcs Naturels Régionaux)&lt;/li&gt; &lt;/ul&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/animation-territoriale-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction Environnement – Service Environnement, Sports de Nature&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:environnement&amp;#64;ladrome.fr" target="_self"&gt;environnement&amp;#64;ladrome.fr&lt;/a&gt;&lt;/p&gt;    &lt;p&gt;Téléphone : 04 75 79 81 52&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/animation-territoriale-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>103417</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la biodiversité en Île-de-France</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Continuités écologiques terrestres
+  &lt;/strong&gt;
+  pour résorber les obstacles au déplacement des espèces terrestres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pollinisateurs sauvages,
+  &lt;/strong&gt;
+  pour préserver les espèces pollinisatrices, essentielles au maintien de la diversité de la flore et à notre alimentation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Trame noire et faune nocturne,
+  &lt;/strong&gt;
+  pour lutter contre la pollution lumineuse qui affecte la biodiversité, la santé humaine et la consommation énergétique locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Santé et biodiversité,
+  &lt;/strong&gt;
+  pour améliorer la connaissance sur leurs interdépendances et valoriser les aménités positives sur la santé humaine.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en investissement : 70% maximum du montant des dépenses subventionnables, plafonné à 200 k€.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en fonctionnement : 50% maximum du montant des dépenses subventionnables, plafonné à 20 k€ TTC, bénévolat exclu.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Démarche
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur la plateforme en ligne mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/reconquete-de-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  biodiversite&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b728-reconquete-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>164109</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études pour favoriser l'eau et la nature en ville et village</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J87" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / ou modalités d'interventions milieux / ou modalités d'intervention activités économiques</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/li&gt;&lt;li&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/li&gt;&lt;li&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Les études de gouvernance/structuration des compétences eaux pluviales des collectivités/ingénierie 
+financière (en dehors des études portant sur le mode de gestion du service, régie, délégation ou choix 
+des délégataires) ;
+&lt;br /&gt;• Les études visant la mise en œuvre d’une gestion intégrée des eaux pluviales, études du potentiel de 
+déraccordement des eaux pluviales, et au cas par cas, les études de mise à jour des documents 
+d’urbanisme associés ou tout étude concourant à une bonne prise en compte du Schéma Directeur 
+d’Aménagement et de Gestion des Eaux dans le document d’urbanisme en vigueur ;
+&lt;br /&gt;• Les études visant l’établissement d’un plan d’actions global, règlementaire ou non, adapté à l’enjeu du 
+patrimoine du maitre d’ouvrage ;
+&lt;br /&gt;• Les études pour le diagnostic/schéma directeur, l’acceptation et la gestion écologique des espaces 
+urbains végétalisés et l’intégration de la nature en ville dans le cadre de projets de gestion intégrée de 
+l’eau ;
+&lt;br /&gt;• Les études diagnostic de zones humide et Trames vertes et Bleues ;
+&lt;br /&gt;• Les études de concertation dans le cadre d’un projet de cours d’école « bulle nature » éligible ;
+&lt;br /&gt;• Les études d’Inventaires Historiques Urbains portées par les collectivités ;
+&lt;br /&gt;• Les études allant au-delà du minimum règlementaire et nécessaires à la recherche de solutions plus 
+écologiques (essais de sol, dossiers loi sur l’eau, analyses de pollution, génie pédologique et recréation 
+de techno-sols, …) ;
+&lt;br /&gt;• Les études d’avant-travaux (études préliminaires, étude d’avant-projet, et de projet) ;
+&lt;br /&gt;• Les études en phase travaux/réception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. Lorsque le bénéficiaire peut réaliser l’étude par ses moyens propres, une aide est 
+accordée selon les modalités détaillées dans la fiche dédiée. Sont exclues les prestations d’assistance à la 
+maîtrise d’ouvrage réalisées dans ce cadre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q87" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de regroupement 
+des compétences et de 
+structuration de la maîtrise 
+d’ouvrage à l’échelle 
+intercommunale, hors mise 
+en place de délégation de 
+service public/régie&lt;/li&gt;&lt;li&gt;Études diagnostics, 
+schémas directeurs, y 
+compris études 
+d’investigations 
+complémentaires&lt;/li&gt;&lt;li&gt;Études nécessaires à la mise 
+en œuvre d’un projet 
+éligible (phases EP/AVP/PRO 
+et études annexes 
+nécessaires)&lt;/li&gt;&lt;li&gt;Études nécessaires au suivi 
+et à la réception des 
+travaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-gestion-du-temps-de-pluie-dans-les-projets-damenagement/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>162298</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les connaissances sur la biodiversité</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration des connaissances sur la biodiversité.</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La connaissance est un préalable indispensable à toute action de protection, de conservation et de sensibilisation sur la biodiversité. Il s’agit ici de soutenir des actions d’acquisition et de valorisation de connaissances faunistiques, floristiques, sur les milieux et leur fonctionnement, dans le cadre d’une stratégie régionale d’acquisition et d’amélioration de la connaissance naturaliste.&lt;br /&gt; Pour cela, la Région souhaite mobiliser tous les acteurs dans le développement de la connaissance, d’aider à analyser et mettre à disposition de l’information fiable et compréhensible par tous, de favoriser sa valorisation et son harmonisation.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Etablissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces naturels, Associations, Entreprises.&lt;/p&gt; &lt;p&gt;Types de projets soutenus&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Soutien aux inventaires de terrain, bilans stationnels, suivis et surveillance inscrits dans le cadre de plan d’actions de stratégies régionales,&lt;/li&gt; 	&lt;li&gt;Acquisition et développement des applications informatiques et bases de données (Système d’information et de localisation des espèces -SILENE-, Système d’information de l’inventaire du patrimoine naturel -SINP-)3,&lt;/li&gt; 	&lt;li&gt;Recueil, intégration et structuration des données et métadonnées,&lt;/li&gt; 	&lt;li&gt;Analyse et valorisation des données/études produites (listes rouges, inventaires Zones Naturelles d&amp;#039;Intérêt Écologique, Faunistique et Floristique ZNIEFF),&lt;/li&gt; 	&lt;li&gt;Soutien aux actions de l&amp;#039;observatoire régional de la biodiversité (production d&amp;#039;indicateurs, suivi d&amp;#039;espèces, outils de sensibilisation),&lt;/li&gt; 	&lt;li&gt;Étude des effets du changement climatique sur les écosystèmes terrestres (projets sentinelles),&lt;/li&gt; 	&lt;li&gt;Cartographie et études de définition des continuités écologiques ou étude visant leur amélioration,&lt;/li&gt; 	&lt;li&gt;Actions menées dans le cadre de la stratégie en faveur de l’amélioration et l’acquisition des connaissances naturalistes à l’échelle régionale,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances de la stratégie régionale de conservation de la flore,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances menées dans le cadre du Plan national en faveur des insectes pollinisateurs et de la pollinisation 2021-2026,&lt;/li&gt; 	&lt;li&gt;Projets relatifs à la prise en compte de la trame noire dans les politiques publiques (impact suivi des espèces, appui à la définition de stratégie).&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>17/07/2023</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/amelioration-des-connaissances-sur-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="W88" s="1" t="inlineStr">
+        <is>
+          <t>http://subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-des-connaissances-sur-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>121446</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Accompagner les mobilités durables urbaines</t>
         </is>
       </c>
-      <c r="C100" s="1" t="inlineStr">
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I100" s="1" t="inlineStr">
+      <c r="I89" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J100" s="1" t="inlineStr">
+      <c r="J89" s="1" t="inlineStr">
         <is>
           <t>Taux maximal d’intervention FEDER : 60%</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
  &lt;/li&gt;
  &lt;li&gt;
   Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M100" s="1" t="inlineStr">
+      <c r="M89" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
  &lt;/li&gt;
  &lt;li&gt;
   Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
  &lt;/li&gt;
  &lt;li&gt;
   Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
  &lt;/li&gt;
  &lt;li&gt;
   Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
  &lt;/li&gt;
  &lt;li&gt;
   Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes portant sur la mobilité urbaine.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
 &lt;/p&gt;
 &lt;p&gt;
  Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses éligibles
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
@@ -17411,90 +15483,1793 @@
   Dépenses de personnel.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités de soutien financier
 &lt;/p&gt;
 &lt;p&gt;
  Plancher minimal de subvention FEDER :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50 000 € pour les projets de travaux ;
  &lt;/li&gt;
  &lt;li&gt;
   20 000 € pour les projets d&amp;#039;études.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;intervention FEDER : 60%
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
         </is>
       </c>
-      <c r="W100" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>162266</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement par un accompagnateur-expert en transition écologique</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>CEDRE Premiers pas</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec CEDRE Premiers pas, concrétisez vos premières actions de transition écologique en finançant l&amp;#039;accompagnement de votre démarche par un accompagnateur-expert (économies d&amp;#039;énergie, empreinte carbone, adaptation à la raréfaction des ressources, etc.).&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises inscrites au&lt;a href="https://entreprendre.service-public.fr/vosdroits/F24023" target="_blank" title="Registre du Commerce et des sociétés"&gt; registre du commerce et des sociétés&lt;/a&gt;,au &lt;a href="https://api.gouv.fr/les-api/api_rnm" target="_blank" title="Economie Sociale et Solidaire"&gt;Répertoire national des métiers&lt;/a&gt; ou appartenant à l&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="Economie Sociale et Solidaire"&gt;’Economie Sociale et Solidaire &lt;/a&gt; (ESS) et développant une activité marchande.&lt;/li&gt; 	&lt;li&gt;Réalisant un chiffre d’affaires inférieur ou égal à 5 millions d’euros (attesté par les derniers comptes disponibles).&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement se situe en Provence-Alpes-Côte d’Azur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les entreprises ayant bénéficié d’une aide au titre de la Gamme CEDRE depuis la création dudit dispositif.&lt;/li&gt; 	&lt;li&gt;Les bureaux d’étude et cabinets conseils dont l’activité consiste à accompagner des organisations dans une démarche globale de RSE, de transition écologique et/ou de développement durable.&lt;/li&gt; 	&lt;li&gt;Les entreprises bénéficiaires d’un accompagnement à la mise en œuvre d’actions de transition écologique de même nature que celles éligibles au présent dispositif en année N-2 et/ou N-1.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les actions d’accompagnement ayant trait à : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;La réduction de l’impact environnemental des produits et services de l’entreprise et l’adaptation à la raréfaction des ressources (écoconception, durabilité/réparabilité des produits et services, cycle de vie des produits, gestion des déchets et valorisation de la matière, recyclage, réutilisation, utilisation économe des ressources, achats responsables, approvisionnement local, etc.)           &lt;br /&gt; 	    &lt;/li&gt; 	&lt;li&gt;La réduction des impacts liés aux transports au sein de l’entreprise (mobilité durable, stratégie d’acheminement des flux entrants et sortants dans des logiques de mutualisation, coopération, etc.   &lt;br /&gt; 	            &lt;/li&gt; 	&lt;li&gt;La réduction de la consommation d’énergie de l’entreprise (rénovation énergétique, énergie durable, synergie de flux, biomimétisme, etc.                                 &lt;/li&gt; 	&lt;li&gt; La réduction de l’empreinte carbone de l’entreprise (incluant la réalisation d’un bilan gaz à effet de serre, du calcul de l’impact environnemental de l’entreprise en vue d’une évolution vers une stratégie durable)       &lt;br /&gt; 	                                                  &lt;/li&gt; 	&lt;li&gt;Le déploiement d’actions de préservation des milieux naturels impactés par l’entreprise (lutte contre la pollution eau, air, sol, préservation de la biodiversité,  hors actions de compensation carbone)     &lt;br /&gt; 	                                                                   &lt;/li&gt; 	&lt;li&gt;Le déploiement d’un management responsable et d’une stratégie économique durable (établissement de relations durables avec clients et fournisseurs, engagement social/sociétal de l’entreprise, répartition équilibrée des richesses produites, implication de la gouvernance et des salariés dans la démarche de l’entreprise, déploiement d’outils de reporting de démarche RSE, mise en place d’une comptabilité extra financière, etc.)                               &lt;/li&gt; 	&lt;li&gt;Le déploiement de démarches innovantes d’économie de la fonctionnalité, d’économie circulaire ou l’accompagnement à l’obtention d’un label ou d’une certification RSE/environnement &lt;a target="_blank" title="ISO 26000"&gt;(ISO 26 000&lt;/a&gt; , &lt;a href="https://www.iso.org/fr/iso-14001-environmental-management.html" target="_blank" title="ISO 14000"&gt;ISO 14 000&lt;/a&gt;, &lt;a href="https://www.label-pmeplus.fr/" target="_blank" title="label PME&amp;#43; "&gt;label PME&amp;#43;&lt;/a&gt; etc.)       &lt;br /&gt; 	                                                               &lt;/li&gt; 	&lt;li&gt;L’adaptation aux conséquences du changement climatique et à la raréfaction des ressources (déploiement de solutions innovantes et/ou alternatives, changement/évolution des pratiques et procédés de production, actions de prévention des risques, etc.).&lt;/li&gt; &lt;/ul&gt;
+&lt;div&gt;&lt;p&gt;&lt;br /&gt; Les prestations n’ont pas vocation à accompagner la mise en conformité des entreprises avec les obligations légales qui leur sont faites. &lt;/p&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P90" s="1" t="inlineStr">
+        <is>
+          <t>29/03/2024</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les actions d’accompagnement ayant trait à : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;La réduction de l’impact environnemental des produits et services de l’entreprise et l’adaptation à la raréfaction des ressources (écoconception, durabilité/réparabilité des produits et services, cycle de vie des produits, gestion des déchets et valorisation de la matière, recyclage, réutilisation, utilisation économe des ressources, achats responsables, approvisionnement local, etc.)           &lt;br /&gt; 	    &lt;/li&gt; 	&lt;li&gt;La réduction des impacts liés aux transports au sein de l’entreprise (mobilité durable, stratégie d’acheminement des flux entrants et sortants dans des logiques de mutualisation, coopération, etc.   &lt;br /&gt; 	            &lt;/li&gt; 	&lt;li&gt;La réduction de la consommation d’énergie de l’entreprise (rénovation énergétique, énergie durable, synergie de flux, biomimétisme, etc.                                 &lt;/li&gt; 	&lt;li&gt; La réduction de l’empreinte carbone de l’entreprise (incluant la réalisation d’un bilan gaz à effet de serre, du calcul de l’impact environnemental de l’entreprise en vue d’une évolution vers une stratégie durable)       &lt;br /&gt; 	                                                  &lt;/li&gt; 	&lt;li&gt;Le déploiement d’actions de préservation des milieux naturels impactés par l’entreprise (lutte contre la pollution eau, air, sol, préservation de la biodiversité,  hors actions de compensation carbone)     &lt;br /&gt; 	                                                                   &lt;/li&gt; 	&lt;li&gt;Le déploiement d’un management responsable et d’une stratégie économique durable (établissement de relations durables avec clients et fournisseurs, engagement social/sociétal de l’entreprise, répartition équilibrée des richesses produites, implication de la gouvernance et des salariés dans la démarche de l’entreprise, déploiement d’outils de reporting de démarche RSE, mise en place d’une comptabilité extra financière, etc.)                               &lt;/li&gt; 	&lt;li&gt;Le déploiement de démarches innovantes d’économie de la fonctionnalité, d’économie circulaire ou l’accompagnement à l’obtention d’un label ou d’une certification RSE/environnement &lt;a target="_blank" title="ISO 26000"&gt;(ISO 26 000&lt;/a&gt; , &lt;a href="https://www.iso.org/fr/iso-14001-environmental-management.html" target="_blank" title="ISO 14000"&gt;ISO 14 000&lt;/a&gt;, &lt;a href="https://www.label-pmeplus.fr/" target="_blank" title="label PME&amp;#43; "&gt;label PME&amp;#43;&lt;/a&gt; etc.)       &lt;br /&gt; 	                                                               &lt;/li&gt; 	&lt;li&gt;L’adaptation aux conséquences du changement climatique et à la raréfaction des ressources (déploiement de solutions innovantes et/ou alternatives, changement/évolution des pratiques et procédés de production, actions de prévention des risques, etc.).&lt;/li&gt; &lt;/ul&gt;
+&lt;div&gt;&lt;p&gt;&lt;br /&gt; Les prestations n’ont pas vocation à accompagner la mise en conformité des entreprises avec les obligations légales qui leur sont faites. &lt;/p&gt;&lt;/div&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Chaque dossier de demande de subvention doit être transmis de manière dématérialisée sur la plateforme Démarches simplifiées.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer un compte ou se connecter à son compte existant puis effectuer sa demande de subvention. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;
+&lt;p&gt;Toute demande de modification et/ou de dépôt de pièces complémentaires doit obligatoirement intervenir via la messagerie sécurisée accessible dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; La subvention est attribuée pour un établissement (SIRET), principal ou secondaire. Au maximum, le même établissement ne peut bénéficier que d’une seule subvention tous les 2 ans.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/cedre-premiers-pas</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/cedre-premiers-pas</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au vendredi de &lt;strong&gt;8h30 à 12h30 et de 13h30 à 17h30&lt;/strong&gt; au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cedre-premiers-pas/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>120317</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de développement maîtrisé des sports de nature</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Projet de développement maîtrisé des sports de nature</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le cadre juridique, le contexte réglementaire et la politique départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi de documentation selon besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des réunions d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement méthodologique, juridique et technique, en mobilisant si besoin son réseau de partenaires ( Mouvement sportif – la Drôme tourisme –  LPO...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la définition de la stratégie de la collectivité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la définition d&amp;#039;un réseau de randonnées, réalisation d&amp;#039;un diagnostic de réseau permettant ensuite l&amp;#039;implantation de la signalétique directionnelle de randonnée et la création de bons plans randos sous la maîtrise d&amp;#039;ouvrage départementale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement réglementaire, technique et financier, aide à la recherche de financement pour la création et l&amp;#039;aménagement de lieux de pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la gestion des conflits d&amp;#039;usage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mise en place de stratégies de développement maîtrisé des sports de nature à l&amp;#039;échelle des territoires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la prise de compétence intercommunale « gestion des sentiers de randonnée » et à sa mise en œuvre,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la création ou à l&amp;#039;aménagement, la sécurisation de lieux de pratique sports de nature
+  &lt;/li&gt;
+  &lt;li&gt;
+   Promotion de la filière « outdoor/sports de nature» en lien avec la stratégie tourisme
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/projet-developpement-maitrise-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Service Environnement Sports Nature
+&lt;/p&gt;
+&lt;p&gt;
+ 04.75.79.81.52
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:sportsnature&amp;#64;ladrome.fr"&gt;
+  environnement&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b354-projet-de-developpement-maitrise-des-sports-d/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>122830</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser l'omnipréssence de l'eau et de la nature (LEADER /Fiche action 5)</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser l'omnipréssence de l'eau et de la nature</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>Les objectifs sont multiples et visent à
+ :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  permettre la découverte du territoire à travers les canaux, les cours d&amp;#039;eau et les circuits de randonnée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir la mise en réseau des sites et des acteurs à travers l&amp;#039;itinérance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer la destination touristique du territoire et du Lac du Der
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer des itinéraires de découvertes et des déclinaisons locales à pied, en vélo, à cheval, en lien et en complémentarité avec le réseau des voies vertes et de canaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer les services et les activités atour de l&amp;#039;eau et de la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;accessibilité des plans d&amp;#039;eau, canaux et rivières
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le développement touristique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  fédérer et inscrire les acteurs du territoire autour de la démarche touristique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études, de diagnostics pour la création ou le développement/modernisation de voies douces, d&amp;#039;itinéraires de découverte, d&amp;#039;équipements et de sites de loisirs et enfin de nouveaux produits touristiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;hébergements insolites, atypiques ou thématisés dans la limite de 2 hébergements insolites ou atypiques sur la durée du programme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de parcours accrobranche, via ferrata, escalade en pleine nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et réhabilitation d&amp;#039;équipements pour rendre les sites de loisirs et touristiques proches de l&amp;#039;eau accessible au public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception, aménagement, réhabilitation et équipement (signalétique) de circuits thématiques et des sentiers de voies douces et de randonnée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception et mise en place de nouveaux produits touristiques sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place et promotion des modes de déplacements touristiques doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de communication, de sensibilisation et de promotion permettant la mise en valeur et le développement du tourisme et des activités de pleine nature à tous les publics : animations, événement, participation à des salons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation pour les activités nouvelles et expérimentales (n&amp;#039;existant pas encore sur le territoire) renvoyant au tourisme mais aussi pour la communication et la promotion touristique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la promotion du territoire (agents et élus) sur les thématiques de la promotion touristique dans un sens large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de sensibilisation et de communication touristiques : création de supports, outils de diffusion et de matériels renvoyant au numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c06-federer-les-acteurs-locaux-autour-dune-demarc/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>144499</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les sports de nature au titre du PDESI des Landes</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Réglement relatif à la promotion des sports de nature au titre du PDESI des Landes</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projet peuvent bénéficier d&amp;#039;aides pour des études, l&amp;#039;aménagement et la gestion des sites de pratique. L&amp;#039;usager bénéficie d&amp;#039;une accessibilité gratuite, de son entretien, de sa sécurité et de son suivi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prise en charge des dépenses :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études 70 % maximum du montant H.T.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements : 50% maximum du montant H.T.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pérennisation foncière : 50% maximum du montant H.T.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Stations sports de nature (réalisation outils numériques) : 60% maximum du montant H.T.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de l&amp;#039;aide départementale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études : 10 000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement : 50 000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pérennisation foncière : 10 000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   Stations sports de nature (réalisation outils numériques) : 15 000 €&amp;#34;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   ESI de niveau III
+  &lt;/li&gt;
+  &lt;li&gt;
+   ESI appartenant à une « station sports de nature » inscrits au PDESI
+  &lt;/li&gt;
+  &lt;li&gt;
+   Amélioration des ESI de niveau II si reclassement au niveau III
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/files/cg40/vivre-ensemble/education/guide_aides_2012/Reglement-2021-PDESI.pdf</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:sportsdenature&amp;#64;landes.fr" target="_self"&gt;
+  sportsdenature&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/73b4-promouvoir-les-sports-de-nature-au-titre-du-p/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>105331</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l'environnement et le développement durable en Charente</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa politique en faveur de l&amp;#039;environnement, le Département encourage la sensibilisation de tous les publics, en soutenant des actions, animations ou manifestations concourant à l&amp;#039;éducation à l&amp;#039;environnement et à la diffusion de la culture du développement durable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le montant de la subvention est attribué en fonction de la nature de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  plancher de subvention : 500€
+ &lt;/li&gt;
+ &lt;li&gt;
+  plafond de subvention : 2000€ /an
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutefois, le Département pourra déplafonner sa subvention pour des projets d&amp;#039;ampleur départementale, dans la limite des crédits votés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Thématiques soutenues :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la protection de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation de l&amp;#039;eau et des zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  les trames vertes et l&amp;#039;arbre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Eligibilité des actions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les actions devront concerner des animations, de la sensibilisation, des manifestations, des expérimentations ou des formations dans le respect des thématiques ci-dessus
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour tous les projets subventionnés, la lisibilité du soutien départemental devra apparaitre dans tous les supports de communication, dans la presse, dans les invitations, courriers et brochures publiées...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités territoriales :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de la délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département ainsi que les autres financeurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les associations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : conformément à la notification de décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7132_AGIR_POUR_L_ENVIRONNEMENT_ET_LE_DVPT_DURABLE_EN_CHARENTE.pdf</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous pouvez utiliser les télé-services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement affectée à une action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 30 septembre
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service environnement, agriculture et aménagement foncier ; Tél. : 05 16 09 60 56
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ab5d-agir-pour-lenvironnement-et-le-developpement-/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>164335</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Opérations ponctuelles ou globales</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT /</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations ponctuelles 
+ou globales 
+d’aménagement mettant 
+en œuvre une gestion 
+intégrée des eaux de 
+pluie et végétalisation 
+associée&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q95" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de gestion intégrée 
+des eaux pluviales et de 
+végétalisation associée 
+situés en zone urbanisée&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-etudes/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>164337</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Déraccordement des eaux pluviales et gestion à la parcelle</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Forfait de 1 000€/branchement</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations de 
+déraccordement des 
+eaux pluviales et de 
+gestion à la parcelle&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en conformité 
+groupée de branchements 
+privatifs existants sous 
+maîtrise d’ouvrage publique&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-dispositif-cours-decole-bulle-nature/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>164338</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - Économie d'eau</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J97" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/li&gt;&lt;li&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/li&gt;&lt;li&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place 
+d’installation de 
+récupérateur et de 
+réutilisation d’eau 
+pluviale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q97" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans le cadre d’un projet 
+ponctuel avec approche 
+multifonctionnelle (Gestion 
+Intégrée des Eaux Pluviales 
+&amp;#43; sobriété en eau, …)&lt;/li&gt;&lt;li&gt;Travaux groupés réalisés 
+sous maîtrise d’ouvrage 
+publique permettant de 
+déraccorder des eaux 
+pluviales du réseau &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-deraccordement-des-eaux-pluviales-et-gestion-a-la-parcelle/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>163146</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J98" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 100 000 euros pour les études / 200 000 euros pour les travaux / 50 000 euros pour les autres opérations</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Collectivités territoriales (Communes, EPCI avec ou sans fiscalité propre) &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Associations agréées de protection de l&amp;#039;environnement&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Subvention minimum de 1 000 €, pour la restauration et préservation des milieux naturels et la gestion des eaux pluviales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes stratégiques&lt;/li&gt;&lt;li&gt;Etudes et travaux d&amp;#039;aménagement et des gestion des bassins-versants en vue de réguler les ruissellements, freiner l&amp;#039;érosion des sols et les inondations, de renaturation, restauration d&amp;#039;espaces de mobilité, réduction de section d&amp;#039;écoulement, remise en fond de talweg, de restauration sélective de la ripisylve, plantations, aménagement de clôtures et d&amp;#039;abreuvoirs, lutte contre les espèces invasives, aménagement de berges, de reconnexion d&amp;#039;annexes hydrauliques aux cours d&amp;#039;eau, restauration de milieux et habitats d&amp;#039;espèces, préservation de zones humides, de restauration de la continuité écologique des cours d&amp;#039;eau, de reconstitution de milieux naturels, de gestion des milieux par éco-pâturage&lt;/li&gt;&lt;li&gt;Acquisitions de données et suivis scientifiques&lt;/li&gt;&lt;li&gt;Acquisitions de parcelles présentant un intérêt de préservation pour le patrimoine naturel, permettant de faciliter la réalisation de projets de restauration de continuité écologique, l&amp;#039;expansion de crues ou la reconquête de la ressource en eau dans les bassins d&amp;#039;alimentation d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Communication et valorisation&lt;/li&gt;&lt;li&gt;L&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, les études préalables, les études stratégiques, les études de projet, les études complémentaires nécessaires&lt;/li&gt;&lt;li&gt;Les dépenses liées aux procédures réglementaires&lt;/li&gt;&lt;li&gt;Les dépenses diverses liées aux travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Bonification possible jusqu&amp;#039;à 60%.&lt;/p&gt;&lt;p&gt;Pour les acquisitions foncières, le plafond subventionnable en milieu rural est de 15 000 €/ha (soit 1.50 €/m) et en milieu urbanisé de&lt;span&gt; &lt;/span&gt;&lt;span&gt;30 000 €/ha (soit 3 €/m).&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
+        </is>
+      </c>
+      <c r="W98" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-cadre-de-vie/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>104975</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les défis sportifs du Département (sports de nature)</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Les sports de nature - défis sportif du Département</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département met en place un challenge nommé « Les défis sportifs du Département » autour d&amp;#039;un programme de manifestations sports de nature : trails, raids aventure, courses d&amp;#039;orientation, marches nordiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention forfaitaire est fixée à :&lt;/p&gt;&lt;ul&gt;
+ &lt;li&gt;
+  500 € pour les trails et/ou marche nordique (600 € pour les organisations proposant en plus une nocturne)
+ &lt;/li&gt;
+ &lt;li&gt;
+  500 € pour les épreuves de courses d&amp;#039;orientation
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 000 € pour le marathon du Cognac
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier du soutien départemental, la manifestation doit être inscrite au calendrier des défis sportifs du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les organisateurs sont invités à mettre en place des actions pour limiter l&amp;#039;impact sur l&amp;#039;environnement et pour faciliter l&amp;#039;accès des publics éloignés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : les dossiers doivent être adressés au Département au minimum deux mois avant la date de la manifestation sportive.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, après la notification de décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Sport/6132_SPORT_DE_NATURE_DEFIS_SPORTIFS_01.pdf</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Sport - Manifestations ou défis sportifs
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : deux dates de dépôt sont proposées : mi-février et mi-juillet de l&amp;#039;année en cours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service sports et activités de pleine nature ; Tél. : 05 16 09 68 46
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e69e-soutenir-les-defis-sportifs-du-departement-sp/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>162219</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets d’investissements industriels structurants et aux impacts positifs importants</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet 1 : à titre principal, &lt;strong&gt;des projets d’investissements industriels structurants et ambitieux sur le plan environnemental&lt;/strong&gt; (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;Volet 2 : à titre auxiliaire, &lt;strong&gt;des projets d’investissements contribuant au développement des compétences&lt;/strong&gt; (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;Volet 3 : à titre exceptionnel, &lt;strong&gt;un soutien spécifique et renforcé aux projets d’investissements industriels structurants et ambitieux&lt;/strong&gt; sur le plan environnemental, tels que définis aux volets 1 et 2 qui contribuent à la redynamisation de territoires « rebond industriel » (territoires confrontés à de fortes difficultés industrielles ou des restructurations importantes de chaînes de valeur, qui bénéficient spécifiquement d’un accompagnement en ingénierie par l’Agence Nationale de la Cohésion des Territoires (ANCT) dans une limite de 3 territoires par an).&lt;/p&gt;&lt;p&gt;Pour candidater &lt;a target="_blank" href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie"&gt;rendez-vous sur le site démarche simplifiée&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/fonds-vert-territoires-dindustrie-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
       <c r="Y100" s="1" t="inlineStr">
         <is>
-          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z100" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique/</t>
         </is>
       </c>
       <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:27" customHeight="0">
       <c r="A101" s="1">
         <v>120974</v>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l’effondrement de la biodiversité</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Programme Patrimoine naturel et biodiversité</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Fondation du Patrimoine</t>
@@ -17720,1692 +17495,994 @@
         </is>
       </c>
       <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Déposez votre demande en ligne dès sélection d’un devis effectué par un prestataire référencé (devis non signé).&lt;/p&gt;&lt;p&gt;Didier VIDAL BANOS&lt;/p&gt;&lt;p&gt;transformation&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/modules-transformants-biodiversite/</t>
         </is>
       </c>
       <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:27" customHeight="0">
       <c r="A103" s="1">
-        <v>121451</v>
+        <v>162506</v>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les mobilités durables rurales</t>
-[...4 lines deleted...]
-          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+          <t>S'informer et lancer une démarche d'habitat participatif en territoire rural</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>Accompagner le développement territorial vers un développement durable via les mobilités durables rurales</t>
+          <t>Habitat participatif et transition écologique des territoires ruraux - Appui et Conseil aux collectivités</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Habitat Participatif France</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...3 lines deleted...]
-Entreprise privée</t>
+Région</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>Taux maximal d’intervention FEDER : 60%</t>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...36 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;Dans le cadre de son programme 2024 &lt;strong&gt;&amp;#34;Habitat Participatif et Transition écologique des territoires ruraux&amp;#34; &lt;/strong&gt;(soutenu par l&amp;#039;ANCT), Habitat Participatif France propose une mission d&amp;#039;appui &amp;#34;conseil&amp;#34; aux collectivités territoriales pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;obtenir des informations préalables à une démarche d’habitat participatif&lt;/li&gt;&lt;li&gt;une évaluation spécifique du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous avez identifié des opportunités foncières éventuelles sur votre territoire ? Vous souhaitez identifier les 
+premières étapes pour faire émerger un projet d’habitat participatif ? Vous pouvez nous contacter directement sur l&amp;#039;adresse : &lt;a href="mailto:collectivites&amp;#64;habitatparticipatif-france.fr" target="_self"&gt;collectivites&amp;#64;habitatparticipatif-france.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif de cette mission d&amp;#039;appui est d&amp;#039;échanger avec vous pour partager les informations préalables à l&amp;#039;émergence d&amp;#039;un projet d’habitat participatif sur un territoire rural. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ressources : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; &amp;#34;&lt;a href="https://www.habitatparticipatif-france.fr/?amiRuralite2024/download&amp;amp;file&amp;#61;HPFPLAQUETTEcollectivitWEB_28032024.pdf" target="_blank"&gt;Pour des territoires ruraux solidaires et durables : soutenir l’habitat participatif et les dynamiques citoyennes au sein de sa collectivité&lt;/a&gt;&amp;#34; : brochure de présentation&lt;/p&gt;&lt;p&gt;&amp;gt; Plus d&amp;#039;infos sur le programme &amp;#34;Habitat Participatif et Transition écologique des territoires ruraux&amp;#34; : &lt;a href="https://ruralite.habitatparticipatif-france.fr" target="_self"&gt;www.ruralite.habitatparticipatif-france.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;gt; Du 5 avril au 5 juin, un &lt;a href="https://www.habitatparticipatif-france.fr/?amiRuralite2024" target="_self"&gt;Appel à Manifestation d&amp;#039;Intérêt&lt;/a&gt; est également ouvert aux candidatures des collectivités pour soutenir l&amp;#039;émergence de &lt;strong&gt;projets d&amp;#039;habitat participatif en réhabilitation en territoire rural. Cet AMI permet aux lauréats de faire réaliser une étude de faisabilité destinée à garantir de bonnes conditions de réalisation au projet et d’en faciliter le pilotage : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui sommes-nous ? &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Habitat Participatif France &lt;/strong&gt;fédère l’ensemble des acteurs citoyens et professionnels de l’habitat participatif en France, avec l’ambition de multiplier le nombre de projets et d’élargir le nombre d’acteurs impliqués partout en France. L’habitat participatif permet à des groupes de citoyens de concevoir, créer et gérer leur habitat collectivement, en combinant espaces privatifs et espaces communs pour mieux répondre à leurs besoins. Né en 2009, le Mouvement de l’habitat participatif compte aujourd&amp;#039;hui une cinquantaine de structures associatives et professionnelles et est en lien avec plusieurs centaines de groupes d’habitant.e.s en France.&lt;strong&gt; &lt;a href="https://www.habitatparticipatif-france.fr" target="_self"&gt;www.habitatparticipatif-france.fr&lt;/a&gt;&lt;a target="_self"&gt;&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N103" s="1" t="inlineStr">
         <is>
-          <t>Information voyageur, billettique multimodale
-[...6 lines deleted...]
-Limiter les déplacements subis</t>
+          <t>Réhabilitation
+Logement et habitat</t>
         </is>
       </c>
       <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
-[...80 lines deleted...]
-      </c>
       <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U103" s="1" t="inlineStr">
         <is>
-          <t>Bourgogne-Franche-Comté</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V103" s="1" t="inlineStr">
         <is>
-          <t>https://www.europe-bfc.eu/wp-content/uploads/2022/12/FA-mobilite.pdf</t>
-[...4 lines deleted...]
-          <t>https://www.europe-bfc.eu/wp-content/uploads/2022/12/FA-mobilite.pdf</t>
+          <t>https://www.habitatparticipatif-france.fr/?AccueilHPF</t>
         </is>
       </c>
       <c r="X103" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Mail : &lt;a href="mailto:collectivites&amp;#64;habitatparticipatif-france.fr" target="_self"&gt;collectivites&amp;#64;habitatparticipatif-france.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Site : &lt;a href="https://ruralite.habitatparticipatif-france.fr" target="_self"&gt;www.ruralite.habitatparticipatif-france.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y103" s="1" t="inlineStr">
         <is>
-          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+          <t>contact@habitatparticipatif-france.fr</t>
         </is>
       </c>
       <c r="Z103" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/edc1-accompagner-les-mobilites-durables-urbaines/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sinformer-et-lancer-une-demarche-dhabitat-participatif-en-territoire-rural/</t>
         </is>
       </c>
       <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:27" customHeight="0">
       <c r="A104" s="1">
-        <v>105331</v>
+        <v>163238</v>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Agir pour l'environnement et le développement durable en Charente</t>
+          <t>Favoriser les actions en faveur du Plan départemental des itinéraires de promenade et de randonnée (PDIPR)</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Charente</t>
+          <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-Association</t>
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 200 000 € HT pour les études et les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...25 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
+départemental des Itinéraires de Promenade et de Randonnée.
+Représentant une offre de plus de 220 circuits (pédestre, équestre
+et VTT) et 3 000 km de chemins balisés, le PDIPR doit répondre aux
+nouvelles attentes des Euréliens et des touristes.&lt;/p&gt;&lt;p align="justify"&gt;Les actions en faveur du PDIPR ont pour objectifs de protéger les chemins ruraux, de recenser les chemins ouverts à la pratique de la randonnée (pédestre, équestre, VTT), favorisant ainsi la création d&amp;#039;itinéraires touristiques et de promenades.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes d&amp;#039;aménagement ou de valorisation
+	de circuits,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Travaux de création/amélioration
+	d’itinéraires de randonnée (débroussaillage, élagage, fauchages manuels ou mécaniques, travaux d’abattages et débitages
+		d’arbres sur le tracé, travaux de terrassement, de protection ou
+		de soutènement)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Travaux et aménagements visant la
+	protection de la biodiversité et des paysages aux abords du
+	sentier (restauration des continuités
+		écologiques, mise en valeur et requalification
+		paysagères des sentiers et de leurs abords, opération de réduction des pollutions
+		dont la pollution lumineuse, désartificialisation, remplacement des
+		matériaux « en dur » par des matériaux naturels).&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;Opérations
+	ou travaux nécessaires à la continuité ou à la sécurité du
+	cheminement, autres que l’entretien courant : réouverture de
+	chemin, passerelles, caillebotis, mains courantes, aménagements
+	permettant l’adaptation pour l’accès aux personnes à mobilité
+	réduite, clôtures…,&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Fourniture et pose de balisage et/ou
+	signalétique : poteau, lame, bagues, panneau danger, panneau
+	d’information départs…&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Mobilier
+	d’accueil du public : bancs, tables de pique-nique, totem de
+	départ …,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Communication
+	et valorisation du patrimoine à proximité, présent le long de
+	l’itinéraire : fourniture et pose de table d’orientation,
+	pupitre de lecture, panneau pédagogique, etc.&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Acquisition foncière nécessaire à la
+	création, l’amélioration ou le maintien de la continuité d’un
+	itinéraire de randonnée et/ou à la réalisation d’aménagements
+	au long d’un itinéraire de randonnée.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N104" s="1" t="inlineStr">
         <is>
-          <t>Forêts
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
-Milieux humides</t>
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R104" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...81 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Les opérations finançables doivent
+permettre de développer la pratique de la randonnée (pédestre,
+équestre et en VTT) sur chemins et de les protéger&lt;/font&gt;&lt;del&gt;&lt;font face="Arial, serif"&gt;
+&lt;/font&gt;&lt;/del&gt;&lt;font face="Arial, serif"&gt;(PDIPR).&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour
+cela, elles feront l’objet d’une étude et/ou d’un travail de
+concertation avec les partenaires locaux experts de la randonnée&lt;/font&gt;
+&lt;font face="Arial, serif"&gt;et le référent randonnées du
+Département.&lt;/font&gt;&lt;font face="Arial, serif"&gt; Ceux-ci pourront
+conseiller et apporter un appui technique pour préciser et affiner
+le projet et ses modalités de réalisation.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le
+projet devra s’appuyer sur des chemins ruraux déjà inscrits ou à
+inscrire au Plan départemental des Itinéraires de promenade et de
+randonnée d’Eure-et-Loir&lt;/font&gt; &lt;font face="Arial, serif"&gt;et
+affectés à la randonnée non motorisée.&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Afin de garantir le bon usage de la
+subvention qui pourra être accordée, le Conseil départemental
+préconise de se référer aux guides nationaux et/ou recommandations
+des partenaires locaux experts des différentes pratiques (CDRP 28
+pour le pédestre, CDE 28 pour l’équestre et FFCT pour le VTT).&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S104" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T104" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U104" s="1" t="inlineStr">
         <is>
-          <t>Charente</t>
+          <t>Eure-et-Loir</t>
         </is>
       </c>
       <c r="V104" s="1" t="inlineStr">
         <is>
-          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7132_AGIR_POUR_L_ENVIRONNEMENT_ET_LE_DVPT_DURABLE_EN_CHARENTE.pdf</t>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
         </is>
       </c>
       <c r="W104" s="1" t="inlineStr">
         <is>
-          <t>https://subventions16.lacharente.fr</t>
+          <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
       <c r="X104" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...39 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y104" s="1" t="inlineStr">
         <is>
-          <t>subventions16@lacharente.fr</t>
+          <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
       <c r="Z104" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/ab5d-agir-pour-lenvironnement-et-le-developpement-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-les-actions-en-faveur-du-plan-departemental-des-itineraires-de-promenade-et-de-randonnee-pdipr/</t>
         </is>
       </c>
       <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:27" customHeight="0">
       <c r="A105" s="1">
-        <v>163146</v>
+        <v>164170</v>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Préserver et restaurer les milieux naturels</t>
+          <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>Transition écologique et mobilités douces</t>
+          <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental d'Eure-et-Loir</t>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
-        <is>
-[...496 lines deleted...]
-      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I108" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J108" s="1" t="inlineStr">
+      <c r="J105" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q108" s="1" t="inlineStr">
+      <c r="Q105" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>163148</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'infiltration des eaux à la parcelle et favoriser la récupération des eaux pluviales des toitures et leur réutilisation</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 50 000 € HT pour les travaux permettant la déconnexion des toitures et le stockage des eaux de pluie / Plafond de 200 000 € HT pour les études et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;Travaux permettant la déconnexion des toitures et le stockage des eaux de pluie en vue d&amp;#039;une réutilisation &lt;/li&gt;&lt;li&gt;Etudes et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes avec aménagements permettant l&amp;#039;infiltration des eaux de pluie&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espace public
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations finançables doivent d&amp;#039;une part permettre de favoriser l&amp;#039;infiltration des eaux à la parcelle et limiter le &amp;#34;tout réseau&amp;#34; en milieu bâti / artificialisé ou d&amp;#039;autre part de favoriser la récupération des eaux pluviales des toitures et le développement de la réutilisation de ces eaux.&lt;/p&gt;&lt;p&gt;Les travaux devront être réalisés en espace urbain et être basés sur des solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>163878</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette
+délibération présente les principes d’intervention et les objectifs de l’Agence
+dans le domaine de la restauration écologique des milieux naturels et du
+littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
+d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
+une approche globale à l’échelle du cycle de l’eau, tenant compte du
+fonctionnement écologique des milieux naturels. Les actions conduites ont pour
+ambition notamment d’améliorer l’état écologique des eaux de surface et de
+contribuer à la préservation et la restauration de la biodiversité. L’approche
+vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
+physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
+d’eau, milieux humides et non humides) et leur biodiversité, et le
+rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
+(ruissellement et gestion des eaux pluviales « à la source », débordement de
+cours d’eau, limitation des flux de matières en suspension et du colmatage des
+cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
+Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
+la Biodiversité », l’objectif visé est également de faciliter la prise en
+compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
+les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
+d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
+de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
+riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
+accompagner les maîtrises d’ouvrage des opérations de rétablissement des
+continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
+écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
+d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
+végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
+douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
+milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau est susceptible
+d’attribuer une participation financière aux opérations respectant les
+conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
+qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
+écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
+déclarées et respectent les prescriptions administratives afférentes ou, à
+défaut, le dossier visant à l’obtention de ces éléments est en cours
+d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
+plus précisément les conditions particulières sont précisées en détail dans la
+délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
+cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
+colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
+d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
+d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>164166</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études  en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études peuvent être aidées quel que soit leur auteur, qu’elles soient réalisées par un prestataire extérieur ou
+directement par les moyens propres du maître d’ouvrage. &lt;/p&gt;&lt;p&gt;L’ensemble des études nécessaires à la définition, à la conception, à la mise en œuvre et au suivi d’un projet de
+préservation, de restauration ou de renaturation de milieux, et intégrées éventuellement au sein de programme
+de gestion des inondations et/ou des coulées d’eau boueuse, sont éligibles. &lt;/p&gt;&lt;p&gt;En ce sens, les études hydrauliques visant la prévention des inondations/coulées d’eau boueuse peuvent être
+accompagnées lorsqu’elles sont réalisées à l’échelle d’un bassin versant, d’un sous bassin versant ou de secteurs
+suffisamment cohérents pour répondre à cet objectif et lorsqu’elles sont couplées à une étude visant la
+préservation/restauration des milieux naturels. &lt;/p&gt;&lt;p&gt;Par ailleurs, les études de diagnostics territoriaux de trames verte et bleue, ainsi que les inventaires de zones
+humides qui permettent de prendre en compte ces milieux naturels et la biodiversité associée dans la
+planification de l’aménagement du territoire et d’élaborer des programmes d’actions de préservation et de
+restauration sont éligibles. &lt;/p&gt;&lt;p&gt;De même, les études d’élaboration de stratégies foncières, en vue d’identifier les leviers fonciers de préservation
+de milieux naturels sont éligibles.&lt;/p&gt;&lt;p&gt;L’amélioration des connaissances des milieux naturels et de la biodiversité, et en particulier les inventaires et
+diagnostics écologiques préalables à des actions de préservation ou de restauration de milieux, ou encore
+nécessaires à l’élaboration de plans de gestion des milieux humides et des sites naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Dans le cadre de la préservation et de la valorisation de milieux naturels, l’élaboration de plans de gestion et
+d’aménagement/valorisation pédagogique définissant l’intérêt des sites, leur vulnérabilité et la mise en place de
+stratégies de protection, de gestion, de renaturation, voire d’accueil du public, sont éligibles (le soutien aux
+actions d’information et d’accueil du public relève de la fiche thématique « interventions en matière de
+sensibilisation, d’éducation, d’information et de consultation du public »). &lt;/p&gt;&lt;p&gt;Les études concernant la structuration de la maîtrise d’ouvrage et les compétences associées à ces opérations
+(Gestion des Milieux Aquatiques et Prévention des Inondations) sont également éligibles lorsqu’elles visent la
+constitution, le renforcement ou l’élargissement de la maîtrise d’ouvrage, en particulier par l’étude globale des
+enjeux « milieux » associés à un territoire (recensement des linéaires de cours d’eau, des surfaces de zones
+humides, identification des trames vertes et bleues, …) et des forces en présence sur ce territoire (compétences,
+concertation entre partenaires, analyse économique, …).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque différentes options sont à examiner sur des typologies d’actions particulières
+(effacement/aménagement d’ouvrages, lutte contre les inondations, ...), les études préalables devront s’appuyer
+sur des analyses multicritères permettant de comparer les coûts et les bénéfices des différents scénarii proposés
+afin de justifier la cohérence, l’efficacité et la pérennité de la solution retenue.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q108" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
+modalités reprises dans la fiche
+relative aux actions, études et
+travaux réalisées par les moyens
+propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
+externalisée.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U108" s="1" t="inlineStr">
         <is>
-          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+          <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V108" s="1" t="inlineStr">
         <is>
-          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
       <c r="X108" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y108" s="1" t="inlineStr">
         <is>
-          <t>leader@petrforetorleans.fr</t>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z108" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-autres-operations/</t>
         </is>
       </c>
       <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:27" customHeight="0">
       <c r="A109" s="1">
-        <v>58646</v>
+        <v>105111</v>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Améliorer la gestion des milieux naturels et l'intégration de la biodiversité dans les activités humaines et les projets d'aménagement</t>
+          <t>Co-construire des projets territoriaux de transition écologique et solidaire avec les habitant·e·s et les acteurs</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif national DDmarche</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Occitanie</t>
-[...447 lines deleted...]
-        <is>
           <t>Réseau national des Centres Permanents d'Initiatives pour l'Environnement (CPIE)</t>
         </is>
       </c>
-      <c r="F110" s="1" t="inlineStr">
+      <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Centres permanents d'Initiatives pour l'Environnement (CPIE)</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Intégrer les nouvelles compétences et construire un projet de développement durable global de votre territoire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les Centres Permanents d&amp;#039;Initiatives pour l&amp;#039;Environnement (CPIE) sont des associations facilitatrices de transition écologique et solidaire territoriale.
  &lt;/strong&gt;
  Ils mobilisent et accompagnent les acteurs publics et privés et les habitant.e.s dans la construction de solutions de développement durable.
  &lt;strong&gt;
   Le réseau national des 80 CPIE
  &lt;/strong&gt;
  est implanté dans 63 départements et 14 régions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Territoires Conseils,
  &lt;/strong&gt;
  service d&amp;#039;intérêt général de la Banque des Territoires, accompagne les élu·e·s des collectivités dans leur projet de développement.
 &lt;/p&gt;
 &lt;p&gt;
  Ensemble, ils ont créé pour les intercommunalités
@@ -19449,2862 +18526,2161 @@
  &lt;/strong&gt;
  , qui apporte son savoir-faire d&amp;#039;animation du dialogue territorial, adapte la méthode au contexte de votre territoire et mobilise les outils nationaux DDmarche.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mettre en œuvre une DDmarche implique :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un temps préparatoire (3 à 6 mois) pour préparer le partenariat et le chantier pilote et faire valider la démarche en instance communautaire
  &lt;/li&gt;
  &lt;li&gt;
   Un temps de travail effectif par chantier de 6 à 12 mois environ
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;Union nationale des CPIE porte
  &lt;strong&gt;
   le dispositif national DDmarche
  &lt;/strong&gt;
  , en lien avec les CPIE dans les territoires.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M110" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DDmarche est une opportunité pour, par exemple :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   nourrir votre projet de territoire intercommunal et réaliser votre plan d&amp;#039;action
  &lt;/li&gt;
  &lt;li&gt;
   initier une nouvelle compétence ou un projet particulier (tiers-lieu, Projet alimentaire territorial, érosion, renaturation, ressourcerie, mobilité douce...)
  &lt;/li&gt;
  &lt;li&gt;
   engager des actions mobilisatrices des acteurs inscrites dans votre Contrat de relance et de transition écologique (CRTE)
  &lt;/li&gt;
  &lt;li&gt;
   concrétiser votre plan climat (PCAET) par des actes et l&amp;#039;implication de tous
  &lt;/li&gt;
  &lt;li&gt;
   approfondir votre projet de Plan local d&amp;#039;Urbanisme intercommunal (PLUI)
  &lt;/li&gt;
  &lt;li&gt;
   sensibiliser les élus et acteurs locaux (habitants, entreprises, associations) et les associer à des projets concrets autour du développement durable
  &lt;/li&gt;
  &lt;li&gt;
   favoriser le dialogue entre acteurs autour d&amp;#039;un sujet sensible
  &lt;/li&gt;
  &lt;li&gt;
   améliorer le fonctionnement de votre communauté : impliquer davantage les communes, mobiliser les élus, décloisonner les services, animer autrement les réunions...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Montagne
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communautés de communes ou d&amp;#039;agglomération accompagnées dans leur DDmarche s&amp;#039;engagent à mobiliser :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un.e élu.e communautaire référent.e pour porter la démarche au sein des instances décisionnaires,
  &lt;/li&gt;
  &lt;li&gt;
   un.e technicien.ne pour coordonner la démarche avec l&amp;#039;accompagnement du CPIE,
  &lt;/li&gt;
  &lt;li&gt;
   une enveloppe complémentaire au cofinancement national, à évaluer localement, pour valoriser l&amp;#039;accompagnement réalisé par le CPIE.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.cpie.fr/uncpie/projet/176835/Engager-intercommunalites-dans-transition-avec-DDmarche</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Union nationale des CPIE (dispositif national) :
  &lt;a href="mailto:contact&amp;#64;uncpie.org" rel="noopener" target="_blank"&gt;
   contact&amp;#64;uncpie.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  - Tél : 01 44 61 75 35
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  ou directement le CPIE proche de votre territoire (accompagnement local) :
  &lt;a href="https://www.cpie.fr" rel="noopener" target="_blank"&gt;
   cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  pour retrouver le contact de votre CPIE local via notre carte interactive.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>storrealba@uncpie.org</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b76c-engager-la-transition-de-son-territoire-inter/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>58646</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion des milieux naturels et l'intégration de la biodiversité dans les activités humaines et les projets d'aménagement</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Région Occitanie met en oeuvre plusieurs dispositifs en faveur de la biodiversité dans le cadre de la Stratégie régionale pour la biodiversité (SrB).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif &amp;#34;Conseil et animation pour améliorer la gestion des milieux naturels et l&amp;#039;intégration de la biodiversité dans les activités humaines et les projets d&amp;#039;aménagement&amp;#34; fait partie de l&amp;#039;un des 6 dispositifs &amp;#34;Biodiversité&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif régional en faveur de la Biodiversité est un des outils proposés par la Région pour contribuer à la Stratégie régionale pour la biodiversité (SrB) et mettre en œuvre le Plan « Arbre et carbone vivant ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif contient 6 sous-dispositifs, dont le n°3 &amp;#34;Conseil et animation pour améliorer la gestion des milieux naturels et l&amp;#039;intégration de la biodiversité dans les activités humaines et les projets d&amp;#039;aménagement&amp;#34;.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion conservatoire des milieux, l&amp;#039;intégration de la biodiversité dans les pratiques et les projets d&amp;#039;aménagement, la restauration de milieux naturels, la plantation de haies, la maîtrise foncière et d&amp;#039;usage pour la préservation de la biodiversité, nécessitent des actions d&amp;#039;animation et de conseil en amont pour permettre leur mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise à favoriser l&amp;#039;accompagnement des acteurs locaux pour la prise en compte de la biodiversité et des fonctionnalités écologiques dans l&amp;#039;aménagement, dans la gestion des sites, dans les pratiques et les activités humaines, ainsi que l&amp;#039;émergence de projets de gestion et restauration des continuités écologiques dans les territoires ; autant d&amp;#039;enjeux affirmés dans la SrB.
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions spécifiquement en faveur des
+ &lt;strong&gt;
+  zones humides et des milieux aquatiques
+ &lt;/strong&gt;
+ bénéficient d&amp;#039;un dispositif régional ad hoc (dispositif régional en faveur du bon fonctionnement des milieux aquatiques).
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires des aides régionales en faveur de la biodiversité sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales et leurs groupements, les syndicats mixtes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics ayant une compétence en matière d&amp;#039;environnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations ayant pour objet la préservation du patrimoine naturel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sociétés coopératives d&amp;#039;intérêt collectif (SCIC), les sociétés coopératives et participatives (SCOP), ayant pour objet la préservation du patrimoine naturel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région intervient dans ce sous-dispositif au travers de subventions de fonctionnement spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant du financement est déterminé par application d&amp;#039;un taux exprimé en pourcentage de la dépense éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ 1 - Programmes structurants d&amp;#039;accompagnement à la prise en compte de la biodiversité
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention de la Région :
+ &lt;strong&gt;
+  80 %
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 - Programmes pour l&amp;#039;émergence de projets territoriaux de restauration des TVBN
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention de la Région :
+ &lt;strong&gt;
+  30 %
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 - Programmes de sensibilisation favorisant la création et la restauration de haies champêtres
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux maximal d&amp;#039;intervention de la Région :
+  &lt;strong&gt;
+   30 %
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafonnement de l&amp;#039;aide régionale :
+  &lt;strong&gt;
+   15 000 euros
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de la demande
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande de subvention doit être adressée à la Présidente du Conseil Régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Le commencement du projet, tout comme la période d&amp;#039;éligibilité des dépenses, ne peut être antérieur à la date de réception de la demande de financement à la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas de projets bénéficiant de fonds européens, cette date peut être antérieure et sera alors calée sur celle retenue par les fonds européens.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement du financement régional
+&lt;/p&gt;
+&lt;p&gt;
+ Types de versement
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement du financement octroyé dans le cadre du présent dispositif est proportionnel, c&amp;#039;est-à-dire que son montant varie en fonction du degré de réalisation de l&amp;#039;opération subventionnée, au prorata des dépenses justifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement ne peut en aucun cas être réévalué, même si les dépenses justifiées dépassent le montant prévisionnel de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Rythmes de versement
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention
+ &lt;strong&gt;
+  inférieure ou égale à 5 000 €
+ &lt;/strong&gt;
+ donne lieu à un versement unique.
+ &lt;br /&gt;
+ La subvention
+ &lt;strong&gt;
+  supérieure à 5 000 €
+ &lt;/strong&gt;
+ donne lieu au versement, pour les subventions de fonctionnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;une avance représentant 50% de la subvention attribuée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans le cadre de projets pluriannuels : d&amp;#039;1 acompte dont la somme, incluant l&amp;#039;avance, ne peut excéder 70% maximum de la subvention attribuée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  du solde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à produire au moment du versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Autres pièces que celles mentionnées dans le RGFRV2 constituant le dossier de demande de paiement (les pièces à fournir pour le versement de l&amp;#039;aide régionale varient selon le type et le montant de l&amp;#039;aide régionale).
+ &lt;br /&gt;
+ Cette liste de pièce figure dans les arrêtés ou conventions financières qui sont envoyés aux bénéficiaires une fois l&amp;#039;aide régionale accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les subventions de fonctionnement spécifique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si le montant de la subvention est
+ &lt;strong&gt;
+  strictement supérieur à 23 000 €
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Factures supérieures à 1 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bulletins de salaire de décembre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si le montant de la subvention est
+ &lt;strong&gt;
+  strictement supérieur à 250 000 €
+ &lt;/strong&gt;
+ : tous les justificatifs de dépenses (factures, bulletins de salaire, documents comptables...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Co-financement Europe-Région
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un co-financement dans le cadre du Programme Opérationnel FEDER régional peut être mobilisé pour certains projets éligibles au dispositif Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de co-financements Europe / Région, les dispositions du présent dispositif pourront être adaptées en vue d&amp;#039;une harmonisation avec les règles européennes, lorsque cela est source de simplification, notamment pour les bénéficiaires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des renseignements sur le PO FEDER régional est accessible sur le site internet «
+ L&amp;#039;Europe en Occitanie
+ » .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 - Programmes structurants d&amp;#039;accompagnement à la prise en compte de la biodiversité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus sont des programmes d&amp;#039;actions annuels ou pluriannuels, de portée supra-départementale, organisés par territoire ou par grand type de milieux. Ils visent à accroître et pérenniser les actions favorables à la biodiversité et à la fonctionnalité écologique, par la production de conseils et d&amp;#039;outils de gestion des différents milieux naturels, notamment en augmentant la coordination et le partage d&amp;#039;expériences acquises.
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions éligibles au sein de ces programmes sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les actions permettant d&amp;#039;impulser des méthodes de gestion favorables à la biodiversité (actions de démonstration de pratiques de gestion reproductibles, préparation de guides techniques, formations...),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions d&amp;#039;animation permettant d&amp;#039;impulser des projets de restauration et de conservation des milieux (sensibilisation, information et communication, formation),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions de mutualisation d&amp;#039;outils et de partage d&amp;#039;expériences en faveur de la gestion et de la restauration des milieux naturels,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation foncière sur les milieux à enjeux pour améliorer leur conservation,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions structurées de préservation de l&amp;#039;intégrité physique des espèces patrimoniales.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 - Programmes permettant l&amp;#039;émergence de projets territoriaux ambitieux de restauration des trames verte et bleue
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les programmes d&amp;#039;actions soutenus sont annuels ou pluriannuels, organisés par grands territoires (EPCI FP, SCoT, PETR, PNR). Ils visent à faire émerger des projets territoriaux structurants de restauration des trames verte, bleue et noire (TVBN).
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions éligibles au sein de ces programmes sont :
+&lt;/p&gt;
+&lt;p&gt;
+ Coordination du programme, actions de concertation et d&amp;#039;animation avec les acteurs du territoire, permettant d&amp;#039;impulser un programme de restauration et de conservation des milieux (sensibilisation, information et communication, formation),
+&lt;/p&gt;
+&lt;p&gt;
+ Études, notamment diagnostic des trames verte, bleue et noire préalables à l&amp;#039;élaboration d&amp;#039;une stratégie de restauration, gestion et préservation des continuités écologiques,
+&lt;/p&gt;
+&lt;p&gt;
+ Élaboration du programme de gestion et restauration des trames verte, bleue et noire.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur ce type d&amp;#039;action, les dossiers devront être déposés au plus tard le 31 mai de chaque année.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3 - Programmes de sensibilisation favorisant la création et la restauration de haies champêtres
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Actions de sensibilisation auprès des acteurs du territoire pour la compréhension du rôle de l&amp;#039;arbre hors forêt et des haies champêtres, en faveur de l&amp;#039;émergence de nouveaux projets de plantation (animations, formation sur l&amp;#039;entretien des haies, plaquettes, expositions...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclusivement retenues les dépenses directement liées à l&amp;#039;opération et nécessaires à sa réalisation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses de prestations externes de service (études...) et autres dépenses directes,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses de personnel : frais de personnel directement liés à la mise en œuvre de l&amp;#039;opération, plafonnés par ETP à 60 K€/an,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses de déplacements dans le cadre strict de l&amp;#039;opération,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement matériel
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses en nature : le bénévolat pourra être considéré comme éligible. Dans ce cas, il ne pourra dépasser 20 % du montant total de l&amp;#039;opération.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des charges indirectes pourront être éligibles si tant est que celles-ci soient affectées à l&amp;#039;opération selon une méthode équitable et dûment justifiée sur la base d&amp;#039;une clé physique de répartition non financière. Le taux retenu n&amp;#039;excèdera pas 20 % du montant éligible de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses et opérations inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Règlement de Gestion des Financements Régionaux – Version 2 définit les dépenses inéligibles (dépenses non liées à la mise en œuvre de l&amp;#039;opération, ni nécessaires à sa réalisation, ou ne donnant pas lieu à un décaissement réel - dotations aux amortissements et aux provisions, retenues de garantie non acquittées...).
+&lt;/p&gt;
+&lt;p&gt;
+ En complément, sont inéligibles les coûts de personnel déjà soutenus par la Région dans le cadre de programmes spécifiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles au présent dispositif les projets imposés par des contraintes réglementaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations éligibles au dispositif régional en faveur du bon fonctionnement des milieux aquatiques, ainsi qu&amp;#039;au dispositif régional de soutien au développement de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable, sont inéligibles au présent dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ La mise en œuvre d&amp;#039;actions des DOCOB Natura 2000 ou les projets financés dans le cadre de la politique Espaces Naturels Sensibles sont inéligibles. Toutefois, ils peuvent être soutenus à titre exceptionnel, dans la mesure où le caractère indispensable du financement, au-delà des autres financements mobilisés, et l&amp;#039;intérêt régional de l&amp;#039;opération sont démontrés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Biodiversite-Conseil-et-animation-pour-ameliorer-la-gestion-des-milieux-naturels-et</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour tous renseignements complémentaires :
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Transition Écologique et Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Service Biodiversité et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : biodiversite&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Préciser« Conseil et animation biodiversité » dans l&amp;#039;objet du mail.
+&lt;/p&gt;
+&lt;p&gt;
+ En savoir plus
+&lt;/p&gt;
+&lt;p&gt;
+ Consulter la Stratégie régionale pour la biodiversité d&amp;#039;Occitanie (SrB)
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y110" s="1" t="inlineStr">
         <is>
-          <t>storrealba@uncpie.org</t>
+          <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z110" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/b76c-engager-la-transition-de-son-territoire-inter/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/77dc-biodiversite-conseil-et-animation-pour-amelio/</t>
         </is>
       </c>
       <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:27" customHeight="0">
       <c r="A111" s="1">
-        <v>121444</v>
+        <v>163147</v>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Accompagner le tourisme durable, le patrimoine et la culture (urbain)</t>
-[...4 lines deleted...]
-          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+          <t>Favoriser les actions en faveur de la pratique du vélo</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>Accompagner le développement territorial vers un développement durable via le tourisme, le patrimoine et la culture</t>
+          <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+          <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
-        <is>
-[...674 lines deleted...]
-      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K115" s="1" t="inlineStr">
+      <c r="J111" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 100 000 € HT pour les études / Plafond de 200 000 € HT pour les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 Aujourd’hui, l’adaptation des
 territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
 des espaces et des activités humaines. C’est pourquoi, le
 Département souhaite faciliter l’émergence de projets locaux par
 la mobilisation de moyens techniques et financiers adaptés aux
 attentes des territoires sur les thématiques liées à la transition
 écologique (restauration et préservation des milieux naturels et
 aquatiques, plantations de végétaux, gestion des eaux pluviales) et
 aux mobilités douces (plan départemental des itinéraires de
 promenade et de randonnée, développement de la mobilité à
-vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
-[...54 lines deleted...]
-      <c r="O115" s="1" t="inlineStr">
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Le département d&amp;#039;Eure-et-Loir a acté le 1er schéma directeur cyclable le 27 mars 2023, qui prend en compte les enjeux du vélo au quotidien et les enjeux du vélotourisme. Dans cette stratégie, le Département s&amp;#039;engage sur les 10 années à venir à mettre en oeuvre des actions visant à sécuriser les trajets à vélo par des aménagements cyclables, à développer les services de l&amp;#039;écosystème vélo et à promouvoir la pratique du vélo au quotidien.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes, schémas, plans de mobilités douces,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition foncière nécessaire à la création ou l&amp;#039;amélioration d&amp;#039;un aménagement cyclable, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements cyclables : bandes cyclables, pistes cyclables, voies vertes...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements de sécurisation, résolution de carrefours dangereux, passerelles...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le jalonnement et/ou la signalétique horizontale et verticale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagement de haltes, d&amp;#039;aires de service, petits mobiliers d&amp;#039;accueil,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication
+	et valorisation du patrimoine (naturel, bâti ou d&amp;#039;artisanat) et des services à proximité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="S115" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour permettre de réaliser des aménagements cyclables homogènes, continus, confortables et sécurisés sur tout le territoire, il est nécessaire d&amp;#039;harmoniser les pratiques et les principes d&amp;#039;aménagement entre les territoires et de mettre à disposition des collectivités des critères communs.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le règlement accessible sur le site du Conseil départemental d&amp;#039;Eure-et-Loir est accompagné d&amp;#039;un guide des aménagements cyclables, reprenant les critères d&amp;#039;éligibilité du dispositif, ainsi que d&amp;#039;autres conseils d&amp;#039;aménagement en annexe&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Les opérations finançables doivent permettre de développer la pratique du vélotourisme, du vélo de loisir et du vélo pour les déplacements utilitaires.&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
         </is>
       </c>
-      <c r="W115" s="1" t="inlineStr">
+      <c r="W111" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-[...119 lines deleted...]
-      <c r="A117" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>162779</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer la biodiversité marine</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Préservation et restauration de la biodiversité marine</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour une région à l’identité méditerranéenne et maritime profonde, la résilience face au changement climatique et la transition souhaitée vers un modèle de développement vertueux passent nécessairement par la valorisation, la protection et la gestion de son patrimoine naturel marin et littoral.&lt;/p&gt;
 &lt;p&gt;Espace de rencontre entre la terre et la mer, le littoral régional est en effet un espace à forts enjeux pour l’aménagement du territoire et son développement économique, que les pressions liées aux activités humaines et le changement climatique impactent sérieusement. Toutes les activités développées sur la zone littorale dépendent de fait directement ou indirectement de la qualité environnementale des milieux marins et littoraux.&lt;/p&gt;
  &lt;ul&gt; 	&lt;li&gt;Conservatoire du littoral pour les investissements&lt;/li&gt; 	&lt;li&gt;Associations&lt;/li&gt; 	&lt;li&gt;Collectivités territoriales et leurs groupements&lt;/li&gt; 	&lt;li&gt;Etablissements publics&lt;/li&gt; 	&lt;li&gt;Organismes d’études et de recherche&lt;/li&gt; 	&lt;li&gt;Entreprises pour le fonctionnement&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;&lt;span&gt;Pour la préservation et la valorisation des écosystèmes marins, les critères suivants sont étudiés :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Appréciation de la cohérence du projet avec les politiques régionales (SRADDET, Stratégie régionale biodiversité, …) et les Directives européennes (Eau, Stratégie Milieu Marin, Planification de l’Espace maritime)&lt;/li&gt; 	&lt;li&gt;Aspect partenarial &lt;/li&gt; 	&lt;li&gt; Projet inscrit dans une démarche de gestion intégrée &lt;/li&gt; 	&lt;li&gt; Projet innovant, expérimental &lt;/li&gt; 	&lt;li&gt;Valorisation des données / open data&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P117" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
         <is>
           <t>27/05/2024</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour la préservation et la valorisation des écosystèmes marins, les critères suivants sont étudiés :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Appréciation de la cohérence du projet avec les politiques régionales (SRADDET, Stratégie régionale biodiversité, …) et les Directives européennes (Eau, Stratégie Milieu Marin, Planification de l’Espace maritime)&lt;/li&gt; 	&lt;li&gt;Aspect partenarial &lt;/li&gt; 	&lt;li&gt; Projet inscrit dans une démarche de gestion intégrée &lt;/li&gt; 	&lt;li&gt; Projet innovant, expérimental &lt;/li&gt; 	&lt;li&gt;Valorisation des données / open data&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/preservation-et-restauration-de-la-biodiversite-marine</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Alexis ULRICH : &lt;a href="mailto:aulrich&amp;#64;maregionsud.fr"&gt;aulrich&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-restauration-de-la-biodiversite-marine/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>164919</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Préserver les milieux aquatiques et leur biodiversité</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Milieux aquatiques et biodiversité</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I118" s="1" t="inlineStr">
+      <c r="I113" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J118" s="1" t="inlineStr">
+      <c r="J113" s="1" t="inlineStr">
         <is>
           <t>taux d'aide proportionné à l'ambition du projet au regard de ses bénéfices sur le fonctionnement du milieu</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>Pour assurer l’atteinte du bon état écologique des eaux et limiter l’érosion de la biodiversité sous l’effet conjoint des dégradations induites par les activités humaines et du changement climatique, l’agence de l’eau soutient les actions qui visent à restaurer ou préserver le bon fonctionnement de tous les milieux aquatiques, superficiels ou souterrains, humides et littoraux.&lt;br /&gt;
 &lt;br /&gt;
 L’opportunité des actions aidées par l’agence de l’eau est appréciée sur la base d’un diagnostic préalable à une échelle hydrographique cohérente, en priorité celle du bassin versant.</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M113" s="1" t="inlineStr">
         <is>
           <t>Restauration des milieux aquatiques et humides dégradés&lt;br /&gt;
 Continuité écologique des cours d&amp;#039;eau&lt;br /&gt;
 Préservation des milieux aquatiques et humides&lt;br /&gt;
 Reconquête de la biodiversité&lt;br /&gt;
 Actions en faveur du milieu marin méditerranéen&lt;br /&gt;
  Stratégies territoriales sur les milieux aquatiques, milieux humides et milieux marins&lt;br /&gt;
 Mesures hydrologiques d’atténuation de l’impact des ouvrages hydroélectriques&lt;br /&gt;
 Remise en état post-sinistre</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P118" s="1" t="inlineStr">
+      <c r="P113" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q118" s="1" t="inlineStr">
+      <c r="Q113" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T113" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128693/fr/milieux-aquatiques-et-biodiversite</t>
         </is>
       </c>
-      <c r="W118" s="1" t="inlineStr">
+      <c r="W113" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/milieux-aquatiques-et-biodiversite/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>165123</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Restaurer et préserver la biodiversité dans votre village</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Mon village, espace de biodiversité</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="I119" s="1" t="inlineStr">
+      <c r="I114" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de restauration et préservation de la biodiversité dans votre village ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 80 % :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Voir conditions particulières dans le règlement&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt; Une avance de trésorerie de 50% dès le démarrage de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une commune située en milieu rural (&lt;a href="https://www.datagrandest.fr/tools/territoscope/"&gt;classification INSEE&lt;/a&gt;)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet vise à mettre en œuvre des actions concrètes favorables à la biodiversité tout en favorisant l’adhésion et les prises de conscience, telles que&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Aménagements favorables à la flore et à la faune sauvage (plantations, mares,etc.)&lt;/li&gt;
 &lt;li&gt;Aménagements favorables à la sensibilisation du public (panneaux pédagogiques,etc.)&lt;/li&gt;
 &lt;li&gt;Inventaires faune flore, etc.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales et des critères d’éligibilité du dispositif (cf règlement).&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 80 % du montant des dépenses éligibles &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée à 50 % pour les communes situées dans le périmètre Parcs ou sites Natura 2000&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne au fil de l’eau avant le commencement du projet.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Biodiversité</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P119" s="1" t="inlineStr">
+      <c r="P114" s="1" t="inlineStr">
         <is>
           <t>27/05/2024</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/mon-village-espace-biodiversite/</t>
         </is>
       </c>
-      <c r="W119" s="1" t="inlineStr">
+      <c r="W114" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0273/depot/simple</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mon-village-espace-de-biodiversite/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-[...471 lines deleted...]
-      <c r="A122" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>164311</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Programme d'actions trame verte et bleue</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I122" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J122" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;A l’instar des programmes de restauration de cours d’eau, l’Agence de l’eau est susceptible de prioriser son 
 action sur les programmes globaux de restauration de la Trame Verte et Bleue. Ces programmes peuvent être 
 constitués de l’ensemble des actions éligibles citées précédemment, en particulier :
 &lt;br /&gt;• Une étude diagnostic réalisée à une échelle territoriale pertinente ;
 &lt;br /&gt;• La préservation, au travers de gestion conservatoire, ou encore la protection au travers de la maîtrise 
 foncière ou d’usage de milieux humides et de leur aire d’influence, d’ensembles prairiaux ;
 &lt;br /&gt;• La restauration ou la reconstitution de l’ensemble des cours d’eau, milieux humides, des prairies et des 
 corridors écologiques (réseaux de mares, zones humides, infrastructures vertes) fonctionnels, en 
 particulier lorsque ces zones ont été dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Des actions complémentaires de restauration de la Trame Verte dans les zones urbaines des villes et villages 
 peuvent être éligibles aux aides de l’Agence de l’eau (voir également la fiche « Eau et Nature en ville et village »).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q122" s="1" t="inlineStr">
+      <c r="Q115" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant-1/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>95346</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Développer une stratégie départementale pour la biodiversité</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I116" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce règlement est constitué des dispositifs d&amp;#039;aides permettant d&amp;#039;attribuer des subventions par le Conseil général prélevées sur le produit de la taxe d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La SNB 2011-2020 (Stratégie Nationale pour la Biodiversité) vise à produire un engagement important des divers acteurs, à toutes les échelles territoriales, en métropole et en outre-mer, en vue d&amp;#039;atteindre les objectifs adoptés. Elle fixe pour ambition commune de préserver et de restaurer, de renforcer et de valoriser la biodiversité, d&amp;#039;en assurer l&amp;#039;usage durable et équitable, et l&amp;#039;implication de tous et de tous les secteurs d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil Général de l&amp;#039;Aude, pour faire suite également au Grenelle de l&amp;#039;Environnement, est à même de développer une stratégie départementale pour la biodiversité par la mobilisation de compétences, de moyens financiers et en fédérant les énergies afin d&amp;#039;aboutir à des actions concrètes au cœur des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le département de l&amp;#039;Aude de par ses influences climatiques diverses (atlantique, montagnarde, méditerranéenne), ses gradients d&amp;#039;altitude (de la mer à la haute montagne), sa géologie variée, possède une importante richesse naturelle, tant en terme de faune, de flore, de paysage que de patrimoine géologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le contexte actuel de prise en compte croissante de l&amp;#039;environnement dans les politiques publiques, de mise en œuvre du développement durable, d&amp;#039;aspirations de plus en plus fortes de nos concitoyens à l&amp;#039;amélioration de leur cadre de vie, le département de l&amp;#039;Aude souhaite, à travers la mise en place d&amp;#039;une stratégie départementale de la biodiversité, concrétiser son engagement fort pour la préservation et la mise en valeur de son patrimoine naturel. Cet engagement s&amp;#039;inscrit pleinement dans le projet départemental. Il constitue la déclinaison opérationnelle de l&amp;#039;objectif de préservation et de valorisation du patrimoine naturel et de la biodiversité du programme Audevant.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les différentes actions concrètes développées dans le cadre de cette politique de préservation de la biodiversité sont soumises pour avis à un Comité scientifique des Espaces Naturels Sensibles regroupant naturalistes et experts en tous domaines, afin de conseiller et d&amp;#039;orienter le département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental se propose, au travers de cette stratégie départementale de la biodiversité, de mettre en œuvre 9 ambitions :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Préserver et valoriser le patrimoine naturel dans les propriétés départementales en le rendant accessible,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et sauvegarder le patrimoine naturel remarquable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protéger les zones humides pour préserver la ressource en eau.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les outils de développement local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir les espaces naturels dans l&amp;#039;aménagement du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les plantes et la faune invasives, prévenir d&amp;#039;autres infestations.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restaurer des espaces naturels et leurs fonctionnalités écologiques dégradés par l&amp;#039;activité humaine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer l&amp;#039;offre touristique par l&amp;#039;ouverture des espaces naturels adaptés à une fréquentation soutenable.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Ainsi, la stratégie pour la biodiversité poursuit l&amp;#039;ambition de faire de cet exceptionnel patrimoine naturel un atout pour le développement de notre département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département propose plusieurs dispositifs d&amp;#039;aides :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  aide à améliorer les connaissances naturalistes permettant de connaître l&amp;#039;espace naturel considéré ou le patrimoine naturel, géologique du département, et établir des plans de gestion de cet espace naturel, conformément aux enjeux identifiés dans la Stratégie départementale pour la biodiversité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des terrains protégés par le Conservatoire de l&amp;#039;Espace Littoral et des Rivages Lacustres
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+  &lt;/strong&gt;
+  permet d&amp;#039;assurer une gestion adaptée des espaces naturels audois éligibles en vue de leur préservation et de leur mise en valeur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+  &lt;/strong&gt;
+  aide à mettre en œuvre l&amp;#039;ouverture au public des espaces naturels audois éligibles dans le respect de la sensibilité des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+  &lt;/strong&gt;
+  la taxe d&amp;#039;aménagement peut être utilisée afin d&amp;#039;aider les communes et les établissements publics de coopération intercommunale compétents à acquérir sur leur territoire :
+ &lt;/li&gt;
+ &lt;li&gt;
+  un espace naturel en zone de préemption des ENS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des bois et forêts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des sites destinés à la préservation de la ressource en eau.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires d&amp;#039;espaces naturels : personnes privées, communes, EPCI, syndicats mixtes, associations, et toutes structures et personnes morales gestionnaires des sites ENS, des zones humides et des espaces naturels en site Natura 2000.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes, inventaires et publications visant à améliorer la connaissance des espaces naturels, de la géologie, de la flore et de la faune de l&amp;#039;Aude, et à déterminer leur intérêt et les caractéristiques de leur préservation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de gestion des espaces naturels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces documents, élaborés par des organismes compétents, intègreront, outre la gestion en termes naturalistes, la possible valorisation (accueil du public, communication) des sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations liées à la gestion conservatoire ou à la restauration écologique figurant au plan de gestion du site préalablement validé et permettant une préservation ou une restauration des richesses naturalistes et géologiques du site considéré.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations mises en œuvre dans le cadre d&amp;#039;une convention de partenariat avec le département fixant une programmation technique et financière.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les opérations prises en charge comprendront des actions nécessaires à la bonne application du plan de gestion en matière :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. d&amp;#039;équipements (clôtures pastorales, ganivelles, ouvrages de franchissements, petits ouvrages hydrauliques et divers matériels dévolus à la réhabilitation et à l&amp;#039;entretien des espaces naturels etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 2. de création d&amp;#039;infrastructures écologiques comme la plantation de haies, le creusement de mares, la création de cultures faunistiques, au climat et à l&amp;#039;altitude...
+&lt;/p&gt;
+&lt;p&gt;
+ 3. d&amp;#039;entretien (temps de travail du personnel dévolu en régie interne à l&amp;#039;entretien et à la réhabilitation, marchés de travaux réalisés par des prestataires extérieurs pour du girobroyage, débroussaillage, amélioration de systèmes hydrauliques etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 4. de formation des salariés affectés à la réhabilitation et à l&amp;#039;entretien si ces opérations sont réalisées en régie, et de formation en ingénierie de projets environnementaux liés à la gestion des espaces naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux et équipements des sites en vue de l&amp;#039;accueil du public, figurant dans les plans de gestion préalablement validés. La charte graphique des ENS audois devra être respectée (un avis des services du Conseil général sera alors nécessaire concernant la relecture de panneaux et de tous supports de communication en rapport avec le projet avec un délai minimal de 15 jours, avant de procéder au versement de l&amp;#039;aide concernant ces supports). Le Comité scientifique des ENS jugera de la validité de ces travaux et équipements au titre des caractéristiques départementales, de leur impact éventuel sur l&amp;#039;environnement et la biodiversité. En effet, ces travaux et équipements, même s&amp;#039;ils sont prévus pour une action pédagogique, ne doivent en aucune manière être défavorables au maintien de la biodiversité locale et des fonctionnalités écologiques du milieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme d&amp;#039;animations pédagogiques (sorties sur le terrain avec animateurs, expositions, conférences, divers matériels utiles à l&amp;#039;animation etc.). L&amp;#039;objectif final visera à inculquer un message de respect de l&amp;#039;environnement au travers de bonnes pratiques et d&amp;#039;acquisition de connaissances, ce programme participant également au maintien du lien social.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hormis les sites présents en Zones de préemption des ENS, tout site naturel présent dans au moins un des sites de l&amp;#039;inventaire naturaliste audois, dans un site Natura 2000 dont le DOCOB a été validé, dans un zone humide inventoriée dans un SAGE audois ou dans un site dont un ou des enjeux de biodiversité ont été identifiés pouvant donner lieu à la création d&amp;#039;un site de l&amp;#039;inventaire naturaliste audois. L&amp;#039;acquisition devra être justifiée par l&amp;#039;existence d&amp;#039;une menace ou d&amp;#039;une pression sur la biodiversité locale sinon une aide à la gestion du site pourra être sollicitée comme prévu dans ce règlement d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires de cette aide sont les communes et les EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/strategie-departementale-de-biodiversite</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les dossiers de demande de financement sont à envoyer à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ M. le Président du Conseil général,
+&lt;/p&gt;
+&lt;p&gt;
+ à l&amp;#039;attention de la Direction Développement, Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil général 11855 CARCASSONNE cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour tous renseignements, veuillez joindre le :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires au Conseil général
+&lt;/p&gt;
+&lt;p&gt;
+ Agent de gestion administrative et secrétariat - Isabelle Bertrand
+&lt;/p&gt;
+&lt;p&gt;
+ Mail:
+ &lt;a href="mailto:isabelle.bertrand&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  isabelle.bertrand&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.66.32
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82dc-developper-une-strategie-departementale-pour-/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>161852</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Biodiversité au fil de l'eau</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I123" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R123" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>camille.charvolen@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>164187</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Espèces exotiques envahissantes</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I124" s="1" t="inlineStr">
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J124" s="1" t="inlineStr">
+      <c r="J118" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets éligibles concernent les études sommaires de connaissance, de suivi et de gestion d’espèces
 végétales prioritaires sur le bassin Rhin-Meuse définies en lien avec la Stratégie Régionale « Espèces Exotiques
 Envahissantes », d’espèces végétales émergentes10 sur le bassin (identifiées ou potentielles), les opérations de
 limitation d’expansion de ces espèces sur des sites maîtrisables ainsi que les interventions combinées à la
 restauration du milieu (restauration de berges dégradées et reconstitution de ripisylve par exemple). &lt;/p&gt;&lt;p&gt;A l’inverse, les opérations d’entretien régulier de végétation envahissante ayant colonisé des larges zones
 (fauche/arrachage de renouées par exemple) et de régulation d’espèces animales ne sont pas éligibles. Les
 études visant une connaissance fondamentale et approfondie d’une espèce exotique invasive animale ou
 végétale, pour laquelle la colonisation est considérée irréversible sur le bassin Rhin-Meuse, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Dans tous les cas, l’éligibilité des projets fera l’objet d’une analyse au cas par cas au regard du meilleur état de
 l’art sur les espèces exotiques envahissantes présentes sur le bassin Rhin-Meuse. Les études, travaux et plans de
 gestion concernant des espèces animales ne sont pas éligibles à des financements.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q124" s="1" t="inlineStr">
+      <c r="Q118" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Végétales prioritaires / émergentes&lt;/strong&gt;&lt;br /&gt;Actions de gestion pour éradiquer
 ou limiter l’expansion d’espèces
 prioritaires sur le bassin Rhin-Meuse (notamment espèces
 émergentes identifiées ou
 potentielles) sur des sites
 maîtrisables ou stratégiques ;
 Travaux de restauration de
 milieux pour lutter contre les
 espèces exotiques envahissantes
 prioritaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Végétales déjà implantées&lt;/strong&gt;&lt;br /&gt;Dans le cadre de travaux de
 restauration de milieux pour lutter
 contre les espèces exotiques
 envahissantes. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Animales&lt;/strong&gt;&lt;br /&gt;Non éligible au P12&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-protegees-menacees/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>164188</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Trame verte et bleue - Reconquête des habitats</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J125" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau peut aider les opérations permettant de préserver et restaurer les fonctionnalités des cours 
 d’eau et des milieux naturels associés ainsi que les opérations qui visent à améliorer les potentialités écologiques 
 des canaux :
 &lt;br /&gt;• Si ces opérations sont réalisées sur l’ensemble d’un bassin versant ou d’un tronçon homogène d’un 
 cours d’eau ;
 &lt;br /&gt;• Si ces opérations sont ponctuelles et constituent des chantiers expérimentaux, pilotes ou démonstratifs 
 des bonnes pratiques de gestion, restauration ou renaturation des milieux naturels. Le caractère pilote 
 et/ou démonstratif peut s’apprécier par une innovation technique ou par un potentiel de généralisation 
 de l’opération à une échelle globale et cohérente. &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont ainsi éligibles les opérations suivantes :
 &lt;br /&gt;Au sein des projets globaux :
 &lt;br /&gt;• La gestion sélective et adaptée de la végétation des berges (élagage, coupe, ...) et des encombrements 
 du lit mineur (embâcles) dans le respect des équilibres naturels8 ;
 ;
 &lt;br /&gt;• La reconstitution de la ripisylve par plantations d’essences arbustives/arborées indigènes et adaptées, 
 ainsi que par la mise en défens des berges (clôtures) ;
 &lt;br /&gt;• La reconstitution de profils de berges et du lit mineur, en long et en travers, adaptés aux caractéristiques 
 naturelles des cours d’eau (typologie, pente, débit, puissance, transport sédimentaire, ...) : mise en place 
 de lits d’étiage et lits emboîtés, reméandrage, découverture de tronçons enterrés lorsque cette 
 intervention permet une amélioration des fonctionnalités du milieu, ... ;
 &lt;br /&gt;• La préservation voire la restauration d’espaces de mobilité ou de bon fonctionnement ainsi que la 
 restauration voire la création de zones humides alluviales : ces actions pouvant faire l’objet de maîtrise 
 foncière d’espaces latéraux (cf. article 4.2.2) ;
 &lt;br /&gt;• Les mesures de gestion du bassin versant telles que les réimplantations de haies, de freins aux 
 écoulements de surface, de zones tampons, ..., en lien notamment avec le volet de prévention des 
 risques liés aux inondations par débordement de cours d’eau et aux ruissellements du bassin versant 
 ainsi qu’aux programmes de consolidation de la Trame Verte et Bleue (cf. articles 4.4.2 et 4.7). &lt;/p&gt;&lt;p&gt;Au titre des actions ponctuelles :
 &lt;br /&gt;• Des actions permettant de promouvoir des techniques particulières respectueuses des équilibres 
 écologiques ou d’initier des démarches plus globales par effet d’entraînement ;
 &lt;br /&gt;• La diversification des berges sur un faible linéaire et la création de milieux annexes, de type bras mort, 
 sur les voies de navigation, en priorité sur des secteurs en lien fort avec le cours naturel et avec une 
 réelle plus-value environnementale. &lt;/p&gt;&lt;p&gt;Ces projets ponctuels seront examinés au cas par cas en vue de définir leur éligibilité.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q125" s="1" t="inlineStr">
+      <c r="Q119" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Travaux de restauration 
 écologique : reméandrage, 
 reconstitution de ripisylve, 
 diversification des écoulements, 
 suppression d’ouvrages, 
 découverture, ...
 Les travaux de protection de 
 berges, curage ou uniquement 
 d’entretien ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-exotiques-envahissantes/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="K126" s="1" t="inlineStr">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>165472</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J120" s="1" t="inlineStr">
+        <is>
+          <t>Part limitée à 30 % max. du projet, taux au prorata du temps consacré aux prospections concernant la Haute-Loire.</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O126" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération).&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P126" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S126" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Dimension régionale de la démarche.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
-[...146 lines deleted...]
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT) &lt;/p&gt;&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email : &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-un-atlas-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>