--- v0 (2025-11-20)
+++ v1 (2026-01-30)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA24"/>
+  <dimension ref="A1:AA254"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1196 +228,24340 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>133063</v>
+        <v>162266</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Réaliser son Atlas des Zones d’Activités Économiques</t>
+          <t>Bénéficier d'un accompagnement par un accompagnateur-expert en transition écologique</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Inventaire ZAE : offre @zaé - Mon Atlas des Zones d’Activités Économiques</t>
+          <t>CEDRE Premiers pas</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Etablissement public dont services de l'Etat</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...23 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Avec CEDRE Premiers pas, concrétisez vos premières actions de transition écologique en finançant l&amp;#039;accompagnement de votre démarche par un accompagnateur-expert (économies d&amp;#039;énergie, empreinte carbone, adaptation à la raréfaction des ressources, etc.).&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises inscrites au&lt;a href="https://entreprendre.service-public.fr/vosdroits/F24023" target="_blank" title="Registre du Commerce et des sociétés"&gt; registre du commerce et des sociétés&lt;/a&gt;,au &lt;a href="https://api.gouv.fr/les-api/api_rnm" target="_blank" title="Economie Sociale et Solidaire"&gt;Répertoire national des métiers&lt;/a&gt; ou appartenant à l&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="Economie Sociale et Solidaire"&gt;’Economie Sociale et Solidaire &lt;/a&gt; (ESS) et développant une activité marchande.&lt;/li&gt; 	&lt;li&gt;Réalisant un chiffre d’affaires inférieur ou égal à 5 millions d’euros (attesté par les derniers comptes disponibles).&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement se situe en Provence-Alpes-Côte d’Azur&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Sont exclus : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les entreprises ayant bénéficié d’une aide au titre de la Gamme CEDRE depuis la création dudit dispositif.&lt;/li&gt; 	&lt;li&gt;Les bureaux d’étude et cabinets conseils dont l’activité consiste à accompagner des organisations dans une démarche globale de RSE, de transition écologique et/ou de développement durable.&lt;/li&gt; 	&lt;li&gt;Les entreprises bénéficiaires d’un accompagnement à la mise en œuvre d’actions de transition écologique de même nature que celles éligibles au présent dispositif en année N-2 et/ou N-1.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les actions d’accompagnement ayant trait à : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;La réduction de l’impact environnemental des produits et services de l’entreprise et l’adaptation à la raréfaction des ressources (écoconception, durabilité/réparabilité des produits et services, cycle de vie des produits, gestion des déchets et valorisation de la matière, recyclage, réutilisation, utilisation économe des ressources, achats responsables, approvisionnement local, etc.)           &lt;br /&gt; 	    &lt;/li&gt; 	&lt;li&gt;La réduction des impacts liés aux transports au sein de l’entreprise (mobilité durable, stratégie d’acheminement des flux entrants et sortants dans des logiques de mutualisation, coopération, etc.   &lt;br /&gt; 	            &lt;/li&gt; 	&lt;li&gt;La réduction de la consommation d’énergie de l’entreprise (rénovation énergétique, énergie durable, synergie de flux, biomimétisme, etc.                                 &lt;/li&gt; 	&lt;li&gt; La réduction de l’empreinte carbone de l’entreprise (incluant la réalisation d’un bilan gaz à effet de serre, du calcul de l’impact environnemental de l’entreprise en vue d’une évolution vers une stratégie durable)       &lt;br /&gt; 	                                                  &lt;/li&gt; 	&lt;li&gt;Le déploiement d’actions de préservation des milieux naturels impactés par l’entreprise (lutte contre la pollution eau, air, sol, préservation de la biodiversité,  hors actions de compensation carbone)     &lt;br /&gt; 	                                                                   &lt;/li&gt; 	&lt;li&gt;Le déploiement d’un management responsable et d’une stratégie économique durable (établissement de relations durables avec clients et fournisseurs, engagement social/sociétal de l’entreprise, répartition équilibrée des richesses produites, implication de la gouvernance et des salariés dans la démarche de l’entreprise, déploiement d’outils de reporting de démarche RSE, mise en place d’une comptabilité extra financière, etc.)                               &lt;/li&gt; 	&lt;li&gt;Le déploiement de démarches innovantes d’économie de la fonctionnalité, d’économie circulaire ou l’accompagnement à l’obtention d’un label ou d’une certification RSE/environnement &lt;a target="_blank" title="ISO 26000"&gt;(ISO 26 000&lt;/a&gt; , &lt;a href="https://www.iso.org/fr/iso-14001-environmental-management.html" target="_blank" title="ISO 14000"&gt;ISO 14 000&lt;/a&gt;, &lt;a href="https://www.label-pmeplus.fr/" target="_blank" title="label PME&amp;#43; "&gt;label PME&amp;#43;&lt;/a&gt; etc.)       &lt;br /&gt; 	                                                               &lt;/li&gt; 	&lt;li&gt;L’adaptation aux conséquences du changement climatique et à la raréfaction des ressources (déploiement de solutions innovantes et/ou alternatives, changement/évolution des pratiques et procédés de production, actions de prévention des risques, etc.).&lt;/li&gt; &lt;/ul&gt;
+&lt;div&gt;&lt;p&gt;&lt;br /&gt; Les prestations n’ont pas vocation à accompagner la mise en conformité des entreprises avec les obligations légales qui leur sont faites. &lt;/p&gt;&lt;/div&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Foncier
-[...1 lines deleted...]
-Emploi</t>
+          <t>Biodiversité</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>29/03/2024</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les actions d’accompagnement ayant trait à : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;La réduction de l’impact environnemental des produits et services de l’entreprise et l’adaptation à la raréfaction des ressources (écoconception, durabilité/réparabilité des produits et services, cycle de vie des produits, gestion des déchets et valorisation de la matière, recyclage, réutilisation, utilisation économe des ressources, achats responsables, approvisionnement local, etc.)           &lt;br /&gt; 	    &lt;/li&gt; 	&lt;li&gt;La réduction des impacts liés aux transports au sein de l’entreprise (mobilité durable, stratégie d’acheminement des flux entrants et sortants dans des logiques de mutualisation, coopération, etc.   &lt;br /&gt; 	            &lt;/li&gt; 	&lt;li&gt;La réduction de la consommation d’énergie de l’entreprise (rénovation énergétique, énergie durable, synergie de flux, biomimétisme, etc.                                 &lt;/li&gt; 	&lt;li&gt; La réduction de l’empreinte carbone de l’entreprise (incluant la réalisation d’un bilan gaz à effet de serre, du calcul de l’impact environnemental de l’entreprise en vue d’une évolution vers une stratégie durable)       &lt;br /&gt; 	                                                  &lt;/li&gt; 	&lt;li&gt;Le déploiement d’actions de préservation des milieux naturels impactés par l’entreprise (lutte contre la pollution eau, air, sol, préservation de la biodiversité,  hors actions de compensation carbone)     &lt;br /&gt; 	                                                                   &lt;/li&gt; 	&lt;li&gt;Le déploiement d’un management responsable et d’une stratégie économique durable (établissement de relations durables avec clients et fournisseurs, engagement social/sociétal de l’entreprise, répartition équilibrée des richesses produites, implication de la gouvernance et des salariés dans la démarche de l’entreprise, déploiement d’outils de reporting de démarche RSE, mise en place d’une comptabilité extra financière, etc.)                               &lt;/li&gt; 	&lt;li&gt;Le déploiement de démarches innovantes d’économie de la fonctionnalité, d’économie circulaire ou l’accompagnement à l’obtention d’un label ou d’une certification RSE/environnement &lt;a target="_blank" title="ISO 26000"&gt;(ISO 26 000&lt;/a&gt; , &lt;a href="https://www.iso.org/fr/iso-14001-environmental-management.html" target="_blank" title="ISO 14000"&gt;ISO 14 000&lt;/a&gt;, &lt;a href="https://www.label-pmeplus.fr/" target="_blank" title="label PME&amp;#43; "&gt;label PME&amp;#43;&lt;/a&gt; etc.)       &lt;br /&gt; 	                                                               &lt;/li&gt; 	&lt;li&gt;L’adaptation aux conséquences du changement climatique et à la raréfaction des ressources (déploiement de solutions innovantes et/ou alternatives, changement/évolution des pratiques et procédés de production, actions de prévention des risques, etc.).&lt;/li&gt; &lt;/ul&gt;
+&lt;div&gt;&lt;p&gt;&lt;br /&gt; Les prestations n’ont pas vocation à accompagner la mise en conformité des entreprises avec les obligations légales qui leur sont faites. &lt;/p&gt;&lt;/div&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Chaque dossier de demande de subvention doit être transmis de manière dématérialisée sur la plateforme Démarches simplifiées.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer un compte ou se connecter à son compte existant puis effectuer sa demande de subvention. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;
+&lt;p&gt;Toute demande de modification et/ou de dépôt de pièces complémentaires doit obligatoirement intervenir via la messagerie sécurisée accessible dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; La subvention est attribuée pour un établissement (SIRET), principal ou secondaire. Au maximum, le même établissement ne peut bénéficier que d’une seule subvention tous les 2 ans.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.banquedesterritoires.fr/offre-inventaire-zae-zones-activites-economiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_medium=Aides_Territoires&amp;mtm_content=zae_psat</t>
+          <t>https://www.maregionsud.fr/vos-aides/detail/cedre-premiers-pas</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/cedre-premiers-pas</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...11 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au vendredi de &lt;strong&gt;8h30 à 12h30 et de 13h30 à 17h30&lt;/strong&gt; au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/85e9-zae-realiser-son-atlas-des-zones-dactivites-e/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cedre-premiers-pas/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>162466</v>
+        <v>101582</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mener une opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
-[...4 lines deleted...]
-          <t>Opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
+          <t>Agir pour la biodiversité, l'environnement et les paysages</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Chambres d'agriculture</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Intercommunalité / Pays</t>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ÉLIGIBLES&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles tout artisan et commerçant sédentaire inscrit au Registre national des entreprises (RNE), en société ou en nom propre ou en association (sous condition) et œuvrant dans les secteurs de l’artisanat, la petite industrie, le commerce et l’économie sociale et solidaire.&lt;/p&gt;&lt;p&gt;A contrario, les commerces non sédentaires ou éphémères, les professions libérales ne sont pas éligibles au dispositif.&lt;/p&gt;&lt;p&gt;La liste précise des destinataires éligibles sera définie dans le cadre de chaque règlement d’attribution.Toutes Opérations Collectives de Modernisation de l’Artisanat, du Commerce et des Services (OCMACS) permettant d’agir sur la dynamique de l’artisanat et du commerce de proximité dans le cadre d’un programme local d’intervention destiné à aider les entreprises à réaliser des investissements de modernisation de leurs activités.&lt;/p&gt;&lt;p&gt;L’aide départementale est versée au bénéficiaire pour alimenter un fonds d’intervention destiné au soutien des entreprises souhaitant réaliser des investissements de modernisation de leurs établissements. Ces programmes d’intervention ont une durée minimale de 3 ans pouvant être éventuellement prolongés dans le cadre de la revoyure des contrats de territoire Manche avec une durée maximale totale de 4 ans.&lt;/p&gt;&lt;p&gt;Le programme d’intervention devra intégrer le dispositif régional relatif à l’aide aux commerces des territoires.&lt;/p&gt;&lt;p&gt;Dans ce cadre, l’intervention du Département est envisageable selon les modalités suivantes :&lt;/p&gt;&lt;p&gt;- le bénéficiaire met en place une OCM intégrant également les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale : l’aide départementale serait doublée par rapport à la participation de l’EPCI (« 2 pour 1 ») et serait plafonnée à 200 000 €, sous condition que la part de l’EPCI soit obligatoirement fléchée sur des bénéficiaires non éligibles au dispositif régional, à savoir sur les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale.&lt;/p&gt;&lt;p&gt;Le Département veillera à ce que le taux d’intervention retenu soit le même pour l’ensemble des entreprises éligibles au titre de l’OCM (pas de différentiation de taux entre les entreprises éligibles au dispositif régional et celles éligibles au dispositif départemental).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITÉS FINANCIÈRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Participation du Conseil départemental en fonction du programme d’intervention retenu conformément à la présente fiche.&lt;/p&gt;&lt;p&gt;L’aide départementale n’est pas cumulable avec d’autres dispositifs départementaux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIÈCES À FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Note d’opportunité permettant une évaluation du potentiel de dossiers sur le territoire concerné.&lt;/li&gt;&lt;li&gt;Projet de règlement d’attribution des aides pour avis préalable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le service instructeur se réserve le droit de demander toute pièce complémentaire qu’il jugerait utile pour la bonne compréhension et l’analyse du projet ainsi que pour sa bonne articulation avec les autres dispositifs départementaux à destination des entreprises.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Nous vous aidons à préserver et valoriser la biodiversité, l&amp;#039;environnement et les paysages en lien avec les agriculteurs et les forestiers de votre territoire. Nous proposons des solutions concertées pour restaurer les écosystèmes, promouvoir les pratiques et renforcer la résilience des territoires tout en conciliant les enjeux environnementaux, économiques et paysagers.&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
-          <t>Commerces et services
-[...1 lines deleted...]
-Artisanat</t>
+          <t>Forêts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
-        </is>
-[...3 lines deleted...]
-          <t>&lt;p&gt;&lt;strong&gt;BÉNÉFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI à fiscalité propre&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront respecter la réglementation en vigueur qui leur est applicable, notamment en matière environnementale et de performance énergétique des bâtiments ainsi qu’en matière d’accessibilité des établissements recevant du public.&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront s’engager dans une démarche vertueuse en matière environnementale et de gestion des énergies (sobriété énergétique, matériaux de qualité, maitrise des fluides) conformément aux critères définis par la Région.&lt;/p&gt;&lt;p&gt;Deux aides maximum pourront être mobilisées par destinataire final sur la durée du programme d’intervention. Les aides ne pourront pas être fléchées sur les mêmes dépenses.&lt;/p&gt;&lt;p&gt;Les règlements d’attribution sont établis par le bénéficiaire de l’aide départementale (EPCI ou PETR).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La modernisation des locaux d’activité et le renouvellement d’équipements professionnels dans un but de soutien ou de développement des activités, d’amélioration de la performance énergétique et d’élargissement de l’usage numérique,&lt;/li&gt;&lt;li&gt;Les opérations liées au développement du numérique ayant pour but d’accélérer, faciliter et/ou développer leur activité,&lt;/li&gt;&lt;li&gt;La rénovation des vitrines et enseignes,&lt;/li&gt;&lt;li&gt;La sécurisation et l’accessibilité à tous les publics,&lt;/li&gt;&lt;li&gt;L’aménagement des véhicules de tournée (hors coût d’acquisition).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Sont exclus des dépenses éligibles :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais d’acquisition de locaux, de construction et d’extension de locaux ;&lt;/li&gt;&lt;li&gt;Les achats de fonds de commerce reprise de bail ou de pas-de-porte ;&lt;/li&gt;&lt;li&gt;Les travaux relatifs aux logements des exploitants ;&lt;/li&gt;&lt;li&gt;Les dépenses courantes ou de simple renouvellement de matériel ;&lt;/li&gt;&lt;li&gt;Les dépenses directement liées à la demande d’un franchiseur ;&lt;/li&gt;&lt;li&gt;Les travaux réalisés en auto-construction (matériaux et main d’œuvre) ;&lt;/li&gt;&lt;li&gt;Les travaux de parkings et de distributeurs automatiques ;&lt;/li&gt;&lt;li&gt;Les investissements financés par crédit-bail ou SCI&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U3" s="1" t="inlineStr">
         <is>
-          <t>Manche</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V3" s="1" t="inlineStr">
         <is>
-          <t>https://www.manche.fr/guide-des-aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
-[...4 lines deleted...]
-          <t>https://subventions.manche.fr/</t>
+          <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de contact : &lt;a target="_self"&gt;https://www.manche.fr/contacter-le-departement/  02.33.05.97.41&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture (annuaire) : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+          <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3118-amenager-les-espaces-agricoles-et-forestiers-/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>162650</v>
+        <v>145885</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Investir pour soutenir des démarches en faveur du commerce, de l’artisanat et des services</t>
-[...4 lines deleted...]
-          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+          <t>Financer des projets structurants favorisant la biodiversité et la nature en ville</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>FEDER - Fiche-Action 8 - Investir pour soutenir des démarches en faveur du commerce, de l’artisanat et des services</t>
+          <t>Fonds Biodiversité</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Isle en Périgord (Syndicat mixte)</t>
+          <t>Métropole du Grand Paris</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I4" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;A l’échelle du Pays, la principale fragilité du secteur artisanal, dont l’inscription spatiale est diffuse (notamment dans les territoires ruraux),&lt;br /&gt;est d’assurer la continuité et la reprise d’activité, face à l’accélération de l’effet générationnel. L’organisation du commerce sur le territoire se&lt;br /&gt;caractérise par des relations d’interdépendances, qui s’appuient sur une zone de chalandise robuste. On consomme sur place avec peu d’évasion.&lt;br /&gt;Le commerce est ainsi un élément structurant, qui ne demande qu’à s’inscrire dans les projets de territoire pour accompagner les politiques de revitalisation (Centre-Bourg, Centre-ville), tout en s’ajustant aux nouveaux comportements d’achats (des circuits de proximité à l’e-commerce).&lt;/p&gt;&lt;p&gt;Pour répondre au défi de l’adaptation et du maintien de la réponse de proximité, il s’agit ici d’apporter un nouveau souffle à des actions.&lt;br /&gt;L’enjeu central de ces nouveaux lieux de référence sera de créer une dynamique collective, dont l’impact en termes d’image et de qualité des services proposés, aura un effet d’entrainement sur la revitalisation des centres bourgs et des centres-villes, sur la requalification du foncier (diversification des fonctions) et sur la reprise d’activités.&lt;/p&gt;&lt;p&gt;Plus largement, l’accès aux services facilité grâce à la création d’outils numériques en vue de créer, tisser du lien social au travers différents domaines pourront aussi s’inscrire dans cette fiche (mise en réseau de professionnels par exemple).&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Le
+  Fonds Biodiversité
+ a été instauré le 14 avril 2023. Il est doté de
+  80 millions d&amp;#039;euros
+ d&amp;#039;ici 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Fonds biodiversité témoigne de la volonté de la Métropole du Grand Paris de soutenir des projets structurants
+  favorisant la biodiversité et la nature en ville et s&amp;#039;inscrivant dans la trame écologique métropolitaine
+ . Il constitue une des 13 mesures prioritaires identifiées dans le Plan biodiversité métropolitain.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce Fonds a pour objectif de financer des dépenses d&amp;#039;investissement (acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation de projets structurants, notamment en matière de plantations d&amp;#039;arbres, de résorptions de coupures écologiques, de désimperméabilisation et renaturation d&amp;#039;espaces, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subvention seront analysées à l&amp;#039;aune des 5 axes suivants, détaillés dans le règlement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dimensions du projet : Une envergure métropolitaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  La localisation du projet : Un lieu de connexion écologique et d&amp;#039;adaptation au changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  La cohérence du projet avec les documents stratégiques métropolitains : Equilibre territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ambition écologique du projet : Performance écologique et environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie du projet : Cohérence économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+   fondsbiodiversite&amp;#64;metropolegrandparis.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Mettre en place des actions qui concourent au partage de connaissance et d’expertise à l’échelle de l’ensemble du territoire du Pays&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Observatoire …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mettre en place des actions de mise en réseau des professionnels&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Village d’artisans &lt;br /&gt;• Innovations commerciales : « Tiny commerce » (itinérant)&lt;br /&gt;• Matériel roulant et son équipement&lt;br /&gt;• Création d’outils favorisant l’échange, le partage dans divers domaines …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Créer ou réhabiliter des espaces sachant s’adapter aux nouveaux rythmes et attentes de la clientèle en proposant des services et des produits de qualité dans un cadre respectueux de son environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Réhabilitation de friches pour donner un nouvel élan commercial&lt;br /&gt;• Chaine e-commerce : plateforme, logistique, distribution, vente …&lt;br /&gt;• Découverte de produits&lt;br /&gt;• Formations&lt;br /&gt;• Projets numériques innovants …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Créer ou réhabiliter des espaces permettant d’étoffer ou de créer une offre, des services proposés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Aménagement d’espaces intérieurs/extérieurs pouvant permettre d’offrir un lieu favorisant l’échange, le partage …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Plantation massive d&amp;#039;arbres, en cohérence avec la trame verte métropolitaine : Plans canopée, Plans arbres, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désartificialisation et renaturation d&amp;#039;espaces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition foncière, dans l&amp;#039;objectif de renaturer l&amp;#039;espace
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>Commerces et services
-[...3 lines deleted...]
-Artisanat</t>
+          <t>Forêts
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>31/12/2027</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 25 000 €&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;• Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;• Les agriculteurs dans le cadre de leur seule activité agricole&lt;br /&gt;• Les dépenses d’auto-construction&lt;br /&gt;• Les contributions en nature&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Sont éligibles, les projets portés par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   communes, établissements publics territoriaux (EPT) et autres établissements publics
+  &lt;/strong&gt;
+  situés sur le périmètre de la Métropole du Grand Paris pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles
+  &lt;/strong&gt;
+  , situées sur le périmètre de la Métropole du Grand Paris.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  dépenses éligibles sont les dépenses d&amp;#039;investissement
+ &lt;/strong&gt;
+ (principalement acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation du projet. En conséquence, les dépenses de fonctionnement (notamment les dépenses pour l&amp;#039;entretien, la gestion, la surveillance, la communication et l&amp;#039;animation des espaces) ne sont pas éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
-          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+          <t>Métropole du Grand Paris</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
-          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA8-Cce-Artisanat-Services.pdf</t>
-[...4 lines deleted...]
-          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-biodiversite</t>
         </is>
       </c>
       <c r="X4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ fondsbiodiversite&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>s.giedelmann@pays-isle-perigord.com</t>
+          <t>roxane.leverrier@metropolegrandparis.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/investir-pour-soutenir-des-demarches-en-faveur-du-commerce-de-lartisanat-et-des-services/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff83-financer-des-projets-structurants-favorisant-/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>116954</v>
+        <v>161739</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aide au commerce et à l'artisanat avec point de vente</t>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Aide au commerce et à l'artisanat avec point de vente Agglo Pays d'Issoire</t>
+          <t>Tremplin pour la transition écologique des PME</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Agglo Pays d'Issoire</t>
+          <t>ADEME</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Association
+Entreprise privée</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Min : 30</t>
+          <t>Subvention
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...39 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
-          <t>Commerces et services
-[...3 lines deleted...]
-Artisanat</t>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
-[...44 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>Ponctuelle</t>
         </is>
       </c>
       <c r="S5" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
-[...4 lines deleted...]
-          <t>Dépenses d’investissement</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U5" s="1" t="inlineStr">
         <is>
-          <t>CA Agglo Pays d'Issoire</t>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
         </is>
       </c>
       <c r="X5" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...15 lines deleted...]
-&lt;/p&gt;</t>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
-          <t>marlene.gouyon@capissoire.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/a045-aide-au-commerce-et-a-lartisanat-avec-point-d/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>133058</v>
+        <v>163965</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Être accompagné pour réaliser un inventaire des zones d'activités économiques (ZAE)</t>
-[...4 lines deleted...]
-          <t>Fonds vert Ingénierie</t>
+          <t>Contribuer à des projets de réduction et de séquestration de carbone pour participer à l'objectif de neutralité carbone</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Agences d'urbanisme</t>
+          <t>Leyton</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>pdeniau@leyton.com</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
+ &lt;/a&gt;
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de projets soutenus par Nature 2050 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>23856</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Préserver voire restaurer les habitats naturels exceptionnels de Méditerranée</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>Le plancher minimal de subvention est de 2 000 €. Le taux maximum d'aides publiques ne peut dépasser</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Cadre d&amp;#039;intervention régional en faveur de l&amp;#039;environnement maritime
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le littoral méditerranéen de la région constitue un atout formidable d&amp;#039;attractivité et de développement du territoire. Avec 220 kilomètres de rivages, 1,3 millions d&amp;#039;habitants permanents, 20 stations balnéaires, 70 ports de plaisance, 3 ports de commerce, 40 000 hectares de lagunes et zones humides associées, 4 700 km2 d&amp;#039;aires marines protégées dont un parc naturel marin de 4 000 km2, la façade méditerranéenne offre un horizon pour l&amp;#039;économie bleue.
+&lt;/p&gt;
+&lt;p&gt;
+ Les espaces naturels maritimes et terrestres participent à l&amp;#039;attractivité de l&amp;#039;Occitanie. De ce fait, la Région encourage une gestion durable de cet espace côtier et accompagne les acteurs du territoire dans leurs projets de préservation du milieu naturel, de restauration des écosystèmes et de gestion des milieux lagunaires, marins et portuaires qui constituent le support d&amp;#039;une grande biodiversité et de développement des activités économiques traditionnelles (pêche, aquaculture) et récréatives (plaisance, activités nautiques).
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent cadre d&amp;#039;intervention en faveur l&amp;#039;environnement maritime et portuaire d&amp;#039;Occitanie vise à maintenir cette attractivité en contribuant à limiter les concurrences entre les usages (économiques, récréatifs, de pêche...) et à préserver voire restaurer les habitats naturels exceptionnels de Méditerranée.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le présent cadre d&amp;#039;intervention régional vise à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutenir la gestion intégrée des milieux marins, lagunaires (conchylicoles) et littoraux permettant la prise en compte des dynamiques écologiques à une échelle cohérente et le développement harmonieux des usages qui s&amp;#039;y développent.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner le développement de techniques innovantes de gestion environnementale des usages maritimes et portuaires permettant une préservation (voire une restauration) des milieux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Encourager les ports de plaisance à s&amp;#039;inscrire dans une gestion environnementale de leurs infrastructures (prioritairement par le biais de la démarche de certification « Port Propre » pour laquelle des bonifications d&amp;#039;aides seront accordées). Ces objectifs s&amp;#039;inscrivent en cohérence avec le cadre d&amp;#039;intervention pour la modernisation et le développement équilibré des stations littorales et des ports de plaisance.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développer la connaissance en matière d&amp;#039;habitats marins et de leurs fonctionnalités écologiques au travers de suivis scientifiques intégrés et d&amp;#039;actions de sensibilisation à l&amp;#039;échelle régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Cadre-d-intervention-regional-en-faveur-de-l-environnement</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Région Occitanie – Pyrénées/Méditerranée Direction de la Mer
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement Durable et Economie du Littoral
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.67.22.78.75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e9ca-cadre-dintervention-regional-en-faveur-de-len/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>10107</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, restaurer et valoriser les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximal de la Région est de 20% de l'assiette éligible. Il peut être porté jusqu'à 40% pour</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec 74 000 km de cours d&amp;#039;eau, près de 35 500 zones humides et 40 000 ha de lagunes méditerranéennes, la région Occitanie a la chance de bénéficier de milieux aquatiques nombreux, variés et pour certains remarquables en terme de biodiversité.  Le bon fonctionnement de ces milieux aquatiques est essentiel pour le territoire régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Or ce patrimoine naturel remarquable subit des pressions importantes, parmi lesquelles l&amp;#039;artificialisation des écosystèmes, les changements climatiques et l&amp;#039;ampleur des sollicitations liées à certains usages.  Cette dégradation remet en cause le bon fonctionnement des milieux aquatiques, leur capacité à rendre des services et leur pérennité pour les générations futures.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce contexte, la Région Occitanie a voté le 22 juin 2018 un dispositif d&amp;#039;aide en faveur de la préservation et la restauration des fonctionnalités des milieux aquatiques, affirmant ainsi sa volonté de développer des solutions fondées sur la nature pour un développement territorial durable et un renforcement de la résilience des écosystèmes. Ce dispositif constitue un volet essentiel du Plan d&amp;#039;intervention régional pour l&amp;#039;eau adopté par les élus régionaux à cette même date.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;ensemble des actions : les collectivités territoriales et leurs groupements, les établissements publics, les Groupements d&amp;#039;Intérêt Public, les associations, les chambres consulaires, les universités, les organismes de recherche.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les actions spécifiques en faveur des zones humides : l&amp;#039;ensemble des bénéficiaires ci-dessus ainsi que les entreprises de l&amp;#039;économie sociale et solidaire (sociétés coopératives d&amp;#039;intérêt collectif (SCIC), sociétés coopératives et participatives (SCOP)).
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations éligibles doivent être intégrées au sein d&amp;#039;une démarche réfléchie à une échelle hydraulique cohérente, qui propose une stratégie ambitieuse et pluriannuelle de restauration des fonctions physiques et des continuités des cours d&amp;#039;eau (exemple : Programmes Pluriannuels de Gestion de bassins versants).
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations doivent respecter les objectifs du SDAGE et avoir obtenu toutes les autorisations réglementaires nécessaires.
+ A l&amp;#039;exception des actions de plantation , les travaux récurrents et l&amp;#039;entretien sont inéligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de travaux de restauration doivent présenter un engagement du porteur à mettre en place un entretien pérenne des secteurs restaurés.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets sollicitant une aide régionale supérieure à 100 000€, le maître d&amp;#039;ouvrage doit s&amp;#039;engager à assurer un suivi de la qualité des milieux pour une durée fonction de la nature et de l&amp;#039;importance de l&amp;#039;opération (3 à 5 ans).
+ Les projets doivent, dans la mesure du possible, intégrer la participation des citoyens/riverains.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-en-faveur-du-bon-fonctionnement-et-de-la-valorisation</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Transition Ecologique et Energétique
+&lt;/p&gt;
+&lt;p&gt;
+ Service Eau, Milieux Aquatiques et Risques
+&lt;/p&gt;
+&lt;p&gt;
+ Nom / prénom : Alexandre CARRIER / Anne NESPOULOUS
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : prenom.nom&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 93 08 / 05 61 39 66 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d15-dispositif-en-faveur-du-bon-fonctionnement-et/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>140801</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement local durable du territoire du Parc</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie amont : rédaction de porter à connaissance pour plans, programmes et projets d&amp;#039;aménagement. Sensibilisation des acteurs. Contribution aux stratégies de développement du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : dispositif de subvention directe aux communes ayant adhéré à la charte du Parc, aide à la recherche de financement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : aide à la définition de commande, de cahier des charges, suivi d&amp;#039;étude, assistance à maîtrise d&amp;#039;ouvrage pour les communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation : organisation d&amp;#039;ateliers, de formations, de voyages d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en place d&amp;#039;une navette touristique estivale vers le Lauzanier à Val d&amp;#039;Oronaye
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la commune d&amp;#039;Uvernet-Fours pour la création d&amp;#039;une boucle pédestre de proximité autour de l&amp;#039;ancien moulin du Bachelard
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche de financements et assistance à maîtrise d&amp;#039;ouvrage pour la rénovation de la cabane pastorale du Prayer à Larche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autonomie énergétique du refuge du lac d&amp;#039;Allos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune d&amp;#039;Uvernet Fours pour la restauration de la chapelle des Agneliers en prenant en compte la présence d&amp;#039;une colonie de chauve-souris
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la requalification paysagère du col d&amp;#039;Allos dans le cadre du programme Espaces Naturels Sensibles porté par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement technique pour une rénovation des éclairages publics de Barcelonnette et cofinancement d&amp;#039;un centre de découverte de l&amp;#039;astronomie et de la biodiversité nocturne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique à la commune d&amp;#039;Allos pour la régulation des accès touristiques au site du lac d&amp;#039;Allos
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour les communes : avoir adhéré à la Charte du Parc par délibération du conseil municipal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour un EPCI-FP : avoir sur son territoire des communes qui ont adhéré à la charte du parc
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Parc national du Mercantour</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mercantour-parcnational.fr/fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 23 rue d&amp;#039;Italie, CS 51316, 06006 Nice Cedex 1,
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;mercantour-parcnational.fr" target="_self"&gt;
+  contact&amp;#64;mercantour-parcnational.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Antenne Ubaye : 04 92 81 21 31
+ &lt;/li&gt;
+ &lt;li&gt;
+  Antenne Verdon : 04 92 83 04 18
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6556-contribuer-au-developpement-local-durable-du-/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>165472</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un atlas de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K6" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Part limitée à 30 % max. du projet, taux au prorata du temps consacré aux prospections concernant la Haute-Loire.</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération).&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Dimension régionale de la démarche.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT) &lt;/p&gt;&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email : &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-un-atlas-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>165474</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la coordination de programmes de préservation d'espèces ou d'habitats cibles</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la coordination de programmes de préservation d'espèces ou d'habitats cibles</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 50 %.</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>-  Investissement matériel (matériel de prospection et d’analyse en lien direct avec l’objet de l’opération) ;&lt;p&gt;&lt;br /&gt;-  Dépenses de fonctionnement (salaires, déplacements, actions de communication, éditions, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>-  Espèces relevant d’un Plan National d’Actions – déclinaison régionale,&lt;p&gt;&lt;br /&gt;-  Espèces relevant d’un Plan Régional de Conservation d’Espèces ou d’Habitats,&lt;br /&gt;&lt;br /&gt;-  Espèces et habitats prioritaires ciblés par le SDENS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-coordination-de-programmes-de-preservation-despeces-ou-dhabitats-cibles/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>165476</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pour acquisition de connaissances naturalistes</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'acquisition de connaissances naturalistes</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 50 %.</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-  Inventaires naturalistes, suivis d’espèces ou d’habitats, cartographies de végétation ;&lt;/p&gt;&lt;p&gt;-  Site Natura 2000 : inventaires hors espèces et habitats ciblés dans les DOCOB – uniquement sur les 13 sites prioritaires identifiés dans le SDENS ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;-  Outils de valorisation et de partage des données (bases de données, sites Internet, observatoire, recueil écrit).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-   Sites ENS actuels opérationnels ;&lt;/p&gt;&lt;p&gt;-   Nouveaux sites ENS prioritaires au titre du SDENS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-lacquisition-de-connaissances-naturalistes/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>138027</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Préserver un site ENS</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Préserver un site ENS</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Participation plafonnée à 50% selon la nature des dépenses.</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nature des dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En investissement :&lt;/strong&gt;&lt;br /&gt; - Etude de définition (périmètres, animation / sensibilisation, analyse des enjeux et menaces, définition des objectifs) ;&lt;br /&gt;-  Rédaction du plan de gestion, évaluation du plan de gestion ;&lt;br /&gt;-  Etude APS/APD travaux de restauration écologique – plan de gestion obligatoire ;&lt;br /&gt;-  Maîtrise d’œuvre des études et des travaux – plan de gestion obligatoire ;&lt;br /&gt;-  Travaux – plan de gestion obligatoire ;&lt;br /&gt;-  Premiers investissements matériels – plan de gestion obligatoire.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;En fonctionnement :&lt;/strong&gt;&lt;br /&gt;-  Dépenses de personnels (salaires, déplacements) ;&lt;br /&gt;-  Dépenses d’animation – plan de gestion obligatoire ;&lt;br /&gt;-  La réalisation des inventaires et des suivis est couverte par la fiche A.&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; - Sites ENS actuels opérationnels.&lt;/p&gt;&lt;p&gt; -  Nouveaux sites ENS prioritaires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Dans un contexte de rareté du foncier, les zones d&amp;#039;activités économiques (ZAE) représentent une part importante de foncier artificialisé dont les usages sont à repenser en raison de leur perte d&amp;#039;attractivité. Sont considérés comme zone d&amp;#039;activité : « les zones d&amp;#039;activités industrielle, commerciale, tertiaire, artisanale, touristique, portuaire ou aéroportuaire ».  Pour améliorer la connaissance sur les ZAE et réfléchir sur leurs potentiels de requalification, la loi impose aux collectivités de réaliser un inventaire de leurs zones d&amp;#039;activités économiques.
-[...39 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+  -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+  -    Service gestionnaire : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11cf-preserver-et-gerer-les-espaces-naturels-sensi/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>97324</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la labellisation des espaces naturels sensibles en vue de soutenir leur préservation</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Schéma départemental des Espaces naturels Sensibles 2021-2026
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
-[...1 lines deleted...]
-&lt;p&gt;
+ Le Département de la Vendée a, depuis les années 1970, mené une politique de protection foncière des milieux naturels, par l&amp;#039;acquisition, la gestion et l&amp;#039;ouverture au public de sites d&amp;#039;intérêt écologique majeur au titre des Espaces Naturels Sensibles. Cette politique a vocation à préserver les habitats naturels remarquables du département et à les valoriser auprès du public (dans le respect de la sensibilité du milieu).
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;occasion de la mise en place de son deuxième schéma départemental des Espaces Naturels Sensibles 2021-2026, le Département a développé de nouvelles actions, qui vont au-delà de la politique d&amp;#039;acquisition historiquement mise en place. Parmi ces nouvelles mesures, un label Espace Naturel Sensible (ENS) est créé pour soutenir les projets de préservation des sites naturels, publics ou privés avec des enjeux forts pour la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette reconnaissance permet au Département de fournir un accompagnement technique et financier à tout propriétaire et/ou gestionnaire souhaitant valoriser et participer à la protection de la biodiversité sur son patrimoine foncier grâce au dispositif présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Un site retenu doit faire l&amp;#039;objet d&amp;#039;une convention de labellisation entre le propriétaire du site, le gestionnaire du site (si différent) et le Département fixant les conditions d&amp;#039;attribution du label, le plan global et la participation accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement : 80% HT
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention de fonctionnement : 50%  HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inventaires naturalistes, études fonctionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des enjeux écologiques du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;un plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation du plan de gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de restauration des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des milieux naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;équipements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne peuvent être présentés au présent dispositif que les sites vendéens au caractère « naturel » ou « semi-naturel » : forêts, landes, zones humides, marais, prairie, dunes, tels qu&amp;#039;identifiés dans le schéma départemental des ENS 2021-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ Les espaces verts et jardins, ne sont pas concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent justifier d&amp;#039;enjeux écologiques majeurs pour la Vendée : flore, faune, fonge, géotope et/ou habitats naturels patrimoniaux, protection de la qualité des cours d&amp;#039;eau, .... Ces enjeux seront étudiés et évalués par le Département avant validation ou non de la candidature, notamment au regard des données fournies par le candidat, des justificatifs fournis et des données disponibles dans la base de données du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sites candidats doivent proposer une ouverture au public qui peut être permanente (ex : aménagement simple d&amp;#039;accueil) ou temporaire (ex : animations sur la thématique de la biodiversité) sur tout ou partie du site, sans que cela ne puisse porter atteinte à la biodiversité et aux milieux naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions d&amp;#039;investissement, les projets éligibles sont les suivants : rédaction d&amp;#039;un plan de gestion ou d&amp;#039;une notice de gestion, opérations de création et restauration d&amp;#039;habitats naturels, opération initiale pour la lutte contre les espèces exotiques envahissantes, création d&amp;#039;ouvrages ou d&amp;#039;infastructures associés directement à la gestion des milieux naturels et création d&amp;#039;équioements et d&amp;#039;aménagement pour l&amp;#039;ouverture au public (hors signalétique ENS spécifique).
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les subventions de fonctionnement, les suivis et études pour l&amp;#039;amélioration des connaissances, l&amp;#039;entretien des habitats et milieux naturels, le développement d&amp;#039;animation et outils de communication pour valoriser le site naturel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Nature et biodiversité
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 48
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:nature&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  nature&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>sophie.gouel@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4519-accompagner-la-labellisation-des-espaces-natu/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>497</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les continuités écologiques dans les territoires - contrat nature trame verte et bleue ; Améliorer la connaissance de la biodiversité - contrat nature thématique</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bretagne</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Contrat nature TVB : 60% max, plafond 25 000 € pour le diagnostic/plan d'actions et 80 000 € pour la</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Des outils au service de l&amp;#039;intérêt général
+  Biodiversité – Contrat Nature
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
-&lt;/p&gt;
+ Les Contrats Nature sont des documents-cadre d&amp;#039;actions relatives à des projets pluriannuels s&amp;#039;inscrivant dans la durée (2 à 4 ans). Les programmes de ces contrats sont constitués d&amp;#039;opérations cohérentes concourant toutes au même objectif, celui de la préservation et de la reconquête du patrimoine naturel et de la biodiversité en Bretagne.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils répondront aux objectifs stratégiques du schéma régional de cohérence écologique mais pourront contribuer à soutenir d&amp;#039;autres thématiques en dehors du champ des continuités écologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ On distingue :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le contrat nature trame verte et bleue
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat nature territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat nature thématique
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Une équipe pluridisciplinaire et inclusive
+  Volet 1 – Contrat nature trame verte et bleue :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+ le montant de l&amp;#039;aide est de 60 % maximum du coût total du projet (HT ou TTC), plafonné à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25 000 € pour la phase de diagnostic (3 ans maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 000 € pour la phase de réalisation opérationnelle (sur 4 ans maximum)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 2 – Contrat nature territorial :
+ &lt;/strong&gt;
+ le montant de l&amp;#039;aide s&amp;#039;élève au taux de 60 % maximum du coût total (HT ou TTC) et est plafonné à 80 000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 3 – Contrat nature thématique :
+ &lt;/strong&gt;
+ le montant de l&amp;#039;aide est un taux compris entre 20 % et 50 % du coût total (HT ou TTC) et est plafonné à 120 000 € sur la durée du projet et 30 000 € par an.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le règlement du contrat nature téléchargeable sur le site de la région
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bretagne.bzh/jcms/preprod_31181/fr/contrat-nature</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Bretagne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Patrimoine naturel et biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  email : patrimoine.naturel&amp;#64;bretagne.bzh
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tel : 02 99 27 15 66
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les contrats nature trame verte et bleue et territoriaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gaëlle Namont
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de la trame verte et bleue et des paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Email : gaelle.namont&amp;#64;bretagne.bzh
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tel : 02 99 27 12 32
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les contrats nature thématiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Karine Delabroise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de la connaissance du Patrimoine naturel et de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Email : karine.delabroise&amp;#64;bretagne.bzh
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tel : 02 22 93 98 71
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.namont@bretagne.bzh</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e8b-contrat-nature/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>23771</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les paysages bocagers</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Restaurer les paysages bocagers de Bourgogne-Franche-Comté.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconstitution du bocage constitue un axe majeur de la politique environnementale régionale. Ce programme en faveur de la plantation et la réhabilitation  de haies, arbres et bosquets en constitue la colonne vertébrale.
+&lt;/p&gt;
+&lt;p&gt;
+ Replanter les haies bocagères, restaurer les haies champêtres dégradées ou des bosquets, planter des arbres isolés en prairie ou des alignements d&amp;#039;arbres.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutiendra les projets s&amp;#039;inscrivant dans une démarche qualitative et cohérente avec les enjeux de préservation de la biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/node/896</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle=ENV-BOCAGE</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  L&amp;#039;Audélor, l&amp;#039;agence d&amp;#039;urbanisme, de développement économique et technopole du Pays de Lorient a réalisé un observatoire des sites d&amp;#039;activités du Pays de Lorient. L&amp;#039;observatoire est composé de tableau de bord sur le foncier économique disponible dans les zones d&amp;#039;activités et de fiches descriptives pour chacune des zones d&amp;#039;activités.
-[...2 lines deleted...]
-  &lt;/a&gt;
+  Nom / Prénom : Dalançon Didier
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : didier.dalancon&amp;#64;bourgognefranchecomte.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.80.44.40.60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarques :
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.deniaux@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a11-bocage-et-paysages/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>23772</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Sauvegarder les variétés fruitières anciennes et régionales</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Taux d’aide de 70 % (plafonds pour les haies, les ruches, les petits aménagements et la signalétique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vergers de sauvegarde
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de créer un verger de sauvegarde en replantant des arbres fruitiers en variétés anciennes, accompagné ou non d&amp;#039;arbustes à petits fruits, de haies mellifères, de ruches, de petits aménagements pour la petite faune sauvage (nichoirs, hôtels à insectes) et de signalétiques pédagogiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide de 70 % (plafonds pour les haies, les ruches, les petits aménagements et la signalétique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 arbres (ni plus, ni moins) pour les particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  De 15 à 30 pour les autres porteurs
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;ul&gt;
-[...4 lines deleted...]
-  &lt;/a&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/node/895</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle=ENV-VERGER</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Dalançon Didier
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : didier.dalancon&amp;#64;bourgognefranchecomte.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.80.44.40.60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarques :
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
-[...3 lines deleted...]
-Friche
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.deniaux@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a70c-vergers-de-sauvegarde/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>163792</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser des espèces et des espaces naturels</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Pyrénées Orientales</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A travers 
+son Schéma Départemental des Espaces Naturels (SDEN) le Département des Pyrénées Orientales a 
+identifié un réseau d’une centaine d’espaces naturels protégés, ou non, 
+par la réglementation, permettant de cibler les écosystèmes et enjeux 
+prioritaires. Cette démarche de conservation de la nature s’inscrit 
+également en faveur de certaines espèces de faune et de flore 
+emblématique du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de l’aide défini selon le type de projet au cas par cas.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département intervient pour soutenir des projets permettant de valoriser les atouts du territoire au
+ niveau écologique et du paysage. &lt;/p&gt;&lt;p&gt;→ Améliorer la connaissance, 
+restaurer des milieux naturels, reconnecter des corridors écologiques, 
+pérenniser à long terme la qualité des écosystèmes par des équipements 
+adaptés et une gestion différenciée de l’espace. &lt;/p&gt;&lt;p&gt;Les opérations doivent 
+également permettre une ouverture au public pour faciliter la découverte
+ du patrimoine naturel.&lt;/p&gt;&lt;p&gt;Les projets doivent cibler les espèces et des milieux naturels prioritaires du SDEN, selon 5 orientations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Inventaires et études (plan de gestion…)&lt;/li&gt;&lt;li&gt;Animation et acquisitions foncières (vieilles forêts, zones humides…)&lt;/li&gt;&lt;li&gt;Travaux de restauration (reconstitution de mares, de corridors écologiques)&lt;/li&gt;&lt;li&gt;Aménagement à des fins de protection (infrastructures écologiques, équipement et matériel, accueil du public dans le 
+respect du milieu)&lt;/li&gt;&lt;li&gt;Gestion d’espaces naturels (ouverture de milieux…)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
 Foncier
-Voirie et réseaux
-[...8 lines deleted...]
-Attractivité économique
+Santé
+Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O6" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aides ouvertes aux communes, EPCI, associations de préservation de l’environnement, syndicats mixtes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Pyrénées-Orientales</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://portail-collectivites66.fr/aap/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable Mission Biodiversité&lt;/p&gt;&lt;p&gt;Département des Pyrénées Orientales&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>vanessa.amiel@cd66.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>144516</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de protection et de valorisation du patrimoine naturel landais</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Loi du 18 juillet 1985 complétée depuis par différents textes (article L 113-8 du Code de l&amp;#039;Urbanisme) stipule que :
+&lt;/p&gt;
+&lt;p&gt;
+ « Le Département est compétent pour élaborer et mettre en œuvre une politique de protection, de gestion et d&amp;#039;ouverture au public des Espaces Naturels Sensibles, boisés ou non, destinée à préserver la qualité des sites, des paysages, des milieux naturels et des champs naturels d&amp;#039;expansion des crues et d&amp;#039;assurer la sauvegarde des habitats naturels (...) ».
+&lt;/p&gt;
+&lt;p&gt;
+ Pour atteindre cet objectif, le Département dispose de deux moyens :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un outil juridique qui lui donne la compétence de créer des Zones de Préemption au titre des Espaces Naturels Sensibles (ZPENS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un outil financier, avec la possibilité d&amp;#039;instituer la Taxe d&amp;#039;Aménagement, perçue sur les permis de construire et d&amp;#039;aménager et qui permet de financer des actions qui, en quelque sorte, « compensent » les consommations d&amp;#039;espaces liées à l&amp;#039;urbanisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette compétence « ENS » place le Département, non seulement comme un acteur clé de la politique de protection du patrimoine naturel, tant par son rôle direct que par ses contributions à des politiques menées par d&amp;#039;autres acteurs, mais aussi comme un des acteurs majeurs de la politique d&amp;#039;aménagement et de développement durable du territoire départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans la continuité des politiques engagées depuis plus de 20 ans, l&amp;#039;Assemblée départementale a adopté, le 27 mars 2018, le Schéma Nature 40 qui vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conforter un réseau de sites gérés pour la préservation des habitats naturels et des espèces, et ouverts au public, selon des modalités prenant en compte la fragilité  du site (milieux naturels et espèces) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  compléter et valoriser la connaissance de la biodiversité landaise ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  partager la connaissance par l&amp;#039;éducation et la sensibilisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La politique départementale Nature 40 est mise en œuvre directement par les agents du Service Patrimoine Naturel du Département et par le biais de ce règlement d&amp;#039;aides qui correspond à l&amp;#039;axe 1 du Schéma. Il comporte les cinq titres suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  zones de préemption au titre des Espaces Naturels Sensibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisitions foncières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition de connaissances et définition de projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;aménagement et de restauration écologique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion et entretien des sites.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Préalablement à toute intervention directe (acquisition pour son compte) ou indirecte (à la demande d&amp;#039;une collectivité ou d&amp;#039;une association) du Département sur un site, il est procédé à son évaluation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères qui déterminent l&amp;#039;action du Département sont de quatre ordres : écologiques, stratégiques, sociaux et paysagers. En effet, pour être éligible à la politique Nature 40, un site devra présenter avant tout un intérêt écologique majeur par la présence d&amp;#039;espèces ou d&amp;#039;habitats patrimoniaux, mais aussi posséder une dimension stratégique telle que sa taille ou sa place dans un réseau écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le service Patrimoine Naturel évalue, à l&amp;#039;aide de ces critères, l&amp;#039;éligibilité du site.
+&lt;/p&gt;
+&lt;p&gt;
+ Celui-ci est alors présenté pour avis devant la Commission Nature 40 avant que les Elus du Département décident en Commission Permanente d&amp;#039;un engagement du Département qui se traduira par une contractualisation pluriannuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr&amp;#34;
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Recevabilité des demandes de subvention
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout commencement d&amp;#039;opération et comporter l&amp;#039;ensemble des pièces indiquées ci-après dans les articles afférents. Une autorisation de démarrage anticipé des actions devra être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités et conditions d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subvention seront instruites par le Service Patrimoine Naturel de la Direction de l&amp;#039;Environnement puis soumises aux fins de décision attributive à la Commission Permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ La labélisation des sites, ouvrant droit à déposer une demande de subvention, ainsi que la création ou la modification de Zones de préemption, seront examinées dans le cadre partenarial de la Commission Nature 40 dont la composition a été approuvée par l&amp;#039;Assemblée départementale le 5 novembre 2018 et modifiée en mars 2023 (Budget Primitif 2023).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Contractualisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les engagements réciproques du Département et du porteur de projet sont formalisés dans une convention-cadre de partenariat pluriannuelle. Cette labélisation est un préalable à toute demande de subvention au titre de ce règlement mais l&amp;#039;éligibilité de chaque action sera évaluée au regard des articles qui suivent.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Comités de site
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour chaque site Nature 40 bénéficiant de la participation du Département, un comité de site se réunissant régulièrement doit être mis en place. Il a pour objectif de se prononcer annuellement sur l&amp;#039;ensemble des travaux réalisés précédemment et sur le programme de travail à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ La composition et le rythme de convocation de ce comité de site sont définis dans la convention-cadre conclue entre le Département et le gestionnaire du site. Y sont conviés :
+&lt;/p&gt;
+&lt;p&gt;
+ A minima :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le gestionnaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propriétaires du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le(s) conseiller(s) départemental (aux) du (des) canton(s) concerné(s) ou un(e) représentant(e) du Président du Conseil départemental,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Conseil Municipal concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le service Patrimoine Naturel du Département des Landes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant de chaque structure financeur du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant de la Direction Départementale des Territoires et de la Mer (Service Nature et/ou Service Police de l&amp;#039;Eau) (si concernés),
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par la Fédération Départementale des Chasseurs des Landes
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Association Communale de Chasse Agréée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Selon le contexte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Communauté de Communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par chaque Association Agréée pour la Pêche et la Protection des Milieux Aquatiques locale et/ou leur fédération,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant de l&amp;#039;opérateur ou animateur du site Natura 2000,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant des usagers du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Office National des Forêts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un représentant désigné par les Associations Syndicales Autorisées utilisant le site.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=170</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4dfd-protection-et-valorisation-du-patrimoine-natu/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>40382</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Gérer et restaurer les milieux constitutifs de la trame verte et bleue</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Le montant pour l'acquisition foncière s'appuie sur l'estimation établie par le service des Domaines</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif régional en faveur de la Biodiversité est un des outils proposés par la Région pour contribuer à la Stratégie régionale pour la biodiversité (SrB) et mettre en œuvre le Plan « Arbre et carbone vivant ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif contient 6 sous-dispositifs, dont le n° 5 &amp;#34; Gestion et restauration des milieux constitutifs de la trame verte et bleue d&amp;#039;Occitanie &amp;#34;.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité est d&amp;#039;améliorer la gestion et la conservation des milieux naturels composant les trames verte et bleue d&amp;#039;Occitanie, la perméabilité des territoires et la circulation des espèces, afin de contribuer à la préservation de la biodiversité, défi majeur de la SrB.
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions spécifiquement en faveur des zones humides et des milieux aquatiques bénéficient d&amp;#039;un dispositif régional ad hoc (dispositif régional en faveur du bon fonctionnement des milieux aquatiques).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires des aides régionales en faveur de la biodiversité sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales et leurs groupements, les syndicats mixtes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics ayant une compétence en matière d&amp;#039;environnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations ayant pour objet la préservation du patrimoine naturel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sociétés coopératives d&amp;#039;intérêt collectif (SCIC), les sociétés coopératives et participatives (SCOP), ayant pour objet la préservation du patrimoine naturel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt de la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande de subvention doit être adressée à la Présidente du Conseil Régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Le commencement du projet, tout comme la période d&amp;#039;éligibilité des dépenses, ne peut être antérieur à la date de réception de la demande de financement à la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas de projets bénéficiant de fonds européens, cette date peut être antérieure et sera alors calée sur celle retenue par les fonds européens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Co-financement Europe-Région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un co-financement dans le cadre du Programme Opérationnel FEDER régional peut être mobilisé pour certains projets éligibles au dispositif Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de co-financements Europe / Région, les dispositions du présent dispositif pourront être adaptées en vue d&amp;#039;une harmonisation avec les règles européennes, lorsque cela est source de simplification, notamment pour les bénéficiaires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des renseignements sur le PO FEDER régional est accessible sur le site internet «
+ L&amp;#039;Europe en Occitanie
+ » .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations éligibles sont des projets structurants, annuels ou pluriannuels, en faveur de la gestion et de la restauration des milieux constitutifs des trames verte et bleue d&amp;#039;Occitanie, de deux types :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Programmes de gestion et de restauration par grands types de milieux identifiés dans la SrB, de portée supra-départementale ou coordonnées régionalement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets de restauration de milieux naturels et de leur fonctionnalité (trames verte et bleue), multi-trames, organisés par grands territoires (EPCI FP, SCOT, PETR, PNR). Les projets soutenus sont des programmes d&amp;#039;actions d&amp;#039;intérêt régional, organisés par territoire ou par grand type de milieux (milieux ouverts et semi-ouverts, milieux boisés...), comportant des actions de gestion conservatoire et de travaux, ainsi que les études préalables nécessaires (plan de gestion...). L&amp;#039;animation du programme est éligible dans la limite de 20% du montant du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les programmes territoriaux n&amp;#039;intervenant que sur la trame bleue ne sont pas éligibles au présent dispositif. Ils bénéficient d&amp;#039;un dispositif régional ad hoc (dispositif régional en faveur du bon fonctionnement des milieux aquatiques).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs de projets des opérations sur un même type de milieu, ou de territoire, doivent au préalable :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dresser un diagnostic des trames verte et bleue du territoire ou du grand type de milieux concerné, des pratiques de gestion et de préservation existantes pour favoriser la biodiversité et les continuités écologiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter une stratégie et un programme de gestion et restauration de la biodiversité et des continuités écologiques du territoire ou du grand type de milieux concerné.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les actions éligibles au sein de ces projets structurants sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les aménagements favorables au maintien, à la gestion ou à la restauration des milieux naturels et de leur fonctionnalité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux et investissements nécessaires à la conservation ou à la restauration des milieux naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études nécessaires aux travaux et à la gestion des milieux, ainsi que l&amp;#039;évaluation des mesures proposées par le programme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la coordination et l&amp;#039;animation nécessaire à la mise en œuvre du programme, dans la limite de 20% du montant global du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition foncière d&amp;#039;espaces naturels à fort enjeu et dont la vocation première sera la conservation du patrimoine naturel (hors espaces protégés ou espaces ayant vocation à devenir un Espace Naturel Sensible), avec l&amp;#039;obligation d&amp;#039;établir un plan de gestion conservatoire pluriannuel dans les deux ans suivant l&amp;#039;acquisition. L&amp;#039;intérêt de l&amp;#039;acquisition de l&amp;#039;espace naturel devra être préalablement démontré,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition foncière d&amp;#039;espaces dégradés en vue de leur restauration pour la recréation de continuités écologiques, dans le cadre d&amp;#039;une opération structurée de restauration des trames vertes et bleues, La pérennité de la préservation et de la vocation naturelle des zones acquises avec le soutien régional devra être garantie (mise en conformité des documents de planification, obligations réelles environnementales, versement du foncier acquis dans un fond inaliénable...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclusivement retenues les dépenses directement liées à l&amp;#039;opération et nécessaires à sa réalisation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement matériel (y compris acquisition foncière),
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses de prestations externes de service et autres dépenses directes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses de personnel dans le cas de travaux réalisés en régie et frais associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses de personnel liées à l&amp;#039;animation et la coordination du projet sont éligibles dans la limite de 20% du montant global du projet..
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des charges indirectes pourront être éligibles si tant est que celles-ci soient affectées à l&amp;#039;opération selon une méthode équitable et dûment justifiée sur la base d&amp;#039;une clé physique de répartition non financière. Le taux retenu n&amp;#039;excèdera pas 20 % du montant éligible de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Règlement de Gestion des Financements Régionaux – Version 2 définit les dépenses inéligibles (dépenses non liées à la mise en œuvre de l&amp;#039;opération, ni nécessaires à sa réalisation, ou ne donnant pas lieu à un décaissement réel - dotations aux amortissements et aux provisions, retenues de garantie non acquittées...).
+&lt;/p&gt;
+&lt;p&gt;
+ En complément, sont inéligibles les coûts de personnel déjà soutenus par la Région dans le cadre de programmes spécifiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles au présent dispositif les projets imposés par des contraintes réglementaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations éligibles au dispositif régional en faveur du bon fonctionnement des milieux aquatiques, ainsi qu&amp;#039;au dispositif régional de soutien au développement de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable, sont inéligibles au présent dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ La mise en œuvre d&amp;#039;actions des DOCOB Natura 2000 ou les projets financés dans le cadre de la politique Espaces Naturels Sensibles sont inéligibles. Toutefois, ils peuvent être soutenus à titre exceptionnel, dans la mesure où le caractère indispensable du financement, au-delà des autres financements mobilisés, et l&amp;#039;intérêt régional de l&amp;#039;opération sont démontrés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Biodiversite-Gestion-et-restauration-des-milieux-constitutifs-de</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour tous renseignements complémentaires : Direction de la Transition Écologique et Énergétique Service Biodiversité et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : biodiversite&amp;#64;laregion.fr → Préciser« Gestion - restauration » dans l&amp;#039;objet du mail.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b0ed-biodiversite-gestion-et-restauration-des-mili/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>79299</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les milieux naturels et les espèces animales ou végétales d'intérêt patrimonial</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Montant de la subvention calculé sur dépenses hors TVA</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectifs de l&amp;#039;aide départementale :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  valoriser le patrimoine naturel auprès du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;acquisition des connaissances et la définition des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à l&amp;#039;aménagement des sites naturels et à leur ouverture au public
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des populations en vue de leur restauration ou de leur maintien
+ &lt;/li&gt;
+ &lt;li&gt;
+  intégrer les trames vertes et bleues dans les projets de territoires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etudes de connaissance : inventaires et/ou suivi faune/flore, diagnostics écologiques et paysagers, publications
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de plans de gestion/action d&amp;#039;espaces naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de faisabilité de restauration des milieux constitutifs de la trame verte et bleue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;équipement (clôtures, protections, ouvrages de franchissement et hydrauliques, matériels...), présentant un gain environnemental
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes, travaux, fournitures pour la réintroduction ou le maintien d&amp;#039;espèces animales et végétales remarquables (achat d&amp;#039;individus, suivi, transport, études préalables, travaux d&amp;#039;accueil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes et conception de projets d&amp;#039;aménagement permettant la découverte de sites naturels et l&amp;#039;information du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;équipement des sites naturels en vue de l&amp;#039;accueil du public dans le respect de l&amp;#039;intégrité du milieu : cheminements, passerelles, balisages et panneaux pédagogiques, observatoires, bâtiments d&amp;#039;accueil et d&amp;#039;observation, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Supports et matériels d&amp;#039;exposition et d&amp;#039;affichage, maquettes...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : communes et leurs groupements, toute personne morale gestionnaire de site, associations agréées, syndicats mixtes
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de subvention : 1000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonds des dépenses éligibles : 50 000€ (études), 100 000€ (travaux), 20 000€ (communication)
+&lt;/p&gt;
+&lt;p&gt;
+ Montant maxi d&amp;#039;aides publiques : 70%
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention calculée à partir des dépenses hors TVA, sauf justificatif de non récupération de TVA ou de non éligibilité au FCTVA.
+&lt;/p&gt;
+&lt;p&gt;
+ Au moment du dépôt de la demande de subvention, l&amp;#039;opération ne doit être ni engagée ni avoir fait l&amp;#039;objet d&amp;#039;un bon de commande.
+&lt;/p&gt;
+&lt;p&gt;
+ Toute facture antérieure à la date d&amp;#039;autorisation de commencement de l&amp;#039;opération ne pourra être prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes éligibles sous condition d&amp;#039;associer les services du Département à l&amp;#039;élaboration du cahier des charges, aux réunions de suivi et à leur restitution.
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux en régie acceptés, sous condition de ne pas dépasser 30% de la dépense subventionnable et d&amp;#039;être imputées sur la section d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du Développement Local/Service Environnement Aménagement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Catherine LABAT / Nathalie MARIANNE
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 62 56 70 10 / 05 62 56 78 23
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : catherine.labat&amp;#64;ha-py.fr / nathalie.marianne&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/555c-valoriser-les-espaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>142827</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Requalifier et moderniser les infrastructures de transports en préservant les continuités écologiques</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des projets neufs, les maîtres d&amp;#039;ouvrage publics et privés (État, sociétés concessionnaires d&amp;#039;autoroutes, VNF, RFF...) s&amp;#039;investissent dans la
+ &lt;strong&gt;
+  requalification environnementale et la modernisation de leurs infrastructures existantes.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils réservent un volet de leurs investissements pour améliorer la qualité environnementale de leurs infrastructures les plus anciennes, et pour accroître la qualité des services proposés à leurs clients. Dans ce cadre, ces maîtres d&amp;#039;ouvrages expriment des attentes fortes en termes d&amp;#039;expertise depuis
+ &lt;strong&gt;
+  le diagnostic de l&amp;#039;existant jusqu&amp;#039;à l&amp;#039;élaboration de recommandations de solutions rectificatives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne dans la requalification environnementale et la modernisation de vos infrastructures existantes en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un diagnostic d&amp;#039;efficacité fonctionnelle des ouvrages existants au regard de différents paramètres (nature des ouvrages, dimension, aménagement, points de conflits, etc.) avec possibilité de mise en place de suivi par piégeage photographique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions d&amp;#039;adaptations nécessaires à l&amp;#039;amélioration de la fonctionnalité des ouvrages existants (nature du revêtement, dispositif d&amp;#039;accompagnement dans l&amp;#039;ouvrage en entrée et en sortie, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations relatives à la création de nouveaux ouvrages (passages inférieurs ou supérieurs à grande faune, ouvrages spécialisés à petite faune, ouvrages mixtes), en explorant différentes techniques, dans le cadre d&amp;#039;un projet neuf ou dans l&amp;#039;optique de défragmentation des infrastructures existantes (proposition optimale de localisation),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement du maître d&amp;#039;ouvrage lors de la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/requalifier-moderniser-infrastructures-transports-preservant</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0f6-requalifier-et-moderniser-les-infrastructures/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>90762</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Créer une Réserve Naturelle Régionale</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Créer une Réserve Naturelle Régionale</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Vous êtes un ou plusieurs propriétaire(s), une collectivité, ou une association et vous désirez vous mobiliser pour la biodiversité en protégeant un espace naturel remarquable.
+La Région peut soutenir votre démarche dans le cadre de sa compétence RNR, et vous accompagner pour classer cet espace. Ce classement, d&amp;#039;une durée de 10 ans, a vocation à protéger et à mettre en valeur le patrimoine naturel.
+    &lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une démarche encadrée par le
+ code de l&amp;#039;environnement
+ , ayant pour objectif d&amp;#039;enrayer la perte de biodiversité par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La protection des sites d&amp;#039;intérêt patrimonial fort,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La considération des continuités écologiques au-delà des limites du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;un outil de sensibilisation et d&amp;#039;information. La connaissance du grand public est en effet une clé de la protection de la biodiversité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  C&amp;#039;est quoi ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un classement pour 10 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  une réglementation avec surveillance et pouvoir de police,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une gestion obligatoire (élaboration d&amp;#039;un plan de gestion)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un espace d&amp;#039;information et de sensibilisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une aide financière est mobilisable pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   en phase amont du classement, pour des compléments nécessaires à l&amp;#039;argumentaire scientifique et/ou pour d&amp;#039;éventuels travaux d&amp;#039;urgence avant l&amp;#039;élaboration du plan de gestion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   après le classement, pour l&amp;#039;élaboration et la mise en œuvre du plan de gestion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   après le classement, des animations ou des aménagements à caractère pédagogique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+ Pour les propriétaires, collectivités ou associations de protection du patrimoine naturel, qui se mobilisent pour la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quels critères de classement ?
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Voici les principaux critères qui seront évalués lors de l&amp;#039;examen de votre dossier.
+ &lt;/p&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Critères patrimoniaux et fonctionnels
+   &lt;/strong&gt;
+   :
+   il s&amp;#039;agit de la richesse écologique (espèces d&amp;#039;intérêt patrimonial, habitats remarquables ou objets géologiques particuliers) et/ou de la situation au regard des continuités écologiques. L&amp;#039;évaluation des menaces pour la biodiversité, telles que la fragmentation des milieux, les projets d&amp;#039;urbanisation ou la modification de pratiques agricoles sera aussi étudiée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Qualité globale du projet
+   &lt;/strong&gt;
+   :
+   Il s&amp;#039;agit de la situation et du contexte local (éléments actuels de connaissance du site (inventaires, études...), implication des acteurs (consensus local, personnes déjà informées, mobilisées...) et situation du site (fragmentation du périmètre, nombre de propriétaires...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Critères pédagogiques
+   &lt;/strong&gt;
+   :
+   la Région cherchera à développer dans tout projet de RNR un espace de sensibilisation et d&amp;#039;éducation du public à l&amp;#039;environnement (sites accessibles, riches en éléments pédagogiques, disposant de structures d&amp;#039;accueil ...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/creer-une-reserve-naturelle-regionale</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 49 55 76 65
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6564-creer-une-reserve-naturelle-regionale/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>162365</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de protection, de conservation, de préservation et de gestion des espèces</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Préservation des espèces</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Provence-Alpes-Côte d’Azur est la région de France métropolitaine la plus riche en termes d’espèces : elle abrite 60 à 90 % de la totalité des espèces recensées en France métropolitaine. On y retrouve 65% des espèces végétales, 83 % des oiseaux nicheurs, 87 % des libellules et demoiselles, 63 % d’amphibiens reptiles. Plusieurs d’entre elles ne sont présentes que sur le territoire régional (Vipère d’Orsini, Romulée d’Arnaud…) ce qui confère une responsabilité importante aux acteurs régionaux, et nombreuses sont inscrites sur les listes rouges régionales d’espèces menacées qui évaluent les risques d’extinction des espèces.&lt;br /&gt; La préservation de ces espèces doit ainsi porter sur les espèces menacées, mais celles dites ordinaires pour lesquelles on constate d’importants déclins et qui constituent un levier de sensibilisation à la préservation de la biodiversité.&lt;br /&gt; Il s’agit ici de soutenir des projets de protection, de conservation, de préservation et de gestion des espèces.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Établissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces naturels, Associations, Entreprises.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats et des processus écologiques. Pour les projets expérimentaux de lutte contre les espèces exotiques envahissantes, les espèces devront être inscrites dans les listes des stratégies végétale et animale correspondantes,&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Critères spécifiques de sélection&lt;/strong&gt;&lt;br /&gt; Les espèces identifiées devront s’inscrire dans une stratégie opérationnelle régionale (stratégie de conservation de la flore, stratégies espèces exotiques envahissantes, stratégie régionale biodiversité, stratégie locale biodiversité…) ; Le caractère expérimental, transférable, reproductible pourra être évalué afin de prioriser les projets financés.&lt;/p&gt; &lt;p&gt;&lt;span&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT :&lt;/strong&gt;&lt;br /&gt; Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>21/07/2023</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats et des processus écologiques. Pour les projets expérimentaux de lutte contre les espèces exotiques envahissantes, les espèces devront être inscrites dans les listes des stratégies végétale et animale correspondantes,&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Critères spécifiques de sélection&lt;/strong&gt;&lt;br /&gt; Les espèces identifiées devront s’inscrire dans une stratégie opérationnelle régionale (stratégie de conservation de la flore, stratégies espèces exotiques envahissantes, stratégie régionale biodiversité, stratégie locale biodiversité…) ; Le caractère expérimental, transférable, reproductible pourra être évalué afin de prioriser les projets financés.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;br /&gt; &lt;br /&gt; &lt;span&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT :&lt;/strong&gt;&lt;br /&gt; Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/preservation-des-especes</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-especes/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>162366</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer globalement la résilience du territoire régional et ses fonctionnalités écologiques</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Préservation, maintien et restauration des continuités écologiques</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le contexte de changement climatique et plus généralement des changements globaux, les espaces naturels de Provence-Alpes-Côte d’Azur subissent des pressions importantes liés à l’urbanisation, à la sur fréquentation, aux prélèvements et aux pollutions qui conduisent à leur morcellement et à leur perte de fonctionnalités.&lt;br /&gt; Face à ces bouleversements, il est essentiel de pouvoir renforcer globalement la résilience du territoire régional et ses fonctionnalités écologiques, en assurant leur restauration tout en réduisant les sources de pression.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Établissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces, naturels, Associations, Entreprises.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées dans le périmètre administratif de la région Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Thématiques spécifiques : Acquisitions foncières : espaces naturels à fort enjeu avec obligation d’établir un plan de gestion pluriannuel dans les deux années qui suivent l’acquisition ou d’engager le bien acquis dans un statut de protection. La pérennité et la vocation des espaces naturels des zones acquises avec le soutien régional devront être garanties. L’acquisition devra être réalisée par une structure publique ou des gestionnaires associatifs d’espaces protégés.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT &lt;/strong&gt; :&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>21/07/2023</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées dans le périmètre administratif de la région Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Thématiques spécifiques : Acquisitions foncières : espaces naturels à fort enjeu avec obligation d’établir un plan de gestion pluriannuel dans les deux années qui suivent l’acquisition ou d’engager le bien acquis dans un statut de protection. La pérennité et la vocation des espaces naturels des zones acquises avec le soutien régional devront être garanties. L’acquisition devra être réalisée par une structure publique ou des gestionnaires associatifs d’espaces protégés.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans la base de données naturalistes SILENE.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;DATE LIMITE DE DÉPÔT &lt;/strong&gt; :&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/preservation-maintien-et-restauration-des-continuites-ecologiques</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>http://subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversite&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-maintien-et-restauration-des-continuites-ecologiques/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>101589</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de valorisation et de protection de la biodiversité et de réhabilitation d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez trouver une aide financière complémentaire ou du mécénat pour des projets liés à la préservation du patrimoine naturel et la biodiversité.
+&lt;br /&gt;
+&lt;br /&gt;
+La Fondation du patrimoine vous aide à financer des projets en mobilisant des fonds publics et privés (crowfunding, mécénat d&amp;#039;entreprises locales et nationales). Ces fonds aident à financer des projets à dimension écologique ou naturelle, notamment des travaux de réhabilitation d&amp;#039;espaces naturels, facilitant la reproduction d&amp;#039;espèces animales ou végétales menacées...</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une commune ou une intercommunalité comptant sur son territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des espaces protégés ou reconnus au titre du Code de l&amp;#039;Environnement (parc national, réserve naturelle, parc naturel régional, site classé loi de mai 1930, espace « Natura 2000 », espace classé de protection du biotope et terrains des conservatoires d&amp;#039;espaces naturels) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des Espaces Naturels Sensibles et Espaces remarquables du Littoral régis par le Code de l&amp;#039;Urbanisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ZNIEFF (zone naturelle d&amp;#039;intérêt écologique, faunistique et floristique) de type I et II.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/c/soumettre-un-projet/obtenir-une-aide-financiere/programme-patrimoine-naturel-et-biodiversite/67</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez la Fondation du patrimoine :
+ &lt;a href="https://www.fondation-patrimoine.org/contact" rel="noopener" target="_blank"&gt;
+  https://www.fondation-patrimoine.org/contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f1d8-financer-des-projets-de-valorisation-et-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>137983</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, inciter à la réalisation des actions en faveur des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, inciter à la réalisation des actions en faveur des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>Taux de 10%</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement, incitation à la réalisation d&amp;#039;actions en faveur des milieux aquatiques.
+&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Formulaire de demande et pièces précisées auprès du service gestionnaire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Actions en faveur des milieux aquatique.&lt;/li&gt;
+ &lt;li&gt;
+  Plantation de ripisylve, mise en défens de cours d&amp;#039;eau ou zones humides, restauration de cours d&amp;#039;eau.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dépôt d&amp;#039;un dossier avant démarrage des travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Souhait d&amp;#039;être associé en amont.&lt;/li&gt;&lt;li&gt;Financement par l&amp;#039;Agence de l&amp;#039;Eau.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-missions-du-Departement.html</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)&lt;/p&gt;&lt;p&gt;Service Environnement et Sports&lt;/p&gt;
+&lt;p&gt;
+ Jean-Damien ROMEYER&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:jean-damien.romeyer&amp;#64;hauteloire.fr" target="_self"&gt;
+  jean-damien.romeyer&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.46
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff19-accompagner-inciter-a-la-realisation-dactions/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>102631</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de valorisation et de protection de la biodiversité et de réhabilitation d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine Naturel</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis sa création, la Fondation du patrimoine agit pour rendre la France plus belle et ce en soutenant la restauration et la préservation de tous types de patrimoine. Les habitats naturels, les espèces animales et végétales, les formations géologiques, physiques et biologiques constituent le patrimoine naturel et font partie de notre histoire et de l&amp;#039;identité culturelle de notre pays.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez trouver une aide financière pour mener des
+ &lt;strong&gt;
+  projets liés à la préservation du patrimoine naturel et la biodiversité
+ &lt;/strong&gt;
+ ? Au travers son programme Patrimoine Naturel, la Fondation du patrimoine récompense des actions de réhabilitation d&amp;#039;espaces naturels ayant un impact positif sur la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle mobilise des fonds publics et privés (notamment via le mécénat d&amp;#039;entreprises locales et nationales) pour accompagner ces projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   arbres têtards du Marais poitevin
+  &lt;/strong&gt;
+  : préservation et plantation d&amp;#039;une espèce d&amp;#039;arbre emblématique de la Vendée, menacée par les maladies.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Eco-Tig en Provence
+  &lt;/strong&gt;
+  : ensemble de petits chantiers pour préserver la biodiversité réalisé par des personnes sous main de justice.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Espaces protégés ou reconnus au titre du Code de l&amp;#039;Environnement (parc national, réserve naturelle, parc naturel régional, site classé loi de mai 1930, espace « Natura 2000 », espace classé de protection du biotope et terrains des conservatoires d&amp;#039;espaces naturels).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espaces Naturels Sensibles et Espaces remarquables du Littoral régis par le Code de l&amp;#039;Urbanisme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ZNIEFF (zone naturelle d&amp;#039;intérêt écologique, faunistique et floristique) de type I et II.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+ : les personnes privées peuvent bénéficier de l&amp;#039;aide en cas de convention de gestion avec un organisme associatif ou public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-patrimoine.org/c/soumettre-un-projet/obtenir-une-aide-financiere/programme-patrimoine-naturel-et-biodiversite/67</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez
+ Michel Doffagne :
+ &lt;a href="mailto:michel.doffagne&amp;#64;fondation-patrimoine.org" rel="noopener" target="_blank"&gt;
+  michel.doffagne&amp;#64;fondation-patrimoine.org
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>fanny.renaud@fondation-patrimoine.org</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed4f-financer-des-projets-de-valorisation-et-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>162335</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>S’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif d’accompagnement de projets à destination des jeunes citoyens</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire des 15-30 ans des « passeurs et des porteurs de transitions », telle est l’ambition du dernier dispositif régional en faveur de la biodiversité.&lt;/p&gt;
+&lt;p&gt;Dans le cadre de sa politique environnementale visant à avoir « Une COP d’avance » et en lien avec la future stratégie régionale de la biodiversité, la Région Sud, chef de file sur la Biodiversité a mis en avant plusieurs mesures à destination de la jeunesse qui répondent à un objectif ambitieux : s’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain.&lt;/p&gt;
+&lt;p&gt;Aujourd’hui en lien étroit avec les 17 objectifs de développement durable définis par l’Organisation des Nations Unie en 2015, et dans un contexte de crise sanitaire et écologique, la Région Sud met en place un nouveau dispositif d’accompagnement de projets à destination des jeunes citoyens : Nature ta vie et agis !&lt;/p&gt;
+&lt;p&gt;Celui-ci s’inscrit dans une année 2021 marquée par plusieurs évènements internationaux comme la tenue du Congrès mondial de la Nature, le lancement de la feuille de route pour l’éducation au développement durable par l’UNESCO lors de la Conférence mondiale de l’éducation au développement durable à Berlin en mai 2021, la COP 15 sur la biodiversité à Kunming en Chine, la COP 26 en novembre à Glasgow.&lt;/p&gt; &lt;p&gt;Concerne des jeunes entre 15 et 30 ans en les associant dès l’amont le plus souvent possible&lt;/p&gt; &lt;p&gt;Concrètement il s’agit d’outiller les 15-30 ans, déjà pour beaucoup présents dans l’action, afin d’en faire des acteurs du changement, des transformateurs, prêts à relever les défis de la résilience en proposant des solutions novatrices, en stimulant le progrès social et en inspirant le changement au sein de leurs communautés et leurs territoires.&lt;/p&gt; &lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>21/05/2021</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La thématique principale portée par ce nouveau dispositif est l’appropriation des enjeux de la biodiversité en lien avec les changements globaux. Les projets, pourront porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la connaissance et la  préservation des richesses et des fragilités de la biodiversité ;&lt;/li&gt; 	&lt;li&gt;les impacts de ces dégradations sur les écosystèmes ;&lt;/li&gt; 	&lt;li&gt;la gestion des risques naturels ;&lt;/li&gt; 	&lt;li&gt;les liens entre santé de la biodiversité et santé humaine ;&lt;/li&gt; 	&lt;li&gt;les adaptations individuelles, collectives et sociétales&lt;strong&gt;.&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les projets présentés pourront se faire soit en milieu scolaire sortie, visite, réalisation soit hors scolaire (création d’évènements, d’expression artistiques,…).&lt;/p&gt; &lt;p&gt;Le dépôt des dossiers peut se faire « Au fil de l’eau » tout au long de l’année.&lt;/p&gt;
+&lt;p&gt;Les dossiers pourront être menés au cours des années scolaires pour les actions destinées aux élèves (lycéens, apprentis, étudiants) ; des années civiles pour les actions destinées aux autres publics, âgés de 15 à 30 ans.&lt;/p&gt;
+&lt;p&gt;Le bénéficiaire d’une subvention pour action spécifique de fonctionnement dispose d’un délai de deux ans à compter du vote de celle-ci pour réaliser l’action subventionnée et transmettre les pièces justificatives.&lt;/p&gt;
+&lt;h3&gt;Comment candidater? &lt;/h3&gt;
+&lt;p&gt;1) Déposer sa candidature sur l’adresse mail dédiée : &lt;a href="mailto:aap-isef&amp;#64;maregionsud.fr"&gt;aap-isef&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;• En mettant en objet du mail : ISEF NTV &amp;#43; année  « Nom de la structure »&lt;/p&gt;
+&lt;p&gt;• En transmettant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Une fiche de candidature,&lt;/li&gt; 	&lt;li&gt;Une note technique descriptive détaillée (modèle ci-annexé),&lt;/li&gt; 	&lt;li&gt;Un budget prévisionnel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;2) Déposer &lt;strong&gt;en parallèle &lt;/strong&gt;un dossier de demande de subvention administratif auprès de la Région ayant pour objet : Réponse Dispositif « &lt;strong&gt;Dispositif d’accompagnement de projets à destination des jeunes citoyens »&lt;/strong&gt; déposé sur la plateforme dédiée : &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daccompagnement-de-projets-a-destination-des-jeunes-citoyens/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>162297</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…)</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité et territoires - Stratégies</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les territoires organisés et gérés par des collectivités (Communes, EPCI, Syndicats mixtes…) sont un des maillons essentiels pour déployer une politique dynamique d’adaptation face aux changements globaux (changement climatique, érosion de la biodiversité…), prenant en compte la biodiversité et les services écosystémiques.&lt;br /&gt; Il s’agit pour la Région d’accompagner et de soutenir les dynamiques des territoires pour développer leur résilience face au changement climatique et à l’effondrement de la biodiversité pour une transition réussie, par l’élaboration stratégies territoriales biodiversité.&lt;/p&gt; &lt;p&gt;Collectivités locales et leurs Groupements (Communes, EPCI, Syndicats mixtes).&lt;/p&gt; &lt;p&gt;Elaboration de stratégies territoriales pour la biodiversité, avec un objectif d’adaptation du territoire au changement climatique, ainsi que leurs programmes d’actions, prenant impérativement en compte les services écosystémiques et les solutions d’adaptation fondées sur la nature.&lt;br /&gt; Les actions suivantes pourront être soutenues :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Prestations de maîtrise d’œuvre ou d’accompagnement par un bureau d’étude ou équivalent,&lt;/li&gt; 	&lt;li&gt;Implication des parties prenantes : élus, acteurs privés et publics du territoires, citoyens,&lt;/li&gt; 	&lt;li&gt;Identification et hiérarchisation des enjeux de biodiversité du territoire, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Évaluation de services écosystémiques et de la dépendance du territoire à ces services,&lt;br /&gt; Impacts directs et indirects des actions de la collectivité sur la biodiversité et les services écosystémiques,&lt;br /&gt; &lt;br /&gt; Cartographie et hiérarchisation des enjeux ;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Formalisation de la stratégie biodiversité et élaboration de son plan d’action,&lt;/li&gt; 	&lt;li&gt;Élaboration du système de suivi de la stratégie biodiversité, dont notamment :&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Définition et surveillance des indicateurs, analyse des résultats des indicateurs,&lt;br /&gt; Procédure de mise à jour de la stratégie biodiversité,&lt;br /&gt; Audit de la stratégie et de sa mise en œuvre par la collectivité.&lt;br /&gt; &lt;br /&gt; Les démarches telles que « territoire engagé pour la nature », stratégies locales biodiversité, liste verte UICN, voire de certification pour faire suite à la mise en œuvre de normes volontaires relatives à une démarche biodiversité pourront être soutenues dans ce cadre.&lt;/p&gt; &lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2023</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les démarches devront impérativement associer des acteurs des territoires, et notamment les citoyens et/ou groupes de citoyens.&lt;br /&gt; Actions inéligibles :&lt;br /&gt; Les phases d’élaboration des plans territoriaux climat, air, énergie, des agenda 21, les démarches « contrats de transition écologique », « contrats de relance et de transition écologique » ou « territoire engagé transition écologique », qu’ils prennent en compte ou non la biodiversité.&lt;br /&gt; Les plans de gestion des Réserves naturelles régionales et les chartes des Parcs naturels régionaux ne sont pas éligibles à ce dispositif.&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/biodiversite-et-territoires-strategies</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/biodiversite-et-territoires-strategies/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>162298</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les connaissances sur la biodiversité</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Amélioration des connaissances sur la biodiversité.</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La connaissance est un préalable indispensable à toute action de protection, de conservation et de sensibilisation sur la biodiversité. Il s’agit ici de soutenir des actions d’acquisition et de valorisation de connaissances faunistiques, floristiques, sur les milieux et leur fonctionnement, dans le cadre d’une stratégie régionale d’acquisition et d’amélioration de la connaissance naturaliste.&lt;br /&gt; Pour cela, la Région souhaite mobiliser tous les acteurs dans le développement de la connaissance, d’aider à analyser et mettre à disposition de l’information fiable et compréhensible par tous, de favoriser sa valorisation et son harmonisation.&lt;/p&gt; &lt;p&gt;Collectivités et leurs groupements (notamment Syndicats mixtes), Etablissements publics, Groupements d’intérêts publics, Gestionnaires d’espaces naturels, Associations, Entreprises.&lt;/p&gt; &lt;p&gt;Types de projets soutenus&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Soutien aux inventaires de terrain, bilans stationnels, suivis et surveillance inscrits dans le cadre de plan d’actions de stratégies régionales,&lt;/li&gt; 	&lt;li&gt;Acquisition et développement des applications informatiques et bases de données (Système d’information et de localisation des espèces -SILENE-, Système d’information de l’inventaire du patrimoine naturel -SINP-)3,&lt;/li&gt; 	&lt;li&gt;Recueil, intégration et structuration des données et métadonnées,&lt;/li&gt; 	&lt;li&gt;Analyse et valorisation des données/études produites (listes rouges, inventaires Zones Naturelles d&amp;#039;Intérêt Écologique, Faunistique et Floristique ZNIEFF),&lt;/li&gt; 	&lt;li&gt;Soutien aux actions de l&amp;#039;observatoire régional de la biodiversité (production d&amp;#039;indicateurs, suivi d&amp;#039;espèces, outils de sensibilisation),&lt;/li&gt; 	&lt;li&gt;Étude des effets du changement climatique sur les écosystèmes terrestres (projets sentinelles),&lt;/li&gt; 	&lt;li&gt;Cartographie et études de définition des continuités écologiques ou étude visant leur amélioration,&lt;/li&gt; 	&lt;li&gt;Actions menées dans le cadre de la stratégie en faveur de l’amélioration et l’acquisition des connaissances naturalistes à l’échelle régionale,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances de la stratégie régionale de conservation de la flore,&lt;/li&gt; 	&lt;li&gt;Actions d’amélioration des connaissances menées dans le cadre du Plan national en faveur des insectes pollinisateurs et de la pollinisation 2021-2026,&lt;/li&gt; 	&lt;li&gt;Projets relatifs à la prise en compte de la trame noire dans les politiques publiques (impact suivi des espèces, appui à la définition de stratégie).&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>17/07/2023</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Thématique : les actions devront porter sur des espèces, des communautés, des habitats, des services écosystémiques et des processus écologiques.&lt;/li&gt; 	&lt;li&gt;Géographique : les opérations prévues dans le projet devront être réalisées, au moins pour partie, dans le périmètre administratif de la région Provence-Alpes- Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Mise à disposition des données : toute production de données devra être versée dans SILENE.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Critères spécifiques de priorisation&lt;br /&gt; Les zones et espèces ciblées par les porteurs de projet devront s’inscrire prioritairement dans les documents stratégiques régionaux (notamment Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires SRADDET, futures stratégie régionale biodiversité et stratégie régionale de la connaissance, stratégie de conservation de la flore, etc.).&lt;/p&gt; &lt;p&gt;Dépôt des demandes de subvention tout au long de l’année sur le portail Région dédié (voir rubrique « JE FAIS MA DEMANDE »).&lt;br /&gt; &lt;span&gt;Au moins trois mois avant la date prévisionnelle de début de réalisation du projet concerné par la demande ( RF 29/04/2022)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/amelioration-des-connaissances-sur-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>http://subventionsenligne.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:biodiversite&amp;#64;maregionsud.fr"&gt;biodiversité&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amelioration-des-connaissances-sur-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>95042</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les cours d’eau et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des cours d’eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 35 % du montant HT
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration de la fonctionnalité des cours d&amp;#039;eau : reméandrage, diversification des écoulements, érosion maitrisée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des plans d&amp;#039;eau : renaturation / reprofilage de berges, création de hauts-fonds, restauration de roselières, restauration de digues, ouvrages d&amp;#039;alimentation et de vidange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des milieux humides : restauration de zones humides, création d&amp;#039;annexes hydrauliques, de mares, frayères, reconnexion de bras morts, restauration de réseau de fossés, création de zones humides artificielles, zones tampons entre réseau de drainage et cours d&amp;#039;eau... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration de la continuité écologique (suppression ou aménagements d&amp;#039;ouvrages transversaux, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration du petit patrimoine bâti et ouvrages alimentant ces milieux aquatiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes, associations, fédérations de pêche, entreprises, particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-restaurer-cours-deau-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0083/depot/simple</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfa-restauration-des-cours-deau-et-des-milieux-aq/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>95346</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Développer une stratégie départementale pour la biodiversité</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce règlement est constitué des dispositifs d&amp;#039;aides permettant d&amp;#039;attribuer des subventions par le Conseil général prélevées sur le produit de la taxe d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La SNB 2011-2020 (Stratégie Nationale pour la Biodiversité) vise à produire un engagement important des divers acteurs, à toutes les échelles territoriales, en métropole et en outre-mer, en vue d&amp;#039;atteindre les objectifs adoptés. Elle fixe pour ambition commune de préserver et de restaurer, de renforcer et de valoriser la biodiversité, d&amp;#039;en assurer l&amp;#039;usage durable et équitable, et l&amp;#039;implication de tous et de tous les secteurs d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil Général de l&amp;#039;Aude, pour faire suite également au Grenelle de l&amp;#039;Environnement, est à même de développer une stratégie départementale pour la biodiversité par la mobilisation de compétences, de moyens financiers et en fédérant les énergies afin d&amp;#039;aboutir à des actions concrètes au cœur des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le département de l&amp;#039;Aude de par ses influences climatiques diverses (atlantique, montagnarde, méditerranéenne), ses gradients d&amp;#039;altitude (de la mer à la haute montagne), sa géologie variée, possède une importante richesse naturelle, tant en terme de faune, de flore, de paysage que de patrimoine géologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le contexte actuel de prise en compte croissante de l&amp;#039;environnement dans les politiques publiques, de mise en œuvre du développement durable, d&amp;#039;aspirations de plus en plus fortes de nos concitoyens à l&amp;#039;amélioration de leur cadre de vie, le département de l&amp;#039;Aude souhaite, à travers la mise en place d&amp;#039;une stratégie départementale de la biodiversité, concrétiser son engagement fort pour la préservation et la mise en valeur de son patrimoine naturel. Cet engagement s&amp;#039;inscrit pleinement dans le projet départemental. Il constitue la déclinaison opérationnelle de l&amp;#039;objectif de préservation et de valorisation du patrimoine naturel et de la biodiversité du programme Audevant.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les différentes actions concrètes développées dans le cadre de cette politique de préservation de la biodiversité sont soumises pour avis à un Comité scientifique des Espaces Naturels Sensibles regroupant naturalistes et experts en tous domaines, afin de conseiller et d&amp;#039;orienter le département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental se propose, au travers de cette stratégie départementale de la biodiversité, de mettre en œuvre 9 ambitions :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Préserver et valoriser le patrimoine naturel dans les propriétés départementales en le rendant accessible,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et sauvegarder le patrimoine naturel remarquable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protéger les zones humides pour préserver la ressource en eau.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les outils de développement local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir les espaces naturels dans l&amp;#039;aménagement du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutter contre les plantes et la faune invasives, prévenir d&amp;#039;autres infestations.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restaurer des espaces naturels et leurs fonctionnalités écologiques dégradés par l&amp;#039;activité humaine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agir pour le développement de l&amp;#039;éducation à l&amp;#039;environnement et la découverte des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer l&amp;#039;offre touristique par l&amp;#039;ouverture des espaces naturels adaptés à une fréquentation soutenable.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Ainsi, la stratégie pour la biodiversité poursuit l&amp;#039;ambition de faire de cet exceptionnel patrimoine naturel un atout pour le développement de notre département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département propose plusieurs dispositifs d&amp;#039;aides :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  aide à améliorer les connaissances naturalistes permettant de connaître l&amp;#039;espace naturel considéré ou le patrimoine naturel, géologique du département, et établir des plans de gestion de cet espace naturel, conformément aux enjeux identifiés dans la Stratégie départementale pour la biodiversité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des terrains protégés par le Conservatoire de l&amp;#039;Espace Littoral et des Rivages Lacustres
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+  &lt;/strong&gt;
+  permet d&amp;#039;assurer une gestion adaptée des espaces naturels audois éligibles en vue de leur préservation et de leur mise en valeur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+  &lt;/strong&gt;
+  aide à mettre en œuvre l&amp;#039;ouverture au public des espaces naturels audois éligibles dans le respect de la sensibilité des milieux naturels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+  &lt;/strong&gt;
+  la taxe d&amp;#039;aménagement peut être utilisée afin d&amp;#039;aider les communes et les établissements publics de coopération intercommunale compétents à acquérir sur leur territoire :
+ &lt;/li&gt;
+ &lt;li&gt;
+  un espace naturel en zone de préemption des ENS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des bois et forêts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des sites destinés à la préservation de la ressource en eau.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires d&amp;#039;espaces naturels : personnes privées, communes, EPCI, syndicats mixtes, associations, et toutes structures et personnes morales gestionnaires des sites ENS, des zones humides et des espaces naturels en site Natura 2000.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;acquisition de données naturalistes et à l&amp;#039;établissement d&amp;#039;un plan de gestion naturaliste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes, inventaires et publications visant à améliorer la connaissance des espaces naturels, de la géologie, de la flore et de la faune de l&amp;#039;Aude, et à déterminer leur intérêt et les caractéristiques de leur préservation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de gestion des espaces naturels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces documents, élaborés par des organismes compétents, intègreront, outre la gestion en termes naturalistes, la possible valorisation (accueil du public, communication) des sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à la gestion des espaces naturels non propriété du département et du CELRL :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations liées à la gestion conservatoire ou à la restauration écologique figurant au plan de gestion du site préalablement validé et permettant une préservation ou une restauration des richesses naturalistes et géologiques du site considéré.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations mises en œuvre dans le cadre d&amp;#039;une convention de partenariat avec le département fixant une programmation technique et financière.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les opérations prises en charge comprendront des actions nécessaires à la bonne application du plan de gestion en matière :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. d&amp;#039;équipements (clôtures pastorales, ganivelles, ouvrages de franchissements, petits ouvrages hydrauliques et divers matériels dévolus à la réhabilitation et à l&amp;#039;entretien des espaces naturels etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 2. de création d&amp;#039;infrastructures écologiques comme la plantation de haies, le creusement de mares, la création de cultures faunistiques, au climat et à l&amp;#039;altitude...
+&lt;/p&gt;
+&lt;p&gt;
+ 3. d&amp;#039;entretien (temps de travail du personnel dévolu en régie interne à l&amp;#039;entretien et à la réhabilitation, marchés de travaux réalisés par des prestataires extérieurs pour du girobroyage, débroussaillage, amélioration de systèmes hydrauliques etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 4. de formation des salariés affectés à la réhabilitation et à l&amp;#039;entretien si ces opérations sont réalisées en régie, et de formation en ingénierie de projets environnementaux liés à la gestion des espaces naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour l&amp;#039;accueil du public (équipements et animations) dans les espaces naturels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux et équipements des sites en vue de l&amp;#039;accueil du public, figurant dans les plans de gestion préalablement validés. La charte graphique des ENS audois devra être respectée (un avis des services du Conseil général sera alors nécessaire concernant la relecture de panneaux et de tous supports de communication en rapport avec le projet avec un délai minimal de 15 jours, avant de procéder au versement de l&amp;#039;aide concernant ces supports). Le Comité scientifique des ENS jugera de la validité de ces travaux et équipements au titre des caractéristiques départementales, de leur impact éventuel sur l&amp;#039;environnement et la biodiversité. En effet, ces travaux et équipements, même s&amp;#039;ils sont prévus pour une action pédagogique, ne doivent en aucune manière être défavorables au maintien de la biodiversité locale et des fonctionnalités écologiques du milieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme d&amp;#039;animations pédagogiques (sorties sur le terrain avec animateurs, expositions, conférences, divers matériels utiles à l&amp;#039;animation etc.). L&amp;#039;objectif final visera à inculquer un message de respect de l&amp;#039;environnement au travers de bonnes pratiques et d&amp;#039;acquisition de connaissances, ce programme participant également au maintien du lien social.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide en faveur de l&amp;#039;acquisition d&amp;#039;espaces naturels par des communes ou  par un établissement public de coopération intercommunale compétent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Opérations éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hormis les sites présents en Zones de préemption des ENS, tout site naturel présent dans au moins un des sites de l&amp;#039;inventaire naturaliste audois, dans un site Natura 2000 dont le DOCOB a été validé, dans un zone humide inventoriée dans un SAGE audois ou dans un site dont un ou des enjeux de biodiversité ont été identifiés pouvant donner lieu à la création d&amp;#039;un site de l&amp;#039;inventaire naturaliste audois. L&amp;#039;acquisition devra être justifiée par l&amp;#039;existence d&amp;#039;une menace ou d&amp;#039;une pression sur la biodiversité locale sinon une aide à la gestion du site pourra être sollicitée comme prévu dans ce règlement d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires de cette aide sont les communes et les EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X6" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/strategie-departementale-de-biodiversite</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
-[...1 lines deleted...]
-  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;strong&gt;
+  Les dossiers de demande de financement sont à envoyer à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ M. le Président du Conseil général,
+&lt;/p&gt;
+&lt;p&gt;
+ à l&amp;#039;attention de la Direction Développement, Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil général 11855 CARCASSONNE cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour tous renseignements, veuillez joindre le :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement des territoires au Conseil général
+&lt;/p&gt;
+&lt;p&gt;
+ Agent de gestion administrative et secrétariat - Isabelle Bertrand
+&lt;/p&gt;
+&lt;p&gt;
+ Mail:
+ &lt;a href="mailto:isabelle.bertrand&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  isabelle.bertrand&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.66.32
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82dc-developper-une-strategie-departementale-pour-/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>161852</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>camille.charvolen@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>120965</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les acteurs franciliens qui s’engagent en faveur de la biodiversité à travers un appel à projets dédié</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
  &lt;/a&gt;
  .
-&lt;/p&gt;
-[...3 lines deleted...]
-  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les dépenses en investissement :
+ jusqu&amp;#039;à 70% du montant des dépenses subventionnables (subvention max : 200 k€).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en fonctionnement :
+ jusqu&amp;#039;à 50% du montant des dépenses subventionnables (subvention max : 20 k€ TTC, bénévolat exclu).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
+ &lt;br /&gt;
+ Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Continuités écologiques terrestres
+  pour résorber les obstacles au déplacement des espèces terrestres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pollinisateurs sauvages,
+  pour préserver les espèces pollinisatrices, essentielles au maintien de la diversité de la flore et à notre alimentation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Trame noire et faune nocturne,
+  pour lutter contre la pollution lumineuse qui affecte la biodiversité, la santé humaine et la consommation énergétique locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé et biodiversité,
+  pour améliorer la connaissance sur leurs interdépendances et valoriser les aménités positives sur la santé humaine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;span&gt;
+  .
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un comité de programmation, présidé par le vice-président de la Région chargé de l&amp;#039;Écologie, du Développement durable et de l&amp;#039;Aménagement, sera chargé de l&amp;#039;examen des projets. Il associe
+ &lt;a href="https://www.arb-idf.fr/" rel="noopener" target="_blank"&gt;
+  l&amp;#039;Agence régionale de la biodiversité
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et les services de la Région, et veille à la qualité des dossiers et à la répartition équilibrée des projets sur le territoire francilien.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution définitive des aides est votée en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/reconquete-de-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  biodiversite&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7912-reconquete-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>120964</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Réserver, restaurer et valoriser les milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Eau et milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bailleurs sociaux publics ou privés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Universités et organismes de recherche,établissements d&amp;#039;enseignement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute autre personne publique, para publique ou privée intervenant dans le cadre d&amp;#039;une maîtrise d&amp;#039;ouvrage déléguée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Contrats Trame Verte et Bleue
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;assistance technique à l&amp;#039;élaboration et au suivi des contrats : jusqu&amp;#039;à 40% du montant HT des dépenses en investissement, plafonné à 80 k€.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et ingénierie territoriale pour la préparation et la mise en œuvre des contrats : jusqu&amp;#039;à 50% des dépenses de fonctionnement, plafonné à 40 k€/an.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges :
+ &lt;/span&gt;
+ &lt;span&gt;
+  jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtrise à la source des ruissellements et désimperméabilisation :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Récupération des eaux de pluie :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires pour la protection des milieux aquatiques, de la biodiversité et des personnes (diagnostics et plans de gestion différenciée, acquisition de matériels...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements permettant la récupération des eaux sur bâtiments publics et aménagements associés pour l&amp;#039;arrosage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats peuvent déposer leur dossier en permanence sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
  .
  &lt;br /&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
- qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+ Dans le cadre de l&amp;#039;élaboration de leurs projets et en amont du dépôt de candidature, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/eau-et-milieux-aquatiques-et-humides</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  eau-tramevertetbleue&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0586-eau-et-milieux-aquatiques-et-humides/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>117167</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Préserver le patrimoine naturel, agricole, culturel et architectural (LEADER / Fiche action 6)</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets déposés devront relever des thématiques
+ sur la préservation du patrimoine naturel, agricole, culturel et architectural encourageant le développement d&amp;#039;activités locales et résilientes &amp;#61; FICHE ACTION 6 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Volet 1 : Soutien au développement de circuits de proximité – via le Plan Alimentaire Territorial (PAT),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Volet 2 : Mise en valeur du patrimoine naturel, culturel et architectural « remarquables » - via la labellisation « Pays d&amp;#039;Art et Histoire » (PAH).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour le volet 1 &amp;#34;Opérations de soutien au développement des circuits de proximité et d&amp;#039;amélioration de la nutrition (en cohérence avec le PAT)&amp;#34;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création de points de vente individuels ou collectifs de produits agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;animation visant à mettre en lien les acteurs en amont (agriculteurs ou groupements d&amp;#039;agriculteurs) et en aval (restaurateurs, cuisines centrales de divers structures d&amp;#039;accueil, associations de consommateurs, élèves, habitants) pour développer l&amp;#039;utilisation de produits agricoles locaux sur le territoire; mettre en place les solutions de transformation des produits agricoles bruts, les solutions logistiques et juridiques pour sécuriser les débouchés des producteurs et les approvisionnements des établissements de RHD; définir les actions de formation et de sensibilisation à mettre en œuvre; développer la valorisation de l&amp;#039;utilisation des produits locaux dans les commerces de bouches (restaurants, boucheries, épiceries) et les cuisines centrales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;animation visant à favoriser une meilleure nutrition de la population du territoire, à partir de l&amp;#039;utilisation de produits agricoles locaux et en évaluer le bénéfice santé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation du personnel des établissements proposant de la restauration collective et des restaurants à l&amp;#039;utilisation des produits agricoles locaux. La durée minimale d&amp;#039;une session de formation est de 2 heures, la durée maximale d&amp;#039;une session de formation est de 140 heures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du public scolaire, des jeunes de 0 à 18 ans, et du grand public à l&amp;#039;utilisation des produits locaux : événementiels, cours de cuisine, visite d&amp;#039;exploitations agricoles, création d&amp;#039;outils de communication matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et soutien à des outils locaux de transformation et de valorisation de produits agricoles fabriqués sur le territoire du GAL du PETR du Pays d&amp;#039;Epinal cœur des Vosges (études de préfiguration, aménagements, travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou développement de marchés de produits agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marketing territorial : développement de labels ou de marques collectives, actions de promotion des initiatives individuelles ou collectives de circuits de proximité existantes sur le territoire (par exemple des marchés de produits locaux ou de magasins de vente directe).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le volet 2 &amp;#34;Opérations de mise en valeur du patrimoine naturel, culturel et architectural « remarquables »&amp;#34; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la réhabilitation et à l&amp;#039;aménagement de sites patrimoniaux d&amp;#039;envergure intercommunale ou ayant un impact touristique à l&amp;#039;échelle intercommunale (hors entretien) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes visant à améliorer la connaissance du patrimoine ou sa valorisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de sensibilisation de la population sur ce patrimoine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits thématiques pour la mise en valeur du patrimoine à l&amp;#039;échelle du GAL ou d&amp;#039;un des EPCI membres du PETR ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la professionnalisation des acteurs contribuant à la valorisation du patrimoine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de valorisation de la richesse naturelle, et de plantations d&amp;#039;arbres/haies concourant au bon fonctionnement écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers de pratiques des savoir-faire, résidence d&amp;#039;artistes, échanges culturels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien et promotion d&amp;#039;artistes locaux relevant d&amp;#039;une commune du GAL du PETR Pays d&amp;#039;Epinal Cœur des Vosges.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Jeunesse
+Famille et enfance
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier du financement au titre de la
+ &lt;strong&gt;
+  FICHE ACTION 6 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations loi 1901 et leurs fédérations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tout type d&amp;#039;établissement public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Micro, petites et moyennes entreprises au sens communautaire (entreprise employant moins de 250 salariés, et réalisant soit un chiffre d&amp;#039;affaires annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan inférieur à 43 millions d&amp;#039;euros).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En outre, pour le volet 1 Opérations de soutien au développement des circuits de proximité et d&amp;#039;amélioration de la nutrition (en cohérence avec le PAT) : Agriculteurs (Exploitants à titre principal ou secondaire) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  au titre des agriculteurs :
+    les agriculteurs personnes physiques, les agriculteurs personnes morales, quel que soit leur statut, dont l&amp;#039;objet est agricole, si plus de 50% du capital social est détenu par des associés exploitants, les établissements de développement agricole, d&amp;#039;enseignement agricole et de recherche qui détiennent une exploitation agricole.
+ &lt;/li&gt;
+ &lt;li&gt;
+  au titre des groupements d&amp;#039;agriculteurs : les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens de l&amp;#039;article L. 311-1 du Code rural et de la pêche maritime, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA), et toutes structures collectives (y compris certaines coopératives agricoles), dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens de l&amp;#039;article L. 311-1 susvisé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Conditions requises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 Avenue de la République Le port du canal 88000 EPINAL
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  leader&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ludmilla HELLOT,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cécile PIERRE,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 54 96
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>contact@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8daf-copie-13h49-utiliser-le-bois-local-dans-les-p/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>117379</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur et gérer un milieu naturel (hors ENS)</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créer des maillons de la trame verte et bleue.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action vous permet de bénéficier de conseil sur la restauration de milieu naturel avec, réalisation d&amp;#039;un schéma d&amp;#039;orientation décrivant les travaux et la gestion à mettre en place. La réalisation de ces travaux peut être réalisé par un chantier d&amp;#039;insertion. Une formation à la gestion peut compléter l&amp;#039;offre.
+&lt;/p&gt;
+&lt;p&gt;
+ Adhésion SEME.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/53b4-mettre-en-valeur-et-gerer-un-milieu-naturel-h/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>104561</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la labellisation et la gestion d'espaces naturels d'intérêt régional</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Réserves naturelles régionales</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite constituer un réseau régional de sites labellisés en réserve naturelle régionale (RNR) représentatif de la biodiversité complémentaire des outils existants.
+&lt;/p&gt;
+&lt;p&gt;
+ Peuvent être labellisés en Réserve naturelle régionales pour une durée de 12 ans, des espaces naturel, agricole ou forestier présentant une diversité d&amp;#039;espèces et d&amp;#039;habitats naturels remarquables.
+&lt;/p&gt;
+&lt;p&gt;
+ A la demande des propriétaires concernés, la Région attribue ce label et apporte un soutien financier à des territoires mobilisés autour d&amp;#039;un projet partagé  (plan de gestion sur 6 ans et réglementation applicable) par les acteurs locaux et la communauté scientifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de RNR, l&amp;#039;aide financière régionale est de 50% maximum du coût des études indispensables à la constitution du dossier de candidature à la labellisation RNR : diagnostic puis programme d&amp;#039;actions. L&amp;#039;aide est conditionnée au respect du guide méthodologique des plans de gestion de réserves naturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit alors comporter la demande du ou des propriétaires de labellisation de leurs terrains en RNR ainsi qu&amp;#039; un budget prévisionnel et un plan de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les sites labellisés en réserve naturelle régionale, la Région soutient la mise en oeuvre du plan de gestion jusqu&amp;#039;à 40% du coût des opérations (aide portée à 50% pour les gestionnaires privés). L&amp;#039;animation et le suivi administratif du plan de gestion peuvent être financés à hauteur maximum de 2 500 € par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Une convention de 3 ans formalise le montant maximum de l&amp;#039;aide régionale et les conditions de mise en oeuvre du partenariat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité
+International
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>22/12/2021</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modalités de constitution des dossiers relatifs aux Réserves naturelles régionales sont précisées au sein du règlement d&amp;#039;intervention. Les dépôts s&amp;#039;effectuent au fil de l&amp;#039;eau et sur la base d&amp;#039;éléments validés par les acteurs locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/reserves-naturelles-regionales</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Biodiversité et littoral
+&lt;/p&gt;
+&lt;p&gt;
+ Cyril Bellouard
+ &lt;br /&gt;
+ 0228205445
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ebf5-reserves-naturelles-regionales/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>104687</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer le fonctionnement écologique de la Loire et de ses annexes hydrauliques</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Contrat pour la Loire et ses annexes</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la stratégie Loire 2035 et des différents plans Loire Grandeur Nature, l&amp;#039;objectif est de restaurer dans son ensemble le fonctionnement de la Loire par plusieurs type d&amp;#039;actions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  animation, suivi assurés par le Conservatoire d&amp;#039;Espace naturel pays de la Loire et le GIP Loire Estuaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux expérimentaux sur le lit de la Loire (épis,...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux de restauration des boires et annexes hydrauliques de la Loire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet de rehaussement du lit mineur de la Loire à Bellevue.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans le programme d&amp;#039;actions identifiés dans le CLA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2015</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La lettre de demande d&amp;#039;aide doit être accompagnée des pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Délibération du maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement actualisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification du projet dans le CLA et notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° de Siret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis ou la cas échéant projet au stade APS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Demande de dérogation (s&amp;#039;il y a lieu)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/contrat-pour-la-loire-et-ses-annexes</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski : 02 28 20 54 73
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1435-contrat-pour-la-loire-et-ses-annexes/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>104525</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un soutien technique et financier à des projets locaux et des stratégies territoriales en faveur du bocage et de l’agroforesterie</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Règlement  « Liger Bocage et Agroforesterie »</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire
+Directions départementales des territoires (DDT)</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>Montant d'intervention minimum : 1000€</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs ligériens (Région, Etat, Agence de l&amp;#039;eau Loire Bretagne, Office français de la biodiversité, ADEME et AFAC régionale) lancent un appel à projets intitulé « Liger Bocage et Agroforesterie », pour conforter le bocage ligérien et le gérer durablement.
+ &lt;br /&gt;
+ L&amp;#039;utilisation de plants labellisés « Végétal local » et/ou issus du matériel forestier de reproduction (MFR) (50% minimum, en fonction de la disponibilité) et l&amp;#039;utilisation de techniques de paillage entièrement biodégradables sont obligatoires. La gestion durable de ces infrastructures agroécologiques via le déploiement des labels existants (« Haie », etc.) est également plébiscitée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Procédure :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de demande de candidature à l&amp;#039;appel à projets « Liger Bocage et Agroforesterie » doivent être adressés en 1 exemplaire papier à la DDT concernée et déposés en 1 exemplaire numérique sur la plateforme « démarches simplifiées ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers doivent doivent comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération du maître d&amp;#039;ouvrage avec le plan de financement et l&amp;#039;échéancier de réa-lisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier de candidature à l&amp;#039;appel à projets « Liger bocage et Agroforesterie » dument complété avec ses pièces constitutives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;engagement du maître d&amp;#039;ouvrage à adresser les connaissances acquises dans le cadre du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  seuls les projets complets et recevables sont présentés en Comité Technique Liger Bocage au titre du plan de re-lance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un Relevé d&amp;#039;Identité Bancaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Déposés au fil de l&amp;#039;eau, les dossiers seront examinés à un rythme régulier par le comité technique régional de l&amp;#039;Appel à projet « Liger bocage et agroforesterie », composé de la Région, l&amp;#039;Agence de l&amp;#039;Eau, l&amp;#039;Etat et les Départements volontaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>10/01/2022</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lycées et centres de formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités - Institutions - GIP
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles à cet appel à projets « Liger bocage et agroforesterie » visent à la préservation, la reconquête et la création des complexes bocagers et agroforestiers dans un objectif de restauration et de valorisation des continuités écologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux de plantation s&amp;#039;inscrivant dans un cadre collectif seront privilégiés. Les projets devront pouvoir mobiliser les programmes d&amp;#039;aides et les cadres contractuels déployés par les partenaires (Contrat Nature 2050, Contrat territorial Eau, appel à projets « Plantations d&amp;#039;arbres et d&amp;#039;arbustes », programme « Plantons des haies » du plan de relance, etc.). Les projets pourront également intégrer les initiatives citoyennes développées par les partenaires (« 1 naissance, 1 arbre », « défi : 1 arbre, 1 mayennais », etc.) afin de garantir l&amp;#039;appropriation et la mobilisation du plus grand nombre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/appel-projets-liger-bocage-et-agroforesterie</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Biodiversité et littoral
+&lt;/p&gt;
+&lt;p&gt;
+ Cyril Bellouard
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:cyril.bellouard&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  cyril.bellouard&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 28 20 54 45
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d01d-appel-a-projets-liger-bocage-et-agroforesteri/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>119710</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les cours d'eau et les habitats naturels associés aux rivières et aux millieux humides</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des rivières et des milieux humides</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Eure</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil départemental propose aux collectivités et associations du département ayant une compétence de gestion des
+ rivières, milieux aquatiques et/ou humides des aides spécifiques afin de préserver et restaurer les cours d&amp;#039;eau et les
+ habitats naturels associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour ce faire, le régime d&amp;#039;aides vise à entretenir et restaurer les milieux humides, à restaurer et conserver la qualité
+ globale et la continuité écologique des cours d&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce régime d&amp;#039;aides intègre le Plan Nature 2017-2027 et est financé au titre de la Taxe Départementale d&amp;#039;Aménagement
+ (article L131-3 du code de l&amp;#039;environnement) puisque cette taxe permet de financer notamment l&amp;#039;acquisition de sites
+ destinés à la préservation de la ressource en eau, leur aménagement, leur gestion et les travaux contribuant à la
+ préservation ou à la remise en bon état des continuités écologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérations éligibles avec un taux d&amp;#039;aide allant jusqu&amp;#039;à 20% sur le montant TTC quand l&amp;#039;attributaire ne
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  récupère
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pas la TVA.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;em&gt;
+    Etudes
+   &lt;/em&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Etude de planification d&amp;#039;entretien et de restauration des rivières, milieux humides et aquatiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ *Diagnostic : recensement, état des milieux aquatiques (zones humides, champs d&amp;#039;expansion de crues...), usages et fonctionnalités
+&lt;/p&gt;
+&lt;p&gt;
+ * Programmation pluriannuelle des interventions précisant les aspects techniques, financiers et organisationnels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude réalisée en en régie avec un plafond de 25 000 euros/limitée à 18 mois,
+  Bureau d&amp;#039;étude retenu dans le cadre des marchés publics conformément à la réglementation en vigueur,
+  Plafond de l&amp;#039;aide : 30 000 € maximum par projet.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Plan de gestion des milieux humides
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ * Diagnostic, enjeux, objectifs, patrimoine naturel, fonctionnalité des milieux humides,
+&lt;/p&gt;
+&lt;p&gt;
+ *Programme de restauration et d&amp;#039;entretien du site,
+&lt;/p&gt;
+&lt;p&gt;
+ * Valorisation du site, suivi et mise en œuvre du plan de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous réserve de la maîtrise foncière publique ou associative (association agrée protection de l&amp;#039;environnement),
+  Surface minimum du site : 1 ha,
+  Déplafonnement possible pour les plans de gestion compatible avec la méthode nationale sur les ENS et uniquement pour les associations
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Etude relative à la continuité écologique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etude préalable de définition des scénarios de la Restauration de la Continuité Ecologique et maîtrise d&amp;#039;œuvre
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous réserve de maîtrise d&amp;#039;ouvrage publique ou associative,
+  Plafond des aides départementales à 30 000 € par projet, M
+  ise en œuvre d&amp;#039;un suivi photos et/ou du milieu.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Travaux de restauration et de renaturation des cours d&amp;#039;eau/milieux humides
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Restauration des milieux humides
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux : abattage, replantation,
+ ensemencement, étrepage, débroussaillage, clôture, restauration des connexions lit majeur lit mineur.....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Sous réserve de la maîtrise foncière publique ou
+  associative (association agrée protection de l&amp;#039;environnement),
+  Les travaux de restauration interviennent sur des sites n&amp;#039;ayant pas encore subit d&amp;#039;aménagement ou de
+  restauration,
+  Déplafonnement possible si les travaux sont portés par une association sur les sites ENS
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Restauration
+  du cours d&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de restauration légère : retalutage, plantation, pose de clôture, plantation, banquettes,....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Note justificative : restauration de berges (abris espèces protégés, ...), coupe sélective des espèces
+  présentes pour une pose de clôture, replantation,
+  Exclusion des protections de biens immobiliers
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Restauration
+  de la
+  continuité
+  écologique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de renaturation, effacement et équipement (suivi milieu si nécessaire)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Fournir le tableau des fiches FORCE au solde de l&amp;#039;opération, P
+  lafond de l&amp;#039;aide : 40 000 € maximum par projet
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Acquisition foncière
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Acquisition de zones humides en vue de restaurer la fonctionnalité dont le patrimoine naturel
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Convention avec objectif de restauration et maintien du milieu humide dans un objectif de conservation de la biodiversité,
+  Estimation des domaines/SAFER,
+  Déplafonnement possible si l&amp;#039;action est portée par une association sur les sites ENS
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Valorisation pédagogique
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Valorisation pédagogique rivières/zones humides : ouverture et aménagement d&amp;#039;un sentier en vue de faire découvrir le site.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Document de gestion établi,
+  Inscription au PDIPR,
+  Déplafonnement possible si les travaux sont portés par une association sur les sites ENS
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dès lors que le projet sera mis en œuvre sur un Espace Naturel Sensible, une majoration de &amp;#43; 20 % du régime
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  d&amp;#039;aide pourra être appliquée et un déplafonnement sera possible sur les associations ayant une compétence
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  avérée sur la restauration des zones humides.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;attribution
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités et actions bénéficiant de la Taxe Départementale d&amp;#039;Aménagement doivent être compatibles avec la
+ législation concernant son utilisation (article L131-3 du code de l&amp;#039;Environnement).
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire ne doit pas commencer les travaux avant d&amp;#039;avoir reçu l&amp;#039;accord de subvention ou une éventuelle dérogation.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les ouvrages hydrauliques, leur suppression doit être étudiée en premier lieu. Lorsque l&amp;#039;étude conclut à une
+ impossibilité d&amp;#039;effacement de l&amp;#039;ouvrage pour des raisons techniques ou économiques, un dispositif de franchissement
+ piscicole peut être financé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux soumis à la loi sur l&amp;#039;Eau (procédure de déclaration/autorisation) et à la législation relative à la préservation de
+ l&amp;#039;environnement doivent obtenir l&amp;#039;accord de la Police de l&amp;#039;Eau et ceux exécutés en domaine privé doivent être
+ accompagnés d&amp;#039;une déclaration d&amp;#039;intérêt général. Ces démarches réglementaires conditionnent l&amp;#039;octroi d&amp;#039;une aide par le
+ Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage des travaux doit nécessairement assurer l&amp;#039;entretien des ouvrages ou des aménagements réalisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides du Département associées à un autre financeur ne peuvent dépasser 80 % du montant H.T. des études et
+ travaux pour les collectivités territoriales.
+&lt;/p&gt;
+&lt;p&gt;
+ Un déplafonnement sera possible uniquement pour les associations et sur les sites classés Espaces Naturels Sensibles et
+ ce, afin d&amp;#039;être cohérent avec les objectifs du schéma départemental des ENS.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions dont le montant est supérieur à 23 000 euros doivent faire l&amp;#039;objet d&amp;#039;une convention (conformément à
+ l&amp;#039;article 10 de la loi n°2000-321 du 12 avril 2000 et l&amp;#039;article 1 du décret n°2011-495 du 6 juin 2001).
+&lt;/p&gt;
+&lt;p&gt;
+ Les données relatives aux études devront alimenter les bases de données régionales spécifiques aux milieux humides et
+ cours d&amp;#039;eau (Fiche FORCE, observatoire de la biodiversité...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sont exclus de ce régime d&amp;#039;aide tous les projets et travaux liés :
+ &lt;/li&gt;
+ &lt;li&gt;
+  à des mesures compensatoires réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la mise en œuvre d&amp;#039;une activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;installation ou la pérennisation d&amp;#039;une activité sportive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la mise en œuvre de travaux réalisés en régie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution d&amp;#039;un dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour toutes les opérations :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - La délibération du maître d&amp;#039;ouvrage: cette délibération signée doit intégrer le plan de financement, incluant les
+ subventions octroyées au Département mais également à toute autre structure.
+&lt;/p&gt;
+&lt;p&gt;
+ - Fiche financière
+&lt;/p&gt;
+&lt;p&gt;
+ Cette fiche doit récapituler les différentes dépenses relatives à l&amp;#039;opération (travaux, honoraires de maîtrise d&amp;#039;œuvre,
+ publications...). La fiche financière doit également comporter la mention « Présenté par le représentant légal de la
+ collectivité, qui certifie l&amp;#039;inscription de cette opération au budget ».
+&lt;/p&gt;
+&lt;p&gt;
+ - Demandeur ne récupérant pas la TVA : Attestation de non récupération.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour une étude, une mission d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, une mission de maîtrise d&amp;#039;œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ - Dossier de consultation des entreprises ou bureau d&amp;#039;études (CCTP, acte d&amp;#039;engagement,....),
+&lt;/p&gt;
+&lt;p&gt;
+ - Rapport d&amp;#039;analyse des offres,
+&lt;/p&gt;
+&lt;p&gt;
+ - Planning prévisionnel de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour la réalisation de travaux :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Plan de situation,
+&lt;/p&gt;
+&lt;p&gt;
+ - Note descriptive du projet : contexte, objectifs de l&amp;#039;opération, volets réglementaires, environnemental, technique
+ et financier, descriptif du milieu avant et après travaux,
+&lt;/p&gt;
+&lt;p&gt;
+ - Pièces réglementaires (arrêté d&amp;#039;autorisation ou de déclaration, déclaration d&amp;#039;intérêt général, convention),
+&lt;/p&gt;
+&lt;p&gt;
+ - Dossier de consultation des entreprises,
+&lt;/p&gt;
+&lt;p&gt;
+ - Rapport d&amp;#039;analyse des offres,
+&lt;/p&gt;
+&lt;p&gt;
+ - Planning prévisionnel,
+&lt;/p&gt;
+&lt;p&gt;
+ - Photos avant (la demande de solde devra inclure les photos après travaux),
+&lt;/p&gt;
+&lt;p&gt;
+ - Tableau de données pour la mise en œuvre fiches FORCE à fournir à la demande de solde.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour une acquisition foncière :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Carte des parcelles à acquérir,
+&lt;/p&gt;
+&lt;p&gt;
+ - Estimation financière (Domaines, SAFER...),
+&lt;/p&gt;
+&lt;p&gt;
+ - Copie de l&amp;#039;acte notarié ou compromis de vente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ CONSEIL DÉPARTEMENTAL DE L&amp;#039;EURE
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel de Département
+&lt;/p&gt;
+&lt;p&gt;
+ 14 boulevard Georges Chauvin
+&lt;/p&gt;
+&lt;p&gt;
+ CS 72101 - 27021 Evreux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 32 31 50 50
+&lt;/p&gt;
+&lt;p&gt;
+ Marion HENRY
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:marion.henry&amp;#64;eure.fr" rel="noopener" target="_blank"&gt;
+  marion.henry&amp;#64;eure.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>deera@eure.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e96b-gerer-les-rivieres-et-les-millieux-humides/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>58398</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Financer la préservation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Seine Normandie Agglomération (SNA)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une commune, un agriculteur, une société à objet agricole, une entreprise ou une associative environnementale de Seine Normandie Agglomération et vous souhaitez vous investir pour conserver ou réimplanter la biodiversité sur votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Alors, adhérez à notre dispositif Patrimoine naturel !
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aujourd&amp;#039;hui, le patrimoine naturel est en danger et subit de fortes pressions, et malgré les efforts récents pour reconstituer nos paysages, il reste beaucoup à faire, nous devons poursuivre dans cette dynamique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Alors, replantons !
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du dispositif patrimoine naturel, Seine Normandie Agglomération cherche à financer des projets permettant de participer à l&amp;#039;atteinte des grands objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Continuités écologiques et biodiversité :
+  &lt;/strong&gt;
+  développer sur le territoire un corridor écologique et notamment une trame verte permettant de faciliter l&amp;#039;essor de la biodiversité, ainsi que la circulation des espèces
+  &lt;strong&gt;
+   ;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Séquestration carbone :
+  &lt;/strong&gt;
+  renforcer la végétalisation du territoire afin de permettre une absorption efficace des gaz à effet de serre et le déploiement de véritables espaces puits de carbone;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Paysage et identité
+  &lt;/strong&gt;
+  : retrouver les paysages normands et verdoyants , identité forte du territoire;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Adaptation au changement climatique
+  &lt;/strong&gt;
+  : augmenter la résistance du territoire aux effets néfastes du changement climatique (canicules, inondations, nouvelles maladies,...) ; NB : afin de facilité cette adaptation, une réflexion particulière sur le choix des essences sera admise.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement économique
+  &lt;/strong&gt;
+  : développer la filière bois-énergie (valorisation des tailles de haies...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Typologie de projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Forêt nourricière
+   &lt;/strong&gt;
+   50 arbres et arbustes minimum à vocation nourricière pour la faune et les humains -
+   &lt;em&gt;
+    jusqu&amp;#039;à 80% des dépenses éligibles HT dans la limite de 3000 € d&amp;#039;aide par projet
+   &lt;/em&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Haies et bocages
+   &lt;/strong&gt;
+   sur un linéaire de 100 m minimum -
+   &lt;em&gt;
+    jusqu&amp;#039;à 80% des dépenses éligibles HT dans la limite de 3000 € d&amp;#039;aide par projet
+   &lt;/em&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Arbres
+   &lt;/strong&gt;
+   5 arbres minimum d&amp;#039;une taille mini de 2 mètres et d&amp;#039;essences locales (projets prioritaires : création d&amp;#039;ombrage cour d&amp;#039;école, prairie) -
+   &lt;em&gt;
+    jusqu&amp;#039;à 80% des dépenses éligibles HT dans la limite de 2000 € d&amp;#039;aide par projet
+   &lt;/em&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Vergers
+   &lt;/strong&gt;
+   avec un minimum de 10 arbres fruitiers et d&amp;#039;essences locales -
+   &lt;em&gt;
+    participation jusqu&amp;#039;à 50% du montant HT des dépenses, dans la limite de 2000 € d&amp;#039;aide
+   &lt;/em&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Vignes
+   &lt;/strong&gt;
+   avec des essences ayant une capacité d&amp;#039;adaptation aux effets du changement climatique -
+   &lt;em&gt;
+    participation jusqu&amp;#039;à 50% du montant HT des dépenses, dans la limite de 2000 € d&amp;#039;aide
+   &lt;/em&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Agroforesterie
+   &lt;/strong&gt;
+   (à destination uniquement des agriculteurs et société à objet agricole) avec un minimum de 50 arbres d&amp;#039;essences locales et diversifiées -
+   &lt;em&gt;
+    jusqu&amp;#039;à 80% des dépenses éligibles HT dans la limite de 1000 € d&amp;#039;aide par projet
+   &lt;/em&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Engagements du bénéficiaire de la subvention :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avoir sollicité les aides publiques indiquées au plan de financement du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre en règle au regard des obligations fiscales et sociales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Certifier l&amp;#039;exactitude des renseignements indiqués dans la demande de subvention ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne pas avoir commencé les travaux à la date de demande de subvention (et ne pas les commencer avant la réception d&amp;#039;une dérogation et/ou du courrier d&amp;#039;attribution de la subvention) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accepter l&amp;#039;ouverture ponctuelle de la parcelle où est réalisé le projet au personnel de SNA (animations grand public, inventaire, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autoriser SNA à la diffusion et à l&amp;#039;utilisation de l&amp;#039;image et des photographies du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entretenir et gérer la réalisation en « bon père de famille » pendant 10 ans au minimum.
+  &lt;/li&gt;
+  &lt;li&gt;
+   En cas de non-respect de ces obligations/engagements , le bénéficiaire de la subvention devra reverser les sommes perçues.
+  &lt;/li&gt;
+  &lt;li&gt;
+   En cas de vente du terrain où est situé le projet , le nouveau propriétaire devra s&amp;#039;engager à poursuivre le projet. En cas de non-respect, la subvention versée au bénéficiaire devra être remboursée au prorata des années de mise en œuvre (10 ans minimum d&amp;#039;exploitation).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Espaces verts
+Transition énergétique
+Agriculture et agroalimentaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>CA Seine Normandie Agglomération</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sna27.fr/wp-content/uploads/2021/09/DISPOSITIF-PATRIMOINE-NATUREL-VERSION-DEFINITIVE.pdf</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sna27.fr/mesdemarches/nouvellesdemarches</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Laurence DESVIGNES
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission Biodiversité - SNA
+&lt;/p&gt;
+&lt;p&gt;
+ ldesvignes&amp;#64;sna27.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 06 33 86 01 48 ou 02 76 48 02 73
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ www.sna27.fr/mesdemarches/nouvellesdemarches (dalle orange)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>ncaroff@sna27.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c6e-aider-au-financement-du-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>155116</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études et des actions de protection en faveur de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Études et actions de protection en faveur de la biodiversité (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 60</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Tout projet visant à la création, rénovation, extension d&amp;#039;immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère).
-[...20 lines deleted...]
- &lt;/strong&gt;
+ La conservation de la biodiversité patrimoniale et des milieux ordinaires, ainsi que des continuités écologiques constitue l&amp;#039;un des enjeux clés de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois types de projets peuvent être accompagnés :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   avis de la compagnie consulaire concernée (intérêt de l&amp;#039;opération, viabilité économique du projet, concurrence...)
+   Restauration d&amp;#039;espaces naturels concourant à la préservation ou amélioration de la biodiversité/des paysages) : création de zones refuges ou de circulation pour la faune, création de coulées ou ceintures vertes, aménagement écologique de lisières, renaturation de friches urbaines ... ;
   &lt;/li&gt;
   &lt;li&gt;
-   identité du futur exploitant
+   Aménagements d&amp;#039;espaces naturels permettant une découverte du site sans porter atteinte au milieu naturel : création de sentiers botaniques... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement/maintien des continuités écologiques linéaires ou en pas japonais (haies, zones humides, bosquets).
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...40 lines deleted...]
-      <c r="O7" s="1" t="inlineStr">
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si étude, cahier des charges de l&amp;#039;étude et proposition du cabinet retenu
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pièces justifiant la bonification si sollicitée
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public (maitrise foncière publique ou servitude) devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+   Une maîtrise foncière publique (propriété ou servitude) des espaces naturels est exigée ;
   &lt;/li&gt;
   &lt;li&gt;
-   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+   Les projets devront intégrer une réflexion préalable pour qualifier les enjeux de protection de la biodiversité ;
   &lt;/li&gt;
   &lt;li&gt;
-   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+   Les aménagements devront respecter le milieu naturel et la réglementation spécifique au site (autorisations relatives aux sites classés ou inscrits, au titre de la loi sur l&amp;#039;eau ou du droit d&amp;#039;urbanisme...) ;
   &lt;/li&gt;
   &lt;li&gt;
-   Bouquet de deux types de travaux énergétiques obligatoire si nécessaire d&amp;#039;entreprendre ce type de travaux.
-[...5 lines deleted...]
-   Pour les boutiques éphémères, la commune devra présenter le projet d&amp;#039;occupation-animation du lieu
+   Les espaces naturels devront être ouverts librement au public, sauf fragilité particulière du milieu naturel.
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS DE BONIFICATION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
 &lt;/p&gt;
 &lt;p&gt;
  Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition écologique :
    &lt;/strong&gt;
-   réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, utilisation de matériaux durable (certification environnementale des bois utilisés pour les aménagements...), réinsertion d&amp;#039;espèces locales, traitement naturel des bois, utilisation de produits biodégradables (paillage des plantations...), mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition inclusive :
    &lt;/strong&gt;
-   environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), mise en place d&amp;#039;une offre de livraison à domicile, horaires d&amp;#039;ouverture élargis, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+   présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique et panneaux d&amp;#039;interprétation adaptés, association des usagers sur la phase conception du projet, dans la réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Les études préalables en lien direct avec le projet : étude d marché, études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+   Les études préalables en lien direct avec le projet (faune, flore, ...) ;
   &lt;/li&gt;
   &lt;li&gt;
    Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
   &lt;/li&gt;
   &lt;li&gt;
-   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+   Les acquisitions de terrain ou de bâti en cas de présence d&amp;#039;espèces rares ou protégées (si moins de 5 ans) ;
   &lt;/li&gt;
   &lt;li&gt;
-   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+   Les travaux de restauration visant à maintenir ou restaurer le patrimoine naturel en présence ;
   &lt;/li&gt;
   &lt;li&gt;
-   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+   Les travaux d&amp;#039;aménagement, de valorisation et de médiation scientifique permettant une découverte du site sans dégrader le milieu naturel (panneaux, mobiliers d&amp;#039;interprétation, applis smartphone...).
   &lt;/li&gt;
   &lt;li&gt;
-   Toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+   Et toutes autres dépenses inhérentes à la bonification
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Les frais d&amp;#039;acquisition de terrain ;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement) ;
   &lt;/li&gt;
   &lt;li&gt;
-   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+   Les travaux d&amp;#039;aménagement dégradant le milieu naturel ;
   &lt;/li&gt;
   &lt;li&gt;
-   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+   Les travaux réalisés en régie ;
   &lt;/li&gt;
   &lt;li&gt;
-   Les frais de publicité, de reproduction des dossiers ;
-[...5 lines deleted...]
-   Les travaux d&amp;#039;assainissement non-collectif.
+   Les frais de publicité et de reproduction des dossiers.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W7" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/etudes-et-actions-de-protection-en-faveur-de-la-biodiversite-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Téléphone : 02.33.05.97.41
+ Téléphone : 02.33.05.95.25
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6322-etudes-et-actions-de-protection-en-faveur-de-/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>119762</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la pollution des activités économiques hors agricole</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 35</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux activités économiques hors agricoles qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur réutilisation, tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Friche
+Voirie et réseaux
+Commerces et services
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etablissements éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - usagers non domestiques de l&amp;#039;eau (hors activités agricoles), redevables de l&amp;#039;Agence depuis au moins 5
+&lt;/p&gt;
+&lt;p&gt;
+ ans pour détérioration de la qualité de l&amp;#039;eau à la date de la décision d&amp;#039;attribution de la participation
+&lt;/p&gt;
+&lt;p&gt;
+ financière,
+&lt;/p&gt;
+&lt;p&gt;
+ - Petites et très Petites Entreprises, artisans,
+&lt;/p&gt;
+&lt;p&gt;
+ - chambres consulaires ou tout autre organisme représentatif d&amp;#039;activité économique industrielle (centres
+&lt;/p&gt;
+&lt;p&gt;
+ techniques, syndicats professionnels ... ), commerciale ou artisanale.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les surfaces imperméabilisées
+&lt;/p&gt;
+&lt;p&gt;
+ existantes traitées dans le cadre de l&amp;#039;opération doivent être supérieures ou égales à la surface d&amp;#039;éventuelles
+&lt;/p&gt;
+&lt;p&gt;
+ nouvelles imperméabilisations.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-048_activites_economiques.pdf</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>Philippe LESAINT
+&lt;br /&gt;
+p.lesaint&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+Chargé d&amp;#039;interventions spécialisé
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé Canler
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6723-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>162532</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'économie sociale et solidaire et l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Projets ou événements
+d’économie circulaire ou d’économie sociale et solidaire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Promotion, information et
+sensibilisation aux économies circulaire et sociale et solidaire, par le biais
+de communication, d’événements, de manifestations, de débats, etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Projet de création d’un
+produit issu du recyclage ou de la réutilisation d’un ou plusieurs produits.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Création d’un service de
+consommation collaborative ou d’économie de la fonctionnalité.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Missions d’accompagnement, de
+conseils, d’animation territoriale et de mise en réseau : démarche d’écologie
+industrielle et territoriale, …&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L‘économie sociale et solidaire (ESS) s’entend
+d’après la définition de la loi n° 2014-856 du 31 juillet 2014 : Production
+de biens et de services de manière durable en limitant la consommation et le
+gaspillage des ressources et la production des déchets. Ce modèle repose sur la
+création de boucles de valeur positives à chaque utilisation ou réutilisation
+de la matière ou du produit avant destruction finale. Il met notamment l’accent
+sur de nouveaux modes de conception, production et consommation, le prolongement
+de la durée d’usage des produits, l’usage plutôt que la possession de bien, la
+réutilisation et le recyclage des composants. (Institut de l’Économie
+circulaire)&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P47" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q47" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Soutenir les initiatives favorisant le développement de l’ESS et de
+l’économie circulaire sur le territoire est une réponse aux enjeux actuels de
+l’emploi local, de la préservation des ressources locales, du maintien ou de la
+création de valeur sur le territoire, de la coopération et des solidarités
+entre les acteurs locaux. Dans un contexte d’augmentation du prix de traitement
+des déchets, de fermeture des centres d’enfouissement et d’augmentation des
+prix des matières premières, il est particulièrement important de soutenir des
+actions qui viseront à diminuer la production de déchets et à favoriser la
+mutualisation des ressources. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les actions soutenues contribueront ainsi à améliorer la résilience du Pays
+de Coutances.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-preserver-le-patrimoine-culturel-et-naturel-fiche-action-5/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>117170</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un réseau au service de la santé du végétal et de la protection de l'environnement</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>FREDON  Occitanie</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>FREDON Occitanie</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ regroupe des experts en botanique, phytopathologie, agronomie et environnement.
+ &lt;br /&gt;
+ Des métiers portés par un ensemble de compétences internes et externes reconnues dans le réseau des FDGDON de la région.
+ &lt;br /&gt;
+ Pour la partie délégation de missions en santé des végétaux, nous sommes reconnus comme organisme à vocation sanitaire (O.V.S) par arrêt ministériel (ministère de l&amp;#039;Agriculture).
+ &lt;br /&gt;
+ Nous mettons au profit des détenteurs de végétaux (agriculteurs, collectivités et particuliers) et des services publics (DRAAF, DREAL, ARS, DDTM, collectivités territoriales et locales ...) notre savoir-faire, afin de gérer la prévention, la surveillance et la lutte contre les dangers sanitaires en santé des végétaux (ravageurs et pathogènes) et en santé humaine (ambroisie, chenille processionnaire ...)
+ &lt;br /&gt;
+ Nous agissons aussi dans un objectif de réduction de l&amp;#039;usage des produits phytosanitaires par l&amp;#039;animation de la démarche Captages d&amp;#039;Eauccitanie et ECOPHYTO Jardins, Espaces Verts et Infrastructures (JEVI).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS DE DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LA SURVEILLANCE DES ORGANISMES NUISIBLES RÉGLEMENTÉS OU ÉMERGENTS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Surveillance sanitaire du végétal, informations sur les maladies et les ravageurs des végétaux, les espèces invasives, la surveillance des organismes nuisibles réglementés ou émergents
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous sommes en charge avec nos sections départementales (FDGDON) de la surveillance et de l&amp;#039;inspection sanitaire des végétaux sur tout le territoire régional. Cette délégation de service public comprend toutes les actions contribuant à la surveillance, la prévention et la lutte contre les organismes nuisibles ou les dangers sanitaires. La surveillance est organisée en plans d&amp;#039;inspection classés selon de grandes thématiques (Passeport sanitaire, export, surveillance générale). Ils évoluent au grès des réglementations européenne et française.
+ &lt;br /&gt;
+ L&amp;#039;objectif est de préserver les productions agricoles sur notre territoire ainsi que les autres économies liées au secteur végétal (ex. : tourisme).
+&lt;/p&gt;
+&lt;h1&gt;
+ &lt;strong&gt;
+  NOS MISSIONS D&amp;#039;INTÉRÊT GÉNÉRAL
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;ANIMATION RÉGIONALE AMBROISIES
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau de mobilisation collective pour limiter l‘implantation des ambroisies et les risques pour la santé des citoyens
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous participons à la
+ &lt;strong&gt;
+  stratégie de gestion des plantes allergisantes
+ &lt;/strong&gt;
+ pilotée par l&amp;#039;ARS* (Agence Régionale de Santé).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coordination régionale des actions de lutte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de comités départementaux de coordination de lutte et formation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structuration d&amp;#039;un réseau de référents et de compétences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle des signalements et cartographie de la présence de la plante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public aux risques d&amp;#039;allergies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  DES ALTERNATIVES DURABLES AUX PESTICIDES DANS LES ESPACES PRIVÉS ET PUBLICS
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation du réseau régional des gestionnaires de Jardins, Espaces Verts et Infrastructures (JEVI), chartes régionales «Zéro Phyto »
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Nous accompagnons tous les gestionnaires de la région souhaitant mettre en œuvre des actions
+ &lt;strong&gt;
+  visant à abandonner l&amp;#039;usage des produits phytosanitaires
+ &lt;/strong&gt;
+ dans une logique de gestion durable des espaces privés et publics.
+ &lt;br /&gt;
+ Les objectifs sont de coordonner un
+ &lt;strong&gt;
+  réseau de compétences régionales
+ &lt;/strong&gt;
+ et de produire et mutualiser des références techniques. L&amp;#039;animation de ce réseau passe notamment par le développement des
+ &lt;strong&gt;
+  chartes «Objectif/Engagé Zéro Phyto»
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Ce réseau est à destination :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des collectivités et gestionnaires publics de sites non agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires d&amp;#039;infrastructures (routes, autoroutes, réseaux, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des gestionnaires privés (infrastructures de tourisme, de loisirs, jardiniers amateurs, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  POUR UNE EAU POTABLE DE QUALITÉ
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;blockquote&gt;
+ &lt;p&gt;
+  &lt;em&gt;
+   Animation de réseaux d&amp;#039;acteurs en charge de la reconquête et la protection des captages d&amp;#039;alimentation en eau potable
+  &lt;/em&gt;
+ &lt;/p&gt;
+&lt;/blockquote&gt;
+&lt;p&gt;
+ Cette démarche regroupe un réseau technique régional composé des «acteurs de terrain», des collectivités gestionnaires ou autres professionnelles impliqués. L&amp;#039;objectif principal est d&amp;#039;acc
+ &lt;strong&gt;
+  ompagner ces acteurs œuvrant dans les dispositifs locaux
+ &lt;/strong&gt;
+ (captages prioritaires, animateurs de bassins versants...) en Occitanie, sur les bassins Adour-Garonne et Rhône Méditerranée Corse, par la production et la mutualisation de références techniques, l&amp;#039;organisation de journées techniques, la formation ou encore la gestion de projet communs.
+&lt;/p&gt;
+&lt;h1&gt;
+ NOS SERVICES
+&lt;/h1&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  L&amp;#039;EXPERTISE SANITAIRE
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous réalisons ou aidons à la réalisation de toutes les actions contribuant à la surveillance des problèmes sanitaires en santé des végétaux et sur les exotiques envahissantes. Nous avons un rôle de référent sanitaire et environnemental qui nous amène à être référencés sur des dossiers à la marge de nos actions principales : santé publique (pollens, chenilles urticantes), sécurité publique (frelon asiatique, hyménoptères), droit urbain et environnemental.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;em&gt;
+  LE DIAGNOSTIC
+ &lt;/em&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous effectuons des diagnostics pour le compte de particuliers, de collectivités ou d&amp;#039;entreprises. Nous apportons notre expertise lors du dépérissement d&amp;#039;un végétal, la suspicion de maladie ou l&amp;#039;état général d&amp;#039;un patrimoine végétal. La FREDON Occitanie fait partie du réseau «CLINIQUE DU VÉGÉTAL®».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ LES FORMATIONS
+&lt;/h2&gt;
+&lt;p&gt;
+ Nous organisons ou animons des sessions de formation auprès de différents publics. Nous proposons notamment des formations spécifiques aux élus des collectivités locales et territoriales, aux propriétaires ou détenteurs de végétaux, aux groupements de représentants professionnels ou toute autre personne pouvant être intéressée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Recyclage et valorisation des déchets
+Santé
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FREDON Occitanie
+ &lt;/strong&gt;
+ fédère les initiatives locales et s&amp;#039;appuie dans ses actions sur les fédérations départementales (FDGDON) et les groupements de défense (GDON).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est également membre du réseau FREDON FRANCE.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fredonoccitanie.com/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FREDON Occitanie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
+ &lt;br /&gt;
+ Téléphone : 04 67 75 64 48
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;fredon-occitanie.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
+  https://www.fredonoccitanie.com/nous-contacter/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>contact@fredon-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a04-beneficier-dun-reseau-au-service-de-la-sante-/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>92590</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les aménagements paysagers et la nature en ville – Volet « Planter 50 000 arbres en Vaucluse »</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Valeur de la subvention en nature : plafonnée à 15 000 € par projet</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Subvention en nature sous forme de fourniture de végétaux pour les aménagements paysagers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;espaces publics : Parcs, jardins, abords de bâtiments, équipements sportifs et de loisirs (création, agrandissement, renouvellement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations d&amp;#039;alignement de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation et valorisation d&amp;#039;espaces délaissés (naturels ou périurbains)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies champêtres en milieu rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de ripisylves et de zones humides
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Biodiversité
+Paysage
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Précisions bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de collectivités territoriales 
+Un dossier éligible par collectivité tous les 3 ans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/espaces-naturels-sensibles-biodiversite-et-paysages/la-preservation-des-paysages-vauclusiens/favoriser-la-nature-en-ville-1609.html</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2946-favoriser-les-amenagements-paysagers-et-la-na/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>161804</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans votre opération de préservation et restauration des milieux aquatiques.</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans votre opération de préservation et restauration des milieux aquatiques.</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la conception de votre opération de préservation et restauration des milieux aquatiques (jusqu&amp;#039;à la validation de l’Avant-Projet (AVP) :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement pour la consultation et le choix des prestataires intellectuels intervenant dans la réalisation des études (levé topographique, étude de sols, coordination SPS, contrôle technique, …),&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et le choix d’une équipe de maitrise d’œuvre,&lt;/li&gt;&lt;li&gt;Conseil et assistance au pilotage de la mission de maitrise d’œuvre et des autres missions de Prestations intellectuelles,&lt;/li&gt;&lt;li&gt;Conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-une-mission-dassistance-a-maitrise-douvrage-amo-pour-vous-accompagner-dans-votre-operation-de-preservation-et-restauration-des-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>163793</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les zones humides</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Pyrénées Orientales</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;De part 
+les nombreuses fonctions qu’elles assurent, les zones humides se 
+trouvent à la croisée des enjeux liés à la protection de la ressource en
+ eau et des espaces naturels. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Afin de préserver ces milieux fragiles et 
+sous pression, le Département des Pyrénées-Orientales peut financer des études ou plans de 
+gestion, des travaux de protection ou restauration et des opérations 
+d’acquisitions foncières. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour faciliter ces dernières, il peut 
+également mettre à disposition des collectivités son outil foncier relatif aux Zones de préemption au titre des espaces naturels sensibles (ZPENS).&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Études, travaux, outils de communication/sensibilisation, acquisitions foncières.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Biodiversité
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;EPCI, communes, associations, fondations reconnues d’utilité publique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Pyrénées-Orientales</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://portail-collectivites66.fr/aap/politique-departementale-en-matiere-de-preservation-des-zones-humides/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable mission Biodiversité&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>vanessa.amiel@cd66.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-zones-humides/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>161803</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la prise de décision d’engager ou non la réalisation une opération de préservation et restauration des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision d’engager ou non la réalisation une opération de préservation et restauration des milieux aquatiques.</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération pour la gestion des milieux aquatiques :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Diagnostic environnemental, levé topo, Simulation hydraulique, …),&lt;/li&gt;&lt;li&gt;Établissement de relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;Étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-preservation-et-restauration-des-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>161805</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour votre opération de préservation et de restauration des milieux aquatiques jusqu'à l'achèvement des travaux</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une mission d'assistance à maitrise d’ouvrage (AMO) pour votre opération de préservation et restauration des milieux aquatiques jusqu'à l'achèvement des travaux</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation et le suivi de votre opération de gestion des milieux aquatiques :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseil et assistance au pilotage de la mission de maitrise d’oeuvre et des autres missions de Prestations intellectuelles,&lt;/li&gt;&lt;li&gt;Conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;L’assistance apportée par Aveyron Ingénierie peut débuter dès le démarrage de la phase de réalisation du Projet (PRO) et durer, en fonction des besoins, jusqu’à l’expiration de la période de garantie de parfait achèvement des travaux.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-une-mission-dassistance-a-maitrise-douvrage-amo-pour-votre-operation-de-preservation-et-restauration-des-milieux-aquatiques-jusqua-lachevement-des-travaux/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>163238</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les actions en faveur du Plan départemental des itinéraires de promenade et de randonnée (PDIPR)</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 200 000 € HT pour les études et les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
+départemental des Itinéraires de Promenade et de Randonnée.
+Représentant une offre de plus de 220 circuits (pédestre, équestre
+et VTT) et 3 000 km de chemins balisés, le PDIPR doit répondre aux
+nouvelles attentes des Euréliens et des touristes.&lt;/p&gt;&lt;p align="justify"&gt;Les actions en faveur du PDIPR ont pour objectifs de protéger les chemins ruraux, de recenser les chemins ouverts à la pratique de la randonnée (pédestre, équestre, VTT), favorisant ainsi la création d&amp;#039;itinéraires touristiques et de promenades.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes d&amp;#039;aménagement ou de valorisation
+	de circuits,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Travaux de création/amélioration
+	d’itinéraires de randonnée (débroussaillage, élagage, fauchages manuels ou mécaniques, travaux d’abattages et débitages
+		d’arbres sur le tracé, travaux de terrassement, de protection ou
+		de soutènement)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Travaux et aménagements visant la
+	protection de la biodiversité et des paysages aux abords du
+	sentier (restauration des continuités
+		écologiques, mise en valeur et requalification
+		paysagères des sentiers et de leurs abords, opération de réduction des pollutions
+		dont la pollution lumineuse, désartificialisation, remplacement des
+		matériaux « en dur » par des matériaux naturels).&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;Opérations
+	ou travaux nécessaires à la continuité ou à la sécurité du
+	cheminement, autres que l’entretien courant : réouverture de
+	chemin, passerelles, caillebotis, mains courantes, aménagements
+	permettant l’adaptation pour l’accès aux personnes à mobilité
+	réduite, clôtures…,&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Fourniture et pose de balisage et/ou
+	signalétique : poteau, lame, bagues, panneau danger, panneau
+	d’information départs…&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Mobilier
+	d’accueil du public : bancs, tables de pique-nique, totem de
+	départ …,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Communication
+	et valorisation du patrimoine à proximité, présent le long de
+	l’itinéraire : fourniture et pose de table d’orientation,
+	pupitre de lecture, panneau pédagogique, etc.&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Acquisition foncière nécessaire à la
+	création, l’amélioration ou le maintien de la continuité d’un
+	itinéraire de randonnée et/ou à la réalisation d’aménagements
+	au long d’un itinéraire de randonnée.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Les opérations finançables doivent
+permettre de développer la pratique de la randonnée (pédestre,
+équestre et en VTT) sur chemins et de les protéger&lt;/font&gt;&lt;del&gt;&lt;font face="Arial, serif"&gt;
+&lt;/font&gt;&lt;/del&gt;&lt;font face="Arial, serif"&gt;(PDIPR).&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour
+cela, elles feront l’objet d’une étude et/ou d’un travail de
+concertation avec les partenaires locaux experts de la randonnée&lt;/font&gt;
+&lt;font face="Arial, serif"&gt;et le référent randonnées du
+Département.&lt;/font&gt;&lt;font face="Arial, serif"&gt; Ceux-ci pourront
+conseiller et apporter un appui technique pour préciser et affiner
+le projet et ses modalités de réalisation.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le
+projet devra s’appuyer sur des chemins ruraux déjà inscrits ou à
+inscrire au Plan départemental des Itinéraires de promenade et de
+randonnée d’Eure-et-Loir&lt;/font&gt; &lt;font face="Arial, serif"&gt;et
+affectés à la randonnée non motorisée.&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Afin de garantir le bon usage de la
+subvention qui pourra être accordée, le Conseil départemental
+préconise de se référer aux guides nationaux et/ou recommandations
+des partenaires locaux experts des différentes pratiques (CDRP 28
+pour le pédestre, CDE 28 pour l’équestre et FFCT pour le VTT).&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-les-actions-en-faveur-du-plan-departemental-des-itineraires-de-promenade-et-de-randonnee-pdipr/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>101344</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les Espaces Naturels Sensibles (ENS) délégués</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>ENS délégués</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aide, variable en fonction du taux d'aide de l'Agence de l'Eau</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De par sa position géographique entre terre et mer, à cheval entre le bassin parisien et le massif armoricain, le Calvados possède un patrimoine naturel très riche. Des zones humides comme les marais de la Touques, la vallée de l&amp;#039;Aure, aux rochers de la Suisse Normande, en passant par les landes du mont-Pinçon, les dunes d&amp;#039;Omaha Beach ou les berges de l&amp;#039;Orne, le Calvados se caractérise par une grande variété de paysages et de milieux naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les espaces naturels sensibles (ENS) sont le plus souvent des sites emblématiques et reconnus pour leur intérêt écologique et paysager.
+&lt;/p&gt;
+&lt;p&gt;
+ Leur vocation est double : assurer la protection du patrimoine naturel tout en permettant leur ouverture au public, dans la mesure où celle-ci est compatible avec la préservation du site et de la biodiversité.
+&lt;/p&gt;&lt;p&gt;Dans le Calvados, des ENS sont délégués à des tiers, qui en assurent l&amp;#039;entretien et l&amp;#039;aménagement. Le Département apporte des financements aux opérations d&amp;#039;investissement et de fonctionnement réalisées dans les ENS délégués&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p align="center"&gt; &lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p align="center"&gt;Nom&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Statut&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;1&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Boucle du
+  Hom&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;2&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Mont Myrrha&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;3&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Château-Ganne&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;4&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Coteaux de
+  Jacob Mesnil&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;5&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Marais de
+  Chicheboville&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;6&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Marais de
+  Colleville-Montgomery&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;7&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Coteaux du
+  Noireau&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;8&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Coteaux et
+  prairies humides de la Boucle de l’Aure&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;9&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Landes
+  boisées et zone tourbeuse de St Aubin&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt; &lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt; &lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt; &lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Acquisitions foncières, plans de gestion, études préalables et maîtrise d&amp;#039;œuvre, aménagements, entretien...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Liste des ENS délégués concernés par l&amp;#039;aide départementale :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;table cellspacing="0" cellpadding="0"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p align="center"&gt;Nom&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;La Boucle du Hom&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;Château-Ganne&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;Marais de Chicheboville&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;Marais de Colleville-Montgomery&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt;
+&lt;p&gt;&lt;strong&gt;
+ Modalités d&amp;#039;intervention du Département :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficiaires : collectivités locales (communes, EPCI, ...), associations pour le compte de collectivités locales (convention),
+ &lt;/li&gt;
+ &lt;li&gt;Délégation du droit de préemption au titre des ENS aux collectivités,
+ &lt;/li&gt;&lt;li&gt;Taux d&amp;#039;intervention ci-dessous :&lt;/li&gt;
+&lt;/ul&gt;
+&lt;table cellspacing="0" cellpadding="0"&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td width="110" rowspan="2"&gt;&lt;p align="center"&gt;Dépenses&lt;/p&gt;&lt;/td&gt;&lt;td width="119" rowspan="2"&gt;&lt;p align="center"&gt;Actions&lt;/p&gt;&lt;/td&gt;&lt;td width="133" colspan="2"&gt;&lt;p align="center"&gt;Taux d’intervention&lt;/p&gt;&lt;/td&gt;&lt;td width="143" rowspan="2"&gt;&lt;p align="center"&gt;Précisions&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="69"&gt;&lt;p align="center"&gt;MILIEUX HUMIDES&lt;/p&gt;&lt;/td&gt;&lt;td width="64"&gt;&lt;p align="center"&gt;MILIEUX SECS&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="110"&gt;&lt;p align="center"&gt;Fonctionnement&lt;/p&gt;&lt;/td&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Gestion&lt;/p&gt;&lt;/td&gt;&lt;td width="69" rowspan="5"&gt;&lt;p align="center"&gt; &lt;/p&gt;&lt;p align="center"&gt;Jusqu’à 70% des coûts&lt;/p&gt;&lt;p align="center"&gt; &lt;/p&gt;&lt;p align="center"&gt;Taux d’aide variable en fonction du taux d’aide de l’Agence de l’Eau*&lt;/p&gt;&lt;/td&gt;&lt;td width="64" rowspan="5"&gt;&lt;p align="center"&gt;70% des coûts&lt;/p&gt;&lt;p align="center"&gt; &lt;/p&gt;&lt;p align="center"&gt;Car non éligibles à une aide de l’Agence de l’Eau&lt;/p&gt;&lt;/td&gt;&lt;td width="143" valign="top"&gt;&lt;p align="center"&gt;Applicable aux dépenses éligibles plafonnées à 1000 €/ha géré pour les sites d’une surface acquise inférieur à 20 ha, et 500 €/ha au-delà. Plafonné à une subvention annuelle.&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="110" rowspan="4"&gt;&lt;p align="center"&gt;Investissement&lt;/p&gt;&lt;/td&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Etudes préalables et maîtrise d’œuvre&lt;/p&gt;&lt;/td&gt;&lt;td width="143" rowspan="3"&gt;&lt;p align="center"&gt;Conformes à la vocation des ENS&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Plans de gestion&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Aménagements&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Acquisitions foncières&lt;/p&gt;&lt;/td&gt;&lt;td width="143" valign="top"&gt;&lt;p align="center"&gt;Sur la base des coûts moyens constatés pour des terrains équivalents&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td valign="top" align="left"&gt;
+  &lt;p&gt;Les aides sont calculées sur les
+  dépenses en HT pour l’investissement en cas de récupération de la TVA par le
+  demandeur, sur le TTC pour le fonctionnement et pour l’investissement en cas
+  de non récupération de la TVA par le demandeur.&lt;/p&gt;&lt;p&gt; Le démarrage des travaux ne doit
+  pas intervenir avant la réception de la notification d’accord de subvention
+  par la commission permanente.&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;
+&lt;p&gt;&lt;strong&gt;Constitution du dossier (à envoyer à territoires&amp;#64;calvados.fr) : &lt;/strong&gt;&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td valign="top" align="left"&gt;&lt;li&gt;Un courrier de demande de subvention ;&lt;/li&gt;&lt;li&gt;Une
+  délibération de l’organe délibérant du demandeur décidant l’opération et
+  sollicitant l’aide financière du Département ;&lt;/li&gt;&lt;li&gt;Une note
+  de présentation du projet précisant les objectifs du projet et la nature des
+  travaux visés par la subvention ; &lt;/li&gt;&lt;li&gt;Les devis
+  estimatifs détaillés ;&lt;/li&gt;&lt;li&gt;Un plan
+  de financement prévisionnel ;&lt;/li&gt;&lt;li&gt;Un plan
+  de situation de l’opération et un plan cadastral précisant la situation
+  juridique du terrain d&amp;#039;implantation des aménagements ;        &lt;/li&gt;&lt;li&gt;Le
+  calendrier prévisionnel des travaux (date de début des travaux ; merci de
+  tenir compte du délai d’instruction de 3 mois) ;&lt;/li&gt;&lt;li&gt;Un Relevé
+  d’Identité Bancaire (RIB) ; &lt;/li&gt;&lt;li&gt;Pour les
+  opérations relatives aux milieux humides non éligibles à une aide de l’Agence
+  de l’Eau Seine Normandie : la réponse écrite (mail ou courrier) de
+  l’instructeur confirmant la non éligibilité de l’action prévue ; &lt;/li&gt;&lt;li&gt;Le formulaire d’éco-conditionnalité (si projet supérieur à 100 000 € HT).&lt;/li&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;&lt;strong&gt;    Modalités de paiement : &lt;/strong&gt;   &lt;/p&gt;
+&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td valign="top" align="left"&gt;
+  &lt;ul&gt;&lt;li&gt;Pour
+  l’investissement : Paiement en deux fois maximum, dont acompte possible
+  de 50% au démarrage du chantier (sur production d’un ordre de service de
+  démarrage de chantier). &lt;/li&gt;&lt;li&gt;Pour le fonctionnement : paiement en une fois sur production de
+justificatifs suite à la réalisation des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/accueil/le-departement/routes-environnement--territoire/environnement--milieux-naturels/espaces-naturels-sensibles.html</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Instruction administrative&lt;/u&gt; :
+Service des Territoires (02 31 57 11 25 / &lt;a href="mailto:territoires&amp;#64;calvados.fr"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;)&lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Accompagnement technique &lt;/u&gt;: Service
+Espaces Naturels (Maria RIBEIRO : &lt;a href="mailto:maria.ribeiro&amp;#64;calvados.fr" target="_self"&gt;maria.ribeiro&amp;#64;calvados.fr&lt;/a&gt; ou 02.31.57.14.72.)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/95e6-amenager-les-espaces-naturels-sensibles-deleg/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>163878</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette
+délibération présente les principes d’intervention et les objectifs de l’Agence
+dans le domaine de la restauration écologique des milieux naturels et du
+littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
+d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
+une approche globale à l’échelle du cycle de l’eau, tenant compte du
+fonctionnement écologique des milieux naturels. Les actions conduites ont pour
+ambition notamment d’améliorer l’état écologique des eaux de surface et de
+contribuer à la préservation et la restauration de la biodiversité. L’approche
+vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
+physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
+d’eau, milieux humides et non humides) et leur biodiversité, et le
+rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
+(ruissellement et gestion des eaux pluviales « à la source », débordement de
+cours d’eau, limitation des flux de matières en suspension et du colmatage des
+cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
+Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
+la Biodiversité », l’objectif visé est également de faciliter la prise en
+compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
+les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
+d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
+de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
+riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
+accompagner les maîtrises d’ouvrage des opérations de rétablissement des
+continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
+écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
+d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
+végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
+douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
+milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau est susceptible
+d’attribuer une participation financière aux opérations respectant les
+conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
+qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
+écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
+déclarées et respectent les prescriptions administratives afférentes ou, à
+défaut, le dossier visant à l’obtention de ces éléments est en cours
+d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
+plus précisément les conditions particulières sont précisées en détail dans la
+délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
+cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
+colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
+d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
+des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
+d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>163894</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agences de l'eau
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>163874</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Gérer l'eau et la nature dans les villes et les villages</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
+entraîné une artificialisation des zones urbanisées altérant durablement les
+fonctions écologiques des sols urbains, en particulier leurs fonctions
+hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
+le plus souvent par une imperméabilisation qui constitue la forme la plus
+sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
+naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
+l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
+corolaire un accroissement des ruissellements urbains, quasi-systématiquement
+gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
+inondations et des impacts plus ou moins significatifs sur la qualité des
+milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
+60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
+sont rejetés sans traitement au droit des déversoirs d’orage directement dans
+les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
+la vie présente dans ces sols et leur capacité à être supports de biodiversité,
+les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
+plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
+les capacités de stockage de carbone dans les sols sous forme de matière
+organique, facteur d’atténuation du dérèglement climatique, mais aussi de
+réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
+par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
+au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
+l’expression de leurs services écosystémiques, en repensant la place de l’eau
+et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
+constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
+Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
+Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
+première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
+titre de la présente délibération visent à impulser et accompagner la
+nécessaire transformation des modes d’aménagement urbain, de tendre vers un
+urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
+l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
+dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
+habitants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
+en améliorant leur état initial par la création de nouveaux espaces de nature
+en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q59" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité sont
+précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
+village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>163880</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Etude, recherche, innovation et connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
+délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
+L’acquisition, le transfert et la valorisation
+de connaissances (études générales, recherchedéveloppement, prospective et
+innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
+ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
+nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
+changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
+l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
+La création et la gestion de réseaux de
+surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
+ressources en eau superficielles et souterraines, des usages et des pressions
+qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
+(qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
+et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
+complémentaires qui permettent de renforcer les programmes de surveillance de
+la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
+aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
+de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
+le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
+définies dans la lettre de cadrage du ministère avec pour objectif principal
+l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
+spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
+l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
+Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+International
+Industrie
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
+prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>120966</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de création et d’ouverture au public de nouveaux espaces verts et de nature, et les projets d’amélioration de la qualité des espaces verts existants</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Création et amélioration d'espaces verts ouverts au public</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seules les dépenses d&amp;#039;investissement sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant maximum de la subvention régionale
+ dépend de la nature du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création et ouverture au public de nouveaux espaces verts et de nature :
+  500.000€ par projet (600.000€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la qualité d&amp;#039;espaces verts et de nature existants et déjà ouverts au public :
+  250.000€ par projet (350.000€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention
+ est modulé au regard du niveau de carence en espaces verts de la commune de localisation du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes très carencées :
+  50% des dépenses éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres territoires :
+  40% des dépenses éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces verts et de liaisons vertes ouverts au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification ou amélioration de l&amp;#039;accessibilité d&amp;#039;espaces verts ou de nature existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jardins partagés dès lors qu&amp;#039;ils permettent l&amp;#039;association du public et qu&amp;#039;ils sont soutenus par les communes et les intercommunalités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toitures et murs végétalisés accessibles au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créations d&amp;#039;alignement d&amp;#039;arbres...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur mesdemarches.iledefrance.fr. Dans le cadre de l&amp;#039;élaboration de leurs projets, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un jury d&amp;#039;élus et de personnalités qualifiées se réunit plusieurs fois par an pour sélectionner les dossiers, sur la base d&amp;#039;une instruction technique confiée à l‘Agence des espaces verts (AEV) d&amp;#039;Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers, l&amp;#039;attribution définitive des aides est votée en Commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/creation-et-amelioration-despaces-verts-ouverts-au-public</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:planvert&amp;#64;iledefrance.fr"&gt;
+  planvert&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e10f-creation-et-amelioration-despaces-verts/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>120974</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l’effondrement de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Programme Patrimoine naturel et biodiversité</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Fondation du Patrimoine</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valoriser les bonnes pratiques pour répondre à la double menace du changement climatique et de l&amp;#039;effondrement de la biodiversité, et apporter un soutien financier à des projets d&amp;#039;éco-rénovation du patrimoine bâti, et de protection du patrimoine naturel, des espaces naturels terrestres, aquatiques et maritimes.
+ &lt;br /&gt;
+ 3 champs d&amp;#039;action :
+ &lt;br /&gt;
+ • Patrimoine bâti plus vert
+ &lt;br /&gt;
+ • Biodiversité, parcs et jardins
+ &lt;br /&gt;
+ • Espaces naturels, littoraux et biodiversité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de préservation, de sauvegarde ou de restauration de biens bâtis d&amp;#039;intérêt patrimonial, d&amp;#039;espaces naturels ou accueillant de la biodiversité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bourgogne-Franche-Comté
+ &lt;br /&gt;
+ • 14 rue Violet
+ &lt;br /&gt;
+ 25000 Besançon
+ &lt;br /&gt;
+ 03 81 47 95 14
+ &lt;br /&gt;
+ bfcbesancon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+ • 88 rue Jean-Jacques Rousseau
+ &lt;br /&gt;
+ BP 25 105 21051 DIJON CEDEX Dijon
+ &lt;br /&gt;
+ 03 80 43 97 19
+ &lt;br /&gt;
+ bfcdijon&amp;#64;fondation-patrimoine.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>sylviane.philippe@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acf8-valoriser-les-bonnes-pratiques-pour-repondre-/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>116529</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Reconquérir la continuité écologique</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Effacement ou arasement de radier, de seuil et autre ouvrage dans les cours d’eau ; amélioration ou création de dispositif de franchissement pour la faune aquatique (passe à poisson, …), …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont exclus les ouvrages de chantier, temporaires, fusibles, la démolition d’ouvrage entrant dans le cadre d’opération plus globale d’amélioration de la circulation routière, l’enlèvement de matériaux meubles, le curage, les actions en lien direct et substantiel avec les inondations ou la protection des biens et des personnes, les actions récurrentes d’entretien…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/92cb-copie-06h28-planifier-la-preservation-de-la-b/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>117637</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Créer de nouveaux espaces de nature et liaisons</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Stratégie nature</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objet de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Financer au cas par cas tout maitre d&amp;#039;ouvrage qui contribuerait à l&amp;#039;objectif de connexion des alto séquanais à la nature, par la végétalisation d&amp;#039;espace de plus de 5000 m2 ou de liaisons vertes permettant de liées différents espaces de nature existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  But :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre chaque habitant des Hauts de Seine à moins de 15 minutes à pied d&amp;#039;un espace de nature et le connecter à une trame éco paysagère de plus de 3.300 hectares de parcs, jardins, promenades et forêts.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principes d&amp;#039;actions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer de nouveaux espaces et liaisons. Acquérir, aménager, accueillir, entretenir, rénover, valoriser sont les verbes forts de la stratégie du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des ilots de verdure et de fraicheur en valorisant les délaissés et autres interstices urbains
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer des partenariats pour étendre son action et créer de nouvelles opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser les espaces de nature pour leur contribution positive aux enjeux de bien-être en ville, de santé humaine, de protection de la biodiversité et d&amp;#039;adaptation au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Présence connue d&amp;#039;habitat remarquable (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de flore remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de faune remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ou continuité identifié dans le SRCE ou une trame verte et bleue locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétation ayant une bonne fonctionnalité écologique (différentes strates, diversité d&amp;#039;espèces, rusticité, habitat et nourriture pour la faune...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sol vivant, peu ou pas perturbé et perméable sur au moins les 2/3 du site &amp;#43; gestion du ruissellement urbain ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ouvert au public, pour les loisirs et sports de plein air, pour la promenade et la détente, pour des activités culturelles et de reconnexion à la nature de plus de 5000 m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualité paysagère contribuant à l&amp;#039;identité du lieu et au patrimoine de la localité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace de fraicheur en été (lutte contre les îlots de chaleur urbain)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>http://www.hauts-de-seine.fr/la-strategie-departementale-des-espaces-de-nature</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lionel Lecoeur :
+ &lt;a href="mailto:llecoeur&amp;#64;hauts-de-seine.fr" rel="noopener" target="_blank"&gt;
+  llecoeur&amp;#64;hauts-de-seine.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>llecoeur@hauts-de-seine.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e81-creer-de-nouveaux-espaces-de-nature-et-liaiso/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>143373</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Construire des projets Gemapi adaptés aux enjeux territoriaux et exercer les missions de la Gemapi</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Vous portez un projet d&amp;#039;aménagement qui doit prendre en compte la gestion du milieu aquatique, la prévention des inondations ou le recul du trait de côte ?
+ &lt;br /&gt;
+ Les solutions intégrées impliquent la déclinaison de méthodologies à considérer selon une approche globale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne vers la réussite technique et économique de projets pérennes et dans l&amp;#039;exercice des missions Gemapi.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment porter un projet de restauration du milieu aquatique ou de système d&amp;#039;endiguement complexe ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment gérer les aspects règlementaires et techniques d&amp;#039;un tel projet ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles orientations retenir parmi plusieurs options techniques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment exercer les missions rattachées à la Gemapi ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise nationale reconnue en matière d&amp;#039;ouvrages hydrauliques (développement de méthodologies d&amp;#039;évaluation de la sécurité des ouvrages), d&amp;#039;analyse du fonctionnement des milieux aquatiques et du littoral
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un expert public (à l&amp;#039;interface entre bureaux d&amp;#039;études et collectivités), garantissant neutralité de l&amp;#039;accompagnement et capacité de médiation technique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche pluridisciplinaire et intégrée de la Gemapi, sur ses deux volets et à leur interface
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité à faire le lien entre Gemapi et petit cycle de l&amp;#039;eau ou risques naturels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Préparer votre projet
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration de recommandations issues de réalisations en contextes similaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction de cahiers des charges.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer les options techniques
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposition de critères d&amp;#039;évaluation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;instrumentation de sites et des modélisations associées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Vous accompagner dans l&amp;#039;exercice des missions Gemapi par
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des formations méthodologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Former
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les outils de connaissance et de suivi (ouvrages, modélisation, fonctions des zones humides).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Saint-Malo Agglomération :
+  &lt;/strong&gt;
+  Définition des systèmes d&amp;#039;endiguement, d&amp;#039;un cahier des charges, d&amp;#039;une méthode d&amp;#039;étude de dangers.Structuration d&amp;#039;une base de données des ouvrages.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Troyes Champagne Métropole :
+  &lt;/strong&gt;
+  Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/construire-projets-gemapi-adaptes-aux-enjeux-territoriaux</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d465-construire-des-projets-gemapi-adaptes-aux-enj/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>157091</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°2 : Soutenir l'initiative économique</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Soutenir l&amp;#039;initiative économique&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à soutenir l&amp;#039;initiative économique locale. Le GAL souhaite accompagner des projets de nature à encourager la mutation industrielle du territoire vers des activités qui favorisent la transition énergétique et la valorisation des filières locales à potentiel. La capacité du territoire à proposer une alimentation locale et de qualité constitue un objectif fort. Au-delà, le programme veillera à soutenir des projets de création / développement de petites entreprises et activités artisanales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières émergentes liées à l&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel (exemples : lin, chanvre, haies)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - La relocalisation de filières d&amp;#039;activités sur le territoire du GAL
+&lt;/p&gt;
+&lt;p&gt;
+ - La création d&amp;#039;entreprises et d&amp;#039;activités
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des initiatives de l&amp;#039;ESS
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accompagnement de la transformation des activités agricoles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des circuits de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ - Des avancées vers l&amp;#039;autonomie alimentaire
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement d&amp;#039;une offre touristique de proximité, durable et qualitative.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisation ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction et réhabilitation de solutions d&amp;#039;accueil d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ - Appui au développement de nouvelles formes de commercialisation de produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ - Equipements à vocation touristique
+&lt;/p&gt;
+&lt;p&gt;
+ - Outils de communication - Information des consommateurs / des acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements et de manifestations à vocation éducative
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Maintien et développement des activités de production de biens et services
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux modèles de ventes de produits locaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouvelles solutions d&amp;#039;accueil des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services/dispositifs d&amp;#039;accompagnement des entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ - Réponse aux besoins locaux en matière d&amp;#039;accueil de jeunes entrepreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement d&amp;#039;une nouvelle offre touristique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et/ou information des producteurs locaux sur la structuration des circuits courts.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en réseau, animation et information / sensibilisation (but pédagogique, porter à connaissance) des professionnels, des collectivités sur les questions liées à l&amp;#039;alimentation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre d&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdec-leader-action-n2-soutenir-linitiative-economi/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>94991</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Aider les manifestations économiques</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  contribuer à l&amp;#039;organisation, sur le territoire régional, de manifestations à caractère économique d&amp;#039;envergure régionale ou nationale – congrès, colloques, journées d&amp;#039;information -, destinées à un public de professionnels ciblés mais ouvertes à d&amp;#039;autres publics, professionnels ou grand public, et permettant de mieux faire connaitre le dynamisme économique du Grand Est,
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à la qualité, à l&amp;#039;attractivité et au développement de l&amp;#039;activité économique dans le Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les associations, les collectivités territoriales, ainsi que les structures de droit privé en charge de la mise en œuvre de manifestations de promotion et de valorisation de l&amp;#039;économie régionale ayant un établissement immatriculé ou justifiant d&amp;#039;une implantation de leur activité en région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention et est plafonnée à 5 000 €.
+Dans le cas où la manifestation est porté par un EPCI ou un groupement d&amp;#039;EPCI ayant signé un « Pacte Offensive Croissance et Emploi» avec la Région, le plafond maximum par manifestation correspond au montant de l&amp;#039;aide sous forme de subvention octroyée par l&amp;#039;EPCI avec un plafond maximal de 20 000 € par manifestation.
+&lt;/p&gt;
+&lt;h3&gt;
+ Modalités
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention puis d&amp;#039;un dossier demande d&amp;#039;aide adressés au Président de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ —
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Consulter le guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Méthode de sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ Les projets sont sélectionnés au regard des critères ci-dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le portage du projet répondant aux critères de définition précisés ci-dessus et présentant :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les objectifs poursuivis ou les résultats attendus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le rayonnement de la manifestation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;implication des acteurs locaux dans la conception et la mise en oeuvre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le financement local ou national : maître d&amp;#039;ouvrage et financements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le plan de financement du projet :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le demandeur doit justifier d&amp;#039;une capacité à financer le projet à hauteur de 10% minimum du montant total de l&amp;#039;opération.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Nature des projets
+&lt;/h3&gt;
+&lt;p&gt;
+ Ce dispositif apporte un soutien à l&amp;#039;organisation de manifestations à caractère économique sur le territoire du Grand Est.
+Seules les manifestations se déroulant sur l&amp;#039;année N sont éligibles, dans la limite d&amp;#039;une manifestation par an et par opérateur ou réseau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-manifestations-economiques/</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0011/depot/simple</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:financementdesentreprises&amp;#64;grandest.fr"&gt;
+  financementdesentreprises&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec60-aide-aux-manifestations-economiques/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>163833</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie locale</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat est un territoire où l’agriculture et les entreprises artisanales participent encore majoritairement aux fondements de l’économie locale. Pour maintenir et développer l’activité, les acteurs veulent travailler sur la valorisation des savoir-faire et des produits auprès de la population et des visiteurs.&lt;br /&gt;Pour cela, les opérations liées à cette fiche permettront le développement des circuits de proximité et la commercialisation de produits de terroir et artisanaux ainsi que la construction d’une identité territoriale cohérente et complète.&lt;br /&gt;Par ailleurs, les résultats du diagnostic territorial montrent que les évolutions des habitudes d’achat nuisent aux commerces de proximité. On constate également une baisse de fréquentation des marchés et l’essoufflement des Unions Commerciales qui animaient les centre villes. Le tissu artisanal et commercial reste fragile (reprises et créations en perte de vitesse).&lt;br /&gt;Dans ce contexte, le Pays Vitryat désire redynamiser l’artisanat et le commerce&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Valoriser le patrimoine alimentaire/ développer une identité alimentaire&lt;br /&gt;- Mettre en valeur les productions locales et promouvoir les marchés locaux&lt;br /&gt;- Remobiliser les réseaux de commerçants&lt;br /&gt;- Structurer et renforcer l’offre commerciale existante&lt;br /&gt;- Faciliter l’accès à l’emploi et à la formation&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- Augmentation du nombre de producteurs locaux et/ ou artisans impliqués dans une démarche de valorisation au titre de la présente fiche action&lt;br /&gt;- Ouverture de nouveaux commerces&lt;br /&gt;- Augmentation du nombre de création d’entreprises&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER offre une précieuse plus-value en soutenant efficacement l&amp;#039;économie locale à travers diverses actions, notamment en favorisant la structuration de filières courtes par la mise en réseau des acteurs. Cette approche facilite la collaboration entre les différents acteurs impliqués dans les filières, tels que les producteurs, les transformateurs et les distributeurs, créant ainsi une chaîne d&amp;#039;approvisionnement plus efficace et responsable.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par la promotion des filières courtes, le programme LEADER contribue à réduire l&amp;#039;empreinte écologique en diminuant les distances parcourues par les produits, ce qui permet une gestion plus durable des ressources et une réduction des émissions de carbone. De plus, cette approche renforce la résilience des économies locales en limitant leur dépendance vis-à-vis des marchés internationaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En mettant en réseau les artisans et les commerçants, LEADER stimule la coopération et l&amp;#039;échange d&amp;#039;expertise entre ces professionnels locaux. Cette mise en relation favorise l&amp;#039;émergence de synergies, encourageant ainsi l&amp;#039;innovation et la création de nouvelles opportunités commerciales.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le soutien de LEADER aux initiatives locales renforce la visibilité des produits et services artisanaux, favorisant ainsi la préservation des savoir-faire traditionnels et la transmission des métiers ancestraux. Cela permet également de préserver le patrimoine culturel tout en dynamisant le tissu économique local.&lt;/p&gt;&lt;p&gt;En consolidant les réseaux d&amp;#039;acteurs locaux, le programme LEADER contribue à créer des emplois durables et à renforcer la cohésion sociale dans le Pays Vitryat. La mutualisation des ressources et des compétences offre des opportunités de croissance économique plus équitables et inclusives.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La valorisation des savoir-faire, du patrimoine alimentaire, des filières courtes et la redynamisation de l’artisanat et du commerce du Pays Vitryat : &lt;/p&gt;&lt;p&gt;- Actions d’information, d’animation, de communication, de sensibilisation et/ou de développement d’évènementiels&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisation&lt;br /&gt;- Toute étude sur l’offre et les besoins des consommateurs, des usagers et des entreprises&lt;br /&gt;- Création et développement de points de vente fixes ou itinérants (dont acquisition et aménagement de véhicules professionnels) destinés à maintenir ou compléter l&amp;#039;offre de commerces du territoire&lt;br /&gt;- Soutien au développement d’une offre d’approvisionnement de la restauration collective&lt;br /&gt;- Investissements permettant la production et la transformation de produits alimentaires hors agriculteur et groupement d’agriculteur&lt;br /&gt;- Soutien à la création, à la réhabilitation et à l’aménagement de potagers et vergers collectifs&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-3/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>164287</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement des petites entreprises et de l'emploi</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>PETR Grand Quercy</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;3.1   Contribuer à la pérennité et au développement du tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.1.1 Accompagner les entreprises et les associations
+dans les domaines des ressources humaines et des conditions de travail&lt;/p&gt;&lt;p&gt;3.1.2  Promouvoir les métiers et les savoir-faire &lt;/p&gt;&lt;p&gt;3.1.3  Accueillir des entreprises et des nouvelles activités &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2  
+Soutenir le développement de la filière
+bois et des éco-matériaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3.2.1   Accompagner les démarches développant et valorisant
+la filière bois &lt;/p&gt;&lt;p&gt;3.2.2 
+Sensibiliser à
+l’écoconstruction, à l’usage des éco-matériaux&lt;/p&gt;&lt;p&gt;3.2.3 
+Favoriser le
+développement de filières locales&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3  
+Développer le tourisme durable toute
+l’année &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a name="_Hlk182562708"&gt;3.3.1  Créer et adapter les sites et hébergements
+touristiques&lt;/a&gt;&lt;/p&gt;&lt;p&gt;3.3.2 Créer des produits
+ou des offres valorisant le territoire, les savoir-faire, les productions et
+les patrimoines locaux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GPECT, opération collective d’accompagnement
+des entreprises pour le recrutement/management/bien-être au travail/adaptation
+aux changements/prise en compte du handicap, recensement des friches et bâtiments inoccupés, multiple
+rural, aménagement de locaux professionnels, espace coworking, espace de
+télétravail, tiers-lieu, création coopérative, couveuse ; etc. ;&lt;/li&gt;&lt;li&gt;Chantier-école,
+événements, journées de démonstration, nouveaux usages de la laine caussenarde, accompagnement à la gestion
+forestière, etc. ;&lt;/li&gt;&lt;li&gt;Construction d’un local
+vélos, création de circuits de randonnée, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>GAL Grand Quercy</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandquercy.fr/leader</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
+des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
+Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
+- 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
+Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
+PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
+- 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
+- 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>cpleimpon@grandquercy.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-leconomie/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>30530</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir et mettre en œuvre la gestion durable des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les communes et EPCI (notamment à travers les syndicats de rivière) pour promouvoir et mettre en œuvre la gestion durable des milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Thématiques et prise en compte des enjeux : Etats des lieux, cartographie, réglementation, outils méthodologiques; programmes de travaux, PPG, ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Continuités écologiques, hydromorphologie, suivis piscicoles...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 22 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la définition des enjeux/objectifs/actions sur les masses d&amp;#039;eau ciblées dans le cadre du PPG Cérou-Vère
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la rédaction de la déclaration d&amp;#039;intérêt général (DIG) établie dans le cadre du nouveau programme pluriannuel de gestion (PPG) de Cérou-Vère
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse de la thermie du Tescou en amont et en aval d&amp;#039;un ouvrage transversal
+&lt;/p&gt;
+&lt;p&gt;
+ Défintion des Objectifs/actions du futur programme pluriannuel de gestion (PPG) de Cérou-Vère 2022-2027
+&lt;/p&gt;
+&lt;p&gt;
+ Détermination par topographie de la pente du ruisseau de Lavergné sur la commune de Cuq-les-Vielmur
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse liée à une érosion de berges en bord de voirie communale - propositions d&amp;#039;aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse d&amp;#039;un problème d&amp;#039;eau stagnante dans le fossé du hameau de Beauzelles
+&lt;/p&gt;
+&lt;p&gt;
+ Rédaction d&amp;#039;un mémo sur les modalités de mise en œuvre de mesures topographiques en cours d&amp;#039;eau. Formation in situ des agents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5323-promouvoir-et-mettre-en-uvre-la-gestion-durab/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>30531</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur les sites naturels et paysagers, protéger les espaces naturels sensibles et œuvrer pour la biodiversité</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les communes, EPCI pour promouvoir et mettre en œuvre l&amp;#039;aménagement, la gestion durable et la valorisation des milieux naturels (ENS, Zone Naturelle d&amp;#039;Intérêt Ecologique Faunistique et Floristique (ZNIEFF), Trames Vertes et Bleues, Schéma Régional de Cohérence Ecologique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porter à connaissance de données relatives aux zones humides sur le territoire du Département
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 21 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement du site de Malamort : parcours découverte &amp;#43; passerelles
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement pour la gestion du site &amp;#34;les dunes de Maraval&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Achat et valorisation d&amp;#039;une zone humide
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une signalétique
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;activités autour de la passerelle d&amp;#039;Hautpoul
+&lt;/p&gt;
+&lt;p&gt;
+ Conférence zones humides
+&lt;/p&gt;
+&lt;p&gt;
+ Continuité écologique de la traversée du Viaur
+&lt;/p&gt;
+&lt;p&gt;
+ Plan d&amp;#039;action biodiversité sur tout le territoire communal
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Biodiversité
+Paysage
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f93-mettre-en-valeur-les-sites-naturels-et-paysag/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>79298</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion raisonnée des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J72" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aides publiques : 70%</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs de l&amp;#039;aide départementale
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;acquisition de connaissances et la définition des projets sur les milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la restauration physique du fonctionnement des bassins versants
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etudes de fonctionnement des bassins versants : SAGE, hydromorphologie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration du transport sédimentaire, amélioration de la continuité longitudinale du faciès d&amp;#039;écoulement, recréation de chenaux, aménagements en vue d&amp;#039;améliorer les continuités latérales des cours d&amp;#039;eau : études préalables et travaux, y compris maîtrise d&amp;#039;oeuvre, déclaration Loi sur l&amp;#039;Eau, assistance à maîtrise d&amp;#039;ouvrage, géotechniques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de connaissances : hydrométrie, topographie, télédétection, modélisation, suivi, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : communes et leurs regroupements, syndicats mixtes et associations syndicales autorisées
+&lt;/p&gt;
+&lt;p&gt;
+ Montant total d&amp;#039;aides publiques maxi : 70%
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonds de dépenses éligibles : 50 000€ pour les études et 200 000€ pour les travaux. Le montant de la subvention est calculé sur la base des dépenses hors TVA sauf justificatif de non récupération de TVA ou de non éligibilité au FCTVA
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de subvention : 1000€
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux en régie acceptés, sous condition de ne pas dépasser 30% de la dépense subventionnable.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes éligibles sous condition d&amp;#039;associer les services du Département à l&amp;#039;élaboration du cahier des charges, aux réunions de déroulement et à leur restitution
+&lt;/p&gt;
+&lt;p&gt;
+ Au moment du dépôt de la demande de subvention, l&amp;#039;opération ne doit être ni engagée ni avoir fait l&amp;#039;objet d&amp;#039;un bon de commande. Toute facture antérieure à la date d&amp;#039;autorisation de commencement de l&amp;#039;opération ne pourra être prise en compte.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du Développement Local/
+ Service Environnement Aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ Nathalie MARIANNE
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 05 62 56 78 23
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : nathalie.marianne&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/061e-accompagner-la-gestion-raisonnee-des-milieux-/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>165475</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement d'Espace Naturel Sensible pour une ouverture au public</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 30 %.</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nature des dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Investissement :&lt;/strong&gt;&lt;br /&gt;-  Plan d’interprétation ;&lt;br /&gt;-  Maîtrise d’œuvre des études et des travaux d’aménagements ; &lt;br /&gt;-  Travaux, équipements, mobilier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Fonctionnement&lt;/strong&gt;&lt;br /&gt;-  Actions d’animation du site (sorties, expositions, conférences…) ;&lt;br /&gt;-  Les dépenses d’entretien courant type ramassage des déchets, nettoyage de locaux, ne sont pas éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-  Sites ENS actuels opérationnels doté d’un plan de gestion ;&lt;/p&gt;&lt;p&gt;-  Nouveaux sites ENS prioritaires doté d’un plan de gestion ;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-lamenagement-despace-naturel-sensible-pour-une-ouverture-au-public/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>97357</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la restauration et la préservation des milieux aquatiques ainsi que l'amélioration de la gestion quantitative de la ressources en eau en période d'étiage</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce programme d&amp;#039;aide est destiné aux maîtres d&amp;#039;ouvrage qui souhaitent mettre en œuvre des projets d&amp;#039;intérêt général dans deux domaines :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La restauration et la préservation des milieux aquatiques, cours d&amp;#039;eau et marais ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création d&amp;#039;ouvrages collectifs  visant à améliorer la gestion quantitative de la ressource en eau en période d&amp;#039;étiage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de favoriser et d&amp;#039;accompagner les efforts d&amp;#039;investissement des maîtres d&amp;#039;ouvrage en poursuivant deux objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer les ressources en eau, en qualité et en quantité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  préserver et valoriser les zones humides du département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les maitres d&amp;#039;ouvrage devront s&amp;#039;engager dans une gestion globale et solidaire amont-aval, en recherchant un équilibre nécessaire entre milieux et usages.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Restauration morphologique de cours d&amp;#039;eau, effacement d&amp;#039;ouvrage ou création de bras de contournement, réalisation de clotures et abreuvoirs en bordure de cours d&amp;#039;eau
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ communes ou leur groupements compétents dans ce domaine, associations syndicales, exploitations agricoles uniquement pour des projets collectifs de réserves d&amp;#039;eau à usage d&amp;#039;irrigation (études, travaux).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études relatives à la révision, à la mise en oeuvre des actions ou au fonctionnement et à l&amp;#039;animation des Schémas d&amp;#039;Aménagement et de Gestion des Eaux (SAGE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de restauration et de préservation des cours d&amp;#039;eau et leurs annexes (lit mineur, lit majeur, berge et ripisylve, ouvrages hydrauliques et continuité, espèces exotiques envahissantes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de restauration et de préservation des marais (fossés et canaux, berge et ripisylve, ouvrages hydraulique et continuité, zones humides annexes, espèces aquatiques exotiques envahissantes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création de réserves de substitution (Travaux et études préalables).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de restauration d&amp;#039;ouvrages avec un objectif autre que l&amp;#039;amélioration du fonctionnement des milieux aquatiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;entretien régulier des ouvrages hydrauliques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de recalibrage de canaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux visant à gérer la fréquentation touristique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion de l&amp;#039;espace,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux préconisés dans le cadre de mesures compensatoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous autres travaux relevant d&amp;#039;autre règlements d&amp;#039;aides du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche - Service Eau
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.38
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:eau&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  eau&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>florian.sicard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d58e-soutenir-la-restauration-et-la-preservation-d/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>92591</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur les espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la labellisation en Espaces Naturels Sensibles, et à l&amp;#039;aménagement et la gestion des sites labellisés, pour la préservation du patrimoine naturel et la sensibilisation du public à l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes :  maximum 80 % (avec plafond de l&amp;#039;assiette à
+subventionner : 50 000 €)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions : en pourcentage de la valeur vénale des parcelles estimé par France domaine :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Catégorie 1 : maximum 80 %  (avec plafond de l&amp;#039;assiette à subventionner de 6 000 €/ hectare) soit 4 800 € / hectare
+&lt;/p&gt;
+&lt;p&gt;
+ - Catégorie 2 : maximum 60 % (avec plafond de l&amp;#039;assiette à subventionner de 6 000 €/ hectare) soit 3 600 € / hectare
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en œuvre du plan de gestion : maximum 60 % (avec plafond à 100 000 € par site)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les taux de subvention du Départements indiqués, s&amp;#039;appliquent aux dépenses hors TVA. Toutefois, ceux-ci s&amp;#039;appliquent TVA comprise pour le calcul des subventions accordées à des structures qui ne récupèrent pas cette taxe, tout en partie, directement ou indirectement et qui ne sont pas bénéficiaires des allocations du fonds de compensation de la TVA ou par des opérations non éligibles au fonds de compensation de la TVA.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides accordées par le Département correspondront à un taux d&amp;#039;intervention sur le coût de l&amp;#039;opération. Dans le cas où le coût réel des opérations serait inférieur au coût prévisionnel, une réfaction de la subvention versée par le Département sera réalisée en appliquant let taux d&amp;#039;intervention sur le coût réel de l&amp;#039;opération au moment des appels de fonds.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études, inventaires, animations préalables à la définition d&amp;#039;une démarche ENS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études après labellisation ENS : 1er plan de gestion, inventaires, réactualisations du plan de gestion, études prévues par le plan de gestion
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catégorie 1 : ZNIEFF, site Natura 2000, Site Classé, site d&amp;#039;intérêt majeur pour la conservation d&amp;#039;une espèce (statut particulier, liste rouge), zone identifiée comme importante dans l&amp;#039;inventaire des zones humides ou dans tout autre étude stratégique pour la conservation de la biodiversité : plan national d&amp;#039;action pour une espèce, SRCE...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Catégorie 2 : Intérêt pour l&amp;#039;accueil du public et la préservation des paysages,  trames vertes et bleues,  sites naturels périurbains identifiés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en œuvre du plan de gestion :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements initiaux prévus à la labellisation du site puis mise en œuvre du plan de gestion : aménagements, achats d&amp;#039;équipements de gestion et d&amp;#039;accueil, suivi scientifique, travaux de gestion récurrente, actions de sensibilisation pédagogique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Risques naturels
+Qualité de l'air
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Précisions bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de collectivités territoriales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La durée de validité des aides accordées par le Département dans le cadre de ce dispositif est de 3 ans pouvant être porté à 5 ans sur demande écrite du maître d&amp;#039;ouvrage.
+Le versement des aides du Département sera conditionné par la participation du Conseil départemental aux Comités assurant le pilotage et le suivi des opérations subventionnées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/af8d-mettre-en-valeur-les-espaces-naturels-sensibl/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>102101</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les sites de nature ordinaire</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>SNO</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>subvention de 40% sur le montant HT des travaux d'investissement, plafonnée à 75 000 €</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lors de sa séance du 5 février 2018, le Conseil départemental a approuvé la révision de son schéma départemental des espaces naturels sensibles et proposé de nouvelles modalités d&amp;#039;accompagnement financières des projets de collectivités, en complément de son propre dispositif en faveur des espaces naturels sensibles.&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;applique aux opérations de restauration de biotopes et d&amp;#039;aménagement pour l&amp;#039;accueil du public sur des sites à caractère naturel, relevant de la biodiversité dite « ordinaire ».
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide prend la forme d&amp;#039;une subvention d&amp;#039;investissement, destinée à financer la partie des interventions dédiée aux milieux naturels. Elle ne peut porter sur des aménagements à caractère strictement paysager ou ornemental dénués de plus-value avérée en termes de biodiversité.&lt;/p&gt;&lt;p&gt;Objectifs
+:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservation
+ou
+la restauration de milieux
+naturels existants ou la renaturation de milieux naturels dégradés&lt;/li&gt;&lt;li&gt;Existence d&amp;#039;un volet
+pédagogique structuré&lt;/li&gt;&lt;li&gt;Engagement de gestion ultérieure pérenne garantissant la
+bonne conservation
+de la biodiversité existante &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vocation finale : la mise en valeur de la biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples d&amp;#039;actions pour les SNO :​ Remise d&amp;#039;un cours d&amp;#039;eau dans son lit d&amp;#039;origine, création d&amp;#039;une mare, restauration d’une zone humide, installation d&amp;#039;un observatoire, pose de platelage, cheminement enherbé, panneau de sensibilisation à la biodiversité, fauche tardive, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;Investissements dont la vocation est la mise en valeur de la biodiversité. Les 3 conditions suivantes doivent être respectées :&lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Partie significative du site dédiée à la préservation ou la restauration de milieux naturels existants ou la renaturation de milieux naturels dégradés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Existence d&amp;#039;un volet pédagogique structuré
+  &lt;/li&gt;
+  &lt;li&gt;
+   Engagement de gestion ultérieure pérenne garantissant la bonne conservation de la biodiversité existante&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/accueil/le-departement/routes-environnement--territoire/amenagement-du-territoire.html</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Conseils techniques avant dépôt de la demande : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Maria RIBEIRO, Service Espaces Naturels du Conseil Départemental du Calvados, 02 31 57 14 72&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conseils sur la constitution du dossier : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service des territoires, &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_self"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt; ou 02.31.57.11.25.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e5d-amenager-les-sites-de-nature-ordinaire/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>162417</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre des actions de protection, connaissance et/ou mobilisation pour la préserver la biodiversité marine</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppe de subventions disponibles toute l'année, au fil de l'eau</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Parc Naturel Marin de Mayotte</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Parc naturel marin dispose d&amp;#039;une enveloppe dédiée aux projets visant à&lt;strong&gt; mobiliser la population, développer durablement les activités, améliorer les connaissances et/ou protéger  les écosystèmes marins. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent concourir à l&amp;#039;atteinte d&amp;#039;une ou plusieurs de ses &lt;a href="https://parc-marin-mayotte.fr/editorial/qui-sommes-nous" target="_self"&gt;sept orientations de gestion&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Cette enveloppe s&amp;#039;adresse à des &lt;strong&gt;organismes bien structurés &lt;/strong&gt;et ayant déjà fait l&amp;#039;objet d&amp;#039;un partenariat (de tout type : technique, financier via appel à projet, événementiel, etc.) avec le Parc naturel marin. &lt;/p&gt;&lt;p&gt;Les projets peuvent s&amp;#039;étaler sur une durée de &lt;strong&gt;3 ans maximum&lt;/strong&gt;. Le montant de la subvention n&amp;#039;est pas plafonné.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Définition et/ou déploiement de (liste non exhaustive) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Observatoires faune/flore &lt;/li&gt;&lt;li&gt;Programmes de sciences participatives&lt;/li&gt;&lt;li&gt;Mesures de protection d&amp;#039;habitats ou d&amp;#039;espèces&lt;/li&gt;&lt;li&gt;Programmes de sensibilisation impliquant la population (formation, chantiers participatifs, sciences participatives ...)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sports et loisirs
+Tourisme
+Education et renforcement des compétences
+Economie circulaire
+Biodiversité
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet doit être en relation avec une ou plusieurs des &lt;a target="_self"&gt;sept orientations de gestion&lt;/a&gt; du Parc naturel marin de Mayotte.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://parc-marin-mayotte.fr/</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:parcmarin.mayotte&amp;#64;ofb.gouv.fr" target="_self"&gt;parcmarin.mayotte&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>apolline.abauzit@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-actions-de-protection-connaissance-et-ou-mobilisation-pour-la-preserver-la-biodiversite-marine/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>153949</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'entretien et la restauration des rivières</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Entretien et restauration des rivières</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entretien des cours d&amp;#039;eau, aménagements facilitant la libre circulation des poissons migrateurs, études liées à la mise en valeur des milieux aquatiques, postes de gardes-rivières.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La politique d&amp;#039;aide du conseil départemental à l&amp;#039;entretien des cours des rivières et la valorisation des cours d&amp;#039;eau se décline de la façon suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   entretien des cours d&amp;#039;eau : 20% du montant HT des travaux (curage non pris en compte),
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement facilitant la libre circulation des poissons migrateurs : 2 % du montant HT des travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les arasements de barrage ne sont pas éligibles aux aides.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   études liées à connaissance et la mise en valeur des milieux aquatiques : 10% du montant HT de l&amp;#039;étude,
+  &lt;/li&gt;
+  &lt;li&gt;
+   postes de rivières : 25% du montant HT de l&amp;#039;investissement initial (plafonné à 4000 €de subvention) - uniquement pour les secteurs non pourvus jusque là de techniciens rivières.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces relatives au porteur de projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son coût prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les noms et coordonnées du responsable du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la délibération de l&amp;#039;organe compétent de la collectivité territoriale ou de l&amp;#039;organisme public approuvant le projet d&amp;#039;investissement et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces relatives au projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; une notice explicative indiquant de façon précise :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   son objet, les objectifs poursuivis et les résultats attendus et son insertion dans la stratégie de développement local,
+  &lt;/li&gt;
+  &lt;li&gt;
+   sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détaillés dans la demande),
+  &lt;/li&gt;
+  &lt;li&gt;
+   dans le cas d&amp;#039;un investissement physique, l&amp;#039;estimation de son coût de fonctionnement éventuel après mise en service,
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel ; s&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas où le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème),
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; les autorisations préalables requises par la réglementation en vigueur et nécessaires à l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces relatives au financement du projet :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le plan de financement prévisionnel du projet intégrant les dépenses connexes, précisant l&amp;#039;origine et le montant des moyens financiers (apport personnel, emprunts, subventions y compris l&amp;#039;aide sollicitée) ainsi que, s&amp;#039;il y a lieu, un échéancier indicatif des dépenses prévues,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les aides déjà obtenues, la copie des décisions (ou notifications) et l&amp;#039;indication des aides publiques indirectes s&amp;#039;il y a lieu,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une lettre du porteur de projet certifiant que le projet pour lequel la subvention est demandée n&amp;#039;a reçu aucun commencement d&amp;#039;exécution du projet avant que le dossier ne soit déclaré ou réputé complet ; éventuellement, une demande d&amp;#039;autorisation d&amp;#039;engager le projet par anticipation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   selon le cas, une attestation du porteur de projet selon laquelle il n&amp;#039;est pas assujetti et ne récupère pas la taxe ajoutée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les coordonnées du payeur (RIB).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/entretien-et-restauration-des-rivieres/</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  COORDONNÉES DU SERVICE POLITIQUE TERRITORIALE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Océane Vasseur
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de gestion de l&amp;#039;espace et des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ 98 route de candol, 50000 Saint-Lô
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 95 25
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONTACT TECHNIQUE (SERVICE INSTRUCTEUR)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Blaise Micard
+&lt;/p&gt;
+&lt;p&gt;
+ Service du patrimoine et de la gestion des milieux naturels
+&lt;/p&gt;
+&lt;p&gt;
+ 98 route de candol, 50000 Saint-Lô
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 97 89 Lien externe
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/865e-entretien-et-restauration-des-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>155569</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la mise en place d’éco-pâturage sur les espaces publics</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>MISE EN PLACE D’ÉCO-PÂTURAGE SUR LES ESPACES PUBLICS</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités qui souhaitent mettre en place l&amp;#039;éco-pâturage sur certains de leurs espaces verts (hors espaces naturels d&amp;#039;intérêt écologique).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures intercommunales et autres groupements de collectivités (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables, plans et outils de communication associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de la parcelle nécessaires à l&amp;#039;accueil des animaux et à la sécurité : abris, abreuvoirs, clôtures...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition ou location d&amp;#039;animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation de service pour la surveillance ou la gestion des animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement des aménagements, entretien courant...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Plancher/plafond :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles : 1.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses éligibles : 30.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-place-decopaturage-sur-les-espaces-publics/</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0233-modele/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>97609</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les milieux naturels situés sur le domaine public des collectivités</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre global de la stratégie départementale pour la biodiversité, l&amp;#039;objectif est d&amp;#039;aider les collectivités  à
+ préserver les milieux naturels situés sur leur domaine public, répertoriés comme espaces naturels sensibles ou présentant un intérêt en matière de biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Création, amélioration et adaptation des équipements de prévention tels que pistes et points d&amp;#039;eau, création des zones débroussaillées nécessaires à la protection et au bon fonctionnement de ces équipements (bandes débroussaillées de sécurité, pares-feux).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Opérations de sylviculture préventive (élagage et broyage de la végétation concurrente et des rémanents).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Frais d&amp;#039;assistance, de conception du projet, études préalables, maîtrise d&amp;#039;œuvre dans la limite de 12% du montant hors taxes des dépenses éligibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépense non éligible :
+ &lt;/strong&gt;
+ Tous travaux d&amp;#039;entretien général
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/prevention-des-risques-majeurs-en-milieux-naturels-sensibles</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement durable - Direction Développement, Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Annick Aymes de Boeck, Secrétaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:annick.aymesdeboeck&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  annick.aymesdeboeck&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel :
+ 04.68.11.67.31
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/99eb-preserver-les-milieux-naturels-situes-sur-le-/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>163640</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Aide au développement de peupleraies de qualité en alignement dans le Marais Poitevin</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Aide au développement de peupleraies de qualité en alignement dans le Marais Poitevin</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région soutient le boisement et la qualité des peupliers en Nouvelle-Aquitaine dans le respect des réglementations environnementales en vigueur et des pratiques sylvicoles de gestion durable.
+&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Mettre en place de nouvelles peupleraies de qualité en alignement dans le Parc du Marais Poitevin : aider la plantation ou la replantation de peupliers en alignement,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Inciter à l’élagage précoce.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;L’aide forfaitaire s’élève à 5 €/plant hors protection bovin plus 10 €/plant au titre de la protection bovine si elle est nécessaire. Elle est conditionnée à la réalisation de l&amp;#039;élagage à 3,50 m minimum dans un délai de 3 ans maximum après la plantation.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide est accordée pour 50 plants minimum et 1 200 plants maximum par an et par bénéficiaire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;Propriétaires individuels privés et publics,&lt;/p&gt;&lt;p&gt;Propriétaires regroupés de parcelles privées ou communales,&lt;/p&gt;&lt;p&gt;Structures de regroupements (Associations Syndicales Autorisées, Associations Syndicales Libres, coopératives...) à condition qu&amp;#039;elles soient titulaires des engagements liés à la réalisation des opérations.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Signer la charte populicole du Marais Poitevin en tant que document de Gestion Durable des forêts,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planter pour des raisons sanitaires des cultivars différents pour tout dossier supérieur à 3 hectares. Les cultivars femelles sont proscrits près des habitations et des zones d&amp;#039;élevage,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Utiliser des cultivars figurant sur la liste « clones de peupliers éligibles aux aides de l’État pour la culture en futaie » en vigueur au moment de la plantation disponible sur le site « Peupliers de France »,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prendre en compte notamment les sujétions environnementales : Natura 2000, arrêté de biotope, monuments historiques, cahiers des charges populicoles locaux,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respecter notamment les ripisylves, bandes boisées le long des berges et installer les peupliers à 5 mètres au moins des berges et des fonds voisins non boisés,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;S’engager à mener à son terme le peuplement aidé (sauf cas de force majeure tels tempêtes, problèmes sanitaires…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser les travaux de plantation et d’entretien sans avoir recours au glyphosate.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La demande d’aide doit être adressée à la Région avant le début des travaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-developpement-de-peupleraies-de-qualite-en-alignement-dans-le-marais-poitevin</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Télécharger le dossier ou se le procurer auprès des référents professionnels suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Centre Régional de la Propriété Forestière 05 46 93 00 04 / 06 89 87 79 36&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Parc Naturel Régional du Marais Poitevin 05 49 35 15 20&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Compléter le dossier avec l’aide du référent professionnel (Centre Régional de la Propriété Forestière, Parc Naturel Régional du Marais Poitevin ou autres professionnels: voir dans le formulaire) et co-signer avec lui la demande.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Réunir les pièces complémentaires demandées.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Envoyer le dossier et les pièces complémentaires à la Région par courrier (voir l&amp;#039;adresse ci-dessous) ou par mail (voir l&amp;#039;adresse dans le formulaire).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le dossier est instruit par le service Forêt Bois et Papier puis présenté en Commission Permanente pour décision.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En cas d’avis favorable, un arrêté est adressé au demandeur pour lui signifier l’aide accordée et préciser les modalités de déblocage de l’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-developpement-de-peupleraies-de-qualite-en-alignement-dans-le-marais-poitevin/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>140777</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Planter des arbres dans votre commune</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Office national des forêts (ONF)</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence Études de la Direction Territoriale Seine-Nord de l&amp;#039;Office National des Forêts propose son expertise autour de l&amp;#039;arbre pour concevoir des espaces plantés adaptés aux attentes de nos concitoyens et répondant aux défis de l&amp;#039;évolution climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ses paysagistes, familiers des problématique urbaines, ses écologues et forestiers proposent une approche complète avec une expertise pointue pour implanter dans des situations complexes et très diverses des plantations et des boisements durables.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre de service englobe la conception de l&amp;#039;espace à planter (dessin du projet incluant le plan de plantations, les cheminements, la définition des espaces récréatifs), la proposition d&amp;#039;une palette végétale adaptées, un chiffrage global du projet pour demande de subvention de réalisation, une notice d&amp;#039;orientation de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de l&amp;#039;ONF, premier gestionnaire public d&amp;#039;espaces naturels en France, est mise à contribution pour proposer une palette végétale adaptée aux conditions du sol et à l&amp;#039;évolution du climat. La notice d&amp;#039;orientation de gestion permet de mettre en pratique une gestion durable et écologique de la plantation et de constituer lorsque cela est possible une lisière la plus étagée possible, gage d&amp;#039;une plus grande richesse écologique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes rurales et périurbaines :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de bandes boisées, de haies, d&amp;#039;espaces de transitions entre cœur de bourg et campagne, de corridor, de liaison plantées, d&amp;#039;espaces plantés, « d&amp;#039;ilot de fraicheur ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes urbaines :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de boisement «ilot de fraicheur » (surface minimale de 1000m2).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les communes forestières :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ création de liaisons plantées entre la forêt et les différents quartiers. Définir un plan global pour l&amp;#039;accueil en forêt.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Disposer d&amp;#039;un espace disponible pouvant être planté. Il peut être en déshérence, à l&amp;#039;interface de sites et d&amp;#039;usages très différents. Il peut se présenter sous la forme d&amp;#039;une liaison sous forme de bande, d&amp;#039;un espace déjà partiellement planté à enrichir, d&amp;#039;un milieu humide à valoriser ou à enrichir. Un espace boisé à ouvrir au public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.onf.fr/produits-services/+/7d5::foret-urbaine-reinventez-la-nature-en-ville.html</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Agence Etudes ONF Seine-Nord&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ M. Laurian GASCON&lt;/p&gt;&lt;p&gt;Responsable du pôle Paysage et Patrimoine culturel&lt;/p&gt;
+&lt;p&gt;
+ Tél.: 06.13.53.90.18&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurian.gascon&amp;#64;onf.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>florian.duverger@onf.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5948-planter-des-arbres-dans-votre-commune/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>103417</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la biodiversité en Île-de-France</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région et l&amp;#039;Agence régionale de la biodiversité (ARB) soutiennent les acteurs franciliens qui s&amp;#039;engagent en faveur de la biodiversité à travers un appel à projets dédié. L&amp;#039;appel à projets concerne tout le territoire francilien.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets vise à encourager et soutenir les actions contribuant à préserver et restaurer les espèces, les milieux naturels, les continuités écologiques et les réservoirs de biodiversité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Si les actions répondant aux critères d&amp;#039;éligibilité peuvent être soutenues, les initiatives s&amp;#039;inscrivant dans 4 thématiques phares seront privilégiées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Continuités écologiques terrestres
+  &lt;/strong&gt;
+  pour résorber les obstacles au déplacement des espèces terrestres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pollinisateurs sauvages,
+  &lt;/strong&gt;
+  pour préserver les espèces pollinisatrices, essentielles au maintien de la diversité de la flore et à notre alimentation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Trame noire et faune nocturne,
+  &lt;/strong&gt;
+  pour lutter contre la pollution lumineuse qui affecte la biodiversité, la santé humaine et la consommation énergétique locale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Santé et biodiversité,
+  &lt;/strong&gt;
+  pour améliorer la connaissance sur leurs interdépendances et valoriser les aménités positives sur la santé humaine.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en investissement : 70% maximum du montant des dépenses subventionnables, plafonné à 200 k€.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond pourra être relevé jusqu&amp;#039;à 500 k€ pour soutenir des opérations permettant la restauration de continuités écologiques d&amp;#039;importance régionale identifiées dans le Schéma régional de cohérence écologique (SRCE).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les dépenses en fonctionnement : 50% maximum du montant des dépenses subventionnables, plafonné à 20 k€ TTC, bénévolat exclu.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux cumulé des aides publiques aux collectivités ne peut dépasser 70% du montant HT des dépenses en investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Démarche
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur la plateforme en ligne mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/reconquete-de-la-biodiversite</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:biodiversite&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  biodiversite&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b728-reconquete-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>94499</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets de connexion à la nature et de conservation de la nature et des espèces</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Fondation Nature &amp; Découvertes</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>De 6000 à 15000€</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Comités majeurs soutiennent des projets phares et expérimentaux, co-construits avec les associations, répondant aux enjeux forts en matière de biodiversité pour l&amp;#039;un et de pédagogie active au contact de la nature pour l&amp;#039;autre. Chacun est composé d&amp;#039;un jury d&amp;#039;experts de la société civile (scientifiques, pédagogues, spécialistes dans leur domaine) et de salariés Nature &amp;amp; Découvertes naturalistes et passionnés. Chaque comité annuel examine entre 10 et 20 propositions présélectionnées par l&amp;#039;équipe de la Fondation qui seront financés à partir de 6 000 € et jusqu&amp;#039;à 15 000 € pour les projets à portée nationale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Pédagogie active au contact de la nature » soutient des projets référents en matière de connexion à la nature. Il se réunit au mois de juin pour voter les dotations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le comité « Biodiversité » soutient de projets référents en matière de conservation de la nature et des espèces. Il se réunit au mois d&amp;#039;octobre pour sélectionner les lauréats.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Comité « Coup de main » soutient des initiatives de protection, de sensibilisation et d&amp;#039;éducation à la nature ordinaire ou remarquable en ciblant des projets de terrain à dimension locale, avec une forte part de bénévolat, pour réaliser des actions concrètes.
+ Il est composé d&amp;#039;un jury tournant de 20 salariés passionnés de nature issu des équipes de Nature &amp;amp; Découvertes et accompagnés d&amp;#039;experts. Ils se réunissent au fil des saisons : en février, avril, juillet et octobre pour voter le financement des projets compris entre 500 € et 3 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Dates de dépôt des candidatures : tout au long de l&amp;#039;année.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Fondation finance des demandes se situant sur les territoires français, belge et luxembourgeois. Ces projets sont proposés par des associations à but non lucratifs et concernent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La protection de la nature : Étude, inventaire ou réintroduction en statut précaire de conservation. Aménagement, réhabilitation ou acquisition d&amp;#039;un site naturel, soutien aux initiatives émergentes respectueuses de la biodiversité cultivée. Campagne de sensibilisation à la biodiversité impliquant le grand public ou un public ciblé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La reconnexion à la nature : Projets menés en pédagogie de projets débouchant sur la réalisation d&amp;#039;outils ou d&amp;#039;action adaptées au public cible.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Forêts
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATTENTION, LA FONDATION NE FINANCE PAS LES PROJETS :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  proposés par des personnes individuelles, des structures commerciales ou collectrices d&amp;#039;impôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  déjà réalisés lors de l&amp;#039;attribution des subventions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à but lucratif, promotionnel ou publicitaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de fin d&amp;#039;études, de thèses ou de mémoires universitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;édition de livre ou de film ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  à caractère personnel comme un voyage, un tour du monde, une participation à un rallye...
+ &lt;/li&gt;
+ &lt;li&gt;
+  événementiels (festivals, rencontres, classes vertes...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+REMARQUE : LES PROJETS À CARACTÈRE SOCIAL ET/OU SOCIÉTAL SONT LES BIENVENUS TANT QUE L&amp;#039;OBJECTIF PRINCIPAL RESTE CENTRÉ SUR LA PROTECTION OU LA DÉCOUVERTE DE LA BIODIVERSITÉ DE PROXIMITÉ.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation.natureetdecouvertes.com/les-projets/les-dispositifs-de-la-fondation/</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://fondation-nature-decouvertes.optimytool.com/fr/user/login/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater :
+ &lt;a href="https://fondation-nature-decouvertes.optimytool.com/fr/user/login/" rel="noopener" target="_blank"&gt;
+  https://fondation-nature-decouvertes.optimytool.com/fr/user/login/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>flavie.berdu@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ace8-soutien-aux-projets-par-la-fondation-nature-e/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>103418</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, restaurer et valoriser les milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Eaux et milieux aquatiques humides</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quels types de projets?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires pour la protection des milieux aquatiques, de la biodiversité et des personnes (diagnostics et plans de gestion différenciée, acquisition de matériels...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements permettant la récupération des eaux sur bâtiments publics et aménagements associés pour l&amp;#039;arrosage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contrats Trame Verte et Bleue
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;assistance technique à l&amp;#039;élaboration et au suivi des contrats : jusqu&amp;#039;à 40% du montant HT des dépenses en investissement, plafonné à 80 k€.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et ingénierie territoriale pour la préparation et la mise en œuvre des contrats : jusqu&amp;#039;à 50% des dépenses de fonctionnement, plafonné à 40 k€/an.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise à la source des ruissellements et désimperméabilisation :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récupération des eaux de pluie
+ &lt;/strong&gt;
+ : jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/eau-et-milieux-aquatiques-et-humides</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ eau-tramevertetbleue&amp;#64;iledefrance.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1f8-eau-et-milieux-aquatiques-et-humides/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>117417</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Faire appel à un Atelier et Chantier d’Insertion : restauration et aménagement du milieu naturel</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'insertion - Initiatives77
+ID77</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
+&lt;/p&gt;
+&lt;p&gt;
+ A propos d&amp;#039;Initiatives77 : Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Notre offre de service :
+ Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 crée des promenades (chemin en grave, platelage...), aménage des espaces verts et intervient dans vos espaces protégés (ENS, zones humides).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces chantiers vous permettent de valoriser votre engagement pour :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rénovation ou l&amp;#039;embellissement de votre environnement et patrimoine naturel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plus d&amp;#039;infos  https://initiatives77.org/offre-services-collectivites-locales/
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier et Chantier d&amp;#039;Insertion s&amp;#039;organise en 4 étapes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  La co-construction du projet avec Initiatives77,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La validation des estimatifs et signature d&amp;#039;une convention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement du chantier assuré par un Chef de chantier (salarié d&amp;#039;Initiatives77),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le suivi du chantier et bilan de fin d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles sont les modalités d&amp;#039;accueil d&amp;#039;un ACI avec Initatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de stockage d&amp;#039;outils et des matériaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1001 euros par semaine (hors matériaux, matériels et logistique d&amp;#039;accueil). Si le bénéficiaire ne peut pas fournir les repas 8 euros/ personne / repas seront facturés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Espace public
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Biodiversité
+Equipement public
+Réhabilitation
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed52-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>117393</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le cadre de vie par le développement du réseau des Espaces Naturels Sensibles</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préserver un site naturel par la création d&amp;#039;un Espace naturel sensible communal et la définition d&amp;#039;orientations d&amp;#039;aménagement et de gestion :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Identification des enjeux de préservation d&amp;#039;un site naturel, synthèse bibliographique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Élaboration d&amp;#039;une méthodologie de projet de création d&amp;#039;un ENS communal (gouvernance du projet, planning, partenaires, etc.)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assistance administrative et juridique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Définition et rédaction d&amp;#039;orientations d&amp;#039;aménagement et de gestion
+  &lt;/li&gt;
+  &lt;li&gt;
+   Définition et rédaction d&amp;#039;une programmation pluriannuelle de travaux d&amp;#039;aménagement et de gestion
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement pour le suivi de travaux (INITIATIVES 77)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande, notamment sur le terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rédaction de notes et de rapport
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Foncier
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c36-ameliorer-le-cadre-de-vie-par-le-developpemen/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>116528</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Connaitre les espèces et le fonctionnement des écosystèmes</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etudes, production de données et de connaissances sur les espèces et le fonctionnement des écosystèmes aquatiques : étude du cycle de vie des espèces, inventaire écologique, étude de débit minimum biologique, indicateur de qualité écologique, …&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8bb-copie-06h25-planifier-la-preservation-de-la-b/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>117153</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser la trame Verte et Bleue dans l’aménagement de son territoire</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prendre en compte la TVB, participant à l&amp;#039;amélioration du paysage, du cadre de vie par l&amp;#039;établissement de diagnostic en matière de biodiversité et l&amp;#039;intégration de ces données dans les documents d&amp;#039;urbanisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Elaboration d&amp;#039;un diagnostic de territoire en matière de biodiversité, fondé sur l&amp;#039;analyse :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de données naturalistes (faune, flore, milieux naturels)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de données d&amp;#039;occupation du sol (MOS, ECOLINE, ECOMOS, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de données liées aux zonages d&amp;#039;inventaire (ZNIEFF, zones humides, etc.) et zonages de protection (réserves, ENS, Natura 2000, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de données liées aux continuités écologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Conseils  informations en urbanisme et aménagement :
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en relation des partenaires
+&lt;/p&gt;
+&lt;p&gt;
+ - Sensibilisation sur l&amp;#039;architecture  et les paysages, l&amp;#039;environnement...
+&lt;/p&gt;
+&lt;p&gt;
+ - Aide à la révision des documents d&amp;#039;urbanisme
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement technique lors des réunions en communes ou à la demande
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Foncier
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/429b-valoriser-la-trame-verte-et-bleue-dans-lamena/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>117154</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la mise en place d'une gestion différenciée des espaces verts</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la biodiversité en ville en amenant à des changements de pratique de gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce changement de pratique en faveur de la biodiversité nécessite une formation des agents et une appropriation des élus.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous apportons également des conseils techniques pour faciliter la mise en œuvre ainsi qu&amp;#039;une cartographie de cette gestion. Ces conseils pour la prise en compte de la biodiversité interviennent tant dans les actions de gestion et d&amp;#039;aménagement que dans les actions éducatives.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Espaces verts
+Friche
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de Seine-et-Marne.
+&lt;/p&gt;
+&lt;p&gt;
+ Adhésion SEME.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8549-accompagner-les-collectivites-a-la-mise-en-pl/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>117396</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et prendre en compte de la biodiversité au niveau de la collectivité</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser l&amp;#039;intégration de la trame verte et bleue en ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action vous permet d&amp;#039;améliorer les connaissances sur la biodiversité de votre collectivité tout en y impliquant des citoyens et agents. Par ailleurs, l&amp;#039;outil de suivi vous permettra de voir l&amp;#039;évolution de cette biodiversité en fonction de l&amp;#039;aménagement du territoire et des actions mises en œuvre. Cette action regroupe un diagnostic de la biodiversité, la participation des citoyens et scolaires à ces inventaires, des formations à la détermination et à la saisie des observations, des suivis et des conseils techniques pour l&amp;#039;amélioration de cette prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit/payant/SC sous conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention de partenariat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Espaces verts
+Friche
+Citoyenneté
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1697-connaitre-et-prendre-en-compte-de-la-biodiver/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>120084</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la protection des Espaces Naturels Sensibles ouverts au public - Volet investissement Environnement</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>FONDS DEPARTEMENTAL DE L'ENVIRONNEMENT (FDE) -</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aides publiques : 70%</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce fonds vise à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   valoriser le patrimoine naturel auprès du public, pour le transmettre et garantir le cadre de
+ vie et le développement durable du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   améliorer l&amp;#039;acquisition de connaissances et la définition de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer à l&amp;#039;aménagement des sites et à leur ouverture au public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   soutenir des populations en vue de leur restauration ou de leur maintien,
+  &lt;/li&gt;
+  &lt;li&gt;
+   intégrer les trames verte et bleue dans les projets de territoire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études de connaissances : inventaires
+ et/ou suivi faune/flore, diagnostics
+ écologiques et paysagers, publications (20% d&amp;#039;aide),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Elaboration plan de gestion/d&amp;#039;actions (20%),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Restauration des milieux
+ constitutifs de la trame verte et
+ bleue : travaux d&amp;#039;équipement (clôtures, protection,
+ ouvrages de franchissement et
+ hydrauliques, matériels...) présentant un
+ gain environnemental, t
+ ravaux écologiques (30%),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Restauration d&amp;#039;espèces animales ou
+ végétales d&amp;#039;intérêt patrimonial : étude, travaux/fournitures pour la
+ réintroduction ou le maintien d&amp;#039;espèces
+ animales ou végétales remarquables - achat
+ d&amp;#039;individus, suivis, transport, études
+ préalables, travaux d&amp;#039;accueil des espèces (40%),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accueil du public : études et conception de projets
+ d&amp;#039;aménagement permettant la découverte
+ du site et l&amp;#039;information du public, travaux liés à l&amp;#039;ouverture du public à des fins
+ pédagogiques et/ou scientifiques cheminements -
+ passerelles, balisage et panneaux
+ pédagogiques, observatoires, bâtiments
+ d&amp;#039;accueil et d&amp;#039;observation, etc (20%),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Supports d&amp;#039;animation pédagogiques, de
+ communication et d&amp;#039;exposition : matériel d&amp;#039;exposition et
+ d&amp;#039;affichage, maquettes (50%).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;opération ne doit être ni engagée ni avoir
+ fait l&amp;#039;objet d&amp;#039;un bon de commande au moment du dépôt de la demande d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les études, les services du Département doivent obligatoirement être associés à l&amp;#039;élaboration du
+ cahier des charges, aux réunions de déroulement ainsi qu&amp;#039;à leur restitution.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux maximum d&amp;#039;aides publiques ne doit pas dépasser 70%.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations réalisées en régie sont acceptées (y compris main d&amp;#039;œuvre, frais de
+ déplacement) et le montant des travaux doit être équivalent à une fourchette de
+ prix habituellement pratiquée par des entreprises pour des opérations similaires. Elles ne doivent pas dépasser 30% de la dépense subventionnable  doivent être ré-imputées en section d&amp;#039;investissement (attestation du
+ Trésorier à l&amp;#039;appui). L
+ e pétitionnaire doit fournir une attestation signée du Président de la
+ structure mentionnant le nombre d&amp;#039;heures effectuées par personne et le taux horaire appliqué.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions sont échelonnées de  1.000 à 100.000 € et le taux d&amp;#039;aide de 20 à 50% selon la nature du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nathalie MARIANNE
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du Développement Local
+&lt;/p&gt;
+&lt;p&gt;
+ Service Environnement, Aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones : 05 62 56 78 23 / 06 08 14 44 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:nathalie.marianne&amp;#64;ha-py.fr" rel="noopener" target="_blank"&gt;
+  nathalie.marianne&amp;#64;ha-py.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2230-soutenir-la-protection-des-espaces-naturels-s/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>111675</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer l'écologie et le paysage des grands domaines historiques</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l'opération</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Restauration écologique et paysagère des grands domaines historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;acquisition de terrains, à la réalisation d&amp;#039;études écologiques, paysagères et historiques destinées à comprendre l&amp;#039;évolution du parc.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la réalisation de travaux visant à restaurer et à conforter les éléments structurants contribuant à la trame verte et bleue et à la qualité des paysages : perspectives, alignements arborés, canaux...
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0039 (AD du 25/05/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Espaces verts
+Biodiversité
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e2c-restaurer-lecologie-et-le-paysage-des-grands-/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>111676</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer des sites naturels et des itinéraires de randonnée ayant subi une catastrophe naturelle</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J94" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum du coût HT de l'opération</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remise en état des sites naturels et des itinéraires de randonnée ayant subi une catastrophe naturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0039 (AD du 29/05/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Montagne
+Risques naturels
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ce62-restaurer-des-sites-naturels-et-des-itinerair/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>111671</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du foncier, faire des études et des travaux d'aménagement d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Espaces naturels sensibles, transition écologique et valorisation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds départemental pour la préservation et la valorisation des espaces naturels sensibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Aides aux acquisitions fonçières, aux études et aux travaux d&amp;#039;aménagement des espaces naturels sensibles, pour les thématiques suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  biodiversité (faune, flore et milieux naturels), biodiversité urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  paysages naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  continuité écologique (trame verte et bleue),
+ &lt;/li&gt;
+ &lt;li&gt;
+  préservation des espaces agricoles (trame jaune),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ressource en eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ouverture des sites naturels au public, accueil des publics fragilisés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développement et promotion de la randonnée pédestre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  liaisons douces (sentes vertes),
+ &lt;/li&gt;
+ &lt;li&gt;
+  tourisme équestre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Montant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% du montant HT de l&amp;#039;opération, limité à 80 % d&amp;#039;aides publiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43;10 % pour les bénéficiaires répondant aux critères de lutte contre les inégalités sociales et territoriales.&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2012-04-0056 (AD du 19/11/2012)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Tourisme
+Forêts
+Sols
+Foncier
+Cohésion sociale et inclusion
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>http://www.essonne.fr/fileadmin/5-cadre_vie_environnement/patrimoine_naturel/ressources/aides/Guide-ENS-2012-2021.pdf</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57a2-acquerir-du-foncier-faire-des-etudes-et-des-t/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>111669</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser la rivière et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valorisation de la rivière et des milieux aquatiques. Subvention dont la variation des taux d&amp;#039;aide à l&amp;#039;investissement est exprimée en % des dépenses HT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 % pour le suivi de la qualité des cours d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% pour la préservation et la restauration des cours d&amp;#039;eau, zones humides annexes et de leurs habitats
+ &lt;/li&gt;
+ &lt;li&gt;
+  40 % pour la maîtrise de l&amp;#039;usage des pesticides par les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour la préservation et restauration des mares et autres zones humides non connectées au cours d&amp;#039;eau.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0018 (AD du 25/09/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/91fe-valoriser-la-riviere-et-les-milieux-aquatique/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>165670</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et valorisation économique – CPIER Vallée de la Seine</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Description du dispositif :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’AMI CPIER est mis en œuvre et financé par l’État, via l’ADEME (Directions régionales Île-de-France et Normandie), la Région Normandie et la Région Île-de-France en partenariat avec la Délégation interministérielle au développement de la Vallée de la Seine (DIDVS) et les autres services déconcentrés de l’État.&lt;/p&gt;&lt;p&gt;Cet AMI vise à &lt;strong&gt;favoriser l’essor de projets interrégionaux, innovants et exemplaires &lt;/strong&gt;dans cinq domaines :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;solutions durables et décarbonées pour la mobilité des personnes et des marchandises ;&lt;/li&gt;&lt;li&gt;réduction de l’empreinte carbone des procédés industriels ;&lt;/li&gt;&lt;li&gt;transition vers une économie circulaire et boucles locales ;&lt;/li&gt;&lt;li&gt;développement des énergies renouvelables ;&lt;/li&gt;&lt;li&gt;lutte contre le changement climatique, anticipation, adaptation et résilience.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les types de projets suivants &lt;/strong&gt;peuvent être soutenus : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;études de préfiguration/études de préfaisabilité ou de faisabilité ;&lt;/li&gt;&lt;li&gt;expérimentations et démonstrateurs exemplaires et innovants ;&lt;/li&gt;&lt;li&gt;aide au changement de comportement (projets d’animation, de communication, de formation). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Avant tout dépôt de dossier de candidature : &lt;/strong&gt;il est fortement recommandé de contacter les personnes référentes de l’AMI en utilisant la fiche projet téléchargeable sur cette page. &lt;/p&gt;&lt;p&gt;L’ADEME est chargée de la réception des dossiers. Dans le cadre d’un comité de pilotage dédié, les projets sont co-instruits par les partenaires financeurs de l’AMI (Région Île-de-France, Région Normandie, ADEME) en partenariat avec la DIDVS et les services déconcentrés de l’État (DREAL Normandie et Préfecture d’Île-de-France).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;principaux critères d’examen des projets&lt;/strong&gt; sont les suivants (voir détail dans le règlement de l’AMI) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;structuration interrégionale et partenariale du projet ;&lt;/li&gt;&lt;li&gt;capacité à répondre aux enjeux thématiques et stratégiques de l’AMI et du schéma stratégique ;&lt;/li&gt;&lt;li&gt;innovation ;&lt;/li&gt;&lt;li&gt;caractère opérationnel du projet ;&lt;/li&gt;&lt;li&gt;montage technique et financier du projet.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>22/12/2025</t>
+        </is>
+      </c>
+      <c r="Q97" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_28</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine-1?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transition-ecologique-et-valorisation-economique-cpier-vallee-de-la-seine/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>164097</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'économie de proximité dans le contexte de mutation socio-économiques du territoire</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche Action 4</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention européenne .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;plancher d&amp;#039;aide : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Plafond d&amp;#039;aide : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Stimuler les démarches de modernisation des entreprises &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faciliter la création, les cessions et les reprises d’entreprises du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accroître le poids de l’Economie Sociale et Solidaire dans l’économie locale&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnel&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire de chefs d’entreprises et salariés formés &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’ingénierie de proximité en termes d’aides aux entreprises dans le cadre d’un développement, d’une création, d’une transmission ou d’une reprise d’entreprises &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Permettre aux entreprises d’anticiper les mutations socio-économiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Renforcer l’image des activités commerciales et des savoir-faire locaux &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Accompagner le développement et la consolidation des associations et des entreprises de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager l’entreprenariat chez les jeunes de moins de 30 ans&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer et maintenir de l’emploi non délocalisable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter le taux de création et de reprise d’entreprises sur le territoire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 4&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement du Pays du Calaisis et répondre aux critères de la grille de sélection: partenariats et mise en réseau, impact géographique, niveau d&amp;#039;innovation, effet du projet, emploi, transition décarbonée et durable , formation du chef d&amp;#039;entreprise&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ac5e74bd-b5d5-485e-ba6f-8403ff1eabf3/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-deconomie-de-proximite-dans-le-contexte-de-mutation-socio-economiques-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>152463</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la préservation de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="J99" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements paysagers, espace découverte de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;aménagement du parc paysager de la mairie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement du jardin de la mairie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création du parc paysager du Château de Villers sous Saint Leu
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un cimetière écologique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Paysage
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Préservation de la biodiversité
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        XX
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        XXXXX
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       Les projets financés devront avoir recours à des espèces indigènes françaises diversifiées et adaptées aux conditions climatiques locales (sécheresse, vent, pollution, présence ou non de système d&amp;#039;arrosage) afin de favoriser la biodiversité.
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Création de micro-forêts d&amp;#039;au moins 100 m2 et îlots de fraîcheur intégrants un projet pédagogique et respectant le Label Végétal local
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Création de cimetières écologiques
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Aménagement de parcelles de terre en jardins familiaux y compris avec création d&amp;#039;abris
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Travaux de création de parcs paysagers prenant en compte la biodiversité végétale locale (Label Végétal local)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié (&amp;#43;10%)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 300 000 € HT
+     &lt;/p&gt;
+     &lt;p&gt;
+      Prise en compte dans la dépense subventionnable du coût des acquisitions foncières
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Murs végétalisés et toitures végétalisées ou cultivées (tapis végétal, prairie avec relief végétal, jardin et jardin vertical)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 100 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Travaux de restauration, de valorisation des milieux aquatiques selon des techniques douces (rivières, étangs, zones humides) y compris études préalables et frais de procédure de DIG
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43;10%)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Travaux d&amp;#039;entretien des milieux aquatiques (rivières, étangs, zones humides) – crédits de fonctionnement *
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      40 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       .
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Acquisition de parcelles présentant un intérêt écologique démontré et non classées Espaces Naturels Sensibles (ENS) avec un objectif de préservation
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 300 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
+ &lt;br /&gt;
+ Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>103497</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux particuliers de choisir un équipement plus écologique et plus économique</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Conversion des chaudières au fuel, au bois ou au charbon</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>Cette aide permet aux particuliers de choisir un équipement plus écologique et plus économique (énergie solaire, pompe à chaleur, système hybride), contribuant ainsi à la qualité de l&amp;#039;air et à la lutte contre le réchauffement climatique.
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le bénéficiaire doit remplacer ses équipements obsolètes (chaudière / équipement de chauffage individuel utilisable avec du bois ou du charbon datant d&amp;#039;avant 2002 OU chaudière individuelle au fuel sans condition d&amp;#039;âge) par l&amp;#039;un des équipements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equipement de chauffage et/ou production d&amp;#039;eau chaude sanitaire fonctionnant à l&amp;#039;énergie solaire thermique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pompe à chaleur autre que air/air dont la finalité essentielle est la production de chaleur ou d&amp;#039;eau chaude sanitaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chauffe-eau thermodynamique équipé d&amp;#039;une pompe à chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système hybride associant les équipements ci-dessus et l&amp;#039;énergie électrique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les autres types d&amp;#039;équipements sont exclus du dispositif.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide doivent être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ («Aides à la conversion des chaudières au fuel, au bois ou au charbon») au plus tard dans les 3 mois suivant l&amp;#039;achat de l&amp;#039;équipement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>Le bénéficiaire pourra bénéficier d&amp;#039;une aide jusqu&amp;#039;à 1000 €.</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P100" s="1" t="inlineStr">
+        <is>
+          <t>22/07/2021</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/conversion-des-chaudieres-au-fuel-au-bois-ou-au-charbon</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les informations sont disponibles dans le document à télécharger sur le
+ &lt;a href="https://www.iledefrance.fr/conversion-des-chaudieres-au-fuel-au-bois-ou-au-charbon" rel="noopener" target="_blank"&gt;
+  lien du descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9e7a-conversion-des-chaudieres-au-fuel-au-bois-ou-/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>140803</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du VERDON (PNR)</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui à la formalisation de demandes de subventions, réponses aux appels à projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : aide au montage et à la gestion de projets, conseil architectural et paysager auprès des porteurs publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux et patrimoines du territoire, médiation &amp;#43; Portage des enjeux et des projets collectifs du territoire auprès des instances de tutelle, contractualisation avec des partenaires financiers publics ou privés (lobbying territorial)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement des sites naturels fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des travaux d&amp;#039;économie d&amp;#039;énergie dans les bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas communaux participatifs de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sites Natura 2000
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ecogardes, gestion de la fréquentation touristique, prévention incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour l&amp;#039;évolution des pratiques agricoles (expérimentation, formation) et de consommation (valorisation des produits locaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réouverture d&amp;#039;espaces enfrichés au pâturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Replantation de haies et restauration des trames écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques auprès des scolaires, des jeunes, actions de sensibilisation du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui des communes pour leurs documents d&amp;#039;urbanisme
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Forêts
+Montagne
+Transition énergétique
+Education et renforcement des compétences
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le champ d&amp;#039;action du parc est limité au périmètre des communes classées.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 niveaux d&amp;#039;intervention possibles pour les collectivités adhérentes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui et conseil technique ponctuel gratuit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement approfondi de projets (valorisation forfaitaire du temps passé en quasi-régie pour une assistance à maîtrise d&amp;#039;ouvrage ou une maîtrise d&amp;#039;œuvre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portage de projets spécifiques (délégation de maîtrise d&amp;#039;ouvrage, co-maîtrise d&amp;#039;ouvrage...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Verdon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>http://parcduverdon.fr/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Domaine de Valx – 04360 Moustier-Ste-Marie
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 74 68 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;parcduverdon.fr" target="_self"&gt;
+  info&amp;#64;parcduverdon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1777-asseoir-un-developpement-economique-et-social/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>164438</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Économie Circulaire 2025 - Guyane</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’économie circulaire est toujours émergente en Guyane : la notion est encore très peu connue du grand public, des acteurs et du monde de l’entreprise, limitant de fait les collaborations pourtant nécessaires à son développement.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;complète les actions structurantes menées en faveur de la collecte et du traitement des déchets&lt;/strong&gt; par les collectivités. Il vise à faire émerger des projets et des synergies qui conduisent à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’économie de ressources par les territoires, les secteurs d’activités et les entreprises, la prévention et la valorisation locale des déchets.&lt;/li&gt;&lt;li&gt;La pratique de nouvelles approches économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il comprend trois grands volets thématiques :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Volet 1 : &lt;strong&gt;Allongement de la durée d&amp;#039;usage - réemploi, réparation, réutilisation.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Volet 2 : &lt;strong&gt;Recyclage et valorisation&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Volet 3 : &lt;strong&gt;Alimentation durable et gestion des biodéchets&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les cibles de l’appel à projets sont les associations, entreprises et acteurs privés.&lt;/p&gt;&lt;p&gt;Les acteurs privés bénéficiaires peuvent être les entreprises de l’Économie Sociale et Solidaire et les structures de l’économie conventionnelle, les instances inter-entreprises, les groupements d’entreprises, les groupements d’intérêt économique (GIE), les associations, les structures dédiées à la réparation…&lt;/p&gt;&lt;p&gt;L’organisme porteur du projet devra démontrer comment il organise la gouvernance liée au montage et au pilotage du projet.&lt;/p&gt;&lt;p&gt;Déroulé de la candidature :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;À la suite de la demande d&amp;#039;aide, un rendez-vous sera programmé avec le porteur de projet afin d’éclaircir des points particuliers.&lt;/li&gt;&lt;li&gt;Puis un jury de sélection des projets piloté par l’ADEME aura lieu. Il comprend les représentants de   l’ADEME Guyane et pourra associer des partenaires extérieurs.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Les aides financières seront attribuées aux projets retenus dans le présent AAP dans la limite des crédits disponibles au titre de l’année 2025.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241211/economie-circulaire-2025-guyane</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/economie-circulaire-2025-guyane/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>162483</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Anticiper les mutations économiques</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets Priorité 3 Objectif Spécifique G</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale de l’Economie, de l’Emploi, du Travail et des Solidarités (DREETS) — Normandie</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Meilleure prise en compte par l’ensemble des acteurs des enjeux relatifs à la Gestion des Emplois et des Parcours Professionnels ;&lt;/li&gt;&lt;li&gt;Améliorer l’accès à la formation et à la qualification des salariés, notamment des salariés les moins qualifiés, des salariés âgés de plus de 54 ans, des salariés en situation d’emploi instable (contrats à durée déterminée, contrats aidés, intérim…), des salariés issus de secteurs en difficulté ou impactés par des mutations nécessitant une adaptation pour préserver leur employabilité, des salariés issus des métiers en tension ;&lt;/li&gt;&lt;li&gt;Contribuer au renouvellement de l’ingénierie de formation à destination des actifs occupés aux besoins du marché du travail et dans les domaines de la transition numérique et/ou digitale, de la transition écologique et/ou énergétique ;&lt;/li&gt;&lt;li&gt;Développer des outils de veille et de partage des données visant la coordination des différents acteurs territoriaux et sectoriels et l’identification des compétences.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions visées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1) Actions visant à accompagner les mutations économiques, notamment liées aux transitions écologiques et numériques et la formation continue des actifs occupés :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;ingénierie de formation et de construction de parcours, facilitation de l&amp;#039;accès à la formation (lisibilité des référentiels, certification des compétences, modalités innovantes de formation, etc.), plans de développement de compétences dans le domaine de l’environnement : certification du personnel, efficacité énergétique, énergie renouvelable, économie circulaire, construction durable, emplois environnementaux , adaptation des compétences aux nouveaux défis sociaux (inclusion sociale, transition écologique et numérique, métiers rares ou émergents, etc.) et aux besoins du marché du travail, démarches d’expérimentation autour de l’action de formation en situation professionnelle (AFEST) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2) Actions visant à anticiper les mutations économiques, notamment liées aux transitions écologiques et numériques et à accompagner les entreprises et les acteurs locaux : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;démarches anticipatrices, y compris GPEC, pour faire face aux mutations économiques notamment liées aux transitions écologique et numérique dans les branches, les entreprises et les territoires, notamment par le dialogue social ou via des accords passés avec l’Etat ;&lt;/li&gt;&lt;li&gt;veille territoriale et sectorielle : outils de veille (identification des compétences obsolètes et des besoins des filières d&amp;#039;avenir, notamment liées à la transition écologique), outils de partage des données (plateformes ressources humaines (RH), passerelles entre secteurs, coordination des acteurs territoriaux, etc.) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises dans la mise en œuvre d’une démarche de Responsabilité sociétale des entreprises (RSE) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises sur les aspects RH des mutations professionnelles et des impacts de la crise sanitaire.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Date limite dépôt des candidatures : 31/10/2024&lt;/p&gt;&lt;p&gt;Période de réalisation possible de l&amp;#039;opération : Du 01/01/2024 au 31/12/2026&lt;/p&gt;&lt;p&gt;Durée de l&amp;#039;opération souhaitée : 12 mois minimum à 36 mois maximum&lt;/p&gt;&lt;p&gt;Montant total du soutien européen prévu : 1 500 000 €&lt;/p&gt;&lt;p&gt;Montant minimum FSE&amp;#43;/FTJ : 30 000 €&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FSE&amp;#43;/FTJ maximum : 60 %&lt;/p&gt;&lt;p&gt;Montant minimum coût total éligible : 50 000 €&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://fse.gouv.fr/les-appels-a-projets/normagd1035normandieaap-priorite-3-os-g-anticipation-des-mutations-economiques</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.emploi.gouv.fr/identification/login?TARGET=https%3A%2F%2Fma-demarche-fse-plus.fr%2F#/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maxime TROMPIER, Chef du service FSE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adresse mail : &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/maxime.trompier&amp;#64;dreets.gouv.fr" target="_self"&gt;maxime.trompier&amp;#64;dreets.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tél : 02.27.05.90.13 / Portable : 06.61.15.54.76&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>imane.rouxel@dreets.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/anticipation-des-mutations-economiques-normagd1035/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>164136</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions hydro-économes</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement aides de l'état</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions d’économies d’eau tous acteurs confondus, qu’il s’agisse des collectivités, des acteurs 
+agricoles, des entreprises, des bailleurs sociaux, des établissements publics comme Voies Navigables de France…
+&lt;br /&gt;À titre d’exemple, sont éligibles des actions telles que la lutte contre les fuites ou autres actions hydro-économes 
+des collectivités ou des acteurs de l’aménagement urbain, le changement de process, la modification de prises 
+d’eau pour les canaux, la mise en place de filières pour les cultures à bas besoins en eau, l’optimisation du 
+pilotage de l’irrigation, les pratiques d’occupation du sol favorisant les réserves d’eau et de matière organique 
+dans les sols, …
+&lt;br /&gt;Pour des raisons d’équilibre budgétaire, les installations de systèmes d’irrigation économes en eau (goutte à 
+goutte, rampes d’irrigation plus performantes, entretien dont lutte contre les fuites, …) pourront être financées 
+uniquement dans le cadre d’appels à projet ciblés sur des économies d’eau ambitieuses dont le règlement fixera 
+les modalités d’intervention et inclura parmi les critères, le rapport coût-efficacité.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q104" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de lutte contre les fuites des 
+collectivités sont éligibles selon les 
+conditions définies dans la fiche 
+thématique « Interventions en matière 
+de préservation de la ressource en eau 
+et de sécurisation de l’alimentation en 
+eau potable, en quantité et qualité ».&lt;/p&gt;&lt;p&gt;Pour le cas spécifique des opérations 
+ponctuelles d’urbanisme opérationnel, 
+quel que soit le porteur et y compris 
+celles portées par des collectivités, les 
+actions sont éligibles si elles 
+interviennent dans le cadre de projets 
+d’urbanisme durables multi-enjeux 
+(sobriété en eau, perméabilisation, 
+renaturation) ou de partenariats le 
+prévoyant. Les conditions d’aide sont 
+définies dans la fiche thématique « Eau 
+et Nature en Ville et Village ». &lt;br /&gt;En cas de 
+démarche globale visant uniquement la 
+sobriété en eau à l’échelle du 
+patrimoine entier d’un acteur foncier 
+urbain, en déclinaison ou non d’un plan 
+global de gestion de l’eau, les actions 
+d’études ou de travaux visées seront 
+traitées dans les conditions de cette 
+fiche. &lt;/p&gt;&lt;p&gt;Les démarches hydro-économes pour 
+les actions agricoles sont éligibles si : &lt;br /&gt;- Elles visent le pilotage pour une irrigation 
+plus sobre ; &lt;br /&gt;- Elles visent à mettre en œuvre des 
+solutions d’économies d’eau dans les 
+exploitations agricoles (exemple : 
+récupération des eaux de toiture) ou de 
+substitution de ressources pour 
+l’abreuvement ; &lt;br /&gt;- Elles visent à mettre en place des 
+systèmes culturaux plus économes en eau et plus résilients face à la sécheresse 
+(cultures moins exigeantes en eau, 
+protection du sol vis-à-vis de 
+l’évaporation, techniques concourant à 
+l’amélioration des propriétés physiques 
+du sol, solutions favorisant l’infiltration et 
+ralentissant le ruissellement, …).
+&lt;br /&gt;Autres conditions 
+Pour les démarches hydro-économes 
+portées par les collectivités, il sera vérifié 
+au moment du solde qu’au moins une 
+action de sensibilisation/communication 
+du public aura été menée dans le cadre 
+du projet. Si cette condition n’est pas 
+respectée, l’aide sera soldée avec 
+réfaction.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-structuration-de-la-gouvernance/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>162474</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie de la fonctionnalité et de la coopération</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’économie de la fonctionnalité et de la coopération</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le contexte environnemental et social favorise l’émergence de &lt;strong&gt;nouveaux modèles de développement&lt;/strong&gt; parmi lesquels l’économie de la fonctionnalité et de la coopération. Elle établit une &lt;strong&gt;nouvelle relation entre l’offre et la demande&lt;/strong&gt;. Elle ne se fonde plus sur la simple vente de biens ou de services mais sur la fourniture d&amp;#039;effets utiles (bénéfices) pour les usagers répondant à des &lt;strong&gt;besoins réels des personnes, des entreprises et des collectivités ainsi qu’aux enjeux de durabilité&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les bénéfices de cette démarche sont :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Économiques&lt;/strong&gt; : avoir une approche centrée usagers plutôt que la vente d’un simple produit pour pérenniser son activité, se différencier et fidéliser ses clients.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Écologiques&lt;/strong&gt; : sortir de la logique de volume (produire et vendre toujours plus), mutualiser et allonger la durée de vie de ses produits pour réduire significativement la consommation de ressources naturelles et créer des impacts bénéfiques sur l’environnement.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Sociaux&lt;/strong&gt; : développer des effets positifs sur la société, valoriser les compétences de ses collaborateurs reposant sur l’expérience réelle du travail.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Territoriaux&lt;/strong&gt; : développer des dynamiques coopératives en lien avec les enjeux du territoire.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une étude de diagnostic ou d’accompagnement permet d’analyser le périmètre du besoin ou de la fonctionnalité à satisfaire pour dimensionner l’offre de services à proposer en correspondance.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant&lt;strong&gt; jusqu’à 80 % de son coût&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/soutien-a-leconomie-fonctionnalite-cooperation</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-leconomie-de-la-fonctionnalite-et-de-la-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>165378</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Economie de proximité et culture</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>S’appuyer sur les potentiels locaux et renforcer les coopérations entre les acteurs socio-économiques du territoire</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>GAL LEADER Ardèche</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'Aides Publiques max</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;3.1/ Emergence, développement et maintien
+de nouveaux modèles économiques ou dynamiques socio-professionnelles sur le
+territoire :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Etude, expertise, projet de recherche, action
+d&amp;#039;animation, de communication visant à créer, à développer des lieux à usages
+multiples, collectifs et/ou mutualisés et à favoriser la mise en réseau ou
+les actions de coopération et de partenariat&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Mission de maîtrise d’œuvre, équipements et
+travaux afin de créer des lieux à usages multiples, collectifs et/ou mutualisés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.2/ Installation de nouveaux professionnels et maintien de services de
+proximité :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Mission de maîtrise d’œuvre, équipements et aménagements
+pour permettre l&amp;#039;installation de nouveaux professionnels, la création ou le
+maintien de services de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.3/ Valorisation des filières emblématiques et des ressources
+locales :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Etude, expertise, projet de recherche, équipements,
+action d’animation, de promotion, de valorisation, de mise en réseau des
+professionnels des filières permettant le renforcement et le développement de
+filières emblématiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Action d&amp;#039;animation, de promotion, de valorisation
+autour des métiers en tension&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.4/ Valorisation et développement des projets spécifiques portant sur
+la transition écologique et énergétique :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Etude, expertise, projet de recherche, mission
+de maîtrise d’œuvre, acquisition d’équipement et de matériels, action d&amp;#039;animation,
+de communication, de sensibilisation et de formation visant à développer des
+actions autour de la transition écologique et énergétique&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;br /&gt;&lt;strong&gt;3.5/ Soutien aux actions culturelles :&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;- Action d&amp;#039;animation, de communication, de
+sensibilisation, de création et de diffusion culturelle visant à faire vivre le
+territoire autour d&amp;#039;événements culturels&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-ardeche.fr/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;leader&amp;#64;archeagglo.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>m.chapron@archeagglo.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tourisme-durable-filieres-touristiques-changement-de-pratique-attractivite-des-metiers-touristiques-1/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>98767</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement économique et l'emploi</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
+ agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
+ un secteur tertiaire principalement tourné vers la santé et la vie publique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
+ de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
+ démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
+ artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
+ ouvrir des complémentarités face au développement des agglomérations.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prospection, accueil et transmission d&amp;#039;unités économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consolidation des richesses du territoire (hommes et savoir-faire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de rencontre par filières économiques, de speed dating...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition de conseil en gestion de projets entreprenariaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de développement de la stratégie touristique du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Emploi
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts directs en lien avec l&amp;#039;opération, dont :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européen intervient toujours en contrepartie de financements publics nationaux différents de l&amp;#039;Europe. Pour un porteur de projet privé, cela implique qu&amp;#039;il devra solliciter un autre co-financeur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ Au niveau administratif :
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>m.pondard@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>119750</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'économie circulaire</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre vous soutient dans la mise en place de stratégies d&amp;#039;économie circulaire et de valorisation des déchets organiques. Nous proposons des solutions innovantes pour optimiser les ressources, réduire les déchets, favoriser le compostage et la méthanisation, tout en créant des boucles locales de réutilisation et en renforçant la résilience écologique et économique du territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7eb-favoriser-leconomie-circulaire-sur-un-territo/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>95344</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le domaine de la Gestion des Milieux Aquatiques et de la Prévention des Inondations</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence de l'eau Rhône-Méditerranée-Corse
+Conseil régional d'Occitanie
+Syndicat Mixte des Milieux Aquatiques et des Rivières (SMMAR)</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de l'intervention dépend du dispositif demandé</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude s&amp;#039;est engagé, suite à la catastrophe de Novembre 1999, dans un programme prioritaire de « Prévention et de Gestion du Risque inondation », destiné à se prémunir des effets dommageables des crues sur les zones habitées, dans un objectif de protection des personnes et des biens.
+&lt;/p&gt;
+&lt;p&gt;
+ Enrichis, par le bilan très positif de l&amp;#039;ensemble des PAPI « première génération », et dans une logique de transposition de la Directive Cadre Inondations (DCI), l&amp;#039;Etat a souhaité impulser une nouvelle dynamique PAPI. C&amp;#039;est pourquoi, le SMMAR EPTB a élaboré la maquette d&amp;#039;un PAPI 2 « seconde génération » pour les années 2015/2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agira de poursuivre cette orientation stratégique sur les rivières en l&amp;#039;élargissant aux risques littoraux, et à une gestion régulière du bassin versant et des milieux aquatiques pour œuvrer à la restauration et la revalorisation de zones humides et des cours d&amp;#039;eau afin de protéger les ressources en eau et lutter contre les pollutions, mais aussi afin de préserver l&amp;#039;équilibre géomorphologique du cours d&amp;#039;eau, et sa biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires de ces aides sont les collectivités territoriales et leurs groupements, les Associations Syndicales Autorisées (ASA) et leurs groupements, les Sociétés d&amp;#039;Aménagement Régionales, dans le respect de leurs compétences statutaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité des opérations
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans l&amp;#039;un des 7 axes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe
+  1
+  &lt;/em&gt;
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+  Amélioration des connaissances et renforcement de la conscience du risque ; c&amp;#039;est-à-dire poursuite de la sensibilisation auprès du grand public et des scolaires, pose de repères de crues et de laisses de mer pour la submersion marine mais aussi poursuite des études d&amp;#039;aléas...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe  2 :
+  &lt;/em&gt;
+  Amélioration de la surveillance et de la prévision des crues
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 3 :
+  &lt;/em&gt;
+  Alerte et gestion de crise; c&amp;#039;est-à-dire suivi de l&amp;#039;hydrologie superficielle et souterraine, prévision pluviométrique, renforcement des outils de gestion de crise
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 4 :
+  &lt;/em&gt;
+  Prise en compte du risque inondation dans l&amp;#039;urbanisme et l&amp;#039;aménagement du territoire ; c&amp;#039;est-à-dire accompagner la mise en œuvre des Plans de Prévention des Risques Inondations approuvés et assister les collectivités dans l&amp;#039;élaboration des SCOT et des schémas de ruissellement en zone urbaine et péri-urbaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 5 :
+  &lt;/em&gt;
+  Actions de réduction de la vulnérabilité des personnes et des biens ; c&amp;#039;est-à-dire réduire la vulnérabilité et augmenter la résilience des services publics et des entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 6 :
+  &lt;/em&gt;
+  Ralentissement des écoulements ; c&amp;#039;est-à-dire optimiser les champs d&amp;#039;expansion des crues, contrôler le transport solide, réaliser des ouvrages de rétention, et surtout réaliser des PPGBV, qui représentent à eux seuls environ la moitié de l&amp;#039;enveloppe financière du PAPI 2
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 7 :
+  &lt;/em&gt;
+  Gestion des ouvrages de protection hydraulique ; c&amp;#039;est-à-dire aménagement des berges au droit d&amp;#039;enjeux, confortement des digues et déversoirs, optimisation d&amp;#039;ouvrages existants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour l&amp;#039;axe spécifique des PPGBV , les opérations devront s&amp;#039;articuler autour des 5 axes d&amp;#039;actions suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 1 :
+  &lt;/em&gt;
+  Restauration physique des cours d&amp;#039;eau : Actions visant à rechercher un fonctionnement naturel des cours d&amp;#039;eau par des actions morphologiques et sédimentaires ; libérer des espaces de mobilité des cours d&amp;#039;eau dans les secteurs définis de manière concertée en veillant à préserver les zones à enjeux ; soutenir les actions de continuité écologique par l&amp;#039;effacement ou l&amp;#039;équipement de seuils et barrages.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 2 :
+  &lt;/em&gt;
+  Gestion quantitative de la ressource en eau : développer un dispositif de  gestion quantitative de la ressource en eau conformément aux conclusions de l&amp;#039;étude sur la détermination des volumes prélevables portée sous maîtrise d&amp;#039;ouvrage du SMMAR et finalisée en 2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 3 :
+  &lt;/em&gt;
+  Reconquête de la qualité de l&amp;#039;eau : accompagner les actions de lutte contre les pollutions diffuses, notamment type phytosanitaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 4 :
+  &lt;/em&gt;
+  Zones humides : protéger et gérer les zones humides inventoriées conformément à la hiérarchisation élaborée par les plans de gestion. L&amp;#039;inventaire des zones humides mené sous maîtrise d&amp;#039;ouvrage du SMMAR sera complété sur tous les secteurs à ce jour non recensés (secteurs Orbieu-Aude médiane notamment).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Axe 5 :
+  &lt;/em&gt;
+  Gestion de la ripisylve : prévenir la formation d&amp;#039;embâcles et maintenir le développement d&amp;#039;une ripisylve équilibrée (accroître le rôle régulateur épurateur, tout en conservant le rôle protecteur, préserver le rôle de connecteur de zones humides, favoriser la biodiversité en conformité avec les inventaires réalisés dans le cadre des SAGE ou des démarches Natura 2000, PNR, ENS...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/gestion-des-milieux-aquatiques-et-prevention-des-inondations-gemapi</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ David MOURET - Chef du Service Hydraulique - Observatoire de l&amp;#039;Eau
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courriel :
+  &lt;a href="mailto:david.mouret&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   david.mouret&amp;#64;cg11.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Alain ERADES  - Ingénieur
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  courriel :
+  &lt;a href="mailto:alain.erades&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+   alain.erades&amp;#64;cg11.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  téléphone : 04.68.11.67.62
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa9b-investir-dans-le-domaine-de-la-gestion-des-mi/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>103419</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Créer des espaces verts</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Création d'espaces verts</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;p&gt;
+ Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ La Région soutient les porteurs de projets d&amp;#039;investissement concourant à la réalisation des objectifs quantitatifs du Plan vert par l&amp;#039;augmentation du ratio en mètres-carrés d&amp;#039;espaces verts et de nature ouverts au public par habitant ainsi qu&amp;#039;en améliorant l&amp;#039;accessibilité et la qualité de ces espaces.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces verts et de liaisons vertes ouverts au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification ou amélioration de l&amp;#039;accessibilité d&amp;#039;espaces verts ou de nature existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jardins partagés dès lors qu&amp;#039;ils permettent l&amp;#039;association du public et qu&amp;#039;ils sont soutenus par les communes et les intercommunalités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toitures et murs végétalisés accessibles au public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créations d&amp;#039;alignement d&amp;#039;arbres...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier prévisionnel
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dépôt jusqu&amp;#039;au 6 juillet &amp;gt; vote en novembre 2021
+ &lt;br /&gt;
+ Sinon &amp;gt; vote en 2022
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : dans le cadre de l&amp;#039;élaboration de leurs projets, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le taux d&amp;#039;intervention est modulé au regard du niveau de carence en espaces verts de la commune de localisation du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Communes très carencées
+  &lt;/strong&gt;
+  : 50% des dépenses éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Autres territoires
+  &lt;/strong&gt;
+  : 40% des dépenses éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant maximum de la subvention régionale dépend de la nature du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Création et ouverture au public de nouveaux espaces verts et de nature
+  &lt;/strong&gt;
+  : 500 k€ par projet (600 k€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées),
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Amélioration de la qualité d&amp;#039;espaces verts et de nature existants et déjà ouverts au public
+  &lt;/strong&gt;
+  : 250 k€ par projet (350 k€ si le maître d&amp;#039;ouvrage a recours à des entreprises d&amp;#039;insertion, des associations d&amp;#039;insertion ou des entreprises adaptées).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/creation-despaces-verts</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:planvert&amp;#64;iledefrance.fr"&gt;
+  planvert&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet doivent déposer leurs dossiers de candidature sur
+ &lt;a rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e8ea-creation-despaces-verts/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>123492</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Foncier
+Accès aux services
+Cohésion sociale et inclusion
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>132573</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets locaux d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Projets locaux d'espaces naturels sensibles</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I112" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J112" s="1" t="inlineStr">
+        <is>
+          <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre des 4 thématiques que sont la protection de la ressource en eau et des zones humides, les sites de sport et de nature, les jardins remarquables et les milieux naturels remarquables, le Département soutient financièrement les collectivités locales qui interviennent pour acquérir des parcelles de propriétés rurales, réaliser des travaux d&amp;#039;aménagement nécessaire à l&amp;#039;accueil du public, réaliser des travaux de gestion et d&amp;#039;entretien environnemental et paysager, et promouvoir des actions pédagogiques et de formation.
+&lt;/p&gt;
+&lt;p&gt;
+ La maîtrise foncière étant un gage de réussite à l&amp;#039;aménagement de sites, le porteur de projet local doit justifier d&amp;#039;une mise d&amp;#039;une démarche foncière active. En cas de maîtrise foncière autre que publique (privé, association), une convention de partenariat Département / Organisme public porteur de projet local / propriétaire privé ou association donnant les engagements de chacun pourra être formalisée.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seront priorisés les projets portant sur des sites labellisés et présentant un caractère emblématique à l&amp;#039;échelle départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_02_fiche-action_projets_locaux.pdf</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de la Haute-Marne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03.25.32.85.71
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
+  service.agriculture&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Guide des aides :
+ &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
+  http://www.haute-marne.fr/guidedesaides/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute correspondance doit être adressée à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue du Commandant Hugueny
+&lt;/p&gt;
+&lt;p&gt;
+ CS 62127
+&lt;/p&gt;
+&lt;p&gt;
+ 52905 CHAUMONT Cedex 9
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>jean-jules.joly@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb7a-soutenir-les-projets-locaux-despaces-naturels/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>116530</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer la fonctionnalité des écosystèmes</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Actions de restauration écologique et de préservation des cours d’eau, des zones humides ou des habitats de milieux aquatiques, …&lt;br /&gt;Sont exclues les actions de continuité écologique ou en lien direct et substantiel avec les inondations ou la protection des biens et des personnes, les actions régulières et récurrentes ou d’entretien.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c418-copie-06h30-amelioration-de-la-continuite-eco/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>117150</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour l'acquisition, la restauration et la gestion de zones humides et des champs d'expansion des crues</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre la préservation de la fonctionnalité des zones humides.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vise à vous accompagner dans l&amp;#039;identification des zones humides et champs d&amp;#039;expansion de crue jusqu&amp;#039;à leur valorisation en passant par leur restauration et leur gestion ainsi que le financement (à 80%).
+&lt;/p&gt;
+&lt;p&gt;
+ Nos propositions comprennent un porter à connaissance des zones humides du territoire, un accompagnement à la démarche d&amp;#039;identification des zones humides, des informations foncières sur ces zones humides comprenant également la procédure de récupération de biens vacants sans maître. Si la collectivité souhaite s&amp;#039;engager, l&amp;#039;accompagnement permet des prospections foncières, la réalisation de schéma de gestion et de restauration, l&amp;#039;aide à la mobilisation de subvention, l&amp;#039;accompagnement en phase travaux, notamment par des chantiers d&amp;#039;insertion, la valorisation culturelle et paysagère du site.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit pour partie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Foncier
+Risques naturels
+Appui méthodologique
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f1e3-accompagner-les-collectivites-pour-lacquisiti/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>120261</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir  les structures gestionnaires des milieux aquatiques à l'échelle des bassins versants</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>FONDS DEPARTEMENTAL DE L'ENVIRONNEMENT (FDE)</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J115" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aides publiques : 70%</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour tenir les objectifs d&amp;#039;atteinte du bon état des eaux, une implication de tous les acteurs du territoire est nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour atteindre cet objectif et dans la continuité des politiques engagées depuis de nombreuses
+ années, le Département développe une politique qui vise à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   améliorer l&amp;#039;acquisition de connaissances et la définition de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer à la restauration physique du fonctionnement des bassins versants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Acquisition de connaissances (hydrométrie, topographie,
+ télédétection, modélisation,
+ suivis ...) : 1 000 à 50 000 €,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes de fonctionnement des bassins
+ versants (SAGE, hydromorphologie ...) : 1 000 à 50 000 €,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hors étude liée à des opérations
+  foncières, inventaires zones humides, études
+  en lien avec des mesures
+  compensatoires liées à une
+  opération, élaboration/bilan PAPI.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Amélioration du transport sédimentaire, amélioration de la continuité
+ longitudinale du faciès d&amp;#039;écoulement, recréation de chenaux (études préalables et travaux compris maîtrise d&amp;#039;
+ œuvre
+ , déclaration Loi sur l&amp;#039;Eau, AMO,
+ géotechniques, ....) : 1 000 à 200 000 €,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagement en vue d&amp;#039;améliorer les
+ continuités latérales des cours d&amp;#039;eau  (études préalables et travaux compris maîtrise d&amp;#039;œuvre, déclaration Loi sur l&amp;#039;Eau, AMO, géotechniques, ....) : 1 000 à 200 000 €,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hors travaux d&amp;#039;entretien et travaux
+  d&amp;#039;aménagement récurrents
+  (enlèvement déchets, enlèvement
+  d&amp;#039;embâcles, entretien ripisylve,
+  lutte contre les plantes
+  envahissantes, ...), protection de
+  berges autres qu&amp;#039;en génie
+  végétal, protection
+  contre les
+  inondations, restauration
+  de la ripisylve, mesures compensatoires, animation.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;opération ne doit être ni engagée ni avoir
+ fait l&amp;#039;objet d&amp;#039;un bon de commande au moment du dépôt de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant les études, les services du Département doivent être associés à l&amp;#039;élaboration du
+ cahier des charges, aux réunions de déroulement ainsi qu&amp;#039;à leur restitution.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux maximum toutes aides publiques confondues ne doit pas dépasser 70%.
+&lt;/p&gt;
+&lt;p&gt;
+ Concernant le travail réalisé en régie :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le montant des travaux doit être équivalent à une fourchette de
+ prix habituellement pratiquée par des entreprises pour des opérations similaires
+ ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le pétitionnaire doit fournir une attestation signée du Président de la
+ structure mentionnant le nombre d&amp;#039;heures effectuées par personne et le taux horaire appliqué,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ils ne doivent pas dépasser 30% de la dépense subventionnable,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la main d&amp;#039;
+ œuvre
+ (y compris charges),
+ les frais de déplacement, les dépenses ponctuelles directement liées à la mission, excepté les frais liés au fonctionnement général de la structure, peuvent être intégrés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ces prestations doivent être ré-imputées en section d&amp;#039;investissement (attestation du
+ Trésorier à l&amp;#039;appui).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;opération devra être réalisée dans un délai de 2 ans à compter de la notification.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Catherine LABAT - Cheffe de Service Environnement, Aménagement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:catherine.labat&amp;#64;ha-py.fr" rel="noopener" target="_blank"&gt;
+  catherine.labat&amp;#64;ha-py.fr
+ &lt;/a&gt;
+ - 05 62 56 70 10 - 06 21 03 80 03
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5269-soutenir-les-structures-gestionnaires-des-mil/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>119761</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des eaux pluviales et de ruissellement hors activités économiques</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I116" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux collectivités territoriales ou à leurs groupements, aux établissements publics et aux associations qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de
+ &lt;br /&gt;
+ biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour des opérations de renouvellement urbain associées à une déconnexion des eaux pluviales du réseau d&amp;#039;assainissement :
+&lt;/p&gt;
+&lt;p&gt;
+ Création de noues plantées en bordure de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Création de toitures végétalisées
+&lt;/p&gt;
+&lt;p&gt;
+ Création de chaussées à struture réservoir
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Lien vers plaquette : La gestion durable et intégrée des eaux pluviales au service de la Biodiversité en ville :
+ &lt;a href="https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf" rel="noopener" target="_blank"&gt;
+  https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déconnexion des eaux pluviales :
+&lt;/p&gt;
+&lt;p&gt;
+ - du réseau unitaire d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial impactant le milieu aquatique (pollution avérée à l&amp;#039;exutoire)
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial dysfonctionnant et engendrant des inondations
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les Entreprises privées / Entreprises publiques locales (Sem, Spl, SemOp) concernent celles intervenants dans le cadre d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage publique.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-049_eaux_pluviales.pdf</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>Jean-Philippe KARPINSKI
+&lt;br /&gt;
+Chef de la Mission Mer du Nord
+&lt;br /&gt;
+jp.karpinski&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+François BLIN
+&lt;br /&gt;
+Chef de la Mission Picardie
+&lt;br /&gt;
+f.blin&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Ludovic LEMAIRE
+&lt;br /&gt;
+Chef de la Mission Littoral
+&lt;br /&gt;
+l.lemaire&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé CANLER
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60f7-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>90902</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les événements territoriaux à vocation économique</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Evénements territoriaux à vocation économique</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximal de 4000€</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes un organisme (public ou privé) de soutien au développement des entreprises ? La Région peut vous aider à financer des événements territoriaux à vocation économique (marchés, salons, manifestations) dans le cadre de la politique de soutien aux filières régionales suivantes : Cuir-Luxe-Textile-Métiers d&amp;#039;Art, Aéronautique- Photonique-Chimie-Matériaux et Transports, Santé-Silver Economie, Filières Vertes et Bleues, Forêt-Bois-Papier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Soutenir l&amp;#039;organisation d&amp;#039;événements territoriaux (locaux ou régionaux), sectoriels ou multisectoriels, favorisant la rencontre des acteurs de l&amp;#039;écosystème.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Montage et organisation d&amp;#039;une manifestation contribuant à la structuration d&amp;#039;un réseau d&amp;#039;entreprises et/ou à la promotion de compétences locales.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier :
+ &lt;/strong&gt;
+ Etude des dossiers au fil de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+ Aide forfaitaire pour l&amp;#039;organisation de manifestations, colloques, salons, conférences à vocation économique, plafonnée à 4 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Economie locale et circuits courts
+Artisanat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    organismes de soutien (publics ou privés) au développement des entreprises
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    fédérations, organisations professionnelles, Groupements d&amp;#039;Intérêt Public (GIP) et associations,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    pôles de compétitivité, clusters, grappes d&amp;#039;entreprises
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    pépinières, technopoles, incubateurs, accélérateurs
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    centres de compétences
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    organismes de formation
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    établissements de santé
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    groupements de PME
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    PME agissant pour le compte d&amp;#039;un groupement d&amp;#039;entreprises
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    de manière générale, tout type d&amp;#039;entreprise d&amp;#039;une filière
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Comment faire ma demande ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Le dépôt de votre dossier s&amp;#039;effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Avant de déposer votre demande d&amp;#039;aide, il est nécessaire de créer un compte si vous n&amp;#039;en possédez pas déjà un.
+ &lt;/p&gt;
+ &lt;p&gt;
+  La liste des pièces justificatives à fournir en fonction de votre statut est à télécharger en bas de la page.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Et après ?
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour le suivi de votre dossier :
+ &lt;/p&gt;
+ &lt;p&gt;
+  1 - Vous recevrez un mail attestant le dépôt de votre dossier. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
+ &lt;/p&gt;
+ &lt;p&gt;
+  2 - Des informations complémentaires pourront vous être demandées au moment de l&amp;#039;instruction.
+ &lt;/p&gt;
+ &lt;p&gt;
+  3 - Une notification de décision vous sera adressée à l&amp;#039;issue du passage en commission permanente.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/evenements-territoriaux-vocation-economique?recherche=manifestation</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://rnaconnect.nouvelle-aquitaine.pro/realms/external/protocol/cas/login?service=https%3A%2F%2Fmes-demarches.nouvelle-aquitaine.fr%2FcraPortailFO%2Flogin%2Fcas</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+&lt;/p&gt;
+&lt;p&gt;
+ Direction pilotage stratégique et filières
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fda4-soutien-aux-manifestations-territoriales-a-ca/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>92589</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les quartiers d’activités économiques, les espaces économiques, les friches et créer de l’immobilier collectif</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la création ou l&amp;#039;extension des quartiers d&amp;#039;activités économiques, la requalification d&amp;#039;espace économique, la réhabilitation de friches et la création d&amp;#039;immobilier collectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ETUDES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à visée opérationnelle liée au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ TRAVAUX :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Création et extension d&amp;#039;espace d&amp;#039;activité d&amp;#039;intérêt :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local (inférieur à 10 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intercommunal (de 10 à 30 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départemental (supérieur à 30 hectares)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Friches délaissées :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espace économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;immobilier collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Revitalisation
+Bâtiments et construction
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables jusqu&amp;#039;à 80 % du montant HT des études (50 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations (selon taille de l&amp;#039;opération) : jusqu&amp;#039;à 25 % du déficit HT de l&amp;#039;opération (800 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide (travaux) : variable selon les opérations de 15 à 25 %, dépendant de la présence d&amp;#039;une zone de revitalisation rurale et d&amp;#039;un quartier prioritaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Postes de dépenses pris en compte (calcul du déficit d&amp;#039;opération) : travaux de construction et de réhabilitation (immobilier) ; mobilités alternatives, énergies renouvelables, Très Haut Débit, les entrées de sites, les clôtures et la signalétique, le mobilier urbain, le tri sélectif, les installations photovoltaïques, les travaux paysagers et tout équipement visant un des trois axes du développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions administratives : maîtrise foncière du terrain à aménager par le maître d&amp;#039;ouvrage et intégration du projet dans les documents d&amp;#039;urbanisme (SCOT et PLU) ; autorisations administratives préalables obtenues et travaux non débutés ; projet compatible avec le label régional Parc&amp;#43; au plus tard en phase APS ; avis favorable des évaluations avant et après projet ; accord formel du Conseil départemental par convention adoptée par l&amp;#039;assemblée départementale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4085-amenager-les-quartiers-dactivites-economiques/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>130986</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Engager des actions d'économies d'énergie - Baisse les Watts (Programme Certificat économies d'énergie)</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Baisse les Watts (Programme Certificat économies d'énergie)</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>EDF
+Auchan Energies - Pétrovex</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme Baisse les Watts est un programme financé par le dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE), porté par La Poste et ses partenaires Economie d&amp;#039;Energie, Energies Demain, Chambre de commerce et d&amp;#039;industrie (CCI) France et Chambre de Métiers et de l&amp;#039;Artisanat (CMA) France. Avec le soutien de l&amp;#039;ADEME et du Ministère de la Transition énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce programme s&amp;#039;adresse à toutes les entreprises TPE et PME désireuses de mieux comprendre leur consommation et de pouvoir engager rapidement de premières actions d&amp;#039;économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le programme Baisse les Watts vise à accompagner les TPE/PME à travers trois bénéfices clés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → CARNET DE BORD ENERGIE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Carnet de bord Énergie permet de consulter des Fiches Actions en lien avec sa filière, et de mettre en place des écogestes ou investissements pour réaliser des économies d&amp;#039;énergie en affichant le gain potentiel d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → ACCOMPAGNEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un conseiller accompagne le bénéficiaire par téléphone pour l&amp;#039;aider à ouvrir un Carnet de bord Energie, le guider sur la plateforme Baisse les Watts, définir avec lui les bonnes pratiques, et mettre en place un plan d&amp;#039;actions dans la durée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → FORMATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un parcours de formation adapté à chaque situation et modulable selon les disponibilités (séances en présentiel et/ou en distanciel), avec l&amp;#039;appui des réseaux CCI et CMA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ TPE/PME parmis 14 filières métiers
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cafés &amp;amp; restaurants (Traditionnels, rapides, vente à emporter, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergements touristiques (Hôtels, campings, locations, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Artisanat alimentaire (Boulangers, pâtissiers, bouchers, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petits commerces alimentaires (Alimentations générales, supérettes, épiceries, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commerces non alimentaires (Electroménager, meubles, vêtements, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services de proximité (Réparation, garagistes, soins, blanchisseries, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé (Médecins, hôpitaux, hébergements médicalisés &amp;amp; sociaux, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enseignement (Ecoles primaires, secondaires, supérieures, recherche &amp;amp; développement, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sport, culture, loisirs (Installations sportives, Art, musées, films, parcs, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports (Routier, ferroviaire, fret, maritime, taxi, déménagement, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entrepôts (Entreposage &amp;amp; stockage, vente à distance, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commerces de gros BtoB (Commerces interentreprises alimentaires, biens, matériaux, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grands commerces alimentaires (Supermarchés, hypermarchés, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises de services (Agences bancaires, immobilier, conseil, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baisseleswatts.fr</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ligne dédiée aux TPE et PME pour Baisse les Watts :
+   01 81 69 81 92
+   (
+  prix
+   d&amp;#039;un appel local)
+ du lundi au vendredi de 9H à 17H - Par mail :
+ &lt;a href="mailto:contact&amp;#64;baisseleswatts.fr" target="_self"&gt;
+  contact&amp;#64;baisseleswatts.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contacts La Poste, porteur du Programme :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Anne-Lise DELORON, Directrice du marché Rénovation énergétique, Directrice adjointe de l&amp;#039;UA Efficacité énergétique, Directrice du programme Baisse les Watts :
+   &lt;a href="mailto:annelise.deloron&amp;#64;laposte.fr" target="_self"&gt;
+    annelise.deloron&amp;#64;laposte.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Alazaïs CAILLOL, Responsable Marketing du Programme Baisse les Watts :
+   &lt;a href="mailto:alazais.caillol&amp;#64;laposte.fr" target="_self"&gt;
+    alazais.caillol&amp;#64;laposte.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>annelise.deloron@laposte.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26ad-baisse-les-watts-programme-certificat-economi/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>101201</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la plantation de haies</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I120" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département du Calvados facilite la création ou la restauration de haies au travers d&amp;#039;aides aux collectivités, exploitants agricoles, associations et particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ Éléments incontournables de nos paysages normands, les haies assurent une protection des cultures contre le vent, diminuent l&amp;#039;érosion des terres et permettent la régulation du régime des eaux. Elles sont également d&amp;#039;une grande utilité pour préserver la faune et la flore de nos territoires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Nature des travaux aidés
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  création de haies bocagères nouvelles et les opérations de reconstitution ou d&amp;#039;enrichissement de haies bocagères existantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création ou réhabilitation de talus sur un linéaire de projet de plantation de haies ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de clôtures sur un linéaire de projet de plantation de haies (fourniture et mise en œuvre).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  1. Pour les collectivités :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à hauteur de 70% du montant HT pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la fourniture et les travaux de mise en place des plants, paillages et protections gibiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux préparatoires du sol (création ou réhabilitation de talus) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de plantation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la fourniture et la mise en œuvre des clôtures.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plafonds de dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Haie : 8€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec clôtures : 12€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec talus : 16€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec talus et clôtures : 20€/m
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  2. Pour les porteurs de projets individuels
+ &lt;/strong&gt;
+ (exploitants agricoles, associations, particuliers ou groupement pour un projet géographiquement continu) :
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Importance des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plantation de haies : 2.30 €/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Talus : 1.50 €/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clôture : 1.50€/m
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas de restauration d&amp;#039;une haie, le montant de subvention sera calculé sur la base d&amp;#039;un équivalent de linéaire planté correspondant au pourcentage de regarnissage.
+&lt;/p&gt;
+&lt;p&gt;
+ Une majoration de 20% du barème ci-dessus sera appliquée aux projets de plantations issus d&amp;#039;un plan de gestion de la haie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations pour les projets individuels, veuillez consulter les modalités d&amp;#039;aides en vigueur :
+ &lt;a href="https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haies-.html" rel="noopener" target="_blank"&gt;
+  https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haies-.html
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  projet de plantations sur une longueur cumulée supérieure ou égale à 300m ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet de plantations des parcelles non urbanisées et non urbanisables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;intégralité des végétaux doit figurer
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/Bocage/Liste-varietes-bocageres-eligibles-aide-haie-bocagere.pdf" rel="noopener" target="_blank"&gt;
+   dans la liste fournie
+  &lt;/a&gt;
+  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plantations de jeunes plants,
+  cépée et bourrage : hauteur limitée à 1,0 m, haut-jet : hauteur limitée à 1,5 m ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre d&amp;#039;un plant par mètre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre d&amp;#039;un paillage naturel ou synthétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les talus et clôtures ne sont pas éligibles seuls et doivent être sur un linéaire de plantation de haies.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus, consultez également les
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/Bocage/aides-plantation-haies-conditions-d-obtention.pdf" rel="noopener" target="_blank"&gt;
+  conditions d&amp;#039;obtention des aides.
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haie-2.html</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service environnement du Département du Calvados
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:environnement&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+   environnement&amp;#64;calvados.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél : 02 31 57 15 68
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d69-favoriser-la-plantation-de-haies/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>97346</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de plantation de haies bocagères et de bosquets</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Plantations de haies et de bosquets en zone rurale</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Plan Vendée Biodiversité Climat -
+  Plantation de haies et de bosquets en zone rurale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif vise à accompagner l&amp;#039;élaboration de projets de plantation de haies bocagères et de bosquets pour valoriser le paysage rural et favoriser la biodiversité par le choix des végétaux adaptés aux sols et aux paysages ainsi qu&amp;#039;au contexte du réchauffement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût de l&amp;#039;accompagnement technique est plafonné à 1 000€ HT. Le coût des travaux est plafonné à 
+5€ HT le ml pour les haies avec paillage biodégradable 8€ HT le ml pour les haies avec paillage biodégradable avec talus avec fossé.
+15€ HT par arbre pour les alignements d&amp;#039;arbres
+3000€ HT par hectare pour les bosquets.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dépenses éligibles concernant l&amp;#039;accompagnement technique, les travaux et le matériel nécessaire à la réalisation des projets de plantations sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accompagnement technique du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des végétaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des matériaux relatifs à la plantation (paillage biodégradable, protection et tuteurage),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de préparation de terrain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de plantation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préparation ou la fourniture du paillage biodégradable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la pose du paillage biodégradable, des protections et du tuteurage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Tout projet de plantations doit tenir compte de la liste des essences subventionnées par le Département
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les plantations à proximité des zones bâties, il convient de se référer aux fascicules « Planter dans ... » réalisée par le C.A.U.E. en concertation avec la Chambre d&amp;#039;Agriculture. Ces plaquettes sont téléchargeables sur le site du CAUE (
+ &lt;a href="https://www.caue85.com" rel="noopener" target="_blank"&gt;
+  https://www.caue85.com
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles doivent concerner les projets hors remembrement et sans finalité productive relatifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  hors zone bâtie, aux plantations de haies ou au regarnissage de haies existantes y compris autour des sièges d&amp;#039;exploitation et des bâtiments agricoles avec un minimum de 200 mètres linéaires en continu ou en discontinu pouvant aller jusqu&amp;#039;à une emprise de 10 mètres de large.
+Les haies peuvent être doubles ou triples dans la limite de distances de 1,5 ml maximum sur la ligne et espacées de 0,75 ml entre ligne (plantations à réaliser en quinconce).
+Au-delà de 1,5 ml de large entre le pied des arbres et/ou de 3 lignes espacées de plus de 0,75 ml, la plantation sera rattachée au boisement (subvention surfacique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux constitutions de bosquets entre 1 500 m2 et 50 000 m2 (0,15 ha et 5 ha). Les bosquets seront constitués au minimum de 4 essences différentes.  Du point de vue de la biodiversité, les plantations réalisées au minimum sur 2 lignes ainsi que sur talus sont préconisées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De même, lorsque cela est possible, la réalisation de haies sur talus et terrains en pente doit se faire perpendiculairement à la pente (lutte contre l&amp;#039;érosion des sols, réserve en eau en profondeur,...).
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention ne doit pas avoir pour objet de financer des plantations visant à se mettre en conformité avec la règlementation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Agriculture et Pêche
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue du Maréchal Foch
+85923 LA ROCHE-SUR-YON CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.42    Fax : 02.51.44.20.25
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:agriculture&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  agriculture&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.daviaud@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a25a-accompagner-les-projets-de-plantation-de-haie/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>156131</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la préservation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I122" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J122" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
+  (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
+  (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares :
+  Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements favorables à la biodiversité
+  en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements de valorisation du patrimoine naturel
+  comme les panneaux thématiques pour l&amp;#039;éducation à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations :
+  Travaux de plantations de vergers, bosquets, d&amp;#039;alignements d&amp;#039;arbres et d&amp;#039;arbres isolés -
+   Opérations de restauration des arbres têtards
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies :
+  Diagnostic phytosanitaire - Les travaux de création ou de restauration de haies, y compris les travaux préalables nécessaires (dessouchage, travaux de terrassement, préparation du sol et paillage) et les plantations de végétaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Travaux réalisés par un prestataire externe compétent dans le domaine ou travaux réalisés en régie par les communes ou les groupements de communes (dans ce cas, seul le montant des factures relatives à l&amp;#039;acquisition des matériaux est pris en compte)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt des études et du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éléments patrimoniaux justifiant de l&amp;#039;intérêt du site concerné par le projet, ou de sa fragilité (présence sur le territoire de milieux naturels fragiles et menacés), reconnus en tant que tel ou inscrits à des inventaires scientifiques (ZNIEFF, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantie de la maîtrise du foncier par le maître d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection du patrimoine naturel restauré par délibération spécifique ou dans le PLU ou la carte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement sur l&amp;#039;honneur à préserver les éléments restaurés pendant 20 ans minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et aménagements de valorisation du patrimoine naturel : les projets doivent s&amp;#039;intégrer dans un projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations: Pour les vergers : espèces d&amp;#039;arbres fruitiers locales et anciennes à hautes tiges - Pour les bosquets : taille inférieure ou égale à 50 ares et conformité à la liste des essences locales - Pour les alignements d&amp;#039;arbres et arbres isolés : se conformer à la liste des essences locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies: 100 mètres minimum - Conformité au cahier de plantations du Département (essences locales et structuration de la haie)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Planchers des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares, aménagements favorables à la biodiversité, aménagements de valorisation du patrimoine naturel et plantations : 1.500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 100 minimum
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafonds des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares : 8.000€ HT par mare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 18€ HT par mètre linéaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="W122" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>128944</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et soutenir les initiatives en faveur de la préservation de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Programme d’aide à la renaturation et à la préservation des espaces naturels</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà de la sauvegarde et de la préservation des espaces naturels déjà identifiés, certains territoires souhaitent promouvoir de manière active :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la renaturation de certains sites dégradés ou menacés
+  &lt;/li&gt;
+  &lt;li&gt;
+   la création ou la restauration d&amp;#039;infrastructures écologiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   la valorisation de sites au potentiel biologique avéré,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le changement des pratiques et des usages pour remettre l&amp;#039;environnement et la biodiversité au cœur des préoccupations.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit aussi de garantir les mesures de gestion écologique pérennes (plans de gestion), afin de maintenir les intérêts biologiques et les fonctionnalités écologiques des habitats naturels restaurés ou créés.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un programme sectoriel, le Département soutiendra les projets de renaturation, de restauration et de création d&amp;#039;un patrimoine environnemental mettant en valeur les pratiques et modes de gestion respectueux du site ainsi que les projets exemplaires de reconquête des paysages et des habitats naturels ; étant précisé ici que ce programme est complémentaire du dispositif de labellisation des espaces naturels sensibles, existant par ailleurs sur les secteurs identifiés à fort enjeu biodiversité dans le cadre du schéma départemental des espaces naturels sensibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles au présent programme, les projets situés hors zone urbaine au sens des documents d&amp;#039;urbanisme (et assimilés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les études :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40% du montant des études mentionnées à l&amp;#039;article 3 et des dépenses de maîtrise d&amp;#039;oeuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide sera plafonnée à 20 000 € pour les études cumulées, dépenses de maîtrise d&amp;#039;oeuvre comprises.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ - Pour les travaux et investissements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40% des dépenses éligibles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   80% pour les plantations (fourniture des plants, préparation et mise en œuvre paillage et protection), conformément à la liste jointe en annexe au présent règlement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   80% pour la création et curage de mares naturelles et la suppression d&amp;#039;obstacles s&amp;#039;opposant à l&amp;#039;écoulement naturel de l&amp;#039;eau.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide cumulée sera plafonnée à 400 000 € pour les travaux de reconquête en tant que tels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de restauration et de renaturation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions d&amp;#039;éligibilité des projets :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets présentés dans la cadre du présent programme devront cibler en premier lieu des opérations de reconquête écologique d&amp;#039;espaces dégradés et/ou menacés et les opérations d&amp;#039;amélioration quantitative et qualitative des habitats naturels et de leurs fonctionnalités. Ils comporteront un volet « restauration des fonctionnalités écologiques » à l&amp;#039;échelle d&amp;#039;un continuum écologique identifié dans le cadre d&amp;#039;un diagnostic préalable élargi.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets soutenus de manière prioritaire seront ceux qui présenteront un intérêt départemental, soit par l&amp;#039;envergure / l&amp;#039;ambition du projet, soit par le caractère innovant des opérations de création/renaturation, soit enfin par la rareté de l&amp;#039;habitat naturel et/ou de l&amp;#039;espèce ou des espèces cible(s) identifiée(s).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets de réaménagement paysager seul, à des fins esthétiques et/ou d&amp;#039;usages de loisirs, sont exclus du présent programme, d&amp;#039;autres règlements d&amp;#039;aide ou dispositifs contractuels pouvant exister par ailleurs.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets d&amp;#039;équipements de mobiliers et clôtures ou de sentier d&amp;#039;interprétation seul sont exclus du présent programme s&amp;#039;ils ne sont pas intégrés dans un projet global de création, de renaturation ou de mise en défens des milieux naturels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets retenus devront présenter une garantie de pérennité de l&amp;#039;action et de gestion environnementale dans la durée, c&amp;#039;est-à-dire, sur une durée minimum de 20 ans. A ce titre, les dossiers retenus, lorsqu&amp;#039;il s&amp;#039;agit notamment de travaux, devront obligatoirement prévoir un plan de gestion et un engagement du pétitionnaire à mettre en oeuvre, sur la durée considérée, les moyens nécessaires pour évaluer sur le plan scientifique les actions engagées (suivis écologiques) et maintenir la vocation environnementale des espaces restaurés. Ce plan de gestion devra préciser, année par année, les coûts prévisionnels des opérations à engager, qu&amp;#039;il s&amp;#039;agisse de travaux de gestion ou de suivis écologiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   A l&amp;#039;issue du programme de renaturation et après validation du plan de gestion par le Département, suivant la nature des travaux réalisés et l&amp;#039;envergure du projet au regard des enjeux départementaux en matière de biodiversité, l&amp;#039;espace naturel ainsi reconstitué, pourra être éligible au second dispositif départemental déployé pour garantir la pérennité des actions de gestion engagées, à savoir la labellisation Espaces Naturels Sensibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les terrains d&amp;#039;assiette des projets devront être ouverts au public au moins partiellement ou une partie de l&amp;#039;année.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Sont éligibles au présent programme d&amp;#039;aide, dans la limite des crédits votés annuellement par le Conseil Départemental :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les inventaires écologiques préalables obligatoirement aux travaux et toutes autres démarches liées à l&amp;#039;amélioration de la connaissance en faveur de la biodiversité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études d&amp;#039;aménagement, environnementales et paysagères, de génie écologique, les études de maîtrise d&amp;#039;oeuvre... préalables obligatoirement aux travaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction (y compris désamiantage lié à la déconstruction), de résorption de points noirs, et de restauration d&amp;#039;habitats naturels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de restauration et de renaturation en tant que tels y compris travaux d&amp;#039;élimination de plantes invasives (opérations en investissement uniquement) et les équipements nécessaires à la gestion écologique (clôture agricole et autres)...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plantations d&amp;#039;essences locales conformément à la liste jointe en annexe au présent règlement (hors § agroforesterie non concerné par le présent règlement d&amp;#039;aide), la restauration de trames biologiques et des fonctionnalités, uniquement si ces plantations s&amp;#039;inscrivent dans un projet global de renaturation et de reconquête paysagère.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La signalétique d&amp;#039;interprétation/sensibilisation à la découverte de la biodiversité : panneaux sur la faune, la flore, les écosystèmes, les paysages, les habitats naturels, la gestion des milieux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements permettant de sensibiliser le public à la préservation des habitats naturels, de la faune et de la flore : clôtures, observatoires, pontons pédagogiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plans de gestion des espaces naturels, visant à définir les mesures de gestion et d&amp;#039;accompagnement sur une durée de 5 ans minimum ; étant précisé que le bénéficiaire s&amp;#039;engage tacitement par le présent programme, à réviser le plan de gestion initial, pendant la durée minimale contractuelle, à savoir 20 ans.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plans de sauvegarde d&amp;#039;espèces rares et menacées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets de travaux devront obtenir au préalable un avis technique favorable des services du Département. Le Département pourra associer, suivant la nature du projet, son réseau de partenaires scientifiques et associatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux devront obtenir l&amp;#039;ensemble des autorisations réglementaires afférentes aux secteurs concernés (autorisation Natura 2000, autorisation unique, permis d&amp;#039;aménager, dérogation CNPN, etc...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme d&amp;#039;aide est limité à un projet par bénéficiaire et par an hors projet d&amp;#039;ensemble.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département devra être associé au comité de pilotage et/ou aux réunions de suivi de l&amp;#039;ensemble des phases études, travaux et plan de gestion.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vendee.fr/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Nature et biodiversité
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 48
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:nature&amp;#64;vendee.fr" target="_self"&gt;
+  nature&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>sophie.gouel@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acff-valoriser-et-soutenir-les-initiatives-en-fave/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>105329</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et soutenir la plantation de haies et d'arbres</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Schéma des espaces naturels - plantation de haies et d'arbres (hors forêts)</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales charentaises (communes, EPCI, syndicats, etc.)&lt;/li&gt;&lt;li&gt;Associations&lt;/li&gt;&lt;li&gt;Agriculteurs (propriétaires ou fermiers)&lt;/li&gt;&lt;li&gt;Particuliers (propriétaires de parcelles agricoles)&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;La subvention du Département a pour but de favoriser la reconstitution des trames bocagères cohérentes, de renforcer la biodiversité, de réguler le régime des eaux, de limiter les îlots de chaleur, de protéger les sols contre l’érosion, de contribuer à la valorisation collective des paysages, de préserver les habitations de la dérive des produits phytosanitaires à proximité de zones agricoles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODE DE CALCUL&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plantation de haies et d&amp;#039;arbres &lt;/strong&gt;&lt;strong&gt;(incluant fourniture des plants, des tuteurs et protections biosourcés et biodégradables et le paillage naturel)&lt;/strong&gt;&lt;strong&gt;  :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  haie simple : 2 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;
+  haie double : 5 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;
+  haie triple : 7 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;arbre : 4 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;li&gt;arbre fruitier greffé isolé : 8 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Frais d’adhésion et/ou expertise : &lt;/strong&gt;montant HT de l’accompagnement plafonné à 300 €.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation des travaux :&lt;/strong&gt; 80% de la dépense HT subventionnable, plafonnée à 3 000 €, hors coût de désartificialisation des sols&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plafond de subvention :&lt;/strong&gt; 80 % des frais engagés par les planteurs
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plancher de subvention :&lt;/strong&gt; 500 €, toute demande inférieure ne sera pas traitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;br /&gt;
+ &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Critères généraux : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’intégrer dans le cadre des objectifs de la subvention cités ci-dessus. Il doit être situé sur le territoire du département de la Charente. En cas d’opération dépassant les limites administratives du département, seule la partie charentaise sera soutenue.&lt;/p&gt;&lt;p&gt;Afin de répondre aux objectifs du règlement d’intervention, le Département se réserve le droit, à titre dérogatoire, de soutenir un projet qui ne respecterait pas scrupuleusement tous les critères dès lors qu’il aura été présenté en Comité technique (cf. Modalités d’instruction et de versement) et que celui-ci aura émis avis favorable.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Localisation des plantations :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;en plein champ&lt;/li&gt;&lt;li&gt;en bordure de voirie&lt;/li&gt;&lt;li&gt;en limite de bâti agricole&lt;/li&gt;&lt;li&gt;tout autre secteur jugé pertinent pour répondre aux objectifs du Plan Arbres et Haies et du Schéma département des espaces naturels&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Attention, sont exclus du soutien du Département, les projets de plantations situées dans les espaces urbanisés à l’exception :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des projets d’aménagements d’îlots de fraîcheur ou projets similaires ;&lt;/li&gt;&lt;li&gt;des projets concourant à protéger les habitations de la dérive des produits phytosanitaires issus de zones agricoles à proximité immédiate.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le bénéficiaire veillera à s’informer de façon exhaustive sur les zonages relatifs au secteur de plantation concerné et à respecter scrupuleusement toute règlementation ou servitude s’y appliquant (plan local d’urbanisme, site classé, site inscrit, etc.)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Contraintes liées aux plantations en bordure de routes départementales&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;au-delà de la limite du domaine départemental, il est nécessaire d’obtenir l’alignement auprès des agences départementales de l’aménagement (ADA),&lt;/li&gt;&lt;li&gt;la plantation a lieu à une distance minimale de 4 mètres de la bordure de la chaussée,&lt;/li&gt;&lt;li&gt;lorsque la route présente une fréquentation de plus de 1 500 véhicules par jour, la distance minimale est de 7 m.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Calendrier de plantations : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Novembre à mars, en s’assurant des bonnes conditions pédoclimatiques permettant d’obtenir rapidement une reprise des plants (hors période de gel ou inondation …),&lt;/li&gt;&lt;li&gt;Report exceptionnel en cas d’aléa (météo, manque de disponibilités de plants ou autre cas de force majeure).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Choix des essences :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La liste des essences autorisées est celle publiée par le Conservatoire Botanique National Sud Atlantique. Pour les arbres fruitiers greffés, seront retenues les variétés fruitières anciennes du Sud-Ouest. Les arbres fruitiers non greffés sont considérés comme des essences classiques d’arbres et arbustes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Diversité des essences :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Haies et bosquets : 5 essences différentes au moins (veiller à mélanger les différentes strates et à inclure des essences fruitières et/ou favorables aux pollinisateurs&lt;/li&gt;&lt;li&gt;Vergers : 3 essences différentes au moins, en diversifiant parmi les variétés anciennes si possibles &lt;/li&gt;&lt;li&gt;Arbres d’alignement : possibilité de plantation monospécifique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Travail du sol :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le coût du travail du sol est compris dans le coût d’implantation. Le coût de la désartificialisation des sols n’est pas éligible.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Protection des plants et tuteurs : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les protections et tuteurs en plastique sont proscrits et doivent être biosourcés et biodégradables, à l’exception de ceux concernant les arbres de haut jet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Paillage : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire s’engage à utiliser un paillage biodégradable pour la plantation en quantité suffisante pour un bon développement de la haie. Le bénéficiaire s’engage à regarnir le paillage si nécessaire. Dans ce cadre, l’emploi de plastique est proscrit.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Entretien de la plantation de haie :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il consiste à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;dégager la végétation herbacée pendant les trois premières années,&lt;/li&gt;&lt;li&gt;compléter le paillage si nécessaire,&lt;/li&gt;&lt;li&gt;défourcher et élaguer les arbres de hauts jets pour obtenir une qualité bois d’œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour éviter la destruction des espèces protégées, en particulier les oiseaux nicheurs, et pour répondre aux recommandations de l&amp;#039;Office Français de la Biodiversité, le bénéficiaire s’engage à éviter toute intervention sur les haies entre le 15 mars et le 15 août, à l&amp;#039;exception de celles relatives à la sécurité des biens et des personnes.&lt;/p&gt;&lt;p&gt;Il s’engage également à ne pas détruire la haie plantée grâce à l’aide du Département.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Distance de plantation :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il est obligatoire de respecter la règlementation en vigueur relative à la distance de plantation vis-à-vis des fonds publics ou privés.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux haies&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;longueur minimale de haie : 100 mètres d’un seul tenant,&lt;/li&gt;&lt;li&gt;emprise de la haie : entre 70 cm et 1 m de large,&lt;/li&gt;&lt;li&gt;distance maximale entre deux plants : 2 m.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux arbres fruitiers&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les fruitiers y compris greffés peuvent être implantés dans le linéaire de la haie en respectant une densité maximale de 20% ; privilégier les essences locales et conservatoires : pommier, poirier, prunier, cerisier, pêcher, châtaignier, noyer, noisetier, abricotier, amandier, cognassier, figuier, néflier, ... &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;(Pour plus d’informations, se rapprocher du Domaine Agro écologique de Barolle à MONTESQUIEU 47130 - ex Conservatoire végétal régional de Nouvelle-Aquitaine)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux vergers de variétés anciennes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;seules les collectivités sont éligibles. Un maximum de 100 arbres fruitiers greffés d’essences locales et conservatoires peut être subventionné (pommier, poirier, prunier, cerisier, pêcher, châtaignier, noyer, noisetier, abricotier, amandier, cognassier, figuier, néflier, etc.).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques à la dérive des produits phytosanitaires&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les caractéristiques des plantations proposées par les structures doivent être en adéquation avec l’objectif (argumentation à présenter en comité technique). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux arbres&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;les projets visant à compléter les haies existantes (dents creuses) ou les arbres isolés seront privilégiés.&lt;/p&gt;&lt;p&gt;Attention : Les projets d’agroforesterie ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant, l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  les éléments techniques du projet de plantation (formulaire spécifique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous les devis qui entrainent un coût pour le planeur (plants, paillage, implantation et protection)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;des factures acquittées,&lt;/li&gt;&lt;li&gt;l&amp;#039;attestation sur l&amp;#039;honneur du bénéficiaire,&lt;/li&gt;&lt;li&gt;des visuels certifiant que la réalisation de la plantation est conforme au dossier subventionné&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; Modalités particulières d&amp;#039;instruction :
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subventions doivent être établies par les structures en charge du dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la Chambre d&amp;#039;agriculture de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le Centre d&amp;#039;Etude Technique Environnemental et Forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association Prom&amp;#039;haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association pour la Mise en Valeur des Forêts du Sud Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Fédération des Chasseurs de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de Bassin etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Celles-ci présentent les projets de plantation et transmettent le formulaire au Département dûment complété 15 jours avant la tenue des comités techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Examen des dossiers par le comité technique :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers recevables sont présentés lors de la réunion d&amp;#039;un comité technique, au cours de laquelle chaque structure dispose d&amp;#039;une voix. Ce comité émet un avis simple sur les projets présentés en fonction des conditions techniques de plantation et de leur intérêt environnemental et paysager. Il est composé des structures suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le Centre Régional de la Propriété Forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Direction Départementale des Territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association Charente Nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Fédération des Chasseurs de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le CAUE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hennessy
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grand Angoulême
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dates de réunion du comité technique sont fixées par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ → Modalités de versement :
+&lt;/p&gt;
+&lt;p&gt;Les paiements relatifs aux plantations
+sont effectués en un versement.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le paiement du solde
+intervient après dépôt des pièces justificatives dans le portail
+« Subvention 16 » (cf. PIECES A FOURNIR) et traitement par les
+services du Département qui rédigent un procès-verbal. Celui-ci est cosigné par
+le bénéficiaire uniquement en cas de réception in situ.&lt;/p&gt;&lt;p&gt;
+ Les travaux des bénéficiaires ayant fait une demande de solde avant l&amp;#039;été sont réceptionnés dès l&amp;#039;automne par les services du Département ou par tout autre technicien habilité par le Département. La réception fait l&amp;#039;objet d&amp;#039;un procès-verbal, cosigné par le planteur.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour que la réception soit conforme, la plantation doit être réalisée et correspondre au descriptif de projet approuvé par le comité technique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les plantations de haies, ces dernières doivent présenter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un taux de reprise d&amp;#039;au moins 80 % sans trouées de plus de 10 mètres
+ &lt;/li&gt;
+ &lt;li&gt;
+  un linéaire conforme au projet, avec une tolérance de 5 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un entretien suffisant pour permettre à la haie de se développer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les plantations d&amp;#039;arbres d&amp;#039;alignement ou de verger, ces dernières doivent présenter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un taux de reprise d&amp;#039;au moins 90 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un linéaire ou dispositif conforme au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La conformité des réceptions déclenche le versement des subventions des plantations.&lt;/p&gt;
+&lt;p&gt;
+ Si la réception s&amp;#039;avère non conforme, le bénéficiaire devra effectuer les restaurations et compléments nécessaires et tenir informé le Département de la fin des travaux. Le planteur pourra néanmoins solliciter le versement de la partie conforme de la haie, mais ne pourra bénéficier du reste de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Si toutefois, la réfaction entraine un calcul de la subvention inférieur à 500 €, le projet ne pourra être financé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité :
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra être achevé et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive. Au-delà de ce délai de deux ans, le projet est considéré comme abandonné.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet peut s&amp;#039;échelonner sur deux années afin d&amp;#039;atteindre le plafond des 500 €. Il constitue alors une seule et même demande.
+&lt;/p&gt;&lt;p&gt;Contrôle :&lt;/p&gt;&lt;p&gt;Le Département se réserve le droit de
+procéder à des contrôles concernant la conformité des travaux réalisés (nombre
+de plants vivants, paillage, tuteurs et protections). Le bénéficiaire est
+informé qu’à l’issue des contrôles, si les plantations ne sont pas conformes au
+projet déposé et pour lequel la subvention a été octroyée, il est dans
+l’obligation d’effectuer à ses frais les travaux de mise en conformité
+(entretien, paillage, regarni, etc.)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/02-Au_quotidien/03-Dispositifs_de_subventions/plantation_haies_arbres.pdf</t>
+        </is>
+      </c>
+      <c r="W124" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Schéma des espaces naturels - plantation de haies et d&amp;#039;arbres (hors forêt)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service environnement, agriculture et aménagement foncier ; Tél. : 05 16 09 60 94&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMUNICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La communication sur le projet financé doit systématiquement se faire en prenant l&amp;#039;attache du Département et à minima en mentionnant son soutien au projet, sous peine de révision de l&amp;#039;octroi de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est conditionnée au respect des points suivant :
+&lt;/p&gt;
+&lt;p&gt;
+ -	la communication presse possible uniquement après contact et validation du Département
+&lt;/p&gt;
+&lt;p&gt;
+ -	toute communication écrite ou orale doit mentionner l&amp;#039;aide du Département
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b68a-accompagner-et-soutenir-la-plantation-de-haie/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>165128</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les transitions dans les secteurs de l'économie du vivant</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Transitions dans les secteurs de l'économie du vivant</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’actions de recherche et/ou de développement, d’échanges de connaissances et actions d’information ou d’actions de coopération autour d’un projet structurant ou innovant dans le secteur agricole, viticole, forestier ou de la bioéconomie ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;80 % maximum pour les dépenses de fonctionnement / 50% maximum pour les dépenses d’investissement pour des actions de recherche et/ou de développement, des actions d’échanges de connaissances et/ou des actions d’informations&lt;/li&gt;
+&lt;li&gt;50% maximum pour les dépenses de fonctionnement et d’investissement pour des actions de coopération&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si votre projet présente un intérêt pour les entreprises opérant dans le secteur agricole, viticole, forestier ou de la bioéconomie en Grand Est &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Et si vous êtes : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;un organisme de recherche et/ou de diffusion de connaissances et vous portez une action de recherche et/ou de développement de nouvelles techniques, de nouveaux outils ou systèmes d’automatisation et d’analyse de données, de nouvelles formes organisationnelles&lt;/li&gt;
+&lt;li&gt;un organisme fournissant des services d’échanges de connaissances et réalisant des actions d’information dans le secteur forestier ou une PME dans le secteur agricole, viticole, forestier ou de la bioéconomie en Grand Est et vous portez une action d’échanges de connaissances et/ou une action d’information&lt;/li&gt;
+&lt;li&gt;à minima 2 entités éligibles portant une action de coopération autour d’un projet structurant ou innovant favorisant le développement économique du territoire et la compétitivité des filières tout en contribuant aux enjeux transversaux d’innovation, de protection de l’environnement et d’adaptation au changement climatique&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et si votre projet vise : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Une action de recherche et/ou de développement :&lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;à partir d’objectifs clairement définis, la validation opérationnelle d’une solution scientifique ou technique ou organisationnelle à une problématique impactant directement la performance économique et/ou sociale et/ou environnementale&lt;/li&gt;
+&lt;li&gt;à faire la démonstration de son opportunité au regard des priorités régionales et prévoir une diffusion large des résultats&lt;/li&gt;
+&lt;li&gt;la réalisation d’études prospectives&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Pour les actions d’échanges de connaissances et actions d’informations :&lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;à structurer des filières performantes sur toute leur chaîne de valeur en renforçant les liens entre les différents maillons&lt;/li&gt;
+&lt;li&gt;à capitaliser, diffuser et conseiller sur des bonnes pratiques susceptibles d’améliorer la performance économique, sociale ou environnementale du public cible (ex : cours de formation, ateliers, conférences, encadrement, activités de démonstration, actions d’information, promotion de l’innovation, visites d’exploitations, etc.)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Pour les actions de coopération autour d’un projet structurant ou innovant :&lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;le déploiement d’un projet pilote&lt;/li&gt;
+&lt;li&gt;la mise au point de nouveaux produits, pratiques, procédés et technologies&lt;/li&gt;
+&lt;li&gt;l’émergence de nouvelles formes d’organisation de mise en vente, de livraison de productions, en optimisant l’organisation de la chaîne logistique de distribution pour la mise en place et le développement de circuits d’approvisionnement courts ou de marchés locaux&lt;/li&gt;
+&lt;li&gt;les actions collectives entreprises à des fins d’atténuation du changement climatique ou d’adaptation à celui-ci&lt;/li&gt;
+&lt;li&gt;les approches communes à l’égard des projets environnementaux et des pratiques environnementales en vigueur, y compris la gestion efficace de l’eau, l’utilisation d’énergies renouvelables et la préservation des paysages agricoles&lt;/li&gt;
+&lt;li&gt;une coopération entre acteurs de la chaine d’approvisionnement dans le cadre de la fourniture durable de biomasse utilisée dans la production alimentaire et non alimentaire (énergie, matériaux, molécules, etc.)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces premiers critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;80 % maximum pour les dépenses de fonctionnement / 50% maximum pour les dépenses d’investissement pour les actions de recherche et/ou de développement et/ou pour les actions d’échanges de connaissances et actions d’informations&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;50% maximum pour les dépenses de fonctionnement et d’investissement pour les actions de coopération&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les taux indiqués s’entendent sous réserve du respect du droit communautaire des aides d’état.&lt;/p&gt;
+&lt;p&gt;L’aide allouée tiendra compte du partenariat mis en place et de la capacité du porteur de projet à mobiliser une diversité de financeurs publics, et le cas échéant, de partenaires privés.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne dès réception des devis justifiant le coût de votre projet.&lt;/p&gt;
+&lt;p&gt;Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2024</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transitions-economie-vivant/</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0229/depot/simple</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vos contacts :&lt;/p&gt;&lt;p&gt;agriculture&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 26 70 31 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/transitions-dans-les-secteurs-de-leconomie-du-vivant/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>94574</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser et accompagner aux économies d'énergie dans les ZNI</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Programme SEIZE</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Eco CO2</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme SEIZE est un dispositif d&amp;#039;accompagnement aux économies d&amp;#039;énergie dédié aux entreprises et Collectivités territoriales de Corse, Guadeloupe, Guyane, Martinique et La Réunion. Financé à 100% dans le cadre du dispositif des Certificats d&amp;#039;Économies d&amp;#039;Énergie (CEE) et porté par Eco CO2, le programme propose un accompagnement à la maîtrise de la demande en énergie à travers différentes actions :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ateliers de sensibilisation aux économies d&amp;#039;énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un kit de mesure et suivi des consommations d&amp;#039;énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement vers les dispositifs d&amp;#039;aides disponibles sur chaque territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite énergie des locaux profesionnels
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une plateforme permet à chacun de s&amp;#039;informer, de suivre ses consommations et d&amp;#039;agir pour aller plus loin dans la démarche :
+ &lt;a href="https://seize-maitrise-energie.fr/" rel="noopener" target="_blank"&gt;
+  www.seize-maitrise-energie.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ateliers de sensibilisation aux économies d&amp;#039;énergie
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Collectifs ou personnalisés, à destination des dirigeants et des collaborateurs, les ateliers permettent de s&amp;#039;informer sur les économies d&amp;#039;énergie et de connaître les écogestes en fonction du secteur d&amp;#039;activité des participants.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Kit de mesure et suivi des consommations d&amp;#039;énergie
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mise à disposition d&amp;#039;un équipement de mesure composé de capteurs pour suivre la consommation électrique, la température et l&amp;#039;hygrométrie de ses locaux professionnels. L&amp;#039;objectif : réduire sa consommation tout en optimisant son confort.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagnement vers les aides &amp;amp; dispositifs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement vers les dispositifs d&amp;#039;aides disponibles sur chaque territoire et informations sur les actions à mettre en place afin d&amp;#039;améliorer sa performance énergétique.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Visite énergie
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Visite des locaux professionnels par un conseiller SEIZE et remise d&amp;#039;un rapport personnalisé contenant des préconisations d&amp;#039;actions pour réaliser des économies d&amp;#039;énergie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P126" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2021</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Programme SEIZE s&amp;#039;adresse aux collectivités et entreprises des Zones Non Interconnectées (ZNI) suivantes : Corse, Guadeloupe, Guyane, Martinique et La Réunion.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des offres, il suffit de se rendre sur le site du Programme SEIZE :
+ &lt;a href="https://seize-maitrise-energie.fr/" rel="noopener" target="_blank"&gt;
+  www.seize-maitrise-energie.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://seize-maitrise-energie.fr/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact par territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Corse :
+  &lt;/strong&gt;
+  &lt;a href="https://seize-maitrise-energie.fr/corsica" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/corsica
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I
+  mail : corse&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Guadeloupe
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/gp" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/gp
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : guadeloupe&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Martinique
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/mq" target="_self"&gt;
+   seize-maitrise-energie.fr/mq
+  &lt;/a&gt;
+  I mail: martinique&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Guyane
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/gf" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/gf
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : guyane&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La Réunion
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/re" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/re
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : reunion&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>gil.doat@ecoco2.com</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01c8-programme-seize/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>40596</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'économies d'énergie</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Service public Des Energies dans la Drôme (SDED)</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention plafonnée à 50 000 € sur 3 années glissantes</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Territoire d&amp;#039;Énergie Drôme - SDED propose un coup de pouce décisif pour vous faire passer à l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque les collectivités adhèrent à son service de Conseil Energie Plus, elles peuvent bénéficier d&amp;#039;une aide aux travaux d&amp;#039;économies d&amp;#039;énergie
+ &lt;strong&gt;
+  dans les bâtiments existants
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion donne accès à un accompagnement technique et financier, apportant d&amp;#039;une part, un pré-diagnostic et un conseil d&amp;#039;aide à la décision, et d&amp;#039;autre part, une subvention aux travaux d&amp;#039;amélioration énergétique du patrimoine bâti public.
+&lt;/p&gt;
+&lt;p&gt;
+ Selon la nature des actions prévues, l&amp;#039;aide est de 20 % ou 50 % du coût HT des travaux. Un bouquet de travaux comprenant l&amp;#039;isolation de toiture et des murs permet d&amp;#039;obtenir un taux d&amp;#039;aide unique à 50 % sur tous les autres travaux d&amp;#039;économies d&amp;#039;énergie associés au même chantier.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est plafonnée à 50 000 € sur trois années glissantes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion à Energie Plus pour 2024* s&amp;#039;élève à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - 0,50 € par habitant et par année civile pour les communes rurales (au sens de la TICFE),
+&lt;/p&gt;
+&lt;p&gt;
+ - 0,80 € par habitant et par année civile pour les communes urbaines (au sens de la TCCFE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - pour les intercommunalités, une convention pluriannuelle est proposée sur la base tarifaire de 0,30 € par habitant et par année civile.
+&lt;/p&gt;
+&lt;p&gt;
+ - dans tous les cas, le minimum est de 200 € et le maximum de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  (*chiffres actualisés chaque année)
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux d&amp;#039;isolation, chauffage, ventilation, protection solaire, etc, pour tout bâtiment public communal ou intercommunal, ainsi que les logements locatifs.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La définition des travaux est examinée au stade de la demande d&amp;#039;aide, avant l&amp;#039;engagement de l&amp;#039;opération. Un conseiller technique peut se rendre sur place pour explorer différentes solutions. L&amp;#039;éligibilité s&amp;#039;aligne en majeure partie sur les critères techniques des fiches d&amp;#039;opérations standardisées des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE). En contrepartie des aides accordées, Territoire d&amp;#039;Énergie Drôme - SDED récupère les dossiers de CEE.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded.org/activites/transition-energetique</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ transition-energie&amp;#64;sded.org
+&lt;/p&gt;
+&lt;p&gt;
+ 04 75 82 76 14
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>jchristophe-niemiec@sded.org</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7179-aide-financiere-aux-travaux-deconomies-denerg/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>92356</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Conforter l'attractivité économique des territoires</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier d'Occitanie (EPF)</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les stratégies foncières élaborées avec les collectivités permettent d&amp;#039;identifier les fonciers destinés à favoriser le développement économique d&amp;#039;un territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie favorise la requalification des zones existantes et peut intervenir dans le cadre d&amp;#039;opérations d&amp;#039;ensemble et 
+intercommunales à visée économique, à caractère touristique et 
+susceptibles d&amp;#039;accueillir aussi de grands équipements publics ; dès lors que ces opérations sont cohérentes avec les orientations d&amp;#039;aménagement durable du Programme Pluriannuel d&amp;#039;Intervention et nécessitent une maîtrise foncière publique pour les sécuriser.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le territoire d&amp;#039;intervention de l&amp;#039;EPF d&amp;#039;Occitanie appelle à des actions 
+diversifiées en faveur du développement économique qui est étroitement 
+lié au développement résidentiel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le tourisme est également diversifié : tourisme agricole, montagne, littoral...
+ &lt;br /&gt;
+ Les collectivités recherchent un équilibre entre offres aux résidents et aux touristes ; l&amp;#039;EPF accompagne les réflexions sur la philosophie d&amp;#039;aménagement pour répondre à ces besoins spécifiques.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;EPF accompagne les collectivités sur des projets variés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Développement économique de la filière numérique
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aude : Requalification d&amp;#039;une zone d&amp;#039;activité dans le cadre de sa mutation vers la filière numérique. L&amp;#039;EPF a conduit une étude pour accompagner la Communauté de commune dans sa réflexion à long terme.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Intervention liée au tourisme
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lot : Réhabilitation d&amp;#039;un hôtel particulier en plein cœur du centre historique, afin de préserver l&amp;#039;activité restauration et de relancer l&amp;#039;activité hôtelière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ariège : Reconversion en faveur d&amp;#039;un projet d&amp;#039;aménagement dans le domaine de l&amp;#039;économie touristique. L&amp;#039;EPF a accompagné la collectivité afin de sécuriser et accélérer le projet de création d&amp;#039;une offre d&amp;#039;hôtellerie et de restauration haut de gamme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Reconversion de site économique
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pyrénées-Orientales : l&amp;#039;EPF accompagne une commune pour la reconversion d&amp;#039;un hangar en école audiovisuelle et la construction d&amp;#039;un pôle numérique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Foncier
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf-occitanie.fr/type-dintervention/developpement-de-lattractivite-de-la-region-et-de-ses-territoires/</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Occitanie
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Siège : 04 99 54 91 10
+ &lt;br /&gt;
+ contact&amp;#64;epf-occitanie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>esra.gueuvin@epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/551f-copie-14h03-accompagner-la-redynamisation-des/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>80363</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Libérer l’initiative économique dans les territoires</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Association pour le Droit à l'Initiative Economique (ADIE)</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Particulier</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la création ou le développement d&amp;#039;entreprises sur votre territoire en communiquant sur les aides accessibles aux créateurs d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter l&amp;#039;accès à l&amp;#039;emploi, grâce à la mobilité (achat, réparation de véhicule) des usagers de votre territoires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ADIE propose partout en France métropolitaine et Outre-mer (au moyen de ses 158 antennes et 292 permanences), pour les personnes n&amp;#039;ayant pas accès au crédit bancaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un  financement  sous  la  forme  d&amp;#039;un  microcrédit  professionnel  remboursable  (en  moyenne  d&amp;#039;un montant de 4700€) pouvant aller jusqu&amp;#039;à 10 000 euros (15 000 euros en Outre-mer) pour financer la création  ou  le  développement  de  son  entreprise,  quel  que  soit  le  secteur  d&amp;#039;activité  (artisanat, commerces  de  proximité,  restauration,  service  à  la  personne,  agriculture,  culture,  BTP,  etc)  et  son statut juridique;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un financement sous la forme d&amp;#039;un microcrédit personnel remboursable pouvant aller jusqu&amp;#039;à 5000 euros pour financer un besoin de mobilité (permis, achat ou réparation de véhicule);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un  accompagnement  personnalisé  grâce  à  des  services  de formations  gratuites,  de  conseils  et  de coaching  personnalisé  avant,  pendant  et  après  la  création  d&amp;#039;entreprise  (notamment  sur  le  volet administratif, financier, commercial et juridique);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plaidoyer en faveur de l&amp;#039;évolution de la législation sur l&amp;#039;entrepreneuriat, la protection des micro-entrepreneurs et l&amp;#039;inclusion bancaire des plus fragiles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez quelques exemples de personnes accompagnées :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.adie.org/a-la-une/" rel="noopener" target="_blank"&gt;
+  https://www.adie.org/a-la-une/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adie.org</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adie couvre toutes les régions de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus contacter :
+  partenariat&amp;#64;adie.org
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouverez ici la liste des antennes de l&amp;#039;Adie :
+ &lt;a href="https://www.adie.org/nos-agences/"&gt;
+  https://www.adie.org/nos-agences/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c827-liberer-linitiative-economique-dans-les-terri/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>77364</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets autour de l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure d’insertion par l’activité économique ou adaptée aux personnes en
+situation de handicap, une entreprise engagée dans l’inclusion numérique
+relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
+circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
+sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
+bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
+long terme via des dispositifs adaptés ? La Banque des Territoires vous
+accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
+de l’économie inclusive : insertion par l’activité économique, inclusion
+numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
+social. Le financement peut se faire sous forme d’investissement direct en
+fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
+la Banque des Territoires soutient également l’opérationnalisation de
+programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
+numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Economie sociale et solidaire
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>162985</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie avec des animations ou équipements collectifs</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 7 - FEDER</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I131" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J131" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actifs du Cœur Entre-deux-Mers travaillent essentiellement hors du
+territoire sur les pôles urbains. La balance emplois / actifs du territoire est
+donc déficitaire et est &lt;/span&gt;&lt;span&gt;soutenue par l’emploi présent dans &lt;/span&gt;&lt;span&gt;les territoires voisins.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La forte présence de très petites entreprises et les nouvelles façons de
+travailler (à distance, …) poussent donc certains professionnels à travailler
+via des modalités collectives et partagées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser une relocalisation des emplois et le développement de
+l’économie centrée sur le territoire et non tournée vers l’extérieur&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer des outils et espaces économiques collectifs&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et promotion
+d’espaces et ateliers collectifs ou de tiers lieux (thématiques ou
+multithématiques) à vocation économique pour dynamiser les centres bourgs&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Revitalisation
+commerciale des entreprises et des villages :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de dynamisation, de promotion et de
+valorisation du tissu commercial et artisanal&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou modernisation de locaux commerciaux dans
+les centres-bourgs n’ayant pas de commerce de proximité ou afin de sauvegarder
+le seul commerce de proximité&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animation et
+promotion des principes et outils de l’Economie Sociale et Solidaire dans les
+activités économiques locales&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions de
+mutualisation de services au service des acteurs économiques locaux et de leurs
+clientèles&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P131" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q131" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-pour-developper-lattractivite-touristique/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>90828</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transition vers l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil à l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la prise de décision des entreprises en matière d&amp;#039;achats durables, de démarches d&amp;#039;éco-conception et d&amp;#039;écologie industrielle, de passage à une économie de la fonctionnalité, et de recyclage des déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner toute étude ayant pour objectif de réduire les impacts environnementaux des produits (biens ou services).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les démarches de responsabilité sociétale.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Etudes préalables techniques, financière, commerciale technique... (prestations externes)
+&lt;/p&gt;
+&lt;p&gt;
+ Prestations externes (accompagnement, diagnostic, audit, évaluation) relatives à une démarche RSE reconnue : accompagnement et évaluation AFAQ26000 et/ou labellisation LUCIE.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes de faisabilité, analyse de cycle de vie, éco-profil, étude d&amp;#039;éco-conception, étude préalable à l&amp;#039;obtention d&amp;#039;un écolabel ou d&amp;#039;une certification.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études à caractère obligatoire et réglementaires sont exclues
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/conseil-leconomie-circulaire</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fca-conseil-a-leconomie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>164110</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de développement et d'attractivité économique locale</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I133" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J133" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Information voyageur, billettique multimodale
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>154981</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les dynamiques durables de l'économie rurale</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°1</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I134" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les mutations de nos systèmes agricoles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer les circuits courts de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les projets collectifs de valorisation des produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innover/Expérimenter de nouvelles formes de pratiques dans les milieux agricoles face au changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contribuer à la création d&amp;#039;emploi et à l&amp;#039;innovation dans les entreprises :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir et consolider le tissu d&amp;#039;entreprises et de commerces de proximité ainsi que l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser et soutenir les coopérations entre acteurs et l&amp;#039;économie collaborative en réponse aux enjeux de transition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une économie qui valorise les ressources du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valoriser le potentiel touristique et encourager les dynamiques durables innovantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre touristique durable et accessible à tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir le territoire et rechercher une complémentarité entre les acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la montée en compétences des professionnels du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites économiques ; étude/ animation/développement d&amp;#039;une filière bois ; dispositif innovant de coopération et de mutualisation de moyens (PTCE, TZCLD, ...) ;...
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1473-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>119891</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude sur-mesure de l'activité économique</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous devez réaliser un état des lieux de l&amp;#039;économie et de certains secteurs d&amp;#039;activité de votre territoire ? Vous souhaitez optimiser l&amp;#039;attractivité de celui-ci, affiner votre connaissance d&amp;#039;une filière, évaluer le potentiel d&amp;#039;un évènement, l&amp;#039;impact d&amp;#039;un équipement ?
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous fournit les analyses et données utiles pour sécuriser vos décisions en matière de développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle vous propose ainsi un service sur mesure en fonction de votre stratégie locale de développement économique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   PORTRAIT DE VOTRE TERRITOIRE OU D&amp;#039;UNE FILIÈRE :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse quantitative et qualitative de données est produite à partir :
+  &lt;br /&gt;
+  - des données collectées sur les sources les plus pertinentes à votre besoin (sources CCI, organismes publics INSEE, URSSAF, partenaires, ...) ;
+  &lt;br /&gt;
+  - de recherches documentaires (presse, web, rapports d&amp;#039;experts, études antérieures et documents d&amp;#039;urbanisme) ;
+  &lt;br /&gt;
+  - d&amp;#039;un repérage de projets qui entrent dans le périmètre de l&amp;#039;analyse.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Elle vous permet d&amp;#039;identifier les forces et faiblesses de votre projet, les opportunités et menaces. Elle vous permet de hiérarchiser les enjeux et de préciser vos principaux leviers d&amp;#039;action.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse peut être complétée de services complémentaires :
+  &lt;br /&gt;
+  - identification des acteurs clés et géolocalisation des entreprises ;
+  &lt;br /&gt;
+  - enquête terrain, entretiens experts ou enquêtes auprès d&amp;#039;entreprises selon les besoins et conditions définis dans le cahier des charges ;
+  &lt;br /&gt;
+  - réunion(s) collective(s) d&amp;#039;entreprises et d&amp;#039;élus locaux.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Au final, vous obtenez les préconisations sur :
+  &lt;br /&gt;
+  - l‘évaluation des axes potentiels de développement ;
+  &lt;br /&gt;
+  - l&amp;#039;établissement de la stratégie commerciale, touristique, industrielle, foncière, ... ;
+  &lt;br /&gt;
+  - l&amp;#039;élaboration de votre plan d&amp;#039;actions ;
+  &lt;br /&gt;
+  - la rédaction des contenus et des conclusions sur vos supports destinés à promouvoir votre démarche.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ÉTUDE D&amp;#039;IMPACT ÉCONOMIQUE DE VOTRE ÉQUIPEMENT OU ÉVÉNEMENT :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Ce service s&amp;#039;adresse particulièrement aux organisateurs de manifestations, gestionnaires d&amp;#039;équipements, associations ou encore groupes d&amp;#039;acteurs publics pour analyser les retombées économiques d&amp;#039;un équipement ou événement.
+  &lt;br /&gt;
+  Il repose sur une méthodologie d&amp;#039;enquête avec la restitution d&amp;#039;un bilan.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;étude.
+  &lt;br /&gt;
+  Prestation sur devis.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+International
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/etude-sur-mesure-de-lactivite-economique</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/28e1-realiser-une-etude-sur-mesure-de-lactivite-ec/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>119703</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Construire une stratégie de développement économique territorial</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des agences d'attractivité, de développement et d'innovation (CNER)</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mettre en œuvre une stratégie de développement économique sur votre territoire afin de répondre aux enjeux futurs de celui-ci et gérer au mieux le développement territorial orienter au mieux le futur de votre territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  valorisation des secteurs d&amp;#039;activité déjà existants : artisanat, commerce, services, industrie, santé ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets d&amp;#039;accueil et d&amp;#039;implantation de nouvelles entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  attraction résidentielle : nouveaux talents et nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous souhaitez vous inspirer de pratiques innovantes issues d&amp;#039;autres territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre :
+&lt;/p&gt;
+&lt;p&gt;
+ Le CNER, fédération des agences d&amp;#039;attractivité, de développement et d&amp;#039;innovation vous propose un accompagnement comprenant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un diagnostic opérationnel de votre territoire en termes de développement économique identifiant les forces, faiblesses et potentialités de mise en dynamique de vos acteurs économiques locaux, de vos filières et des opportunités de renforcement par un développement exogène,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;émergence d&amp;#039;un positionnement compétitif du territoire basé sur le diagnostic ci-dessus complété du contexte global et des initiatives des autres acteurs institutionnels et d&amp;#039;un benchmark sur des écosystèmes innovants et inspirants
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction d&amp;#039;axes de développement pour renforcer les potentiels identifiés (stratégie de développement économique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;élaboration d&amp;#039;une feuille de route pour mettre en œuvre cette stratégie de développement économique s&amp;#039;appuyant sur les acteurs du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour vous accompagner tout au long de cette démarche, le CNER sollicitera son réseau d&amp;#039;experts aguerris rompus à l&amp;#039;exercice territorial (plus de 30 ans d&amp;#039;expérience dans l&amp;#039;exercice), en prenant en compte les spécificités propres à chacun. Ceux-ci vous aideront à mieux comprendre l&amp;#039;environnement territorial et à appréhender les facteurs clés de succès dans ce type de démarche. Au terme du soutien, ces experts vous laisseront l&amp;#039;ensemble des éléments nécessaires (diagnostic, feuille de route, données, outils et méthodes)  pour que vous puissiez poursuivre le travail en toute autonomie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  valorisation des secteurs d&amp;#039;activité déjà existants : artisanat, commerce, services, industrie, santé ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets d&amp;#039;accueil et d&amp;#039;implantation de nouvelles entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  attraction résidentielle : nouveaux talents et nouvelles populations &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Industrie</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  g.lombardi&amp;#64;cner-france.com
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>cner@cner-france.com</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/840a-construire-une-strategie-de-developpement-eco/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>163647</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Programme Usine du Futur</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
+Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
+La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
+	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
+	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
+	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
+	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
+En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
+	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
+	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
+	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
+	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
+L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Formation professionnelle
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Innovation, créativité et recherche
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q137" s="1" t="inlineStr">
+        <is>
+          <t>18/09/2026</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ETI et PME industrielles et de services à l’industrie, de 10 à 500 salariés (effectif consolidé), localisées en Nouvelle-Aquitaine.
+Les entreprises ayant déjà bénéficié d’un diagnostic Usine du Futur peuvent de nouveau candidater à condition que leur précédent diagnostic date d’au moins 2 ans.
+Si une entreprise a plusieurs sites, le périmètre de l&amp;#039;accompagnement sera précisé avec l&amp;#039;entreprise. Engagement et disponibilité du dirigeant et de ses équipes à s&amp;#039;investir dans la conduite d&amp;#039;actions d&amp;#039;amélioration de performance de l&amp;#039;analyse terrain jusqu&amp;#039;au bilan.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/usine-du-futur-agissons-aujourd-hui-pour-une-industrie-durable-et-competitive</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
+Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
+La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
+	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
+	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
+	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
+	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
+En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
+	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
+	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
+	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
+	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
+L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-usine-du-futur-2024/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>71808</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets pour l’environnement (eau, économie circulaire, biodiversité, etc.)</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet en faveur de l’environnement, structuré
+par exemple autour de la gestion de l’eau, de l’économie circulaire, de la biodiversité
+? La Banque des Territoires vous propose une offre de financement des projets
+en faveur de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes à la
+recherche d’investisseurs pour structurer et financer un projet portant sur
+l’eau et l’assainissement, l’économie circulaire ou bien encore les services
+liés à l’environnement permettant également d’adresser les problématiques debiodiversité
+et de compensation environnementale, avec des coopératives carbone.. Nous
+finançons en fonds propres et quasi-fonds propres ce type de projets.
+Sollicitez-nous pour bénéficier de financements adaptés, d’un accompagnement et
+d’une expertise reconnus.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=environnement_biodiversite_psat</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>98524</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Constituer un fonds de revitalisation économique par la consignation</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>La consignation pour constituer un fonds de revitalisation économique</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre d&amp;#039;un plan de licenciement collectif ou de revitalisation pour contribuer au développement d&amp;#039;emplois du territoire, La Banque des Territoires accompagne les grandes entreprises pour constituer un fonds de revitalisation économique grâce à la consignation.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vous permet de respecter vos engagements, d&amp;#039;atténuer les conséquences d&amp;#039;un plan de licenciement sur le tissu social local mais aussi de faciliter l&amp;#039;utilisation du fonds de revitalisation économique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une grande entreprise (plus de 1.000 salariés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations/consignation-fonds-de-revitalisation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=fonds_revitalisation_psat</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7619-constituer-un-fonds-de-revitalisation-economi/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>143307</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, de la réflexion à l’évaluation, la mise en œuvre des mesures de la trame verte et bleue régionale</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en œuvre les mesures de la trame verte et bleue dans la réalisation de vos opérations, travaux et aménagements sur votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue pour vous accompagner dans la prise en compte en compte de l&amp;#039;ensemble des enjeux liés à la trame verte et bleue (de la réflexion à l&amp;#039;évaluation).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en œuvre des mesures de la trame verte et bleue en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des expertises en amont des projets à partir d&amp;#039;études environnementales établies, auprès des Maîtres d&amp;#039;ouvra­ge afin de choisir le type de mesure en adéquation avec les en­jeux identifiés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des contrôles de la bonne réalisation de me­sures pour la restauration ou le renforcement de continuités écologiques, fort de notre connaissance des règles de l&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après la réalisation des mesures, un suivi des mesures réalisées pour vérifier la bonne efficacité et l&amp;#039;atteinte des objectifs de ces mesures en s&amp;#039;appuyant sur une expérience solide auprès des services de l&amp;#039;État et sur un matériel performant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/accompagner-reflexion-evaluation-mise-oeuvre-mesures-tvb</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d17-accompagner-de-la-reflexion-a-levaluation-la-/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>128232</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Replacer la nature au cœur des aménagements</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Ma Commune Grandeur Nature</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Eure</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un dispositif global qui accompagne techniquement et financièrement les communes et intercommunalités qui placent la nature au cœur de leurs projets et aménagements pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer ou recréer des espaces de nature en ville et centres bourgs : végétalisation, renaturation, désimperméabilisation, création d&amp;#039;ilots de fraicheur, de jardins partagés, ouvriers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager et gérer les milieux naturels des communes : restauration de mares, haies, boisements, vergers, prairies, coteaux et terrasses alluviales, zones humides, aménagement de sentiers de découverte, équipements de préservation de la faune sauvage...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager des zones de transition entre les espaces urbanisés et les espaces agricoles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver la biodiversité, les rivières et les zones humides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégrer les enjeux environnementaux dans les projets d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 5 types de projets sont éligibles à l&amp;#039;accompagnement proposé dans le cadre de ce dispositif :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Type de projet 1 : Végétalisation et renaturation des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 2 : Renaturation des espaces publics - Végétalisation des cimetières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 3 : Création de jardins partagés et solidaires, Jardins ouvriers et familiaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 4 : Aménagement et gestion des milieux naturels des communes - Renaturation de mares
+ &lt;/li&gt;
+ &lt;li&gt;
+  Type de projet 5 : Aménagement et gestion des milieux naturels des communes - Biodiversité
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Biodiversité
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant tout dépôt de dossier, une visite technique sera réalisée sur le terrain par le Département et/ou le CAUE27 afin de définir la place de la nature dans la commune. Pour organiser cette visite, contactez l&amp;#039;Agence de la ruralité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://agencedelaruralite-eure.fr/</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence de la Ruralité du Département de l&amp;#039;Eure
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:agencedelaruralite&amp;#64;eure.fr" target="_self"&gt;
+  agencedelaruralite&amp;#64;eure.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 27 34 02 27
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>deera@eure.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f2c7-replacer-la-nature-au-cur-des-amenagements/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>153943</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les éleveurs rencontrant des difficultés économiques conjoncturelles</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux éleveurs rencontrant des difficultés économiques conjoncturelles</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce soutien est mobilisable lors d&amp;#039;un recours aux prêts bancaires court ou moyen terme par un exploitant agricole, à titre principal, ayant son siège social dans la Manche, rencontrant des difficultés économiques conjoncturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département prend en charge 80 % des frais de garantie d&amp;#039;emprunt. Cette aide pourra être sollicitée sur les frais engagés sur une hypothèque sur les immeubles, sur un warrant sur les animaux ou autres...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 80 % des frais de garantie d&amp;#039;emprunt.
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Je contacte le Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Je récupère le courrier type « demande d&amp;#039;aide »
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Je fournis les pièces demandées :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le courrier de demande d&amp;#039;aide
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;extrait Kbis
+  &lt;/li&gt;
+  &lt;li&gt;
+   un relevé d&amp;#039;identité bancaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   un devis des frais de garantie bancaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   une analyse financière du banquier ou comptable
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 4. Je retourne le dossier complet au conseil départemental par e-mail ou courrier
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Après l&amp;#039;étude de mon dossier par la commission permanente (de façon anonyme), je reçois une notification de décision avec le montant de l&amp;#039;aide qui m&amp;#039;est
+&lt;/p&gt;
+&lt;p&gt;
+ octroyée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/soutien-aux-eleveurs-rencontrant-des-difficultes-economiques-conjoncturelles/</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7307-soutien-aux-eleveurs-rencontrant-des-difficul/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>156156</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Soutenir la réhabilitation des zones d’activités économiques (ZAE) existantes</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>RÉHABILITATION DES ZONES D’ACTIVITÉS ÉCONOMIQUES EXISTANTES</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I143" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J8" s="1" t="inlineStr">
+      <c r="J143" s="1" t="inlineStr">
         <is>
           <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutenir la requalification durable des zones d&amp;#039;activités économiques (ZAE) industrielles, tertiaires, artisanales et touristiques existantes dans le but d&amp;#039;élever le niveau qualitatif et environnemental de celles-ci sans consommation d&amp;#039;espaces agricoles supplémentaires, conformément à la démarche « Éviter, Réduire, Compenser » (ERC).
 &lt;/p&gt;
 &lt;p&gt;
  NB: Les zones d&amp;#039;activités commerciales et industrialo-portuaires ne sont pas éligibles au dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Revitalisation
 Réhabilitation
 Attractivité économique
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les dépenses d&amp;#039;investissement réalisées par les EPCI de nature à élever le niveau qualitatif et environnemental de la zone concernée:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La signalétique
  &lt;/li&gt;
  &lt;li&gt;
   Les aménagements paysagers
  &lt;/li&gt;
  &lt;li&gt;
   Les zones tampons pour les poids lourds,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;aménagement d&amp;#039;aires de covoiturage et/ou de stationnement partagés,
  &lt;/li&gt;
  &lt;li&gt;
   Les parkings ou garages à vélos,
  &lt;/li&gt;
@@ -1458,952 +24602,3187 @@
  &lt;li&gt;
   Une seule opération par an et par EPCI, étant précisé que l&amp;#039;opération subventionnable peut concerner plusieurs zones d&amp;#039;activités différentes.
  &lt;/li&gt;
  &lt;li&gt;
   Dans le cas d&amp;#039;un projet de réhabilitation associé à une extension, la subvention départementale ne couvrira que les dépenses liées à la réhabilitation de la partie de la zone existante.
  &lt;/li&gt;
  &lt;li&gt;
   Une attention particulière sera accordée à l&amp;#039;amélioration de la qualité écologique des ZAE (gestion de l&amp;#039;eau, désimperméabilisation, espaces naturels et paysagers...), mais aussi à la prise en compte des problématiques de mobilité et d&amp;#039;accès aux services des salariés des entreprises de la zone concernée.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher/plafond :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses : 20.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses : 300.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/rehabilitation-des-zones-dactivites-economiques-existantes/</t>
         </is>
       </c>
-      <c r="W8" s="1" t="inlineStr">
+      <c r="W143" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/55d0-aider-au-classement-et-a-la-preservation-des-/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="E9" s="1" t="inlineStr">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>133063</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser son Atlas des Zones d’Activités Économiques</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Inventaire ZAE : offre @zaé - Mon Atlas des Zones d’Activités Économiques</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être en conformité avec la loi Climat &amp;amp; Résilience, les établissements publics de coopération intercommunale (EPCI) doivent produire un inventaire de leurs zones d&amp;#039;activités économiques (ZAE) d&amp;#039;ici le 24 août 2023.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cet inventaire permet aux collectivités d&amp;#039;avoir une meilleure connaissance des disponibilités foncières et immobilières de leur territoire et ainsi de développer une stratégie de développement économique et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour le réaliser, les EPCI peuvent solliciter la Banque des Territoires, reconnue comme opérateur tiers de confiance. En partenariat avec le Cerema et ses partenaires (IGN et CSTB), la Banque des Territoires propose en effet un service gratuit d&amp;#039;aide à la création de votre inventaire des ZAE.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre &amp;#64;zaé, « Mon Atlas des Zones d&amp;#039;Activités Économiques », vous est livré sous format .pdf et comprend un tableau de bord récapitulatif de chacune de vos zones d&amp;#039;activités économiques avec :
+&lt;/p&gt;
+&lt;p&gt;
+ •	une vision complète de l&amp;#039;état de votre foncier, dont les surfaces et les propriétaires de chaque unité ;
+&lt;/p&gt;
+&lt;p&gt;
+ •	l&amp;#039;identification des occupants de chaque zone ;
+&lt;/p&gt;
+&lt;p&gt;
+ •	le taux de vacance de chaque zone.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Transition énergétique
+Emploi</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offre-inventaire-zae-zones-activites-economiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_medium=Aides_Territoires&amp;mtm_content=zae_psat</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/offre-inventaire-zae-zones-activites-economiques?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Services_digitaux&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_content&amp;#61;zae_psat"&gt;
+   Contactez-nous par e-mail
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/85e9-zae-realiser-son-atlas-des-zones-dactivites-e/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>162512</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements nécessaires à la réalisation d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENTS NECESSAIRES A LA REALISATION D'ECONOMIES D'EAU</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I145" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J145" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les investissements nécessaires au suivi et à la réduction des consommations d’eau potable des services et bâtiments publics existants. Il encourage également la réalisation d’actions de sensibilisation des usagers aux économies d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes de moins de 10 000 habitants&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Compteurs divisionnaires (sous-compteurs), compteurs intelligents, détecteurs de fuites, disjoncteurs d’eau, système de télé-relève et outil numérique associé, etc.&lt;/li&gt;&lt;li&gt;Équipements hydro-économes : réducteurs ou régulateurs de pression, limiteurs de débit, robinetterie temporisée, aérateurs d’eau / mousseurs, chasses d’eau à chasse temporisée (ou mécanisme double-commande), douchettes économiques, etc.&lt;/li&gt;&lt;li&gt;Optimisation des systèmes d’arrosage visant à économiser l’eau&lt;/li&gt;&lt;li&gt;Actions et outils de communication visant la sensibilisation des usagers de l’eau aux économies d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le renouvellement des canalisations d’eau potable,&lt;/li&gt;&lt;li&gt;Le remplacement de matériel existant,&lt;/li&gt;&lt;li&gt;Les équipements liés à la récupération et l’utilisation des eaux de pluie (cf fiche spécifique “récupération et utilisation des eaux de pluie des bâtiments publics existants),&lt;/li&gt;&lt;li&gt;Les projets de rénovation globale, d’extension ou de création de bâtiments,&lt;/li&gt;&lt;li&gt;Les dépenses de fonctionnement, d’entretien et de maintenance.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères: &lt;/strong&gt;L’installation des équipements devra être préconisée par une étude ou un diagnostic des consommations d’eau des bâtiments et services publics.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plancher des dépenses &lt;/strong&gt;&lt;strong&gt;éligibles : &lt;/strong&gt;1 000 € HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plafond de dépenses éligibles : &lt;/strong&gt;100 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT des travaux s’ils sont non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/investissements-necessaires-a-la-realisation-deconomie-deau/</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-investissements-necessaires-a-la-realisation-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>76536</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des structures de l'Economie Sociale et Solidaire (REALIS)</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous avez une entreprise à impact et engagée ? Une entreprise de l&amp;#039;ESS ? Vous recherchez un accompagnement, des locaux pour votre activité ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objet
+&lt;/p&gt;
+&lt;p&gt;
+ Le pôle RÉALIS vous accueille et vous accompagne pour la stabilisation et le développement de votre modèle économique à impact, l&amp;#039;inscription durable de votre projet dans l&amp;#039;ESS, la consolidation de votre stratégie financière, le renforcement de votre équipe.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un besoin d&amp;#039;accompagnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes disponible pour vous consacrer au développement de votre structure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous vous engagez à suivre l&amp;#039;accompagnement proposé et à participer aux formations et animations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rejoignez REALIS et bénéficiez  d&amp;#039;un accompagnement de 36 mois
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un accompagnement individuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bilan entrepreneurial et 5 jours de formations obligatoires à l&amp;#039;entrée
+ &lt;/li&gt;
+ &lt;li&gt;
+  des appuis et conseils d&amp;#039;experts toute l&amp;#039;année et sur différentes thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  une mise en relation avec un réseau de partenaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ d&amp;#039;un hébergement
+ [
+ 1
+ ]
+ modulable selon votre activité
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  bureaux et ateliers privés de 15 à 150m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  bureaux partagés et espaces de coworking
+ &lt;/li&gt;
+ &lt;li&gt;
+  salles de réunions pour organiser vos événements, vos formations et manifestations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Calendrier
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   4 février et 4 mars 2021 - 10h :
+  &lt;/strong&gt;
+  Réunion d&amp;#039;information en visio (inscriptions sur
+  www.laregion-realis.fr
+  )
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   15 mars - minuit :
+  &lt;/strong&gt;
+  Date limite des candidatures
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   15 Avril :
+  &lt;/strong&gt;
+  Présentation des projets sélectionnés devant le jury de sélection
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mai :
+  &lt;/strong&gt;
+  Démarrage de l&amp;#039;accompagnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;intégration
+  &lt;br /&gt;
+  Votre entreprise / association
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  A des statuts enregistrés auprès des impôts : SARL, SAS, Coopérative, Association...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répond à un objet/besoin social, sociétal ou environnemental. Il apporte une solution.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développe déjà une activité économique ou a une étude de marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  Détient du potentiel de développement et de création d&amp;#039;emplois
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;inscrit ou souhaite s&amp;#039;inscrire dans les principes de l&amp;#039;ESS : une lucrativité encadrée et une gouvernance démocratique et participative
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Appel-a-candidatures-REALIS</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail : realis&amp;#64;laregion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7c3-appel-a-candidatures-realis/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>98462</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Aider des entreprises de l'économie sociale et solidaire (ESS)</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="J147" s="1" t="inlineStr">
+        <is>
+          <t>Les taux d'intervention et les éventuels cofinancements sont déterminés après analyse des dossiers</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le pacte territorial «Aude 2030 » fait de l&amp;#039;Economie sociale et solidaire (ESS) un enjeu majeur du développement économique Audois, source de préservation d&amp;#039;emplois non délocalisables et d&amp;#039;entrepreneuriat nouveau, où l&amp;#039;humain reste au cœur du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ESS est, par ses valeurs fondatrices (primauté des personnes et de l&amp;#039;objet social sur le capital ; adhésion volontaire et ouverte, gestion démocratique, fonds propres impartageables, appropriation collective des excédents, solidarité et responsabilité, utilité sociale des produits et services), non plus une économie dite &amp;#34;alternative&amp;#34; mais une économie ancrée durablement sur nos territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ambition du Département de l&amp;#039;Aude est en effet de positionner l&amp;#039;emploi au cœur des dynamiques économiques et d&amp;#039;intégrer la notion de solidarité aux impératifs de production et de rentabilité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Conseil Général de l&amp;#039;Aude ambitionne de :
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir le renouveau entrepreneurial en modernisant les statuts des entreprises de l&amp;#039;ESS et en développant leur financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  donner du pouvoir d&amp;#039;agir aux citoyens et aux salariés pour contribuer au maintien de l&amp;#039;activité économique dans les territoires et lutter contre les destructions d&amp;#039;emplois
+ &lt;/li&gt;
+ &lt;li&gt;
+  revitaliser les territoires ruraux et les quartiers où les besoins sociaux ont considérablement augmenté avec la crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, l&amp;#039;économie sociale et solidaire est un mode d&amp;#039;entreprendre et de développement économique adapté à toutes les filières économiques locales existantes (agriculture, tourisme...) ou à venir ( numérique, silver économie...)
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions sont déclinées en 5 axes:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Soutenir la promotion de l&amp;#039;ESS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide à la sensibilisation à l&amp;#039;ESS:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ Accélérer le développement de l&amp;#039;économie sociale et solidaire dans l&amp;#039;Aude par la promotion de ses atouts et la mise en avant de son potentiel économique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Créer et consolider l&amp;#039;emploi audois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Participation au capital social des SCIC:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ Créer de l&amp;#039;emploi au service de l&amp;#039;intérêt général, favoriser le développement de structures pérennes ancrées localement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Aide au développement de l&amp;#039;emploi partagé:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser la création d&amp;#039;emplois partagés non délocalisables pat la constitution de groupements d&amp;#039;employeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer la pérennité des groupements d&amp;#039;employeurs pat un accompagnement et un suivi réalisés par les têtes de réseau régionales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3. Aide au développement de l&amp;#039;emploi coopératif:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Encourager la création ex-nihilo, la transformation, la transmission, la reprise d&amp;#039;entreprises ou d&amp;#039;associations sous forme de SCOP ou de SCIC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement de structures ancrées localement afin de créer et consolider l&amp;#039;emploi coopératif et assurer leur pérennité par accompagnement et un suivi réalisés par les têtes de réseau régionales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   4. Aide à l&amp;#039;accompagnement de porteurs de projets:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;accompagnement de projets entrepreneuriaux d&amp;#039;utilité sociale au service de l&amp;#039;économie de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;emploi non délocalisable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Développer les finances solidaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide au renforcement des fonds propres des porteurs de projets:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les jeunes entrepreneurs ayant des difficultés d&amp;#039;accès au crédit bancaire classique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les fonds propres de porteurs de projets à l&amp;#039;écart du marché du travail voulant créer leur entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Aide à l&amp;#039;ingénierie financière solidaire:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets porteurs d&amp;#039;emploi et d&amp;#039;utilité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des outils financiers solidaires spécifiques et adaptés aux acteurs de l&amp;#039;ESS
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Encourager la professionnalisation des acteurs de l&amp;#039;ESS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide à l&amp;#039;investissement matériel des associations:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les associations qui développent une activité économique, dont la faiblesse en fonds propres est un frein à l&amp;#039;équipement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financer l&amp;#039;investissement matériel nécessaire au démarrage et au développement de leur activité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Favoriser les pratiques innovantes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1. Aide à l&amp;#039;émergence de projets socialement innovants:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ Créer des réponses adaptées à des besoins sociaux non ou mal rappel de la stratégie satisfaits en lien notamment avec les projets de Pôles Territoriaux départementale de Coopération Economique (PTCE)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2. Aide aux partenariats novateurs et aux actions collectives:
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rapprocher les entreprises de l&amp;#039;ESS et les entreprises conventionnelles afin de créer des réponses adaptées à des besoins sociaux non ou mal satisfaits
+ &lt;/li&gt;
+ &lt;li&gt;
+  Encourager la collaboration et la coordination entre les acteurs de l&amp;#039;ESS afin de créer de l&amp;#039;emploi, de réduire leurs dépenses de fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la constitution de Pôle Territorial de Coopération Economique pour le développement durable local au service de la création d&amp;#039;emplois
+ &lt;/li&gt;
+ &lt;li&gt;
+  Initier des démarches partenariales innovantes à partir de concours ou d&amp;#039;appels à projets spécifiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Revitalisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Action n°1 : Aide à la sensibilisation à l&amp;#039;ESS
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Têtes de réseau régionale de l&amp;#039;ESS présentant une expertise humaine et technique pour mener des actions de sensibilisation et d&amp;#039;animation sur l&amp;#039;ensemble du territoire audois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions ponctuelles ou pérennes de sensibilisation et d&amp;#039;animation auprès des acteurs économiques et des partenaires institutionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de promotion en direction des partenaires institutionnels ou du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, de repas et téléphonie)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°2 : Participation au capital social des SCIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ SCIC en cours de constitution laissant apparaître des perspectives solides d&amp;#039;embauche
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Participation au capital
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°3 : Aide au développement de l&amp;#039;emploi partagé
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Groupement d&amp;#039;employeurs créé sous forme associative ou coopérative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des personnes physiques (dirigeants par exemple) ou morales (sociétés civiles ou commerciales, syndicats, etc.) occupant au plus 300 salariés et entrant dans le champ d&amp;#039;application d&amp;#039;une même convention collective peuvent constituer un groupement d&amp;#039;employeurs dans le but de mettre à disposition de leurs membres des salariés liés à ce groupement par un contrat de travail.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures d&amp;#039;accompagnement et de suivi des groupements d&amp;#039;employeurs ou têtes de réseaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un emploi partagé dans au moins deux entreprises ou associations sous forme de CDI dont la durée minimale est de 70% d&amp;#039;un temps complet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et suivi des groupements d&amp;#039;employeurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°4 : Aide au développement de l&amp;#039;emploi coopératif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  SCOP:
+   Les sociétés coopératives de production sont formées par des travailleurs de toutes catégories ou qualifications professionnelles, associés pour exercer en commun leur professions dans une entreprise qu&amp;#039;ils gèrent directement ou par l&amp;#039;intermédiaire de mandataires désignés par eux et en leur sein.
+ &lt;/li&gt;
+ &lt;li&gt;
+  SCIC: Les sociétés
+   coopératives
+   d&amp;#039;Intérêt
+   collectif
+   sont des sociétés anonymes ou des sociétés à responsabilité limitée à capital variable. Elles ont pour objet la production ou la fourniture de biens et de services d&amp;#039;intérêt collectif, qui présentent un caractère d&amp;#039;utilité sociale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures d&amp;#039;accompagnement et de suivi de sociétés coopératives ou têtes de réseaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais de constitution d&amp;#039;une SCOP ou SCIC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et suivi des sociétés coopératives.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°5 : Aide à l&amp;#039;accompagnement de porteurs de projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Association d&amp;#039;accompagnement au développement et à la consolidation de projets entrepreneuriaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coopérative d&amp;#039;activités et d&amp;#039;emploi
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Aide à l&amp;#039;accompagnement et au suivi des porteurs de projets ou des jeunes entreprises
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°6 : Aide au renforcement des fonds propres des porteurs de projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ toute association spécialisée dans les finances solidaires accordant des prêts personnels ou des prêts d&amp;#039;honneur aux porteurs de projets en phase de création et proposant un accompagnement adapté à leurs besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Les dépenses inhérentes à l&amp;#039;accompagnement et au montage financier de l&amp;#039;entreprise ou de la micro-entreprise, analyse financière permettant destiner les besoins de trésorerie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiement divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°7 : Aide à l&amp;#039;ingénierie financière solidaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Toute association d&amp;#039;envergure régionale spécialisée dans les finances solidaires accompagnant des projets de création d&amp;#039;entreprise, mobilisant des financements solidaires innovants pour les viabiliser, et garantissant l&amp;#039;accès aux circuits bancaires et financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Une partie des frais de structure (antenne audoise), d&amp;#039;ingénierie, de masse salariale pour l&amp;#039;accompagnement et montage financier de projet individuel ou collectif audoise. Outils financiers mobilisés comme les fonds de garantie ou prêts bancaires spécifiques pour les entreprises de l&amp;#039;ESS, les très petites entreprises ou les porteurs de projets agricoles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°8 : Aide à l&amp;#039;investissement matériel des associations
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Toute association de moins de trois ans ayant une activité économique en partie marchande, proposant un projet stratégique de développement visant à garantir l&amp;#039;autofinancement à trois ans et laissant apparaître des perspectives solides d&amp;#039;embauche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Matériel informatique, mobilier, achat d&amp;#039;un véhicule, ou autre, à l&amp;#039;exception des travaux d&amp;#039;aménagement de locaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Les investissements ayant déjà bénéficié d&amp;#039;autres aides, les investissements réalisés avant la demande de l&amp;#039;aide, les associations ayant déjà bénéficié de cette aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°9 : Aide à l&amp;#039;émergence de projets socialement innovants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+ Tout porteur de projet socialement innovant en phase d&amp;#039;expérimentation, débouchant sur une activité à caractère économique susceptible de créer à terme de l&amp;#039;emploi (ex : financement local participatif, incubateur, silver économie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+ Les dépenses en lien avec l&amp;#039;émergence du projet (temps d&amp;#039;ingénierie des porteurs de projet, supports de communication, études)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, repas, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action n°10 : Aide aux partenariats novateurs et aux actions collectives
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Bénéficiaires :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute association (ayant une activité économique en partie marchande proposant un projet stratégique de développement visant à garantir l&amp;#039;autofinancement à 3 ans), fondation, mutuelle, société s&amp;#039;associant dans un projet commun
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute entreprise du secteur marchand ayant un projet partenarial avec un acteur de l&amp;#039;ESS
+ &lt;/li&gt;
+ &lt;li&gt;
+  PTCE, lauréat de l&amp;#039;appel à projet national
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses éligibles :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement et montage financier des projets de création de micro-entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils financiers mobilisés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dépenses non éligibles :
+ &lt;/em&gt;
+ Défraiements divers (frais de déplacements, de repas, téléphonie)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Solidarités / Direction Action Sociale Insertion
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Céline Gout, Gestionnaire du secrétariat et de la communication du service
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:celine.gout&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  celine.gout&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.76
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c696-aider-des-entreprises-de-de-leconomie-sociale/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>82629</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la gestion des biodéchets des acteurs économiques</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Pour mieux gérer les biodéchets, l&amp;#039;ADEME soutient les investissements de prétraitement/traitement en établissement et de traitement et de valorisation (désemballage/déconditionnement, hygiénisation, compostage sur plate-forme collective).
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissez dans une solution de prétraitement/traitement en établissement, dans une solution de collecte à mobilité douce ou dans des équipements de déconditionnement/désemballage, d&amp;#039;hygiénisation ou de compostage de biodéchets.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises de restauration, de production et de commerce alimentaire produisent des biodéchets qui peuvent être transformés en engrais agricole via le compostage ou la méthanisation ou produire de l&amp;#039;énergie renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures qui génèrent plus de 10 t/an de biodéchets ont déjà l&amp;#039;obligation de les trier et de les valoriser par compostage et/ou méthanisation. D&amp;#039;ici la fin de l&amp;#039;année 2023, cette obligation s&amp;#039;étendra à tous les producteurs et y compris aux biodéchets des ménages.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME aide les producteurs de biodéchets en apportant une subvention aux équipements de prétraitement/traitement en établissement et aux équipements pour une collecte par mobilité douce.
+&lt;/p&gt;
+&lt;p&gt;
+ Quant aux opérateurs privés qui prennent en charge les biodéchets, ils peuvent être aidés pour la réalisation d&amp;#039;installation de désemballage et/ou déconditionnement, d&amp;#039;hygiénisation, de création ou d&amp;#039;adaptation de plate-forme de compostage (
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-methanisation-injection-cogeneration-chaleur"&gt;
+  un dispositif spécifique existe par ailleurs pour la méthanisation
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de l&amp;#039;ADEME aux investissements peut aller jusqu&amp;#039;à 55 %.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une entreprise de restauration, de production et de commerce alimentaire. Vous êtes un opérateur privé de traitement de biodéchets issus des activités économiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/investissements-gestion-biodechets-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;informations, cliquer sur le
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/investissements-gestion-biodechets-acteurs-economiques"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1f7-investir-pour-la-gestion-des-biodechets-des-a/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>90787</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Créer de nouvelles activités en économie circulaire</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Création de nouvelles activités en économie circulaire</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la création de nouvelles activités de collecte et de recyclage permettant le développement de nouvelles filières ou de nouveaux débouchés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer de nouvelles filières de traitement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Bénéficiaires : Entreprises de toutes tailles, dont les associations et les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;intervention: s
+ ubvention maximum de 60 %
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie circulaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Contexte et objectifs :
+  Actions éligibles :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...164 lines deleted...]
- &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   &lt;em&gt;
-[...4 lines deleted...]
-   Structures et associations de moins de 3 ans et structures de plus de 3 ans dont les soutiens privés et publics à la trésorerie s&amp;#039;avèrent insuffisantes / Priorité aux entreprises n&amp;#039;ayant pas bénéficié d&amp;#039;aides directes en trésorerie par ailleurs (PGE, prêt rebond,...).
+   Investissements matériels et immatériels liés un programme d&amp;#039;investissements
+   &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
-   &lt;strong&gt;
-[...4 lines deleted...]
-   Prioritairement les entreprises et autres acteurs mentionnés ci-dessus ayant fait l&amp;#039;objet de l&amp;#039;arrêté de fermeture du 14 mars 2020 ou ayant subi de fortes baisses d&amp;#039;activités
+   Travaux d&amp;#039;étude et de conception, recherche et développement de nouvelles activités y compris assistance externe et travaux de lancement promotionnel de l&amp;#039;activité;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les coûts pris en compte sont les coûts supplémentaires pour meilleure efficience.
+   &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
-</t>
-[...22 lines deleted...]
-      <c r="X9" s="1" t="inlineStr">
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le recyclage et le réemploi, par le bénéficiaire, de ses propres déchets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements roulants et/ou d&amp;#039;occasion.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/creation-de-nouvelles-activites-en-economie-circulaire</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Par mail : loccal&amp;#64;laregion.fr
-[...8 lines deleted...]
- Pour les communes et EPCI gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local : Tél. 3010
+ Service Relation aux Usagers
+Direction de l&amp;#039;énergie et du climat
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/79f1-creation-de-nouvelles-activites-en-economie-c/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>138965</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Elaborer les inventaires des zones d'activités économiques</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Inventaire des ZAE</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Agence Territoriale d'Ingénierie Publique (ATIP)</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de la loi Climat et Résilience, l&amp;#039;ATIP élabore l&amp;#039;inventaire des ZAE en permettant à la collectivité de disposer d&amp;#039;un véritable recensement de l&amp;#039;ensemble des espaces économiques du territoire concerné (zones d&amp;#039;activités, grandes entreprises, sites d&amp;#039;intérêt en cas de mutation, zones programmées au document d&amp;#039;urbanisme). Les unités foncières sont représentées, les propriétaires et locataires identifiés ainsi que le taux de vacance par ZAE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de l&amp;#039;ATIP pour définir les modalités de réalisation de l&amp;#039;inventaire. Une convention sera établie entre la collectivité et l&amp;#039;ATIP pour définir les modalités d&amp;#039;accompagnement et le coût.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide s&amp;#039;adresse aux collectivités adhérentes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Bas-Rhin</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.atip67.fr/</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Responsables de territoires
 &lt;/p&gt;
 &lt;p&gt;
  Nord : Mme GEORGEL Marie-Paule / 03 68 33 87 27
 &lt;/p&gt;
 &lt;p&gt;
  marie-paule.georgel&amp;#64;atip67.fr
 &lt;/p&gt;
 &lt;p&gt;
  Sud : Mme ALBERT Paulette / 03 88 76 66 77
 &lt;/p&gt;
 &lt;p&gt;
  paulette.albert&amp;#64;atip67.fr
 &lt;/p&gt;
 &lt;p&gt;
  Ouest : M. ALBERICO Jean-Baptiste / 03 88 76 66 69
 &lt;/p&gt;
 &lt;p&gt;
  jean-baptiste.alberico&amp;#64;atip67.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>rachel.fontenit@atip67.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/78a0-elaborer-les-inventaires-des-zones-dactivites/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>163209</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'économie circulaire et la gestion des déchets</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I11" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="I151" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dégradation de l&amp;#039;environnement côtier, notamment liée à l&amp;#039;accumulation des déchets est une menace forte sur les territoire littoraux. Des démarches sont en cours sur le territoire pour limiter un maximum la production de déchets par les professionnels, mais également pour recycler et valoriser au maximum les coproduits. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’obtention de certifications
+     environnementales (port propre, plage sans déchets plastiques…)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Étude&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identifier des débouchés pour les espèces
+     invasives&lt;/li&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travailler sur la durabilité des matériaux
+     utilisés par les professionnels&lt;/li&gt;&lt;li&gt;Organiser et/ ou valoriser des opérations de
+     collecte de déchets sur les plages&lt;/li&gt;&lt;li&gt;Installer des hottes plasticières&lt;/li&gt;&lt;li&gt;Améliorer la récolte et le tri des déchets&lt;/li&gt;&lt;li&gt;Valoriser le réemploi de déchets&lt;/li&gt;&lt;li&gt;Valoriser les captures non désirées&lt;/li&gt;&lt;li&gt;Valoriser les coproduits&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Partager les expériences&lt;/li&gt;&lt;li&gt;Coopérer avec des territoires extérieurs
+     répondant à la stratégie du GALPA et permettant d’apporter une plus-value
+     au territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Dépenses de personnel&lt;/li&gt;
+ &lt;li&gt;Coûts directs en lien avec
+     l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Coûts indirects : un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
+ &lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;
+ &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
+ &lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-leconomie-circulaire-et-la-gestion-des-dechets/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>77376</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Dynamiser le tissu économique en Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J152" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  → Objectifs
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le paysage économique du Pays Comminges Pyrénées connaît depuis plusieurs décennies des évolutions profondes. Les chocs économiques successifs, la tertiairisation de l’économie, la métropolisation, le développement des grands axes de communication, etc. ont entraîné l’économie commingeoise vers de nouvelles tendances, notamment la fragilisation de son tissu industriel traditionnel, une agriculture en recul ainsi que la diversification de son économie dans les domaines du commerce, du tourisme et des services à la personne.&lt;/p&gt;&lt;p&gt;Pour autant, le territoire doit aussi compter sur de forts potentiels à développer. Le Pays doit conforter le rôle structurant de l’agriculture, du tourisme et des services dans l’attractivité économique tout en soutenant le développement de filières d’avenir innovantes. Plus globalement, il doit renforcer son attractivité, faciliter l’installation de nouvelles entreprises et artisans et veiller à la revitalisation des centres-bourgs.&lt;/p&gt;&lt;p&gt;Les enjeux : Revitaliser les coeurs de villes et de villages ; conforter l’emploi local ; soutenir l’innovation, l’économie circulaire et l’économie sociale et solidaire.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPE ET DESCRIPTION DES OPERATIONS
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...156 lines deleted...]
- Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI et la Commission permanente du Département de la Drôme. Il prend fin après 3 ans à compter de la délibération départementale, soit au 31/12/2025.
+&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.1 Maintenir et développer le tissu économique local&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.1.1 Maintenir et développer les commerces de proximité, les activités artisanales et les savoirs faire locaux&lt;/li&gt;&lt;li&gt;2.1.2 Soutenir la (re)qualification des zones d’activités économiques du territoire&lt;/li&gt;&lt;li&gt;2.1.3 Résorber les friches commerciales, industrielles ou tertiaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.2 Soutenir les projets stratégiques, innovants et expérimentaux concourant à l’attractivité du territoire&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.2.1 Accompagner la création et le développement d’activités économiques innovantes&lt;/li&gt;&lt;li&gt;2.2.2 Développer les filières d&amp;#039;avenir&lt;/li&gt;&lt;li&gt;2.2.3 Elaborer ou réviser une stratégie de planification de développement et d’aménagement territorial.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;2.3 Développer des dynamiques relevant de l’économie sociale et solidaire (ESS)&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;2.3.1 Accompagner les acteurs de l’ESS dans leur développement&lt;/li&gt;&lt;li&gt;2.3.2 Développer de nouvelles méthodes de travail, accompagner vers l’emploi et la création/reprise d’entreprises&lt;/li&gt;&lt;li&gt;2.3.3 Contribuer à la lutte contre les exclusions et les inégalités, à la préservation et au renforcement du lien social.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
-[...2 lines deleted...]
-Commerces et services
+      <c r="M152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’une épicerie associative, création d’une boulangerie, études sur les vacances commerciales, reconversion de friches industrielles, boutiques éphémères, etc. ;&lt;/p&gt;&lt;p&gt;- Création d’un FABLAB, installation d’unités de production d’hydrogène, etc. ;&lt;/p&gt;&lt;p&gt;- Création et mise en réseau de tiers lieux, développement du réemploi et des ressourceries, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;br /&gt;BENEFICIAIRES&lt;br /&gt;&lt;/strong&gt;Tous sauf SCI et particuliers.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Pour les projets de (re)qualification de zones d’activités et nouvelles zones d’activités, le porteur de projet devra présenter une stratégie d’aménagement durable (pré-verdissement et/ou végétalisation, mobilité douce et/ou collective, aménagement des espaces communs…)&lt;/p&gt;&lt;p&gt;2.2. Maintenir et développer le tissu économique local : Les nouvelles zones d’activités devront être compatibles avec le SCoT du PETR Pays Comminges Pyrénées. Le porteur de projet devra présenter l’avis positif de la commission Scot Du PETR Comminges Pyrénées.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/570e-renforcer-linnovation-et-dynamiser-lattractiv/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>162509</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études nécessaires à la réalisation d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES NECESSAIRES A LA REALISATION D'ECONOMIES D'EAU</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J153" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités à réaliser des études visant à mieux connaître les consommations d’eau potable sur leur patrimoine, prioriser les travaux à réaliser pour réduire leurs consommations, et à rechercher des solutions alternatives à l’utilisation de l’eau potable sur leur territoire pour générer des économies sur la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;études, audits et diagnostics des consommations d&amp;#039;eau potable des services et bâtiments publics&lt;/li&gt;&lt;li&gt;études d&amp;#039;opportunité pour l&amp;#039;utilisation de ressources en eaux non conventionnelles (eaux pluviales, eaux grises, eaux usées...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plancher des dépenses &lt;/strong&gt;&lt;strong&gt;éligibles : &lt;/strong&gt;1 000 € HT&lt;/p&gt;&lt;p&gt;Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études devront être réalisées par un prestataire externe.&lt;/li&gt;&lt;li&gt;Le cahier des charges de l’étude doit être soumis préalablement à l&amp;#039;avis des services du Département. Il doit respecter les prescriptions du cahier des charges type transmis par les services du Département.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/etudes-necessaires-a-la-realisation-deconomie-deau/</t>
+        </is>
+      </c>
+      <c r="W153" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Département de la Seine-Maritime&lt;/p&gt;&lt;p&gt;Direction de la cohésion des territoires&lt;/p&gt;&lt;p&gt;Tel: 02 76 51 61 54&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-necessaires-a-la-realisation-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>90850</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Préparer et accompagner la transition vers l’économie circulaire</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Actions collectives dans l&amp;apos;économie circulaire</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Nouvelle-Aquitaine va permettre de disposer d&amp;#039;outils permettant de préparer et accompagner la transition vers l&amp;#039;économie circulaire (écoconception, écologie industrielle, économie de fonctionnalité, réemploi, réparation, réutilisation, recyclage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner les opérations visant à l&amp;#039;émergence de filières, de projets d&amp;#039;économie de la fonctionnalité, de partenariats inter-entreprises, de démarche d&amp;#039;écologie industrielle ou territoriales, de mise en relation clients/fournisseurs dans le cadre de circuits de proximité d&amp;#039;approvisionnement, de démarches d&amp;#039;accompagnement d&amp;#039;entreprises vers une prise en compte d&amp;#039;un ou plusieurs piliers de l&amp;#039;économie circulaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises de toutes tailles, dont les associations et les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mission d&amp;#039;intérêt général : Subvention maximum de 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porteur ≤ 5ans : Subvention maximum de 80 % plafonnés à 600 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;innovation : Subvention maximum de 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérateur transparent : selon régime
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/actions-collectives-dans-leconomie-circulaire</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+Direction de l&amp;#039;environnement : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  du lundi au vendredi de 9h à 18h sans interruption
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/29d6-actions-collectives-dans-leconomie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>162981</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la promotion et l’innovation des activités économiques locales</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 4 - FEADER</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I155" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J155" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers possède un tissu économique essentiellement
+constitué de très petites entreprises.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le nombre d’emplois locaux augmente bien que les actifs travaillent
+majoritairement à l’extérieur du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La crise sanitaire (Covid19) a modifié en partie les pratiques de
+consommation et de travail dans certains secteurs d’activités et pousse à
+innover pour relocaliser et produire des biens et services économiques.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le déploiement de la fibre (via Gironde Haut Méga) à l’horizon
+2025 sur l’ensemble du territoire est également un atout à valoriser.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’accompagnement des entreprises dans leur transition numérique est un
+objectif prioritaire notamment sur les nouvelles technologies de l’information
+et de la communication (TIC) pour les filières économiques stratégiques du
+territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les 6 filières économiques stratégiques sont :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;commerce local&lt;/li&gt;&lt;li&gt;&lt;span&gt;construction BTP&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;négoce et services interentreprises&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;agro-viticulture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt; santé et services à la personne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner la &lt;/span&gt;&lt;span&gt;transformation du tissu économique
+local notamment avec la numérisation d&lt;/span&gt;&lt;span&gt;es activités et
+l’arrivée de la fibre&lt;/span&gt; &lt;/li&gt;&lt;li&gt;Inciter à l’innovation au cœur des entreprises pour relocaliser « les
+productions »&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a name="_Hlk133511547"&gt;&lt;/a&gt;&lt;a name="_Hlk127613183"&gt;&lt;/a&gt;&lt;a name="_Hlk133235982"&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Démarches d’innovation
+et d’expérimentation dans l’industrie (hors filières stratégiques du SRDEII),
+le tissu artisanal productif ou l’évolution de l’agriculture de demain sur le
+territoire&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Dispositifs et
+projets d’animation et promotion de réseaux et/ou de thématiques des
+entreprises et acteurs œuvrant dans l’écosystème notamment des 6 filières
+stratégiques du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement aux
+usages du numérique et développement de plateformes ou outils numériques pour
+les acteurs dans leurs activités économiques et territoriales notamment des 6
+filières stratégiques du territoire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
-Emploi
+Innovation, créativité et recherche
 Attractivité économique
 Artisanat
-Fiscalité des entreprises</t>
-[...2 lines deleted...]
-      <c r="O11" s="1" t="inlineStr">
+Industrie</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P155" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q155" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-mobilites-alternatives-et-durables/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>100074</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Connaître les aides et les solutions pour la relance économique</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Connaître les aides et les solutions pour la relance économique et commerciale de votre ville</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez rester en lien avec vos entreprises et leur donner les clés pour se développer.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez disposer de toute information utile et à jour pour mieux accompagner les acteurs économiques de votre territoire et accéder rapidement à l&amp;#039;information sur les aides mobilisables au niveau national, régional et local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le réseau des CCI propose aux élus et directeurs des collectivités de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participer à des réunions ou séminaires d&amp;#039;information sur :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - les facteurs clés de réussite d&amp;#039;une centralité commerciale ;
+ &lt;br /&gt;
+ - les outils pour gérer le développement de sa centralité commerciale (Outils    réglementaires, outils liés à l&amp;#039;aménagement urbain, outils d&amp;#039;animation et de communication, outils de professionnalisation) ;
+ &lt;br /&gt;
+ - les grandes tendances d&amp;#039;évolution de la consommation et l&amp;#039;impact de la crise sur les comportements d&amp;#039;achats ;
+ &lt;br /&gt;
+ - l&amp;#039;impact de la crise sur le tissu commercial.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Et trouver toute l&amp;#039;information sur :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - les aides disponibles nationalement et localement pour vos entreprises ;
+ &lt;br /&gt;
+ - les accompagnements proposés par la CCI pour vous aider à renforcer votre soutien aux commerçants et indépendants (étude – action sur la situation du commerce du centre-ville, de la ville, ou de l&amp;#039;intercommunalité, mise en place de solutions numériques pour les commerçants, transition écologique, soutien aux créateurs-repreneurs...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez retrouver le guide national des aides financières nationales, régionales ou territoriales en ligne sur le site
+ &lt;a href="https://les-aides.fr/" rel="noopener" target="_blank"&gt;
+  les-aides.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/connaitre-les-solutions-et-aides-pour-la-relance-economique</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a836-connaitre-les-aides-et-les-solutions-pour-la-/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>120430</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement de zones d'activité économique et commerciale</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>AIDE AUX EQUIPEMENTS ECONOMIQUES STRUCTURANTS PORTES PAR LES EPCI</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  → Opérations éligibles
+  Objectif :
  &lt;/strong&gt;
 &lt;/p&gt;
+&lt;p&gt;
+ En tant que « garant de la solidarité territoriale », le Département de la Drôme soutient le développement équilibré des territoires drômois.
+&lt;/p&gt;
+&lt;p&gt;
+ A ce titre, il a décidé de contribuer à la mise en place d&amp;#039;un environnement économique favorable à l&amp;#039;accueil de projets et au développement du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent règlement a donc pour objet de cofinancer des projets d&amp;#039;aménagement économique portés en maîtrise d&amp;#039;ouvrage par les Etablissements Publics de Coopération Intercommunale de la Drôme (EPCI à fiscalité propre), sur 2 types d&amp;#039;opérations :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Être titulaire d&amp;#039;un agrément IAE délivré par le CDIAE de la Drôme.
-[...2 lines deleted...]
-  Porter un projet de développement ou d&amp;#039;installation nécessitant un
+  la création, l&amp;#039;extension, la requalification de zones d&amp;#039;activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création, extension ou réhabilitation d&amp;#039;immobilier à vocation économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide et montant
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention en investissement à verser aux EPCI maîtres d&amp;#039;ouvrages.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant d&amp;#039;aide pourra différer en fonction de la localisation du projet en Zone de revitalisation rurale (ZRR) ou hors de cette zone :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
   &lt;strong&gt;
-   investissement immobilier
+   Communes hors ZRR
   &lt;/strong&gt;
-  .
-[...14 lines deleted...]
-  S&amp;#039;engager à ne pas distribuer de dividendes pendant la durée de la convention attributive de l&amp;#039;aide, soit sur une période de 3 ans.
+  : 5 €/ m2
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
+ (bonification: &amp;#43;1 €/ m2 si engagement dans une démarche de certification ISO 14001)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets situés sur des communes situées hors ZRF, le Département pourra intervenir à hauteur de 30 % maximum, avec un plafond d&amp;#039;aide fixé à 200.000 € par EPCI pour une période de 2 ans.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Communes en ZRR
+  &lt;/strong&gt;
+  :  8 €/ m2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ (bonification: &amp;#43;1 €/ m2 dans une démarche de certification ISO 14001)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets situés sur des communes situées en ZRF, le Département pourra intervenir à hauteur de 30 % maximum, avec un plafond d&amp;#039;aide fixé à 300.000 € par EPCI pour une période de 2 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale pourra être cumulée avec toute autre aide ayant la même vocation (aide régionale....), sous réserve de respecter le taux d&amp;#039;aide maximum autorisé.
+&lt;/p&gt;
+&lt;p&gt;
+ Un même EPCI présentant différents projets en ZRF et hors ZRF se verra appliquer le plafond le plus favorable pour le calcul du montant maximum d&amp;#039;aide sur 2 ans.
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ Dossier à compléter sur le site Internet du Département de la Drôme :
+ &lt;a href="https://mesdemarches.ladrome.fr" rel="noopener" target="_blank"&gt;
+  https://mesdemarches.ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers_ Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ Préalablement au démarrage de l&amp;#039;investissement, l&amp;#039;EPCI adressera une demande d&amp;#039;aide au Conseil départemental de la Drôme, qui en accusera réception.
+&lt;/p&gt;
+&lt;p&gt;
+ A compter de la date de l&amp;#039;accusé de réception, l&amp;#039;EPCI dispose d&amp;#039;un délai de 6 mois pour déposer un dossier complet comprenant :
+&lt;/p&gt;
+&lt;p&gt;
+ – le dossier type de présentation du projet, dûment rempli et signé par le Président de l&amp;#039;EPCI ou son représentant, accompagné des pièces justificatives demandées (compromis signé, justificatifs de réalisation des fouilles archéologiques préventives...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ – la délibération de la collectivité adoptant le projet et son plan de financement ;
+&lt;/p&gt;
+&lt;p&gt;
+ – la vocation de l&amp;#039;opération ;
+&lt;/p&gt;
+&lt;p&gt;
+ – le plan de situation, plan cadastral ;
+&lt;/p&gt;
+&lt;p&gt;
+ – le programme détaillé des travaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ – le calendrier prévisionnel d&amp;#039;exécution ;
+&lt;/p&gt;
+&lt;p&gt;
+ – la propriété des parcelles visées par le projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Instruction départementale
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Dans la limite de l&amp;#039;enveloppe budgétaire annuelle, le dossier sera présenté devant la Commission organique départementale compétente.
+&lt;/p&gt;
+&lt;p&gt;
+ Décision en Commission Permanente du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ Convention avec l&amp;#039;EPCI fixant les droits et obligations de chaque partie
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements doivent être réalisés sur une période de 3 ans maximum à compter de a date de décision d&amp;#039;attribution de l&amp;#039;aide (prorogeable une fois maximum).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Économie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Foncier immobilier – Équipements économiques structurants portés par les EPCI espaces d&amp;#039;activités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A compter de la date de l&amp;#039;accusé de réception, l&amp;#039;EPCI dispose d&amp;#039;un délai de 6 mois pour déposer un dossier complet comprenant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le dossier type de présentation du projet, dûment rempli et signé par le Président de l&amp;#039;EPCI ou son représentant, accompagné des pièces justificatives demandées (compromis signé, justificatifs de réalisation des fouilles archéologiques préventives...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la délibération de la collectivité adoptant le projet et son plan de financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la vocation de l&amp;#039;opération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de situation, plan cadastral ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le programme détaillé des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le calendrier prévisionnel d&amp;#039;exécution ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la propriété des parcelles visées par le projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  instruction départementale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Dans la limite de l&amp;#039;enveloppe budgétaire annuelle, le dossier sera présenté devant la Commission organique départementale compétente.
+&lt;/p&gt;
+&lt;p&gt;
+ Décision en Commission Permanente du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ Convention avec l&amp;#039;EPCI fixant les droits et obligations de chaque partie
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements doivent être réalisés sur une période de 3 ans maximum à compter de a date de décision d&amp;#039;attribution de l&amp;#039;aide (prorogeable une fois maximum).
+&lt;/p&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Les versements (acomptes et / ou solde) sont effectués sur justification de la réalisation de l&amp;#039;opération (factures acquittées et pièces demandées par convention) L&amp;#039;acompte ne pourra excéder 80% du montant prévisionnel de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  → Exclusions
+  Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projets de création, rénovation, extension, requalification de zones d&amp;#039;activités portés par une maîtrise d&amp;#039;ouvrage publique (EPCI).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nécessité pour l&amp;#039;EPCI d&amp;#039;avoir organisé au préalable dans le PLU une procédure juridique de lotissement ou ZAC (fournir le plan d&amp;#039;urbanisme de la zone concernée lors du dépôt de la demande)
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses subventionnables :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     VRD: voirie, réseaux, traitement des abords, aménagements paysagers, aménagements de pistes cyclables, signalétique, bassins de rétention.
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;span&gt;
+     Etudes techniques directement liées à l&amp;#039;investissement dans la limite de 10% du coût global du projet.
+    &lt;/span&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Agriculture et agroalimentaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Exclusions / Ne sont pas éligibles :
+&lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Frais de location immobilière.
-[...8 lines deleted...]
-  Pour le cas des ensembliers d&amp;#039;insertion, une seule demande par an sera étudiée..
+  Les zones à vocation logistique et commerciale (hors commerce de gros).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;acquisition foncière et les études préalables (études de faisabilité, etc.) ne seront pas prises en compte dans l&amp;#039;assiette éligible.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les espaces d&amp;#039;activités situés hors des limites administratives du département de la Drôme ne pourront pas être aidés via ce dispositif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide départementale a pour but de rééquilibrer les plans de financements relatifs aux aménagements économiques portés par les EPCI, parfois lourds pour les EPCI notamment en milieu rural. En aucun cas cette aide ne pourra constituer une aide indirecte aux entreprises implantées, via un rabais du prix de vente ou de location du terrain par rapport aux prix du marché.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Les bénéficiaires éligibles sont les
  &lt;strong&gt;
-  → Bénéficiaires
+  EPCI à fiscalité propre, maîtres d&amp;#039;ouvrage
  &lt;/strong&gt;
-&lt;/p&gt;
-[...32 lines deleted...]
-      <c r="S11" s="1" t="inlineStr">
+ sur une opération d&amp;#039;aménagement économique : aménagement d&amp;#039;espaces d&amp;#039;activités (zones d&amp;#039;activités, etc.) ou équipements immobiliers économiques structurants (pépinière d&amp;#039;entreprises, incubateur).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X11" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-aux-equipements-economiques-structurants-portes-par-les-epci/</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
+ Direction Économie Emploi Insertion – Service Développement Économique Insertion (SDEI)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cheffe de service : Florane BAFFERT-DIAKITE 04 75 79 70 51
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de Développement Territorial Economie :
+ &lt;br /&gt;
+ Johana PASTORE –
+  Tél : 04 75 79 26 76 – 07 60 31 09 54
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey FOROT
+  –
+  Tél : 04 75 79 27 57 – 07 64 16 51 87
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ac44-aide-aux-equipements-economiques-structurants/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>122171</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des économies d'énergie et d'eau sur votre patrimoine</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en Energie Partagé</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Energies Solidaires association</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Energies Solidaires porte plusieurs dispositifs de service public de la rénovation énergétique sur les Yvelines et accompagne les acteurs locaux au plus près de leurs besoins et contraintes.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement personnalisé, pas-à-pas, de l&amp;#039;idée à la réalisation de vos projets de transition énergétique notamment au travers de la mission de Conseil en Energie Partagé de l&amp;#039;ADEME (Agence de la Transition Ecologique).
+&lt;/p&gt;
+&lt;p&gt;
+ Vous partagerez sur plusieurs communes les compétences d&amp;#039;un.e conseiller.e qui vous proposera un service objectif et indépendant, sur le long terme, pour un accompagnement et une assistante technique sur les aspect réglementaires, techniques et financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre conseiller.e sera force de proposition pour vous permettre de maitriser vos dépenses énergétiques et hydriques mais également dans l&amp;#039;optique de réduire votre empreinte carbone territoriale (objectif national de neutralité carbone à horizon 2050).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations sur ce dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  notre site (voir le bouton plus d&amp;#039;information en bas de fiche)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le site de l&amp;#039;ADEME :
+  &lt;a href="https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep" target="_self"&gt;
+   https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce que comprend le dispositif CEP (liste non exhaustive)
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un inventaire du patrimoine (bâtiments, luminaires, véhicules...) et des usages
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un bilan énergétique des trois dernières années de consommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi annuel de l&amp;#039;évolution des consommations et des dépenses énergétiques, définition d&amp;#039;indicateurs et reporting dans un tableau de bord pour surveiller leur évolution
+&lt;/p&gt;
+&lt;p&gt;
+ → Rédaction de notes et de rapports (état de santé du bâtiment, dépenses énergétiques...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en évidence des surconsommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi et optimisation des consommations énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ → Proposition de modification de certains réglages (régime de température, mise en place d&amp;#039;un réduit...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Elaboration d&amp;#039;un programme d&amp;#039;actions travaux hiérarchisées
+&lt;/p&gt;
+&lt;p&gt;
+ → Aider à la recherche de financements publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ → Participation au montage d&amp;#039;opération avec recommandations et prescriptions dans le domaine énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en valeur des expériences réussies dans d&amp;#039;autres collectivités afin de convaincre de l&amp;#039;efficacité des actions proposées
+&lt;/p&gt;
+&lt;p&gt;
+ → Veille réglementaire et relais auprès des communes sur les sujets énergétiques et batimentaires (règlementation, aides financières, actualités, etc.)
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  → Service Instructeur et Référents
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Direction Economie Emploi Insertion (DEEI)
-[...4 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  Chef de service
+  Focus décret tertiaire
  &lt;/strong&gt;
- : Florane BAFFERT-DIAKITE – 04 75 79 70 51
+&lt;/p&gt;
+&lt;p&gt;
+ → Aide à l&amp;#039;identification du patrimoine assujeti au Décret éco énergie tertiaire (DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Accompagnement au remplissage réglementaire de la plateforme OPERAT (obligation du DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Chargés de Développement Territorial Economie
+  &lt;br /&gt;
  &lt;/strong&gt;
- : 07 60 31 09 54 ou 07 64 16 51 87
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce que ça ne comprend pas (liste non exhaustive)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → ES aide à la réalisation mais ne réalise pas pour la commune les démarches (administratives, techniques) relatives aux travaux
+&lt;/p&gt;
+&lt;p&gt;
+ → Réalisation d&amp;#039;audits énergétiques réglementaires
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes sur une des 5 EPCI yvelinoises suivantes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Communauté Urbaine Grand Paris Seine &amp;amp; Oise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté d&amp;#039;Agglomération Saint-Germain Boucles de Seine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes des Portes d&amp;#039;Ile-de-France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes de Gally-Mauldre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes Pays Houdanais
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Yvelines</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/conseil-energie/le-conseil-en-energie-partage-cep/</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/lassociation/contacts/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Vincent LEVISTRE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable accompagnement des Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  01 39 70 23 06
+ &lt;/li&gt;
+ &lt;li&gt;
+  vincent.levistre&amp;#64;energies-solidaires.org
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier d&amp;#039;une présentation, contactez-nous :
+ &lt;a href="https://energies-solidaires.org/lassociation/contacts/" target="_self"&gt;
+  https://energies-solidaires.org/lassociation/contacts/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>vincent.levistre@energies-solidaires.org</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4156-realiser-des-economies-denergie-et-deau-sur-v/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>111707</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures du domaine de l'insertion par l'activité économique (IAE)</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Soutien aux structures du domaine de l'insertion par l'activité économique</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Charente</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   BENEFICIAIRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Organismes conventionnés par l&amp;#039;Etat en qualité de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   atelier et chantier d&amp;#039;insertion (ACI)
  &lt;/li&gt;
  &lt;li&gt;
   entreprise d&amp;#039;insertion (EI)
  &lt;/li&gt;
  &lt;li&gt;
   association intermédiaire (AI)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;activité peut être portée par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -2468,62 +27847,62 @@
 &lt;p&gt;
  → Pour les AI, le principe est le même que pour les ACI :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   montant forfaire de 1.800 euros/ETP et par an ;
  &lt;/li&gt;
  &lt;li&gt;
   bonification au placement de 350 euros par sortie positive
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  → Pour les EI, le principe est le même que pour les ACI :
 &lt;/p&gt;
 &lt;p&gt;
  •	montant forfaitaire de 2.800 euros/ETP et par an ;
 &lt;/p&gt;
 &lt;p&gt;
  •	bonification au placement de 1.400 euros par sortie positive&lt;/p&gt;
 &lt;p&gt;
  * Est considérée comme sortie positive : la conclusion d&amp;#039;un contrat de travail à durée indéterminée (CDI), d&amp;#039;un contrat à durée déterminée (CDD) supérieure ou égale à 3 mois, d&amp;#039;une mission de travail temporaire d&amp;#039;une durée supérieure ou égale à 2 mois, l&amp;#039;entrée en formation qualifiante et la création d&amp;#039;entreprise. Les sorties seront prises en compte jusqu&amp;#039;à 3 mois après la fin du parcours au sein de la SIAE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Lutte contre la précarité</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les actions en fonctionnement
  &lt;/li&gt;
  &lt;li&gt;
   les demandes portant sur un projet ou une action clairement définis
  &lt;/li&gt;
  &lt;li&gt;
   les projets ayant une résonnance sur le territoire charentais
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Sont inéligibles : les demandes de subvention inférieures à 500 euros
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -2567,175 +27946,6584 @@
   le dossier unique de l&amp;#039;Etat/Département « insertion par l&amp;#039;activité économique » (idem en cas de renouvellement)
  &lt;/li&gt;
  &lt;li&gt;
   tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
  &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : conformément aux dispositions de la convention signée.
 &lt;/p&gt;
 &lt;p&gt;
  En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : conformément aux dispositions de la convention signée ou, à défaut, deux ans à compter de la notification de décision attributive.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/06-Insertion_et_action_sociale/soutien_insertion_par_activite_economique.pdf</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
+      <c r="W159" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Action d&amp;#039;insertion - fonctionnement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : les dossiers devront avoir été déposés au plus tard le 30 décembre de l&amp;#039;année N-1
 &lt;/p&gt;
 &lt;p&gt;
  Direction insertion et de l&amp;#039;économie sociale et solidaire ; Tél. : 05 16 09 69 54 ou 69 69
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a621-soutenir-les-structures-du-domaine-de-linsert/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>163747</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'équilibre économique des écosystèmes hydrogène par l’usage mobilité</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Renforcement économique des écosystèmes hydrogène par l’usage mobilité</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif vise à renforcer l’équilibre économique des projets de stations de distribution d’hydrogène pour la mobilité lourde s’inscrivant dans la stratégie régionale.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;La vocation première de ce dispositif de soutien est d’accompagner les usages, en particulier de soutenir les investissements concernant les usages en mobilité lourde routière et maritime.&lt;/p&gt;&lt;p&gt;Pour cela, il doit permettre de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Renforcer les écosystèmes hydrogène les plus matures en soutenant quelques usagers supplémentaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre un meilleur équilibre économique des projets de stations de distribution ou de production d&amp;#039;hydrogène&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner le développement des usages hydrogène pertinents&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Les coûts admissibles&lt;/p&gt;&lt;p&gt;Concernant les investissements sur l’achat de véhicules, les coûts admissibles sont les coûts supplémentaires liés à l’achat du véhicule, calculés comme étant la différence entre les coûts d’investissement liés à l’achat du véhicule et les coûts d’investissement liés à l’achat d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été acquis sans l’aide ;&lt;/p&gt;&lt;p&gt;Concernant les investissements sur la location de véhicules propres ou de véhicules à émission nulle, les coûts admissibles sont les coûts supplémentaires liés à la location du véhicule, calculés comme étant la différence entre la valeur actuelle nette liée à la location du véhicule et la valeur actuelle nette liée à la location d’un véhicule de la même catégorie qui est conforme aux normes de l’Union Européenne applicables déjà en vigueur et qui aurait été loué sans l’aide. Les coûts d’exploitation liés à l’exploitation du véhicule, y compris les coûts de l’énergie, les coûts d’assurance et les coûts d’entretien, ne sont pas pris en considération, qu’ils soient ou non inclus dans le contrat de location ;&lt;/p&gt;&lt;p&gt;Concernant les investissements de rétrofit consistant en la mise à niveau de véhicules leur permettant d’être considérés comme des véhicules propres ou des véhicules à émission nulle, les coûts de l’investissement dans la mise à niveau.&lt;/p&gt;&lt;p&gt;Les taux d’aide&lt;/p&gt;&lt;p&gt;Les taux d’aide s’appliquent sur la base des coûts admissibles, sur le coût total HT ou sur le surcoût environnemental (solution de référence déduite) pour les investissements matériels et immatériels liés au programme d’investissements.&lt;/p&gt;&lt;p&gt;Le soutien financier s’appuie sur le régime cadre exempté de notification N° SA.111726 relatif aux aides à la protection de l’environnement pour la période 2024-2026 ainsi que sur le régime cadre exempté de notification N° SA.111723 relatif aux aides à la recherche, au développement et à l’innovation (RDI) pour la période 2024-2026.&lt;/p&gt;&lt;p&gt;Conformément au règlement d’intervention de la Région et aux régimes d’aides d’Etat, le taux d’aide régionale respectera les taux d’accompagnement en vigueur au moment de l’instruction du dossier. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q160" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Le bénéficiaire de l’aide pourra être une structure publique ou privée.&lt;/p&gt;&lt;p&gt;Les particuliers ne sont pas concernés par ce dispositif.&lt;/p&gt;&lt;p&gt;Les véhicules éligibles sont ceux répondant à des contraintes spécifiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Charge utile importante ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Longs trajets, nécessitant une forte autonomie ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Temps de recharge/avitaillement contraints ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autres contraintes spécifiques pour lesquelles l’hydrogène pourrait apporter une réponse&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les usages visés sont principalement :&lt;/p&gt;&lt;p&gt;Mobilité lourde ou intensive des professionnels et/ou collectivités, dans les secteurs routier et maritime en priorité :&lt;/p&gt;&lt;p&gt;Transport terrestre de marchandises ou de déchets : véhicules utilitaires de société et véhicules lourds en priorité (camions, bennes à ordures ménagères …),&lt;/p&gt;&lt;p&gt;Transport terrestre de passagers : véhicules lourds (autocars, bus, minibus,...) et flotte captive professionnelle&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de passagers (navires, navettes … de tourisme, plaisance, transport public …)&lt;/p&gt;&lt;p&gt;Transport maritime et fluvial de marchandises &lt;/p&gt;&lt;p&gt;Usages agricole&lt;/p&gt;&lt;p&gt;Navires de pêche et de conchyliculture/ostréiculture&lt;/p&gt;&lt;p&gt;Transport logistique et fonctionnement des équipements de manutention ou des engins lourds de chantier : chariots élévateurs, barges portuaires, grues, chariots bagages des aéroports et ports …&lt;/p&gt;&lt;p&gt;Alimentation électrique de certains équipements isolés et non desservis par le réseau électrique (en substitution de combustible fossile), ou non adaptés à l’électrification.&lt;/p&gt;&lt;p&gt;Fret ferroviaire (en zones portuaires ou industrielles, pour les derniers kilomètres)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;La pertinence du choix de l’hydrogène au regard des autres solutions de décarbonations existantes : des éléments chiffrés sur le nombre de kilomètres parcourus chaque année par le véhicule, la charge utile liée au type d’activité, les contraintes en temps de recharge, un comparatif explicite avec la solution électrique si elle existe sur le marché. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».  &lt;/p&gt;&lt;p&gt;La performance environnementale : réduction des émissions de gaz à effet de serre au regard d’une situation de référence, réduction des émissions de polluants, etc.&lt;/p&gt;&lt;p&gt;La valorisation énergétique : communication d’un bilan énergétique : consommations d’énergie avec une comparaison par rapport à la solution carbonée de référence&lt;/p&gt;&lt;p&gt;Le modèle économique : le calcul du TCO (Total Cost of Ownership), détermination du coût global du projet, description du montage économique du projet…&lt;/p&gt;&lt;p&gt;La maturité du projet : présentation du calendrier prévisionnel de déploiement de la flotte.&lt;/p&gt;&lt;p&gt;La fiabilité du projet : solvabilité financière du porteur, plan de financement, liste et solvabilité des partenaires&lt;/p&gt;&lt;p&gt;La pertinence géographique du projet : &lt;/p&gt;&lt;p&gt;L’usage ciblé doit venir s’approvisionner sur une infrastructure de distribution basée en région Nouvelle-Aquitaine, qu’elle soit déjà mise en service ou bien en cours de déploiement. Les véhicules éligibles doivent justifier de leur utilisation en Nouvelle-Aquitaine, notamment la localisation des dépôts des véhicules et les trajets prévisionnels à effectuer.&lt;/p&gt;&lt;p&gt;Avant toute candidature, les potentiels usagers intéressés par ce dispositif sont donc invités à se rapprocher des services de la Région pour identifier le point d’avitaillement en hydrogène le plus proche et ainsi vérifier l’éligibilité du critère géographique.&lt;/p&gt;&lt;p&gt;La présence d’une innovation technologique (techniques ou nouveaux usages) n’est pas un critère obligatoire mais sera favorisée dans l’instruction. Par exemple, le développement de l’offre technologique et industrielle régionale de solutions, notamment portée par des start-up, TPE et PME régionales innovantes sera particulièrement encouragé. Il en sera de même pour la conduite d’expérimentations sur de nouvelles technologies ou de nouveaux process .&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Les éléments de présentation et technico-économiques du projet devront être transmis uniquement par voie électronique.&lt;/p&gt;&lt;p&gt;Le dépôt du dossier de candidature doit être accompagné d’un courrier de demande d’aide régionale.&lt;/p&gt;&lt;p&gt;Pour être examiné, le dossier de demande d’aide devra être nécessairement complet avec l’ensemble des éléments demandés par le service instructeur de la Région Nouvelle-Aquitaine : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La « fiche de demande préalable » &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le formulaire Kbis et le RIB du demandeur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les 3 dernières liasses fiscales du demandeur et les 3 derniers bilans comptables&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Une présentation du projet (contexte, état d’avancement, problématiques à résoudre…) et des parties prenantes/participants au projet (activité, intérêt au projet…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le calendrier prévisionnel d’achat de véhicule ou de rétrofit,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le/les devis détaillés d’achat de véhicule ou de rétrofit ou le contrat de location&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les éventuels co-financements sollicités.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon la complexité du dossier, d’autres pièces justificatives pourront être demandées.&lt;/p&gt;&lt;p&gt;Un suivi des performances des équipements et du projet global sur un an sera systématiquement demandé et conventionné.&lt;/p&gt;&lt;p&gt;Par ailleurs, la Région encourage la réalisation d’études préalables en amont des investissements, pour définir au mieux le contour et les caractéristiques du projet. A ce titre, la Région accompagne certains types d’études au travers de son dispositif de soutien « Etudes multi-acteurs pour la décarbonation de la mobilité lourde ou intensive ».&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcement-economique-des-ecosystemes-hydrogene-par-lusage-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>162828</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Friche
+Biodiversité
+Architecture
+Paysage
+Attractivité économique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>163882</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre la pollutions des activités économiques hors agricole</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la pollution des activités économique hors agricole</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I162" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les activités économiques hors agricoles existantes et leur
+développement peuvent impliquer des pressions sur la ressource en eau et les
+milieux aquatiques. L’Agence de l’Eau en tient compte dans son programme
+d’intervention et accompagne les acteurs économiques hors agricoles dans une
+logique d’approche globale de la gestion de l’eau à l’échelle de leur site,
+afin de réduire leur impact sur la ressource en eau et les milieux aquatiques.&lt;/p&gt;&lt;p&gt;Cette délibération présente les principes d’intervention et
+les objectifs de l’Agence en matière d’activités économiques hors agricole :
+approche globale de la gestion de l’eau sur les sites économiques visant à
+réduire les pollutions et les prélèvements d’eau, gérer les eaux pluviales et,
+le cas échéant, rétablir les continuités écologiques des cours d’eau. Plus
+particulièrement la partie elle fixe des objectifs spécifiques aux titres : &lt;/p&gt;&lt;p&gt;-de la lutte contre les pollutions : l’Agence de l’Eau
+favorise dans ce cadre les solutions de techniques propres de changement de
+procédés visant à réduire les pollutions à la source, en adéquation avec les
+objectifs environnementaux du Schéma Directeur d’Aménagement et de Gestion des
+Eaux 2022 – 2027 (SDAGE).&lt;/p&gt;&lt;p&gt;-de la réduction des prélèvements en eau : l’Agence de
+l’Eau privilégie dans ce cadre les logiques de réduction des consommations,
+puis de réutilisation et/ou de recyclage des eaux industrielles ou des eaux
+pluviales de la gestion des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les interventions de l’Agence de l’Eau visent l’atteinte des
+objectifs du Schéma Directeur d’Aménagement et de Gestion des Eaux via :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la réduction ou la suppression des eaux de
+ruissellement admises dans les réseaux d’assainissement ou rejetées au milieu
+naturel superficiel&lt;/li&gt;&lt;li&gt;le rétablissement des continuités écologiques
+des cours d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La politique de l’Agence de l’Eau favorise les solutions
+basées sur l’arasement des seuils faisant obstacle à la continuité écologique
+des cours d’eau.&lt;u&gt;&lt;/u&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
+restauration de la continuité écologique et les travaux associés&lt;/li&gt;&lt;li&gt;Les travaux d’économie d’eau (changement de
+procédés, réutilisation d’eau de process, recyclage des eaux pluviales ou des
+eaux usées traitées…)&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
+gestion des eaux pluviales&lt;/li&gt;&lt;li&gt;Les modifications de circuits internes
+d&amp;#039;utilisation d&amp;#039;eau, en particulier dans le but de réduire les débits ou les
+sous-produits à traiter&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P162" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q162" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau peut apporter
+une participation financière aux maîtres d’ouvrage des activités économiques
+hors agricoles suivants : - Entreprises immatriculées au registre du commerce
+et des sociétés, - Chambres consulaires ou tout autre organisme représentatif
+d’une activité économique industrielle, commerciale ou artisanale, -
+Collectivités territoriales et associations, pour les projets qu’elles portent
+dès lors qu’ils répondent aux principes d’intervention définis dans la présente
+délibération. Sont éligibles aux aides de l’Agence de l’Eau les opérations qui
+permettent aux entreprises d’aller au-delà des normes de portée européenne ou
+nationale en vigueur, et d’améliorer la protection de l’environnement par
+rapport à l’état initial.&lt;/p&gt;&lt;p&gt;Les opérations réunissant au moins
+l’un des critères suivants ne sont pas éligibles aux aides de l’Agence de l’Eau
+:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises en difficulté, sauf si l’aide de
+l’Agence de l’Eau est apportée dans le cadre du régime de minimis&lt;/li&gt;&lt;li&gt;Renouvellement à l’identique des ouvrages&lt;/li&gt;&lt;li&gt;Existence d’une mise en demeure réglementaire au
+titre de la police de l’eau ou des installations classées pour la protection de
+l’environnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au titre de cas particulier, les
+transferts d’activités existantes sur un autre site du bassin sont éligibles
+aux aides de l’Agence de l’Eau pour la part des travaux permettant d’aller
+au-delà des normes de portée européenne ou française en vigueur. L’Agence de
+l’Eau peut aider l’implantation de nouvelles activités dans le bassin, si ces
+installations sont réalisées sur des sites déjà artificialisés, et pour la part
+des travaux se rapportant à la gestion des eaux pluviales. L’Agence de l’Eau
+peut aider les travaux accompagnant une augmentation de capacité de production
+dans les conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les flux de pollution nouveaux à éliminer seront
+pris en compte dans les dépenses finançables, dans la limite de 150% des flux
+de pollution initiaux ;&lt;/li&gt;&lt;li&gt;Les volumes d’eau économisés seront pris en
+compte dans les dépenses finançables pour la part correspondant aux économies
+d’eau se rapportant à la production initiale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau peut aider les
+opérations collectives si elles sont portées par les chambres consulaires ou
+tout autre organisme représentatif d’une activité économique industrielle,
+commerciale ou artisanale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
+&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-la-pollutions-des-activites-economiques-hors-agricole/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>90767</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les entreprises de l'Economie Sociale et Solidaire (ESS)</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;aide au conseil permet d&amp;#039;apporter l&amp;#039;expertise nécessaire pour franchir des étapes stratégiques du développement de l&amp;#039;entreprise. Elle permet de conforter les décisions de positionnement et d&amp;#039;investissement des entreprises de l&amp;#039;ESS pour le développement de nouvelles stratégies ou activités, pour favoriser l&amp;#039;innovation et la professionnalisation des acteurs.
+    &lt;/p&gt;
+    &lt;p&gt;
+     Ce dispositif est présenté dans le cadre de la politique de développement économique et de l&amp;#039;emploi de la Région dans une volonté prioritaire de développement des activités en faveur de l&amp;#039;ESS, de structuration économique des acteurs, de dynamisme territorial et d&amp;#039;innovation des pratiques.
+    &lt;/p&gt;
+    &lt;p&gt;
+     Objectifs:
+    &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  apporter l&amp;#039;expertise nécessaire pour franchir les étapes stratégiques de la vie de l&amp;#039;entreprise.
+ &lt;/li&gt;
+ &lt;li&gt;
+  conforter les décisions de positionnement et d&amp;#039;investissement des entreprises de l&amp;#039;ESS pour la création d&amp;#039;activité, le développement de nouvelles stratégies ou activités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;innovation et la professionnalisation des acteurs.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Emploi
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes sont instruites au fil de l&amp;#039;eau et seront présentées en commission permanente en fonction du calendrier fixé pour l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide au conseil peut être mobilisée sur diverses thématiques (création d&amp;#039;activité, développement économique, diversification d&amp;#039;activité, faisabilité, montage d&amp;#039;actions collectives,...) :
+&lt;/p&gt;
+&lt;p&gt;
+ 1) Etude de faisabilité et toutes prestations externes permettant l&amp;#039;expertise nécessaire pour franchir une étape stratégique :
+&lt;/p&gt;
+&lt;p&gt;
+ Les études de faisabilité peuvent concerner des projets de création et/ou de développement d&amp;#039;activité pour les structures de l&amp;#039;IAE et de l&amp;#039;ESS.
+&lt;/p&gt;
+&lt;p&gt;
+ 2) Création de SCOP :
+&lt;/p&gt;
+&lt;p&gt;
+ En plus de l&amp;#039;appui global de l&amp;#039;URSCOP, les candidats à la reprise sous forme de SCOP peuvent recourir à des conseils extérieurs sur des questions techniques d&amp;#039;ordre financier, juridique et fiscal. Ils peuvent alors solliciter une aide à l&amp;#039;ingénierie du Conseil régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Cas particulier : Lors de reprise en SCOP d&amp;#039;entreprises en difficulté, il est impératif de solliciter l&amp;#039;intervention de l&amp;#039;Union Régionale des SCOP en appui aux salariés dans la construction de leur projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adéquation entre la nature de la prestation et les compétences et références du prestataire fera l&amp;#039;objet d&amp;#039;une attention particulière lors de l&amp;#039;instruction. L&amp;#039;aide au conseil doit donner lieu à la mise en place d&amp;#039;un comité de pilotage pour suivre le déroulé des préconisations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute demande d&amp;#039;appui conseil par une structure, il sera vérifié que le Dispositif Local d&amp;#039;Accompagnement (DLA) n&amp;#039;est pas mobilisable et l&amp;#039;aide régionale au titre du règlement d&amp;#039;intervention en faveur de l&amp;#039;ESS n&amp;#039;est pas cumulable avec un co-financement par le DLA.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-conseil</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Relation aux Usagers
+Direction de l&amp;#039;économie sociale et solidaire et innovation sociale
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit, par courrier à l&amp;#039;attention du Président du Conseil régional, solliciter l&amp;#039;intervention de la Région et compléter le dossier téléchargé plus bas.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant toute transmission d&amp;#039;une demande d&amp;#039;aide il est fortement conseillé de prendre l&amp;#039;attache du chargé de mission de la direction sur le département concerné afin de s&amp;#039;assurer de la bonne éligibilité de la demande, des dates de commission permanentes à venir ainsi que du calendrier d&amp;#039;instruction. Le chargé de mission territorial, par son conseil, permet une orientation adaptée de la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet transmet ensuite l&amp;#039;ensemble de son dossier de demande d&amp;#039;aide, par voie numérique , au chargé de mission et à la gestionnaire administrative et financière du département concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ A la réception du dossier de demande complet, le chargé de mission du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation de cette demande en commission permanente du Conseil régional qui se réunit 6 à 8 fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ La décision finale appartient aux élus du Conseil régional qui délibèrent en commission permanente. Les décisions finales sont notifiées par courrier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6723-aide-au-conseil/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>95031</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et aux manifestations dans les secteurs de l’économie culturelle et de la création numérique</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals et aux manifestations dans les secteurs des industries créatives</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du cinéma et de l&amp;#039;audiovisuel :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics, et participer à la cohérence du territoire en termes culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel et la pérennité des équipes de création en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la promotion des équipes artistiques en région, et au-delà du territoire régional,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du livre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir et accompagner la création littéraire contemporaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamiser le développement de la vie littéraire en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la professionnalisation et la coopération des acteurs du livre en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé en fonction de la nature, de l&amp;#039;ampleur, de la qualité du projet ainsi que des partenariats financiers établis. Une subvention pluriannuelle peut être proposée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P164" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations et structures culturelles de droit public ou privé ayant leur siège en région Grand Est, dont le projet est entièrement dédié à la promotion des oeuvres cinématographiques, audiovisuelles, nouveaux medias, du livre ou de la lecture et dont l&amp;#039;action se déroule en région Grand Est. Les collectivités territoriales. Les bénéficiaires doivent être implantés en région Grand Est ou y mener leur activité de façon effective.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du cinéma ou de l&amp;#039;audiovisuel , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   développer un projet culturel et artistique identifié et de qualité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;entourer d&amp;#039;une équipe compétente ou de professionnels pour l&amp;#039;organisation et la programmation du festival ou de la manifestation, respecter les conditions de rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier l&amp;#039;engagement d&amp;#039;au moins une collectivité publique locale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   équilibrer son budget prévisionnel et prouver la viabilité du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du secteur du livre , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   soutenir et accompagner la création littéraire contemporaine,
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamiser le développement de la vie littéraire en région,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter la chaîne du livre et les conditions de rémunération des auteurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser la professionnalisation et la coopération des acteurs du livre en région, par exemple sous forme de rencontres professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une manifestation avec une programmation cohérente et de qualité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer au développement de l&amp;#039;économie du livre à l&amp;#039;échelle régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une stratégie de rayonnement régional voire national ou international,
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier d&amp;#039;une pluralité de financements et d&amp;#039;une part significative dédiée aux frais artistiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts liés à l&amp;#039;organisation des festivals et des manifestations sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-aux-manifestations-secteurs-de-leconomie-culturelle-de-creation-numerique/</t>
+        </is>
+      </c>
+      <c r="W164" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0022/depot/simple</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   /
+   &lt;a href="mailto:cinema.audiovisuel&amp;#64;grandest.fr"&gt;
+    cinema.audiovisuel&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
+    versements-ecoculture&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépôt des dossiers :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La date de réception par la Région du dossier complet doit être antérieure au démarrage de l&amp;#039;opération d&amp;#039;au moins 4 mois. L&amp;#039;ensemble de la procédure de dépôt des dossiers, dossier administratif et dossier de projet, ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée Le dépôt de dossier s&amp;#039;effectue par voie électronique à l&amp;#039;une des adresses suivantes :
+  &lt;a rel="noopener" target="_blank"&gt;
+   cinema.audiovisuel&amp;#64;grandest.fr
+  &lt;/a&gt;
+  ou
+  &lt;a rel="noopener" target="_blank"&gt;
+   livre&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aee-soutien-aux-festivals-et-aux-manifestations-d/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>143278</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer l'économie circulaire dans vos projets de construction et d'aménagement (Label 2EC)</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Label 2ECEngager une démarche d&amp;#039;économie circulaire dans le BTP répond à de fortes attentes sociétales. En tant que porteur de projet, votre levier d&amp;#039;action consiste à réduire la production et à recycler les déchets dans une double motivation environnementale et économique. Le label 2EC, concourt à la réussite et à l&amp;#039;acceptabilité de vos projets. Le Cerema pilote son déploiement pour le compte du Ministère de la Transition écologique. A ce titre, il vous accompagne pour obtenir le label et promouvoir vos engagements à chaque étape clé de vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous envisagez de réaliser un projet de construction ou d&amp;#039;aménagement et vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser son acceptabilité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire son empreinte environnementale par l&amp;#039;utilisation de matériaux alternatifs, la prévention et le recyclage des déchets, tout en optimisant les couts de gestion associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les risques en appliquant une méthodologie éprouvée d&amp;#039;infrastructures de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la visibilité de vos engagements en faveur de l&amp;#039;économie circulaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un maillage territorial permettant de répondre à vos besoins au plus près de vos projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise règlementaire et technique avérée, en matière de prévention et de recyclage des déchets de construction et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un positionnement guidé par l&amp;#039;intérêt général de part notre  statut d&amp;#039;établissement public indépendant, sous tutelle du Ministère de la Cohésion des territoires et des Relations avec les collectivités territoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une légitimité nationale à faire valoir vos initiatives via le site web du label 2EC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   LE LABEL 2EC : Un label pour structurer et promouvoir vos pratiques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sécuriser votre démarche  d&amp;#039;économie circulaire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La charte d&amp;#039;engagement du label 2EC permet de s&amp;#039;assurer que  votre projet répond aux règles de l&amp;#039;art et aux méthodes reconnues par le ministère en charge de l&amp;#039;environnement pour la prévention et gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction de vos engagements  par le Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audits de chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attribution de labels aux stades de conception, réalisation et achèvement des travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Communiquer sur votre engagement en faveur d&amp;#039;une économie circulaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un kit de communication, enrichit tout au long du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en visibilité, au plan national, sur le site internet du label 2EC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Une charte pour formaliser vos engagements
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Respecter les référentiels réglementaires et normatifs de l&amp;#039;économie circulaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réglementation sur la prévention et la gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les guides méthodologiques validés par le ministère en charge de l&amp;#039;environnement pour la valorisation des matériaux alternatifs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Prévenir et gérer les déchets de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic des déchets générés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le réemploi et gérer les déchets selon la hiérarchie des modes de traitement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrire les engagements du porteur de projet dans les marchés ou les contrats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tracer les déchets depuis leur lieu de production jusqu&amp;#039;à la filière de traitement final
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Valoriser des matériaux alternatifs dans le cadre de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tracer l&amp;#039;origine des matériaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérifier la conformité environnementale des matériaux utilisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, rendez-vous sur le site du Label :
+ &lt;a target="_self"&gt;
+  www.label-2ec.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/integrer-economie-circulaire-vos-projets-construction</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-integrer-leconomie-circulaire-dans-vos-projet/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>163086</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 4 - Promouvoir des pratiques innovantes et l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F166" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J166" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La stratégie accompagnera les initiatives sociales, écologiques, solidaires et citoyennes pour porter des projets expérimentaux d’innovation sociale et écologique. Le territoire du GAL Sud Gironde aspire à des projets favorisant la coopération, la mutualisation et la solidarité entre acteurs, prenant en compte les enjeux du développement durable. Le territoire du Sud Gironde aidera les initiatives qui permettent de sensibiliser la population à ces enjeux et qui favorisent des changements de pratiques individuelles ou collectives. Cette fiche action est dédiée aux projets intégrants une innovation et une expérimentation sociale, écologique et / ou environnementale dans un projet de développement rural.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Opérations d’animations et conception d’outils de communications ; Tiers-lieux et lieux d’échanges et de partage ; Epicerie sociale et solidaire ; Café associatif, espaces de vie sociale ; Actions autour du lien intergénérationnel&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P166" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q166" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W166" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>leader@polesudgironde.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde-1/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>164752</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir l'efficience, la sobriété et les économies d'eau en agriculture</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Promouvoir l’efficience, la sobriété et les économies d’eau en 
+agriculture, grâce notamment à la transition agroécologique. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la gestion collective et la compréhension de 
+l’impact des prélèvements agricoles sur un périmètre 
+cohérent (cela inclut des actions de type installation d’outils 
+pour suivre et gérer les prélèvements et des équipements 
+hydrauliques. Les OUGC peuvent aussi remplir les missions 
+de gestion collective : base de données interopérable et 
+mise en œuvre d’actions de gestion de la ressource notamment en période de crise et de restrictions. Des études sur 
+les autorisations pluriannuelles (AUP) peuvent être accompagnées si l’OUGC s’engage à élaborer, avec l’EPTB ou une 
+structure similaire, un chemin de retour à l’équilibre partagé 
+et conduit les actions précitées.) &lt;/li&gt;&lt;li&gt;Maîtriser les prélèvements et les consommations 
+agricoles. L’Agence finance des actions de type : 
+ • amélioration du pilotage et de l’efficience de l’irrigation 
+(par ex : achat collectif de matériels hydroéconomes) 
+ • actions d’accompagnement individuel pour réduire 
+la consommation d’eau 
+ • actions de sensibilisation aux économies d’eau, formations 
+ • prestations de conseil collectif auprès des usagers
+ • engagement de diagnostics de réseaux collectifs, d’études 
+et d’expérimentations en faveur de programmes d’économies d’eau &lt;/li&gt;&lt;li&gt;Faire évoluer les pratiques agricoles et les systèmes 
+d’exploitation pour une meilleure résilience face au 
+changement climatique (les actions se traduisent par la 
+mise en œuvre d’un programme de transition agroécologique, le développement des MAEC, la structuration de 
+réseaux d’échange sur des pratiques économes en eau et 
+le conseil individuel dans le cadre de démarches de gestion 
+quantitative.) &lt;/li&gt;&lt;li&gt;Réduire la pression des prélèvements, notamment en 
+période d’étiage, en les déplaçant vers des ressources 
+moins sensibles ou en les compensant (l’Agence finance 
+des actions de type : aménagement / optimisation des 
+ouvrages agricoles existants ou création de nouvelles 
+infrastructures de stockage, à condition qu’elles soient 
+intégrées dans un PTGE validé et approuvé par la CLE du 
+SAGE, si elle existe.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/gestion-quantitative-ressource-economies-eau-pour-tous-usages"&gt;Gestion quantitative de la ressource et économies d&amp;#039;eau pour tous les usages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sur le thème agricole, cette contribution est déployée par exemple 
+par la mise en œuvre de :
+ la mobilisation des potentialités de l’agroécologie
+ un meilleur pilotage de l’irrigation et la mise en place de matériels hydroéconomes
+ l’engagement d’études et d’expérimentations en faveur de programmes ambitieux d’économies d’eau
+ une amélioration de la connaissance et la gestion collective des prélèvements agricoles
+ un accompagnement de conseils collectifs et individuels effectués 
+dans une approche globale (gestion de la ressource, économies d’eau, 
+pratiques agroécologiques, restauration de la qualité de l’eau et économies d’énergie)
+ la création / aménagements d’ouvrages de stockage&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P167" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q167" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités, les agriculteurs et leurs groupements, les entreprises, les associations ainsi que toutes personnes morales légitimes à porter ces projets. Pour l’achat collectif de matériels hydroéconomes, il convient de s’engager à réaliser a minima 10 % d’économies d’eau de prélèvement. Concernant la création et/ou l’aménagement d’ouvrages, les principales conditions d’éligibilité sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;être réalisé au bénéfice d’un périmètre élémentaire priori- taire identifié dans la carte C9 du SDAGE&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la réalisation d’une étude d’impact intégrant les effets du changement climatique, s’assurant des capacités prévi- sibles de remplissage de l’ouvrage et du maintien ou de la reconquête du bon état des masses d’eau de la zone d’influence du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’engagement du territoire dans la transition agroécologique et les engagements individuels des agriculteurs irrigants l’engagement à effectuer la régularisation règlementaire des volumes de prélèvements substitués&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le recouvrement total de la part du maître d’ouvrage des coûts de fonctionnement de l’ouvrage auprès des usagers et aussi, sauf exception, de l’amortissement de la part non subventionnée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-03/FICHE-THEMATIQUE_GQ_Sobri%C3%A9t%C3%A9%20et%20%C3%A9conomies%20d%27eau%20en%20agriculture.pdf</t>
+        </is>
+      </c>
+      <c r="W167" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-les-experimentations-et-la-diffusion-de-connaissances-dans-le-domaine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>164331</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Développer et améliorer les systèmes d'assainissement - Économies d'énergie</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement  et d’amélioration des systèmes d’assainissement</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I168" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J168" s="1" t="inlineStr">
+        <is>
+          <t>Taux "travaux amélioration" éligibles sinon 20%</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Développer la solidarité vers les communes rurales&lt;/p&gt;&lt;p&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/p&gt;&lt;p&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/p&gt;&lt;p&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Système 
+d’assainissement 
+existant réhabilité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q168" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux d’adaptation 
+concourant à une 
+maîtrise énergétique 
+dans le cadre d’un projet 
+éligible&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-reutilisation-des-eaux-usees-traitees/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>160373</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'entreprenariat et expérimenter de nouveaux modèles économiques</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J169" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire montre une bonne dynamique de création d&amp;#039;entreprises, avec un taux de survie élevé (77% de taux de survie à 3 ans en
+ 2018) et le taux de chômage est globalement plus faible que la moyenne normande. Cependant, ces chiffres masquent des inégalités. En effet, les jeunes font face à un chômage plus élevé que les autres tranches d&amp;#039;âge (23% de taux de chômage des 15-24 ans) et les femmes ne représentent que 28% des créations d&amp;#039;entreprises. Ainsi afin de conforter la bonne dynamique de création d&amp;#039;entreprises, les acteurs du territoire souhaitent soutenir l&amp;#039;accompagnement à la création d&amp;#039;activité, la transmission et la reprise d&amp;#039;entreprises en développant l&amp;#039;accueil des jeunes actifs et l&amp;#039;entreprenariat au féminin. Dans la situation sociétale post-COVID, il a paru pertinent de s&amp;#039;intéresser au soutien d&amp;#039;activités économiques porteuses de sens, plus inclusives, créatrices de lien social, vecteur d&amp;#039;insertion, et pourquoi pas d&amp;#039;expérimenter la faisabilité de nouveaux modèles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Dynamiser les villages avec des activités créatrices de lien social
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   L&amp;#039;entreprenariat accessible à toutes et tous
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De nouveaux modèles économiques créateurs de sens
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra pour soutenir les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Accompagnement à la création d&amp;#039;activité, la pérennisation et la transmission d&amp;#039;activités économiques intégrées, en lien avec
+  &lt;/span&gt;
+  l&amp;#039;environnement, créatrices de lien social, répondant aux besoins de la population
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de l&amp;#039;entreprenariat féminin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des jeunes vers le monde de l&amp;#039;entreprise et rapprochement des sphères de l&amp;#039;éducation et de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1364-developper-une-offre-culturelle-et-touristiqu/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>144501</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir le tissu économique de proximité dans les zones rurales</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I170" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J170" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 250 000 € HT</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide financière aux opérations d&amp;#039;investissement en faveur des entreprises de services marchands nécessaires aux besoins de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Application d&amp;#039;un Coefficient de Solidarité Départemental pour les opérations d&amp;#039;investissement dont la maîtrise d&amp;#039;ouvrage est assurée par une commune, un Établissement Public de Coopération Intercommunal à fiscalité propre ou un Groupement de Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est issue du règlement du Fonds de Développement et d&amp;#039;Aménagement Local (FDAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le financement du projet ne doit pas dépasser 80% d&amp;#039;aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra comporter : un courrier sollicitant la subvention du Conseil Départemental, une note explicative présentant un plan de financement, un dossier technique.Les pièces suivantes devront également impérativement êtres fournies :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une étude démontrant la viabilité économique du projet et l&amp;#039;absence de distorsion de concurrence ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une attestation par le maître d&amp;#039;ouvrage de la défaillance ou de l&amp;#039;absence d&amp;#039;initiative privée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6040-maintenir-le-tissu-economique-de-proximite-da/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>140794</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement économique, à l’attractivité et à l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de commerce et d'industrie (CCI) des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : réalisation de diagnostics de l&amp;#039;appareil commercial, et de diagnostics économiques (études, plan d&amp;#039;actions, recueil en concertation avec les acteurs locaux...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : animation de territoire (mise en réseau d&amp;#039;entreprises, développement de l&amp;#039;attractivité du territoire et des liens entre tous les acteurs économiques du territoire...) et animation d&amp;#039;associations de commerçants, et d&amp;#039;entreprises de ZA, appui à la dynamisation des centres-villes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : réalisation d&amp;#039;études commerciales et de marchés, développement des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;un diagnostic commercial : élaborer un état des lieux fiable et précis sur le tissu commercial, formuler des préconisations de développement et proposer des enrichissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;étude d&amp;#039;implantation commerciale : faciliter les prises de décisions en matière d&amp;#039;aménagement, d&amp;#039;implantation et de dynamisme commercial à partir d&amp;#039;une approche marché personnalisée, et informer sur les accompagnements complémentaires proposés par la CCI (accompagnement du porteur de projet dans le montage du dossier...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un hôtel d&amp;#039;entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les collectivités, la CCI intervient en tant que prestataire, via la signature de contrats de prestation rémunérés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>http://www.digne.cci.fr/</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 60 bd Gassendi 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 80 80 (Digne-les-Bains)
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 72 31 52 (Manosque)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:accueil&amp;#64;digne.cci.fr" target="_self"&gt;
+  accueil&amp;#64;digne.cci.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/97a1-contribuer-au-developpement-economique-a-latt/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>45613</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le développement commercial et l’attractivité économique des cœurs de ville</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires aide les collectivités à la mise en place de foncières dédiées à la revitalisation des cœurs de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  des prises de participations en fonds propres et quasi-fonds propres
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement en fonds propres et quasi-fonds propres de SEM et filiales de SEM intégrant une activité de foncière de redynamisation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Crea_foncieres_locale_ps</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b76-developper-des-foncieres-locales-repondant-a-/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>162990</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 12 - FEADER</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J173" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
+territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
+Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
+les acteurs et structures qui les accompagnent (collectivités, Missions
+Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
+seront nombreux et concerneront notamment le développement d’une approche
+globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
+de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
+professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
+amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
+matériels et matériaux nécessaires à l’organisation de « chantiers
+formations », de « chantiers d’insertion » et de
+« chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
+et jeunes actifs pour découvrir les métiers, les formations et développer leur
+capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Formation professionnelle
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P173" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q173" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>120661</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>DLA (Dispositif Local d'Accompagnement)</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Ligue de l'enseignement de l'Aube</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
+&lt;/p&gt;
+&lt;p&gt;
+ Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Biodiversité
+Lutte contre la précarité
+Emploi
+Valorisation d'actions
+Mobilité pour tous
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir au moins 1 emploi ou souhaitant en créer un à court terme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avoir son siège social dans l&amp;#039;Aube
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être volontaire pour être accompagné
+  &lt;/li&gt;
+ &lt;/ol&gt;
+</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laligue10.org/dla/</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter la Chargée de mission DLA
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  dla10&amp;#64;laligue10.org
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 03.25.82.68.63
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
+ &lt;br /&gt;
+ 15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>dla10@laligue10.org</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>103447</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et valoriser les déchêts : zéro déchet et économie circulaire</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Zéro déchet et économie circulaire</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En accompagnement des objectifs du Plan régional de prévention et de gestion des déchets et de la Stratégie régionale économie circulaire, la Région soutient les opérations et projets en matière de prévention et de valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ En savoir plus sur le
+ &lt;a href="https://www.iledefrance.fr/PRPGD" rel="noopener" target="_blank"&gt;
+  Plan régional de prévention et de gestion des déchets (PRPGD)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En savoir plus sur la
+ &lt;a href="https://www.iledefrance.fr/economie-circulaire-la-strategie-regionale-2020-2030" rel="noopener" target="_blank"&gt;
+  Stratégie régionale économie circulaire (SREC)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Découvrez également
+ &lt;a href="https://www.iledefrance.fr/projets-territoriaux-de-prevention-et-lutte-contre-les-depots-sauvages-de-dechets" rel="noopener" target="_blank"&gt;
+  les dispositifs de soutien pour lutter contre les dépôts sauvages
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique" rel="noopener" target="_blank"&gt;
+  Ce dispositif est éligible au Budget participatif écologique de la Région Île-de-France
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les personnes morales sont éligibles.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études de faisabilité ou pré-opérationnelles :
+  jusqu&amp;#039;à 50% des dépenses éligibles (subvention maximale : 100.000€)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres investissements nécessaires au projet :
+  jusqu&amp;#039;à 35% des dépenses éligibles (subvention maximale : 250.000€, porté à 300.000€ pour les investissements permettant la collecte et le tri des déchets des artisans, notamment déchetteries accueillant les professionnels).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Ces soutiens sont bonifiés dans le cadre des engagements « territoires franciliens circulaires ».
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit pour la Région d&amp;#039;aider des projets contribuant à l&amp;#039;un des objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agir pour le « zéro déchet » et lutter contre les gaspillages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer le réemploi, la réutilisation et la réparation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre l&amp;#039;économie circulaire au cœur de l&amp;#039;aménagement et des chantiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;économie circulaire et innover,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relever le défi du tri et du recyclage matière et organique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anticiper les crises et réduire l&amp;#039;impact de la gestion des déchets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Tous les types de dépenses d&amp;#039;investissement sont éligibles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat doit prendre contact avec le service économie circulaire et déchets de la Région au moins 4 semaines avant la date butoir de dépôt afin de préciser son projet et de s&amp;#039;assurer de son éligibilité (via votre interlocuteur habituel ou zerodechet&amp;#64;iledefrance.fr).
+&lt;/p&gt;
+&lt;p&gt;
+ Il pourra ensuite déposer son dossier sur
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , en sélectionnant le téléservice « zéro déchet et économie circulaire ».
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par le service, l&amp;#039;attribution définitive des aides est votée par la Commission permanente (CP) du Conseil régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Dates limites de dépôt des dossiers de demandes de subvention
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avant le 28/10/2022 : présentation à partir de la CP de janvier 2023 (prendre contact avec le service avant le 03/10/2022)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avant le 02/12/2022 : présentation à partir de la CP de mars 2023 (prendre contact avec le service avant le 05/11/2022)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/zero-dechet-et-economie-circulaire</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  zerodechet&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/987a-zero-dechet-et-economie-circulaire/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>104510</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Accroître la compétitivité des PME pour faire face aux mutations économiques</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Accroître la compétitivité des PME pour faire face aux mutations économiques</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir le programme de formation-action &amp;#34; Dispositif intégré méthodologique pour l‘innovation et la compétitivité des entreprises (DINAMIC)&amp;#34; mais aussi les actions collectives destinées à favoriser la mutation des PME vers de nouveaux modes de production et d&amp;#039;innovation ainsi que les services de veille et d&amp;#039;intelligence économique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+International
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront s&amp;#039;inscrire en cohérence avec les orientations régionales issues du schéma régional de l&amp;#039;économie et de l&amp;#039;emploi durables (SREED) et/ou du schéma régional développement économique, d&amp;#039;innovation et d&amp;#039;internationalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ La contribution des projets à la mise en œuvre de la stratégie régionale d&amp;#039;innovation en faveur des filières devra être démontrée lorsque cela est pertinent.
+&lt;/p&gt;
+&lt;p&gt;
+ La cohérence avec la stratégie régionale énergétique devra, le cas échéant, être démontrée.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivant dans le référentiel régional « Responsabilité Sociétale des Entreprises » feront l&amp;#039;objet d&amp;#039;une attention particulière.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/accroitre-la-competitivite-des-pme-pour-faire-face-aux-mutations-economiques</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+&lt;/p&gt;
+&lt;p&gt;
+ Service FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 28 20 61 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d2cd-accroitre-la-competitivite-des-pme-pour-faire/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>162330</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les performances économiques des exploitations pastorales et en conjuguant une production de qualité, respectueuse de l’environnement</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Héliportages en alpages d’accès difficile</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Moderniser les activités pastorales en permettant d’améliorer les performances économiques des exploitations pastorales et en conjuguant une production de qualité, respectueuse de l’environnement, et l’amélioration des conditions de travail.&lt;/p&gt; &lt;p&gt;Les bénéficiaires indirects sont : Groupements pastoraux et leurs fédérations, Éleveurs, Collectivités territoriales et leurs groupements, Commissions syndicales, Établissements publics.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P177" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2020</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux d’héliportage doivent être coordonnés pour les départements des Alpes de Haute-Provence et des Hautes-Alpes par le CERPAM et pour le département des Alpes-Maritimes par la Chambre d’Agriculture des Alpes-Maritimes. Les aides apportées dans le cadre de ce dispositif sont soumises aux régimes des aides « de minimis agricoles ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/heliportages-en-alpages-dacces-difficile</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de l’Agriculture, de la Forêt et de l’Eau&lt;br /&gt; Service Agriculture-Forêt&lt;br /&gt; Hôtel de Région - 27, place Jules Guesde 13481 Marseille Cedex 20&lt;br /&gt; Tél. : 04 91 57 53 32&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/heliportages-en-alpages-dacces-difficile/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>162331</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les performances économiques des exploitations pastorales et en conjuguant une production de qualité, respectueuse de l’environnement</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Médiation territoriale sur les estives</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Moderniser les activités pastorales en permettant d’améliorer les performances économiques des exploitations pastorales et en conjuguant une production de qualité, respectueuse de l’environnement et l’amélioration des conditions de travail&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités territoriales et leurs groupements (Offices de tourisme...)&lt;/li&gt; 	&lt;li&gt;Commissions syndicales&lt;/li&gt; 	&lt;li&gt;Établissements publics&lt;/li&gt; 	&lt;li&gt;Association de municipalités&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P178" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2020</t>
+        </is>
+      </c>
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’intégralité du temps de travail pris en compte devra être dédiée à cette tâche, durant la période s’étalant du 15 juin au 15 septembre. Le coût est plafonné à 6 000 € sur la durée de la période estivale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mediation-territoriale-sur-les-estives</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de l’Agriculture, de la Forêt et de l’Eau&lt;br /&gt; Service Agriculture-Forêt&lt;br /&gt; Hôtel de Région - 27, place Jules Guesde 13481 Marseille Cedex 20&lt;br /&gt; Tél. : 04 91 57 53 32&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mediation-territoriale-sur-les-estives/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>164334</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Développer et améliorer les réseaux d'assainissement- Travaux d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement et d'amélioration des systèmes d'assainissement</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J179" s="1" t="inlineStr">
+        <is>
+          <t>Cf. https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Développer la solidarité vers les communes rurales&lt;/p&gt;&lt;p&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/p&gt;&lt;p&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/p&gt;&lt;p&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place 
+d&amp;#039;installation de 
+récupération et de 
+réutilisation d&amp;#039;eau 
+pluviale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q179" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux groupés réalisés 
+sous maîtrise d&amp;#039;ouvrage 
+publique et permettant 
+de déraccorder des eaux 
+pluviales du réseau et 
+destinés à des usages 
+réglementairement 
+autorisés dans le respect 
+des prescriptions 
+techniques et sanitaires 
+du Ministère chargé de la 
+Santé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-de-gestion-du-temps-de-pluie-autosurveillance/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>165124</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'accès, à l’économie et au pilotage de l’eau en agriculture</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>AXEO - Aide à l'accès, à l’économie et au pilotage de l’eau en agriculture</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Plan de prévention des risques liés à la sécheresse - AXEO&lt;/h2&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Vous souhaitez mener à bien un projet individuel ou collectif d’étude ou d’investissements en matériels d’irrigation pour améliorer la performance et la durabilité de votre exploitation agricole ?&lt;/strong&gt;&lt;br /&gt;
+&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Bénéficiez d’une aide par les financeurs (Région et Agence de l’eau) pouvant aller jusqu’à : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;80 % des frais d’étude HT&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;40 % des investissements matériels HT&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un exploitant agricole, dont les fermiers aubergistes ;&lt;/li&gt;
+&lt;li&gt;Une structure collective ou un groupement d’agriculteurs ;&lt;/li&gt;
+&lt;li&gt;Une fondation, association, établissement d’enseignement et de recherche agricole, une société agricole, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;Votre montant d’aide varie selon les types de dépenses retenues en € HT :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Pour les études prospectives et expérimentations &lt;/strong&gt;: 80% maximum des dépenses retenues et plafonnées à 60 000 € pour les projets individuels et collectifs ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Pour les frais d’étude et de diagnostic &lt;/strong&gt;: 80% maximum des dépenses retenues et plafonnées à 1 500 € pour les projets individuels et 5 000 € pour les projets collectifs ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Pour les investissements matériels&lt;/strong&gt; : jusqu’à 40% maximum des dépenses retenues et plafonnées à 100 000 € pour les projets individuels et 400 000 € pour les projets collectifs.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les subventions sont calculées sur la base d’un montant éligible auquel est appliqué un plancher, un plafond et un taux de subvention, tels qu’explicités dans le règlement.&lt;/p&gt;
+&lt;p&gt;Le financement sera examiné au cas par cas, au vu d’une présentation détaillée du projet.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 1&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : Prenez contact &lt;/strong&gt;dès maintenant avec les services régionaux ou l’Agence de l’Eau Rhin-Meuse. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 2&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : Téléchargez le « Dossier de candidature »&lt;/strong&gt; disponible en bas de la page.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 3&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : Envoyez votre « Dossier de candidature » complété par email&lt;/strong&gt; au guichet unique : &lt;a href="mailto:eau.agriculture&amp;#64;grandest.fr"&gt;eau.agriculture&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;em&gt;Lors d’un comité des financeurs, l’analyse et le fléchage financier des projets seront réalisés. &lt;/em&gt;&lt;/li&gt;
+&lt;li&gt;&lt;em&gt;Un courrier sera adressé au porteur de projet pour qu’il dépose sa demande d’aide complète sur la plateforme de demande du financeur retenu (Région Grand Est ou Agence de l’eau Rhin Meuse). &lt;/em&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;&lt;u&gt;Étape 4&lt;/u&gt;&lt;/strong&gt;&lt;strong&gt; : &lt;/strong&gt;Après réception de votre courrier,&lt;strong&gt; déposez votre dossier de demande d’aide complète sur la plateforme du financeur retenu. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention : la date de réception par la Région du dossier de candidature doit être antérieure à la date de démarrage de l’opération et l’instruction ne débutera que si le dossier est complet. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Vous pouvez également nous envoyer votre dossier de candidature par voie postale aux coordonnées suivantes :&lt;/p&gt;
+&lt;p&gt;Siège du Conseil Régional&lt;br /&gt;
+A l’attention de : la Direction de l’Économie du Vivant&lt;br /&gt;
+Dispositif : Aide à l’accès, à l’économie et au pilotage de l’eau en agriculture&lt;br /&gt;
+1 place Adrien Zeller&lt;br /&gt;
+BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P180" s="1" t="inlineStr">
+        <is>
+          <t>22/04/2024</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/economie-eau-agriculture/</t>
+        </is>
+      </c>
+      <c r="W180" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0183/depot/simple</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Étape 1 : Prenez contact dès maintenant avec les services régionaux ou l’Agence de l’Eau Rhin-Meuse. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;Étape 2 : Téléchargez le « Dossier de candidature » disponible en bas de la page.&lt;/p&gt;&lt;p&gt;Étape 3 : Envoyez votre « Dossier de candidature » complété par email au guichet unique : eau.agriculture&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Lors d’un comité des financeurs, l’analyse et le fléchage financier des projets seront réalisés.&lt;/p&gt;&lt;p&gt;Un courrier sera adressé au porteur de projet pour qu’il dépose sa demande d’aide complète sur la plateforme de demande du financeur retenu (Région Grand Est ou Agence de l’eau Rhin Meuse).&lt;/p&gt;&lt;p&gt;Étape 4 : Après réception de votre courrier, déposez votre dossier de demande d’aide complète sur la plateforme du financeur retenu.&lt;/p&gt;&lt;p&gt;Attention : la date de réception par la Région du dossier de candidature doit être antérieure à la date de démarrage de l’opération et l’instruction ne débutera que si le dossier est complet.&lt;/p&gt;&lt;p&gt;Vous pouvez également nous envoyer votre dossier de candidature par voie postale aux coordonnées suivantes :&lt;/p&gt;&lt;p&gt;Siège du Conseil Régional&lt;/p&gt;&lt;p&gt;A l’attention de : la Direction de l’Économie du Vivant&lt;/p&gt;&lt;p&gt;Dispositif : Aide à l’accès, à l’économie et au pilotage de l’eau en agriculture&lt;/p&gt;&lt;p&gt;1 place Adrien Zeller&lt;/p&gt;&lt;p&gt;BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/axeo-aide-a-lacces-a-leconomie-et-au-pilotage-de-leau-en-agriculture/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>56183</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Etudier l'opportunité technique et économique d'une installation bois énergie</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;étude est réalisée par le SDEC ENERGIE qui prend en charge l&amp;#039;intégralité de son coût, dans la limite d&amp;#039;une étude par an par collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;étude porte sur l&amp;#039;opportunité de réaliser un projet bois énergie pour le chauffage de bâtiments publics, en substitution à des énergies fossiles. L&amp;#039;étude peut porter sur une chaufferie dédiée, un réseau technique ou un réseau de chaleur bois énergie (bois déchiqueté ou granulés).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ae9-etudier-lopportunite-technique-et-economique-/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>164933</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Equiper les espaces d’habitation de dispositifs contribuant aux économies d’eau</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’opération comprend obligatoirement une sensibilisation des populations aux écogestes et à la bonne utilisation des dispositifs, ainsi que d’une évaluation d’impact (avant/après).&lt;br /&gt;Les logements neufs ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/equiper-les-espaces-dhabitation-de-dispositifs-contribuant-aux-economies-deau/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>90960</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des offres touristiques par l'ouverture des sites économiques ou des entreprises au public</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne le développement des offres touristiques par l&amp;#039;ouverture des sites économiques ou des entreprises au public.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la mise en réseau d&amp;#039;une offre de tourisme de découverte économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner l&amp;#039;ouverture aux publics dans la visite d&amp;#039;entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  établissements publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en réseau d&amp;#039;une offre de tourisme économique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 30 000 € pour la phase de diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 30 000 € pour la phase de sensibilisation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 30 000 € pour la phase de médiation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;ouverture aux publics des entreprises
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 300 000 € pour les investissements liés à la création ou la modernisation de circuits de découverte de l&amp;#039;entreprise et de ses productions, espaces et logistique d&amp;#039;accueil
+ &lt;/li&gt;
+ &lt;li&gt;
+  une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable
+ &lt;/li&gt;
+ &lt;li&gt;
+  montant minimum des travaux : 20 000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez prendre contact afin de connaître les démarches à effectuer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/mise-en-reseau-dune-offre-de-tourisme-de-decouverte-economique</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges
+Direction du tourisme
+27, boulevard de la Corderie. CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 19 00 (départements 87-23-19).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers
+05 49 55 77 00
+(départements 79-86-17-16)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux
+Direction du tourisme
+14, Rue François de Sourdis, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09
+(départements 33-24-47-40-64).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c144-mise-en-reseau-dune-offre-de-tourisme-de-deco/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>164338</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - Économie d'eau</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I184" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J184" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/li&gt;&lt;li&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/li&gt;&lt;li&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place 
+d’installation de 
+récupérateur et de 
+réutilisation d’eau 
+pluviale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q184" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans le cadre d’un projet 
+ponctuel avec approche 
+multifonctionnelle (Gestion 
+Intégrée des Eaux Pluviales 
+&amp;#43; sobriété en eau, …)&lt;/li&gt;&lt;li&gt;Travaux groupés réalisés 
+sous maîtrise d’ouvrage 
+publique permettant de 
+déraccorder des eaux 
+pluviales du réseau &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-deraccordement-des-eaux-pluviales-et-gestion-a-la-parcelle/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>50024</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une offre adaptée aux acteurs de l’Economie Sociale et Solidaire</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et financer les acteurs de l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités et les structures de l&amp;#039;Economie Sociale et Solidaire (association, coopérative, mutuelle, entreprise sociale) qui jouent un rôle actif dans l&amp;#039;accompagnement des personnes fragiles et le développement social et économique du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires intervient en :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement des acteurs de l&amp;#039;ESSS par les Dispositifs Locaux d&amp;#039;Accompagnement (DLA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  investissements directs, en fonds propres et quasi-fonds propres dans les structures de projet ou intermédiés via les outils financiers créés ou abondés par la Banque des Territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  ingénierie de projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Education et renforcement des compétences
+Tiers-lieux
+Emploi</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/accompagnement-financement-acteurs-ESS?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projets_sociaux_solidaires_oat#segment-1307</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e8a2-soutenir-le-developpement-des-acteurs-de-leco/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>30742</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des projets locaux en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte.  Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux de prévention, gestion, valorisation des déchets et de développement de l&amp;#039;économie circulaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif d&amp;#039;aide à la réalisation de projets locaux  a vocation à accompagner les acteurs locaux dans leurs projets de prévention, gestion, valorisation des déchets et de développement de l&amp;#039;économie circulaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront notamment viser :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la prévention, la réduction des déchets, l&amp;#039;allongement de da durée d&amp;#039;usage des produits,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le déploiement de la tarification incitative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;organisation de la collecte en vue d&amp;#039;une valorisation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement du recyclage et l&amp;#039;optimisation de la valorisation (organique, matière et énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;un processus de transition vers l&amp;#039;économie circulaire (recherche de synergie de flux, mise en place de système d&amp;#039;échanges de services...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention d&amp;#039;investissement dont le taux maximum est différencié selon la nature et le type de dépense. L&amp;#039;intervention de la Région est encadrée par le cadre réglementaire des régimes d&amp;#039;aide publique qui est étudié au regard de chaque dossier.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes préalables : plafond par bénéficiaire et par projet :
+  &lt;strong&gt;
+   50 000 €
+  &lt;/strong&gt;
+  . Taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements : taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions complémentaires : plafond par bénéficiaire et par projet :
+  &lt;strong&gt;
+   50 000 €
+  &lt;/strong&gt;
+  . Taux maximum en fonction de la taille de l&amp;#039;entreprise et du régime d&amp;#039;aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets autour d&amp;#039;installations ou d&amp;#039;équipements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de ressourceries / recycleries et développement d&amp;#039;activités de réemploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de déchèteries innovantes, de déchèteries dédiées aux professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modernisation, optimisation et création de centre de tri et sur-tri
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;unités de recyclage matière, en particulier pour les déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;installations de valorisation énergétique notamment de valorisation du CSR (la méthanisation fait l&amp;#039;objet d&amp;#039;un dispositif spécifique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets dans le domaine des bio-déchets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gestion collective de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collecte séparative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de valorisation directe ou alternative des déchets verts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;unités de valorisation par compostage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets visant l&amp;#039;évolution des comportements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de mise en œuvre de la tarification incitative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements liés à des opérations d&amp;#039;économie circulaire : synergie de flux, démarche d&amp;#039;Ecologie Industrielle et Territoriale, éco-conception de produits et services ; nouveaux services et produits sobres en ressources, utilisation de matières issues du recyclage ; actions contre les dépôts sauvages...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;études préalables de définition de l&amp;#039;investissement : prestations externes pour la réalisation d&amp;#039;études de faisabilité...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;accompagnement et d&amp;#039;ingénierie associés à l&amp;#039;investissement : maîtrise d&amp;#039;œuvre, assistance à maîtrise d&amp;#039;ouvrage...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût d&amp;#039;investissement matériel : installations, équipements, matériels... y compris les achats d&amp;#039;occasion et la location
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le cas échéant et sous conditions, les autres frais immatériels directement liés à l&amp;#039;opération (actions complémentaires de sensibilisation, communication, animation, formation...) : dépenses de prestations externes de service et dépenses internes de personnel si l&amp;#039;action est réalisée en régie (frais de personnel directement liés à l&amp;#039;opération et frais de structure afférents via un forfait de 15% des dépenses directes de personnel éligibles).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éco-conditionnalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les organismes privés et les associations
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conditions de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evolution professionnelle : obligation de formation des salariés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre les discriminations : ne pas faire l&amp;#039;objet de litige
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre le travail illégal : justificatif de régularité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ethique financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transparence et incitativité : bilan et organigramme, répartition du capital pour les entreprises et composition du Conseil d&amp;#039;Administration pour les associations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les organismes publics
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conditions de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les politiques de Responsabilité Sociale de l&amp;#039;Entreprise : copie des marchés publics liés à l&amp;#039;opération faisant apparaitre l&amp;#039;intégration de clauses sociales ou le cas échéant, délibération sur la politique d&amp;#039;achats de la structure.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-regionales-a-la-realisation-de-projets-locaux-en-matiere-d</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Déchets &amp;amp; Economie Circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mail : economie-circulaire&amp;#64;laregion.fr Téléphone : 04 67 22 79 03
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Gard et Lozère
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Est Ariège et Est Hérault
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aveyron et Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/820b-aides-regionales-a-la-realisation-de-projets-/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>93194</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les jeunes à l'économie sociale et solidaire (ESS)</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Chambre régionale de l'Economie Sociale et Solidaire (CRESS) d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La Chambre Régionale de l&amp;#039;Économie Sociale et Solidaire – CRESS - Auvergne-Rhône-Alpes a pour objet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La représentation du champ de l&amp;#039;Économie Sociale et Solidaire et de ses différentes composantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;appui à la création, à la consolidation et au développement des entreprises de l&amp;#039;ESS ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La promotion et la diffusion des principes de l&amp;#039;Économie Sociale et Solidaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;information et la coordination de ses membres
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, elle peut coordonner différents outils de sensibilisation à l&amp;#039;ESS pour les jeunes pouvant être mise en œuvre sur les territoires du programme Petite Ville de Demain :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mon ESS à l&amp;#039;école : Mon Entreprise Sociale et Solidaire à l&amp;#039;École (Mon ESS à l&amp;#039;École) est un formidable outil au service de la connaissance, par les jeunes générations, de cette autre économie qu&amp;#039;est l&amp;#039;ESS.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les Coopératives d&amp;#039;Education à l&amp;#039;Entrepreneuriat Collectif (CEEC) regroupent 3 types de dispositifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives Jeunesse de Services
+ &lt;/strong&gt;
+ sont un projet d&amp;#039;éducation à l&amp;#039;entrepreneuriat coopératif destiné aux jeunes entre 16 et 18 ans. Durant l&amp;#039;été, un groupe de coopérants (entre 12 et 15 jeunes), accompagné par 2 animateurs, crée et pilote une entreprise coopérative de services. Ils réalisent tout de A à Z, de la création de la coopérative à la réalisation des prestations, en passant par le choix de leur offre de services, la définition des prix, la communication, les devis et la facturation. A la fin de l&amp;#039;été, les coopérants se répartissent le Chiffre d&amp;#039;affaires réalisé en fonction de la répartition qu&amp;#039;ils ont choisie. Ensemble, ils s&amp;#039;initient au fonctionnement d&amp;#039;une entreprise démocratique, développent leur esprit d&amp;#039;initiative, prennent conscience de leurs capacités et de leur pouvoir d&amp;#039;agir.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet est mis en place sur le territoire grâce à la constitution d&amp;#039;un comité local. Ce dernier est composé d&amp;#039;une diversité d&amp;#039;acteurs présents sur le territoire (collectivités, acteurs jeunesse, associations, entreprises locales, CAE, etc.) avec la volonté de mêler les acteurs économiques, les collectivités et les acteurs jeunesse / de l&amp;#039;éducation populaire. Il a pour rôle de réunir les conditions nécessaires à la mise en place du projet : demande de financement, communication, logistique, recrutement des animateurs, mise à disposition de matériels et de locaux, etc.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives Jeunes Majeurs
+ &lt;/strong&gt;
+ concernent des jeunes de 18 à 30 ans, plutôt éloignés de l&amp;#039;emploi ou en situation de précarité, sur une période de 3 à 6 mois. Le format est un peu différent des CJS et comprend un objectif d&amp;#039;insertion socioprofessionnelle plus fort. Développées en 2016, elles n&amp;#039;ont pas encore été initiées en AURA.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives de Territoire
+ &lt;/strong&gt;
+ , quant à elles, ne se limitent pas à une tranche d&amp;#039;âge, mais plutôt à un public d&amp;#039;habitant sur un territoire défini. Elles se déroulent sur une période de 3 à 6 mois. L&amp;#039;objectif est de répondre aux besoins sociaux d&amp;#039;un QPV ou d&amp;#039;un territoire rural en difficultés. Ils n&amp;#039;en existent pas encore en AURA.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mon ESS à l&amp;#039;école : exemples de projets:
+ &lt;a href="http://www.cress-aura.org/exemples-de-projets-mon-ess-lecole" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/exemples-de-projets-mon-ess-lecole
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coopératives Jeunesses de Services (CJS) :
+ &lt;a href="http://www.cress-aura.org/actus/cooperatives-jeunesse-de-services-cjs-pour-des-jeunes-citoyens-entrepreneurs?fbclid&amp;#61;IwAR3V_55O__GMymr9nQGNSK_Qic6tXDA9w4F6BITnpWrBf45UV8G3LNw2Ij0" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/actus/cooperatives-jeunesse-de-services-cjs-pour-des-jeunes-citoyens-entrepreneurs?fbclid&amp;#61;IwAR3V_55O__GMymr9nQGNSK_Qic6tXDA9w4F6BITnpWrBf45UV8G3LNw2Ij0
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vidéos de présentation des CJS : CJS de Bourg-en-Bresse (01) :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;yxh4Vfr4jqw&amp;amp;t&amp;#61;1s&amp;amp;ab_channel&amp;#61;AGLCAMaisondelaVieAssociative" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;yxh4Vfr4jqw&amp;amp;t&amp;#61;1s&amp;amp;ab_channel&amp;#61;AGLCAMaisondelaVieAssociative
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CJS de Lyon 8ème (69) :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;R52xorVU0Ls" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;R52xorVU0Ls
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;intervention de la CRESS peut se faire dans le cadre d&amp;#039;une prestation, d&amp;#039;une convention de partenariat avec la commune ou l&amp;#039;EPCI, ou d&amp;#039;une convention plus globale déjà établie à l&amp;#039;échelle départementale ou régionale. En fonction de la modalité retenue, le coût de la mise en œuvre de l&amp;#039;action restant à la charge de la collectivité pourra être établi. Une proposition sur-mesure pourra être faite en réponse aux besoins exprimés par la collectivité lors d&amp;#039;un premier échange.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cress-aura.org/actus/mon-ess-lecole-quest-ce-que-cest</t>
+        </is>
+      </c>
+      <c r="W187" s="1" t="inlineStr">
+        <is>
+          <t>https://lafabriquecooperative.fr/</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Clermont-Ferrand - siège social : 3, rue Colbert 63000 Clermont-Ferrand
+ &lt;br /&gt;
+ Site de Lyon - siège administratif : 11, rue Auguste Lacroix 69003 Lyon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.cress-aura.org/lequipe-de-la-cress" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/lequipe-de-la-cress
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : 04 78 09 11 97 - info&amp;#64;cress-aura.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mathieu ROBERT : Chargé de mission CRESS AURA (RRD), 04 72 78 42 98 / 07 57 82 98 83, mrobert&amp;#64;cress-aura.org
+ &lt;br /&gt;
+ Elodie PERROTEAU : Coordinatrice nationale la Fabrique Coopérative, 07 69 27 81 45, elodie.perroteau&amp;#64;lafabriquecooperative.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>lgardarin@cress-aura.org</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c1d-copie-13h48-appui-a-lemergence-de-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>163004</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’économie et les services notamment en favorisant l’innovation sociale</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F188" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I188" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J188" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;strong&gt;&lt;em&gt;Renforcer l’économie et les services notamment en favorisant l’innovation sociale&lt;/em&gt;&lt;/strong&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Fort
+d’un dynamisme entrepreneurial, le Pays d’Ancenis entend conforter son
+positionnement économique et l’accompagner dans ses mutations et ses synergies.
+Dans ce dessein, la stratégie de développement économique local est tournée
+vers l’innovation sociale au service des emplois et du bien-vivre des
+habitants :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;En
+     capitalisant sur la dynamique existante pour la conforter et l’accompagner
+     dans ses mutations, et en développant de nouvelles filières en faveur du
+     développement durable et de l’innovation sociale,&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     permettant l’accès aux services, aux commerces et à l’artisanat pour tous
+     les habitants et en renforçant la proximité, &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;En
+     favorisant l’expérimentation de nouvelles approches, notamment sur la
+     mutualisation ou l’itinérance.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt;&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Renforcer
+     la proximité, la modernisation et les synergies entre acteurs en
+     accompagnant les projets innovants des petites et moyennes entreprises
+     industrielles, artisanales, commerciales et des associations, et les
+     initiatives du secteur de l’économie sociale et solidaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser
+     le partage, la mutualisation de ressources (à titre d’exemples : espaces,
+     lieux, compétences, accès au numérique) et l’itinérance des services &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner
+     les mutations de l’économie et l’accès à l’emploi notamment par la
+     formation&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promouvoir
+     et soutenir une agriculture performante et pérenne, soucieuse de
+     l’environnement, en accompagnant ses mutations et en valorisant ses
+     initiatives et ses métiers&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer
+     l’accès à une alimentation de qualité sur le territoire en veillant
+     notamment au renforcement des circuits courts&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Etudes visant à
+consolider le projet du porteur de projet dans le domaine du développement
+économique, de l’innovation sociale et des services : diagnostics
+préalables, études de faisabilité, études de marchés, par exemple&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+d’animation, de communication, d’information collective et organisation
+d’évènements &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mise en place
+et animation de réseaux d’acteurs économiques ou associatifs &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Actions
+relevant du Projet Alimentaire Territorial (PAT)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Travaux de
+construction, de rénovation, achat de matériel et équipements :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;ul type="circle"&gt;
+  &lt;li&gt;&lt;span&gt;Pour développer, expérimenter des
+      productions de biens, de services, de process sur le territoire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets concourant au
+      développement des circuits courts alimentaires et les initiatives en
+      matière d’économie circulaire&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour conforter, moderniser et dynamiser
+      le commerce de proximité et l’artisanat&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets en matière de
+      mutualisation de services et d’équipements pour les entreprises, les
+      associations et autres acteurs de l’innovation sociale (notamment
+      tiers-lieux, espaces de travail partagés, dispositifs pour faciliter
+      l’accueil des salariés et de leurs familles, par exemple)&lt;/span&gt;&lt;/li&gt;
+  &lt;li&gt;&lt;span&gt;Pour des projets d’accès au commerce ou
+      au service (par le numérique ou l’itinérance par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Pour des actions d’insertion par l’emploi, de
+formation ou d’apprentissage&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P188" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q188" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de
+personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès
+lors que le personnel affecte au moins 5% de son temps de travail total au
+projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de
+personnel hors coûts simplifiés (gratifications des stagiaires et salaires des
+apprentis) dès lors que le personnel affecte au moins 5% de son temps de
+travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à
+disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement,
+construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou
+location de véhicule&lt;/li&gt;&lt;li&gt;Location ou
+acquisition de biens immeubles bâtis (en cas d’acquisition : dans la
+limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de
+services, prestations intellectuelles dont la formation et la communication
+(par exemple création et conception de support, édition, diffusion d’outils,
+frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de
+notaire, expertise juridique technique et financière, honoraire de tenue et de
+certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la
+Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des
+dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides
+d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects
+pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes
+éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan
+Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en
+application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n°
+2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les
+investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les
+coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les
+contributions en nature (par exemple : bénévolat) et le temps de travail dédié
+par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la
+main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux),
+sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les
+investissements acquis en crédit-bail ou équivalent (location-vente, lease
+back)&lt;/li&gt;&lt;li&gt;Les
+frais de change ;&lt;/li&gt;&lt;li&gt;Les
+investissements immobiliers dont l’acquisition est réalisée par le biais d’une
+vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de
+coût unitaires pour les dépenses de personnel : Les frais directs liés aux
+dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les
+porteurs de projet publics : les dépenses éligibles sont présentées en
+Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures
+totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le
+cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;hr align="left" size="1" width="33%" /&gt;
+&lt;p id="ftn1"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[1]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p id="ftn2"&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;[2]&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/a&gt; Extrait
+du règlement disponible sur demande&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le
+comité de programmation du GAL, selon les critères et les modalités
+préalablement définis dans sa grille de sélection. La grille de sélection est
+envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la
+sélection en comité de programmation. Les projets doivent être en cohérence
+avec la stratégie de développement LEADER. Si le projet n’obtient pas la note
+ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut
+alors pas faire l’objet d’une aide du programme LEADER.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;leader&amp;#64;pays-ancenis.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>20395</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Animer des actions collectives en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J189" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 50% des coûts éligibles de l'opération. L'aide est plafonnée à 50 000 € par bénéficiaire et </t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte. Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Parmi les aides à l&amp;#039;animation d&amp;#039;actions collectives, le dispositif a pour objectifs de soutenir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;animation d&amp;#039;actions collectives de dimension régionale  (Information, sensibilisation, communication, formation... visant à structurer les réseaux régionaux s&amp;#039;engageant en matière d&amp;#039;économie circulaire).
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;animation d&amp;#039;actions collectives locales (Opérations visant la mise en place d&amp;#039;un processus de transition vers l&amp;#039;économie circulaire associant différents partenaires locaux).
+ &lt;/li&gt;
+ &lt;li&gt;
+  les missions d&amp;#039;observation régionale (Observation visant à améliorer les connaissances sur les filières, les acteurs, les flux de déchets, de matières et de ressources à l&amp;#039;échelle de la région).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vocation des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1/ Animation d&amp;#039;actions collectives régionales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibiliser et promouvoir l&amp;#039;économie circulaire et la prévention des déchets à destination de différentes cibles : grand public, collectivités, entreprises...
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser et accompagner le changement de comportement des particuliers et des professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  capitaliser et valoriser les retours d&amp;#039;expérience, développer et essaimer les bonnes pratiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  mutualiser des outils collectifs, la production de nouveaux outils, leur diffusion, valorisation et appropriation. Notamment dans le cadre d&amp;#039;un programme global annuel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2/ Animation d&amp;#039;actions collectives locales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rechercher des synergies de flux à l&amp;#039;échelle d&amp;#039;une zone (démarche d&amp;#039;Ecologie Industrielle et Territoriale),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place des systèmes d&amp;#039;échanges de services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions locales de communication / sensibilisation en faveur de l&amp;#039;économie circulaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire évoluer les modèles d&amp;#039;affaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3/ Missions d&amp;#039;observation régionale
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide a vocation à améliorer les connaissances sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les flux de déchets, de matières et de ressources à l&amp;#039;échelle de la région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les filières du secteur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les acteurs du secteur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Notamment dans le cadre d&amp;#039;un programme global annuel et du suivi des objectifs fixés par le Plan Régional de Prévention et de Gestion des Déchets.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les actions ponctuelles, les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région,
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les programmes globaux annuels, les demandes doivent être déposées si possible avant la fin de l&amp;#039;année n-1 et au plus tard le 30 juin de l&amp;#039;année n . Les dépenses sont prises en compte du 1er janvier au 31 décembre de l&amp;#039;année n .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-regionales-a-l-animation-d-actions-collectives-en-matiere</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute demande de renseignements, vous pouvez contacter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service Déchets &amp;amp; Economie Circulaire
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : economie-circulaire&amp;#64;laregion.fr Téléphone . : 04 67 22 79 03
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Gard et Lozère
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Est Ariège et Est Hérault
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Aveyron et Tarn
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/959b-aides-regionales-a-lanimation-dactions-collec/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>100073</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l’expertise d’un conseiller développement économique territorial implanté localement</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez bénéficier de l&amp;#039;accompagnement humain d&amp;#039;un conseil expert de votre territoire, pour élaborer et mettre en œuvre une stratégie de soutien aux activités économiques, industrielles, commerciales situées sur votre commune ou votre intercommunalité.
+&lt;br /&gt;
+Vous souhaitez pouvoir accéder plus facilement à cet accompagnement humain en mutualisant son coût financier avec d&amp;#039;autres collectivités de votre département ou de votre bassin de vie.
+&lt;br /&gt;
+&lt;br /&gt;
+Le réseau des CCI propose de mettre à votre disposition l&amp;#039;expertise d&amp;#039;un conseiller spécialisé en développement économique. Ce chef de projet CCI, en lien avec tous les services de la CCI et ses partenaires, identifie avec vous la solution d&amp;#039;appui la plus adaptée à vos besoins d&amp;#039;ingénierie.
+&lt;br /&gt;
+&lt;br /&gt;
+Le chef de projet CCI peut par exemple réaliser un diagnostic de la situation économique/industrielle/commerciale de votre territoire (étude-action) ou des études spécifiques sur-mesure. Au terme du diagnostic, il vous fait part de ses recommandations et vous propose un plan d&amp;#039;actions.
+&lt;br /&gt;
+&lt;br /&gt;
+Il peut également accompagner la mise en œuvre de vos actions dans des domaines très variés: maintien de l&amp;#039;activité et aide aux entreprises en difficulté, animation du commerce de centre-ville, actions d&amp;#039;accompagnement des entreprises/commerçants dans leurs mutations (numériques et écologiques notamment), implantation commerciale, lutte contre la vacance, création et reprise d&amp;#039;entreprise, animation de réseaux d&amp;#039;entreprises – clubs et filières, orientation et formation des jeunes, des actifs et des demandeurs d&amp;#039;emplois présents sur votre territoire ...
+&lt;br /&gt;
+&lt;br /&gt;
+Il est attendu une prise en charge financière des acteurs locaux concernés (préfet, collectivités territoriales). Les conditions tarifaires varient selon les modalités d&amp;#039;accompagnement retenues.</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e2c-beneficier-de-lexpertise-dun-conseiller-devel/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>163078</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Identification et quantification des potentiels de réduction des consommations d’énergie et de développement des énergies renouvelables, en lien avec les démarches énergie-climat et enjeux locaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités :&lt;/p&gt;&lt;p&gt;Sur la base de l’état des lieux énergétique, et au regard des objectifs énergie-climat à atteindre (SRADDET, neutralité carbone, PCAET…), élaboration d’études de potentiels et/ou de scénarisations prospectives : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Estimation du potentiel de réduction des consommations d’énergie par secteur et/ou par usage : rénovation thermique des bâtiments, éclairage public… &lt;/li&gt;&lt;li&gt;Evaluation des potentialités de mutation énergétique (conversion des énergies fossiles vers les énergies renouvelables) &lt;/li&gt;&lt;li&gt;Estimation du potentiel de développement des différentes filières énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude des potentiels de développement des EnR à l’échelle des différents EPCI dans une logique de coopérations territoriales avec Bordeaux Métropole &lt;/li&gt;&lt;li&gt;Etude du potentiel d’implantation de méthaniseurs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/identifier-le-potentiel-en-economies-denergie-et-en-energies-renouvelables-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>58075</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la valorisation des travaux de rénovation grâce aux Certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Hellio Solutions</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 100</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hellio est expert de la réglementation des CEE pour les collectivités et les territoires. Nous déployons des solutions sur-mesure destinées au secteur public,
+ au travers de son pôle dédié. Grâce à une pluralité de métiers complémentaires, nos équipes accompagnent les collectivités étape par étape,
+ jusqu&amp;#039;à
+ l&amp;#039;optimisation des performances énergétiques de leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement tout le long du cycle de vie des projets d&amp;#039;économies d&amp;#039;énergie et cela inclut notamment les axes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- L&amp;#039; identification des gisements d&amp;#039;économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Des recommandations techniques sur les projets à venir
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le montage et la validation des dossiers CEE
+&lt;/p&gt;
+&lt;p&gt;
+ Tout cet accompagnement est articulé autour d&amp;#039;une mobilisation optimale du dispositif CEE comme levier de financement  pour accélérer et améliorer les travaux réalisés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2018, Hellio a versé plus de 30 millions d&amp;#039;euros pour la rénovation de ces bâtiments divers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  278 écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  175 mairies
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  138 salles des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43; de 200 logements communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Exemple de rénovation d&amp;#039;un bâtiment scolaire dans la Marne (51)
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  isolation des combles, de la toiture-terrasse, des murs et du plancher : 73 600 € de versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement des menuiseries : 1000 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pose d&amp;#039;une pompe à chaleur air/eau : 9760 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un système de gestion technique du bâtiment pour le chauffage et l&amp;#039;eau chaude sanitaire : 1 700€ versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au total, le montant de prime versé a été de 86 060 € ce qui a couvert 37% du montant total des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible aux dispositif des CEE, chaque opération doit respecter des critères spécifiques définis. Au cas par cas, nous vous indiquerons si votre opération est éligible aux CEE et nous serons force de propositions et préconisations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hellio.com/solutions/collectivites</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Léa Monnier
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Responsable développement commercial - Secteur Public - Hellio
+  &lt;br /&gt;
+  01 44 94 21 36
+  &lt;br /&gt;
+  &lt;a href="mailto:lmonnier&amp;#64;hellio.com" target="_self"&gt;
+   lmonnier&amp;#64;hellio.com
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>lmonnier@hellio.com</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-valorisation-des-travaux-de-re/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>56182</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Etudier l'opportunité technique et économique d'une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;étude est réalisée par le SDEC ENERGIE qui prend en charge l&amp;#039;intégralité de son coût (estimé à 1400€/étude).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle porte sur l&amp;#039;opportunité de réaliser un projet solaire photovoltaïque en toiture d&amp;#039;un bâtiment public, en vente totale ou en autoconsommation, dans la limite d&amp;#039;une étude par an par collectivité.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c8-realiser-letude-energetique-dun-batiment-etud/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>164951</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer une politique économique locale basée sur les spécificités du territoire</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets n°2.2</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I194" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La stratégie du GAL spécifique à cet appel à projets - « Renforcer une politique économique locale basée sur les spécificités du territoire »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°2 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Accompagner les filières du territoire et soutenir l’émergence et la structuration de nouvelles activités.&lt;/p&gt;&lt;p&gt;• Promouvoir le tourisme durable et les patrimoines culturels et naturels à destination des clientèles touristiques.&lt;/p&gt;&lt;p&gt;• Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle.&lt;/p&gt;&lt;p&gt;• Développer les tiers-lieux (économiques, culturels et sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe de l’accompagnement aux filières du territoire et du soutien à l’émergence et la structuration de nouvelles filières :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation et la structuration à la professionnalisation économique des filières du territoire (aide à la logistique, revitalisation des marchés locaux...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Promouvoir le tourisme durable et les patrimoines culturels, cultuels et naturels à destination des clientèles &lt;/strong&gt;&lt;strong&gt;touristiques :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives de mutualisation et de mise en réseau du tourisme et du patrimoine.&lt;/p&gt;&lt;p&gt;• Actions visant à améliorer la qualité de l’accueil touristique et la mise en œuvre de projets touristiques durables (itinéraires vélos, circuits et parcours nature).&lt;/p&gt;&lt;p&gt;• Actions visant à soutenir le développement d’une ingénierie touristique et écologique (communication sur les atouts du territoire, mettre en place des actions de communication autour du savoir-faire et produits du terroir, animateur environnement...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Soutien aux actions de mise en réseau des actifs agricoles pour soutenir la professionnalisation et la pérennité des emplois agricoles (speed dating, échanges internationaux, formations...).&lt;/p&gt;&lt;p&gt;• Initiatives d’accompagnement de l’installation des artisans, commerces et PME.&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation sur la mobilité des actifs et des compétences locales diverses (Loi Egalim...).&lt;/p&gt;&lt;p&gt;• Actions visant à l’accueil des nouveaux habitants et actifs et référents « nouveaux arrivants ».&lt;/p&gt;&lt;p&gt;• Actions de mutualisation des besoins en RH.&lt;/p&gt;&lt;p&gt;• Actions dans le domaine des transferts de savoir entre Châteauroux et le territoire du GAL (dispositif «Rejoindre » destinés aux nouveaux salariés).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer les « lieux multiusages » (économiques, culturels, sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes sur l’accompagnement et la mise en réseau de lieux existant ou en projet (réalisation de cafés associatifs, de ressourceries) ou tout autre lieu visant des espaces de sociabilité, de lutte contre l’isolement et à la création de partage de ressources, compétences et de savoirs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Formation professionnelle
+Tiers-lieux
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P194" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q194" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Syndicats professionnels ou interprofessionnels (salariés et patronaux).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt; les dépenses éligibles sont déterminées lors de l’instruction. Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier. Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À noter :&lt;/strong&gt; possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
+ &lt;br /&gt;
+ •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
+comptable, juridique, et technique nécessaire à la réalisation de 
+l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
+ &lt;br /&gt;
+ •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
+ &lt;br /&gt;
+ •    Frais de conception et d&amp;#039;aménagement de stands ;
+ &lt;br /&gt;
+ •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
+affranchissement pour envoi en nombre, conception de supports de 
+communication), de promotion, d&amp;#039;information (guide, film, site 
+internet...) ;
+ &lt;br /&gt;
+ •    Acquisition de matériel/outillage industriel, mobilier, 
+fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
+agricole) ;
+ &lt;br /&gt;
+ •    Investissement immatériel (logiciels et brevets) ;
+ &lt;br /&gt;
+ •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
+ &lt;br /&gt;
+ •    Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;
+ &lt;br /&gt;
+ •    Location de biens meubles ou immeubles ;
+ &lt;br /&gt;
+ •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
+et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
+ et dans le périmètre éligible au programme LEADER.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ DÉPENSES ÉLIGIBLES DE PERSONNEL :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
+ comportant un lien démontré avec celle-ci (salaires, charges liées et 
+traitements accessoires, un justificatif de temps de travail sera 
+demandé) ;
+ &lt;br /&gt;
+ •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
+personnels directs éligibles (option de coûts simplifiés (OCS) 
+conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
+plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
+2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
+ &lt;br /&gt;
+ •    Notes de frais des personnels ou bénévoles.
+&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T194" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/actions/leader.html</t>
+        </is>
+      </c>
+      <c r="W194" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thibault MOURIER&lt;/p&gt;&lt;p&gt;Gestionnaire / Animateur&lt;/p&gt;&lt;p&gt;Tél : 02.34.68.04.70&lt;/p&gt;&lt;p&gt;Courriel : leader&amp;#64;payscastelroussin.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-une-politique-economique-locale-basee-sur-les-specificites-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>20050</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études stratégiques en matière d'économie circulaire et de déchets</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J195" s="1" t="inlineStr">
+        <is>
+          <t>Maximum de 50% des coûts éligibles de l'opération, plafonné à 50 000 € par bénéficiaire et par opéra</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi NOTRe a confié aux Régions l&amp;#039;élaboration du Plan Régional Prévention et de Gestion des Déchets (PRPGD) qui doit permettre d&amp;#039;atteindre les objectifs nationaux fixés par la loi de Transition énergétique pour la croissance verte. Ce plan définit et coordonne sur 12 ans  l&amp;#039;ensemble des actions pour atteindre les objections de prévention et gestion des déchets. Il comprend un Plan régional d&amp;#039;actions pour l&amp;#039;économie circulaire (PRAEC), qui a été construit en concertation et mobilise les acteurs autour de 6 axes : gouvernance, systèmes économiques, territoires, politiques publiques, recherche et innovation et déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de favoriser l&amp;#039;émergence de nouvelles actions et accompagner les projets des acteurs des territoires, la Région a adopté le 20 juillet 2017 trois types d&amp;#039;aide pour contribuer à développer la prévention et la valorisation des déchets, et d&amp;#039;engager concrètement en Occitanie la mutation vers une économie plus circulaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;animation d&amp;#039;actions collectives régionales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux études stratégiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la réalisation de projets locaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont concernées par les aides aux études stratégiques : les études sur différentes échelles territoriales (territoire, département, région, supra-régionale) ou d&amp;#039;une filière.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  éclairer les choix et décisions du bénéficiaire (en termes technique, organisationnel, financier, juridique...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer et approfondir les connaissances sur un sujet précis,
+ &lt;/li&gt;
+ &lt;li&gt;
+  poser un diagnostic et proposer des pistes d&amp;#039;actions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples d&amp;#039;aides :
+   &lt;/strong&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;em&gt;
+    Etude dans le domaine de la prévention :
+   &lt;/em&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Etude d&amp;#039;optimisation de la prévention et de la gestion des déchets à l&amp;#039;échelle d&amp;#039;un territoire ou d&amp;#039;une filière territorialisée (schéma de planification territoriale de prévention et gestion des déchets organiques...)
+ Etude de préfiguration liée à la mise en œuvre de la tarification incitative
+ Etude d&amp;#039;opportunité sur l&amp;#039;émergence d&amp;#039;unité de ré-emploi
+&lt;p&gt;
+ &lt;em&gt;
+  Etude dans le domaine de la valorisation :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etude de la mise en place de filières de recyclage et de valorisation émergentes ou innovantes ou présentant un intérêt au regard des stratégies régionales
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude d&amp;#039;expérimentation par exemple sur l&amp;#039;amélioration de la gestion des déchets du BTP, le développement de l&amp;#039;utilisation de matériaux recyclables dans la construction
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;em&gt;
+  Etude visant à améliorer et approfondir les connaissances :
+ &lt;/em&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Comparer des outils, méthodes, pratiques... (benchmark)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Produire des outils méthodologiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prévoir l&amp;#039;évolution des flux de déchets
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablir un diagnostic à caractère technique et/ou organisationnel avec une étude critique et comparative des différentes solutions envisageables...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dépenses de prestations de service pour la réalisation de l&amp;#039;étude,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cas échéant et sous conditions, si l&amp;#039;étude est réalisée en régie : les dépenses internes de personnel directement liées à l&amp;#039;opération et les frais de structure afférents à l&amp;#039;opération (taux forfaitaire de 15 % appliqué au montant des dépenses de personnel directes éligibles),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cas échéant et sous conditions, les autres dépenses directement liées à l&amp;#039;opération : diffusion et communication des résultats...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont prises en compte à partir de la date de réception du dossier de demande de subvention à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-etudes-strategiques-economie-circulaire-et-dechets</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute demande de renseignements, vous pouvez contacter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Déchets &amp;amp; Economie Circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : economie-circulaire&amp;#64;laregion.fr Téléphone : 04 67 22 79 03
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Nord Haute-Garonne, Lot, Tarn et Garonne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Carole Bernard Téléphone : 05 61 39 66 34 Mail : carole.bernard&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Gard et Lozère
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Karine Freu Téléphone : 04 67 22 81 85 Mail : karine.freu&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Est Ariège et Est Hérault
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Prisca Giraudo Téléphone : 04 67 22 79 20 Mail : prisca.giraudo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les territoires : Aude, Pyrénées-Orientales et Ouest Hérault
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Benoit Thierry Téléphone : 04 67 22 79 21 Mail : benoit.thierry&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Aveyron et Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ Bruno Garde Téléphone : 04 67 22 90 66 Mail : bruno.garde&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les territoires : Ouest Ariège, Gers, hautes Pyrénées et Sud Haute-Garonne
+&lt;/p&gt;
+&lt;p&gt;
+ Simon Moulines Téléphone : 05 61 39 52 74 Mail : simon.moulines&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/30d6-aides-regionales-aux-etudes-strategiques-en-m/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>49782</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le développement économique du centre-ville en développant le commerce local</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités dans leur volonté d&amp;#039;évolution et de redynamisation de leur centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet concerne la création de commerces de proximité et / ou la création d&amp;#039;une société de portage d&amp;#039;immeuble intégrant des commerces, la Banque des Territoires vous propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un accompagnement en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  du conseil à la structuration de sociétés de portage d&amp;#039;immeubles
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les sociétés immobilières ad hoc qui donnent à bail les murs de magasin aux exploitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte opératrices d&amp;#039;un projet « commerces ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=dev_eco_centreville_psat</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bca7-promouvoir-le-developpement-economique-du-cen/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>165403</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les filières économiques et les acteurs en faveur de la valorisation des ressources locales</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA2</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J197" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;économie des territoires ruraux s&amp;#039;est tournée depuis des dizaines d&amp;#039;années vers l&amp;#039;extérieur et demeure très dépendante de fluctuations sur lesquels ils n&amp;#039;ont aucun contrôle. La crise du Covid puis la crise énergétique ont largement illustré ce fait et la fragilité qu&amp;#039;elles ont provoqué sur le territoire. Certains secteurs sont plus impactés que d&amp;#039;autres. Les acteurs institutionnels et économiques ont entamé, à travers diverses stratégies, un travail pour une autonomie du territoire grâce à la valorisation optimale des ressources présentes localement. Le maintien des activités et le développement de filières de proximité sur les territoires est un enjeu pour les populations et l&amp;#039;attractivité de ces territoires.&lt;/p&gt;&lt;p&gt;Cette fiche action a pour but d&amp;#039;identifier les leviers pour capter le potentiel des ressources directement sur le territoire. Ces ressources concernent notamment:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La requalification des déchets par le réemploi et la réutilisation&lt;/li&gt;&lt;li&gt;La valorisation de la ressource foncière du territoire&lt;/li&gt;&lt;li&gt;La valorisation des productions agricoles et alimentaires grâce à la mise en place de circuits courts et de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;appuyer la création de filières, ainsi que leur développement notamment par le soutien à des chainons manquants dans la chaine de la filière. Ces actions ont aussi pour but de valoriser les dynamiques de création d&amp;#039;emploi, notamment par des initiatives sociales et solidaires : actions de réutilisation des déchets, revalorisation des friches en changeant de destination par exemple, ou encore soutien à des acteurs dans les chaines de valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions:&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.1 : Développer le réemploi des matériaux et déchets&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.1.1 : &lt;/strong&gt;&lt;span&gt;Appui à l&amp;#039;émergence de filières et aux initiatives de réemploi, de réutilisation et de recyclage&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de low-tech&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.3 :&lt;/strong&gt;&lt;span&gt; Appui aux systèmes innovants de lutte contre le gaspillage alimentaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.2 : Revaloriser les friches agricoles, résidentielles et industrielles du territoire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.2.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux actions de valorisation du foncier communal en friche&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.2 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des terres et bâti agricole&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.3 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des bâtiments résidentiels et commerciaux abandonnés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.3 : Accompagner les structures valorisant les ressources locales &lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.3.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation des produits issus de ressources locales&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.2 :&lt;/strong&gt;&lt;span&gt; Actions favorisant l&amp;#039;alimentation en circuit court&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.3 :&lt;/strong&gt;&lt;span&gt; Actions de mise en valeur de la ressource oenotouristique du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.4 : Accompagner les structures valorisant les ressources archéologiques et le patrimoine vernaculaire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.4.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation et restauration du patrimoine archéologique et du patrimoine vernaculaire&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.4.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux projets participatifs permettant la valorisation du patrimoine archéologique et du patrimoine vernaculaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ressourcerie du bâtiment, déchets du bâtiment, développement de la consigne, soutien aux démarches de valorisation des déchets verts, formation et ateliers sur les démarches, lowtech, centre lowtech, commerce lowtech, repair café, participation aux évènements et salons lowtech hors territoire, centre de tri et réutilisation des textiles, etc. ;&lt;/li&gt;&lt;li&gt;Etude pour la réouverture d&amp;#039;une friche bâtie agricole, enquêtes de proximité, accompagnement à maitrise d&amp;#039;ouvrage, etc. ;&lt;/li&gt;&lt;li&gt;Création d&amp;#039;une unité de création de biomatériaux locaux, soutien aux entreprises transformant localement des ressources locales, campagne de promotion innovante, soutien de filières émergentes et entreprises de ces filières, accompagnement à la relocalisation de la filière alimentaire, mise en valeur de la ressource oenotouristique du territoire, etc. ;&lt;/li&gt;&lt;li&gt;Chantier participatif de restauration du patrimoine, action de valorisation et de vulgarisation d&amp;#039;un patrimoine archéologique, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Friche
+Transition énergétique
+Recyclage et valorisation des déchets
+Commerces et services
+Formation professionnelle
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P197" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q197" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous&lt;/u&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-filieres-economiques-et-les-acteurs-en-faveur-de-la-valorisation-des-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>120429</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’innovation et à la mutualisation du secteur de l’insertion par l’activité économique</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C198" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>FONDS IAE INNOV 26 : fonds départemental de soutien a l’innovation et à la mutualisation du secteur de l’insertion par l’activité économique</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Accompagner et soutenir financièrement les réorganisations, les mutualisations entre structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE), les projets innovants porteurs d&amp;#039;une stratégie de développement économique durable.
 &lt;/p&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Type d&amp;#039;aide : Subvention en investissement.
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien financier correspond au maximum à 50 % des coûts du projet mobilisés.
  &lt;br /&gt;
  L&amp;#039;aide départementale globale est plafonnée à
  &lt;strong&gt;
   50 000 €
  &lt;/strong&gt;
  ;toutefois, elle ne constitue pas un droit systématique.
  &lt;br /&gt;
  Le Département pourra bonifier certains projets en fonction de leur caractère prioritaire au regard des publics précaires cibles (bénéficiaires du RSA, public féminin,...) et/ou des territoires d&amp;#039;implantation du projet (quartier politique de la Ville, zones rurales, dispositif centre villes et villages...). De plus, en fonction de la nature du projet et de son plan de développement, d&amp;#039;autres fonds départementaux pourront également être mobilisés (appel à projets, règlements...).
 &lt;/p&gt;
 &lt;h4&gt;
@@ -2771,51 +34559,51 @@
 &lt;p&gt;
  – Instruction par les chargées de développement territorial Economie du Département de la Drôme.
  &lt;br /&gt;
  – Examen par la Commission Economie du Département à laquelle participent les élus, le porteur de projet, l&amp;#039;intercommunalité et tous partenaires concernés.
  &lt;br /&gt;
  – Délibération de la Commission Permanente.
  &lt;br /&gt;
  – Etablissement d&amp;#039;une convention entre le Département et le porteur de projet.
 &lt;/p&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   80% de l&amp;#039;aide à la signature de la convention.
  &lt;/li&gt;
  &lt;li&gt;
   20% à la fin du projet, sur présentation des pièces justificatives.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Au terme du projet, le bénéficiaire du fonds s&amp;#039;engage à réaliser une évaluation du projet dont les résultats seront partagés avec le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
+      <c r="M198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide du Département portera sur le développement de la performance des structures visant à favoriser l&amp;#039;assise financière et le développement des activités et de l&amp;#039;emploi.
 &lt;/p&gt;
 &lt;p&gt;
  Ces projets devront être novateurs en terme de consolidation des partenariats, d&amp;#039;organisation des acteurs, de mutualisation de moyens pour renforcer le fonctionnement interne et l&amp;#039;écosystème de la structure, de développement de plans d&amp;#039;action pour notamment conquérir de nouveaux marchés, création des produits ou services innovants, etc.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles concernent l &amp;#039;investissement uniquement.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets seront examinés en tenant compte notamment :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     de l&amp;#039;impact en terme de pérennisation de l&amp;#039;activité,
    &lt;/span&gt;
    &lt;br /&gt;
@@ -2858,2213 +34646,9376 @@
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Dépenses éligibles :
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;span&gt;
      Achats d&amp;#039;équipements et/ou matériels,
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      Etudes préalables directement liées à l&amp;#039;investissement.
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Lutte contre la précarité
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles
  &lt;/strong&gt;
  : les dépenses de fonctionnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  les Structures d&amp;#039;Insertion par l&amp;#039;Activité Economique (associations et entreprises dans le secteur de l&amp;#039;insertion) conventionnées par l&amp;#039;Etat au titre de IAE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T198" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/fonds-iae-innov-26-fonds-departemental-de-soutien-a-linnovation-et-a-la-mutualisation-du-secteur-de-linsertion-par-lactivite-economique/</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Economie Emploi Insertion (DEEI)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Développement Economique Insertion (SDEI)
  &lt;br /&gt;
  Cheffe de service : Florane BAFFERT-DIAKITE
   04 75 79 70 51
  &lt;br /&gt;
  Chargées de Développement Territorial Economie :
 &lt;/p&gt;
 &lt;p&gt;
  Johana PASTORE
   04 75 79 26 76 – 07 60 31 09 54
 &lt;/p&gt;
 &lt;p&gt;
  Audrey FOROT
   04 75 79 27 57 – 07 64 16 51 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8008-fonds-iae-innov26-fonds-departemental-de-sout/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>117380</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une politique d'économie d'énergie pour les citoyens (hors PTRE)</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Particulier</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la rénovation énergétique du parc privé.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement vise à inciter les particuliers à faire des travaux d&amp;#039;économie d&amp;#039;énergie. Cela passe par une sensibilisation, du public via des stands, conférences, ateliers..., l&amp;#039;aide à l&amp;#039;identification de personnes en précarité énergétique, la mise en place de permanence info énergie, le conseil architectural, ou encore, dans le cadre de la mise en place d&amp;#039;une plateforme territoriale de rénovation énergétique, l&amp;#039;accompagnement des particuliers jusqu&amp;#039;à la phase travaux et l&amp;#039;animation du réseau des professionnels. Cette action comprend également un accompagnement de la collectivité à la définition d&amp;#039;un programme d&amp;#039;action climat-air-énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de conventions de partenariat ou de convention « plateforme ».
+&lt;/p&gt;
+&lt;p&gt;
+ Document contractuel (conventions type ..).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/817a-mettre-en-place-une-politique-deconomie-dener/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>120002</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités vers une politique d'éclairage public économe et performant</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEDS accompagne les collectivités dans une politique d&amp;#039;éclairage public économe et performante en favorisant la LED tout en répondant aux nouvelles exigences règlementaires (sécurisation, mise en lumière d&amp;#039;un patrimoine communal, création, remplacement, kit retrofit).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention s&amp;#039;applique sur le montant Hors Taxes de la fourniture du matériel du mât et de la lanterne du point lumineux. Un accent fort est mis sur le développement de l&amp;#039;éclairage public en LED :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;gt; 30 % du montant Hors Taxes pour l&amp;#039;installation de mâts autonomes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;gt; 50 % du montant Hors Taxes de la fourniture du matériel du mât et de la lanterne du point lumineux non LED,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;gt; 70 % pour les projets LED,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;gt; 80 % pour les projets LED liés à des travaux de renforcement ou de sécurisation de réseau électrique réalisés en technique souterraine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Aide plafonnée à 10 000 € par projet.
+&lt;br /&gt;
+Le nombre de dépôt de dossiers par commune est limité à 4 demandes par an.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande de subvention doit être faite avant le commencement des travaux.
+ &lt;br /&gt;
+ Les taux d&amp;#039;aides sont à destination des communes du territoire SIEDS ne conservant pas le produit de la Taxe Communale sur la Consommation Finale de l&amp;#039;Electricité (TCCFE).
+ &lt;br /&gt;
+ 10% (par projet) pour les communes percevant la Taxe Communale sur la Consommation Finale d&amp;#039;Electricité (TCCFE) à leur profit sur le territoire du SIEDS.
+ &lt;br /&gt;
+ Les aides ne pourront être perçues que par les communes membres du SIEDS dans une zone intégrée à la concession du SIEDS et par les intercommunalités dans les périmètres de leurs zones d&amp;#039;activités.
+ &lt;br /&gt;
+ Un point lumineux ne pourra bénéficier que d&amp;#039;une seule aide et ne pourra pas cumuler de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieds.fr/financement-travaux-collectivite/eclairage-public/</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande doit être effectuée par la collectivité via le site internet du SIEDS : www.sieds.fr /Espace Collectivité /Démarches en ligne.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 49 32 32 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>anivelle@sieds.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276e-copie-09h23-effacer-des-reseaux-electriques/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>119907</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l’expertise d’un conseiller en développement  de l’économie de proximité implanté localement</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat, s&amp;#039;appuyant sur ses points de contact de proximité en Hexagone et dans les Outre-mer, met à votre disposition l&amp;#039;expertise de conseillers sur le développement, le soutien et la promotion de l&amp;#039;artisanat et de l&amp;#039;économie de proximité de votre territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet, et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA et ses produits phares, le conseiller CMA identifie avec vous les enjeux et besoins d&amp;#039;ingénierie pour la définition d&amp;#039;un plan d&amp;#039;action et la mise en œuvre de solutions adaptées.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller peut réaliser des études, des diagnostics et des observations prospectives. Il s&amp;#039;appuie sur le catalogue des produits inédits PVD et sur l&amp;#039;offre de services de la CMA pour vous proposer un plan d&amp;#039;action global répondant aux enjeux et problématiques soulevés par le diagnostic territorial. Les CMA pourront constituer le cas échéant des groupes de projet rassemblant leurs experts sur les thématiques de l&amp;#039;implantation et de la préservation des services de proximité, de la transmission-reprise, de l&amp;#039;aménagement et du parcours résidentiel des entreprises, de l&amp;#039;entrepreneuriat et de l&amp;#039;emploi, du développement des compétences des jeunes et demandeurs d&amp;#039;emploi, de l&amp;#039;accompagnement des entreprises dans les transitions écologique et numérique, du tourisme de savoir-faire et de la valorisation de l&amp;#039;excellence artisanale (dont les métiers d&amp;#039;art), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire (Agences de l&amp;#039;Etat, Préfectures, collectivités territoriales, Banque des Territoires, etc.).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;un portait de l&amp;#039;artisanat du territoire : diagnostic sur le potentiel de développement économique et d&amp;#039;aménagement d&amp;#039;un territoire (nombre de chefs d&amp;#039;entreprise, salariés, apprentis, entreprises artisanales, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation de diagnostic flash
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration d&amp;#039;un plan d&amp;#039;action adapté pour répondre aux besoins du territoire et mettre en place les actions adaptées aux acteurs économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à l&amp;#039;implantation d&amp;#039;artisans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;br /&gt;
+ • Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9104-beneficier-de-lexpertise-dun-conseiller-en-de/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>94837</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion micro-économique des entreprises de la filière viticole afin de leur permettre de faire face aux conséquences de la crise économique - Eco Viti Pass</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H14" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J202" s="1" t="inlineStr">
+        <is>
+          <t>Plafond d’aide : 1 500 €</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est souhaite améliorer la gestion micro-économique des entreprises de la filière viticole afin de leur permettre de faire face aux conséquences de la crise économique liée à la pandémie de la Covid19 en leur apportant le soutien nécessaire et adapté à la situation de chaque entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif ECO VITI PASS est une aide au conseil économique et commercial des entreprises viticoles propose un accompagnement individuel personnalisé pour la période 2021-2023 visant à améliorer les performances économiques de l&amp;#039;entreprise en cernant les besoins et identifiant les axes d&amp;#039;amélioration de la stratégie commerciale et notamment de l&amp;#039;offre tarifaire.
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Nature
+  &lt;/strong&gt;
+  : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux
+  &lt;/strong&gt;
+  : 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond d&amp;#039;aide
+  &lt;/strong&gt;
+  : 1 500 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant de la subvention n&amp;#039;est pas révisable. En cas de sous réalisation, le montant de la subvention à verser sera calculé au prorata des dépenses effectivement réalisées et justifiées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Sont éligibles toutes les entreprises vitivinicoles : coopératives, vignerons récoltants, producteurs négociants, négociants. Sont éligibles les entreprises remplissant les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Immatriculées au Registre du Commerce et des sociétés et/ou bénéficiant d&amp;#039;une attestation MSA ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   En situation régulière au regard des obligations fiscales, sociales et environnementales ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   N&amp;#039;étant pas en difficulté au sens de l&amp;#039;Union européenne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les prestations visées sont les suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion technico-économique Prestation de conseil relative au calcul et à l&amp;#039;analyse des coûts de revient de l&amp;#039;entreprise : par type d&amp;#039;activité (vrac, bouteille...), par niveau de gammes produits et par circuit de distribution. Rentabilité économique de l&amp;#039;entreprise : au global et par sous catégories.
+&lt;/p&gt;
+&lt;p&gt;
+ - Stratégie commerciale et offre tarifaire Prestation de conseil relative à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;évaluation
+  &lt;/li&gt;
+  &lt;li&gt;
+   des marchés (France et export) et la cohérence des canaux de distribution
+  &lt;/li&gt;
+  &lt;li&gt;
+   des partenaires commerciaux et de la force commerciale
+  &lt;/li&gt;
+  &lt;li&gt;
+   de la cohérence de la grille tarifaire par canal de distribution
+  &lt;/li&gt;
+  &lt;li&gt;
+   et la mise en conformité des documents contractuels et de la commercialisation
+  &lt;/li&gt;
+  &lt;li&gt;
+   la définition de la stratégie opérationnelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en place et l&amp;#039;analyse d&amp;#039;indicateurs pour piloter efficacement l&amp;#039;activité commerciale
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;analyse des réalisations années précédentes et la construction des budgets à venir
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;optimisation de la communication
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces prestations de conseil peuvent être réalisées par un ou plusieurs prestataires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/eco-viti-pass-aide-au-conseil-economique-des-exploitations-viticoles/</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact et dépôt de la demande :
+ &lt;a href="mailto:viticulture&amp;#64;grandest.fr"&gt;
+  viticulture&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/652f-eco-viti-pass-aide-au-conseil-economique-des-/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>101009</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Innvover en milieu rural sur les thématiques suivantes : développement économique, consommation de produits locaux, préservation du patrimoine agro-environnemental et tourisme</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes de la Dombes</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I203" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="J203" s="1" t="inlineStr">
+        <is>
+          <t>Co-financement public obligatoire</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour la période de programmation 2014-2020, le Groupe d&amp;#039;Action Locale (GAL), composé d&amp;#039;élus et d&amp;#039;acteurs locaux, a fait le choix d&amp;#039;axer l&amp;#039;intervention LEADER dans les 4 domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;économie
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;agriculture et la pisciculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour mettre en œuvre cette stratégie, le GAL dispose d&amp;#039;une enveloppe initiale de 1.995.800 € répartie entre les 4 fiches actions suivantes
+ &lt;a href="https://www.ccdombes.fr/entreprendre/programme-leader/" rel="noopener" target="_blank"&gt;
+  en téléchargement sur cette page
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des exemples de projets réalisés
+ &lt;a href="https://www.ccdombes.fr/entreprendre/programme-leader/" rel="noopener" target="_blank"&gt;
+  sur cette page
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Recyclage et valorisation des déchets
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>GAL Dombes Saône</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ccdombes.fr/entreprendre/programme-leader/</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectif :
+  Coordination générale du programme LEADER :
  &lt;/strong&gt;
- Structurer et renforcer l&amp;#039;offre commerciale des communes présentant un caractère de fragilité commerciale.
-[...11 lines deleted...]
- La demande d&amp;#039;aide doit être effectuée à la Région des Pays de la Loire avant l&amp;#039;engagement des dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Laetitia DUCROZET
+ &lt;br /&gt;
+ territoire&amp;#64;ccdombes.fr
+ &lt;br /&gt;
+ 04 74 61 93 03
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Type de procédure :
+  Gestion et animation du programme LEADER :
  &lt;/strong&gt;
- Dématérialisé.
+&lt;/p&gt;
+&lt;p&gt;
+ Agathe DESFORET :
+ leader&amp;#64;ccdombes.fr
  &lt;br /&gt;
+ 04 74 61 96 87
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="S14" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>amelie.quillet@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56ac-innvover-en-milieu-rural-sur-les-thematiques-/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>163782</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et renforcer la place de l’économie sociale et solidaire (ESS) dans la réindustrialisation francilienne</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement Industries engagées</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région lance un accompagnement inédit pour valoriser et renforcer la place de l’économie sociale et solidaire (ESS) dans la réindustrialisation francilienne.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Les structures de l’ESS franciliennes (tous secteurs confondus) qui répondent à au moins l’une de ces catégories :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Structure de l’ESS ayant mis en place (ou souhaitant mettre en place) des processus industriels et dotés d’outils de production&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structure de l’ESS proposant de la sous-traitance Industrielle &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structure de l’ESS proposant des services de mise à disposition de personnel dans l’industrie&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;&lt;strong&gt;30 dirigeants de structures de l’ESS seront sélectionnés pour rejoindre un parcours en 7 étapes, à la carte : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Journée de lancement : Opportunités et rôle de l’ESS dans la réindustrialisation de l’Île-de-France,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coopérer avec les acteurs industriels de mon écosystème,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Me positionner sur des appels d’offres industriels,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner la montée en compétence de mes salariés sur les métiers industriels,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Financer mon projet industriel,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Passer de la petite série à l’industrialisation en préservant mon impact,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Clôture du programme.&lt;/span&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le programme s’étalera de décembre 2024 à juillet 2024&lt;/strong&gt;. Ce dispositif collectif est pris en charge à 100% par la Région sans reste à charge pour les entreprises sélectionnées.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;&lt;span&gt;Cet accompagnement est destiné à des structures de l’ESS qui souhaitent :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Valoriser leur structure, et développer leurs activités manufacturières ou leurs activités en lien avec les acteurs industriels,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Bénéficier de temps de rencontre avec des entreprises industrielles &amp;amp; acteurs publics,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre et monter en compétences via des cas pratiques, des retours d’expérience et des outils d’intelligence collective,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer aux réflexions et à la production d’un manifeste “Industries engagées”.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;Pour en savoir plus :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;a href="https://www.iledefrance.fr/document/32372/download" target="_blank"&gt;Téléchargez notre flyer « Accompagnement Industries engagées »&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Participez à notre webinaire d’information le jeudi 7 novembre 2024 de 9h à 9h45. &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;WZ85WrBPWEy2PvlL_CQ3HDoIXvXgjE9HnWk-4P-uerdUOFA4TEZVSFdURUI0STVUUlBTRk42Tlk3Mi4u"&gt;Inscriptions ici&lt;/a&gt;. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Comment s&amp;#039;inscrire ?&lt;/strong&gt; En complétant &lt;/span&gt;&lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;WZ85WrBPWEy2PvlL_CQ3HDoIXvXgjE9HnWk-4P-uerdUQjNGVVBaWjRSSE8yR0hIMEc0Uzc3Nk9BVC4u"&gt;ce formulaire en ligne&lt;/a&gt;&lt;span&gt; (clôture des inscriptions le 14 novembre 2024). Les places étant limitées, les structures retenues seront notifiées mi-novembre.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X14" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/accompagnement-industries-engagees</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;span&gt;&lt;strong&gt;Une question ?&lt;/strong&gt; &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;WZ85WrBPWEy2PvlL_CQ3HDoIXvXgjE9HnWk-4P-uerdUOFA4TEZVSFdURUI0STVUUlBTRk42Tlk3Mi4u"&gt;Contactez-nous via ce lien&lt;/a&gt;. &lt;/span&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-industries-engagees/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>143843</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les collectivités territoriales et les acteurs économiques aux enjeux de la logistique urbaine</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>LUD+ (lOGISTIQUE URBAINE DURABLE+)</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>ROZO
+Cerema
+Logistic Low Carbon</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
-[...10 lines deleted...]
-  axel.adam&amp;#64;paysdelaloire.fr
+ Le Programme LUD&amp;#43; vise à contribuer à l&amp;#039;accompagnement des acteurs publics et privés vers une logistique urbaine durable, à engager et accélérer la mise en œuvre concrète d&amp;#039;actions opérationnelles qui découlent des chartes LUD en accompagnant leur démarrage et certaines actions inscrites dans leur plan d&amp;#039;actions, en soutenant des expérimentations, en mettant à disposition un centre de ressources pérenne abondé par des outils, des communs, des formations... Le Programme LUD&amp;#43; se décline autour de 4 volets principaux :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Volet 1 :  Accompagner 61 territoires urbains dans l&amp;#039;élaboration de chartes LUD et la mise en œuvre de 120 actions opérationnelles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volet 2 : Former les acteurs, expérimenter des solutions et partager les pratiques entres les acteurs de la logistique urbaine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volet 3 : Construire un centre de ressource pour pérenniser les actions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VOLET 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Programme LUD&amp;#43; propose d&amp;#039;accompagner les agglomérations françaises et les représentants des acteurs économiques présents dans ces territoires dans l&amp;#039;élaboration, la réalisation et le suivi des actions de chartes LUD concertées :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Le Programme LUD&amp;#43; vise l&amp;#039;engagement de 20 EPCI. Une priorité sera donnée aux EPCI devant créer une ZFE-m. Le Programme LUD&amp;#43; vise également à poursuivre et accélérer les démarches initiées sur les 41 territoires avec le Programme InTerLUD. L&amp;#039;objectif du Programme LUD&amp;#43; est donc d&amp;#039;initier la réalisation des chartes LUD, en accompagnant financièrement et en apportant un appui méthodologique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;objectif du Programme est d&amp;#039;accompagner également les EPCI engagés dans la réalisation de 120 actions qui découlent de la dynamique des chartes LUD. Les premiers bénéficiaires de cette action seront les acteurs des territoires ayant validé une charte LUD à l&amp;#039;issue du Programme InTerLUD.  Tout au long du Programme, chaque territoire ayant engagé sa charte LUD pourra bénéficier de cette action. Pour les actions des chartes LUD relevant des compétences communales, les communes ou les acteurs privés de ces territoires pourront bénéficier de ce financement si l&amp;#039;action est inscrite dans la charte LUD de l&amp;#039;EPCI. L&amp;#039;objectif du Programme LUD&amp;#43; est donc d&amp;#039;initier la réalisation des actions des chartes LUD, en accompagnant financièrement et en apportant un appui méthodologique pour certaines actions afin de viser à la pérennisation de la démarche.
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ APPUI METHODOLOGIQUE
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement proposé par le Cerema et Logistic-Low-Carbon depuis le début de la démarche jusqu&amp;#039;à la finalisation de la charte LUD, puis lors de la mise en œuvre du plan d&amp;#039;action de la charte LUD consiste à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aider les acteurs à maîtriser les enjeux de la LUD et la méthodologie de la charte LUD ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner la mise en place de la gouvernance au sein de la collectivité, afin que le dossier soit suivi et géré par un(e) chargé(e) de mission et que le sujet soit considéré par les élus ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Cartographier et structurer la représentativité des acteurs économiques de la logistique urbaine sur le territoire afin de les associer à la démarche, de préparer une concertation efficace et de pérenniser le dialogue avec la collectivité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Faciliter les différents échanges entre les acteurs, ainsi que leur mobilisation afin de s&amp;#039;assurer du bon déroulement de la concertation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner la recherche de solutions efficaces, qui permettent de répondre aux enjeux et contraintes des différents acteurs, et qui s&amp;#039;adaptent aux spécificités du territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner les territoires dans la mise en œuvre des actions par les équipes des Porteurs associés (méthodologie, suivi des actions engagées, évaluation et gouvernance de l&amp;#039;action).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ APPUI FINANCIER
+&lt;/p&gt;
+&lt;p&gt;
+ Un appui au financement d&amp;#039;un poste de chargé de mission LUD et/ou d&amp;#039;une prestation par un bureau d&amp;#039;études pour l&amp;#039;élaboration et la mise en œuvre d&amp;#039;une charte LUD. Ce financement, venant en complément de l&amp;#039;accompagnement des EPCI par le Cerema et LLC, permet aux EPCI de disposer d&amp;#039;un levier incitatif pour élaborer une charte LUD, puis pour assurer un suivi de sa mise en œuvre, pour compenser le fait que de nombreuses collectivités ne disposent pas de l&amp;#039;ingénierie nécessaire. Le Programme LUD&amp;#43; participera ainsi pour chaque EPCI au financement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    De postes de techniciens des EPCI dont la logistique urbaine s&amp;#039;inscrit dans leur mission (via un recrutement ou une modification de leur mission) ;
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Ou de prestations d&amp;#039;études ou d&amp;#039;ingénierie.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le Programme contribue également au financement de l&amp;#039;ingénierie associée à certaines actions initiées dans le cadre des chartes LUD pour les territoires volontaires et ceux ayant finalisés leur charte LUD. Cette action vise en particulier le financement d&amp;#039;ingénierie pour la réalisation de 120 actions. Les actions retenues sont celles qui sont le moins facilement réalisables par les territoires et qui de fait nécessitent un appui particulier par le Programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples d&amp;#039;actions à mettre en œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ Harmonisation des réglementations
+&lt;/p&gt;
+&lt;p&gt;
+ Optimisation des aires de livraison
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;ELU
+&lt;/p&gt;
+&lt;p&gt;
+ Report modal dont fluvial
+&lt;/p&gt;
+&lt;p&gt;
+ Déploiement de la cyclo logistique
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement des acteurs économiques en lien avec les ZFE-m
+&lt;/p&gt;
+&lt;p&gt;
+ Logistique des chantiers
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P205" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2023</t>
+        </is>
+      </c>
+      <c r="Q205" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les EPCI éligibles à la démarche sont les 214 établissements publics de coopération intercommunale à fiscalité propre du territoire français n&amp;#039;ayant pas initié de démarche de charte LUD pour le moment. En plus des EPCI ciblés par le Programme InTerLUD, la démarche sera accessible aux communes dans la mesure où l&amp;#039;EPCI dont elles dépendent ne souhaite pas s&amp;#039;engager.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T205" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interlud.green/</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.interlud.green/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>l.bonifay@rozo.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cbef-lud-logistique-urbaine-durable/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>73146</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Financer les équipements éligibles aux Certificats d’Economie d’Energie - Prêt Eco Energie</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Prêt Eco-Energie (PEE) permet de financer les entreprises dans leur projet d&amp;#039;investissement s&amp;#039;inscrivant dans des enjeux de protection de l&amp;#039;environnement et d&amp;#039;économie d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt finance les équipements éligibles aux Certificats d&amp;#039;Economie d&amp;#039;Energie (CEE) pour les secteurs industriel et tertiaire, ainsi que les dépenses suivantes dans la limite de 40% du montant du prêt :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements matériels et immatériels qui présentent une faible valeur de gage (notamment ceux qui permettent une optimisation des ressources et des process),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la conception d&amp;#039;un produit ou processus (frais d&amp;#039;études et de faisabilité, dépenses de personnel directement affecté),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses nécessaires à la réalisation des opérations standardisées (travaux, achats de services, frais liés à des essais).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent des installations et des travaux de mise aux normes de postes très consommateurs d&amp;#039;énergie, en matière d&amp;#039;éclairage, de chauffage, de climatisation et de motorisation électrique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  éclairage : luminaire avec ballast électronique pour tubes fluorescents T5 ou T8, ou pour lampe sodium ou iodure métallique céramique ; détecteur de présence sur un dispositif d&amp;#039;éclairage ; dispositif de contrôle utilisant la variation de lumière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  froid : meuble frigorifique de type vertical avec uniquement éclairage en fronton,
+ &lt;/li&gt;
+ &lt;li&gt;
+  chauffage, climatisation : pompe à chaleur, y compris à double flux : électrique de COP supérieur à 3,4, ou à absorption gaz ou à moteur gaz de COP supérieur à 1,3 (le professionnel réalisant l&amp;#039;installation détient l&amp;#039;appellation Qualipac ou toute autre qualification ou certification dans le domaine des pompes à chaleur) ; chaudière à condensation ; micro-cogénération dont l&amp;#039;électricité produite ne fait pas l&amp;#039;objet d&amp;#039;une obligation d&amp;#039;achat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  motorisation électrique : moteur haut rendement IE2 ou IE3 ; système de variation électronique de vitesse sur moteur asynchrone ; moto-variateur synchrone à aimants permanents.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant du Prêt Eco-Energie est peut aller de 10 000 à 500 000 €, dans la limite des fonds propres ou quasi-fonds propres de l&amp;#039;entreprise. Le montant des prêts est plafonné au montant des fonds propres ou quasi-fonds propres de l&amp;#039;emprunteur.
+ Aucune garantie n&amp;#039;est exigée sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une assurance décès-invalidité est requise pour les entrepreneurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée : 3 à 7 ans avec jusqu&amp;#039;à 2 ans de différé d&amp;#039;amortissement du capital.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amortissement linéaire du capital : échéances trimestrielles à terme échu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucune garantie n&amp;#039;est exigée sur les actifs de l&amp;#039;entreprise, ni sur le patrimoine du dirigeant.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier du dispositif, les TPE et PME créées depuis plus de trois ans (ou créées pour la reprise d&amp;#039;un établissement de plus de trois ans) et financièrement saines.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T206" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-thematiques/Pret-Economies-d-Energie-PEE</t>
+        </is>
+      </c>
+      <c r="W206" s="1" t="inlineStr">
+        <is>
+          <t>https://mon.bpifrance.fr/authentication/?TAM_OP=login&amp;ERROR_CODE=0x00000000&amp;URL=%2Fmon-espace%2F#/formulaire/peev2</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus de renseignements, contactez
+ &lt;a href="http://adminwww.bpifrance.fr/Bpifrance/Contactez-nous"&gt;
+  votre référent de la BPI local
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 02 28 20 52 14
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a313-financer-les-equipements-eligibles-aux-certif/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>162935</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Rassembler les acteurs autour de l’économie circulaire et la valorisation de nos ressources locales</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action Economie circulaire</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="F207" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I207" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J207" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’utilisation et la disponibilité des agromatériaux et bois locaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner tous les acteurs à l’intérêt des filières d’agromatériaux et énergies renouvelables et à la valorisation des déchets&lt;/li&gt;&lt;li&gt;Développer des filières de recyclage / réutilisation des matériaux&lt;/li&gt;&lt;li&gt;Accompagner les entreprises, les collectivités locales et les agriculteurs à la gestion efficiente de l’eau&lt;/li&gt;&lt;li&gt;Accompagner les artisans et professionnels sur les enjeux de l’adaptation au changement climatique de l’économie circulaire et de la sobriété énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réfléchir et investir sur la réduction, la récupération d’eau et son utilisation&lt;/li&gt;&lt;li&gt;Réfléchir et investir sur la réutilisation des eaux usées&lt;/li&gt;&lt;li&gt;Sensibiliser sur l’utilisation de l’eau dans les différents usages domestiques&lt;/li&gt;&lt;li&gt;Adapter les aménagements autour de la consommation d’eau (récupération, …)&lt;/li&gt;&lt;li&gt;Sensibiliser sur le devenir des déchets (réutilisation, valorisation, …) et leur recyclage&lt;/li&gt;&lt;li&gt;Mettre en place des ressourceries, des matériauthèques / des solutions autour de la récupération de matériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner sur les agro-matériaux ou bio sourcés&lt;/li&gt;&lt;li&gt;Mener des inventaires, états des lieux, études, études de faisabilité sur les filières d’agromatériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer sur l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer auprès des élus et/ou techniciens sur l’usage des bâtiments et la maitrise de l’énergie&lt;/li&gt;&lt;li&gt;Mener des réflexions, études et investissements sur les nouvelles énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P207" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q207" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T207" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
+        </is>
+      </c>
+      <c r="W207" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-et-sensibiliser-tous-les-publics-aux-enjeux-du-futur/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>163962</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les impacts des activités maritimes et littorales dans une démarche d'économie circulaire</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°3 - Adapter, gérer et prévenir les impacts des activités maritimes et littorales dans une démarche d’économie circulaire avec des pratiques durables et respectueuses</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I208" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J208" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+pêche et l’aquaculture contribuant aux déchets générés, le GALPA a un rôle à
+jouer en favorisant la transition vers une économie circulaire. Ce type
+d’économie peut leur apporter de nombreux bénéfices, non seulement grâce à
+l’utilisation plus efficace des ressources locales, à la meilleure santé des
+écosystèmes aquatiques et à l’augmentation de la résilience de l’économie, mais
+aussi par les possibilités de créer plus de valeur ajoutée, ainsi que de
+nouveaux emplois qualifiés. &lt;/p&gt;&lt;p&gt;La
+lutte contre les déchets marins passe principalement par des actions de
+prévention des déchets à la source, mais aussi par une meilleure gestion des
+déchets terrestres. D’un point de vue recyclage des engins de pêche, la Loi
+Anti-Gaspillage concourt à notre participation à l’application de cette
+nécessaire « écologisation » de la filière pêche et aquaculture, sur le
+principe des 3 R : &lt;/p&gt;&lt;p&gt;•Réduire
+: limiter les apports de plastiques dans les milieux marins. •Réutiliser
+: les différents filets et poches à huîtres. Il s’agit ainsi de trouver des
+solutions de réutilisation de ces différents matériaux pour d’autres usages•Recycler
+: étudier l’ensemble des métiers utilisés par nos pêcheurs et ostréiculteurs,
+des différents matériaux et types de plastiques, afin de valoriser ce « déchet
+». •&lt;/p&gt;&lt;p&gt;Avec
+l’entrée en vigueur progressive de l’obligation de débarquement de toutes les
+captures, dans le but de limiter au maximum le rejet de poissons non désirés.,
+l’objectif est donc de trouver, dans une approche partenariale, une filière de
+valorisation de ces captures à l’échelle locale. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La
+filière pêche et aquaculture, de l’aval à l’amont, est aujourd’hui forte
+utilisatrice de matériaux plastiques, carburants et autres produits chimiques.
+Il s’agira de trouver des solutions éco-responsables pour limiter les déchets
+issus des activités de la filière pêche et aquaculture, rechercher des
+solutions alternatives à l’utilisation de polystyrène pour la vente et la
+transformation des poissons, et réduire la consommation d’énergie et les
+émissions de carbone et soutenir des modes de production durables.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;p&gt;Développer
+des outils de gestion, de sensibilisation aux bonnes pratiques&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutenir
+des modes de production durables et rechercher des solutions alternatives aux
+matériaux utilisés&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Rechercher
+des potentiels de valorisation des coproduits de poissons et fruits de mer&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Engager
+une démarche d’économie circulaire des engins de pêche et du matériel
+ostréicole&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière de recyclage des engins de pêche&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Sensibilisation
+aux bonnes pratiques afin de diminuer les déchets marins &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+des solutions éco-responsables pour limiter les déchets&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
+en place une filière à haute valeur des coproduits des poissons et fruits de
+mer&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Lutte
+et prévention des pollutions visibles, et également invisibles (produits
+chimiques) des cours d’eau et de la mer. &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Conception
+de solutions éco-responsables pour limiter les déchets issus de la filière
+pêche et aquaculture.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
+d’une pêche propre (biocarburants, hydrogène) &lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Soutien
+à la création d’une filière de traitement des coproduits en partenariat avec
+les usines de transformation de notre territoire pour exploiter leurs
+coproduits en valorisant leurs propriétés nutritives, cosmétiques,
+pharmaceutiques des viscères, arrêtes, peaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
+d’une filière à haute valeur ajoutée des coproduits des produits de la mer et
+captures non-désirées&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Recherche
+de nouvelles filières de recyclage, réutilisation et réduction des engins de
+pêche usagés&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P208" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q208" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-et-accompagner-la-commercialisation-et-la-consommation-des-produits-locaux-issus-de-la-peche-et-de-laquaculture/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>133058</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour réaliser un inventaire des zones d'activités économiques (ZAE)</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans un contexte de rareté du foncier, les zones d&amp;#039;activités économiques (ZAE) représentent une part importante de foncier artificialisé dont les usages sont à repenser en raison de leur perte d&amp;#039;attractivité. Sont considérés comme zone d&amp;#039;activité : « les zones d&amp;#039;activités industrielle, commerciale, tertiaire, artisanale, touristique, portuaire ou aéroportuaire ».  Pour améliorer la connaissance sur les ZAE et réfléchir sur leurs potentiels de requalification, la loi impose aux collectivités de réaliser un inventaire de leurs zones d&amp;#039;activités économiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;inventaire doit être établit par l&amp;#039;EPCI qui est l&amp;#039;autorité compétente en matière de création, d&amp;#039;aménagement et de gestion des zones d&amp;#039;activités. L&amp;#039;inventaire doit contenir trois étapes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un état parcellaire des unités foncières de la zone d&amp;#039;activité économique (qui identifie la surface de chaque unité foncière et le propriétaire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des occupants de la zone d&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification du taux de vacance de la zone d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La vacance est définie selon trois critères :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une absence d&amp;#039;affectation de l&amp;#039;unité foncière à « une activité assujettie à la cotisation foncière des entreprises (CFE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une durée de vacance supérieure ou égale à 2 ans ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inoccupation au cours de la même période
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La dernière étape est celle de la consultation des propriétaires et des occupants des ZAE par l&amp;#039;EPCI compétent pendant une période de trente jours avant l&amp;#039;arrêt de l&amp;#039;inventaire qui doit ensuite être adressé autorités compétentes en matière de SCoT, PLU et PLH.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;inventaire doit être réalisé dans un délai d&amp;#039;un an à compter de la promulgation de la loi climat et finalisé dans un délai de deux ans. Il devra être actualisé tous les 6 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Certaines agences d&amp;#039;urbanisme ont été missionnées pour la réalisation d&amp;#039;inventaires des ZAE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Audélor, l&amp;#039;agence d&amp;#039;urbanisme, de développement économique et technopole du Pays de Lorient a réalisé un observatoire des sites d&amp;#039;activités du Pays de Lorient. L&amp;#039;observatoire est composé de tableau de bord sur le foncier économique disponible dans les zones d&amp;#039;activités et de fiches descriptives pour chacune des zones d&amp;#039;activités.
+  &lt;a href="https://www.audelor.com/observatoires-et-etudes/zones-d-activites/" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;agape, l&amp;#039;agence d&amp;#039;urbanisme et de développement durable Lorraine Nord a créé un outil de connaissance web cartographique de suivi des zones d&amp;#039;activités économiques.
+  &lt;a href="https://www.agape-lorrainenord.eu/les-ressources/les-produits-de-donnees/actualite/occaze.html" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c38-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>94237</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Créer des tiers-lieux d’innovation sociale pour contribuer au développement économique des territoires</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez participer au développement économique local et mettre en place un tiers-lieu d&amp;#039;innovation sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires peut apporter, sous certaines conditions dont notamment le soutien de la collectivité territoriale, un appui à l&amp;#039;émergence du projet et à la structuration de sa gouvernance, une aide aux études de programmation ou de montage juridique et financier, une part des fonds propres de la structure d&amp;#039;exploitation ou de la structure portant les murs, sous forme d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=tierslieux_innov_sociale_psat</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b33b-developper-les-tiers-lieux-dinnovation-social/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>138963</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Être conseillé et accompagné sur les thématiques du développement économique et de l'attractivité (CNER Expertise)</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des agences d'attractivité, de développement et d'innovation (CNER)</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lancé le 1er mars 2017 avec le soutien de la Caisse des dépôts et des consignations, CNER Expertise apporte à l&amp;#039;ensemble des acteurs du développement territorial (agences, collectivités, etc.) un accompagnement spécifique en matière de développement économique, en s&amp;#039;appuyant sur l&amp;#039;expertise des professionnels du réseau CNER (directeurs/cadres d&amp;#039;agences expérimentés, en transition professionnelle, en poste, en retraite active ou en consultant indépendant).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ce réseau d&amp;#039;experts qualifiés est d&amp;#039;apporter à tous les territoires et les acteurs économiques des solutions concrètes, rapides, accessibles et adaptées à tous les enjeux de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Face à une demande croissante d&amp;#039;ingénierie des collectivités et de leurs structures dédiées à l&amp;#039;attractivité et au développement économique, le CNER poursuit le développement de ce service d&amp;#039;accompagnement. Avec des missions courtes, opérationnelles, orientées résultats, sur les métiers de l&amp;#039;attractivité et du développement économique ainsi que la création d&amp;#039;agences.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 - L&amp;#039;offre CNER Expertise
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les points forts du service :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaissances des bonnes pratiques territoriales dans les principales catégories de l&amp;#039;attractivité : talents, investisseurs, international, résidentiel, touristique ; et facilité à construire des benchmarks pertinents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité à mobiliser des personnalités reconnues de l&amp;#039;attractivité, de l&amp;#039;entreprise, de la communication pour participer à des évènements ou des réunions de créativité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proximité terrain opérationnelle avec d&amp;#039;autres agences qui font face aux mêmes problématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agilité pour intervenir avec des experts volontaires et disponibles dans les délais les plus rapides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ressources internes du CNER disponibles pour compléter si besoin ces informations et obtenir d&amp;#039;autres conseils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 - Le fonctionnement de CNER Expertise
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sollicitation d&amp;#039;un acteur du développement économique (collectivité, agence de développement, autre) pour un besoin en ingénierie avec production d&amp;#039;un cahier des charges synthétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche dans le réseau CNER Expertise de l&amp;#039;expert le plus pertinent pour répondre à la problématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges avec CNER Expertise et l&amp;#039;expert sélectionné pour cerner la problématique du territoire et mieux appréhender le contexte de la démarche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction par CNER Expertise, et transmission rapide au demandeur, d&amp;#039;une note complète recapitulant la demande et détaillant la méthodologie choisie pour répondre au cahier des charges, le calendrier, le budget associé et la présentation détaillée du (ou des) expert(s) proposé(s)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3 - Les principales problématiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir une démarche d&amp;#039;attractivité pour un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construire une stratégie de mobilisation des entreprises locales et/ou des acteurs du développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la création d&amp;#039;une agence d&amp;#039;attractivité ou de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir la stratégie économique locale et les modalités de mobilisation des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place un réseau de développeurs et l&amp;#039;animer sur la durée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coacher une équipe ou un salarié
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.cner-france.com/Les-services/CNER-Expertise/Les-references-de-CNER-Expertise" target="_self"&gt;
+  Missions CNER Expertise, quelques références
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A la demande de certaines collectivités, le nom du commanditaire a été anonymisé
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Industrie</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cner-france.com/Les-services/CNER-Expertise</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Lucas Finet&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Responsable Développement, Partenariats et Expertise&lt;/p&gt;
+&lt;p&gt;lfinet&amp;#64;cner-france.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>cner@cner-france.com</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55e3-cner-expertise/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>137990</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements hydrauliques visant à une économie d'eau dans les exploitations agricoles</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Aide (exploitations agricoles) aux investissements pour matériels visant à une économie d'eau, à l'utilisation d'eau recyclée, retenue collinaire</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="J212" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5.000€ / Plafond : 200.000€</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien aux investissements hydrauliques dans les exploitations agricoles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Formulaire de demande et pièces précisées en annexe de l&amp;#039;APP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour matériels visant à une économie d&amp;#039;eau, à l&amp;#039;utilisation d&amp;#039;eau recyclée, retenue collinaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modernisation des exploitations, soutien aux investissements des CUMA, ...(Investissement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien des actions des organisations pro agricoles... (Fonctionnement)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif mis en œuvre au travers de la mesure 205 du programme régional FEADER AURA par AAP permanent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/investir-sur-mon-exploitation-dans-les-systemes-dirrigation-agricole-feader</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+Téléphone : 04.43.07.40.15
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9d3e-soutenir-les-investissements-hydrauliques-eco/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>165678</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place l'émergence et la consolidation d'une économie circulaire en Outre-mer et Corse</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Émergence et consolidation d'une économie circulaire en Outre-mer et Corse</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de l’émergence et de la consolidation d’une économie circulaire en Outre-mer et Corse, l’ADEME pourra aider les projets :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;contribuant à la lutte contre le gaspillage afin de limiter les pertes de matière ou les invendus alimentaires de la production à la consommation ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;visant l’allongement de la durée de vie et d’usage des produits par le réemploi, la réutilisation ou la réparation (remise en état et reconditionnement d’objets, création de recycleries ou de ressourceries…) ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;ayant pour objet de structurer ou améliorer des filières locales de recyclage et de valorisation matière de tous types de déchets (unité de recyclage et valorisation, unités de remanufacturing, équipements de tri et de valorisation de déchets jusqu’alors non valorisés, équipements de préparation de la matière…) ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;contribuant à l’évolution des pratiques alimentaires vers une alimentation durable adaptée aux territoires d’Outre-mer et Corse.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations soutenues pourront comporter un ou plusieurs des volets suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;réalisation de diagnostic territorial, d’étude de faisabilité ou d’expérimentation de solutions adaptées au contexte ultra-marin et corse ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;actions d’animation, de communication ou de formation ;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;acquisitions d’équipements et réalisations d’investissements matériels.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Emploi</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P213" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q213" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_94_975_977_978_984_986_987_988</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/emergence-et-consolidation-dune-economie-circulaire-en-outre-mer-et-corse</t>
+        </is>
+      </c>
+      <c r="W213" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/emergence-et-consolidation-dune-economie-circulaire-en-outre-mer-et-corse#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/emergence-et-consolidation-d-une-economie-circulaire-en-outre-mer-et-corse/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>140724</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité et le rayonnement économique et touristique des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Agence de développement 04</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil Amont : pour cibler les enjeux du projet et son impact sur le territoire. Données de l&amp;#039;Observatoire touristique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet et financière : pour accompagner le pilotage et la gestion globale du projet tout en faisant le lien avec les partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise Technique : pour gérer les aspects techniques spécifiques à un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de Concertation : mobilisation du réseau partenarial
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Livraison aux EPCI des données touristiques : bilans de saisons et annuels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune de Lauzet Ubaye pour le projet d&amp;#039;usine d&amp;#039;embouteillage d&amp;#039;eau de source (proposition modèle économique, identification de source de financement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la destination Verdon : coordination et chef de filat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des projets européens comme délégataire (PITEM MITO – plan intégré thématique &amp;#34;Modèles Intégrés pour le Tourisme Outdoor&amp;#34;)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>http://www.investinalpesdehauteprovence.com</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence de Développement 04
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : 8 rue Bad Mergentheim – Immeuble François Mitterand BP 80170
+&lt;/p&gt;
+&lt;p&gt;
+ 04990 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 31 57 29
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;ad04.fr" target="_self"&gt;
+  info&amp;#64;ad04.fr
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:eco&amp;#64;ad04.fr" target="_self"&gt;
+  eco&amp;#64;ad04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d9c2-renforcer-lattractivite-et-le-rayonnement-eco/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F215" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I215" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P215" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q215" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>103460</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leurs projets d’investissement concourant à l’aménagement, au développement et à l’équipement cohérent et durable du territoire</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Contrat d’aménagement régional (CAR)</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+La Région accompagne les collectivités franciliennes dans leurs projets d&amp;#039;investissement concourant à l&amp;#039;aménagement, au développement et à l&amp;#039;équipement cohérent et durable du territoire.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Financer des opérations d&amp;#039;investissement en faveur des entreprises de services marchands (multiservices, alimentation générale, commerces de bouche...) nécessaires aux besoins de la population en milieu rural dont la maîtrise d&amp;#039;ouvrage est assurée par des communes ou des établissements publics de coopération intercommunale à fiscalité propre (EPCI), conformément à l&amp;#039;article L 1111-10 du Code général des collectivités territoriales (CGCT).
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, centre de santé, voirie, stationnement...).
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O15" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Espace public
+Jeunesse
+Cohésion sociale et inclusion
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ Communes de plus de 2000 habitants, EPCI à fiscalité propre et EPT
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;strong&gt;
+   Communes :
+  &lt;/strong&gt;
+  jusqu&amp;#039;à 50 % du montant des dépenses éligibles (subvention maximale : 1 M€).
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   EPCI et EPT :
+  &lt;/strong&gt;
+  jusqu&amp;#039;à 30 % du montant des dépenses éligibles (subvention maximale : 2 M€).
+ &lt;/p&gt;
+ &lt;p&gt;
+  Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales ou la création d&amp;#039;aires de jeux et de loisirs inclusives.
+ &lt;/p&gt;
+ Chaque contrat peut inclure plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U216" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-damenagement-regional-car</t>
+        </is>
+      </c>
+      <c r="X216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ amenagement&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service l&amp;#039;administration en charge du dispositif avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y216" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/36b2-contrat-damenagement-regional-car/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>119706</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G217" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I217" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J217" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
+        </is>
+      </c>
+      <c r="K217" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - cours d&amp;#039;école
+&lt;/p&gt;
+&lt;p&gt;
+ - zones d&amp;#039;activité industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ - parkings
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N217" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - projet en zone urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ - réduction des volumes collectés par les réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - gestion à ciel ouvert
+&lt;/p&gt;
+&lt;p&gt;
+ - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
+&lt;/p&gt;
+&lt;p&gt;
+ - si toiture végétalisée, épaisseur supérieure à 8 cm
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S217" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T217" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U217" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V217" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W217" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.eau-seine-normandie.fr/formulaires_aides
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>90782</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le transfert de technologie et/ou de connaissances issues d’un laboratoire public pour des applications économiques</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I218" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;objectif est d&amp;#039;accompagner les porteurs de projets ou/les entreprises favorisant un transfert de technologie et/ou de connaissances en lien ou issu d&amp;#039;un laboratoire public pour des applications économiques sur le territoire de la Nouvelle-Aquitaine.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ Transfert de technologie ou de connaissances en lien ou issu d&amp;#039;un laboratoire public
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Structures d&amp;#039;incubation
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Créateurs d&amp;#039;entreprises innovantes
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises toutes tailles
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles : t
+ outes dépenses liées au projet
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;intervention : Subvention maximum de 100%
+&lt;/p&gt;
+&lt;p&gt;
+ Base règlementaire : SA 40391 RDI – SA 40453 PME
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-en-lien-ou-issus-dun-laboratoire-public</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux
+&lt;/p&gt;
+&lt;p&gt;
+ Usagers
+Direction de l&amp;#039;enseignement supérieur recherche et transfert de technologie
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c6b-projets-en-lien-ou-issus-dun-laboratoire-publ/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>103286</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la croissance des structures de l'économie sociale et solidaire à fort potentiel</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>InvESS île-de-France</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En apportant son soutien au fonds invESS Île-de-France géré par ESFIN GESTION, la Région favorise la croissance des structures de l&amp;#039;économie sociale et solidaire à fort potentiel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures de l&amp;#039;économie sociale et solidaire à fort potentiel en phase de post-création, de développement ou de transmission qui ont un besoin en fonds propres et quasi-fonds propres.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;investissement est compris entre 100 000 € et 300 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Participation principalement sous forme de titres de participatifs, de titres associatifs, d&amp;#039;actions et d&amp;#039;obligations (convertibles ou non).
+&lt;/p&gt;
+&lt;p&gt;
+ Un contrat et/ou d&amp;#039;un pacte d&amp;#039;associés prévoyant les modalités de gouvernance et de liquidité est signé.
+&lt;/p&gt;
+&lt;p&gt;
+ La durée moyenne de l&amp;#039;investissement est de 7 à 10 ans, pour permettre à l&amp;#039;entreprise de franchir une étape décisive de son développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises lauréates deviennent automatiquement membres du Paris Region Business Club. Ce réseau unique compte plus de 2 500 membres à qui il propose des opportunités d&amp;#039;affaires, des mises en relation exclusives, des occasions de partage d&amp;#039;expérience et de visibilité pour accompagner leur croissance en complément de l&amp;#039;aide financière régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Informations sur les démarches à suivre sur
+ &lt;a rel="noopener" target="_blank"&gt;
+  www.esfingestion.fr/invess-ile-de-france.html
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Santé
+Economie sociale et solidaire
+Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires éligibles :
+  Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...6 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ Les associations, les coopératives, les entreprises avec agrément (insertion, ESUS, etc.) de l&amp;#039;Île-de-France.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V219" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/invess-ile-de-france</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les informations complémentaires sur invESS Île-de-France sont disponibles sur demande à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:esfin-gestion&amp;#64;esfingestion.fr"&gt;
+  esfin-gestion&amp;#64;esfingestion.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b54e-invess-ile-de-france/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>98472</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le développement commercial et économique des professionnels adhérents à la marque Pays Cathare</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La marque Pays cathare, propriété du département depuis plus de 20 ans est née d&amp;#039;une initiative collective en direction des professionnels du tourisme et de l&amp;#039;agroalimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Plus de 900 prestataires marqués sur 39 réseaux différents, la Marque Pays cathare® s&amp;#039;engage aujourd&amp;#039;hui dans une étape nouvelle de commercialisation et de renforcement de son image par la sécurisation des actions menées. Les valeurs de la Marque &amp;#34;origine, passion, qualité et engagement&amp;#34; reflètent un attachement fort des professionnels à leur réseau et une volonté de mutualiser leurs savoir-faire pour faire de la marque, outil collectif, un levier de développement économique de leur structure respective.
+&lt;/p&gt;
+&lt;p&gt;
+ Le département a fait le choix de confier l&amp;#039;animation de la marque à différents partenaires, qui accompagnent au quotidien les prestataires Audois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les chambres consulaires et l&amp;#039;inter consulaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le relais des gîtes de France
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les logis de France
+  &lt;/li&gt;
+ &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
+ dépenses de fonctionnement pour l&amp;#039;animation de la Marque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prise en charge de l&amp;#039;expertise technique : salaires des chargés de missions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ingénierie de projet: études stratégiques, évaluation, études de marché, formations, accompagnement des professionnels a la stratégie commerciale (type cluster)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Promotion de la marque : frais de communication (conception, diffusion, achat d&amp;#039;espaces, kit de communication, photothèque, vidéothèque...), éditions, spot radio, site internet, location d&amp;#039;équipements pour les salons
+  &lt;/li&gt;
+  &lt;li&gt;
+   Signature de la marque : plaques, enseignes ou autres supports remis aux adhérents, publicité sur lieu de vente (PLV) type emballage
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation du réseau des professionnels: temps d&amp;#039;expertise dédiée, voyages d&amp;#039;études, achat de produits et matériel de dégustation
+  &lt;/li&gt;
+  &lt;li&gt;
+   Contrôle de la marque : audit interne et externe, analyse des produits ou des prestations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Actions de coopération sur la base de l&amp;#039;expertise en lien avec la création d&amp;#039;une marque ou d&amp;#039;un label (déplacements et temps de travail)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T220" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anne Laurent, Chargée de projet &amp;#34;Marque Pays Cathare&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mail :
+   &lt;a href="mailto:anne.laurent&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+    anne.laurent&amp;#64;aude.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone :
+ 04.68.11.65.14
+  &lt;/li&gt;
+  &lt;li&gt;
+   Secrétariat :
+ 04.68.11.64.49
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/620d-animer-la-marque-pays-cathare/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>162707</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Permettre un développement économique durable fondé sur la valorisaiton qualitative et cohérente des ressources locales</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°2</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I221" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J221" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond de 64 000€</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le programme européen de
+subvention LEADER 2023-2027, le GAL souhaite accompagner le développement
+économique local, une économie durable en lien avec la valorisation des
+ressources locales. &lt;/span&gt;&lt;span&gt;Est entendu comme « ressources
+locales » toutes matières/énergies biosourcées ou &lt;/span&gt;&lt;span&gt;géosourcées&lt;/span&gt;&lt;span&gt;
+issues du territoire telles que des matières issues des filières agricoles ou
+forestières, la terre, les pierres,... L’ensemble du cycle économique est
+envisagé, il peut s’agir de &lt;/span&gt;&lt;span&gt;soutien
+aux &lt;/span&gt;&lt;span&gt;filières de productions ou
+transformations, d’entreprises artisanales, de services et de commerces ou
+finalement, de services de valorisation de déchets. &lt;/span&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;a
+&lt;/span&gt;&lt;span&gt;prise en compte par les porteurs de
+projets de la transition écologique sera particulièrement vérifiée que cela
+concerne l’objectif de l’activité, la gestion courante ou les investissements. &lt;/span&gt;&lt;u&gt;&lt;span&gt;Des lignes de partage définissent
+les projets pouvant être aidés par le FEADER, le FEDER et le LEADER.&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Exemples de projets :
+Installation pour pastoralisme ; Production maraichère en régie municipale ;
+Atelier de transformation de fruits ; Equipement d’un boulanger transformant
+des céréales locales ; Création d’un atelier artisanal travaillant du cuir français
+ou du bois local ; Recyclerie,…&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Artisanat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Être une
+TPE/PME , une association ou un porteur public&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;&lt;span&gt;-&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;&lt;span&gt;-&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- &lt;span&gt;Être en
+capacité de &lt;/span&gt;&lt;span&gt;régler par avance les dépenses&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T221" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Bât. ATOME - 2 rue Michelet 30100 Alès&lt;/p&gt;&lt;p&gt;04 66 25 32 88 / 06 86 94 62 87&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-un-developpement-economique-durable-fonde-sur-la-valorisaiton-qualitative-et-coherente-des-ressources-locales/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>160858</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 1</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I222" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J222" s="1" t="inlineStr">
+        <is>
+          <t>de 10 000 à 50 000 euros</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Toutes dépenses d&amp;#039;investissement réalisées par une commune ou un EPCI visant à créer, recréer ou maintenir une activité commerciale de proximité : acquisition de locaux, construction, démolition, extension, réhabilitation, aménagements...
-[...11 lines deleted...]
-  L&amp;#039;aide inclut également l&amp;#039;accompagnement du maître d&amp;#039;ouvrage sous la forme d&amp;#039;une étude d&amp;#039;opportunité et de faisabilité économique réalisée dans le cadre d&amp;#039;un conventionnement entre le Département et le réseau consulaire des chambres de commerce et d&amp;#039;industrie (CCI), lequel pourra le cas échéant également contribuer à la recherche du futur professionnel occupant.
+  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Plancher/plafond:
+  Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Plancher de dépenses : 10.000€ HT
-[...2 lines deleted...]
-  Plafond de dépenses : 200.000€ HT
+  Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poursuivre la valorisation de la filière forêt – bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La valeur ajoutée de LEADER se situera dans des interventions dont le besoin n&amp;#039;est pas comblé sur le territoire, notamment pour répondre aux enjeux de transmission d&amp;#039;entreprises, d&amp;#039;installation d&amp;#039;activités dans les centralités, ou encore d&amp;#039;adaptation d&amp;#039;outils de production pour une activité dédiée au public du territoire ; et en renforcement des initiatives existantes pour mettre en avant les atouts et opportunités existants au niveau local (bois local, activités à forte valeur ajoutée locale, circuits courts...). Le &amp;#43; LEADER sur l&amp;#039;économie : la proximité, l&amp;#039;ancrage local.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le maintien et le développement de secteurs d&amp;#039;activités structurants dans une approche de développement local et de transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des activités permettant le renforcement de l&amp;#039;attractivité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;emplois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, en agriculture (via une articulation nécessaire avec les orientations du Plan Alimentaire Territorial porté par le PETR du Pays d&amp;#039;Epinal Cœur des Vosges),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, au maintien de services et activités à proximité des populations
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - artisanat, au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;p&gt;
+ - commerces dont la surface est inférieure ou égale à 400 m2 délivrant un service de proximité au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur la création et/ou le développement d&amp;#039;équipements et/ou permettant la mise en œuvre d&amp;#039;un projet à une échelle intercommunale
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et/ou développement de projet de transformation des produits agricoles et forestiers, la vente, la logistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
+  &lt;strong&gt;
+   3
+  &lt;/strong&gt;
+  , permettant une promotion et une valorisation de la filière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T222" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>72010</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour créer ou développer son activité - Fonds pour l'économie des quartiers d'Est Ensemble</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble - Grand Paris</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I223" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J223" s="1" t="inlineStr">
+        <is>
+          <t>La subvention est de 10 000 € minimum et peut couvrir jusqu'à 80 % des dépenses d'investissement lié</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds pour l&amp;#039;économie des quartiers est dédié à l&amp;#039;investissement dans des projets économiques s&amp;#039;implantant ou se développant dans les quartiers prioritaires du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Est Ensemble a lancé le fonds pour l&amp;#039;économie des quartiers, qui se trouve à la croisée de deux constats. D&amp;#039;une part, les porteurs de projet ont souvent des difficultés à s&amp;#039;installer correctement, avec un coût de départ élevé et donc fragilisant pour investir dans l&amp;#039;achat de matériel adéquat ou dans l&amp;#039;aménagement d&amp;#039;un local.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autre part, les activités économiques sont souvent peu développées dans les quartiers « politique de la ville ».
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds propose ainsi de financer une partie de leur installation dans un des 19 QPV ou à proximité immédiate, avec une subvention minimale de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À qui s&amp;#039;adresse-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds s&amp;#039;adresse aux porteurs de projets – entrepreneurs, créateurs d&amp;#039;activité, associations – qui cherchent des financements pour s&amp;#039;installer ou développer leur activité, c&amp;#039;est-à-dire faire des travaux ou acheter le matériel nécessaire (un véhicule, une machine, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ En conséquence, seuls les projets déjà constitués sont concernés. Le fonds intervient au moment de l&amp;#039;installation d&amp;#039;une activité (ou son développement) et pas avant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entrepreneur est donc éligible s&amp;#039;il a déjà fait tout le chemin de la création d&amp;#039;activité, y compris avoir trouvé un lieu où s&amp;#039;établir. Ce lieu doit se trouver dans l&amp;#039;un des QPV d&amp;#039;Est Ensemble ou à proximité immédiate (voir sur
+ &lt;a href="https://sig.ville.gouv.fr/"&gt;
+  https://sig.ville.gouv.fr/
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Que finance-t-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds pour l&amp;#039;économie des quartiers finance les travaux d&amp;#039;aménagement d&amp;#039;un local et/ou l&amp;#039;achat de matériel nécessaire à l&amp;#039;activité. La subvention est de 10 000 € minimum et peut couvrir jusqu&amp;#039;à 80 % des dépenses d&amp;#039;investissement liées à l&amp;#039;installation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment le débloquer ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit remplir un dossier de candidature qui passe devant une commission composée de représentants d&amp;#039;Est Ensemble et de ses partenaires institutionnels ou privés actifs dans le développement et le financement d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Outre les critères de maturité du projet et d&amp;#039;implantation géographique, la commission va apprécier la candidature selon la solidité de son modèle économique, son ancrage local et sa dimension collective, son éventuel nombre d&amp;#039;emplois induits et la valeur ajoutée apportée au quartier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil de Territoire d&amp;#039;Est Ensemble votera ensuite les subventions à débloquer selon les projets repérés par la commission.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crèche, pâtisserie, épicerie coopérative...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T223" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X15" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>Est Ensemble (EPT)</t>
+        </is>
+      </c>
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://www.est-ensemble.fr/fonds-eco-quartiers</t>
+        </is>
+      </c>
+      <c r="W223" s="1" t="inlineStr">
+        <is>
+          <t>https://framaforms.org/fonds-de-soutien-au-developpement-economique-des-quartiers-politique-de-la-ville-est-ensemble-0</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Département de la Seine-Maritime
-[...7 lines deleted...]
-&lt;p&gt;
+ dev-eco-quartiers&amp;#64;est-ensemble.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>thomas.annonier@est-ensemble.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/918d-investir-pour-creer-ou-developper-son-activit/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>103569</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger des projets économiques au sein de sites patrimoniaux - Réinventer le Patrimoine</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Ministère de la Culture
+Atout France
+Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="F224" s="1" t="inlineStr">
+        <is>
+          <t>Atout France</t>
+        </is>
+      </c>
+      <c r="G224" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K224" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Le programme « Réinventer le
+patrimoine » a pour ambition d’accompagner le développement d’activités
+économiques, touristiques et culturelles, au sein de bâtis remarquables, dans
+des perspectives de sauvegarde du patrimoine, d’attractivité et d’animation des
+territoires. &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Lancé en 2020, Réinventer le patrimoine est un
+dispositif d&amp;#039;ingénierie piloté par la Banque des territoires, l’Agence
+nationale de la cohésion des territoires et Atout France avec le ministère de
+la Culture, pour faciliter l’émergence de projets économiques au sein de sites
+patrimoniaux, autour d&amp;#039;usages variés. &lt;/span&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les objectifs du programme sont de
+quatre ordres : &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;Rénover
+     les sites patrimoniaux avec l’ambition de créer des lieux innovants de vie
+     et d’animation des territoires, en développant de nouveaux usages à
+     destination des populations locales et des touristes (culturel,
+     évènementiel, hébergement, …) ;  &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Accompagner
+     les propriétaires publics et privés dans la définition de leur projet de
+     valorisation, et définir les conditions de leur faisabilité, avec gestion
+     tout ou partie confiée à des exploitants privés ;  &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Favoriser
+     la rencontre entre propriétaires publics et opérateurs privés,
+     investisseurs et exploitants ;&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Proposer
+     des modèles économiques adaptés aux spécificités des bâtiments
+     patrimoniaux, innovants, équilibrés et pérennes, associant public et
+     privé, dans une perspective de minimisation des dépenses publiques : la
+     mise en tourisme des sites a pour but de créer de la valeur économique et
+     de la valeur d’usage participants à la sauvegarde de ces bâtis
+     remarquables.&lt;/span&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Parallèlement au fonds d&amp;#039;ingénierie, Réinventer le
+patrimoine partage sur l&amp;#039;&lt;a href="https://www.reinventer-le-patrimoine.fr/ressources" target="_self"&gt;&lt;span&gt;espace Ressources de son site internet&lt;/span&gt;&lt;/a&gt; un
+riche éventail d&amp;#039;&lt;strong&gt;outils et documents&lt;/strong&gt; produits dans le cadre de ses
+différentes expérimentations auprès des projets, pour professionnaliser la
+filière et favoriser la réalisation de projets de reconversion patrimoniale
+partout en France. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Arial, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Deux des nombreuses ressources mises à disposition par le programme :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;L&amp;#039;outil de pré-diagnostic pour comparer les performances économiques d&amp;#039;un site patrimonial avec les moyennes observées de sites aux profils similaires partout en France : &lt;a href="https://www.reinventer-le-patrimoine.fr/ressources?cat%C3%A9gorie&amp;#61;Faire&amp;#43;son&amp;#43;pr%C3%A9-diagnostic" target="_self"&gt;Outils et leur mode d&amp;#039;emploi&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Une guide des 10 grandes étapes à suivre pour faciliter la mise en œuvre d&amp;#039;un projet durable et économiquement viable au sein de bâtiments patrimoniaux : &lt;a href="https://assets-global.website-files.com/62441f8b7a122a0d5064ce0b/657189adff5aa3c3c0bd28e2_Guide%20m%C3%A9thodologique%20pour%20les%20projets%20de%20reconversion%20patrimoniale.pdf" target="_self"&gt;Lien vers le Guide pour les projets de reconversion patrimoniale&lt;/a&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;phase 1&lt;/strong&gt; du programme, a permis le lancement d’un appel à projets national auprès des collectivités locales pour accompagner 12 projets sélectionnés à travers notamment la prise en charge de plusieurs études stratégiques. L’accompagnement de ces premiers lauréats a mis l’accent sur l’importance d’une gouvernance solide, d’une gestion de projet professionnelle dédiée, et de la nécessité de mener certaines études préalables à la bonne détermination du projet. &lt;br /&gt;&lt;br /&gt;Capitalisant sur l’expérience acquise durant la phase 1, le comité de pilotage a validé le déploiement d’une &lt;strong&gt;2e promotion&lt;/strong&gt; en l’orientant vers des projets économiques matures et en ouvrant le programme aux porteurs de projets privés. En 2022 et 2023, 10 nouveaux projets ont été progressivement intégrés.  &lt;/p&gt;&lt;p&gt;L’année 2024 marque le lancement de la &lt;strong&gt;3e promotion&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Plus d&amp;#039;informations sur les actualités du dispositif sur la &lt;a href="https://www.linkedin.com/company/77065434/admin/feed/posts/" target="_self"&gt;page LinkedIn&lt;/a&gt; du programme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Les projets lauréats doivent répondre à plusieurs prérequis :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viser un modèle économique équilibré et pérenne, avec gestion confiée tout ou partie à un exploitant privé ;&lt;/li&gt;&lt;li&gt;Bénéficier d&amp;#039;une ambition régionale voire nationale et de la taille critique permettant l’accueil des usages souhaités ;&lt;/li&gt;&lt;li&gt;S&amp;#039;appuyer sur un soutien politique fort, un(e) chef(fe) de projet et des moyens financiers mobilisés pour piloter la réflexion ;&lt;/li&gt;&lt;li&gt;Avoir des premiers éléments de connaissance du bâti : diagnostic patrimonial / technique réalisé&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères optionnels :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser l&amp;#039;entrée en vivier : le porteur a déjà initié des études quant à l&amp;#039;opportunité du projet et à son modèle économique (diagnostic de territoire, étude du marché, démarche de concertation, business plan, etc.)&lt;/li&gt;&lt;li&gt;Avoir un projet engagé dans une démarche RSE de développement durable et d&amp;#039;évaluation (performance énergétique, réemplois, labellisation, création d&amp;#039;emplois, accessibilité, etc...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Un comité de pilotage sélectionne les projets susceptibles de bénéficier d&amp;#039;un accompagnement en ingénierie, à des moments clés de leur cycle de vie, afin de soutenir leur concrétisation.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S224" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U224" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V224" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reinventer-le-patrimoine.fr/le-programme</t>
+        </is>
+      </c>
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;blockquote&gt;Valère ROUSSEAU - Département ingénierie, développement et prospective&lt;/blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="mailto:valere.rousseau&amp;#64;atout-france.fr" title="Envoyer un email vers valere.rousseau&amp;#64;atout-france.fr"&gt;&lt;span&gt;&lt;/span&gt;valere.rousseau&amp;#64;atout-france.fr&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
+        <is>
+          <t>valere.rousseau@atout-france.fr</t>
+        </is>
+      </c>
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ce0d-reinventer-le-patrimoine-mise-a-disposition-d/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
+        <v>159893</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Faire des sphères agricole, viticole et sylvicole un levier d'attractivité économique et de développement durable</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F225" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G225" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J225" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K225" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Maintenir et créer des emplois et de la valeur ajoutée dans les secteurs agricole, viticole et sylvicole.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le territoire Adour Chalosse Tursan Marsan est fortement agricole. Il trouve de nombreux débouchés grâce à la présence importante de l&amp;#039;industrie agro-alimentaire, à des produits identitaires de qualité (foie gras, volaille de plein air, etc.) mais également à des fermes qui alimentent des circuits de proximité. Le territoire bénéficie aussi d&amp;#039;une couverture forestière non négligeable, avec une structuration de la filière en Nord Adour ancienne et vectrice d&amp;#039;emplois (la filière bois : 3e zone d&amp;#039;emplois d&amp;#039;Aquitaine).
+ &lt;br /&gt;
+ Pour autant, le secteur Sud Adour très peu exploité présente un fort potentiel de structuration de la filière forêt-bois, et le secteur agricole subit les tendances lourdes que l&amp;#039;on peut constater au niveau national (difficulté dans la transmission-reprise, difficulté à intégrer de nouvelles pratiques, aléas climatiques et sanitaires...). Parallèlement, du côté de la population, il y a une forte demande et attente en alimentation de proximité de qualité et en maîtrise d&amp;#039;un cadre de vie naturel et préservé.
+ &lt;br /&gt;
+ Cette fiche-action ambitionne ainsi d&amp;#039;accompagner ces filières clefs pour le territoire en participant notamment à la mise en œuvre de démarches alimentaires territoriales en cours et de dynamiques collectives autour de la ressource forestière.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à des actions permettant la compétitivité des acteurs des secteurs agricole, viticole et sylvicole
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valorisation de l&amp;#039;image agricole du territoire, de ses filières afin de favoriser l&amp;#039;emploi ou la transmission-reprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la diversification des activités agricoles et viticoles, notamment des activités d&amp;#039;agritourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant d&amp;#039;améliorer l&amp;#039;accueil et l&amp;#039;hébergement des travailleurs saisonniers agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à des dispositifs d&amp;#039;espaces tests agricoles permettant l&amp;#039;installation, la transmission et/ou la reprise d&amp;#039;activités agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes et investissements soutenant et dynamisant les circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie, études permettant la valorisation des espaces forestiers et agricoles, la qualification de ces espaces et l&amp;#039;identification de leur potentiel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à des actions permettant l&amp;#039;adaptation des acteurs agricoles et sylvicoles aux enjeux climatiques et environnementaux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à des actions pilotes ou expérimentales favorisant de nouveaux modes culturaux respectueux de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à des projets de promotion et de sensibilisation pour une alimentation locale s&amp;#039;inscrivant dans une démarche alimentaire territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de protection des paysages et d&amp;#039;espaces naturels, actions de régénération des écosystèmes et de la biodiversité hors espaces naturels remarquables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude d&amp;#039;opportunité ou de faisabilité pour la production d&amp;#039;énergies renouvelables (méthanisation, agri-voltaïsme, géothermie, bois-énergie...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N225" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Transition énergétique
+Réseaux de chaleur
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O225" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P225" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q225" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S225" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T225" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U225" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V225" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y225" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z225" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d164-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA225" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>74467</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Anticiper les mutations économiques et accompagner ses salariés à se reconvertir - Transitions collectives (Transco)</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>France Relance
+Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+        </is>
+      </c>
+      <c r="F226" s="1" t="inlineStr">
+        <is>
+          <t>Directions régionales de l’économie, de l’emploi, du travail et des solidarités (DREETS)
+Association « Transitions Pro » (ATpro)</t>
+        </is>
+      </c>
+      <c r="G226" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I226" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K226" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  De quoi s&amp;#039;agit-il ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Transitions collectives permet aux entreprises d&amp;#039;anticiper les mutations économiques et d&amp;#039;accompagner leurs salariés à se reconvertir.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;État finance tout ou partie du projet de reconversion en fonction de la taille de l&amp;#039;entreprise. La rémunération et la formation des salariés sont prises en charge à hauteur de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  100 % pour les TPE et PME
+ &lt;/li&gt;
+ &lt;li&gt;
+  75 % pour les entreprises de 300 à 1 000 salariés
+ &lt;/li&gt;
+ &lt;li&gt;
+  40 % pour les entreprises de plus de 1 000 salariés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise est accompagnée dans la mise en place du dispositif par les acteurs du territoire (Direccte, associations Transitions Pro, conseil en évolution professionnelle, opérateurs de compétences pour les TPE et PME plus particulièrement).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez en bénéficier si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une entreprise au sein de laquelle les emplois sont fragilisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  une entreprise ayant des besoins de recrutement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ À terme, des plateformes de transitions professionnelles seront déployées sur le territoire pour permettre la mise en relation des entreprises ayant des salariés souhaitant se reconvertir avec celles qui recrutent sur des secteurs porteurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Si vous êtes une entreprise au sein de laquelle les emplois sont fragilisés :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez conclure au préalable, dans le cadre d&amp;#039;un dialogue social, un accord de type GEPP (gestion des emplois et des parcours professionnels) qui permet d&amp;#039;établir une liste d&amp;#039;emplois fragilisés - vous pouvez mobiliser votre opérateur de compétences ou des prestations co-financées par l&amp;#039;État pour vous aider dans votre démarche, un accord type est mis à disposition sur le
+  &lt;a href="https://travail-emploi.gouv.fr/formation-professionnelle/formation-des-salaries/transitions-collectives"&gt;
+   site internet du ministère du Travail, de l&amp;#039;Emploi et de l&amp;#039;Insertion
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une fois cet accord transmis en ligne  à votre
+  &lt;a href="https://travail-emploi.gouv.fr/ministere/organisation/article/direccte"&gt;
+   Direccte
+  &lt;/a&gt;
+  , vous devez déposer un dossier à l&amp;#039;association Transitions pro de votre région.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Si vous êtes une entreprise ayant des besoins de recrutement :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez faire connaître vos besoins de recrutement à
+  &lt;a href="https://www.pole-emploi.fr/accueil/"&gt;
+   Pôle emploi
+  &lt;/a&gt;
+  et à votre
+  &lt;a href="https://travail-emploi.gouv.fr/ministere/organisation/article/direccte"&gt;
+   Direccte
+  &lt;/a&gt;
+  pour faciliter les mises en relation avec les salariés qui envisagent de se reconvertir et qui pourront être recrutés à l&amp;#039;issue de leur formation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les salariés bénéficieront ensuite d&amp;#039;un accompagnement pour élaborer leur parcours de reconversion auprès d&amp;#039;un conseiller en évolution professionnelle.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Emploi</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P226" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2021</t>
+        </is>
+      </c>
+      <c r="U226" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://travail-emploi.gouv.fr/formation-professionnelle/formation-des-salaries/transitions-collectives</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacts des Associations régionales « Transitions Pro » (ATpro) :
+ &lt;a href="https://travail-emploi.gouv.fr/formation-professionnelle/acteurs-cadre-et-qualite-de-la-formation-professionnelle/cpir"&gt;
+  https://travail-emploi.gouv.fr/formation-professionnelle/acteurs-cadre-et-qualite-de-la-formation-professionnelle/cpir
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts des Direccte :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/direccte"&gt;
+  https://lannuaire.service-public.fr/navigation/direccte
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3445-anticiper-les-mutations-economiques-et-accomp/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>155129</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Créer, étendre, rénover des locaux à destination des activités d’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Économie sociale et solidaire (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G227" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I227" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K227" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création, extension, rénovation de locaux à destination des activités d&amp;#039;économie sociale et solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation de la structure et de ses missions, si mise à disposition de l&amp;#039;équipement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les rénovations, document de diagnostic énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces justifiant la bonification si sollicitation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Mobilisation citoyenne menant à la constitution d&amp;#039;un collectif citoyen associé à la gouvernance et à la vie du projet, accessibilité extérieure pour se rendre au site / service (cheminent carrossable, places PMR, voies et services de mobilité douce...) ; accessibilité à l&amp;#039;intérieur du site (entrée, portes adaptées, rampe d&amp;#039;accès...), un environnement d&amp;#039;accueil adapté pour tous les publics (mobiliers urbains, sanitaires, puissance de l&amp;#039;éclairage, fonds sonores...), signalétique extérieure inclusive, accessibilité à l&amp;#039;information et à la communication (documentation simplifiée...) ; une signalétique intérieure adaptée (panneau d&amp;#039;affichage, ligne de guidage...) ; insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N227" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O227" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet de création, d&amp;#039;extension, de rénovation de locaux visant la réalisation d&amp;#039;activités d&amp;#039;économie sociale et solidaire. Le projet devra respecter la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet devra rechercher la création ou le développement d&amp;#039;un ou des emplois non délocalisables ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Le projet devra créer, développer, conforter un service dont le besoin n&amp;#039;est pas couvert par le secteur public / privé ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le projet devra avoir une utilité sociale et générer de la cohésion territoriale ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4- le projet devra prévoir une participation du public cible et des acteurs du territoire (élaboration du diagnostic, mise en œuvre du projet, animation) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 5- L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la réalisation d&amp;#039;une étude de faisabilité du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions de bonification :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S227" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T227" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U227" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/economie-sociale-et-solidaire-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W227" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y227" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z227" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df82-economie-sociale-et-solidaire-politique-terri/</t>
+        </is>
+      </c>
+      <c r="AA227" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
+        <v>165626</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Créer, étendre ou moderniser un centre de tri de déchets d’activité économique et déchèteries pour professionnels</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Création, extension ou modernisation d’un centre de tri de déchets d’activité économique et déchèteries pour professionnels</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G228" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H228" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K228" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de &lt;strong&gt;préparer à la valorisation matière ou énergétique des déchets d’activités économiques.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les déchèteries pour professionnels permettent sur tous les territoires d’être un lieu d’apport de déchets triés en amont par des professionnels, en vue de leur valorisation matière ou énergétique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le parc actuel des centres de tri de déchets d’activités économiques comprend environ 450 installations pour 7 millions de tonnes de capacité de tri (tous déchets non dangereux et non inertes confondus).&lt;/p&gt;&lt;p&gt;L’ADEME compte le développer afin de &lt;strong&gt;répondre aux objectifs ambitieux de deux lois&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la loi de transition énergétique pour la croissance verte (LTECV) ;&lt;/li&gt;&lt;li&gt;la loi relative à la lutte contre le gaspillage et à l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour faciliter la poursuite de cet objectif, l’ADEME accompagne les collectivités ou les acteurs privés porteurs de &lt;strong&gt;projets de centres de tri et les déchèteries pour professionnels pour une valorisation matière et énergie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aides de l’ADEME ne constituent pas un droit à délivrance et n’ont pas un caractère systématique. De plus, à la suite de l’instruction des dossiers, les aides effectivement apportées pourront être inférieures aux indications mentionnées dans les conditions d’éligibilités et de financement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’ADEME se réserve la possibilité de clôturer ce guichet de manière anticipée et avant la date de clôture fixée au 31/12/2026, en cas d’épuisement des crédits disponibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N228" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O228" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P228" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q228" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S228" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U228" s="1" t="inlineStr">
+        <is>
+          <t>regions_11_24_27_28_32_44_52_53_75_76_84_93</t>
+        </is>
+      </c>
+      <c r="V228" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-dactivite-economique-et-decheteries-pour-professionnels</t>
+        </is>
+      </c>
+      <c r="W228" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-dactivite-economique-et-decheteries-pour-professionnels#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X228" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y228" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z228" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creation-extension-ou-modernisation-d-un-centre-de-tri-de-dechets-d-activite-economique-et-decheteries-pour-professionnels/</t>
+        </is>
+      </c>
+      <c r="AA228" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>103448</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’énergies renouvelables thermiques à partir de biomasse et présentant les meilleures performances environnementales, énergétiques et économiques.</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Construction de chaufferies biomasse</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G229" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K229" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a pour but de financer des projets d&amp;#039;énergies renouvelables thermiques à partir de biomasse et présentant les meilleures performances environnementales, énergétiques et économiques.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La construction de chaufferies biomasse, quelle que soit leur puissance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction de plateformes de stockage de la biomasse.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les critères d&amp;#039;éligibilité des projets de chaufferies biomasse sont définis dans le règlement de l&amp;#039;appel à projets commun ADEME/Région, quelle que soit la puissance de la chaufferie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région diffère selon la taille des projets (seuil de 1.200 MWh/an).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N229" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O229" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P229" s="1" t="inlineStr">
+        <is>
+          <t>27/07/2021</t>
+        </is>
+      </c>
+      <c r="R229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Chaufferies biomasse de production inférieure à 1.200 MWh/an : jusqu&amp;#039;à 50% des dépenses éligibles (subvention maximale : 500 000 €)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaufferies biomasse de production supérieure à 1.200 MWh/an : jusqu&amp;#039;à 30% des dépenses éligibles (subvention maximale 1 M€). Financement ADEME possible selon la nature du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plateforme biomasse : jusqu&amp;#039;à 70% du montant TTC (ou HT en cas de récupération de la TVA), toutes aides publiques confondues, dans la limite des 100€/m3 abrité, en cas de recours à une structure en bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferies biomasse de production inférieure à 1.200 MWh/an
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Déposer un dossier de candidature auprès des services instructeurs de la Région Île-de-France (contact ci-après). Les instructions se font au fil de l&amp;#039;eau.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévoir un délai de 75 jours minimum entre le dépôt des dossiers de candidatures complets et le vote de la subvention par la Commission permanente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferies biomasse de production supérieure à 1.200 MWh/an
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME Île-de-France et la Région lancent conjointement un appel à projets annuel chaufferies biomasse. Le caractère innovant et reproductible en Île-de-France des projets est pris en compte.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S229" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U229" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/construction-de-chaufferies-biomasse</t>
+        </is>
+      </c>
+      <c r="X229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Chaufferies biomasse de production supérieure à 1.200 MWh/an
+  &lt;/strong&gt;
+  : aap-chaleur-renouvelable&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Chaufferies biomasse de production inférieure à 1.200 MWh/an
+  &lt;/strong&gt;
+  : foret_energie_biosources&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y229" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z229" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09ea-construction-de-chaufferies-biomasse/</t>
+        </is>
+      </c>
+      <c r="AA229" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>130804</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures de l’Insertion par l’Activité Economique (SIAE) afin d’assurer leur viabilité et leur développement à moyen et long terme</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A L'IMMOBILIER POUR LES STRUCTURES D'INSERTION PAR L'ACTIVITE ECONOMIQUE</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I230" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J230" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 50.000 €</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Drôme est engagé dans une stratégie de soutien aux structures de l&amp;#039;Insertion par l&amp;#039;Activité Economique (SIAE) afin d&amp;#039;assurer leur viabilité et leur développement à moyen et long terme.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser le développement des structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter l&amp;#039;acquisition, l&amp;#039;agrandissement ou la rénovation des locaux utilisés pour le fonctionnement des SIAE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant /
+  Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide accordée correspond à 50 % au maximum de la dépense éligible retenue. L&amp;#039;aide est plafonnée à
+ &lt;strong&gt;
+  50 000 €
+ &lt;/strong&gt;
+ et dans la limite des crédits budgétaires disponibles affectés à la mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département pourra bonifier certains projets en fonction de ses priorités stratégiques, notamment la revitalisation des centres villes et villages.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les pièces justificatives à fournir sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agrément SIAE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;ensemble de la structure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement du projet faisant apparaître la ou les subventions demandées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des 3 derniers bilans comptables : bilan, compte de résultat et annexe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des statuts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dernier rapport d&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;organigramme en cas de groupement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extrait du KBIS ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pouvoirs si la personne déposant la demande n&amp;#039;est pas représentante légale de la structure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;Identité Bancaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de portage de l&amp;#039;investissement par une SCI : KBIS, Statut et RIB de la SCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Instruction des dossiers
+ &lt;/strong&gt;
+ /demande dématérialisée
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier à compléter exclusivement sur le site Internet du Département de la Drôme :
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  https://mesdemarches.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Economie Agralimentaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Aide à l&amp;#039;immobilier des SIAE
+&lt;/p&gt;
+&lt;ol type="1"&gt;
+ &lt;li&gt;
+  Préalablement au démarrage de l&amp;#039;investissement, la structure adresse une demande d&amp;#039;aide via une lettre d&amp;#039;intention l&amp;#039;intercommunalité (EPCI) sur laquelle le projet immobilier est réalisé, et au Département de la Drôme, qui en accusera réception.
+ &lt;/li&gt;
+ &lt;li&gt;
+  A compter de la date d&amp;#039;accusé de réception, la structure dispose d&amp;#039;un délai de 6 mois pour déposer un dossier complet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction technique par les services du Département en collaboration avec l&amp;#039;EPCI.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Le Département se réserve le droit de modifier le montant de la demande de subvention, au regard de l&amp;#039;enveloppe budgétaire disponible et après examen du projet et de la cohérence de son montage financier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation du dossier devant la Commission organique départementale compétente.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération de la  Commission Permanente du Conseil départemental et du Conseil communautaire de l&amp;#039;EPCI concerné.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventionnement entre le Département, la SIAE bénéficiaire, la SCI le cas échéant et l&amp;#039;EPCI concerné.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En 2 fois : 50 % au démarrage des travaux, 50 % un mois après l&amp;#039;installation de la structure dans les locaux et sur justificatifs demandés par les instructeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Au regard du bilan final du projet, si le budget réalisé se trouve être inférieur au budget prévisionnel, le Département se réserve la possibilité de modifier à la baisse la subvention ou de demander le remboursement d&amp;#039;une partie de l&amp;#039;aide accordée.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure devra rembourser les montants d&amp;#039;aide perçus auprès du Département et de l&amp;#039;EPCI en cas de non-respect de ses engagements relatifs à la réalisation des investissements et au maintien de l&amp;#039;activité sur le site concerné par la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bases réglementaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est mise en œuvre en application des aides d&amp;#039;Etat ou des règlements suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Règlement UE 2020/972 de la Commission du 2 juillet 2020 relatif aux aides de minimis.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Article L1511-3 du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier entre l&amp;#039;EPCI et le Département de la Drôme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Durée de validité du règlement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI et la Commission permanente du Département de la Drôme. Il prend fin après 3 ans à compter de la délibération départementale, soit au 31/12/2025.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être titulaire d&amp;#039;un agrément IAE délivré par le CDIAE de la Drôme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Porter un projet de développement ou d&amp;#039;installation nécessitant un
+  &lt;strong&gt;
+   investissement immobilier
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présenter un ancrage territorial fort. Le projet doit être mis en œuvre dans la Drôme.
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;inscrire dans une démarche de cohésion sociale et territoriale à visée de progrès économique, social et culturel, en réduisant l&amp;#039;impact que les activités humaines font peser sur l&amp;#039;environnement et en proposant un mode de développement au service de l&amp;#039;humain.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justifier de la viabilité économique du projet. Les budgets prévisionnels du projet et de la structure doivent être réalistes et équilibrés (dépenses &amp;#61; recettes).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Justifier de l&amp;#039;impact du projet sur la pérennisation de l&amp;#039;activité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;engager à ne pas distribuer de dividendes pendant la durée de la convention attributive de l&amp;#039;aide, soit sur une période de 3 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Exclusions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais de location immobilière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montages immobiliers en location pure. En cas de portage par une SCI, un lien capitalistique doit exister entre le bailleur et le preneur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  SIAE pour lesquelles un dossier d&amp;#039;aide à l&amp;#039;immobilier est déjà en cours : un délai de 3 ans à compter de la date de décision d&amp;#039;attribution est requis avant de déposer une nouvelle demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour le cas des ensembliers d&amp;#039;insertion, une seule demande par an sera étudiée..
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Bénéficiaires finaux
+  &lt;/strong&gt;
+  : structures d&amp;#039;insertion par l&amp;#039;activité économique (EI, ACI, ETTI, AI) ayant leur siège social dans la Drôme, à jour de leurs cotisations fiscales et sociales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Intermédiaires
+  &lt;/strong&gt;
+  : SCI ou Sociétés Immobilières dont le capital est détenu majoritairement par la société ou l&amp;#039;association bénéficiaire finale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition / construction / extension ou rénovation de bâtiment.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de gros œuvre et de second œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T230" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U230" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-pour-les-structures-dinsertion-par-lactivite-economique/</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Economie Emploi Insertion (DEEI)
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement Economique Insertion (SDEI)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chef de service
+ &lt;/strong&gt;
+ : Florane BAFFERT-DIAKITE – 04 75 79 70 51
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chargés de Développement Territorial Economie
+ &lt;/strong&gt;
+ : 07 60 31 09 54 ou 07 64 16 51 87
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1d65-aide-a-limmobilier-pour-les-structures-dinser/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>164165</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions générées par les activités économiques industrielles et artisanales - Autres opérations</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J231" s="1" t="inlineStr">
+        <is>
+          <t>Selon dispositif :  https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf et/ou l’encadrement  européen des aides  d’État en vigueur</t>
+        </is>
+      </c>
+      <c r="K231" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont par ailleurs éligibles :
+&lt;br /&gt;• Les opérations de protection ou restauration de la biodiversité et solutions fondées sur la nature pour 
+l’adaptation au changement climatique et l’atténuation de ses effets : les solutions de végétalisation 
+(plantations, haies, ...), la création de zones de rejets végétalisées, la gestion écologique des espaces 
+verts, les opérations de préservation et de restauration des milieux naturels sur l’emprise foncière de 
+l’entreprise ;
+&lt;br /&gt;• Les solutions de réductions des consommations énergétiques et de performance environnementale 
+(projet consistant cumulativement en un investissement directement rattachable au petit cycle de l’eau 
+et en un effort de réduction de la consommation énergétique) ;
+&lt;br /&gt;• Les projets de substitution de prélèvement vers des ressources moins fragiles en respectant les 
+conditions édictées dans la fiche « Gestion quantitative de la ressource en eau » ;
+&lt;br /&gt;• Les opérations nécessaires à l’atteinte des objectifs environnementaux fixés par le SDAGE, le Grenelle 
+de l’environnement et le Plan d’adaptation et d’atténuation au changement climatique qui ne sont pas 
+mentionnées aux articles précédents dans la mesure où ils concourent à l’atteinte des objectifs du 12e
+Programme d’intervention de l’Agence de l’eau.
+&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q231" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations nécessaires à 
+l’atteinte des objectifs 
+environnementaux fixés par le 
+SDAGE, le Grenelle de 
+l’environnement et le Plan 
+d’adaptation et d’atténuation au 
+changement climatique et qui ne 
+sont pas mentionnées dans les 
+entrées précédentes de ce tableau 
+sont éligibles dans la mesure où elles 
+concourent à l’atteinte des objectifs 
+du 12e Programme d’intervention.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T231" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U231" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-gestion-integree-des-eaux-pluviales/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>140795</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la médiation entre le secteur public et les entreprises, contribuer à leur développement économique et au développement des territoires</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>Chambre des métiers et de l'artisanat (CMA) Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT et ingénierie de PROJET : Diagnostic économique pour permettre aux collectivités de disposer de données statistiques sur l&amp;#039;artisanat de leur territoire, réaliser un état des lieux sur les pratiques, les usages, les attentes et besoins des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : Favoriser la réponse des entreprises artisanales locales aux marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : Soutien à l&amp;#039;animation du territoire, contribution à l&amp;#039;émergence de circuits courts de commercialisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : Proposition de solution répondant aux besoins des collectivités de développement numérique des entreprises artisanales, d&amp;#039;aménagement du territoire, d&amp;#039;accès à la commande publique, de réponse aux enjeux du développement durable et de l&amp;#039;attractivité touristique, de formation des chefs d&amp;#039;entreprise.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Observatoire économique, étude de marché, diagnostic d&amp;#039;entreprise artisanale régional (DEAR) et proposition de plan d&amp;#039;actions pour répondre aux enjeux stratégiques et opérationnels des collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction de marchés publics permettant de faciliter l&amp;#039;accès aux entreprises locales et accompagnement des entreprises pour y répondre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Club Rénover &amp;#43;, club de la Fabrique de l&amp;#039;Artisanat, Commissions territoriales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet alimentaire territorial (PAT), marchés aux saveurs des Alpes du Sud et artisans sans vitrine, boutique éphémère, salon des Arts &amp;amp; Gourmandises, Maison de produits de pays...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic et accompagnement des chefs d&amp;#039;entreprises artisanales dans leur projet de développement (numérique, commercial...) et de transmission
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de développement durable (Ecodéfis, Rénover &amp;#43;, attribution de labels, conseils en structuration et économies d&amp;#039;énergie...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Formation professionnelle
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Signature d&amp;#039;une Charte par les communes et conventionnement avec les EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations payantes au cas par cas (en fonction des projets)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cmar-paca.fr</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 23 Allée des fontainiers, 04000 Digne-les-Bains
+ &lt;br /&gt;
+ Tél : 04 92 30 90 90
+ &lt;br /&gt;
  Email :
- &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
-  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;a href="mailto:contact04&amp;#64;cmar-paca.fr" target="_self"&gt;
+  contact04&amp;#64;cmar-paca.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a75-favoriser-la-mediation-entre-le-secteur-publi/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C16" s="1" t="inlineStr">
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>140802</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du LUBERON (PNR)</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui des collectivités pour répondre aux appels à projets, et appui à la commande publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : conseil architectural et paysager auprès des porteurs de projets publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux portés par le Parc, médiation et aide au soutien au pastoralisme dans un contexte de prédation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Coin de verdure pour la pluie - la désimperméabilisation des cours d&amp;#039;écoles
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement des communes au dispositif Territoires engagés pour la Nature
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programme Économisons l&amp;#039;eau - Chaque goutte compte
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communication auprès du public sur les chiens de protection
+  &lt;/li&gt;
+  &lt;li&gt;
+   Marque Valeur Parc
+  &lt;/li&gt;
+  &lt;li&gt;
+   Luberon Labo Vélo
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement écoquartier de Reillanne
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plateforme SARE (rénovation énergétique)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation de sites Natura 2000
+  &lt;/li&gt;
+  &lt;li&gt;
+   Inventaire du patrimoine bâti
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Montagne
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhérer à la Charte du Parc, et verser une cotisation au syndicat mixte.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Luberon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcduluberon.fr/</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 60 places Jean Jaurès BP 122 – 84404 Apt CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 90 04 42 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:accueil&amp;#64;parcduluberon.fr" target="_self"&gt;
+  accueil&amp;#64;parcduluberon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea04-asseoir-un-developpement-economique-et-social/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>65628</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux visant à réaliser des économies d'énergie dans votre logement (Eco-chèque logement)</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région vous aide activement à faire des économies d&amp;#039;énergie grâce à l&amp;#039;éco-chèque Logement.
+ &lt;br /&gt;
+ Financez de 1000 à 1500 euros sur le montant des travaux visant à réaliser des économies d&amp;#039;énergie dans votre logement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éco-chèque logement s&amp;#039;adresse aux particuliers qu&amp;#039;ils soient propriétaires occupants ou bailleurs d&amp;#039;un logement situé dans la région, qui réalisent des travaux visant une économie d&amp;#039;énergie d&amp;#039;au moins 25%.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est cumulable avec d&amp;#039;autres aides liées aux économies d&amp;#039;énergie (Pour plus d&amp;#039;informations, contacter l&amp;#039;Espace Info Energie le plus proche de chez vous au 0 800 33 50 31).
+&lt;/p&gt;
+&lt;p&gt;
+ La valeur de l&amp;#039;éco-chèque vient en déduction du montant total de la facture et la Région se charge de rembourser les professionnels Reconnu garant de l&amp;#039;environnement (RGE) partenaires du dispositif. Le particulier ne fait en aucun cas l&amp;#039;avance du montant de l&amp;#039;éco-chèque auprès du professionnel partenaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;éco-chèque en cinq questions:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  vous êtes propriétaire occupant ou bailleur d&amp;#039;un logement situé sur la Région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous respectez les conditions définies par la Région (
+  Pour les connaître, cliquez ici (.pdf - 90,3 Ko)
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quoi ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque est destiné à être utilisé pour faire des travaux permettant une économie d&amp;#039;énergie d&amp;#039;au moins 25%,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas avoir commencé avant la réception de l&amp;#039;éco-chèque par le particulier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;isolation des combles perdus seuls et les bouquets de travaux composés des 2 lots « isolation des combles perdus » et « installation ou changement d&amp;#039;un système de ventilation » ne sont pas éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;installation d&amp;#039;équipements photovoltaïque seuls ou dans un bouquet de travaux plus complet ne sont pas éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les logements soumis à la réglementation thermique 2012 ne sont pas éligibles (pour en savoir plus,
+  cliquez ici
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Combien ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le montant de l&amp;#039;éco-chèque est de 1 000 € pour les propriétaires bailleurs ou 1 500 € pour les propriétaires occupants. Il est cumulable avec l&amp;#039;ensemble des aides existantes dans le cadre du Plan Rénovation Energétique de l&amp;#039;Habitat (Pour plus d&amp;#039;informations, contacter l&amp;#039;Espace Info Energie le plus proche de chez vous au 0 800 33 50 31),
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque ne peut pas être utilisé pour le paiement d&amp;#039;une facture comportant des travaux d&amp;#039;isolation des combles perdus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque ne peut pas être utilisé pour le paiement d&amp;#039;une facture comportant des travaux d&amp;#039;installation d&amp;#039;équipement photovoltaïque.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les professionnels partenaires s&amp;#039;engagent à accepter les éco-chèques comme moyen de paiement. Le particulier ne fait en aucun cas l&amp;#039;avance du montant de l&amp;#039;éco-chèque auprès du professionnel partenaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Comment ça marche (les 3 étapes) ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne pas commencer les travaux avant que vous ayez reçu l&amp;#039;éco-chèque à votre domicile.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ 1. Créez votre compte personnel
+&lt;/h4&gt;
+&lt;h4&gt;
+ 2. Une fois votre compte créé, constituez votre dossier de demande
+&lt;/h4&gt;
+&lt;h4&gt;
+ 3. Enfin, déposez votre demande à partir de votre espace personnalisé en ligne
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="N234" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O234" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R234" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="T234" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U234" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V234" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/ecochequelogement</t>
+        </is>
+      </c>
+      <c r="X234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez tous les contacts et démarches à suivre ici : https://www.laregion.fr/ecochequelogement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y234" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z234" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df4a-eco-cheque-logement/</t>
+        </is>
+      </c>
+      <c r="AA234" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
+        <v>162669</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou développer une entreprise de l'économie sociale et solidaire en Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>le dispositif MPE ESS (Mon Projet d'Entreprise Economie Sociale et solidaire)</t>
+        </is>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G235" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K235" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Vous avez un projet de création ou de développement d&amp;#039;une entreprise relevant de l&amp;#039;économie sociale et solidaire ? MPE ESS est un nouveau programme d&amp;#039;accompagnement qui simplifie votre parcours d&amp;#039;entrepreneur.e.s. Candidatez dès maintenant pour rejoindre les promotions pour suivre les parcours &amp;#34;développement&amp;#34; ou &amp;#34;création&amp;#34; d&amp;#039;entreprise.  &lt;/p&gt;&lt;h2&gt;Présentation ​&lt;/h2&gt;&lt;p&gt;&lt;span&gt;​Mon projet d&amp;#039;entreprise ESS : un accompagnement pour simplifier les parcours des entrepreneurs de l&amp;#039;économie sociale et solidaire. Il existe 3 vagues annuelles d&amp;#039;appel à candidatures.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;- Si vous souhaitez créer votre entreprise sous un statut juridique de l’ESS, &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-creation-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours création&lt;/a&gt;&lt;span&gt; - capsule intensive d’accompagnement en 7 semaines - est fait pour vous.&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Si vous souhaitez accroitre l’impact social &amp;amp; environnemental de votre entreprise et lever des fonds responsables, venez participez à une riche aventure collective sur une année - optez pour &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-developpement-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours développement&lt;/a&gt;&lt;span&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;Pour en savoir plus sur les parcours et/ou obtenir du soutien dans le dépôt de votre candidature, venez rencontrer un référent dans votre département (04 - 05 - 06 - 13 - 83 et 84) |  &lt;a href="https://www.cresspaca.org/evenements" target="_blank"&gt;participez à une réunion d&amp;#039;information collective ou à une permanence&lt;/a&gt;.&lt;/p&gt;&lt;h2&gt;Qui peut répondre ? &lt;/h2&gt;&lt;p&gt;&lt;strong&gt;- Parcours création :&lt;/strong&gt;&lt;span&gt; entrepreneur.e.s de l&amp;#039;ESS avant la création  &lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;- Parcours développement : &lt;/strong&gt;&lt;span&gt;dirigeant.e d’une entreprise / structure employeuse de l’ESS crée depuis plus d’un an et présentant un modèle économique dont 30% des ressources ne sont pas issues des subventions publiques&lt;/span&gt;&lt;/p&gt;&lt;h2&gt;Pourquoi répondre ? &lt;/h2&gt;&lt;p&gt;&lt;strong&gt;POUR ETRE ACCOMPAGNE PAR DES PROFESSIONNEL.LE.S DE L’ESS&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Des organisations de référence de l’entrepreneuriat social et solidaire en Provence-Alpes-Côte d&amp;#039;Azur s’allient pour vous accompagner. Votre conseiller.e, référent.e sera un.e expert.e de votre secteur d’activité.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;POUR BENEFICIER D’UN ACCOMPAGNEMENT PERSONNALISE ADAPTE AU STADE D’AVANCEMENT DE VOTRE PROJET&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Le format de l’accompagnement en 3 axes | formations collectives | accompagnement individuel | temps de coopération et échanges entre pairs | permettra un accompagnement au plus près de vos besoins, dans une démarche permanente de co-construction des solutions.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;POUR REJOINDRE UNE COMMUNAUTE D’ENTREPRENEURS INSPIRANTS&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Tout au long du parcours, vous rencontrerez d’autres entrepreneur.e.s engagé.e.s. Vous pourrez ainsi constituez votre réseau de soutien et développer votre réseau d’affaires !&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;POUR DEVELOPPER VOTRE RESEAU&lt;/strong&gt;&lt;br /&gt;&lt;span&gt;Nous faciliterons votre mise en relation avec de potentiels partenaires financiers, partenaires privés et partenaires publics.&lt;/span&gt;&lt;/p&gt;&lt;h2&gt;contact et candidature&lt;/h2&gt;&lt;p&gt;&lt;u&gt;Pour toute information, vous pouvez contacter les responsables :&lt;/u&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour le Mouvement Associatif : &amp;#43;33(0)6 14 86 77 18 / &amp;#43;33(0)4 91 14 22 57&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour la CRESS Provence-Alpes-Côte d&amp;#039;Azur via l’email : &lt;/span&gt;&lt;a href="mailto:mpe-ess&amp;#64;cresspaca.org"&gt;mpe-ess&amp;#64;cresspaca.org&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N235" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O235" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;- Si vous souhaitez créer votre entreprise sous un statut juridique de l’ESS, &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-creation-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours création&lt;/a&gt;&lt;span&gt; - capsule intensive d’accompagnement en 7 semaines - est fait pour vous.&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Si vous souhaitez accroitre l’impact social &amp;amp; environnemental de votre entreprise et lever des fonds responsables, venez participez à une riche aventure collective sur une année - optez pour &lt;/span&gt;&lt;a href="https://www.cresspaca.org/entreprendre/developper-une-entreprise/etre-accompagne/mpe-parcours-developpement-mon-projet-d-entreprise-economie-sociale-et-solidaire"&gt;le parcours développement&lt;/a&gt;&lt;span&gt;.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S235" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U235" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V235" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cresspaca.org/</t>
+        </is>
+      </c>
+      <c r="X235" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;mpe-ess&amp;#64;cresspaca.org&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y235" s="1" t="inlineStr">
+        <is>
+          <t>web@cresspaca.org</t>
+        </is>
+      </c>
+      <c r="Z235" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-ou-developper-une-entreprise-de-leconomie-sociale-et-solidaire-en-provence-alpes-cote-dazur/</t>
+        </is>
+      </c>
+      <c r="AA235" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
+        <v>164151</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions générées par les activités économiques industrielles et artisanales - études innovation</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E236" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G236" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J236" s="1" t="inlineStr">
+        <is>
+          <t>Selon encadrement européen des aides en vigueur</t>
+        </is>
+      </c>
+      <c r="K236" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N236" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O236" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q236" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont éligibles dès lors qu’elles sont nécessaires à la définition, à l’analyse de la faisabilité ou de l’opportunité et à la préparation des investissements ou actions éligibles y compris les études préalables aux opérations groupées. Pour les études préalables à une opération groupée portées par une collectivité, les modalités d’aide sont définies dans la fiche thématique « Interventions en matière de développement et d’amélioration des systèmes d’assainissement ».&lt;/p&gt;&lt;p&gt;Elles peuvent être réalisées par les moyens propres du maître d’ouvrage, selon les dispositions prévues dans la fiche relative aux « Dispositions communes relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire ».&lt;/p&gt;&lt;p&gt;Concernant les études à dimension d’innovation au sens communautaire (étude de faisabilité, développement expérimental ou de la recherche industrielle lorsqu’elle est associée à du développement expérimental) , au-delà du soutien aux organismes, sociétés ou entreprises de recherche, développement et innovation (fournisseurs de solutions innovantes) visé dans les dispositions générales communes applicables aux aides de l’Agence de l’eau, les acteurs économiques, porteurs de projet « utilisateurs » de ces solutions innovantes peuvent être accompagnés pour ce type d’études visées ci-avant. &lt;/p&gt;&lt;p&gt;
+ Etudes à dimension d’innovation au 
+sens communautaire (étude de 
+faisabilité, développement 
+expérimental ou de la recherche 
+industrielle lorsqu’elle est associée à du 
+développement expérimental), portées 
+par les utilisateurs de solutions 
+innovantes.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S236" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T236" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U236" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V236" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X236" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y236" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z236" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-etudes-hors-etudes-dinnovation/</t>
+        </is>
+      </c>
+      <c r="AA236" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
+        <v>143369</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les déchets de chantier du BTP - Anticiper pour s’engager dans l’économie circulaire (Formation)</t>
+        </is>
+      </c>
+      <c r="E237" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G237" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K237" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les déchets du BTP représentent le principal flux de déchets de l&amp;#039;Union Européenne. Leurs prévention et gestion est en enjeu incontournable pour les acteurs de l&amp;#039;acte de construire afin de promouvoir l&amp;#039;économie circulaire dans les territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Une bonne gestion de ces déchets peut générer des effets bénéfiques considérables en matière de préservation des ressources non-renouvelables, d&amp;#039;amélioration de la qualité de vie et du développement d&amp;#039;un tissu économique local.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette formation s&amp;#039;inscrit comme un module d&amp;#039;amélioration des connaissances dans le domaine des déchets du BTP permettant de pousser le réemploi et la valorisation des déchets issus des chantiers du BTP et de faire le point sur le contexte réglementaire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtriser les fondamentaux d&amp;#039;une politique favorable au développement de l&amp;#039;économie circulaire des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître le rôle et les responsabilités des acteurs vis-à-vis de la prévention et de la gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir caractériser les déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concevoir une politique de gestion des déchets générés dans le cadre de la conception d&amp;#039;un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier sur le territoire les filières de traitement des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les outils et les coûts de gestion des déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les pratiques permettant de développer une économie circulaire des matériaux du BTP
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Commanditaires de travaux d&amp;#039;aménagement et de construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénieur de bureaux d&amp;#039;études en environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maitres d&amp;#039;ouvrage et d&amp;#039;œuvre ainsi qu&amp;#039;entreprises du BTB
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services déconcentrés de l&amp;#039;Etat (MO DREAL), collectivités territoriales (Région, Département, Commune et agglomération)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Une bonne connaissance du déroulement des chantiers du BTP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours d&amp;#039;expérience
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N237" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O237" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S237" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T237" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U237" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V237" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-prevenir-gerer-dechets-chantier-du-btp-anticiper-s</t>
+        </is>
+      </c>
+      <c r="X237" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y237" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z237" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f835-prevenir-et-gerer-les-dechets-de-chantier-du-/</t>
+        </is>
+      </c>
+      <c r="AA237" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
+        <v>71318</v>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des économies d'énergie sur votre éclairage public via un conseil en énergie partage (CEP)</t>
+        </is>
+      </c>
+      <c r="E238" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G238" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H238" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K238" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Eclairage public  : un gisement d&amp;#039;économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour  aider les collectivités à rénover leurs installations, l&amp;#039;ADEME met à disposition plusieurs outils et propose des financements.
+&lt;/p&gt;
+&lt;p&gt;
+ Les petites communes peuvent aussi recourrir à un CEP (conseil en énergie partagé) dont les missions couvrent l&amp;#039;éclairage public :
+ &lt;a href="https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep"&gt;
+  lien vers la page
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéfices du Conseil en Energie Partagé (CEP)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mutualisation d&amp;#039;une compétence dans le cadre d&amp;#039;une démarche territoriale ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil objectif et indépendant : priorité est donnée à la maîtrise de l&amp;#039;énergie sans privilégier une solution énergétique en particulier ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un coût potentiellement compensé par les économies ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un réseau de conseillers énergie sur l&amp;#039;ensemble du territoire français, formé, outillé et animé par l&amp;#039;ADEME ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accompagnement et une assistance technique sur le long terme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au niveau national, l&amp;#039;ADEME met à la disposition des conseillers énergie différents outils et leur fournit différents services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accès à un logiciel (GEPweb360) de comptabilité énergie ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accès à un forum d&amp;#039;échanges et à une plateforme de téléchargement de documents de référence ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise à disposition d&amp;#039;un guide méthodologique et de supports de communication (plaquettes, vidéos...) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la tenue annuellement d&amp;#039;une journée d&amp;#039;échanges ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en œuvre d&amp;#039;un parcours de formation dédié.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au niveau régional, l&amp;#039;ADEME assure la mobilisation des partenaires, la contractualisation et le financement des projets, ainsi que le suivi des conseillers énergie embauchés.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans les régions regroupant un nombre significatif de Conseils en Energie Partagé (CEP), l&amp;#039;ADEME organise aussi une animation complémentaire pouvant comprendre des réunions de travail ou des visites d&amp;#039;installations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N238" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O238" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour le CEP (conseil en énergie partagé) avoir moins de 10 000 habitants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U238" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V238" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/eclairage-public-gisement-deconomies-denergie</t>
+        </is>
+      </c>
+      <c r="X238" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact avec votre agence régionale : https://www.ademe.fr/lademe/presentation-lademe/liste-implantations-lademe
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y238" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z238" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8630-eclairage-public-un-gisement-deconomies-dener/</t>
+        </is>
+      </c>
+      <c r="AA238" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" spans="1:27" customHeight="0">
+      <c r="A239" s="1">
+        <v>164078</v>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la capacité d'innovation de l'Europe en associant les acteurs de l'éducation aux acteurs socio-économiques</t>
+        </is>
+      </c>
+      <c r="C239" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Alliances pour l'innovation</t>
+        </is>
+      </c>
+      <c r="E239" s="1" t="inlineStr">
+        <is>
+          <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
+        </is>
+      </c>
+      <c r="G239" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H239" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I239" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K239" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les alliances pour l&amp;#039;innovation visent à renforcer la capacité d&amp;#039;innovation de l&amp;#039;Europe par la coopération et le partage de connaissances entre les secteurs de l&amp;#039;enseignement supérieur et de l&amp;#039;enseignement et la formation professionnels - tant initial que continu - et l&amp;#039;ensemble des acteurs socio-économiques, y compris le monde de la recherche (exemple : entreprises, organismes de certification, opérateurs de compétences, agences régionales pour le développement et l&amp;#039;innovation, branches professionnelles, opérateurs de l&amp;#039;emploi, etc.).&lt;/p&gt;&lt;p&gt;Ces alliances visent également à stimuler la création de programmes de formation sectoriels transnationaux pour répondre aux évolutions du marché du travail.&lt;/p&gt;&lt;p&gt;Les alliances pour l&amp;#039;innovation se divisent plus précisément en deux appels à projets ou deux &amp;#34;lots&amp;#34; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lot 1 : Alliances pour l&amp;#039;éducation et les entreprises&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce type d&amp;#039;alliances vise à stimuler le déploiement de nouvelles approches multidisciplinaires de l&amp;#039;enseignement pour encourager l&amp;#039;innovation, renforcer l&amp;#039;engagement socialement responsable et développer l&amp;#039;esprit entrepreneurial des apprenants et du personnel éducatif.&lt;/p&gt;&lt;p&gt;La durée de ces projets est de 24 ou 36 mois pour un budget Erasmus&amp;#43; pouvant aller jusqu&amp;#039;à 1,5 million d&amp;#039;euros.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lot 2 : Alliances pour la coopération sectorielle en matière de compétences&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce type d&amp;#039;alliances vise à élaborer des stratégies et des référentiels de compétences, à concevoir et déployer des programmes de formation professionnelle, ce dans les 14 écosystèmes industriels identifiés dans la &lt;a href="https://eur-lex.europa.eu/legal-content/FR/TXT/?uri&amp;#61;CELEX:52020DC0102" target="_self"&gt;nouvelle stratégie industrielle pour l&amp;#039;Europe&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;La durée de ces projets est de 48 mois pour un budget Erasmus&amp;#43; pouvant aller jusqu&amp;#039;à 4 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lot 3 :
+Alliances pour les STEM Skills Foundries (Science, technology, engineering and
+mathematics)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+Les incubateurs de compétences STIM (Science,
+technologie, ingénierie et mathématiques) visent à favoriser de nouvelles
+approches de l’enseignement et de la formation pour apporter des connaissances
+réelles sur les entreprises et un tutorat adapté aux jeunes étudiants
+entrepreneurs.&lt;/p&gt;&lt;p&gt;La durée de ces projets est de 24 mois pour un budget Erasmus&amp;#43; pouvant aller jusqu&amp;#039;à 1,5 millions d&amp;#039;euros&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La région Auvergne Rhône-Alpes est partenaire d&amp;#039;un projet d&amp;#039;alliance pour l&amp;#039;innovation sur le lot 2, intitulé &amp;#34;&lt;a href="https://greenskillsforhydrogen.eu/" target="_self"&gt;GreenSkills4H2 - The European Hydrogen Skills Alliance&lt;/a&gt;&amp;#34;. Ce projet a pour objectif de répondre aux besoins du marché du travail dans le secteur de l&amp;#039;hydrogène, celui-ci étant un pilier essentiel de la stratégie de l&amp;#039;UE pour atteindre ses objectifs de décarbonation d&amp;#039;ici 2030. GreenSkills4H2 est composé d&amp;#039;acteurs industriels, éducatifs et politiques qui visent à créer, tester et déployer des programmes d&amp;#039;enseignement et de formation professionnels conformes aux besoins en compétences des travailleurs des secteurs en déclin et des régions en transition, afin de leur offrir des possibilités de perfectionnement et de recyclage qui leur permettront d&amp;#039;accéder à de nouvelles possibilités d&amp;#039;emploi dans le secteur de l&amp;#039;hydrogène.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N239" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O239" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q239" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+      <c r="R239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Concernant les Lot 1 et 3 : Alliances pour l&amp;#039;éducation et les entreprises et &lt;/strong&gt;Alliances
+pour les STEM Skills Foundries&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets d&amp;#039;alliances des Lots 1  et 3 doivent réunir &lt;em&gt;a minima&lt;/em&gt; 8 structures de 4 pays membres du programme Erasmus&amp;#43;. Parmi ces structures partenaires, il faut au moins :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3 prestataires d&amp;#039;enseignement et de formation (dont au moins 1 établissement d&amp;#039;enseignement supérieur et 1 organisme de l&amp;#039;enseignement et la formation professionnels), et ;&lt;/li&gt;&lt;li&gt;3 acteurs du marché du travail&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Concernant le Lot 2 : Alliances pour la coopération sectorielle en matière de compétences&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets d&amp;#039;alliances du Lot 2 doivent réunir a minima 12 structures de 8 pays membres du programme Erasmus&amp;#43;. Parmi ces structures partenaires, il faut au moins :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 prestataires d&amp;#039;enseignement et de formation (dont au moins 1 établissement d&amp;#039;enseignement supérieur et 1 organisme de l&amp;#039;enseignement et la formation professionnels), et ;&lt;/li&gt;&lt;li&gt;5 acteurs du marché du travail&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;Il est attendu une forte complémentarité des partenaires afin d&amp;#039;obtenir des résultats de haute qualité.&lt;/p&gt;&lt;p&gt;Rappel : comme pour tout appel à projets Erasmus&amp;#43;, les établissements d&amp;#039;enseignement supérieur doivent être titulaires de la &lt;a href="https://monprojet.erasmusplus.fr/eche" target="_self"&gt;Charte Erasmus de l&amp;#039;enseignement supérieur (Charte ECHE)&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S239" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T239" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U239" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V239" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/alliance-pour-l-innovation</t>
+        </is>
+      </c>
+      <c r="X239" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe du Département Promotion - Pôle Enseignement supérieur, de l&amp;#039;Agence Erasmus&amp;#43; France / Education Formation : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Equipe dédiée au sein de l&amp;#039;Agence exécutive européenne Education et Culture (EACEA) : &lt;a target="_self"&gt;EACEA-EPLUS-ALLIANCES&amp;#64;ec.europa.eu&lt;/a&gt; &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y239" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z239" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-la-capacite-dinnovation-de-leurope-en-associant-les-acteurs-de-leducation-aux-acteurs-socio-economiques/</t>
+        </is>
+      </c>
+      <c r="AA239" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" spans="1:27" customHeight="0">
+      <c r="A240" s="1">
+        <v>72011</v>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
+        </is>
+      </c>
+      <c r="C240" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E240" s="1" t="inlineStr">
+        <is>
+          <t>Avise</t>
+        </is>
+      </c>
+      <c r="G240" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H240" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K240" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La
+  &lt;a href="https://fabriqueainitiatives.org/"&gt;
+   Fabrique à initiatives
+  &lt;/a&gt;
+  est un dispositif d&amp;#039;ingénierie territoriale
+ &lt;/strong&gt;
+ créé en 2010 par l&amp;#039;
+ &lt;a href="https://www.avise.org/"&gt;
+  Avise
+ &lt;/a&gt;
+ - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
+ &lt;strong&gt;
+  accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
+ &lt;strong&gt;
+  le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
+ &lt;/strong&gt;
+ en apportant
+ &lt;strong&gt;
+  son expertise  en matière d&amp;#039;animation territoriale, de modélisation économique et d&amp;#039;innovation sociale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Fabrique à initiatives accompagne également la phase de recherche de financements pour concrétiser le projet. L&amp;#039;Avise mobilise notamment le dispositif dans le cadre de son partenariat sur le programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;
+ &lt;a href="https://fabriqueainitiatives.org/les-projets/"&gt;
+  Comprendre le dispositif en 25 projets
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a 3 clés d&amp;#039;entrée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un besoin
+  &lt;/strong&gt;
+  : développer des réponses en partant d&amp;#039;un besoin ou d&amp;#039;un enjeu clé du territoire.
+  &lt;em&gt;
+   Exemples : revitaliser le centre-bourg, développer les circuits courts, identifier des supports d&amp;#039;insertion professionnelle, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une idée
+  &lt;/strong&gt;
+  : valider la pertinence d&amp;#039;une idée d&amp;#039;activité d&amp;#039;utilité sociale et la concrétiser.
+  &lt;em&gt;
+   E
+  &lt;/em&gt;
+  &lt;em&gt;
+   xemples : tiers-lieu culturel, filière locale de compostage, crèche associative, épicerie coopérative, réseau de ressourceries, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un lieu
+  &lt;/strong&gt;
+  : créer une dynamique locale d&amp;#039;innovation sociale ou transformer un lieu disponible en projet à fort impact.
+  &lt;em&gt;
+   Exemples : revaloriser une friche, créer des activités en bas d&amp;#039;immeubles, identifier des activités innovants en QPV, etc.
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il intervient à travers le processus adaptable suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Détecter les besoins et les opportunités
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   et qualifier des projets à impact
+  &lt;/strong&gt;
+  , à travers des ateliers d&amp;#039;intelligence collective et une démarche de prospective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Concevoir des activités innovantes
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   durables
+  &lt;/strong&gt;
+  à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transmettre le projet
+  &lt;/strong&gt;
+  à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagner le porteur de projet jusqu&amp;#039;à la création
+  &lt;/strong&gt;
+  de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples de projets réalisés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Espace de couture mutualisé en QPV
+  &lt;/strong&gt;
+  , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plateforme de circuits-courts
+  &lt;/strong&gt;
+  avec la Métropole du Havre
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Commerce de proximité local et solidaire
+  &lt;/strong&gt;
+  avec la commue du Juch
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Réseau de conciergeries de quartier
+  &lt;/strong&gt;
+  , avec Strasbourg Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion
+  &lt;/strong&gt;
+  pour personnes en situation de handicap, avec la commune de Pontarlier
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Jardin familial et pédagogique
+  &lt;/strong&gt;
+  , avec la CC du Pays Ajaccien
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Filière locale de compostage
+  &lt;/strong&gt;
+  , en partenariat avec Nantes Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu culturel et restaurant en circuit-court
+  &lt;/strong&gt;
+  , en partenariat avec la Ville de Bègles
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conciergerie itinérante rurale
+  &lt;/strong&gt;
+  , sur le Pays des Hauts du Val de Saône
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu numérique et intergénérationnel
+  &lt;/strong&gt;
+  , avec la commune de Moncontour
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Restaurant-traiteur d&amp;#039;insertion en QPV
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Tiers-lieu café associatif / repair café
+  &lt;/strong&gt;
+  etc. avec la commune d&amp;#039;Annonay
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conserverie à partir d&amp;#039;invendus alimentaires
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N240" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O240" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ne pas avoir identifié de porteurs de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
+  &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
+   carte du réseau
+  &lt;/a&gt;
+  ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S240" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U240" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V240" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/</t>
+        </is>
+      </c>
+      <c r="W240" s="1" t="inlineStr">
+        <is>
+          <t>https://fabriqueainitiatives.org/contact/</t>
+        </is>
+      </c>
+      <c r="X240" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://fabriqueainitiatives.org/contact/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y240" s="1" t="inlineStr">
+        <is>
+          <t>contact@avise.org</t>
+        </is>
+      </c>
+      <c r="Z240" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
+        </is>
+      </c>
+      <c r="AA240" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" spans="1:27" customHeight="0">
+      <c r="A241" s="1">
+        <v>139435</v>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du foncier en renouvellement urbain pour mes projets (résidentiels, tertiaires, de développement économique, pour créer un équipement..)</t>
+        </is>
+      </c>
+      <c r="E241" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G241" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H241" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K241" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L241" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Etablissement Public Foncier Hauts de France facilite la mobilisation de sites en renouvellement urbain nécessaires aux projets des collectivités. Dans le cadre d&amp;#039;une convention opérationnelle signée avec la collectivité, l&amp;#039;établissement acquiert, porte et prépare (constitution de l&amp;#039;assiette foncière, gestion des déchets et pollutions, déconstruction, pré-verdissement) le foncier nécessaire à l&amp;#039;opération préalablement définie. La collectivité s&amp;#039;engage à racheter, ou à faire racheter par un opérateur désigné, le site à l&amp;#039;issue de la convention. Des usages temporaires peuvent être développés sur les sites pendant la durée du portage foncier. L&amp;#039;EPF finance sur ses fonds propres une partie de son intervention.
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF couvre une grande diversité de thématiques (logement, développement économique, redynamisation des centres villes et centres bourgs, équipements publics, risques et biodiversité, reconquête de friches...) sur tous types de territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Projets portant sur une thématique logement, développement économique, redynamisation des centres villes et centres bourgs, risques, biodiversité, patrimoine UNESCO, friches et réserves foncières.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •    Négociation, acquisition et portage foncier
+ &lt;br /&gt;
+ •    Études préalables (faisabilité, techniques...)
+ &lt;br /&gt;
+ •    Traitement des déchets et des sources de pollution concentrées
+ &lt;br /&gt;
+ •    Travaux de déconstruction
+ &lt;br /&gt;
+ •    Renaturation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ •    Ingénierie prise en charge à 100%
+ &lt;br /&gt;
+ •    Etudes préalables jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ •    Travaux de déconstruction et de traitement des sources de pollution concentrées jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M241" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Acquisition et démolition partielle d&amp;#039;un corps de ferme en centre bourg pour production de logements locatifs sociaux
+ &lt;br /&gt;
+ •    Acquisition et démolition d&amp;#039;un ancien supermarché pour l&amp;#039;aménagement d&amp;#039;un écoquartier
+ &lt;br /&gt;
+ •    Acquisition et requalification d&amp;#039;un ancien site de stockage de produits chimiques pour l&amp;#039;implantation d&amp;#039;un centre d&amp;#039;hébergement de données (OVH)
+ &lt;br /&gt;
+ •    Acquisition et traitement d&amp;#039;une friche polluée pour aménagement d&amp;#039;un espace naturel de plusieurs hectares
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N241" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O241" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S241" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T241" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U241" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V241" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X241" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y241" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z241" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e51-acquerir-du-foncier-en-renouvellement-urbain-/</t>
+        </is>
+      </c>
+      <c r="AA241" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" spans="1:27" customHeight="0">
+      <c r="A242" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C242" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E242" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence nationale de la cohésion des territoires (ANCT)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G242" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H242" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K242" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N242" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O242" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S242" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U242" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V242" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W242" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X242" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y242" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z242" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA242" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" spans="1:27" customHeight="0">
+      <c r="A243" s="1">
+        <v>163587</v>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Financer des événements territoriaux à vocation économique (marchés, salons, manifestations) - hors filières agricoles</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux manifestations locales et régionales - hors filières agricoles</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G243" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K243" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous êtes un organisme (public ou privé) de soutien au développement des entreprises ? 
+La Région peut vous aider à financer des événements territoriaux à vocation économique (marchés, salons, manifestations) dans le cadre de la politique de soutien aux filières régionales suivantes : Cuir-Luxe-Textile-Métiers d&amp;#039;Art, Aéronautique- Photonique-Chimie-Matériaux et Transports, Santé-Silver Economie, Filières Vertes et Bleues, Forêt-Bois-Papier. Soutenir l’organisation d’événements territoriaux (locaux ou régionaux), sectoriels ou multisectoriels, favorisant la rencontre des acteurs de l’écosystème.
+	Montage et organisation d&amp;#039;une manifestation contribuant à la structuration d&amp;#039;un réseau d&amp;#039;entreprises et/ou à la promotion de compétences locales. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous êtes un organisme (public ou privé) de soutien au développement des entreprises ? 
+La Région peut vous aider à financer des événements territoriaux à vocation économique (marchés, salons, manifestations) dans le cadre de la politique de soutien aux filières régionales suivantes : Cuir-Luxe-Textile-Métiers d&amp;#039;Art, Aéronautique- Photonique-Chimie-Matériaux et Transports, Santé-Silver Economie, Filières Vertes et Bleues, Forêt-Bois-Papier. Soutenir l’organisation d’événements territoriaux (locaux ou régionaux), sectoriels ou multisectoriels, favorisant la rencontre des acteurs de l’écosystème.
+	Montage et organisation d&amp;#039;une manifestation contribuant à la structuration d&amp;#039;un réseau d&amp;#039;entreprises et/ou à la promotion de compétences locales. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N243" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
+Innovation, créativité et recherche
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O243" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q243" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2030</t>
+        </is>
+      </c>
+      <c r="U243" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V243" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-aux-manifestations-locales-et-regionales-hors-filieres-agricoles</t>
+        </is>
+      </c>
+      <c r="X243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dépôt de votre dossier s’effectue sur notre plateforme en ligne Mes démarches en Nouvelle-Aquitaine. Cette plateforme est accessible via le bouton « Créer mon dossier », en bas de cette page.
+Avant de déposer votre demande d’aide, il est nécessaire de créer un compte si vous n’en possédez pas déjà un.
+Un tutoriel d’aide « Comment bien saisir ma demande » est à télécharger au bas de la page.
+La liste des pièces justificatives à fournir en fonction de votre statut est à télécharger en bas de la page.
+Et après ?
+Pour le suivi de votre dossier :
+1 - Vous recevrez un mail attestant le dépôt de votre dossier. Le dépôt d&amp;#039;une demande ne vaut pas acceptation.
+2 - Des informations complémentaires pourront vous être demandées au moment de l’instruction.
+3 - Une notification de décision vous sera adressée à l’issue du passage en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y243" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z243" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-manifestations-locales-et-regionales-hors-filieres-agricoles/</t>
+        </is>
+      </c>
+      <c r="AA243" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" spans="1:27" customHeight="0">
+      <c r="A244" s="1">
+        <v>164852</v>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux du Québec</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Coopération avec le Québec</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G244" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K244" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets s’inscrit dans le fonds de coopération Emilie-Romagne (Italie) - Hesse (Allemagne) – Moyenne Franconie (Allemagne) - Québec (Canada). 
+Il vise à renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux du Québec.
+Cet appel à projets a vocation à soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables. renforcer les échanges entre la Nouvelle-Aquitaine et le Québecen accompagnant les acteurs associatifs, économiques et institutionnels de la Nouvelle-Aquitaine dans le développement de projets de coopération avec des partenaires issus de ces régions.
+	soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M244" s="1" t="inlineStr">
+        <is>
+          <t>L’aide de la Région ne peut pas excéder 50% du budget total du projet, sur la base des dépenses réalisées par le bénéficiaire de Nouvelle-Aquitaine.
+Les modalités de prises en compte des dépenses sont précisées dans le règlement.</t>
+        </is>
+      </c>
+      <c r="N244" s="1" t="inlineStr">
+        <is>
+          <t>International</t>
+        </is>
+      </c>
+      <c r="O244" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Etablissements publics (universités, lycées, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Collectivités locales &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Chambres consulaires &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les porteurs de projets doivent impérativement avoir leur siège en Nouvelle-Aquitaine.
+ Critères généraux &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; La subvention ne peut être accordée à titre général mais doit être au contraire affectée à un projet défini. Elle ne s&amp;#039;applique pas aux frais de fonctionnement des organismes soumissionnaires. Les dépenses engagées devront avoir un lien direct avec le projet présenté. Le coût total du projet est constitué par l’ensemble des dépenses engendrées par la réalisation du projet. La Région se réserve le droit de moduler le taux de financement et de déterminer l’assiette éligible si les dépenses indiquées n’apparaissent pas comme étant strictement liées à la réalisation du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets doivent être conçus et menés avec un ou plusieurs partenaires clairement identifié(s). Les projets doivent donc mettre en évidence leur participation effective. Ainsi, une lettre du (des) partenaire(s) (ou une convention de partenariat si elle existe) détaillant l’implication de chacune des parties doit être fournie. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La durée des projets subventionnés ne peut excéder trois ans. Les projets peuvent constituer la phase préparatoire d’un programme de plus long terme. Un organisme déjà bénéficiaire peut à nouveau soumettre un projet innovant après réalisation complète et évaluation de l&amp;#039;action déjà subventionnée. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Le montant de l’aide régionale sollicitée ne pourra excéder 50% des dépenses totales pour la partie française. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets présentés devront faire la preuve de la durabilité des échanges prévus, de leur réciprocité, de leur caractère innovant et de leur solidité financière. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Le Fonds de Coopération Interrégionale a vocation à soutenir des projets dans leur phase initiale. L’éventuel financement par le conseil régional de projets dans leurs phases ultérieures devra être sollicité selon leurs thématiques dans le cadre des dispositifs régionaux spécifiques existants lorsque cela est possible. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; L’association à ces projets d’opérateurs issus d’autres régions, partenaires ou non, de la Nouvelle-Aquitaine (voir carte des coopérations décentralisée) sera valorisée. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets présentés devront prendre en compte et intégrer les ambitions affichées par la Région Nouvelle-Aquitaine dans le cadre de sa feuille de route Néo-Terra(neo-terra.fr). &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Critères thématiques &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les thématiques de coopération éligibles pour les quatre régions partenaires sont les suivantes : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Développement économique et Innovation ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Education et Formation professionnelle ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Enseignement supérieur et Recherche ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Transitions environnementales et énergétiques ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Jeunesse, Citoyenneté, Culture et Patrimoine ;
+	Santé. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; En enseignement supérieur et recherche sont exclus les projets de recherche fondamentale et de mobilité relevant des règlements d’intervention dédiés du Conseil Régional. En ce qui concerne la thématique « Culture », les projets de diffusion de spectacles et d’organisation de tournées sont exclus. Les projets de pratiques culturelles amateurs sont exclus. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Critères financiers &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; L’aide de la Région ne peut excéder 50% du budget total du projet, sur la base des dépenses réalisées par le partenaire Nouvelle-Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les collectivités locales, la subvention demandée ne peut excéder l’engagement financier de la collectivité (hors dépenses liées aux salaires des agents publics et à leurs frais de déplacements). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les dépenses salariales engendrées par le projet ne doivent pas constituer plus de 25 % du budget global. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les contributions volontaires au projet ne peuvent dépasser 25 % (contribution des membres bénévoles sur la base du taux horaire SMIC, prêt de salles, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La prise en compte des frais de déplacement, de logement et de restauration se fait sur la base des dépenses réelles et dans la limite des forfaits de la Direction générale des finances publiques qui constituent un plafond. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La subvention sera versée par virement administratif en deux fois : &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; 50% après validation du projet par la commission permanente du Conseil régional Nouvelle-Aquitaine ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; 50% au terme de l’action et sur présentation des pièces mentionnées dans la section « Obligations des porteurs de projets retenus ». &lt;/span&gt;&lt;/li&gt;&lt;/ol&gt;&lt;/span&gt;&lt;span&gt; Critères de sélection des projets &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Les demandes de financement des projets seront évaluées et sélectionnées selon plusieurs critères, qui devront être développés par les porteurs de projet dans leur demande d’aide écrite à la Région :
+	&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’adéquation du projet avec les thématiques prioritaires définies dans le présent document. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La démonstration de l’intérêt du projet pour la Région Nouvelle-Aquitaine : (retombées attendues du projet pour la Région) ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La réciprocité des échanges et l’implication, y compris financière, des régions partenaires ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La viabilité financière du projet ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La qualité et la durabilité du partenariat entre les acteurs des deux territoires &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La capacité des acteurs à mener le projet, en termes de compétences et de ressources mobilisées ; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les projets rassemblant plusieurs organismes néo-aquitains, qui auront mis en commun leurs ressources et leurs moyens dans le cadre d’un projet global, seront privilégiés. &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt; La sélection des projets s’effectue dans la limite des enveloppes financières définies pour chacune des coopérations au titre du budget régional de l’année en cours lors du dépôt du dossier.&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U244" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V244" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/cooperation-avec-le-quebec</t>
+        </is>
+      </c>
+      <c r="X244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les dossiers devront obligatoirement être déposés sur la Plateforme «Mes Démarches en Nouvelle-Aquitaine (MDNA)» via le bouton &amp;#34;Déposer mon projet&amp;#34; ci-dessous. &lt;/p&gt;&lt;p&gt; Le formulaire doit être accompagné des pièces obligatoires suivantes : &lt;/p&gt;&lt;p&gt; Un Relevé d’Identité Bancaire récent et actif ; &lt;/p&gt;&lt;p&gt; Les statuts de l&amp;#039;organisme et l&amp;#039;extrait du Journal Officielpubliant la création pour les associations loi 1901 ; &lt;/p&gt;&lt;p&gt; Une lettre d’intention du partenaire étranger du projet (ou pièce probante, convention etc.) attestant du partenariat ; Il est conseillé de joindre pour information le budget prévisionnel du partenaire pour le projet. &lt;/p&gt;&lt;p&gt; Ce premier contact permettra aux services de la Région d’évaluer la conformité du projet au cahier des charges du fonds de coopération interrégionale et aux plans d’action définis avec les régions partenaires. &lt;/p&gt;&lt;p&gt; La décision finale est prise par les élus du Conseil régional qui délibèrent en commission permanente. &lt;/p&gt;&lt;p&gt;&lt;strong&gt; Avant tout dépôt de dossier, il est fortement recommandé au porteur de projet de prendre contact avec le Pôle Europe et International afin de présenter son projet (fci&amp;#64;nouvelle-aquitaine.fr - 05 57 57 86 41).&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt; Tout dossier incomplet ne sera pas instruit.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; Les porteurs de projets seront informés par courrier, après délibération de la commission permanente, des suites réservées à leur demande. Pour les dossiers rejetés, les motifs de refus seront explicités dans les courriers.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y244" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z244" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cooperation-avec-le-quebec/</t>
+        </is>
+      </c>
+      <c r="AA244" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" spans="1:27" customHeight="0">
+      <c r="A245" s="1">
+        <v>164449</v>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un processus qualité, l’obtention d'un marquage CE ou la conception d’un protocole d’investigation clinique et/ou médico-économique</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic Réglementaire “Dispositif Médical”</t>
+        </is>
+      </c>
+      <c r="E245" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G245" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H245" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K245" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce guichet permet la mise en relation entre un porteur de projet (startups et PME innovantes) développant des DM ou DM DIV médicaux et un expert réglementaire (processus qualité, marquage CE, investigation clinique).&lt;/p&gt;&lt;p&gt;Ce dispositif permet d’accéder à des experts qualifiés et de se faire financer la moitié du coût de la prestation de conseil et ce sur une durée de 12 à 18 mois.&lt;/p&gt;&lt;p&gt;Cette aide prend la forme d’un guichet continu (20 M€) opéré par BPI France. Le détail des plafonds de l’aide sont décrits dans le cahier des charges en fonction de la nature de la prestation, du type de DM (DM, DMDIV, connecté ou non).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N245" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O245" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La prestation est réalisée par un expert conseil référencé par Bpifrance et recouvre :&lt;/p&gt;&lt;p&gt;Volet 1 : La mise en place d’un système de management de la qualité répondant à la norme européenne harmonisée ISO 13485,&lt;/p&gt;&lt;p&gt;Volet 2 : La constitution ou la mise à niveau de la documentation technique dans le cadre du marquage CE DM de classe IIa, IIb ou III  ou de marquage CE DMDIV de classe B, C, D&lt;/p&gt;&lt;p&gt;Volet 3 : La conception et la rédaction d’un protocole d’investigation clinique visant à apporter la preuve d’un bénéfice clinique (service rendu) et/ou médico-économique d’un DM déjà marqué CE ou en passe de l’être, par rapport à la stratégie thérapeutique de référence selon les données actuelles de la science, dans le but de soutenir le modèle d&amp;#039;affaires et d’apporter les évidences pour la valorisation du produit.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Profil &lt;/strong&gt;: à destination de PME fabricante d&amp;#039;un DM ou DM/DIV.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités&lt;/strong&gt; : Les trois volets sont cumulables et activables une fois chacun par entreprise.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Durée&lt;/strong&gt; : 18 mois maximum &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt; : De 15 000 à 110 000 euros HT, pris en charge à 50%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S245" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T245" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U245" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V245" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/catalogue-offres/diagnostic-dispositif-medical</t>
+        </is>
+      </c>
+      <c r="X245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://diaginno.bpifrance.fr/produit/diagnostic-dispostif-medical/"&gt;Diagnostic Dispositif Médical – Diagnostics Accompagnement Innovation Bpifrance&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y245" s="1" t="inlineStr">
+        <is>
+          <t>Emma.RODRIGUEZ.EXT@esante.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z245" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-a-la-mise-en-place-un-processus-qualite-lobtention-dun-marquage-ce-ou-la-conception-dun-protocole-dinvestigation-clinique-et-ou-medico-economique/</t>
+        </is>
+      </c>
+      <c r="AA245" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" spans="1:27" customHeight="0">
+      <c r="A246" s="1">
+        <v>163170</v>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>Une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E246" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+      <c r="F246" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G246" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H246" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
+      <c r="I246" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="J246" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K246" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Friche
+      <c r="L246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin dispose d&amp;#039;un tissu économique inégalement réparti et dynamique, fragilisé
+par l&amp;#039;évolution des modes de consommation, la concurrence des grands pôles et, parfois, un
+manque de coopération entre acteurs. Cette fiche vise à soutenir le développement d&amp;#039;une
+économie locale et touristique plus ancrée sur le territoire, en lien avec l&amp;#039;ensemble des
+acteurs.
+La disparité du territoire entre Nord et Sud se fait ressentir dans l’accueil des touristes et le
+nombre de pôles touristiques. Le Sud souffre d’un manque de visibilité et d’attractivité pour
+les touristes étrangers.
+Les opérations accompagnées dans le cadre de cette fiche action sont en cohérence avec 10
+objectifs du SRADDET, notamment développer l’offre de service, sauvegarder les spécificités
+du monde rural, la réduction de l’artificialisation des sols et la gestion des friches, et surtout
+la promotion d’un tourisme durable. Cette fiche action prend également en compte les
+constats du GIEC normand en termes de biodiversité, adaptation aux changements
+climatiques et la pollution de l’air.
+Les actions accompagnées par cette fiche action pourront se faire en partenariat des parcs
+régionaux, offices de tourisme, associations locales.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner un développement économique et touristique équilibré du territoire.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner les projets s&amp;#039;appuyant sur les ressources, savoir-faire et acteur locaux.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Soutenir le secteur de l&amp;#039;ESS et les démarches d&amp;#039;économie circulaire
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Renforcer la connaissance des tissus économiques et touristiques &lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Structuration et animation de filières spécifiques au territoire, s&amp;#039;appuyant sur des ressources et savoir-faire locaux ; &lt;/li&gt;&lt;li&gt;Création et animation d&amp;#039;observatoires territoriaux des activités et des friches visant à partager un diagnostic commun
+des besoins et éclairer les décisions ;
+&lt;/li&gt;&lt;li&gt;Réhabilitation et extension de gîtes et hébergements à vocation touristique
+- Réhabilitation et extension de logements pour les personnels saisonniers ;
+&lt;/li&gt;&lt;li&gt;Développement de marchés de producteurs locaux ;
+&lt;/li&gt;&lt;li&gt;Soutien aux projets de tourisme durable ;
+&lt;/li&gt;&lt;li&gt;Création de partenariats entre les sites touristiques majeurs et secondaires ;
+&lt;/li&gt;&lt;li&gt;Adaptation d&amp;#039;une offre existante à l’accueil des cyclotouristes ;
+&lt;/li&gt;&lt;li&gt;Actions favorisant et encourageant le développement de circuits de randonnées pédestres, équestres, trekkings et le
+tourisme à vélo ;
+&lt;/li&gt;&lt;li&gt;Développement de systèmes de billetterie et de réservation en ligne pour les sites touristiques, permettant de réguler
+et réorienter les flux ;
+&lt;/li&gt;&lt;li&gt;Accompagnement des collectivités, entreprises et associations dans leurs démarches d&amp;#039;économie circulaire ;
+&lt;/li&gt;&lt;li&gt;Maintien et développement des activités artisanales et commerciales des centre-bourgs (communes de moins de
+10000 habitants), y compris les activités mobiles.
+&lt;/li&gt;&lt;li&gt;Soutien de la reprise/maintien du dernier commerce du village (collectivités) &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N246" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O246" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet d&amp;#039;accompagner le développement économique touristique équilibré du territoire&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet s&amp;#039;appuie sur les ressources, savoir-faire et acteurs locaux&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet est porté par un acteur de l&amp;#039;ESS et/ou encourage l&amp;#039;économie circulaire&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de renforcer la connaissance des tissus économiques et touristiques du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature, &lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S246" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T246" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U246" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V246" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y246" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z246" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-economie-locale-et-touristique-diversifiee-valorisant-les-ressources-savoir-faire-et-acteurs-locaux/</t>
+        </is>
+      </c>
+      <c r="AA246" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" spans="1:27" customHeight="0">
+      <c r="A247" s="1">
+        <v>164150</v>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions générées par les activités économiques industrielles et artisanales - études (hors études d'innovation)</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G247" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H247" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I247" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 80</t>
+        </is>
+      </c>
+      <c r="J247" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K247" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N247" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O247" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q247" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont éligibles dès lors qu’elles sont nécessaires à la définition, à l’analyse de la faisabilité ou de l’opportunité et à la préparation des investissements ou actions éligibles y compris les études préalables aux opérations groupées. Pour les études préalables à une opération groupée portées par une collectivité, les modalités d’aide sont définies dans la fiche thématique « Interventions en matière de développement et d’amélioration des systèmes d’assainissement ».&lt;/p&gt;&lt;p&gt;Elles peuvent être réalisées par les moyens propres du maître d’ouvrage, selon les dispositions prévues dans la fiche relative aux « Dispositions communes relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire ».&lt;/p&gt;&lt;p&gt;Concernant les études à dimension d’innovation au sens communautaire (étude de faisabilité, développement expérimental ou de la recherche industrielle lorsqu’elle est associée à du développement expérimental) , au-delà du soutien aux organismes, sociétés ou entreprises de recherche, développement et innovation (fournisseurs de solutions innovantes) visé dans les dispositions générales communes applicables aux aides de l’Agence de l’eau, les acteurs économiques, porteurs de projet « utilisateurs » de ces solutions innovantes peuvent être accompagnés pour ce type d’études visées ci-avant. &lt;/p&gt;&lt;p&gt;Concernant les actions de connaissance de type Inventaire Historique Urbain (IHU) pour recenser les sites et sols pollués et potentiellement pollués à l’échelle d’un territoire d’une collectivité dans un objectif de priorisation par rapport aux enjeux de l’eau, elles sont éligibles pour les porteurs de projets publics. Elles peuvent être réalisées par les moyens propres du maître d’ouvrage, selon les dispositions prévues dans la fiche relative  aux « Dispositions communes relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire ». Les études sont éligibles dès lors 
+qu’elles sont nécessaires à la définition, 
+à l’analyse de la faisabilité ou 
+d’opportunité ou à la préparation des 
+investissements ou actions éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S247" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T247" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U247" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V247" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y247" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z247" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales/</t>
+        </is>
+      </c>
+      <c r="AA247" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" spans="1:27" customHeight="0">
+      <c r="A248" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G248" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H248" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I248" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K248" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N248" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
+Cohésion sociale et inclusion
 Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
-Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
-Attractivité économique
+Lutte contre la précarité
+Emploi
+Appui méthodologique
 Animation et mise en réseau
-Artisanat</t>
-[...12 lines deleted...]
-      <c r="S16" s="1" t="inlineStr">
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O248" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P248" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q248" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S248" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T248" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="U248" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V248" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y248" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z248" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA248" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="249" spans="1:27" customHeight="0">
+      <c r="A249" s="1">
+        <v>164301</v>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions générées par les activités économiques industrielles et artisanales - réhabilitation de sites pollués - Reconversion de friches</t>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G249" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H249" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I249" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K249" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L249" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/p&gt;&lt;p&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/p&gt;&lt;p&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/p&gt;&lt;p&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/p&gt;&lt;p&gt;Développer des actions qui favorisent la biodiversité&lt;/p&gt;&lt;p&gt;Résorber les foyers résiduels de pollution classique&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M249" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux éligibles sont, dans un cadre général, ceux visant à limiter la migration de produits polluants vers et 
+dans les eaux souterraines ou superficielles du fait de pollutions du sol, sous-sol ou sédiments. L’éligibilité est 
+subordonnée à la démonstration que le risque de pollution ou l’impact sur la ressource en eau est bien établi. &lt;/p&gt;&lt;p&gt;Les projets de dépollution de friches industrielles dans le cadre spécifique de projets d’aménagements urbains 
+(rentrant dans le champ concurrentiel ou pas) sont soutenus uniquement s’ils sont portés par une maîtrise 
+d’ouvrage publique ou assimilée. &lt;/p&gt;&lt;p&gt;Les projets éligibles sont ceux présentant un enjeu vis-à-vis de la ressource en eau, notamment les projets inscrits 
+aux Programmes de Mesures du SDAGE et déclinés localement dans les Plans d’Action Opérationnels 
+Territorialisés, ou présentant un enjeu local spécifique vis-à-vis de la ressource en eau dûment démontré. 
+L’appréciation de la recevabilité de ce type de projet sera faite au cas par cas, dans des conditions limitatives, 
+ou par appel à projets. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 2004/35/CE du Parlement européen et du Conseil (transposée dans le code de 
+l’environnement au Titre VI : Prévention et réparation de certains dommages causés à l&amp;#039;environnement aux 
+articles L.160-1 à L.165-2) ou des autres règles de l’Union applicables en matière de responsabilité pour les 
+dommages environnementaux, lorsque l’entité ou l’entreprise responsable des dommages environnementaux 
+en vertu du droit applicable dans chaque État membre est identifiée, cette entité ou entreprise finance les 
+travaux nécessaires à la prévention et à la réparation des dégradations et contaminations environnementales 
+en application du principe du pollueur-payeur, et aucune aide n’est octroyée pour les travaux que l’entité ou 
+l’entreprise serait légalement tenue de réaliser.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N249" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O249" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q249" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R249" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de projets 
+d’aménagements urbains (rentrant ou 
+non dans le champ concurrentiel), 
+uniquement portés par une maîtrise 
+d’ouvrage publique ou assimilée, s’ils 
+présentent un enjeu vis-à-vis de la 
+ressource en eau (notamment les 
+projets inscrits aux Programmes de 
+Mesures du SDAGE et déclinés 
+localement dans les Plans d’Action 
+Opérationnels Territorialisés) ou un 
+enjeu local spécifique dûment 
+démontré. Au cas par cas, dans des 
+conditions limitatives ou par appel à 
+projet. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 
+2004/35/CE du Parlement européen et 
+du Conseil (transposée dans le code de 
+l’environnement au Titre VI :
+Prévention et réparation de certains 
+dommages causés à l&amp;#039;environnement 
+aux articles L.160-1 à L165-2) ou des 
+autres règles de l’Union applicables en 
+matière de responsabilité pour les 
+dommages environnementaux, lorsque 
+l’entité ou l’entreprise responsable des 
+dommages environnementaux en vertu 
+du droit applicable dans chaque État 
+membre est identifiée, cette entité ou 
+entreprise finance les travaux 
+nécessaires à la prévention et à la 
+réparation des dégradations et 
+contaminations environnementales en 
+application du principe du pollueur-payeur, et aucune aide n’est octroyée 
+pour les travaux que l’entité ou 
+l’entreprise serait légalement tenue de 
+réaliser.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S249" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T249" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U249" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V249" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X249" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y249" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z249" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-rehabilitation-de-sites-pollues-cas-general-1/</t>
+        </is>
+      </c>
+      <c r="AA249" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" spans="1:27" customHeight="0">
+      <c r="A250" s="1">
+        <v>163611</v>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux démarches collectives de l'Economie Sociale et Solidaire, mettre en situation le jeune public et construire des parcours éducatifs</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser aux démarches collectives de l&amp;apos;Economie Sociale et Solidaire, mettre en situation le jeune public et construire des parcours éducatifs</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G250" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K250" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L250" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’enjeu de la politique régionale dans le domaine de l’ESS est à la fois de permettre le développement des entreprises existantes en prenant en compte leur cycle de vie, leur capacité d’innovation et de créer les conditions favorables à la création de nouvelles activités garantes de la création et du maintien d’emplois qualifiés. La création d’entreprises de l’ESS est un facteur important du dynamisme territorial avec la dimension collective qu’elle impose et les objets qu’elle sous-tend. Mais pour cela il faut en connaitre l’existence et en maitriser les contours. Il s’agit donc de proposer des aides aux acteurs qui mettent en place des actions et des outils pédagogiques pour sensibiliser les futurs créateurs aux modèles entrepreneuriaux de l’ESS.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soutenir les démarches de sensibilisation collectives de l’ESS&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre en situation le public jeune&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Permettre la construction de parcours éducatifs qui présentent l’ESS aux jeunes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces projets seront étudiés en lien avec la CRESS Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M250" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Assiette éligible :Total des dépenses directement liées aux actions&lt;/p&gt;&lt;p&gt;Intensité maximale de l’aide régionale :&lt;/p&gt;&lt;p&gt;jusqu’à 50% si aide d’Etat&lt;/p&gt;&lt;p&gt;jusqu’à 75% si hors aide d’Etat. &lt;/p&gt;&lt;p&gt;Subvention régionale comprise entre 5 000 € et 20 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Versement de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si la Commission Permanente se prononce de manière favorable, la Région procède au versement de l’aide sur le compte ouvert au nom de la structure juridique porteuse du projet, tel que prévu dès l’instruction de la demande.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une convention sera transmise au représentant légal de la structure juridique portant le projet. Cette convention reprendra l’ensemble des conditions particulières pour lesquelles le porteur de projet s’est engagé de manière formelle dès la constitution de sa demande d’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N250" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O250" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R250" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Ce dispositif s’adresse aux mutuelles, têtes de réseau, associations, coopératives, collectifs de jeunes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U250" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V250" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/sensibiliser-aux-demarches-collectives-de-leconomie-sociale-et-solidaire-mettre-en-situation-le</t>
+        </is>
+      </c>
+      <c r="X250" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Demande d’aide&lt;/p&gt;&lt;p&gt;Le porteur de projet doit, par courrier à l’attention du Président du Conseil Régional, solliciter l’intervention de la Région et compléter le présent dossier remis par le référent ESS du département concerné ou téléchargé à partir du site internet de la Région  Nouvelle-Aquitaine. Il transmet l’ensemble de son dossier de demande d’aide, par voie numérique, au référent et à l’assistant(e) du département concerné.&lt;/p&gt;&lt;p&gt;Décision d’octroi de l’aide&lt;/p&gt;&lt;p&gt;A la réception du dossier de demande complet, le référent du département concerné instruit la demande du porteur de projet et constitue le dossier de présentation des demandes à la Commission Permanente du Conseil Régional qui se réunit 6 à 8 fois par an.&lt;/p&gt;&lt;p&gt;La décision finale appartient aux élus du Conseil Régional qui délibèrent en Commission Permanente. Les décisions finales sont notifiées par courrier. Toute contestation ou demande de révision de la décision d’octroi seront soumis à la Commission Permanente du Conseil Régional.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y250" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z250" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-demarches-collectives-de-leconomie-sociale-et-solidaire-mettre-en-situation-le-jeune-public-et-construire-des-parcours-educatifs/</t>
+        </is>
+      </c>
+      <c r="AA250" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" spans="1:27" customHeight="0">
+      <c r="A251" s="1">
+        <v>164853</v>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux d'Emilie-Romagne en Italie</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>Coopération avec la Moyenne Franconie</t>
+        </is>
+      </c>
+      <c r="E251" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G251" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="K251" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L251" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets s’inscrit dans le fonds de coopération Emilie-Romagne (Italie) - Hesse (Allemagne) – Moyenne Franconie (Allemagne) - Québec (Canada). 
+Le fonds vise à renforcer les échanges entre les acteurs associatifs, économiques et institutionnels de Nouvelle-Aquitaine et ceux d&amp;#039;Emilie-Romagne en Italie.
+Il a vocation à soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables. renforcer les échanges entre la Nouvelle-Aquitaine et la Moyenne Franconieen accompagnant les acteurs associatifs, économiques et institutionnels de la Nouvelle-Aquitaine dans le développement de projets de coopération avec des partenaires issus de ces régions.
+	soutenir la réalisation de projets de coopération structurants, engageant les acteurs des différents territoires dans des relations durables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M251" s="1" t="inlineStr">
+        <is>
+          <t>L’aide de la Région ne peut pas excéder 50% du budget total du projet, sur la base des dépenses réalisées par le bénéficiaire de Nouvelle-Aquitaine.
+Les modalités de prises en compte des dépenses sont précisées dans le règlement.</t>
+        </is>
+      </c>
+      <c r="N251" s="1" t="inlineStr">
+        <is>
+          <t>International</t>
+        </is>
+      </c>
+      <c r="O251" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R251" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Etablissements publics (universités, lycées, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;C&lt;/span&gt;ollectivités locales &lt;/li&gt;&lt;li&gt; Chambres consulaires &lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les porteurs de projets doivent impérativement avoir leur siège en Nouvelle-Aquitaine. &lt;/span&gt;&lt;p&gt;&lt;span&gt; Critères généraux :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; La subvention ne peut être accordée à titre général mais doit être au contraire affectée à un projet défini. Elle ne s&amp;#039;applique pas aux frais de fonctionnement des organismes soumissionnaires. Les dépenses engagées devront avoir un lien direct avec le projet présenté. Le coût total du projet est constitué par l’ensemble des dépenses engendrées par la réalisation du projet. La Région se réserve le droit de moduler le taux de financement et de déterminer l’assiette éligible si les dépenses indiquées n’apparaissent pas comme étant strictement liées à la réalisation du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les projets doivent être conçus et menés avec un ou plusieurs partenaires clairement identifié(s). &lt;/span&gt;Les projets doivent donc mettre en évidence leur participation effective. Ainsi, une lettre du (des) partenaire(s) (ou une convention de partenariat si elle existe) détaillant l’implication de chacune des parties doit être fournie. &lt;/li&gt;&lt;li&gt; La durée des projets subventionnés ne peut excéder trois ans. Les projets peuvent constituer la phase préparatoire d’un programme de plus long terme. Un organisme déjà bénéficiaire peut à nouveau soumettre un projet innovant après réalisation complète et évaluation de l&amp;#039;action déjà subventionnée. &lt;/li&gt;&lt;li&gt; Le montant de l’aide régionale sollicitée ne pourra excéder 50% des dépenses totales pour la partie française.
+	Les projets présentés devront faire la preuve de la durabilité des échanges prévus, de leur réciprocité, de leur caractère innovant et de leur solidité financière. &lt;/li&gt;&lt;li&gt; Le Fonds de Coopération Interrégionale a vocation à soutenir des projets dans leur phase initiale. L’éventuel financement par le conseil régional de projets dans leurs phases ultérieures devra être sollicité selon leurs thématiques dans le cadre des dispositifs régionaux spécifiques existants lorsque cela est possible. &lt;/li&gt;&lt;li&gt; L’association à ces projets d’opérateurs issus d’autres régions, partenaires ou non, de la Nouvelle-Aquitaine (voir carte des coopérations décentralisée) sera valorisée. &lt;/li&gt;&lt;li&gt; Les projets présentés devront prendre en compte et intégrer les ambitions affichées par la Région Nouvelle-Aquitaine dans le cadre de sa feuille de route Néo-Terra(neo-terra.fr). &lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Critères thématiques &lt;/span&gt;&lt;p&gt;&lt;span&gt; Les thématiques de coopération éligibles pour les quatre régions partenaires sont les suivantes : &lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Développement économique et Innovation ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Education et Formation professionnelle ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Enseignement supérieur et Recherche ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Transitions environnementales et énergétiques ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Jeunesse, Citoyenneté, Culture et Patrimoine ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Santé. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;En enseignement supérieur et recherche sont exclus les projets de recherche fondamentale et de mobilité relevant des règlements d’intervention dédiés du Conseil Régional. En ce qui concerne la thématique « Culture », les projets de diffusion de spectacles et d’organisation de tournées sont exclus. Les projets de pratiques culturelles amateurs sont exclus. &lt;/span&gt;&lt;p&gt;&lt;span&gt; Critères financiers &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; L’aide de la Région ne peut excéder 50% du budget total du projet, sur la base des dépenses réalisées par le partenaire Nouvelle-Aquitaine. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Pour les collectivités locales, la subvention demandée ne peut excéder l’engagement financier de la collectivité (hors dépenses liées aux salaires des agents publics et à leurs frais de déplacements). &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les dépenses salariales engendrées par le projet ne doivent pas constituer plus de 25 % du budget global. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Les contributions volontaires au projet ne peuvent dépasser 25 % (contribution des membres bénévoles sur la base du taux horaire SMIC, prêt de salles, etc.) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La prise en compte des frais de déplacement, de logement et de restauration se fait sur la base des dépenses réelles et dans la limite des forfaits de la Direction générale des finances publiques qui constituent un plafond. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La subvention sera versée par virement administratif en deux fois : &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; 50% après validation du projet par la commission permanente du Conseil régional Nouvelle-Aquitaine ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; 50% au terme de l’action et sur présentation des pièces mentionnées dans la section « Obligations des porteurs de projets retenus ». &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Critères de sélection des projets &lt;/span&gt;&lt;p&gt;&lt;span&gt; Les demandes de financement des projets seront évaluées et sélectionnées selon plusieurs critères, qui devront être développés par les porteurs de projet dans leur demande d’aide écrite à la Région : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’adéquation du projet avec les thématiques prioritaires définies dans le présent document. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La démonstration de l’intérêt du projet pour la Région Nouvelle-Aquitaine : (retombées attendues du projet pour la Région) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La réciprocité des échanges et l’implication, y compris financière, des régions partenaires ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La viabilité financière du projet ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La qualité et la durabilité du partenariat entre les acteurs des deux territoires &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; La capacité des acteurs à mener le projet, en termes de compétences et de ressources mobilisées ; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; Les projets rassemblant plusieurs organismes néo-aquitains, qui auront mis en commun leurs ressources et leurs moyens dans le cadre d’un projet global, seront privilégiés.
+&lt;strong&gt;La sélection des projets s’effectue dans la limite des enveloppes financières définies pour chacune des coopérations au titre du budget régional de l’année en cours lors du dépôt du dossier.&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="U251" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V251" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/cooperation-avec-la-moyenne-franconie</t>
+        </is>
+      </c>
+      <c r="X251" s="1" t="inlineStr">
+        <is>
+          <t>Les dossiers devront obligatoirement être déposés sur la Plateforme «Mes Démarches en Nouvelle-Aquitaine (MDNA)» via le bouton &amp;#34;Déposer mon projet&amp;#34; ci-dessous.
+Le formulaire doit être accompagné des pièces obligatoires suivantes :
+	Un Relevé d’Identité Bancaire récent et actif ;
+	Les statuts de l&amp;#039;organisme et l&amp;#039;extrait du Journal Officielpubliant la création pour les associations loi 1901 ;
+	Une lettre d’intention du partenaire étranger du projet (ou pièce probante, convention etc.) attestant du partenariat ; Il est conseillé de joindre pour information le budget prévisionnel du partenaire pour le projet.
+Ce premier contact permettra aux services de la Région d’évaluer la conformité du projet au cahier des charges du fonds de coopération interrégionale et aux plans d’action définis avec les régions partenaires.
+La décision finale est prise par les élus du Conseil régional qui délibèrent en commission permanente.
+Avant tout dépôt de dossier, il est fortement recommandé au porteur de projet de prendre contact avec le Pôle Europe et International afin de présenter son projet (fci&amp;#64;nouvelle-aquitaine.fr - 05 57 57 86 41).
+Tout dossier incomplet ne sera pas instruit.
+Les porteurs de projets seront informés par courrier, après délibération de la commission permanente, des suites réservées à leur demande. Pour les dossiers rejetés, les motifs de refus seront explicités dans les courriers.</t>
+        </is>
+      </c>
+      <c r="Y251" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z251" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-de-cooperation-moyenne-franconie/</t>
+        </is>
+      </c>
+      <c r="AA251" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="252" spans="1:27" customHeight="0">
+      <c r="A252" s="1">
+        <v>104603</v>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir et viabiliser les formations dans les CFA pour des raisons géographiques ou économiques, constituer un fonds social, aider à la mobilité nationale ou internationales</t>
+        </is>
+      </c>
+      <c r="C252" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au fonctionnement des CFA : majoration de la prise en charge des contrats d’apprentissage</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G252" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H252" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K252" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
-[...45 lines deleted...]
-&lt;p&gt;
+      <c r="L252" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région intervient dans le fonctionnement des Centres de formation d&amp;#039;apprentis (CFA), en majorant la prise en charge des contrats d&amp;#039;apprentissage. Le soutien de la Région concerne en premier lieu la viabilisation des formations par apprentissage. Il peut par ailleurs servir à constituer un fond social pour les jeunes ayant des difficultés financières, à financer des actions de mobilité nationale ou internationale, ou encore à prendre en charge la formation des contrats signés dans la fonction publique territoriale avant le 1er janvier 2020.
  &lt;br /&gt;
-&lt;/p&gt;</t>
-[...27 lines deleted...]
-      <c r="X17" s="1" t="inlineStr">
+ Ce soutien s&amp;#039;effectue dans la limite de l&amp;#039;enveloppe allouée par l&amp;#039;Etat à la Région via France Compétences.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ce fonds s&amp;#039;adresse aux centres répondant aux obligations nationales de déclaration et de qualité, et exerçant une activité d&amp;#039;apprentissage depuis au moins un an au moment de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;au terme de l&amp;#039;exercice 2022, les CFA dispensant des formations qui étaient conventionnées par la Région à la date du 31 août 2019 seront aidés en priorité, compte tenu de leur mode de financement dérogatoire instauré par le décret n°2019-1326 du 10 décembre 2019 relatif à France Compétences et aux opérateurs de compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N252" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O252" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P252" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q252" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R252" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Toute demande de renseignements concernant les conditions et modalités doit être adressée à l&amp;#039;adresse :
-[...181 lines deleted...]
- Bénéficiaires :
+ Lors de l&amp;#039;instruction des demandes de majoration de la prise en charge de formations, les critères
+&lt;/p&gt;
+&lt;p&gt;
+ suivants seront utilisés pour déterminer leur priorité :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Les entreprises immatriculées au Répertoire des Métiers et disposant d&amp;#039;au moins un exercice fiscal clos de 12 mois à compter de la date de dépôt du formulaire de candidature (sauf en cas de reprise d&amp;#039;entreprise assortie d&amp;#039;une nouvelle immatriculation ou de création d&amp;#039;un établissement secondaire) quel que soit leur statut et justifiant d&amp;#039;un D1 (extrait d&amp;#039;immatriculation au répertoire des métiers).
+   localisation : les formations doivent être dispensées dans la région ; les formations situées dans les territoires « Emploi Formation Orientation Professionnelles » (EFOP) les moins denses seront considérées comme prioritaires, ainsi que celles qui recourent à des dispositifs favorisant le maillage territorial et celles dispensées dans les Quartiers Prioritaires de la Ville ; dans le cas de l&amp;#039;implantation d&amp;#039;une nouvelle formation, son intégration au sein de l&amp;#039;offre existante sera prise en compte ;
   &lt;/li&gt;
   &lt;li&gt;
-   L&amp;#039;activité artisanale exercée doit être principale et non secondaire (soit plus de 50% du CA).
+   secteur économique : les formations au service des métiers en tension des filières économiques stratégiques des Pays de la Loire, telles que l&amp;#039;agriculture et l&amp;#039;agro-alimentaire, la métallurgie (notamment la construction navale, l&amp;#039;aéronautique et l&amp;#039;automobile), l&amp;#039;électronique, le numérique, la santé, le BTP, le transport-logistique, l&amp;#039;hôtellerie-restauration-tourisme..., seront valorisées en premier lieu ; les formations dans les secteurs fragilisés par les effets de la crise liée à la pandémie COVID-19 feront l&amp;#039;objet d&amp;#039;une attention renforcée ; les formations présentes dans notre région qui concernent des métiers rares seront également traitées prioritairement : imprimerie, bijouterie, facture instrumentale... ; au titre de la valorisation de l&amp;#039;excellence professionnelle, les formations réalisées dans les CFA supports de l&amp;#039;organisation des Olympiades des Métiers seront soutenues ;
   &lt;/li&gt;
   &lt;li&gt;
-   Les entreprises dépendant du régime micro social ne sont pas éligibles à ce dispositif.
-[...708 lines deleted...]
-   &lt;/a&gt;
+   niveau et type : les différentes formations, de tout niveau, sont susceptibles d&amp;#039;être soutenues ; les formations diplômantes de niveau 3 (CAP...) et 4 (BAC PRO, BP...) seront cependant prioritaires ;
   &lt;/li&gt;
   &lt;li&gt;
-   Pour toute question sur votre dossier :
-[...264 lines deleted...]
-   &lt;br /&gt;
+   public accueilli : une attention particulière sera prêtée aux formations qui accueillent des jeunes suivis par les missions locales, par les missions de lutte contre le décrochage scolaire, ou ayant  bénéficié des dispositifs Prépa Avenir ou Prépa Apprentissage, ainsi qu&amp;#039;à celles qui forment des jeunes des Quartiers Prioritaires de la Ville ;
   &lt;/li&gt;
   &lt;li&gt;
-   Nécessité pour l&amp;#039;EPCI d&amp;#039;avoir organisé au préalable dans le PLU une procédure juridique de lotissement ou ZAC (fournir le plan d&amp;#039;urbanisme de la zone concernée lors du dépôt de la demande)
-   &lt;br /&gt;
+   lien avec l&amp;#039;innovation : une priorité sera accordée aux formations qui jouent un rôle important de vecteur d&amp;#039;innovation dans les entreprises, ou à celles qui utilisent des dispositifs innovants d&amp;#039;apprentissage, ou encore qui relèvent de CFA engagés dans une démarche d&amp;#039;innovation sociale et environnementale, de responsabilité sociétale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   nombre d&amp;#039;apprentis : les formations à faible effectif seront traitées prioritairement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   situation financière : la situation financière de la formation pourra être examinée analytiquement, en fonction de coûts de référence, en tenant compte de l&amp;#039;ensemble des financements reçus, y compris ceux liés aux autres publics formés en cas de mixage ; elle pourra être appréciée au regard de la situation financière globale du CFA, voire de l&amp;#039;établissement porteur du centre ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   résultats : les données de réussite aux examens, d&amp;#039;insertion professionnelle, de ruptures de contrats du CFA entreront en compte dans l&amp;#039;appréciation de la demande de majoration.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
-  &lt;strong&gt;
-[...1 lines deleted...]
-  &lt;/strong&gt;
+  Le financement régional des formations éligibles à la majoration sera présenté lors d&amp;#039;une session du
+  Conseil régional ou d&amp;#039;une commission permanente, en amont de la rentrée scolaire N.
+  Ce financement sera versé au bénéficiaire par la Région comme suit, par dérogation au règlement
+  budgétaire et financier, après signature d&amp;#039;une convention financière :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
-    &lt;span&gt;
-[...2 lines deleted...]
-    &lt;br /&gt;
+    une avance de 80% du montant de l&amp;#039;aide en N,
    &lt;/li&gt;
    &lt;li&gt;
-    &lt;span&gt;
-[...2 lines deleted...]
-    &lt;br /&gt;
+    le solde en N&amp;#43;1, au moins quatre mois après le premier versement, sur présentation d&amp;#039;un récapitulatif des effectifs réels de la (des) formation(s) éligible(s) à la majoration régionale, et des justificatifs complémentaires définis dans la convention.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Si le financement des majorations calculé à l&amp;#039;aide des effectifs réels s&amp;#039;avère inférieur à l&amp;#039;avance versée, la Région effectuera une régularisation par la procédure d&amp;#039;émission d&amp;#039;un titre de recettes.
+   &lt;/li&gt;
+   &lt;li&gt;
+    En cas de non-respect des obligations contractuelles par le centre de formation d&amp;#039;apprentis, de déclaration erronée ou fausse, la Région pourra exiger le reversement de tout ou partie des sommes déjà versées.
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
-[...38 lines deleted...]
- sur une opération d&amp;#039;aménagement économique : aménagement d&amp;#039;espaces d&amp;#039;activités (zones d&amp;#039;activités, etc.) ou équipements immobiliers économiques structurants (pépinière d&amp;#039;entreprises, incubateur).
+      <c r="S252" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U252" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V252" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/soutien-au-fonctionnement-des-cfa-majoration-de-la-prise-en-charge-des-contrats-dapprentissage</t>
+        </is>
+      </c>
+      <c r="X252" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;emploi, formation professionnelle et apprentissage
+ &lt;br /&gt;
+ Service Animation territoriale
+ &lt;br /&gt;
+ Pôle Financement et contrôle du fonctionnement des CFA
+&lt;/p&gt;
+&lt;p&gt;
+ 0228205920
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="Y252" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z252" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/67b1-soutien-au-fonctionnement-des-cfa-majoration-/</t>
+        </is>
+      </c>
+      <c r="AA252" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="253" spans="1:27" customHeight="0">
+      <c r="A253" s="1">
+        <v>165460</v>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires à construire des dynamiques collectives en faveur de la biodiversité et de leur résilience</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>AMI Biodiversité en commun</t>
+        </is>
+      </c>
+      <c r="E253" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)</t>
+        </is>
+      </c>
+      <c r="G253" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H253" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K253" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L253" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En Hauts-de-France, les milieux naturels subissent de fortes pressions : artificialisation des sols, fragmentation des habitats… De ce fait, les écosystèmes s’affaiblissent et, avec eux, la qualité de vie des habitants.&lt;/p&gt;&lt;p&gt;Pourtant, la biodiversité reste notre meilleur allié : elle régule les inondations, favorise la pollinisation, améliore la qualité de l’air et de l’eau, et contribue au bien-être quotidien. Autant de services indispensables qui font d’elle un levier majeur de résilience et d’attractivité pour nos territoires.&lt;/p&gt;&lt;p&gt;C’est pourquoi, dans le cadre du projet &lt;a href="https://www.ofb.gouv.fr/le-projet-life-biodivfrance"&gt;LIFE Biodiv’France&lt;/a&gt; et avec l’appui opérationnel d’&lt;a href="http://www.enrx.fr/"&gt;Espaces naturels régionaux (ENRx)&lt;/a&gt;, &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/agence-regionale-biodiversite-hauts-de-france" target="_self"&gt;l’Agence régionale de la biodiversité Hauts-de-France (ARB HdF)&lt;/a&gt; lance &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun" target="_self"&gt;l’Appel à Manifestation d’Intérêt (AMI) « Biodiversité en commun »&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Quatre collectivités pilotes recherchées&lt;/h4&gt;&lt;p&gt;L’AMI permettra de sélectionner quatre collectivités de la région, qui seront accompagnées par Espaces naturels régionaux (ENRx) pour le compte de l’ARB HdF dans la conception et la mise en dynamique collective de projets en faveur de la biodiversité.&lt;/p&gt;&lt;p&gt;Pendant 2 à 3 ans, elles bénéficieront d’un accompagnement sur mesure pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobiliser des élus et services de la collectivité&lt;/li&gt;&lt;li&gt;Animer et impliquer des acteurs locaux (habitants, associations, entreprises…)&lt;/li&gt;&lt;li&gt;Co-construire un projet ou programme d’actions adapté aux enjeux de leur territoire&lt;/li&gt;&lt;li&gt;Appuyer le montage technique et financier de leurs projets&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;Un accompagnement collectif&lt;/h4&gt;&lt;p&gt;Au-delà du soutien individualisé, les lauréats pourront intégrer un réseau d’échanges en fonction des territoires et des projets retenus, afin de partager expériences et pratiques, et d’ancrer durablement la biodiversité comme bien commun.&lt;/p&gt;&lt;h4&gt;Dossier de candidature&lt;/h4&gt;&lt;p&gt;Pour en savoir plus et télécharger les documents de candidature,&lt;strong&gt; &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_blank"&gt;cliquez ici&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M253" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuités écologiques (trame verte et bleue, trame noire, etc.) ;&lt;/li&gt;&lt;li&gt;Agriculture (pollinisateurs, sols, bocage, etc.) ;&lt;/li&gt;&lt;li&gt;Eau, milieux aquatiques et zones humides ;&lt;/li&gt;&lt;li&gt;Nature en ville (îlots de fraîcheur, renaturation, désimperméabilisation) ;&lt;/li&gt;&lt;li&gt;Gestion des risques et adaptation (inondations, sécheresses, érosion, etc.) ;&lt;/li&gt;&lt;li&gt;Protection et gestion des espaces de nature ;&lt;/li&gt;&lt;li&gt;Mobilisation citoyenne, participation, éducation à l’environnement ;&lt;/li&gt;&lt;li&gt;Acculturation des élus et des services, gouvernance et transversalité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N253" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O253" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P253" s="1" t="inlineStr">
+        <is>
+          <t>03/11/2025</t>
+        </is>
+      </c>
+      <c r="Q253" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2026</t>
+        </is>
+      </c>
+      <c r="R253" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Sont éligibles :&lt;/strong&gt;&lt;/h4&gt;&lt;ul&gt;&lt;li&gt;Les &lt;strong&gt;communes des Hauts-de-France de moins de 40 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;EPCI des Hauts-de-France de moins de 100 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Situées &lt;strong&gt;hors périmètre de Parc naturel régional&lt;/strong&gt; (PNR) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Candidatures conjointes (commune &amp;#43; EPCI) possibles si un porteur unique est identifié et si la gouvernance est clarifiée.&lt;/p&gt;&lt;p&gt;Les collectivités déjà lauréates d’un dispositif analogue (ex : AMI Solutions fondées sur la Nature de l’Agence de l’Eau Artois-Picardie, AMI ESTHER de la Région Hauts-de-France) peuvent candidater sous réserve de complémentarité et non redondance de l’accompagnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S253" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X23" s="1" t="inlineStr">
+      <c r="U253" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V253" s="1" t="inlineStr">
+        <is>
+          <t>https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun</t>
+        </is>
+      </c>
+      <c r="W253" s="1" t="inlineStr">
+        <is>
+          <t>https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp=sharing</t>
+        </is>
+      </c>
+      <c r="X253" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_self"&gt;dossier de réponse&lt;/a&gt; doit être envoyé &lt;strong&gt;par voie électronique aux deux adresses mails suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Jules MAYRAND, ARB Hauts-de-France, &lt;a href="mailto:j.mayrand&amp;#64;enrx.fr"&gt;j.mayrand&amp;#64;enrx.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Agence régionale de la biodiversité Hauts-de-France, &lt;a href="mailto:arb.hdf&amp;#64;enrx.fr"&gt;arb.hdf&amp;#64;enrx.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objet du mail :&lt;/strong&gt;&lt;span&gt; « Candidature AMI Biodiversité en commun – [Nom de la c&lt;/span&gt;&lt;span&gt;ollectivité] ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;En cas de volumétrie importante, privilégier un &lt;strong&gt;lien de téléchargement &lt;/strong&gt;(plateforme de transfert) plutôt qu’une pièce jointe lourde.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Période de dépôt : &lt;/strong&gt;du 03/11/2025 au 30/01/2026.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y253" s="1" t="inlineStr">
+        <is>
+          <t>arb.hdf@enrx.fr</t>
+        </is>
+      </c>
+      <c r="Z253" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-territoires-a-construire-des-dynamiques-collectives-en-faveur-de-la-biodiversite-et-de-leur-resilience/</t>
+        </is>
+      </c>
+      <c r="AA253" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" spans="1:27" customHeight="0">
+      <c r="A254" s="1">
+        <v>90910</v>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les porteurs de projet se préparant à une installation en agriculture</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement individuel pré-installation : étude économique</t>
+        </is>
+      </c>
+      <c r="E254" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G254" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H254" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K254" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L254" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction Économie Emploi Insertion – Service Développement Économique Insertion (SDEI)
-[...15 lines deleted...]
-  Tél : 04 75 79 27 57 – 07 64 16 51 87
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Ce dispositif d&amp;#039;accompagnement s&amp;#039;adresse à chaque porteur de projet se préparant à une installation en agriculture.
+L&amp;#039;étude économique pré-installation : un outil d&amp;#039;accompagnement d&amp;#039;un candidat en amont de son projet, indispensable à la réalisation d&amp;#039;un Plan d&amp;#039;Entreprise (PE) dans le cadre d&amp;#039;une installation avec la DJA (dotation jeune agriculteur) et indispensable pour le montage d&amp;#039;un dossier &amp;#039;&amp;#039;Prêt d&amp;#039;Honneur&amp;#039;&amp;#039;.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer le nombre d&amp;#039;installation en agriculture et renforcer leur pérennité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre à la disposition des candidats à l&amp;#039;installation et des Nouveaux-Installés une offre d&amp;#039;accompagnement correspondant le mieux possible à leurs besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre au candidat de réaliser son Plan d&amp;#039;Entreprise (PE) pour une installation avec la DJA.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préparer son dossier Prêt d&amp;#039;Honneur pour lequel cette étude économique est requise.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N254" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O254" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R254" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Les organismes sélectionnés lors des AAP (appels à projet) lancés par la Région Nouvelle-Aquitaine depuis 2017 pour la réalisation de l&amp;#039;étude économique pré-installation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les organismes d&amp;#039;accompagnement déduisent de leur facturation aux candidats la part prise en charge par les financeurs. Les candidats à l&amp;#039;installation bénéficient donc indirectement de l&amp;#039;aide de la Région et du FSE.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ L&amp;#039;étude économique pré-installation est mobilisable une seule fois par candidat à l&amp;#039;installation en agriculture.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Montant du barème standard de coût journalier : 450 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée éligible de l&amp;#039;étude économique pré-installation : évaluée à 1,5 jour.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En conséquence, pour cette durée, le montant du barème standard de coût unitaire de ce type de conseil s&amp;#039;élève à 675 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant financé par la Région et le FSE : 575 € - Reste à la charge du candidat à l&amp;#039;installation : minimum 100 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S254" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U254" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V254" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/accompagnement-individuel-pre-installation-etude-economique</t>
+        </is>
+      </c>
+      <c r="X254" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Merci de remplir
+ &lt;a rel="noopener" target="_blank"&gt;
+  le formulaire en ligne
+ &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
-[...149 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="Y254" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z254" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a63-accompagnement-individuel-pre-installation-et/</t>
+        </is>
+      </c>
+      <c r="AA254" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>