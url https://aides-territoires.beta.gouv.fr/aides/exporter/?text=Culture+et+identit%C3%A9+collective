--- v0 (2025-10-28)
+++ v1 (2026-01-29)
@@ -24,111 +24,103 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rIdSheet1" state="visible"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Unknown</author>
   </authors>
   <commentList>    </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
-[...4 lines deleted...]
-    </font>
+  <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA8"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1121 +220,203 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>131815</v>
+        <v>103252</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Aider les responsables de restauration collective à suivre leurs achats de bio et durable</t>
+          <t>Soutenir les projets de restauration et de numérisation d’œuvre d’un fonds patrimonial identifié</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>ma cantine</t>
+          <t>Aide à la restauration et numérisation d'œuvre d'un fonds patrimonial identifié</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Direction Interministérielle du Numérique (DINUM)
-Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Collectivité d’outre-mer à statut particulier</t>
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-Ingénierie Juridique / administrative</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- 🤔 Vous avez besoin d&amp;#039;outils pour mettre en oeuvre la transition alimentaire en proposant des repas de meilleurs qualité, et plus durable ?
-[...34 lines deleted...]
-      <c r="M2" s="0" t="inlineStr">
+ La Région soutient la préservation et la conservation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié. Constitutives du patrimoine matériel et immatériel, ces archives présentent un réel intérêt à être valorisées auprès du public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Grâce à ma cantine, vous pourrez en quelques clics générer des documents de communication auprès des bénéficiaires de votre service de restauration, les convives, ou même de vos directions ou élu.e.s.
-[...2 lines deleted...]
- Vous aurez accès à des ressources pour mettre en oeuvre la loi EGAlim et la transition vers un alimentation de qualité et durable.
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux coûts de la restauration de l&amp;#039;œuvre, des travaux de numérisation et d&amp;#039;indexation des données, sur la base du devis présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles est plafonné à 1 000 000 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit être financé à hauteur de 20 % minimum par la structure porteuse du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide porte sur les travaux de restauration et de numérisation d&amp;#039;archives photographiques, audiovisuelles, papier qu&amp;#039;elles soient privées ou publiques en lien avec l&amp;#039;histoire et la mémoire de l&amp;#039;Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales. La plateforme sera accessible à compter d&amp;#039;avril 2019.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
-        </is>
-[...9 lines deleted...]
-          <t>Permanente</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Île-de-France</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>http://ma-cantine.agriculture.gouv.fr/</t>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-numerisation-doeuvre-dun-fonds-patrimonial-identifie</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- support-egalim&amp;#64;beta.gouv.fr
-[...129 lines deleted...]
-   &lt;/span&gt;
+ Direction de la Culture
+&lt;/p&gt;
+&lt;p&gt;
+ Service Patrimoines et inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+&lt;/p&gt;
+&lt;p&gt;
+ Héloïse Maillé
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 66 27
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
   &lt;/a&gt;
- &lt;/strong&gt;
-[...255 lines deleted...]
- &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
  &lt;br /&gt;
-&lt;/p&gt;
-[...84 lines deleted...]
-  departement&amp;#64;aube.fr
+ Kamel Kacihi
+ &lt;br /&gt;
+ Tél. : 01 53 85 64 72
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
-[...473 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c39-aide-a-la-restauration-et-numerisation-duvre-/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>