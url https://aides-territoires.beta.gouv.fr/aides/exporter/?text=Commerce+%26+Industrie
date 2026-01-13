--- v0 (2025-11-05)
+++ v1 (2026-01-13)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA107"/>
+  <dimension ref="A1:AA84"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1117 +228,187 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>155120</v>
+        <v>162274</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Créer, rénover, étendre l'immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère)</t>
+          <t>Bénéficier de conseil et de financement pour créer, reprendre, transmettre ou développer votre entreprise</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Dernier commerce de sa spécialité – boutique éphémère (politique territoriale 22-28)</t>
+          <t>Mon projet d'entreprise</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune
-Intercommunalité / Pays</t>
+          <t>Entreprise privée
+Particulier</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Min : 10 Max : 60</t>
+          <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...67 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;span&gt;Vous souhaitez créer, reprendre, transmettre ou développer votre entreprise et avez besoin d’être accompagné ? Avec Mon projet d’entreprise, la Région Sud prend en charge le conseil et le financement dont vous avez besoin, près de chez vous, gratuitement ou à un coût réduit.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Mon projet d’entreprise s’adresse à tous les porteurs de projet et entreprises du territoire :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur statut :&lt;/strong&gt; demandeur d’emploi, salarié, étudiant, retraité, chef d’entreprise, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit leur projet :&lt;/strong&gt; projet individuel, projet à potentiel de création d’emplois et/ou d’innovation, projets engagés dans l’&lt;strong&gt;&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire"&gt;&lt;strong&gt;économie sociale et solidaire&lt;/strong&gt;&lt;/a&gt;&lt;/strong&gt;, etc.&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Quel que soit le secteur d’activité :&lt;/strong&gt; artisanat, commerce, industrie, services, etc.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Foncier
-[...2 lines deleted...]
-Réhabilitation</t>
+          <t>Emploi</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...106 lines deleted...]
-</t>
+          <t>&lt;p&gt;Rapprochez-vous du réseau d&amp;#039;accompagnement et de financement régional en accédant aux rubriques &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/creation-reprise" target="_blank" title="https://entreprises.maregionsud.fr/creation-reprise"&gt;CREATION-REPRISE&lt;/a&gt;&lt;/strong&gt; ou &lt;strong&gt;&lt;a href="https://entreprises.maregionsud.fr/developpement-rebond" target="_blank" title="https://entreprises.maregionsud.fr/developpement-rebond"&gt;DEVELOPPEMENT-REBOND&lt;/a&gt;&lt;/strong&gt; du Portail Entreprises de la Région Sud ! &lt;/p&gt;
+&lt;p&gt;Selon votre situation, un conseiller vous accompagnera dans vos démarches en abordant en profondeur les composantes indispensables à connaitre avant de lancer votre activité ou rendre votre entreprise plus compétitive.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>Manche</t>
+          <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.manche.fr/guide-des-aides/dernier-commerce-de-sa-specialite-boutique-ephemere-politique-territoriale-22-28/</t>
-[...4 lines deleted...]
-          <t>https://subventions.manche.fr/</t>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-dentreprise</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;br /&gt; Permanence téléphonique du &lt;strong&gt;lundi&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;au &lt;strong&gt;vendredi&lt;/strong&gt;&lt;br /&gt; de &lt;strong&gt;8h30 à 12h30&lt;/strong&gt; et de &lt;strong&gt;13h30 à 17h30&lt;/strong&gt; au &lt;br /&gt; &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+          <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1245-dernier-commerce-de-sa-specialite-boutique-ep/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-dentreprise-le-parcours-daccompagnement-et-de-financement-des-entreprises-regionales/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>128235</v>
+        <v>44441</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d'un soutien dans la création d'une boutique - Boutique Tremplin</t>
-[...4 lines deleted...]
-          <t>BT</t>
+          <t>Soutenir le tourisme, le commerce de proximité et l'artisanat : L'OCCAL</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Ouest Aveyron Communauté</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
-        <is>
-[...730 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte et objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région, la Banque des Territoires, 12 Départements et 145 intercommunalités font pack pour soutenir le tourisme, le commerce de proximité et l&amp;#039;artisanat.
 &lt;/p&gt;
 &lt;p&gt;
  Le secteur du tourisme est l&amp;#039;un des secteurs les plus touchés avec la crise du Covid-19. Le tourisme est un secteur qui pèse en Occitanie avec 15.9 milliards de consommation touristique, 10.3 % du PIB et près de 100 000 emplois. Il en est de même pour le commerce et l&amp;#039;artisanat de proximité essentiel pour la vitalité et l&amp;#039;attractivité des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Après la période de confinement qui a fortement impacté les activités économiques, il convient de favoriser le redémarrage du tourisme, du commerce et artisanat de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif L&amp;#039;occal a pour objectif d&amp;#039;aider les entreprises à redémarrer leur activité et leur permettre de s&amp;#039;adapter rapidement aux exigences très fortes qui vont s&amp;#039;imposer  en termes de propreté et d&amp;#039;application des mesures sanitaires
 Lecture
 L&amp;#039;OCCAL, la relance du tourisme, commerce &amp;amp; artisanat
 par
 Région Occitanie
 https://youtu.be/qu7kY5eXGFA?rel&amp;#61;0
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, la Région, en partenariat la Banque des territoires, les Départements et les EPCI d&amp;#039;Occitanie créée le fonds « L&amp;#039;OCCAL » qui propose des aides au travers de 2 volets à :
@@ -1413,63 +483,63 @@
   (non cumulable avec le Pass Rebond) :
   &lt;ul&gt;
    &lt;li&gt;
     Pour les commerces et artisans de proximité : aide plafonnée à
     &lt;strong&gt;
      2 K€
     &lt;/strong&gt;
    &lt;/li&gt;
    &lt;li&gt;
     Pour les structures touristiques : aide plafonnée à
     &lt;strong&gt;
      20 K€
     &lt;/strong&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Plancher de l&amp;#039;aide : aide proportionnelle minimale de 250 €. Les taxis pourront faire l&amp;#039;objet d&amp;#039;une aide forfaitaire de 150€ par véhicule pour les aménagements de séparation en Plexiglass, support de gel hydro alcoolique...
  &lt;/li&gt;
  &lt;li&gt;
   Pourront être prises en compte les dépenses engagées à compter du 14 mars 2020
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Artisanat</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    Pour le Tourisme :
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Personnes physiques et morales, Micro entreprises [ 1 ] , TPE, PME touristiques,
  &lt;/li&gt;
  &lt;li&gt;
   Associations touristiques et du tourisme social et solidaire,
  &lt;/li&gt;
  &lt;li&gt;
   Communes et EPCI propriétaires et/ou gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local qui assurent plus de 50% de leurs recettes annuelles.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -1489,2171 +559,409 @@
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;em&gt;
     &lt;strong&gt;
      Volet 1 : Redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie :
     &lt;/strong&gt;
    &lt;/em&gt;
    Structures et associations de moins de 3 ans et structures de plus de 3 ans dont les soutiens privés et publics à la trésorerie s&amp;#039;avèrent insuffisantes / Priorité aux entreprises n&amp;#039;ayant pas bénéficié d&amp;#039;aides directes en trésorerie par ailleurs (PGE, prêt rebond,...).
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     &lt;em&gt;
      Volet 2 : Accompagner les investissements pour la mise en œuvre de mesures sanitaires :
     &lt;/em&gt;
    &lt;/strong&gt;
    Prioritairement les entreprises et autres acteurs mentionnés ci-dessus ayant fait l&amp;#039;objet de l&amp;#039;arrêté de fermeture du 14 mars 2020 ou ayant subi de fortes baisses d&amp;#039;activités
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/loccal</t>
         </is>
       </c>
-      <c r="W8" s="1" t="inlineStr">
+      <c r="W3" s="1" t="inlineStr">
         <is>
           <t>https://mesaidesenligne.laregion.fr/account-management/croccitanie-demandeurs/ux/#/login?redirectTo=https%3A%2F%2Fmesaidesenligne.laregion.fr%2Faides%2F%23%2Fcroccitanie%2Fconnecte%2FF_DTT_L_OCCAL_2%2</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Par mail : loccal&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  Pour les entreprises : Tél. 0800 31 31 01
 &lt;/p&gt;
 &lt;p&gt;
  Pour les associations touristiques du tourisme sociale et solidaire : Tél. 3010
 &lt;/p&gt;
 &lt;p&gt;
  Pour les communes et EPCI gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local : Tél. 3010
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>alexia.gazel@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4d5-loccal-soutenir-le-tourisme-le-commerce-de-pr/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...631 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>94896</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la digitalisation des commerces</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
-[...7 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
-[...8 lines deleted...]
- Elle vous propose ainsi un service sur mesure en fonction de votre stratégie locale de développement économique :
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modèles économiques des commerces sont depuis plusieurs années fragilisés du fait principalement de l&amp;#039;évolution des modes de consommation (mobilité des consommateurs, digitalisation de l&amp;#039;acte d&amp;#039;achat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces évolutions se sont accélérées avec la crise sanitaire et
+ &lt;strong&gt;
+  imposent aujourd&amp;#039;hui à tout commerce de repenser sa stratégie de digitalisation et d&amp;#039;accélérer sa mise en œuvre
+ &lt;/strong&gt;
+ .
+Il est ainsi proposé de mettre l&amp;#039;accent sur la digitalisation des entreprises et notamment des commerces dans le cadre d&amp;#039;un programme sur mesure &amp;#34;
+ &lt;strong&gt;
+  Grand Est Transformation Digitale
+ &lt;/strong&gt;
+ &amp;#34;.
+Le dispositif propose un parcours de digitalisation articulé autour :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...1 lines deleted...]
-  &lt;/strong&gt;
+  D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI / communes / Union de Commerçants ...), dans la définition et la mise en œuvre de plans d&amp;#039;actions collectifs en faveur des commerces avec 2 volets d&amp;#039;accompagnement :
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     Volet 1
+    &lt;/strong&gt;
+    : un accompagnement des EPCI / Communes en ingénierie par la CCI Grand Est ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     Volet 2
+    &lt;/strong&gt;
+    : un accompagnement opérationnel aux projets coopératifs/collectifs de plateformes d&amp;#039;achat, marketplace, plateforme de réservation...qui font suite à l&amp;#039;accompagnement de la CCI Grand Est ;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises et qui fait l&amp;#039;objet d&amp;#039;un règlement dédié ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mode de réception des demandes et des dossiers : au fil de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ Territoires éligibles
+&lt;/h2&gt;
+&lt;p&gt;
+ Les territoires ciblés de manière prioritaire correspondent aux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  18 EPCI situées au croisement des démarches POCE, Territoire d&amp;#039;Industrie et Coeur de Ville et aux Communes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centralités Rurales (Présence d&amp;#039;au moins 15 équipements de type intermédiaire - définition INSEE),
+Population de moins de 8 000 habitants pour l&amp;#039;année 2013,
+Appartenance à un bassin de vie de moins de 100 000 habitants) : communes ou EPCI composés majoritairement de centralités rurales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres collectivités pour des problématiques liées aux hyper-centre sous réserve d&amp;#039;une validation préalable par la Région.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;h3&gt;
+ Volet 1
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement en ingénierie par la CCI Grand Est
+Sont éligibles les EPCI/Communes de l&amp;#039;EPCI n&amp;#039;ayant pas transféré la compétence à l&amp;#039;EPCI des territoires précisés ci-dessus.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Volet 2
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement aux projets coopératifs/collectifs de plateforme d&amp;#039;achat, marketplace...
+Sont éligibles les EPCI/Communes de l&amp;#039;EPCI n&amp;#039;ayant pas transféré la compétence à l&amp;#039;EPCI des territoires précisés ci-dessus mais également d&amp;#039;autres types de porteurs (associations, GIP, Département, Syndicat mixte, établissements publics...) – le projet concerné aura fait l&amp;#039;objet d&amp;#039;un accompagnement de la CCI Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h2&gt;
+&lt;h3&gt;
+ Aide au conseil (Volet 1)
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : Subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : Fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux : 80% de l&amp;#039;effort consenti par l&amp;#039;EPCI ou la Commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;aide : 50 000 € par EPCI ou Commune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Aide à l&amp;#039;investissement (Volet2)
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : Subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : Investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux : 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;aide : 20 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Volet 1
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement en ingénierie sera réalisé par la CCI Grand Est qui définira en lien avec l&amp;#039;EPCI ou la commune le besoin d&amp;#039;accompagnement. Celui-ci sera donc adapté aux territoires et personnalisé selon le tissu commercial du territoire.
   &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 2
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;acquisition de solutions digitales permettant la mise en œuvre de marketplace, plateforme d&amp;#039;achat, plateforme commerciale, plateforme de réservation... et figurant dans la liste ci-dessous : Dépenses d&amp;#039;investissements éligible Type de dépenses Logiciels/Sites Web marchands / Applications mobiles / Outils de travail collaboratifs
   &lt;br /&gt;
-  L&amp;#039;analyse quantitative et qualitative de données est produite à partir :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de licences et logiciels
   &lt;br /&gt;
-  - des données collectées sur les sources les plus pertinentes à votre besoin (sources CCI, organismes publics INSEE, URSSAF, partenaires, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de développement, de paramétrage et de conception
   &lt;br /&gt;
-  - de recherches documentaires (presse, web, rapports d&amp;#039;experts, études antérieures et documents d&amp;#039;urbanisme) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissement liés au développement d&amp;#039;un service (site internet / intranet / application)
   &lt;br /&gt;
-  - d&amp;#039;un repérage de projets qui entrent dans le périmètre de l&amp;#039;analyse.
-[...22 lines deleted...]
-  - la rédaction des contenus et des conclusions sur vos supports destinés à promouvoir votre démarche.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-[...36 lines deleted...]
-International
+Les abonnements, contrats et autres services ne sont pas éligibles
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
 Attractivité économique
-Industrie</t>
-[...2 lines deleted...]
-      <c r="O13" s="1" t="inlineStr">
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
-[...232 lines deleted...]
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
-[...14 lines deleted...]
-  &lt;/span&gt;
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-collectif/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;un dossier de candidature qui sera adressé à
+ &lt;a href="mailto:transfodigitale.parcourscollectif&amp;#64;grandest.fr"&gt;
+  transfodigitale.parcourscollectif&amp;#64;grandest.fr
  &lt;/a&gt;
- - 06 69 71 55 38 - 02 30 19 01 82
-[...10 lines deleted...]
- &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/580f-grand-est-transformation-digitale-parcours-co/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...986 lines deleted...]
-      <c r="A21" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>94933</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Soutenir les librairies indépendantes</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Aide à la librairie indépendante</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aide &amp;#34;Aide à la librairie indépendante&amp;#34;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les aides s&amp;#039;adressent aux points de vente de livres indépendants qui répondent aux critères suivants et ayant au moins un an d&amp;#039;existence (hors cas de création d&amp;#039;une nouvelle librairie) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   TPE, PME faisant l&amp;#039;objet d&amp;#039;une inscription au registre du commerce et des sociétés en Grand Est, ayant pour activité la vente de livres, ou association domiciliée dans le Grand Est dont la création a fait l&amp;#039;objet d&amp;#039;une parution au Journal officiel ;
  &lt;/li&gt;
  &lt;li&gt;
   proposant la vente des titres détenus en stock dans un local accessible à tout public ;
  &lt;/li&gt;
  &lt;li&gt;
   réalisant au moins 40 % de leur chiffre d&amp;#039;affaires annuel avec la vente de livres neufs au détail ;
  &lt;/li&gt;
  &lt;li&gt;
@@ -3720,8772 +1028,4158 @@
    et le
    &lt;strong&gt;
     30 juin 2021
    &lt;/strong&gt;
    (seconde session)
   &lt;/li&gt;
   &lt;li&gt;
    et
    &lt;strong&gt;
     31 octobre 2021
    &lt;/strong&gt;
    (troisième session) conjointement aux deux adresses suivantes :
    &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
     livre&amp;#64;grandest.fr
    &lt;/a&gt;
    et
    &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr"&gt;
     demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
    &lt;/a&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    aide à la création ou à la reprise-transmission (en articulation des dispositifs existants : Région Grand Est, Centre national du Livre, IFCIC, ADELC, FISAC, etc.) Ces aides peuvent permettre de financer les frais d&amp;#039;établissement, tout type de travaux, acquisition de mobiliers, matériels et d&amp;#039;outils liés à l&amp;#039;activité de vente de livres neufs dans le local commercial et/ou la constitution ou le rachat de stock de livres neufs. Elles auront prioritairement vocation à aider à la création de librairies dans des territoires où le commerce de livres est absent ou rare. La demande de subvention ne peut porter sur des acquisitions immobilières ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    aide à l&amp;#039;aménagement des locaux (agencement, agrandissement, rénovation, modernisation, déménagement dans des locaux plus spacieux et attractifs, etc.) et à l&amp;#039;équipement matériel et mobilier. Une attention particulière sera portée aux projets concourant au développement durable. Ne sont pas éligibles les prestations et/ou fournitures afférentes à une activité complémentaire (café- librairie, etc.) ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    aide à l&amp;#039;équipement informatique et logiciel et à la formation de l&amp;#039;outil logiciel (informatisation ou ré- informatisation), aide au développement numérique : création, pérennisation ou refonte d&amp;#039;un site internet, hors contrat d&amp;#039;abonnement, investissements liés à des outils numériques de promotion des librairies indépendantes et de proximité ou présence sur des plateformes de vente en ligne existantes. Seuls les logiciels dédiés aux différents services proposés par les libraires sont éligibles ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    aide à la valorisation et au développement d&amp;#039;un fonds général ou de fonds thématiques particuliers ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    aide à la création de l&amp;#039;emploi qualifié en cdi, soutien dégressif sur 2 ans pendant la durée de validité de la convention, jusqu&amp;#039;à 40 % du salaire brut en année 1 puis jusqu&amp;#039;à 30% de salaire brut en année 2 (après mobilisation prioritaire des dispositifs de droit commun). Une attention particulière sera portée aux projets de transformation d&amp;#039;un contrat en alternance en cdi ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    aide à l&amp;#039;adhésion aux outils de gestion ou services interprofessionnels permettant d&amp;#039;améliorer les pratiques commerciales, prises en charge totale ou partielle des cotisations de nouveaux adhérents (1ère année uniquement) ;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    aide à l&amp;#039;animation culturelle, à la promotion et à la communication : développement d&amp;#039;une politique d&amp;#039;animation autour du livre, programmation de rencontres avec des auteurs sur le lieu de ventes ou hors les murs, mise en place d&amp;#039;événements exceptionnels, développement d&amp;#039;outils de communication.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P21" s="1" t="inlineStr">
+      <c r="P5" s="1" t="inlineStr">
         <is>
           <t>15/03/2019</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les dossiers seront analysés par le comité de sélection en fonction des critères suivants :
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    les qualités et la pertinence techniques du projet proposé
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    les compétences professionnelles et la formation du personnel
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    le niveau d&amp;#039;adéquation du projet proposé au regard des conditions d&amp;#039;éligibilité
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    la faisabilité financière du projet et les capacités d&amp;#039;autofinancement de la librairie
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;enveloppe budgétaire disponible.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aide-a-la-librairie-independante/</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;h3&gt;
   &lt;strong&gt;
    &lt;a href="mailto:sophie.abellan&amp;#64;grandest.fr"&gt;
     Sophie ABELLAN
    &lt;/a&gt;
   &lt;/strong&gt;
  &lt;/h3&gt;
  &lt;h3&gt;
   Chargée de mission livre
  &lt;/h3&gt;
  &lt;h3&gt;
   Région Grand Est
  &lt;/h3&gt;
  &lt;h3&gt;
   Tél. 03 26 70 74 64
  &lt;/h3&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;strong&gt;
     Les dossiers doivent être transmis uniquement de manière dématérialisée pour le
    &lt;/strong&gt;
   &lt;/p&gt;
   &lt;p&gt;
    &lt;/p&gt;&lt;ul&gt;
     &lt;li&gt;
      31 mars 2021 (première session)
      &lt;br /&gt;
     &lt;/li&gt;
     &lt;li&gt;
      et le 30 juin 2021 (seconde session)
      &lt;br /&gt;
     &lt;/li&gt;
     &lt;li&gt;
      et 31 octobre 2021 (troisième session) conjointement aux deux adresses suivantes :
      &lt;a href="mailto:livre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
       livre&amp;#64;grandest.fr
      &lt;/a&gt;
      et
      &lt;a href="mailto:demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
       demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
      &lt;/a&gt;
      &lt;br /&gt;
     &lt;/li&gt;
    &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8cd7-aide-a-la-librairie-independante/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H22" s="1" t="inlineStr">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>98767</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le développement économique et l'emploi</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...5 lines deleted...]
- Les dépenses éligibles sont celles liées :
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2010, le Pays vit une profonde transformation de son tissu économique. Il s&amp;#039;appuyait sur une production
+ agricole reconnue par les industriels, des unités de sous-traitance automobiles et agroalimentaires diversifiées et
+ un secteur tertiaire principalement tourné vers la santé et la vie publique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;expérience de revitalisation économique menée dans le cadre du dispositif Fonds National d&amp;#039;Aménagement et
+ de Développement du Territoire (FNADT) vient de s&amp;#039;achever sur un bilan très positif de 500 emplois créés. La
+ démarche de Veille prospective agricole et agroalimentaire va générer de nouvelles dynamiques des filières. Les
+ artisans et les commerçants de proximité souhaitent travailler en réseau, apporter des services nouveaux et
+ ouvrir des complémentarités face au développement des agglomérations.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  à l&amp;#039;accessibilité (travaux et aménagement permettant une conformité avec la loi &amp;#34;handicap&amp;#34;,
-[...35 lines deleted...]
-  à la climatisation (hors chauffage).
+  Prospection, accueil et transmission d&amp;#039;unités économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consolidation des richesses du territoire (hommes et savoir-faire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau des acteurs, circulation de l&amp;#039;information, constitution de filières ou cluster
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamisation des filières économiques, dont le commerce et l&amp;#039;artisanat de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de stratégies concertées, de sites et d&amp;#039;événements touristiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
-[...53 lines deleted...]
-  le commerce de gros.
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de forum de l&amp;#039;emploi, de réunion d&amp;#039;information sur les besoins en manœuvre locale...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de rencontre par filières économiques, de speed dating...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition de conseil en gestion de projets entreprenariaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentations d&amp;#039;actions collectives dans le domaine de l&amp;#039;artisanat et du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de développement de la stratégie touristique du territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
-[...146 lines deleted...]
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie locale et circuits courts
-Revitalisation
-[...3 lines deleted...]
-      <c r="O23" s="1" t="inlineStr">
+Emploi
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
-[...21 lines deleted...]
- &lt;br /&gt;
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts directs en lien avec l&amp;#039;opération, dont :
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européen intervient toujours en contrepartie de financements publics nationaux différents de l&amp;#039;Europe. Pour un porteur de projet privé, cela implique qu&amp;#039;il devra solliciter un autre co-financeur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ Au niveau administratif :
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
-[...498 lines deleted...]
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
-[...29 lines deleted...]
-  Vous pouvez directement planifier un appel de 15 minutes ici
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...3 lines deleted...]
-  contact&amp;#64;monepi.fr
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...14 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>m.pondard@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a57e-favoriser-le-developpement-economique-et-lemp/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G26" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>102299</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création d'épiceries solidaires</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Appel à candidatures pour la création épiceries solidaires - Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Association
-Entreprise privée
-[...4 lines deleted...]
-      <c r="H26" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de
+ &lt;strong&gt;
+  France Relance
+ &lt;/strong&gt;
+ , et avec le soutien de ses partenaires, le réseau des épiceries solidaires ANDES soutient massivement la création de nouvelles épiceries solidaires et  lutte contre la précarité alimentaire tout en favorisant l&amp;#039;accès aux produits frais et de qualité, pour les populations isolées ou modestes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La crise sanitaire que nous traversons, devenue une crise économique et sociale, affecte durablement les ménages déjà fragiles, et de nouvelles catégories de population peu habituées à l&amp;#039;aide alimentaire (étudiants, travailleurs indépendants, familles monoparentales, familles modestes touchées par le chômage partiel...).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les épiceries solidaires sont une réponse pertinente à ces nouveaux besoins, en permettant à la fois un accès digne et non stigmatisant à une alimentation de qualité, un accompagnement personnalisé et une aide pour surmonter les difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les épiceries solidaires sont des structures d&amp;#039;aide alimentaire et d&amp;#039;accompagnement social, proposant à leurs bénéficiaires d&amp;#039;effectuer leurs courses comme dans un commerce classique, pour un coût entre 10% et 30% de la valeur marchande des produits. Les bénéficiaires, orientés par des travailleurs sociaux, accèdent à l&amp;#039;épicerie pour une durée limitée et ont également accès à un accompagnement social pour les aider à sortir des difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de France Relance, et avec le soutien de ses partenaires, ANDES vous accompagne dans votre projet. Les frais d&amp;#039;accompagnement sont pris en charge et une subvention est proposée pour les premiers investissements matériels. L&amp;#039;objectif : développer 300 nouvelles épiceries solidaires dans toute la France.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs de projet sélectionnés pourront bénéficier :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;un accompagnement à la création par les équipes ANDES ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   du financement d&amp;#039;une partie des investissements nécessaires à l&amp;#039;ouverture de l&amp;#039;épicerie : de 2 000€ à 15 000€ selon les projets
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Alimentation
+Economie sociale et solidaire
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Organismes public ou privé et porteurs de projet souhaitant voir s&amp;#039;implanter une épicerie solidaire sur son territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/creer-une-epicerie-solidaire/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/appel-candidatures-creation-epiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Audrey LATRA :
+ &lt;a href="mailto:audrey.latra&amp;#64;andes-france.com" rel="noopener" target="_blank"&gt;
+  audrey.latra&amp;#64;andes-france.com
+ &lt;/a&gt;
+ - 07 87 35 58 75
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>caroline.bechade@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19a-soutenie-la-creation-depiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>103276</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Constituer ou renforcer le fonds d'une librairie indépendante dans une situation de création, reprise, déménagement ou rénovation</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la librairie indépendante</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide régionale vise à accompagner les librairies indépendante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale vise à accompagner les librairies indépendantes pour la constitution ou le renforcement du fonds et dans le cadre de création, reprise, déménagement ou rénovation de la librairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale spécifique est calculée sur une base subventionnable HT à laquelle s&amp;#039;applique un taux modulable maximum de 50% de la dépense éligible, dans la limite d&amp;#039;un plafond fixé à 50 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez contacter Laurence Vintéjoux pour demander le dossier de demande de subvention :
+ &lt;a href="mailto:laurence.vintejoux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  laurence.vintejoux&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide régionale est à adresser par mail à cette même adresse, accompagné des pièces listées dans le dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;attribution de l&amp;#039;aide : avoir la majorité du capital détenu par des personnes physiques impliquées dans le fonctionnement de l&amp;#039;entreprise / être une librairie de littérature générale ou spécialisée, magasin ouvert au public dont l&amp;#039;activité principale est la vente de livres neufs, diversifier les catégories d&amp;#039;ouvrages de fonds et favoriser la promotion de tous les ouvrages dans leur diversité / nature de la librairie : qualification du libraire, implantation, spécificité, histoire, etc / dans le cadre de la constitution ou de renforcement du fonds : stratégie de constitution, de gestion et caractère culturel du fonds / dans le cadre de leur création, reprise, déménagement ou rénovation : stratégie du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides régionales visent à accompagner les projets des librairies indépendantes:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   dans le cadre de la constitution ou de renforcement du fonds : la constitution d&amp;#039;un fonds général lié à un projet de création de librairie ; le rachat d&amp;#039;un stock ou le développement d&amp;#039;un fonds pour une reprise ; le projet de renforcement d&amp;#039;un fonds général lié au développement de la librairie ; la création d&amp;#039;un fonds thématique particulier.
+  &lt;/li&gt;
+  &lt;li&gt;
+   dans le cadre de leur création, reprise, déménagement ou rénovation, notamment : la réalisation de travaux ; l&amp;#039;achat de mobilier ; l&amp;#039;achat de matériel (enseigne, signalétique, éclairage, etc.); les travaux de mise en sécurité. Sont éligibles les dépenses de fonctionnement ou d&amp;#039;investissement exclusivement imputables à l&amp;#039;action concernée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dates limites de dépôt des dossiers : avant le 15 décembre, le 15 mars ou le 30 juin. Le projet ne doit pas avoir débuté à date de sa présentation en commission, qui intervient environ 4 mois après la date-limite de dépôt. Les dépenses ne doivent pas être engagées avant la date de la commission.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Librairies indépendantes franciliennes, personnes morales de droit privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-librairie-independante</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture - Service Livre
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence VINTEJOUX, Chargée de mission livre
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:laurence.vintejoux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  laurence.vintejoux&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 53 85 67 53
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d07a-aide-a-la-librairie-independante/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>103491</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer  la présence et les ventes sur Internet des artisans et commerçants franciliens avec une aide pouvant aller jusqu'à 1.500€</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Chèque numérique pour un commerce connecté</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>La Région soutient, avec une aide pouvant aller jusqu&amp;#039;à 1.500€, la transition numérique des artisans et commerçants franciliens. Objectifs : améliorer leur présence et leurs ventes sur Internet.
+&lt;br /&gt;
+&lt;p&gt;
+ Le Chèque numérique volet 1 vise à maintenir et développer l&amp;#039;activité des artisans et commerçants de proximité grâce au digital.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer leur gestion digitale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer du flux dans leur boutique grâce au marketing digital,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Booster leurs ventes grâce au e-commerce.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il peut financer :
+&lt;/p&gt;
+&lt;p&gt;
+ 1-
+ &lt;strong&gt;
+  SOIT des dépenses de fonctionnement
+ &lt;/strong&gt;
+ (charges) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abonnement solutions digitales de gestion (logiciel de caisse...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publicité digitale, solutions de fidélisation, achat de mots-clés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Référencement, nom de domaine, hébergement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Abonnement logiciel de création de site en SaaS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Abonnement ou commissions sur ventes liés à solution digitale (marketplace, clickandcollect...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services de livraison,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Location/abonnement box pro wifi, location d&amp;#039;écrans de diffusion,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2.
+ &lt;strong&gt;
+  SOIT des dépenses d&amp;#039;investissement
+ &lt;/strong&gt;
+ (actif) pour le développement/acquisition de site, l&amp;#039;achat de licences ou d&amp;#039;écrans de diffusion.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1. Pour évaluer votre situation numérique, vous pouvez réaliser en 5 min votre autodiagnostic en ligne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.laboutic.fr/diagnostic.php?diagnostic&amp;#61;" rel="noopener" target="_blank"&gt;
+   Dédié aux commerçants
+  &lt;/a&gt;
+  (CCI),
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://autodiagnostic-numerique.crma-idf.com/" rel="noopener" target="_blank"&gt;
+   Dédié aux artisans
+  &lt;/a&gt;
+  (CRMA).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous pouvez aussi consulter
+ &lt;a href="https://smartidf.services/fr/solutions-covid19" rel="noopener" target="_blank"&gt;
+  la plateforme de solutions Covid
+ &lt;/a&gt;
+ pour les artisans et commerçants et
+ &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2019/11/Cheque_numerique_guide.pdf" rel="noopener" target="_blank"&gt;
+  le guide téléchargeable
+ &lt;/a&gt;
+ pour vous aider à choisir les solutions
+ &lt;br /&gt;
+ adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Réunissez les pièces nécessaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un extrait Kbis ou D1 de moins de 3 mois,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les pièces justificatives des dépenses prévisionnelles (devis, grille tarifaire,...)
+  &lt;strong&gt;
+   OU
+  &lt;/strong&gt;
+  les factures acquittées (à compter du 12/03/2020) et le formulaire téléchargeable en ligne.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Déposez votre demande d&amp;#039;aide sur
+ &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Le versement sera directement effectué en cas de transmission de factures. Pour les demandes avec devis, transmettez votre demande de versement avec les factures acquittées (dans un délai maximal d&amp;#039;un an).
+ &lt;strong&gt;
+  Les factures indiquent un n° de chèque, un règlement CB, un virement ou la mention « payé ».
+ &lt;/strong&gt;
+ Le versement prend la forme d&amp;#039;un paiement unique ou d&amp;#039;un paiement en 2 fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en compte
+ &lt;strong&gt;
+  en HT
+ &lt;/strong&gt;
+ portent sur une période maximale de 12 mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une subvention pouvant aller jusqu&amp;#039;à 1.500€.
+&lt;/p&gt;
+&lt;strong&gt;
+ Montant HT des dépenses éligibles
+&lt;/strong&gt;
+&lt;strong&gt;
+ Montant du chèque
+&lt;/strong&gt;
+À partir de 300€
+150€
+À partir de 600€
+300€
+À partir de 900€
+450€
+À partir de 1.200€
+600€
+À partir de 1.500€
+750€
+À partir de 1.800€
+900€
+À partir de 2.100€
+1.050€
+À partir de 2.400€
+1.200€
+À partir de 2.700€
+1.350€
+À partir de 3.000€
+1.500€
+&lt;p&gt;
+ La subvention est calculée sur les montants Hors Taxes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses de matériel de type ordinateur ou caisse connectée ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>14/11/2019</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour toute information sur l&amp;#039;aide :
+   &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr"&gt;
+    aides.economiques&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour toute question sur votre dossier :
+   &lt;a href="mailto:chequenumerique&amp;#64;cci-paris-idf.fr"&gt;
+    chequenumerique&amp;#64;cci-paris-idf.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dd50-cheque-numerique-pour-un-commerce-connecte/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>103528</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’installation de locaux commerciaux permettant d’accueillir en alternance des activités variées au cœur des communes rurales</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux commerces ruraux : boutique d'un jour</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région soutient l&amp;#039;installation de locaux commerciaux permettant d&amp;#039;accueillir en alternance des activités variées au cœur des communes rurales.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif peut financer l&amp;#039;acquisition d&amp;#039;un local commercial adapté, mais également les études et travaux d&amp;#039;aménagement de l&amp;#039;espace, afin d&amp;#039;y permettre plusieurs activités économiques en alternance tout au long de la semaine, avec toutes les fonctionnalités nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets peuvent présenter leurs dossiers de candidature toute l&amp;#039;année sur notre plateforme en ligne mesdemarches.iledefrance.fr.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services, l&amp;#039;attribution et le montant définitif des aides sont votés en Commission permanente.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un dispositif complémentaire existe pour améliorer l&amp;#039;environnement des commerces de proximité, et/ou à sauver le dernier commerce des centres villes et centres bourgs.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Agriculture et agroalimentaire
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 20 000 habitants, hors Métropole du Grand Paris,
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à compétence commerce, dont le siège est situé hors unité urbaine de Paris.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+60% des dépenses éligibles (subvention maximale : 150 000€ pour les communes et 200 000€ pour les EPCI), avec un seuil minimum d&amp;#039;intervention de 50 000€ HT.
+&lt;br /&gt;
+&lt;br /&gt;
+Une commune ou un EPCI peut être signataire de plusieurs conventions portant sur des projets différents.</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HkMOlVCb5</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  commerces-ruraux&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad01-soutien-aux-commerces-ruraux-boutique-dun-jou/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>117149</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des friches industrielles et commerciales</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
-[...2 lines deleted...]
- La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages financiers, urbanistiques et calendaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic de site.
+ Le cas échéant, production d&amp;#039;un bilan financier d&amp;#039;aménagement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Participation en réunion de travail
+  &lt;/li&gt;
+  &lt;li&gt;
+   Production de supports (ppt, notes)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Sur devis au cas par cas (temps passé estimé).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e37-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>117378</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Assister les collectivités dans un projet de requalification des anciennes zones d'activité</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité d&amp;#039;optimiser ses arbitrages et de sécuriser ses investissements
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
-[...8 lines deleted...]
-   du projet dans son environnement
+  Aide à l&amp;#039;élaboration d&amp;#039;un diagnostic global de zones d&amp;#039;activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise en architecture et urbanisme (schéma d&amp;#039;intention, identification des enjeux, apport de références, animation de réunions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation en réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  (le cas échéant), production d&amp;#039;une note de synthèse
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
-[...9 lines deleted...]
- &lt;br /&gt;
+ Sur devis au cas par cas (temps passé estimé).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
-[...29 lines deleted...]
- Politiques et actions d&amp;#039;accueil de nouvelle population
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
-[...6 lines deleted...]
-Recyclage et valorisation des déchets
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b8e3-assister-les-collectivites-dans-un-projet-de-/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>117422</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition des enjeux d'aménagement et de développement local</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans  leurs réflexions amont d&amp;#039;aménagement et d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ - Aménagement d&amp;#039;un centre bourg,
+&lt;/p&gt;
+&lt;p&gt;
+ - Intégration des mobilités dans les espaces publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - Choix d&amp;#039;un lieu pour un équipement
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet d&amp;#039;aménagement pourra être poursuivi pour sa mise en œuvre dans le cadre d&amp;#039;ID77
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalité
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Premier contact avec la collectivité pour préciser la commande,
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;une réunion avec la collectivité, les services départementaux et organismes concernés, afin d&amp;#039;identifier les enjeux et problématiques,
+&lt;/p&gt;
+&lt;p&gt;
+ - Production par le Département d&amp;#039;un document synthétisant ces enjeux et proposant des outils à mobiliser.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
 Jeunesse
 Accès aux services
-Citoyenneté
+Cohésion sociale et inclusion
+Santé
 Commerces et services
-Formation professionnelle
-[...2 lines deleted...]
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
-Bâtiments et construction
+Biodiversité
+Equipement public
+Paysage
+Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
-Modes actifs : vélo, marche et aménagements associés
-[...5 lines deleted...]
-      <c r="O26" s="1" t="inlineStr">
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Milieux humides
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
-[...15 lines deleted...]
- 05 63 36 20 30
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f9b-accompagner-les-collectivites-dans-la-definit/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>119747</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Relocaliser l'alimentation et valoriser les produits locaux</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous aidons à développer l&amp;#039;approvisionnement local et à animer des dynamiques territoriales avec les acteurs des filières alimentaires locales. Nous proposons des solutions adaptées pour renforcer ces filières, favoriser les liens entre producteurs et consommateurs, soutenir l&amp;#039;économie territoriale et promouvoir une alimentation durable, tout en répondant aux enjeux de souveraineté alimentaire et de transition écologique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a1be-accompagner-lemergence-de-circuits-courts-et-/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>119907</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l’expertise d’un conseiller en développement  de l’économie de proximité implanté localement</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...12 lines deleted...]
-      <c r="K27" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
-[...9 lines deleted...]
- bancaires lorsque l&amp;#039;essentiel de leurs prestations s&amp;#039;adresse à la population locale.
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat, s&amp;#039;appuyant sur ses points de contact de proximité en Hexagone et dans les Outre-mer, met à votre disposition l&amp;#039;expertise de conseillers sur le développement, le soutien et la promotion de l&amp;#039;artisanat et de l&amp;#039;économie de proximité de votre territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet, et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA et ses produits phares, le conseiller CMA identifie avec vous les enjeux et besoins d&amp;#039;ingénierie pour la définition d&amp;#039;un plan d&amp;#039;action et la mise en œuvre de solutions adaptées.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller peut réaliser des études, des diagnostics et des observations prospectives. Il s&amp;#039;appuie sur le catalogue des produits inédits PVD et sur l&amp;#039;offre de services de la CMA pour vous proposer un plan d&amp;#039;action global répondant aux enjeux et problématiques soulevés par le diagnostic territorial. Les CMA pourront constituer le cas échéant des groupes de projet rassemblant leurs experts sur les thématiques de l&amp;#039;implantation et de la préservation des services de proximité, de la transmission-reprise, de l&amp;#039;aménagement et du parcours résidentiel des entreprises, de l&amp;#039;entrepreneuriat et de l&amp;#039;emploi, du développement des compétences des jeunes et demandeurs d&amp;#039;emploi, de l&amp;#039;accompagnement des entreprises dans les transitions écologique et numérique, du tourisme de savoir-faire et de la valorisation de l&amp;#039;excellence artisanale (dont les métiers d&amp;#039;art), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire (Agences de l&amp;#039;Etat, Préfectures, collectivités territoriales, Banque des Territoires, etc.).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O27" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;un portait de l&amp;#039;artisanat du territoire : diagnostic sur le potentiel de développement économique et d&amp;#039;aménagement d&amp;#039;un territoire (nombre de chefs d&amp;#039;entreprise, salariés, apprentis, entreprises artisanales, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation de diagnostic flash
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration d&amp;#039;un plan d&amp;#039;action adapté pour répondre aux besoins du territoire et mettre en place les actions adaptées aux acteurs économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à l&amp;#039;implantation d&amp;#039;artisans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
-[...103 lines deleted...]
-  maryvonne.bedos&amp;#64;aude.fr
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;br /&gt;
+ • Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Tel : 04.68.11.64.82
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9104-beneficier-de-lexpertise-dun-conseiller-en-de/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>119911</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’installation d’activités artisanales sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H28" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat vous propose l&amp;#039;expertise de ses conseillers en immobilier et implantation d&amp;#039;entreprises, sur l&amp;#039;aménagement et les documents d&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet et des besoins de votre territoire et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA, le conseiller CMA identifie avec vous les enjeux et besoins locaux et élabore un plan d&amp;#039;action pour la mise en œuvre de solutions adaptées. Le cas échéant :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Identifier les potentiels activités pouvant s&amp;#039;installer en fonction :
+ &lt;br /&gt;
+ - Des activités déjà présentes sur le territoire ;
+ &lt;br /&gt;
+ - De la concurrence entre grandes-moyennes surfaces et commerces de proximité ;
+ &lt;br /&gt;
+ - De l&amp;#039;équilibre entre activités économiques du centre et de la périphérie ;
+ &lt;br /&gt;
+ - Du sourcing des artisans intéressés pour une installation ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •S&amp;#039;informer sur les offres d&amp;#039;installations :
+ &lt;br /&gt;
+ - Identifier les locaux vacants ;
+ &lt;br /&gt;
+ - Etudier les projets d&amp;#039;aménagement et documents d&amp;#039;urbanisme ;
+ &lt;br /&gt;
+ - Anticiper les futures cession-reprise d&amp;#039;activités ;
+ &lt;br /&gt;
+ - Collaborer avec la foncière du territoire ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;installation de l&amp;#039;artisan et l&amp;#039;adaptation/l&amp;#039;aménagement des locaux ;
+ &lt;br /&gt;
+ - Identifier des artisans (par le biais de concours ou critères prédéfinis pas la collectivité ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;artisan sur son projet financier (vérification de la solidité financière du projet/business plan) ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Contribuer aux réflexions sur la logistique urbaine
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e5eb-copie-14h34-accompagner-linstallation-dactivi/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>119914</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Faire confiance au savoir-faire artisanal et impliquer les artisans dans vos projets</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les artisans sont des professionnels disposant d&amp;#039;une qualification et qui exerce une activité de production, de transformation, de réparation ou de prestation de services. Les chambres des métiers et de l&amp;#039;artisanat sont à leur côté pour leur apporter un appui et une expertise pour le développement de leur activité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous souhaitez mobiliser le savoir-faire des artisans dans vos projets, impliquer les forces-vives de vos territoires, les CMA vous proposent l&amp;#039;accompagnement de conseillers spécialisés :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Identifier vos besoins et les possibles interventions des artisans
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Par exemple, pour un projet de rénovation énergétique des bâtiments publics, faites appel à des artisans du bâtiment spécialisés ;
+ &lt;br /&gt;
+ Un projet alimentaire territorial peut développer l&amp;#039;approvisionnement des cantines scolaires en produit artisanaux de qualité et de proximité ;
+ &lt;br /&gt;
+ • Informer les artisans sur les projets locaux
+ &lt;br /&gt;
+ Parce que la première barrière pour que les artisans participent aux projets des collectivités c&amp;#039;est l&amp;#039;information. Faire prendre conscience aux artisans qu&amp;#039;ils peuvent contribuer aux projets locaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Accompagner les collectivités techniquement et juridiquement pour permettre aux artisans et PME de répondre aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les acteurs publics sur les services des artisans ;
+ &lt;br /&gt;
+ - Former les équipes des collectivités territoriales sur les freins d&amp;#039;accès des artisans et PME aux marchés publics ;
+ &lt;br /&gt;
+ - Accompagner techniquement les services pour ne pas bloquer les candidatures des artisans ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  • Accompagner les artisans dans leur réponse technique aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les artisans sur leur possibilité d&amp;#039;offrir leurs services au secteur public ;
+ &lt;br /&gt;
+ - Les former sur les principes de la commande publique ;
+ &lt;br /&gt;
+ - Leur apporter une aide technique sur la forme de la réponse à la commande publique ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  •Accompagner la collectivité dans son projet d&amp;#039;attractivité économique et de revitalisation de zones commerciales
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ - Identifier les artisans
+ &lt;br /&gt;
+ - Accompagner les démarches administratives liées à l&amp;#039;installation/reprise
+ &lt;br /&gt;
+ - Accompagner le projet financier (vérification de la solidité financière du projet/business plan)
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/03db-copie-14h44-faire-confiance-au-savoir-faire-a/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>120275</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Développer une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Développement d’une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture de la Drôme</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L28" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
-  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- La création ou le développement de projets commerciaux de type commerce, café, hôtel, camping, multiservices, alimentation.
+ Actions favorisant l&amp;#039;accès aux produits alimentaires locaux issus de l&amp;#039;agriculture : accompagnement à la création de marchés de producteurs ou à la redynamisation de marchés existants (marchés permanents ou ponctuels liés à un événement), accompagnement à la création d&amp;#039;un nouveau point de vente de produits locaux (étude de marché, animation du groupe de producteurs...), appui à la création de projet alimentaire territorial, promotion de la plate-forme Agrilocal (en partenariat avec le
+ &lt;a href="https://collectivites.ladrome.fr/service/approvisionnement-en-produits-locaux-avec-la-plateforme-agrilocal/"&gt;
+  Département
+ &lt;/a&gt;
+ ).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
+  Écoute, précision et retranscription des besoins de la collectivité territoriale (enjeux, objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des besoins du territoire au regard de ses spécificités et des caractéristiques des territoires limitrophes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition d&amp;#039;un plan d&amp;#039;actions adapté à la demande de la collectivité et aux spécificités du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diffusion des premières préconisations générales et points de vigilance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en relation avec des personnes ressources
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Discussion et validation du plan d&amp;#039;actions avec la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre du plan d&amp;#039;actions (spécifique à chaque collectivité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;une instance de concertation entre la Chambre d&amp;#039;Agriculture et la collectivité (comité de pilotage, de suivi...)
+  &lt;br /&gt;
+  Exemple pour la création d&amp;#039;un marché de producteurs :
+  &lt;br /&gt;
+  – étude de marché
+  &lt;br /&gt;
+  – recrutement de producteurs locaux
+  &lt;br /&gt;
+  – suivi du marché (enquête de satisfaction auprès des consommateurs et des producteurs)
+  &lt;br /&gt;
+  – suggestion d&amp;#039;animations
+  &lt;br /&gt;
+  – réalisation de bilans réguliers
+  &lt;br /&gt;
+  – médiation des relations producteurs / agents communaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;span&gt;
+   Exemple pour l&amp;#039;élaboration d&amp;#039;un projet alimentaire :
+  &lt;/span&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   diagnostic alimentaire du territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   concertation avec les acteurs du système alimentaire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   définition d&amp;#039;un plan d&amp;#039;actions
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   évaluation du projet
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre d&amp;#039;Agriculture de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Alimentation et Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 26 99 43
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:nina.croizet&amp;#64;drome.chambagri.fr" rel="noopener" target="_blank"&gt;
+    nina.croizet&amp;#64;drome.chambagri.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="http://rhone-alpes.synagri.com/portail/accueil26"&gt;
+    www.synagri.com/drome
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6651-developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>120316</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité commerciale d’un centre bourg, d’un centre ville</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité commerciale d’un centre bourg, d’un centre ville</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de Commerce et d'Industrie (CCI) de la Drôme</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une stratégie de renforcement de l&amp;#039;attractivité des centres bourgs et villes et élaboration d&amp;#039;un plan d&amp;#039;actions opérationnel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
   Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
-  Echange avec la collectivité pour :
+  Rendez-vous, échanges avec la collectivité pour :
   &lt;br /&gt;
-  – affiner les attentes de la collectivité par rapport au projet et visite terrain le cas échéant
+  – préciser la problématique de centre bourg qui se pose aux élus
   &lt;br /&gt;
-  – identifier les principales contraintes du projet
+  – prendre en compte l&amp;#039;ensemble des paramètres locaux
   &lt;br /&gt;
-  – préciser les modalités d&amp;#039;intervention possibles
+  – poser les bases d&amp;#039;une réponse à la problématique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Élaboration d&amp;#039;une offre d&amp;#039;intervention dont l&amp;#039;objectif est de fournir à la collectivité les informations pragmatiques quant à la faisabilité du projet pour une prise de décision objective.
+ Elaboration d&amp;#039;une offre d&amp;#039;intervention qui réponde aux attendus définis lors du rendez-vous initial.
 &lt;/p&gt;
 &lt;strong&gt;
  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
 &lt;/strong&gt;
 &lt;p&gt;
- Après validation de la proposition d&amp;#039;intervention par la collectivité :
+ Après validation de la proposition d&amp;#039;intervention de la CCI par la collectivité et selon les cas :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Réalisation de l&amp;#039;étude de faisabilité dans les conditions définies dans l&amp;#039;offre d&amp;#039;intervention
-[...5 lines deleted...]
-  Remise d&amp;#039;un rapport écrit
+  réunion de lancement de l&amp;#039;intervention avec les acteurs concernés (commerçants...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation du diagnostic des facteurs d&amp;#039;attractivité du centre bourg,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rendu intermédiaire des premiers éléments du diagnostic,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration du plan d&amp;#039;actions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présentation à la collectivité et remise d&amp;#039;un rapport,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présentation collective des résultats aux acteurs concernés (commerçants, office de tourisme...).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X28" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/renforcer-attractivite-commerciale-centre-bourg-un-centre-ville/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Chambre de Commerce et d&amp;#039;Industrie de la Drôme
   &lt;/li&gt;
   &lt;li&gt;
    Projet TPE Commerce Tourisme
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04 75 75 70 34
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:commerce-tourisme&amp;#64;drome.cci.fr"&gt;
     commerce-tourisme&amp;#64;drome.cci.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="http://www.drome.cci.fr/"&gt;
     www.cci.drome.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e451-renforcer-lattractivite-commerciale-dun-centr/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...658 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>122827</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Développer la dynamique culturelle sur le territoire (LEADER /Fiche action 2)</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Développer la dynamique culturelle sur le territoire</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...20 lines deleted...]
-      <c r="K33" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs sont multiples et visent à
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
+  renforcer l&amp;#039;attractivité et le rayonnement du territoire notamment après des jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la mise en synergie des acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer les pratiques culturelles et artistiques (apprentissage et diffusion)
+ &lt;/li&gt;
+ &lt;li&gt;
+  assurer un maillage territorial satisfaisant en matière d&amp;#039;équipements et d&amp;#039;actions culturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser le développement d&amp;#039;actions collectives
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;animation et le rayonnement du territoire grâce au développement de l&amp;#039;offre culturelle
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études, diagnostics pour la création ou le développement de l&amp;#039;offre culturelle sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation territoriale permettant la création d&amp;#039;une offre culturelle innovante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de véhicules permettant le développement de la culture nomade
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la valorisation et de la promotion culturelle (agents et élus) sur les thématiques du développement de la dynamique culturelle dans un sens large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau et mutualisation/coordination des sites, du matériel et des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et développement d&amp;#039;actions collectives de promotion et de diffusion culturelle (agenda culturel, supports de communication)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de communication et de promotion de l&amp;#039;offre culturelle : animations, création de supports, outils de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou développement d&amp;#039;évènements disposant d&amp;#039;un rayonnement supra-communautaire (événement culturel, évènement sportif, événement de pleine nature) : concernant le soutien à des événements existants, ils devront apporter une réelle plus-value par rapport aux éditions précédentes (nouveaux partenaires culturels, rayonnement plus important) pour être éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Emergence, modernisation et développement de lieux pluri-acteurs et/ou pluri-disciplines dédiés exclusivement à la pratique culturelle et artistique
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...117 lines deleted...]
-      <c r="O33" s="1" t="inlineStr">
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S33" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
-[...31 lines deleted...]
- &lt;br /&gt;
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba01-innover-et-federer-pour-renforcer-les-service/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>128235</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un soutien dans la création d'une boutique - Boutique Tremplin</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>BT</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectif : sécuriser le démarrage de l&amp;#039;activité des jeunes entreprises du secteur commercial et artisanal, en les soutenant dans la création de leur boutique grâce à un loyer modéré.
+&lt;/p&gt;
+&lt;p&gt;
+ Les créateurs d&amp;#039;entreprise qui le souhaitent peuvent être accompagnés dans la recherche d&amp;#039;un local commercial grâce à la base de données de Ouest Aveyron Développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les créateurs soutenus bénéficient d&amp;#039;un accompagnement à la gestion de l&amp;#039;entreprise, de campagnes de communication et de formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Boutique Tremplin est une solution d&amp;#039;hébergement intégrée dans le parcours &amp;#34;Jeune Créateur&amp;#34;: voir critères de ce dispositif d&amp;#039;accompagnement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Boutique MIRABILU à Villefranche
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour les commerçants et artisans souhaitant s&amp;#039;installer dans un local commercial de la Bastide de Villefranche de Rouergue, un rabais de loyer est proposé dans le cadre de convention d&amp;#039;occupation précaire de 12 mois, sous conditions d&amp;#039;intégration au sein des parcours d&amp;#039;accompagnement de Ouest Aveyron Développement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Villefranche, Villeneuve, Najac, La Fouillade</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ouestaveyron.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouest Aveyron Développement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>mylene.norotte@ouestaveyron.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f69c-boutique-tremplin/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...38 lines deleted...]
-      <c r="K34" s="1" t="inlineStr">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>128967</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le montage d’un projet de développement local dédié aux services et aux activités de proximité</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
-[...5 lines deleted...]
- Les dépenses éligibles liées au Commerce ambulant - marchés/stationnement sont :
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule constituant le point de vente ambulant (achat d&amp;#039;un véhicule neuf) justifiant à minima de 3 000 € d&amp;#039;aménagements,
-[...2 lines deleted...]
-  Et/ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+  Identifier les problématiques, les enjeux et objectifs en
+matière de développement économique territorial et de
+maintien des services commerciaux ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficier d&amp;#039;une aide à la qualification et à la
+construction du projet de développement économique
+du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné sur les projets d&amp;#039;attractivité et de
+cohésion territoriale
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les dépenses éligibles liées au Commerce ambulant - Tournées sont :
+ Modalités d&amp;#039;accompagnement
+:
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule de tournée (achat d&amp;#039;un véhicule neuf) et ses aménagements éventuels (sans minimum requis),
-[...416 lines deleted...]
-  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+  Rencontre avec le conseiller en développement
+économique et/ou le conseiller en développement
+territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la formalisation du projet
+et son suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en relation avec les organismes ressources
+en matière de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une rencontre avec les partenaires
+identifiés
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
-[...311 lines deleted...]
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Attractivité économique
-Artisanat</t>
-[...2 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Compte-rendu avec préconisations visant à préciser les
+objectifs du projet et les conditions de sa réalisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
-[...21 lines deleted...]
-  https://www.adie.org/nos-agences/
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18eb-etre-accompagne-dans-le-montage-dun-projet-de/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>129721</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant à renforcer l'attractivité de la commune et de son territoire</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Renforcer l'attractivité de la commune et de son territoire</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création ou rénovation d&amp;#039;équipements structurants, réaménagement de centre-bourg, projets d&amp;#039;animations et de manifestations culturelles du territoire (hors fonctionnement), projets en faveur des enseignements artistiques, création d&amp;#039;équipements d&amp;#039;accès aux soins, achat et rénovation du dernier commerce de la commune, mobilisation des outils fonciers en faveur du renouvellement urbain, logements d&amp;#039;urgence (non pris en compte dans les actions du PLH)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Arts plastiques et photographie
+Espace public
+Friche
+Accès aux services
+Santé
+Commerces et services
+Revitalisation
+Equipement public
+Réhabilitation
+Accessibilité
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ab56-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>144507</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études des centralités landaises pour la revitalisation, dynamisation et restructuration des centres-villes et centres-bourgs</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Financement des études de type</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 50.000€</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une commune inscrite comme centralités à l&amp;#039;échelle départementale, engagée dans une démarche de revitalisation, dynamisation ou de restructuration de son centre-bourg ou centre- ville devra préalablement réaliser une étude de définition d&amp;#039;un projet d&amp;#039;aménagement d&amp;#039;ensemble du type &amp;#34;Plan de référence&amp;#34; ou document de programmation similaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette étude se compose d&amp;#039;un diagnostic de la situation décrivant les symptômes de la dévitalisation, les besoins de restructuration ou de dynamisation proposant une stratégie élaborée en concertation avec l&amp;#039;EPCI et un programme d&amp;#039;actions pluriannuel reposant sur 4 thématiques qu&amp;#039;il convient de traiter dans le programme opérationnel : l&amp;#039;habitat et le logement, le commerce et les services, le cadre de vie et l&amp;#039;environnement, et les espaces publics en lien avec les mobilités, la transition énergétique et écologique ainsi que les équipements à destination de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services du Département devront être associés à la démarche à travers la mise en place d&amp;#039;un comité de pilotage ad hoc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Attractivité économique
+Mobilité pour tous
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Commune inscrite comme centralité à l&amp;#039;échelle départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50f7-accompagner-les-etudes-des-centralites-landai/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>149106</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des commerces en centralités rurales (ACCOR)</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des commerces en ruralité pour la revitalisation des bourgs (ACCOR)</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet d&amp;#039;aménagement, de modernisation et de réhabilitation des espaces consacrés à l&amp;#039;accueil du public, des travaux de devanture commerciale ou d&amp;#039;achat d&amp;#039;équipements/mobiliers et de véhicule atelier ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Bénéficiez d&amp;#039;une aide cofinancée par la Région et la Communauté de Communes ou la commune entre 1 000 € et 12 500 € – Voir les conditions particulières auprès de votre communauté de communes.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P39" s="1" t="inlineStr">
+      <c r="P25" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre projet se situe sur un territoire bénéficiant d&amp;#039;une convention ACCOR en cours de validité.
 &lt;/p&gt;
 &lt;p&gt;
  Vous êtes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une personne physique ou morale de droit privé, justifiant d&amp;#039;une inscription au registre du commerce et des sociétés ou au répertoire des métiers et remplissant les critères suivants :
   &lt;/li&gt;
   &lt;li&gt;
    Être à jour de ses obligations fiscales et sociales ;
   &lt;/li&gt;
   &lt;li&gt;
    Avoir un effectif inférieur à 10 salariés ;
   &lt;/li&gt;
   &lt;li&gt;
    Exploiter un local commercial disposant d&amp;#039;une vitrine en rez-de-chaussée ;
   &lt;/li&gt;
   &lt;li&gt;
    Disposer d&amp;#039;un chiffre d&amp;#039;affaires inférieur à 1 million d&amp;#039;euros réalisé à plus de 50 % par la vente de biens ou de services aux particuliers.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Et votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    L&amp;#039;aménagement, la modernisation et la réhabilitation des espaces consacrés à l&amp;#039;accueil du public et attenants non productifs, travaux de devanture commerciale ;
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements et mobiliers liés uniquement à l&amp;#039;activité commerciale d&amp;#039;un coût unitaire supérieur à 500 € HT (matériel d&amp;#039;occasion sous certaines conditions).
   &lt;/li&gt;
   &lt;li&gt;
    Les véhicules ateliers de tournées dont l&amp;#039;aménagement spécifique est supérieur à 3 000 € HT.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les travaux réalisés par l&amp;#039;entreprise elle-même sont exclus et l&amp;#039;investissement ne doit pas avoir été engagé ou réalisé préalablement à la demande.
  &lt;/span&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/accompagnement-commerces-ruralite-accor/</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0169/depot/simple</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre commune ou votre Communauté de Communes avant tout dépôt de demande.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4a6a-accompagnement-des-commerces-en-centralites-r/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...245 lines deleted...]
-      <c r="C41" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>154981</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les dynamiques durables de l'économie rurale</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G41" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°1</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K41" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
-[...9 lines deleted...]
-&lt;/p&gt;
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les mutations de nos systèmes agricoles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer les circuits courts de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les projets collectifs de valorisation des produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innover/Expérimenter de nouvelles formes de pratiques dans les milieux agricoles face au changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contribuer à la création d&amp;#039;emploi et à l&amp;#039;innovation dans les entreprises :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir et consolider le tissu d&amp;#039;entreprises et de commerces de proximité ainsi que l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser et soutenir les coopérations entre acteurs et l&amp;#039;économie collaborative en réponse aux enjeux de transition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une économie qui valorise les ressources du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valoriser le potentiel touristique et encourager les dynamiques durables innovantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre touristique durable et accessible à tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir le territoire et rechercher une complémentarité entre les acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la montée en compétences des professionnels du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
-[...28 lines deleted...]
-&lt;p&gt;
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites économiques ; étude/ animation/développement d&amp;#039;une filière bois ; dispositif innovant de coopération et de mutualisation de moyens (PTCE, TZCLD, ...) ;...
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
+ &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
-[...11 lines deleted...]
-Accès aux services
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1473-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>155555</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour ouvrir une épicerie participative</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Ouverture et accompagnement de nouvelles épiceries associatives et participatives</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Monépi</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de Monépi
+ &lt;span&gt;
+  &lt;strong&gt;
+   accompagne depuis 2017 les Épis de la création à la gestion au quotidien,
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ développe et adapte la plateforme monepi.fr en fonction des retours et demandes, et forme à son utilisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Description de l&amp;#039;aide :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Constitution et mobilisation des habitants pour constituer l&amp;#039;association :
+ &lt;/strong&gt;
+ Aide à la diffusion de l&amp;#039;idée, à la mobilisation et à l&amp;#039;organisation de présentations publiques pour parler du projet et convaincre la population.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Création d&amp;#039;une association :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ Appui dans les démarches administratives comme la rédaction et le dépôt des statuts de l&amp;#039;association grâce au partage d&amp;#039;outils clés en main (modèles de statuts, modèle de règlement intérieur, exemples de banques/assurances,
+ &lt;a href="https://www.monepi.fr/wp-content/uploads/2023/11/Guide-pratique-pour-la-creation-depiceries-participatives-081123.pdf" target="_self"&gt;
+  guide explicatif
+ &lt;/a&gt;
+ , ...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide pour trouver le local
+ &lt;/strong&gt;
+ : Mise à disposition de convention pour le prêt d&amp;#039;un local, phase durant laquelle l&amp;#039;épicerie peut exister grâce à un modèle de précommande avec une distribution hebdomadaire de produits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Paramétrage de la plateforme et mise à disposition du catalogue de fournisseurs (5 000 producteurs et 100 000 produits disponibles à ce jour) :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un wiki pour la prise en main de la plateforme, aide pour constituer l&amp;#039;offre de l&amp;#039;épicerie en ajoutant de nouveaux producteurs et produits locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouverture des adhésions et premières commandes :
+ &lt;/strong&gt;
+ Mise à disposition d&amp;#039;un pack communication contenant des éléments de communication (logo, flyer, vidéo, ...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Ensuite, ce sera à vous de faire du local un lieu convivial et accueillant :
+ &lt;/span&gt;
+ &lt;span&gt;
+  aménagement et remplissage des rayons de l&amp;#039;épicerie de manière participative.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La plateforme de gestion en ligne mise gratuitement à disposition présente de nombreuses fonctionnalités pensées pour faciliter la gestion de l&amp;#039;épicerie : boutique en ligne, gestion du planning, des commandes et des adhésions, mutualisation des produits et des producteurs , comptabilité et bien d&amp;#039;autres (gestion d&amp;#039;un bar coopératif, gestion d&amp;#039;un potager participatif, organisation de services entre adhérents...). Nous assurons un service de conseils et d&amp;#039;assistance personnalisée 7j/7 par téléphone et/ou mail, même après l&amp;#039;ouverture !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Spécificités de l&amp;#039;Épi :
+ &lt;/em&gt;
+ &lt;span&gt;
+  L&amp;#039;association et les adhérents donnent de leur temps (2 heures par mois), accèdent à une alimentation choisie, locale, de qualité à des prix réduits (sans marge ni intermédiaire), et peuvent tisser des liens entre eux. La collectivité fournit ainsi le local et redynamise son village. Les agriculteurs locaux apportent leurs produits et ont accès à un circuit de distribution de proximité leur garantissant une juste rémunération puisqu&amp;#039;ils peuvent choisir leur prix.
+ &lt;/span&gt;
+ En plus de la plateforme informatique soutenant la gestion du circuit et limitant l&amp;#039;épuisement associatif, l&amp;#039;association pourra pourra bénéficier de l&amp;#039;entraide et la solidarité du réseau des Épis, valeurs fortes inscrites dans notre charte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Résultats :
+ &lt;/em&gt;
+ Diminution des distances parcourues par les produits et les citoyens  ; accès à des produits locaux de qualité à prix réduits (prix de gros, sans marge) ; vie apportée dans le quartier ou le village, par les liens sociaux tissés dans un espace d&amp;#039;approvisionnement et de convivialité ; flexibilité du modèle permettant une liberté dans les choix faits par l&amp;#039;association locale ; pouvoir d&amp;#039;action et réappropriation de l&amp;#039;alimentation par les citoyens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  185 Épis ont vu le jour et ont été accompagnés depuis 2017
+ &lt;/strong&gt;
+ (dont plus de la moitié dans des communes de moins de 3 500 habitants)
+ &lt;span&gt;
+  ,
+  &lt;strong&gt;
+   ce qui représente plus de 12 000 familles.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Quelques exemples concrets en vidéo :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;BdwrvR_Ay8U" target="_self"&gt;
+   L&amp;#039;Épi castelfortain
+  &lt;/a&gt;
+  , premier Épi ouvert en 2016 dans notre village : Châteaufort (Yvelines), dépourvu de commerce de proximité depuis 30 ans ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  -
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;gWaG4qQygYw" target="_self"&gt;
+   La Coop Singulière (Hérault)
+  &lt;/a&gt;
+  ouverte en 2018 ;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;3LNvtbxz1Yo" target="_self"&gt;
+  L&amp;#039;Épi d&amp;#039;Arbonne-la-Forêt (Seine-et-Marne)
+ &lt;/a&gt;
+ ouvert en 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
 Cohésion sociale et inclusion
-Citoyenneté
 Alimentation
 Commerces et services
 Tiers-lieux
-Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
-[...6 lines deleted...]
-      <c r="O41" s="1" t="inlineStr">
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
-[...8 lines deleted...]
- Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nous accompagnons tout citoyen motivé, association déjà créée (ou en cours de création), ou collectivité intéressée
+ &lt;/strong&gt;
+ sans distinction ni restriction.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Épi c&amp;#039;est un modèle de circuit court solidaire, participatif et associatif fonctionnant sans salarié ni marge, sans investissement ni risque financier. Il se veut
+ &lt;strong&gt;
+  reproductible partout, par qui le souhaite
+ &lt;/strong&gt;
+ ; il ne nécessite que de la motivation et de l&amp;#039;investissement humain, quel que soit le nombre d&amp;#039;habitants au départ du projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous avons à cœur de développer un projet qui répond aux attentes et aux besoins spécifiques du territoire, c&amp;#039;est la raison pour laquelle nous proposons un accompagnement 100% personnalisé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...34 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.monepi.fr/</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://monepi.fr/administrateur/inscription-nouveau-site.php</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet d&amp;#039;alimentation alternatif en circuit court sur votre commune (épicerie participative, supermarché coopératif, groupement d&amp;#039;achats locaux, écolieu...) ? Vous voulez plus d&amp;#039;informations ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quel que soit votre projet ou son stade d&amp;#039;avancement, planifions un appel ou une visio pour en discuter davantage !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.monepi.fr/?page_id&amp;#61;1327" target="_self"&gt;
+  Vous pouvez directement planifier un appel de 15 minutes ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a target="_self"&gt;
+  contact&amp;#64;monepi.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 06 50 60 78 48&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>solene.renaudie@outlook.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a138-etre-accompagne-pour-ouvrir-une-epicerie-part/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...115 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>157558</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir les commerces et services de proximité samariens</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Maintien des commerces et services de proximité</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K43" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 30</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
-[...4579 lines deleted...]
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin d&amp;#039;accroître l&amp;#039;attractivité des communes rurales, il s&amp;#039;avère indispensable de faciliter l&amp;#039;accès des habitants aux commerces et services de proximité. La crise sanitaire a révélé les besoins accrus dans certains territoires et a fait émerger des projets d&amp;#039;investissement émanant de communes rurales pour satisfaire les besoins de la population tels que l&amp;#039;implantation de distributeurs automatiques de produits locaux (distributeur de pain, de produits agricoles).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;intervention départementale au titre de ce dispositif porte sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    l&amp;#039;ouverture de « points multiservices*» dans le cadre de commerces ou de locaux artisanaux existants ou à créer ;
   &lt;/li&gt;
   &lt;li&gt;
    la mise en œuvre d&amp;#039;activités artisanales ou de services et études de débouchés préalables à leur création ;
   &lt;/li&gt;
   &lt;li&gt;
    un investissement visant au maintien ou à la création des commerces et dont la proximité contribue à maintenir la population en milieu rural ;
   &lt;/li&gt;
   &lt;li&gt;
    un investissement dans des casiers connectés ou un distributeur automatique.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
@@ -12493,365 +5187,968 @@
  &lt;em&gt;
   * Est considéré comme «multiservices» la dernière épicerie ou le dernier commerce alimentaire proposant une offre élargie aux produits alimentaires et de première nécessité.- les investissements immobiliers et travaux d&amp;#039;aménagement et de mise en conformité en matière d&amp;#039;hygiène et de sécurité d&amp;#039;un local à vocation commerciale ou artisanale.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Elle se décline selon les modalités suivantes
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la participation minimum du maître d&amp;#039;ouvrage est de 20% du coût total HT du projet
   &lt;/li&gt;
   &lt;li&gt;
    montant minimum de 5.000€ HT,
   &lt;/li&gt;
   &lt;li&gt;
    le taux d&amp;#039;aide est de 30% de l&amp;#039;assiette éligible plafonnée à 50.000€ par projet.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M62" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les dépenses éligibles au financement départemental portent sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    l&amp;#039;acquisition d&amp;#039;équipements et matériels professionnels qui sont par leur nature comptablement immobilisables ;
   &lt;/li&gt;
   &lt;li&gt;
    les études préalables réalisées par le maître d&amp;#039;ouvrage ;
   &lt;/li&gt;
   &lt;li&gt;
    les travaux liés à viabilisation du terrain d&amp;#039;implantation d&amp;#039;un distributeur automatique ou de casiers connectés ;
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;acquisition et travaux d&amp;#039;aménagement du local d&amp;#039;installation d&amp;#039;un distributeur automatique ou de casiers connectés ;
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;acquisition d&amp;#039;un ou plusieurs distributeurs automatiques et/ou de casiers connectés.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     pour les projets de commerces et services de proximité :
    &lt;/strong&gt;
    les communes de moins de 2.500 habitants au dernier recensement ainsi que les groupements de communes pour un investissement dans une commune de moins de 2.500 habitants ;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     pour les projets de distributeurs automatiques/casiers connectés :
    &lt;/strong&gt;
    toutes les communes de la Somme.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T62" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/maintien-des-commerces-et-services-de-proximite/</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5bcc-maintenir-les-commerces-et-services-de-proxim/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C63" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>160858</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, accompagner et valoriser le développement des secteurs économiques du territoire favorisant l’ancrage d’activités de proximité</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D63" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G63" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 1</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H63" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I63" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J63" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K63" s="1" t="inlineStr">
+      <c r="J29" s="1" t="inlineStr">
+        <is>
+          <t>de 10 000 à 50 000 euros</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
-[...7 lines deleted...]
-Jeunesse
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ancrer l&amp;#039;activité économique au niveau local dans une optique de transition écologique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité et l&amp;#039;implantation d&amp;#039;activités économiques sur les différentes parties du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relocaliser et aider à la transmission d&amp;#039;activités dans les territoires urbains et ruraux dans une logique de circuits courts et de dynamisation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moderniser les outils de production et de transformation dans les secteurs à forte valeur ajoutée locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poursuivre la valorisation de la filière forêt – bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La valeur ajoutée de LEADER se situera dans des interventions dont le besoin n&amp;#039;est pas comblé sur le territoire, notamment pour répondre aux enjeux de transmission d&amp;#039;entreprises, d&amp;#039;installation d&amp;#039;activités dans les centralités, ou encore d&amp;#039;adaptation d&amp;#039;outils de production pour une activité dédiée au public du territoire ; et en renforcement des initiatives existantes pour mettre en avant les atouts et opportunités existants au niveau local (bois local, activités à forte valeur ajoutée locale, circuits courts...). Le &amp;#43; LEADER sur l&amp;#039;économie : la proximité, l&amp;#039;ancrage local.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le maintien et le développement de secteurs d&amp;#039;activités structurants dans une approche de développement local et de transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des activités permettant le renforcement de l&amp;#039;attractivité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;emplois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, en agriculture (via une articulation nécessaire avec les orientations du Plan Alimentaire Territorial porté par le PETR du Pays d&amp;#039;Epinal Cœur des Vosges),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la création, à la reprise, à l&amp;#039;installation, à la relocalisation d&amp;#039;activité, au maintien de services et activités à proximité des populations
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - artisanat, au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;p&gt;
+ - commerces dont la surface est inférieure ou égale à 400 m2 délivrant un service de proximité au sein de tous les espaces déjà urbanisés et viabilisés d&amp;#039;une commune
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes portant sur la création et/ou le développement d&amp;#039;équipements et/ou permettant la mise en œuvre d&amp;#039;un projet à une échelle intercommunale
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  Les études doivent être en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et/ou développement de projet de transformation des produits agricoles et forestiers, la vente, la logistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux investissements favorisant l&amp;#039;utilisation de bois de qualité via recours au bois local
+  &lt;strong&gt;
+   3
+  &lt;/strong&gt;
+  , permettant une promotion et une valorisation de la filière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis
+ &lt;/li&gt;
+ &lt;li&gt;
+  qui provient de forêts locales (Vosges, Haute-Saône/Haute-Marne/Alsace/Lorraine/Franche-Comté)
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Education et renforcement des compétences
+Alimentation
 Commerces et services
-Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Revitalisation
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S63" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U63" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/427c-preserver-accompagnemer-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G64" s="1" t="inlineStr">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>160867</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 4</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H64" s="1" t="inlineStr">
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>162273</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide pour accélérer votre croissance, rebondir pour rester compétitif ou faciliter votre implantation en région</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Sud Développement</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous êtes une PME, une ETI ou un grand groupe et souhaitez vous moderniser, innover ou développer des projets d’investissement dans une logique d’accélération en termes de développement économique, de créations, de maintien d’emplois ou de préservation de savoir-faire pour l’écosystème régional ? &lt;/strong&gt;Avec Sud Développement, la Région Sud vous aide à accélérer votre croissance, rebondir pour rester compétitif ou faciliter votre implantation en région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les Petites et Moyennes Entreprises (PME), les Entreprises de Taille Intermédiaire (ETI) et les grands groupes.&lt;/li&gt; 	&lt;li&gt;Les entreprises industrielles ayant intégré et finalisé leur accompagnement dans le cadre du &lt;a&gt;Parcours Sud Industrie 4.0 Carbone&lt;/a&gt;.&lt;/li&gt; 	&lt;li&gt;Les entreprises justifiant d’une activité significative en termes d’effectifs et de chiffres d’affaires pour le bassin d’emploi.&lt;/li&gt; 	&lt;li&gt;Les entreprises porteuses d&amp;#039;un projet à fort potentiel de création d&amp;#039;emplois et d&amp;#039;investissement pour le territoire.&lt;/li&gt; 	&lt;li&gt;Les entreprises justifiant d’un fort impact social et économique sur leur bassin d’emploi ou pour la filière.&lt;/li&gt; 	&lt;li&gt;Les entreprises préservant un savoir-faire (artisanal ou industriel) emblématique pour la région (patrimoine vivant, savoir artisanal, etc.) ou relevant des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" target="_blank" title="filières stratégiques régionales"&gt;filières stratégiques régionales&lt;/a&gt; &lt;/li&gt; 	&lt;li&gt;De plus de 3 ans ou présentant au moins 2 bilans&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur ou les entreprises s&amp;#039;y installant&lt;/li&gt; 	&lt;li&gt;A jour de leurs cotisations sociales et fiscales, sous réserve des reports de charges sollicités en période de crise&lt;/li&gt; 	&lt;li&gt;En règle vis-à-vis des obligations relevant du &lt;a href="https://code.travail.gouv.fr/)" target="_blank" title=" Code du Travail "&gt;Code du Travail&lt;/a&gt;&lt;/li&gt; 	&lt;li&gt;Ne se trouvant pas en difficulté au sens de la réglementation de l’Union Européenne (procédure de redressement ou en liquidation judiciaire) à l&amp;#039;exception des entreprises dont le Tribunal de commerce a validé un plan de continuation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Projets soutenus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations ou de maintien d&amp;#039;emplois important pour le territoire&lt;/li&gt; 	&lt;li&gt;Concourant au développement des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" title="8 filières d&amp;#039;avenir"&gt;8 filières d’avenir&lt;/a&gt; de la Région et/ou du &lt;a&gt;Plan Climat&lt;/a&gt; .&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération et de forte croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Projets soutenus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les investissements productifs et un nombre de créations ou de maintien d&amp;#039;emplois important pour le territoire&lt;/li&gt; 	&lt;li&gt;Concourant au développement des &lt;a href="https://www.risingsud.fr/pourquoi-le-sud/nos-filieres-dexcellence" title="8 filières d&amp;#039;avenir"&gt;8 filières d’avenir&lt;/a&gt; de la Région et/ou du &lt;a&gt;Plan Climat&lt;/a&gt; .&lt;/li&gt; 	&lt;li&gt;Dans une logique d&amp;#039;accélération et de forte croissance &lt;/li&gt; 	&lt;li&gt;Et/ou de développement de nouveaux marchés/technologies à forte valeur ajoutée &lt;/li&gt; 	&lt;li&gt;Et/ou qui n&amp;#039;existent pas&lt;/li&gt; 	&lt;li&gt;Et/ou de transformation du processus de production&lt;/li&gt; 	&lt;li&gt;Et/ou de transition forte sur le plan numérique, technologique, énergétique ou écologique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; Les dossiers de demande doivent être transmis de manière dématérialisée sur la plateforme régionale Subventions en ligne avant le démarrage des acquisitions liées au projet.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;/p&gt;
+&lt;p&gt;Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée. &lt;/p&gt;
+&lt;p&gt;Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sud-developpement</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://sudconnect.maregionsud.fr/auth/realms/citoyen/protocol/openid-connect/auth?client_id=subventions-portail&amp;redirect_uri=https%3A%2F%2Fsubventionsenligne.maregionsud.fr%2F&amp;response_type=code&amp;scope=openid&amp;code_challenge=LS3msIJ-lsZlHg1XNJDceSfTnRb-L0Z</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sud-developpement/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>162282</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser votre centre-ville ou centre-bourg et faciliter le démarrage de nouvelles activités commerciales dans des conditions sécurisantes pour les entrepreneurs</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Mon projet de boutique</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous souhaitez redynamiser votre centre-ville ou centre-bourg et faciliter le démarrage de nouvelles activités commerciales dans des conditions sécurisantes pour les entrepreneurs ? Avec Mon projet de boutique, la Région Sud en partenariat avec Bpifrance et Initiative Sud prend en charge jusqu&amp;#039;à 50% du coût d’implantation d’une boutique sur votre territoire et accompagne les porteurs de projets à concrétiser la création de leur entreprise du montage de leur projet jusqu’au financement.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les communes&lt;/li&gt; 	&lt;li&gt;Les syndicats de communes&lt;/li&gt; 	&lt;li&gt;Les communautés de communes&lt;/li&gt; 	&lt;li&gt;Les communautés urbaines&lt;/li&gt; 	&lt;li&gt;Les communautés d&amp;#039;agglomération&lt;/li&gt; 	&lt;li&gt;Les Métropoles&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2024</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En complémentarité d&amp;#039;&lt;a href="https://agence-cohesion-territoires.gouv.fr/action-coeur-de-ville-42" target="_blank"&gt;Action cœur de ville&lt;/a&gt;, &lt;a href="https://agence-cohesion-territoires.gouv.fr/petites-villes-de-demain-45"&gt;Petite ville de demain&lt;/a&gt; et des politiques d’aménagement favorisant le commerce de centre-ville ou de réhabilitation de cellules commerciales, Initiative Sud vous accompagne à favoriser l&amp;#039;implantation de nouveaux commerces au sein de locaux vacants situé sur votre territoire.&lt;br /&gt; &lt;br /&gt; Les porteurs de projets ayant candidaté sur la base d’un dossier constitué avec l’appui d’un conseiller d&amp;#039;Initiative Sud font l’objet d’un examen par un Comité technique de pré-sélection constitué des parties prenantes de l&amp;#039;Appel à projets (Initiative Sud, commune, EPCI, etc.).&lt;br /&gt; &lt;br /&gt; A l’issue, les candidats présélectionnés sont conviés à un comité de sélection qui délibérera du projet retenu.&lt;br /&gt; &lt;br /&gt; &lt;a href="https://sud.monprojetdeboutique.com/" target="_blank"&gt;Consulter les appels à projets en cours&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html"&gt;Trouver la plateforme Initiative au plus proche de chez vous&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mon-projet-de-boutique</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au 0 805 805 145 (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-projet-de-boutique/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="N64" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12879,1101 +6176,1977 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q33" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>45613</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le développement commercial et l’attractivité économique des cœurs de ville</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires aide les collectivités à la mise en place de foncières dédiées à la revitalisation des cœurs de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  des prises de participations en fonds propres et quasi-fonds propres
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement en fonds propres et quasi-fonds propres de SEM et filiales de SEM intégrant une activité de foncière de redynamisation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
-[...2 lines deleted...]
- Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Crea_foncieres_locale_ps</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b76-developper-des-foncieres-locales-repondant-a-/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>49782</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le développement économique du centre-ville en développant le commerce local</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités dans leur volonté d&amp;#039;évolution et de redynamisation de leur centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet concerne la création de commerces de proximité et / ou la création d&amp;#039;une société de portage d&amp;#039;immeuble intégrant des commerces, la Banque des Territoires vous propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un accompagnement en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  du conseil à la structuration de sociétés de portage d&amp;#039;immeubles
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les sociétés immobilières ad hoc qui donnent à bail les murs de magasin aux exploitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte opératrices d&amp;#039;un projet « commerces ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=dev_eco_centreville_psat</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bca7-promouvoir-le-developpement-economique-du-cen/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>56456</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une minoration foncière dans le cadre de projets "Petites Villes de Demain" ou "Action Cœur de Ville"</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J36" s="1" t="inlineStr">
+        <is>
+          <t>Minoration de 25% du prix de cession HT, cumulable à une ou plusieurs minorations</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Les projets de revitalisation de centres villes portent sur des fonciers complexes rendant difficile la réalisation des projets. Afin d&amp;#039;accompagner les projets &amp;#34;Petites Villes de Demain&amp;#34; et  &amp;#34;Actions Cœur de Ville&amp;#34; sur le volet foncier, une prise en charge spécifique du prix de revient peut intervenir, complémentairement à une ou plusieurs minorations foncières (logement aidé, recyclage foncier-travaux préparatoires, valorisation du patrimoine bâti, réhabilitation habitat).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ -    Les opérations éligibles sont celles situées dans un périmètre d&amp;#039;opération de revitalisation de territoire (ORT), liés aux conventions &amp;#34;Petites Villes de Demain&amp;#34; ou &amp;#34;Action Cœur de Ville&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Minoration de 25% du prix de revient HT, complémentairement à une ou plusieurs minorations, dans la limite de 50% du prix de revient HT.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution de la minoration pour des projets entrant dans le cadre du PPI (sauf opération bénéficiant d&amp;#039;un bail emphytéotique EPFLO).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Revitalisation
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...27 lines deleted...]
- Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560e-recyclage-foncier-et-friches/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="H65" s="1" t="inlineStr">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>72302</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements numériques des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I65" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
-[...5 lines deleted...]
- Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de Relance, la Région Hauts-de-France renforce son soutien aux Artisans-Commerçants dans leur reprise d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif financier vise à accompagner les artisans/commerçants et les entreprises de l&amp;#039;Economie Sociale et Solidaire (ESS) dans leur transition numérique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent faire l&amp;#039;objet de facturation au nom de l&amp;#039;entreprise bénéficiaire, elles peuvent être de l&amp;#039;acquisition, de la prestation ou de l&amp;#039;abonnement, incluant les frais de conseil amont ou d&amp;#039;installation et de formation aval. Sont éligibles les équipements :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en capacité de vente en ligne (site nouveau ou évolution de site existant),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion de la relation client (GRC ou CRM en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion intégrée (PGI ou ERP en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en progiciels « métiers » (spécifique à un type d&amp;#039;entreprise, à ses fonctions de gestion, ressources humaines, aide à la décision...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et l&amp;#039;organisation de l&amp;#039;entreprise autour de ses données (collecte, structuration, hébergement, exploitation...), voire l&amp;#039;équipement en logiciel d&amp;#039;intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils favorisant la transversalité et le travail collaboratif (présentiel ou distanciel ; visioconférence, espace de travail et de créativité partagé, travail en mode projet...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en application mobile multicanale pour le client ou les collaborateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel numérique ou connecté (caisse, brodeuse, machine de production, appareil robotisé...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en impression additive (impression 3D ; imprimante ou scanner),
+ permettant (pour le client ; pour les collaborateurs) l&amp;#039;usage de la réalité augmentée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel informatique rendu nécessaires dans le cadre d&amp;#039;équipement tels qu&amp;#039;évoqués ci-dessus (tablette, smartphone, terminal mobile...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils de webmarketing (mesure de l&amp;#039;activité publicitaire, collecte et gestion de données, optimisation de la relation client...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en migration complète ou partielle vers l&amp;#039;informatique en nuage (Cloud).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne pourront être éligibles que les dépenses réalisées a posteriori de la date de création de demande d&amp;#039;aide.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
-[...8 lines deleted...]
-Arts plastiques et photographie
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les artisans/commerçants doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être inscrits au RCS et/ou au RM ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CCI, CMA, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser moins de 2 M€ de chiffre d&amp;#039;affaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Entreprise de l&amp;#039;Economie Sociale et Solidaire doivent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être des sociétés de capitaux (SARL, SA, SAS, ...) ayant obtenu l&amp;#039;agrément ESUS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des sociétés coopératives de production (SCOP),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des associations employeuses ayant une activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des structures de l&amp;#039;insertion par l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs d&amp;#039;insertion qualification,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CRESS, IRIAE, URSCOP,, structures d&amp;#039;accompagnement partenaires de la Région, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne peuvent pas bénéficier de ce soutien :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions libérales réglementées et non réglementées ou assimilées (pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les structures agréées ACI (Ateliers Chantiers d&amp;#039;Insertion),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises de l&amp;#039;ESS et toute entreprise ayant le numérique pour cœur d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/extranet/dispositif-consulter.sub?sigle=INAC</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f84f-soutenir-les-investissements-numeriques-des-a/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>72304</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>40% des investissements éligibles HT avec un minimum de 3 000 € et un maximum de 100 000 € (soit une</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif financier vise à accompagner les TPE de l&amp;#039;artisanat-commerce, s&amp;#039;engageant dans une démarche de service de proximité à la population et souhaitant investir dans un camion tournées pour apporter un service dans la commune et/ou au domicile du particulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant - marchés/stationnement sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule constituant le point de vente ambulant (achat d&amp;#039;un véhicule neuf) justifiant à minima de 3 000 € d&amp;#039;aménagements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et/ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant - Tournées sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou le renouvellement d&amp;#039;un véhicule de tournée (achat d&amp;#039;un véhicule neuf) et ses aménagements éventuels (sans minimum requis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles liées au Commerce ambulant – Marchés &amp;#43; tournées sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat ou au renouvellement d&amp;#039;un véhicule de tournée (achat d&amp;#039;un véhicule neuf) et ses aménagements éventuels (sans minimum requis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou la transformation d&amp;#039;un véhicule appartenant à l&amp;#039;entreprise, lui permettant de proposer un service de proximité aux clients finaux, pour un coût minimum de 3 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans les 3 cas, la liste des dépenses éligibles est :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  achat d&amp;#039;un véhicule neuf, aménagé ou non,
+ &lt;/li&gt;
+ &lt;li&gt;
+  carrosserie en panneaux sandwich,
+ &lt;/li&gt;
+ &lt;li&gt;
+  meuble de travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  étalage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  comptoirs réfrigérés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupe frigo,
+ &lt;/li&gt;
+ &lt;li&gt;
+  appareils de cuisson ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements spécifiques à l&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aménagements doivent être réalisés par une entreprise tierce et être justifiés par la présentation de factures acquittées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant - marchés/stationnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une carte de commerçant ambulant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET ayant participé à minima à 8 marchés au cours du dernier mois. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à participer à minima à 8 marchés par mois, au plus tard dans les 6 mois suivant sa demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  OU pour les foodtrucks et camions de restauration rapide, justifier à minima de 6 stationnements au cours du dernier mois dans une ou plusieurs communes rurales de moins de 5 000 habitants. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à minima de 6 stationnements par mois, dans une ou plusieurs communes rurales de moins de 5 000 habitants au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant -Tournées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  justifiant à minima d&amp;#039;une tournée correspondant à 4 jours par semaine dans une ou plusieurs communes rurales (&amp;lt; 5 000 habitants),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à réaliser à minima une tournée correspondant à 4 jours par semaine au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être éligible l&amp;#039;entreprise doit être un Commerce ambulant – Marchés &amp;#43; tournées souhaitant investir dans un véhicule pour effectuer des marchés et des tournées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une carte de commerçant ambulant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET ayant participé à minima à 4 marchés au cours du dernier mois. En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à participer à minima à 4 marchés par mois, au plus tard dans les six mois suivant sa demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ET justifiant à minima d&amp;#039;une tournée correspondant à 2 jours par semaine dans une ou plusieurs communes rurales (&amp;lt; 5 000 habitants). En situation de création, l&amp;#039;entreprise doit s&amp;#039;engager à réaliser à minima une tournée correspondant à 2 jours par semaine au plus tard dans les 6 mois suivant sa demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les entreprises doivent être à jour de leurs obligations fiscales et sociales et ne doivent pas répondre à la définition d&amp;#039;entreprise en difficulté.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne peuvent pas bénéficier du dispositif :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions libérales réglementées ou assimilées (avocats, notaires, sages-femmes, infirmiers, pharmacies...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les commerce de gros,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les professionnels effectuant des opérations de démarchage réglementées par des textes particuliers (agents commerciaux, VRP,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités de transports de personnes (taxi, ambulances, VTC...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises du secteur BTP.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/extranet/dispositif-consulter.sub?sigle=MOBI</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/139a-soutenir-la-mobilite-des-artisanscommercants/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>73019</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Se numériser et développer rapidement une activité en ligne - clique-mon-commerce</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance
+Ministère de l'Économie, des Finances et de la Souveraineté industrielle et numérique</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développé par le Gouvernement, clique-mon-commerce.gouv.fr s&amp;#039;adresse aux commerçants, artisans, professionnels de l&amp;#039;hôtellerie et de la restauration qui souhaitent se numériser et développer rapidement une activité en ligne.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette plateforme propose des solutions numériques à destination des petites entreprises, labellisées par le Gouvernement, pour créer un site web, mettre en place une solution de logistique/livraison ou de paiement à distance, rejoindre une place de marché en ligne mettant en avant les commerces de proximité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Consommation et production
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.clique-mon-commerce.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Connectez-vous sur clique-mon-commerce et découvrez le service !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb3d-se-numeriser-et-developper-rapidement-une-act/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>80363</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Libérer l’initiative économique dans les territoires</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Association pour le Droit à l'Initiative Economique (ADIE)</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Particulier</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la création ou le développement d&amp;#039;entreprises sur votre territoire en communiquant sur les aides accessibles aux créateurs d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter l&amp;#039;accès à l&amp;#039;emploi, grâce à la mobilité (achat, réparation de véhicule) des usagers de votre territoires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ADIE propose partout en France métropolitaine et Outre-mer (au moyen de ses 158 antennes et 292 permanences), pour les personnes n&amp;#039;ayant pas accès au crédit bancaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un  financement  sous  la  forme  d&amp;#039;un  microcrédit  professionnel  remboursable  (en  moyenne  d&amp;#039;un montant de 4700€) pouvant aller jusqu&amp;#039;à 10 000 euros (15 000 euros en Outre-mer) pour financer la création  ou  le  développement  de  son  entreprise,  quel  que  soit  le  secteur  d&amp;#039;activité  (artisanat, commerces  de  proximité,  restauration,  service  à  la  personne,  agriculture,  culture,  BTP,  etc)  et  son statut juridique;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un financement sous la forme d&amp;#039;un microcrédit personnel remboursable pouvant aller jusqu&amp;#039;à 5000 euros pour financer un besoin de mobilité (permis, achat ou réparation de véhicule);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un  accompagnement  personnalisé  grâce  à  des  services  de formations  gratuites,  de  conseils  et  de coaching  personnalisé  avant,  pendant  et  après  la  création  d&amp;#039;entreprise  (notamment  sur  le  volet administratif, financier, commercial et juridique);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plaidoyer en faveur de l&amp;#039;évolution de la législation sur l&amp;#039;entrepreneuriat, la protection des micro-entrepreneurs et l&amp;#039;inclusion bancaire des plus fragiles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez quelques exemples de personnes accompagnées :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.adie.org/a-la-une/" rel="noopener" target="_blank"&gt;
+  https://www.adie.org/a-la-une/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adie.org</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adie couvre toutes les régions de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus contacter :
+  partenariat&amp;#64;adie.org
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouverez ici la liste des antennes de l&amp;#039;Adie :
+ &lt;a href="https://www.adie.org/nos-agences/"&gt;
+  https://www.adie.org/nos-agences/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c827-liberer-linitiative-economique-dans-les-terri/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>89215</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets créateurs d'activités, d'emplois ou de services en milieu rural</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>ADEFPAT</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La formation-développement est une méthode d&amp;#039;accompagnement de projet, individuel ou collectif, construite autour de trois objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de compétences nouvelles pour les porteurs de projets
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des avancées concrètes dans la réalisation du projet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La favorisation de l&amp;#039;ancrage territorial et professionnel
+   du projet dans son environnement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La démarche  est un « outil plus rural » qui intervient en complémentarité des dispositifs existants d&amp;#039;où sa forte dimension partenariale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les accompagnements proposés s&amp;#039;adressent aux porteurs de projet contribuant au développement de l&amp;#039;emploi et de l&amp;#039;activité en milieu rural, quelque soit le secteur d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour des projets :
+  Création/Transmission/Reprise d&amp;#039;entreprise Développement/ changement d&amp;#039;échelle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tiers lieux
+&lt;/p&gt;
+&lt;p&gt;
+ Projet alimentaire de territoire
+&lt;/p&gt;
+&lt;p&gt;
+ stratégie de developpement touristique
+&lt;/p&gt;
+&lt;p&gt;
+ équipement de loisir, touristique,
+&lt;/p&gt;
+&lt;p&gt;
+ atelier de découpe transformation
+&lt;/p&gt;
+&lt;p&gt;
+ mobilisation des acteurs : bourg centre, services aux publics,...
+&lt;/p&gt;
+&lt;p&gt;
+ boutique école
+&lt;/p&gt;
+&lt;p&gt;
+ petits commerces
+&lt;/p&gt;
+&lt;p&gt;
+ installation d&amp;#039;artisans
+&lt;/p&gt;
+&lt;p&gt;
+ Politiques et actions d&amp;#039;accueil de nouvelle population
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
-Forêts
-[...6 lines deleted...]
-Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
 Jeunesse
-Famille et enfance
-[...1 lines deleted...]
-Egalité des chances
 Accès aux services
-Cohésion sociale et inclusion
 Citoyenneté
-Santé
-[...1 lines deleted...]
-Alimentation
 Commerces et services
 Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
-Risques naturels
-[...2 lines deleted...]
-Equipement public
 Bâtiments et construction
-Réhabilitation
-[...4 lines deleted...]
-Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron, Hérault, Lot, Lozere, Tarn, Tarn-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adefpat.fr</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adefpat.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 63 36 20 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>benedicte.dupre@adefpat.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cdd6-accompagner-les-projets-createurs-dactivites-/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>94892</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la trésorerie de très petites entreprises de commerce de proximité devant s’acquitter d’un loyer au titre de leur local commercial - Résistance Loyers Grand Est</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide consiste en un soutien à la trésorerie de très petites entreprises de commerce de proximité, faisant l&amp;#039;objet d&amp;#039;une fermeture administrative, et devant s&amp;#039;acquitter d&amp;#039;un loyer au titre de leur local commercial.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Grand Est propose un accompagnement sous forme d&amp;#039;aide directe à l&amp;#039;immobilier et assis sur une base mensuelle, en soutien aux très petites entreprises devant s&amp;#039;acquitter d&amp;#039;un loyer et se trouvant encore en situation de fermeture les mois de mars, avril, mai, ou/et juin 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Besoins éligibles à financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif a vocation à financer ou cofinancer le besoin de court terme en trésorerie du bénéficiaire lié au loyer de leur local commercial, calculé sur une base mensuelle pour chacun des mois de mars, avril, mai, et juin.
+Une aide de la Région ne pourra être étudiée que si le montant obtenu auprès du fonds national de solidarité n&amp;#039;est pas suffisant pour couvrir les frais et charges (dont loyers) sur le mois de fermeture concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature de l&amp;#039;aide : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond mensuel : d&amp;#039;un montant équivalent à jusqu&amp;#039;à 100 % du loyer mensuel HT (incluant les charges locatives) acquitté par le demandeur auprès de son bailleur au titre de son local commercial, et dans la limite de 1 000 € par mois et par entreprise bénéficiaire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le besoin global présenté sur cette base doit être a minima égal à 300 € pour solliciter le présent dispositif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de versement
+ &lt;/strong&gt;
+ : sur la base de derniers justificatifs relatifs au loyer*, certifié acquitté par le bailleur.
+La présente mesure est un dispositif d&amp;#039;intervention mis en œuvre en réaction à la crise liée au COVID-19. Les entreprises en difficultés avant la crise du COVID-19 peuvent se voir refuser leur demande si la continuité ou la reprise de l&amp;#039;activité de l&amp;#039;entreprise ne peut être envisagée de façon réaliste à l&amp;#039;issue du déconfinement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les loyers des mois d&amp;#039;avril, mai, et juin, l&amp;#039;ouverture du télé service de demande d&amp;#039;aide interviendra après celui du fonds national de solidarité (pour lequel une demande mensuelle et préalable est nécessaire.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
 Emploi
-International
-[...66 lines deleted...]
- Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises / activités marchandes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   constituées sous statut de micro/auto entrepreneur, d&amp;#039;entreprise individuelle, de société (y compris sociétés coopératives) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   immatriculées en région Grand Est et locataires d&amp;#039;un local commercial situé sur le territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   indépendantes dans la mesure où elles n&amp;#039;ont pas de lien capitalistique direct avec une ou d&amp;#039;autre(s) société(s), sauf si l&amp;#039;effectif total cumulé des différentes structures concernées ne dépasse pas 5 ETP salariés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   ayant directement fait l&amp;#039;objet d&amp;#039;une mesure de fermeture administrative à raison de leur activité, sur le mois de mars 2021 ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposant d&amp;#039;un numéro SIRET au moment du dépôt de la demande.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus du bénéfice de ce dispositif :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les entreprises dont l&amp;#039;effectif salarié est supérieur à 5 ETP (tout type de contrat prévu au code du travail) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises qui n&amp;#039;ont pas effectué de demande de soutien au titre du fonds national de solidarité pour la période du mois de mars 2021
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises dont le bailleur a consenti une annulation de loyer exigible au titre de leur local commercial pour les mois de mars 2021
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises dont le local commercial est propriété d&amp;#039;une collectivité locale ou d&amp;#039;un EPCI et d&amp;#039;un établissement public.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/resistance-loyers-grand-est/</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://resistance.grandest.fr/aides</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour vous aider à créer votre compte et faire votre demande en ligne, téléchargez le
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse de messagerie du service en charge du dispositif :
+ &lt;a href="mailto:beestentreprendre&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  beestentreprendre&amp;#64;grandest.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
-[...26 lines deleted...]
- Téléphone : 05 62 67 31 50
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c09-resistance-loyers-grand-est/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>98862</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Créer, maintenir ou développer un service de proximité</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif de cette aide est d&amp;#039;assurer la création, le maintien ou le développement d&amp;#039;un service nécessaire à la
+ satisfaction de la population en milieu rural, lorsque l&amp;#039;initiative privée est défaillante
+ ou insuffisante.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités concernées sont les services suivants : commerce de bouche,
+ épicerie, multiservices, bar-café, station-service, restaurants et distributeurs
+ bancaires lorsque l&amp;#039;essentiel de leurs prestations s&amp;#039;adresse à la population locale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
-[...63 lines deleted...]
- Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer dans une commune de moins de 3.500 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  un soutien en ingénierie
-[...5 lines deleted...]
-  le renforcement en fonds propres et quasi-fonds propres de SEM et filiales de SEM intégrant une activité de foncière de redynamisation.
+  construction et aménagement de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements extérieurs hors plantations et éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel immobilier par destination (four, chambre froide...) nécessaire à
+   l&amp;#039;exercice normal du métier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobilier, matériel informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat de consommables
+ &lt;/li&gt;
+ &lt;li&gt;
+  prix du terrain non bâti et frais de notaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  achat du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation d&amp;#039;un plan d&amp;#039;action et d&amp;#039;un budget prévisionnel sur 3 ans permettant
+   d&amp;#039;évaluer la viabilité de l&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Absence d&amp;#039;initiative privée au sein de la même commune sur le même type
+   d&amp;#039;activité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démarches engagées pour la location-gérance du futur service ou possibilité de
+   l&amp;#039;assurer par un agent public identifié
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche des cofinancements Région et/ou Etat et/ou Europe (FEADER ou
+   FEDER notamment)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
-[...173 lines deleted...]
-      <c r="T67" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
-[...311 lines deleted...]
-  laurence.vintejoux&amp;#64;iledefrance.fr
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/services-de-proximite</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Aménagement Durable / Direction Appui aux Collectivités Territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Maryvonne Bedos, Secrétaire de direction
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:maryvonne.bedos&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  maryvonne.bedos&amp;#64;aude.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- La demande d&amp;#039;aide régionale est à adresser par mail à cette même adresse, accompagné des pièces listées dans le dossier.
-[...23 lines deleted...]
- &lt;br /&gt;
+ Tel : 04.68.11.64.82
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
-[...72 lines deleted...]
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dea4-creer-maintenir-ou-developper-un-service-de-p/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>103472</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Aménager et équiper des cafés musicaux et culturels</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Investissement culturel - Aide à l’aménagement et à l'équipement des cafés musicaux et culturels</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I70" s="1" t="inlineStr">
+      <c r="I44" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif de soutien s&amp;#039;adresse aux cafés situés en Île-de-France, proposant une programmation musicale et culturelle, qui souhaitent faire des travaux d&amp;#039;aménagement ou des acquisitions d&amp;#039;équipement.
 &lt;/p&gt;
 &lt;p&gt;
  Les établissements situés en grande couronne ou dans des zones rurales ou périurbaines, ou dans des villes de moins de 20 000 habitants, seront prioritairement soutenus.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Taux et montant de l&amp;#039;aide : L&amp;#039;aide prend la forme d&amp;#039;une subvention en investissement. La région peut intervenir jusqu&amp;#039;à 70% de votre budget d&amp;#039;investissement, dans la limite de 50 000€ de dépenses éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M70" s="1" t="inlineStr">
+      <c r="M44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif permet de soutenir les projets d&amp;#039;aménagements, de travaux ou d&amp;#039;équipements pour des cafés musicaux et culturels dont le classement ERP correspond à la qualification N ou L, de catégories IV et V (jauges inférieures à 300 places), relevant notamment de la convention collective des HCR (Hôtels, Cafés et Restaurants), et justifiant d&amp;#039;une programmation artistique et culturelle (concerts, spectacles...) réalisée dans des conditions professionnelles, dans le respect des règlementations en vigueur, notamment sur les plans sociaux (emploi des artistes via le GUSO ou en lien avec le GIP cafés culture) et de la sécurité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Commerces et services</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires : Ce dispositif de soutien s&amp;#039;adresse à toutes personnes morales de droit public ou privé, ayant leur siège social et leur activité en Ile-de-France et justifiant d&amp;#039;au moins un an d&amp;#039;existence.
 &lt;/p&gt;
 &lt;p&gt;
  Les bénéficiaires concernés devront justifier d&amp;#039;une aide à l&amp;#039;emploi du GIP Cafés cultures dont la Région Ile-de-France est membre
  , ou bien du respect des règlementations en vigueur notamment en ce qui concerne les conditions de rémunération des artistes.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appel à projet est permanent. Nous vous remercions de nous contacter par mail avant de déposer votre demande. Les dossiers seront instruits uniquement de manière dématérialisée.
 &lt;/p&gt;
 &lt;p&gt;
  La demande devra obligatoirement comporter :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un courrier officiel de demande de subvention daté et motivé, adressé à la Présidente du Conseil Régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Une description de votre programmation culturelle ;
  &lt;/li&gt;
  &lt;li&gt;
   Le descriptif détaillé des travaux (plans et surfaces) ;
  &lt;/li&gt;
  &lt;li&gt;
@@ -13984,2276 +8157,7143 @@
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation de non commencement des travaux avant le vote de la subvention ou la demande motivée de démarrage anticipée ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation concernant l&amp;#039;assujettissement à la TVA* ;
  &lt;/li&gt;
  &lt;li&gt;
   Les bilans et comptes de résultat du dernier exercice ;
  &lt;/li&gt;
  &lt;li&gt;
   La charte régionale des valeurs de la république et de la laïcité signée, uniquement pour les structures privées* ;
  &lt;/li&gt;
  &lt;li&gt;
   La lettre d&amp;#039;engagement concernant l&amp;#039;accueil de stagiaires dans le cadre de la mesure « 100 000 stages pour les jeunes franciliens »* ;
  &lt;/li&gt;
  &lt;li&gt;
   Le RIB de la structure ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Des modèles pour les documents suivis d&amp;#039;un astérisque sont téléchargeables sur le site de la Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-lamenagement-et-lequipement-des-cafes-musicaux-et-culturels</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Christine Vacher :
  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
   christine.vacher&amp;#64;iledefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les demandes doivent être faites sur la plateforme dédiée de la Région :
  &lt;a rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b457-investissement-culturel-aide-a-lamenagement-e/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...27 lines deleted...]
-      <c r="H71" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>103500</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir jusqu'à 1.500€ la transition écologique des artisans et commerçants franciliens</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Chèque vert pour la transition écologique</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I71" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
-[...429 lines deleted...]
-   cf. guide des aides départementales
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La Région soutient jusqu&amp;#039;à 1.500€ la transition écologique des artisans et commerçants franciliens : diminution des consommations d&amp;#039;énergie et d&amp;#039;eau, amélioration de la qualité de l&amp;#039;air intérieur, développement de la consigne pour réemploi...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette aide est cumulable avec le
+  &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
+   Chèque numérique pour un commerce connecté
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
+  volet 1, en faveur des artisans et commerçants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Découvrez l&amp;#039;ensemble des aides à destination des artisans et commerçants franciliens grâce à
+  &lt;a href="https://www.iledefrance.fr/sites/default/files/medias/2022/01/Les_aides_aux_artisans_commercants.pdf"&gt;
+   notre brochure
+  &lt;/a&gt;
+  téléchargeable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P45" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2021</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerçants de proximité ou artisans*, sédentaires ou non, avec ou sans point de vente, y compris artisan d&amp;#039;art,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;établissement est situé en Île-de-France et a été créé 6 mois avant la date de la demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;entreprise a un effectif inférieur à 20 salariés, y compris les entreprises sans salarié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrits au Registre du Commerce et/ou Registre des Métiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;activité relève d&amp;#039;un code NAF 10 à 33, 43 à 47, 55 et 56, 7410Z, 7420Z, 79, 81, 9003A, 9312 et 9313, 95 et 96,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *L&amp;#039;artisan ou commerçant de proximité vend des produits ou services de manière quotidienne ou fréquente à des particuliers. Les entreprises qui vendent exclusivement sur Internet, de la filière numérique, des activités financières et immobilières, des organismes de formation, de conseil et des bureaux d&amp;#039;études ne sont pas éligibles.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;aide est une subvention pouvant aller jusqu&amp;#039;à 1.500€.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;investissement Hors Taxes listées,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptabilisées à l&amp;#039;actif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagées à compter du 23 juillet 2021,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portant sur une période de 1 an maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui ont été RÉGLÉES (avec preuve du règlement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises multi-établissements peuvent demander une aide pour chaque établissement (une demande par n° de SIRET, soit la création d&amp;#039;un compte avec un mail distinct sur la plateforme). Un établissement ne peut être bénéficiaire qu&amp;#039;une seule fois de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;br /&gt;
+Le Chèque vert à destination des artisans et commerçants franciliens vise à :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la consigne pour réemploi (contenants consignés,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser le tri et la gestion des déchets (bacs de tri, broyeurs, composteurs, outils d&amp;#039;entretien,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les consommations d&amp;#039;énergie et d&amp;#039;eau (isolation de la devanture, radiateur basse température, pompe à chaleur, robinet thermostatique, luminaires, installation frigorifique,  ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur (ventilation, purificateur d&amp;#039;air, matériel de filtration...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les mobilités douces (points de recharge, abri à toit pour vélo, vélo
+  &lt;strong&gt;
+   cargo
+  &lt;/strong&gt;
   ).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- * sous conditions à consulter dans le document «
-[...192 lines deleted...]
-&lt;p&gt;
+ Les dépenses éligibles sont exclusivement
  &lt;strong&gt;
-  Modalités :
+  les dépenses d&amp;#039;investissement détaillées dans la notice téléchargeable ci-dessous.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...252 lines deleted...]
- Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
+ Pour vous aider, n&amp;#039;hésitez pas également à consulter la fiche « Tableau explicatif des dépenses » ainsi que la FAQ dédiée.
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
- Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
-[...371 lines deleted...]
-  &lt;/span&gt;
+ 1. Vous pouvez bénéficier d&amp;#039;un diagnostic gratuit de transition écologique et d&amp;#039;un accompagnement personnalisé auprès de la
+ &lt;a href="https://www.entreprises.cci-paris-idf.fr/web/pme/diagnostic-ecologique" rel="noopener" target="_blank"&gt;
+  CCI Paris Ile-de-France (commerces)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...2 lines deleted...]
- &lt;br /&gt;
+ ou de la
+ &lt;a href="https://www.cma-idf.fr/fr/appui-aux-entreprises/vers-une-demarche-de-developpement-durable/diagnostic-transition-ecologique.html" rel="noopener" target="_blank"&gt;
+  CMA Ile-de-France (artisans)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un extrait Kbis ou D1 de moins de 3 mois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB au nom de l&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un justificatif comptable attestant de l&amp;#039;activité de l&amp;#039;entreprise*,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les factures acquittées des dépenses réalisées à compter du 23/07/2021 telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le formulaire DVS téléchargeable en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Déposez votre demande d&amp;#039;aide sur
+ &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ à compter du 5 octobre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai de 2 mois.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/cheque-vert-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide ouverte à compter du 5 octobre 2021.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute information générale sur l&amp;#039;aide :
+ &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aides.economiques&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Pour toute question sur votre dossier :
+ &lt;a href="mailto:chequevert&amp;#64;cci-paris-idf.fr" rel="noopener" target="_blank"&gt;
+  chequevert&amp;#64;cci-paris-idf.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/497a-cheque-vert-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G78" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>104542</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Revitaliser votre centre-bourg : améliorer l'offre de logement et l'accès aux services et aux activités marchandes.</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional de reconquête des centres-villes des villes moyennes et des centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de subvention par projet : 20 000 € étude 200 000€ investissement</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conforter leur rôle de centralité des villes moyennes, renforcer le maillage du territoire et leur permettre de faire face à des enjeux démographiques, économiques ou sociaux à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est destinée à soutenir les communes ayant un rôle de centralité souhaitant revitaliser leur centre-bourg dans le but d&amp;#039;y améliorer l&amp;#039;offre de logement et l&amp;#039;accès aux services et aux activités marchandes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent les études stratégiques de revitalisation de centres bourgs ainsi que les investissements concernant des opérations de reconquête de centres bourgs;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exigences énergétiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations de rénovation de bâtiments : gain de 40% minimum d&amp;#039;énergie primaires par rapport à la situation avant travaux et atteinte de la classe C minimum pour les bâtiments à usage de logements;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations de constructions de bâtiments : atteinte du niveau passif minimum;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration de 4 critères de développement durable pour les opérations de construction et pour les opérations de réhabilitation parmi les dix critères listés dans le règlement d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>13/11/2020</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Liste des communes éligibles :
+ &lt;a href="https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs" rel="noopener" target="_blank"&gt;
+  https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt se fera par voie postale à :
+ &lt;br /&gt;
+ Mme la Présidente de la Région des Pays de la Loire
+ &lt;br /&gt;
+ Hôtel de Région
+ &lt;br /&gt;
+ 1, rue de la Loire
+ &lt;br /&gt;
+ 44 966 NANTES CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier devra comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coordonnées du maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coordonnées du gestionnaire de l&amp;#039;équipement concerné
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présentation détaillée du projet (intitulé, descriptif, objectifs, etc.) de type avant-projet sommaire (APS)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les engagements du niveau de performance énergétique envisagé et critères de développement durable retenus ou étude thermique préalable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le budget prévisionnel de l&amp;#039;opération et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les loyers ou redevances qui seront exigés des occupants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les décisions de financement Etat (ou délégataire), les agréments règlementaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le calendrier prévisionnel des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération du porteur de projet approuvant le programme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des territoires et de la ruralité
+ &lt;br /&gt;
+ Service Relations aux collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Loire-Atlantique
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Tanguy RIOU
+ &lt;br /&gt;
+ Tél. 02 28 20 62 86
+ &lt;br /&gt;
+ tanguy.riou&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maine-et-Loire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Christelle Touchais-Pinon
+ &lt;br /&gt;
+ Tél. 02 41 68 70 78
+ &lt;br /&gt;
+ Christelle.TOUCHAIS-PINON&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mayenne
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ Dominique.CHANTEAU-NOGUES&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sarthe
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dominique Chanteau-Nogues
+ &lt;br /&gt;
+ Tél. 02 43 67 22 80
+ &lt;br /&gt;
+ dominique.chanteau-nogues&amp;#64;paysdelaloire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vendée
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Tanguy RIOU
+ &lt;br /&gt;
+ Tél. 02 28 20 62 86
+ &lt;br /&gt;
+ tanguy.riou&amp;#64;paysdelaloire.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c9e-fonds-regional-de-reconquete-des-centres-vill/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>111625</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Revitaliser les commerces du territoire</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Ruralité</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>50% ou 70% maximum des dépenses HT selon la catégorie</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la revitalisation commerciale du territoire, pour des études et prestations d&amp;#039;ingénierie, et des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et prestations d&amp;#039;ingénierie : 70% maximum des dépenses HT, plafonné à 15.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Autres dépenses d&amp;#039;investissement : 50% maximum des dépenses HT, plafonné à 150.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-PART-005 (CP du 16/01/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes (118) et Intercommunalités (6) en périmètre de la ruralité en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68bd-revitaliser-les-commerces-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>116954</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Aide au commerce et à l'artisanat avec point de vente</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Aide au commerce et à l'artisanat avec point de vente Agglo Pays d'Issoire</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Agglo Pays d'Issoire</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide aux activités commerciales et artisanales avec point de vente (création, reprise et développement) sur les communes d&amp;#039;Agglo Pays d&amp;#039;Issoire pour la revitalisation des centres-villes et centres-bourgs
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;aide :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux de subvention de 10% du montant H.T des dépenses éligibles de l&amp;#039;Agglo Pays d&amp;#039;Issoire en cofinancement de l&amp;#039;aide Régionale d&amp;#039;un taux de 20 % du montant HT des dépenses éligibles, soit un taux d&amp;#039;aide cumulé de 30%.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles de 10 000 € HT et plafond de dépenses de 50 000 € HT.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de rénovation intérieure d&amp;#039;une boutique de prêt-à-porter
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de vitrine / enseigne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une terrasse extérieure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un système de vidéo-surveillance / rideau métallique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des luminaires et du système de chauffage pour des économies d&amp;#039;énergies
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les investissements éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ • Investissements matériels professionnels
+ &lt;br /&gt;
+ • Travaux de rénovation/d&amp;#039;aménagement intérieurs et extérieurs
+ &lt;br /&gt;
+ • Travaux d&amp;#039;accessibilité et investissements de sécurisation du local
+ &lt;br /&gt;
+ • Investissements d&amp;#039;économie d&amp;#039;énergie
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Où? :
+ &lt;/strong&gt;
+ Les 88 communes du territoire d&amp;#039;Agglo Pays d&amp;#039;Issoire, en centres-villes et centres bourgs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ? :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises de 0 à 49 salariés
+ &lt;/li&gt;
+ &lt;li&gt;
+  En phase de création, de reprise ou de développement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec un chiffre d&amp;#039;affaire inférieur à 1 million d&amp;#039;€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec un point de vente accessible au public dont la surface est inférieure à 700 m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises immatriculées au RCS et/ou Registre des Métiers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>CA Agglo Pays d'Issoire</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agglo Pays d&amp;#039;Issoire
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la dynamique économique et de l&amp;#039;emploi
+&lt;/p&gt;
+&lt;p&gt;
+ Marlène GOUYON
+&lt;/p&gt;
+&lt;p&gt;
+ marlene.gouyon&amp;#64;capissoire.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 55 94 56
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>marlene.gouyon@capissoire.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a045-aide-au-commerce-et-a-lartisanat-avec-point-d/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>119849</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'installation des créateurs, repreneurs, développeurs d'entreprise sur votre territoire par un fonds de prêt d'honneur et un accompagnement gratuit et qualifié</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Prêt d'honneur</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiative France est le 1er réseau associatif de financement et d&amp;#039;accompagnement des créateurs, repreneurs et développeurs d&amp;#039;entreprise. Les 206 associations du réseau accueillent les entrepreneurs, évaluent leur projet, le financent par un
+ &lt;strong&gt;
+  prêt d&amp;#039;honneur à taux 0 sans intérêt ni garantie demandée
+ &lt;/strong&gt;
+ et accompagnent les entrepreneurs en leur faisant bénéficier d&amp;#039;un soutien par d&amp;#039;autres chefs d&amp;#039;entreprises et en leur permettant d&amp;#039;accéder à un réseau économique local.
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce à son ancrage local et à ses valeurs de solidarité, le réseau Initiative France s&amp;#039;est toujours inscrit dans une forte dynamique de soutien au développement économique de l&amp;#039;ensemble des territoires. Les associations Initiative France contribuent efficacement à la création d&amp;#039;emplois, en favorisant et développant l&amp;#039;entrepreneuriat. Par leur participation active au développement et au renouvellement du tissu économique local via la création et la reprise d&amp;#039;entreprises, les associations aident les collectivités à rendre leur territoire plus attractif d&amp;#039;un point de vue économique et social.
+&lt;/p&gt;
+&lt;p&gt;
+ En abondant un fonds de prêt d&amp;#039;honneur, les collectivités donnent aux entrepreneurs des moyens solides de s&amp;#039;installer et de se développer sur leurs territoires et renforcent leurs chances de pérennité : 9 entreprises sur 10 soutenues par le réseau Initiative France passent avec succès le cap fatidique des 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, en participant au budget d&amp;#039;accompagnement des associations Initiative France, les collectivités contribuent à la création d&amp;#039;une offre de service adaptée et évolutive répondant aux besoins spécifiques de chaque territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Voir la cartographie des associations du réseau Initiative France sur
+  &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;faciliter" rel="noopener" target="_blank"&gt;
+   https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;faciliter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc4a-faciliter-linstallation-des-createurs-reprene/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>119850</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Effectuer le diagnostic, l'accompagnement, le financement des entrepreneurs, commerçants, restaurateurs s’installant dans des locaux vacants (dont locaux communaux)</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiative France est le 1er réseau associatif de financement et d&amp;#039;accompagnement des créateurs, repreneurs et développeurs d&amp;#039;entreprise. Les 206 associations du réseau accueillent les entrepreneurs, évaluent leur projet, le financent par un prêt d&amp;#039;honneur à taux 0 sans intérêt ni garantie demandée et accompagnent les entrepreneurs gratuitement en leur faisant bénéficier d&amp;#039;un soutien par d&amp;#039;autres chefs d&amp;#039;entreprises et en leur permettant d&amp;#039;accéder à un réseau économique local.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans un objectif commun de redynamisation économique et sociale des territoires,
+ &lt;strong&gt;
+  les associations accompagnent les collectivités pour identifier, financer et accompagner les porteurs de projet susceptibles de s&amp;#039;installer dans des locaux vides
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation au plan d&amp;#039;action de revitalisation des centres-villes et centres-bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche et identification de commerçants, artisans ou de restaurateurs pouvant s&amp;#039;installer dans des locaux vacants grâce à l&amp;#039;expertise du comité d&amp;#039;agrément : Composés d&amp;#039;experts bénévoles et de chefs d&amp;#039;entreprise locaux, le comité d&amp;#039;agrément décide de l&amp;#039;attribution d&amp;#039;un prêt d&amp;#039;honneur et de l&amp;#039;accompagnement des porteurs de projets, au moment du démarrage opérationnel de leur activité et pendant plusieurs années.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de Boutiques à l&amp;#039;Essai avec la Fédération Nationale des Boutiques à l&amp;#039;Essai  ou Pop-up store
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appels à projets permettant d&amp;#039;identifier des commerçants/artisans pour répondre aux enjeux de structuration et dynamisation de zones commerciales en centres-villes ou centres-bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi renforcé des entrepreneurs et parrainage éventuel les premières années de la vie de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.cc-vallee-herault.fr/entreprendre/vie-economique/actualites-354/appel-a-projet-vous-avez-une-idee-une-envie-d-entreprise-3397.html?cHash&amp;#61;36793e3fcf0d0d459df4f0a3602188c4" rel="noopener" target="_blank"&gt;
+   Appel à projet en vue d&amp;#039;une occupation de locaux vacants par des commerçants sur la commune de Gignac (Petite Ville de Demain)
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.initiative-seineyvelines.com/operation-ma-boutique-a-lessai.html" rel="noopener" target="_blank"&gt;
+   Opération Ma boutique à l&amp;#039;essai à Bonnières-sur-Seine
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Voir la cartographie des associations du réseau Initiative France sur
+  &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;effectuer" rel="noopener" target="_blank"&gt;
+   https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;effectuer
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0466-effectuer-le-diagnostic-laccompagnement-le-fi/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>119887</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude d'implantation commerciale</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;attractivité de votre territoire passe par un développement coordonné et équilibré entre votre centre-ville et vos zones commerciales périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Mener une politique de développement commercial durable s&amp;#039;appuie sur des données fiables et objectives, et mobilise des outils et méthodes d&amp;#039;aide à la décision efficaces et adaptés à votre projet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI peut vous accompagner tout au long de votre projet d&amp;#039;implantation commerciale :
+ &lt;br /&gt;
+ - Vous disposez d&amp;#039;une vision stratégique du commerce sur votre territoire mais votre projet reste à clarifier ?
+ &lt;br /&gt;
+ - Vous disposez d&amp;#039;un local commercial, mais devez préciser son affectation ?
+ &lt;br /&gt;
+ - Vous souhaitez passer du projet à sa réalisation ?
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous propose :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une étude du potentiel commercial :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification des lieux de consommation sur votre territoire et analyse de l&amp;#039;environnement concurrentiel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observation des clientèles potentielles et des pratiques de consommation / Analyse du fonctionnement du marché local. Une enquête réalisée auprès des ménages peut venir compléter cette analyse pour préciser les besoins, les attentes, et les habitudes de consommation sur la zone de chalandise ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrage des marchés potentiels et des marchés résiduels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Une analyse de faisabilité peut vous être proposée en complément pour affiner les conditions de rentabilité et de viabilité de votre projet d&amp;#039;implantation commerciale.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une aide et un conseil pour la mise en œuvre du projet
+ &lt;/strong&gt;
+ &lt;em&gt;
+  :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la sélection et au recrutement des candidats qui réaliseront le projet de développement du commerce, depuis la rédaction et la diffusion de l&amp;#039;offre jusqu&amp;#039;à l&amp;#039;analyse des candidatures
+  &lt;em&gt;
+   ;
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un suivi post-création peut être proposé au porteur de projet pour viabiliser le commerce
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Adressez-vous à votre CCI pour définir avec votre expert CCI le périmètre de votre étude d&amp;#039;implantation commerciale et obtenir un devis.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/etude-dimplantation-commerciale</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb15-realiser-une-etude-dimplantation-commerciale/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>119891</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude sur-mesure de l'activité économique</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de commerce et d'industrie (CCI)</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous devez réaliser un état des lieux de l&amp;#039;économie et de certains secteurs d&amp;#039;activité de votre territoire ? Vous souhaitez optimiser l&amp;#039;attractivité de celui-ci, affiner votre connaissance d&amp;#039;une filière, évaluer le potentiel d&amp;#039;un évènement, l&amp;#039;impact d&amp;#039;un équipement ?
+&lt;/p&gt;
+&lt;p&gt;
+ Votre CCI vous fournit les analyses et données utiles pour sécuriser vos décisions en matière de développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle vous propose ainsi un service sur mesure en fonction de votre stratégie locale de développement économique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   PORTRAIT DE VOTRE TERRITOIRE OU D&amp;#039;UNE FILIÈRE :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse quantitative et qualitative de données est produite à partir :
+  &lt;br /&gt;
+  - des données collectées sur les sources les plus pertinentes à votre besoin (sources CCI, organismes publics INSEE, URSSAF, partenaires, ...) ;
+  &lt;br /&gt;
+  - de recherches documentaires (presse, web, rapports d&amp;#039;experts, études antérieures et documents d&amp;#039;urbanisme) ;
+  &lt;br /&gt;
+  - d&amp;#039;un repérage de projets qui entrent dans le périmètre de l&amp;#039;analyse.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Elle vous permet d&amp;#039;identifier les forces et faiblesses de votre projet, les opportunités et menaces. Elle vous permet de hiérarchiser les enjeux et de préciser vos principaux leviers d&amp;#039;action.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;analyse peut être complétée de services complémentaires :
+  &lt;br /&gt;
+  - identification des acteurs clés et géolocalisation des entreprises ;
+  &lt;br /&gt;
+  - enquête terrain, entretiens experts ou enquêtes auprès d&amp;#039;entreprises selon les besoins et conditions définis dans le cahier des charges ;
+  &lt;br /&gt;
+  - réunion(s) collective(s) d&amp;#039;entreprises et d&amp;#039;élus locaux.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Au final, vous obtenez les préconisations sur :
+  &lt;br /&gt;
+  - l‘évaluation des axes potentiels de développement ;
+  &lt;br /&gt;
+  - l&amp;#039;établissement de la stratégie commerciale, touristique, industrielle, foncière, ... ;
+  &lt;br /&gt;
+  - l&amp;#039;élaboration de votre plan d&amp;#039;actions ;
+  &lt;br /&gt;
+  - la rédaction des contenus et des conclusions sur vos supports destinés à promouvoir votre démarche.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ÉTUDE D&amp;#039;IMPACT ÉCONOMIQUE DE VOTRE ÉQUIPEMENT OU ÉVÉNEMENT :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Ce service s&amp;#039;adresse particulièrement aux organisateurs de manifestations, gestionnaires d&amp;#039;équipements, associations ou encore groupes d&amp;#039;acteurs publics pour analyser les retombées économiques d&amp;#039;un équipement ou événement.
+  &lt;br /&gt;
+  Il repose sur une méthodologie d&amp;#039;enquête avec la restitution d&amp;#039;un bilan.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;étude.
+  &lt;br /&gt;
+  Prestation sur devis.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+International
+Attractivité économique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cci.fr/offre/etude-sur-mesure-de-lactivite-economique</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre CCI de proximité :
+ &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
+  https://www.cci.fr/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>a.czmal@ccifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/28e1-realiser-une-etude-sur-mesure-de-lactivite-ec/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>119908</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les produits alimentaires locaux auprès de l’ensemble des acteurs de votre territoire</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les territoires à travers les produits alimentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir des filières, productions et savoir-faire locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les « Cités du goût et des saveurs » (CG&amp;amp;S), outil des Chambres de Métiers et de l&amp;#039;Artisanat pour l&amp;#039;accompagnement des acteurs de l&amp;#039;alimentaire et des territoires proposent les services suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer des filières alimentaires locales et circuits de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer le rôle des acteurs locaux dans la distribution d&amp;#039;une alimentation saine et de qualité, y compris dans la restauration collective ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des animations sur le territoire autour de l&amp;#039;alimentation locale et de qualité, la réduction du gaspillage alimentaire, la découverte des savoir-faire et produits artisanaux, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les professionnels de l&amp;#039;alimentation dans la lutte contre le gaspillage alimentaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;offre touristique autour des savoir-faire et produits locaux (ateliers culinaires, découvertes de savoir-faire, visites d&amp;#039;entreprises, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Accès aux services
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6819-valoriser-les-produits-alimentaires-locaux-au/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>120315</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer la faisabilité d’un projet de création ou de développement d’une activité commerciale</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de Commerce et d'Industrie (CCI) de la Drôme</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Actions favorisant l&amp;#039;accès aux produits alimentaires locaux issus de l&amp;#039;agriculture : accompagnement à la création de marchés de producteurs ou à la redynamisation de marchés existants (marchés permanents ou ponctuels liés à un événement), accompagnement à la création d&amp;#039;un nouveau point de vente de produits locaux (étude de marché, animation du groupe de producteurs...), appui à la création de projet alimentaire territorial, promotion de la plate-forme Agrilocal (en partenariat avec le
-[...3 lines deleted...]
- ).
+ La création ou le développement de projets commerciaux de type commerce, café, hôtel, camping, multiservices, alimentation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Écoute, précision et retranscription des besoins de la collectivité territoriale (enjeux, objectifs)
-[...16 lines deleted...]
-  Maîtrise d&amp;#039;œuvre (intervention payante) :
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange avec la collectivité pour :
   &lt;br /&gt;
- &lt;/strong&gt;
-[...9 lines deleted...]
-  Animation d&amp;#039;une instance de concertation entre la Chambre d&amp;#039;Agriculture et la collectivité (comité de pilotage, de suivi...)
+  – affiner les attentes de la collectivité par rapport au projet et visite terrain le cas échéant
   &lt;br /&gt;
-  Exemple pour la création d&amp;#039;un marché de producteurs :
+  – identifier les principales contraintes du projet
   &lt;br /&gt;
-  – étude de marché
-[...189 lines deleted...]
-  – poser les bases d&amp;#039;une réponse à la problématique
+  – préciser les modalités d&amp;#039;intervention possibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Elaboration d&amp;#039;une offre d&amp;#039;intervention qui réponde aux attendus définis lors du rendez-vous initial.
+ Élaboration d&amp;#039;une offre d&amp;#039;intervention dont l&amp;#039;objectif est de fournir à la collectivité les informations pragmatiques quant à la faisabilité du projet pour une prise de décision objective.
 &lt;/p&gt;
 &lt;strong&gt;
  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
 &lt;/strong&gt;
 &lt;p&gt;
- Après validation de la proposition d&amp;#039;intervention de la CCI par la collectivité et selon les cas :
+ Après validation de la proposition d&amp;#039;intervention par la collectivité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  réunion de lancement de l&amp;#039;intervention avec les acteurs concernés (commerçants...)
-[...14 lines deleted...]
-  présentation collective des résultats aux acteurs concernés (commerçants, office de tourisme...).
+  Réalisation de l&amp;#039;étude de faisabilité dans les conditions définies dans l&amp;#039;offre d&amp;#039;intervention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des résultats de l&amp;#039;étude à la collectivité locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remise d&amp;#039;un rapport écrit
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X79" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/mesurer-la-faisabilite-projet-de-creation-ou-de-developpement-activite-commerciale/</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Chambre de Commerce et d&amp;#039;Industrie de la Drôme
   &lt;/li&gt;
   &lt;li&gt;
    Projet TPE Commerce Tourisme
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04 75 75 70 34
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:commerce-tourisme&amp;#64;drome.cci.fr"&gt;
     commerce-tourisme&amp;#64;drome.cci.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="http://www.drome.cci.fr/"&gt;
     www.cci.drome.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e037-mesurer-la-faisabilite-dun-projet-de-creation/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G80" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>128230</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la redynamisation du commerce et de l'artisanat dans les territoires fragiles</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de restructuration des locaux d’activité</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>appliqué au déficit des opérations de restructuration immobilière</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce fonds vise à faciliter la réalisation de projets immobiliers 
+structurants, menés par des opérateurs qualifiés ou des collectivités 
+locales en contribuant au financement des déficits pour permettre 
+la réalisation de ces opérations dans les territoires identifiés pour 
+leur fragilité. En effet, les projets de restructuration du tissu 
+commercial, artisanal et de service sont des opérations lourdes et 
+complexes qui renchérissent les coûts et génèrent des déficits 
+justifiant souvent la mobilisation d’une subvention d’équilibre.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/projets&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une localisation dans une zone géographique à redynamiser en priorité, le cas échéant adossé à un cadre partenarial clair et structuré (ORT)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une inscription dans une stratégie globale d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une demande émanant d&amp;#039;un établissement commercial ou public, quel que soit son statut...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet socio économiquement viable, mais dont la rentabilité est insuffisante en l&amp;#039;absence de subvention d&amp;#039;équilibre pour permettre l&amp;#039;implication d&amp;#039;opérateurs privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un projet conforme aux objectifs de lutte contre l&amp;#039;artificialisation des sols et de performance énergétique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/le-fonds-de-restructuration-des-locaux-d-activite</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://fondscommerce.anct.gouv.fr/account-management/anct-demandeurs/ux/#/login?redirectTo=https:%2F%2Ffondscommerce.anct.gouv.fr%2Faides%2F%23%2Fanct%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-anct-portail-depot-demande-aides&amp;footer=https:%2F%2Ffondscommer</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande de renseignements concernant les conditions et modalités doit être adressée à l&amp;#039;adresse :
+ fondscommerces&amp;#64;anct.gouv.fr&lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>christelle.breem@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5273-accelerer-la-redynamisation-du-commerce-et-de/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>128231</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le commerce rural</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;En réponse au constat de perte
+d’attractivité commerciale de certains territoires principalement ruraux
+(d’après l’Insee, en 2021, plus de 21 000 communes ne disposaient d’aucun
+commerce, soit 62 % contre 25 %, en 1980), le Gouvernement a créé en mars 2023
+un dispositif national d’accompagnement à l’installation en milieu rural doté,
+à ce jour, de 16,5M€.&lt;/p&gt;
+&lt;p&gt;Ce fonds, financé par le Ministère de
+l’Économie, des Finances et de la Souveraineté industrielle et numérique, est géré par l&amp;#039;Agence Nationale de la Cohésion des Territoires en partenariat avec la Direction Générale des Entreprises. &lt;/p&gt;&lt;p&gt;Il s’adresse à des porteurs
+de projets publics (collectivités), parapublics ou privés (SCIC, exploitants)
+et apporte un soutien indispensable à l’installation en ruralité de commerces
+sédentaires multi-services et itinérants permettant de desservir plusieurs
+communes rurales, avec des aides à l’investissement pouvant aller jusqu’à 80
+000 € par projet. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets privés devront obligatoirement disposer de l&amp;#039;appui de la collectivité territoriale d&amp;#039;implantation du commerce et démontrer leur capacité à mener à bien leur projet d&amp;#039;implantation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://anct.gouv.fr/programmes-dispositifs/reconquete-commerciale/le-fonds-de-soutien-au-commerce-rural</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://fondscommerce.anct.gouv.fr/account-management/anct-demandeurs/ux/#/login?redirectTo=https:%2F%2Ffondscommerce.anct.gouv.fr%2Faides%2F%23%2Fanct%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-anct-portail-depot-demande-aides&amp;footer=https:%2F%2Ffondscommer</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande de renseignements concernant les conditions et modalités doit être adressée à l&amp;#039;adresse : fondscommerces&amp;#64;anct.gouv.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>christelle.breem@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/42bf-soutenir-le-commerce-rural/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>128234</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser son commerce</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>MODCOM</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>En fonction de la localisation géographique de l'entreprise</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectif
+&lt;/p&gt;
+&lt;p&gt;
+ • Faciliter l&amp;#039;implantation et l&amp;#039;ancrage des activités commerciales et artisanales dans les centres-villes et villages du territoire, en
+&lt;/p&gt;
+&lt;p&gt;
+ accompagnant les entreprises dans leurs efforts de développement et de modernisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 55 boutiques dans tout le territoire dont: traiteur Bach, restaurants Gaia, l&amp;#039;Estaminet et le Glacier, D-Cycles, Corentin Coiffure, garage LV Auto, Agence Tops Immo, Institut Bulle de Bien-ëtre, etc.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les entreprises éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles toutes les formes d&amp;#039;entreprises exerçant une activité de vente et / ou de transformation. Une liste de code APE annexée au règlement d&amp;#039;intervention détaille les secteurs éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les opérations d&amp;#039;un montant minimal de dépenses éligibles de 4000 € HT liées uniquement à un investissement immobilier (hors matériels et équipements).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>CC Ouest Aveyron Communauté</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ouestaveyron.fr/</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouest Aveyron Développement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bâtiment Interactis Chemin de 13 Pierres 12200 Villefranche de Rouergue
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 65 65 12 30 E-mail : deveco&amp;#64;ouestaveyron.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du développement économique certifiée ISO 9001 pour l&amp;#039;accompagnement des porteurs de projets
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>mylene.norotte@ouestaveyron.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/57df-aide-a-la-modernisation-des-commerces/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>140794</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement économique, à l’attractivité et à l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de commerce et d'industrie (CCI) des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : réalisation de diagnostics de l&amp;#039;appareil commercial, et de diagnostics économiques (études, plan d&amp;#039;actions, recueil en concertation avec les acteurs locaux...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : animation de territoire (mise en réseau d&amp;#039;entreprises, développement de l&amp;#039;attractivité du territoire et des liens entre tous les acteurs économiques du territoire...) et animation d&amp;#039;associations de commerçants, et d&amp;#039;entreprises de ZA, appui à la dynamisation des centres-villes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE : réalisation d&amp;#039;études commerciales et de marchés, développement des entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;un diagnostic commercial : élaborer un état des lieux fiable et précis sur le tissu commercial, formuler des préconisations de développement et proposer des enrichissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;étude d&amp;#039;implantation commerciale : faciliter les prises de décisions en matière d&amp;#039;aménagement, d&amp;#039;implantation et de dynamisme commercial à partir d&amp;#039;une approche marché personnalisée, et informer sur les accompagnements complémentaires proposés par la CCI (accompagnement du porteur de projet dans le montage du dossier...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un hôtel d&amp;#039;entreprises
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les collectivités, la CCI intervient en tant que prestataire, via la signature de contrats de prestation rémunérés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>http://www.digne.cci.fr/</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 60 bd Gassendi 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 30 80 80 (Digne-les-Bains)
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 92 72 31 52 (Manosque)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:accueil&amp;#64;digne.cci.fr" target="_self"&gt;
+  accueil&amp;#64;digne.cci.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/97a1-contribuer-au-developpement-economique-a-latt/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>144501</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir le tissu économique de proximité dans les zones rurales</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I59" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J59" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 250 000 € HT</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide financière aux opérations d&amp;#039;investissement en faveur des entreprises de services marchands nécessaires aux besoins de la population.
+&lt;/p&gt;
+&lt;p&gt;
+ Application d&amp;#039;un Coefficient de Solidarité Départemental pour les opérations d&amp;#039;investissement dont la maîtrise d&amp;#039;ouvrage est assurée par une commune, un Établissement Public de Coopération Intercommunal à fiscalité propre ou un Groupement de Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est issue du règlement du Fonds de Développement et d&amp;#039;Aménagement Local (FDAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le financement du projet ne doit pas dépasser 80% d&amp;#039;aides publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra comporter : un courrier sollicitant la subvention du Conseil Départemental, une note explicative présentant un plan de financement, un dossier technique.Les pièces suivantes devront également impérativement êtres fournies :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une étude démontrant la viabilité économique du projet et l&amp;#039;absence de distorsion de concurrence ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une attestation par le maître d&amp;#039;ouvrage de la défaillance ou de l&amp;#039;absence d&amp;#039;initiative privée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6040-maintenir-le-tissu-economique-de-proximite-da/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>144509</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale et engagées dans un politique de revitalisation, dynamisation ou de restructuration de leur centre-bourg ou centre-ville peuvent bénéficier d&amp;#039;un soutien départemental aux conditions et selon les modalités détaillées ci-après.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour solliciter l&amp;#039;aide du Département pour la revitalisation, la dynamisation ou restructuration de son centre-ville ou centre bourg, la commune devra réaliser préalablement une étude globale de son centre-ville ou centre-bourg de type « Plan de référence » qui définira un plan d&amp;#039;action global et pluriannuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Dotation maximum allouée au plan d&amp;#039;actions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville moyenne : 350 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Moyens et petits pôles : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pôle de proximité : 250 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La dotation est susceptible d&amp;#039;être augmentée à hauteur de 20 % dans le cas d&amp;#039;une mise en œuvre effective d&amp;#039;un programme de logements sociaux, à loyers modérés ambitieux dans le centre-bourg. Ce programme devra être établi en cohérence avec le schéma départemental de l&amp;#039;Habitat et contribuer au plan « Bien vieillir dans les Landes » en intégrant des logements sociaux et/ ou en favorisant le maintien des personnes âgées à leur domicile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus devront concerner au minimum 2 thématiques sur les 4 suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  habitat et logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  commerce et services,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cadre de vie et l&amp;#039;environnement, notamment la transition énergétique et écologique et les espaces publics en lien avec les mobilités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements à destination de la population.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les projets devront être localisés aux centres-bourgs ou centres-villes et justifier d&amp;#039;effets directs de revitalisation, de dynamisation ou de restructuration des centres-bourgs ou centres Villes, et/ou démontrer un effet de centralité par leurs incidences sur les services ou les habitants des communes rurales périphériques.</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>148160</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Aider au développement des commerces de proximité avec point de vente</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Aide au développement des commerces de proximité avec point de vente</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes Ambert Livradois Forez</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif d&amp;#039;aide financière est destiné à aider les petites entreprises du commerce ou de l&amp;#039;artisanat de proximité à s&amp;#039;installer ou se développer dans un point de vente accessible au public, dans un objectif de revitalisation commerciale des centres-villes et bourgs-centres.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À QUI S&amp;#039;ADRESSE LE DISPOSITIF ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les commerces de proximité avec un point de vente. Un point de vente ou magasin, est un établissement de vente au détail, avec un espace dédié dans le local d&amp;#039;accueil classé en Etablissement Recevant du Public. Il doit pouvoir accueillir la clientèle de l&amp;#039;entreprise et disposer d&amp;#039;une vitrine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le commerce de proximité se compose de commerces de quotidienneté, dans lesquels le consommateur se rend fréquemment, voire quotidiennement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces alimentaires spécialisés (boulangeries-pâtisseries, boucheries charcuteries, poissonneries...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les alimentations générales, les supérettes, les commerces sur éventaires et marchés, les traiteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cafés, bars, tabacs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces de détail (livres, journaux, papeterie, habillement, chaussures, bricolage, maroquinerie, parfumerie, opticien, bijouterie/horlogerie, meubles, articles de sport/loisir, fleuriste) ;
+ &lt;/li&gt;&lt;li&gt;Les garages ; &lt;/li&gt;
+ &lt;li&gt;
+  Les laveries, blanchisseries, teintureries de détail, couturiers, cordonniers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les distributeurs de carburant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les soins de beauté : instituts de beauté, salons de coiffure/barbiers, ongleries ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les activités récréatives et de loisir (salles de sport: remise en forme, ateliers de travaux créatifs, carrousels, escape-game, activités pour enfants, ..) avec au cas par cas une dérogation au critère de plafond de la surface commerciale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La restauration traditionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les pharmacies; &lt;/li&gt;&lt;li&gt;Les nouveaux modes de distribution de produits agricoles locaux (casiers et distributeurs);&lt;/li&gt;&lt;li&gt;Les entreprises labellisées Point relais La Poste, en zone rurale (moins de 2 000 habitants) et dans les quartiers politique de la ville, et qui font l&amp;#039;objet d&amp;#039;un conventionnement avec le Groupe La Poste, au titre de sa mission d&amp;#039;aménagement du territoire. &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;&lt;li&gt;Les entreprises de métiers d&amp;#039;art avec point de vente ;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Sont exclus :&lt;/p&gt;&lt;p&gt;- Les professions libérales (secteurs juridiques, santé, technique, cadre de vie, etc.), banques, assurances et courtiers, experts-comptables, agences immobilières, professions paramédicales (orthopédistes, prothésistes…), taxis/transports de personnes et marchandises/ambulanciers,&lt;/p&gt;&lt;p&gt;- Les activités non-sédentaires/ambulantes bénéficiant du dispositif de subvention à l’investissement spécifique de la Région,&lt;/p&gt;&lt;p&gt;- La restauration rapide,&lt;/p&gt;&lt;p&gt;- Les services à la personne, micro-crèches,&lt;/p&gt;
+&lt;p&gt;L’artisanat de production sans point de vente et les artisans du BTP (y compris avec un point de vente/showroom),&lt;/p&gt;&lt;p&gt;- Les établissements auxiliaires, tels que les entrepôts ou les bureaux d&amp;#039;entreprises commerciales, sans chiffre d&amp;#039;affaires propre,&lt;/p&gt;&lt;p&gt;- Les activités de pleine nature,&lt;/p&gt;&lt;p&gt;- L’hébergement marchand (hôtels, campings, etc.),&lt;/p&gt;&lt;p&gt;- Les maisons de santé.&lt;/p&gt;&lt;p&gt;Les projets pour lesquels une réponse existe dans une politique régionale sectorielle sont prioritairement orientés vers cette politique et il ne pourra pas y avoir de cumul de financement sur une même assiette d’investissements. A ce titre, il ne sera pas possible d’intervenir en complément de l’aide régionale spécifique au maintien des pharmacies même sur des assiettes différentes.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets innovants ou très différenciants par rapport à l’offre traditionnelle/présente seront examinés au cas par cas.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MONTANT DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet aux entreprises remplissant les critères de bénéficier d&amp;#039;un taux d&amp;#039;aide de 30 % grâce au cofinancement entre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La région Auvergne-Rhône Alpes , qui prend en charge 20 % des dépenses éligibles (25 % pour les entreprises labellisées Point Relais La Poste) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Communauté de communes Ambert Livradois Forez, qui prend en charge 10 % des dépenses éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles doit être compris entre 10 000 et 50 000 € HT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;une terrasse et d&amp;#039;un salon de thé à La Forie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un camion pour faire les marchés à Brousse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reprise d&amp;#039;un bar à Saint-Clément-de-Valorgue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un magasin de vélo à Ambert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reprise d&amp;#039;un bar restaurant à Saint-Amant-Roche-Savine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les entreprises répondant aux conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les petites entreprises de moins de 10 salariés dont le CA n&amp;#039;excède pas 1 M€ et avec une surface du point de vente inférieure à 700 m2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En phase de création, de reprise ou de développement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendantes ou franchisées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrites au Registre du Commerce et des Sociétés (RCS) ou au Répertoire des Métiers, ou relevant de la liste des entreprises de métiers d&amp;#039;art reconnues par l&amp;#039;arrêté du 24 décembre 2015 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  À jour de leurs cotisations sociales et fiscales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;établissement aidé est situé sur le territoire Auvergne-Rhône-Alpes.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Territoires éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’établissement concerné par l’investissement sera situé sur le territoire Auvergne-Rhône-Alpes.&lt;/p&gt;&lt;p&gt;Les secteurs géographiques éligibles sont :&lt;/p&gt;&lt;p&gt;- Type de communes : communes de moins de 100 000 habitants et Quartiers Politique de la Ville dans les communes de plus de 100 000 habitants.&lt;/p&gt;&lt;p&gt;- Sur le territoire des communes éligibles : prioritairement les centres-villes, bourgs-centres.&lt;/p&gt;&lt;p&gt;Sont exclues :&lt;/p&gt;&lt;p&gt;- Les galeries commerciales dans le cadre ou accolées à une grande et moyenne surface (GMS) sauf dans les quartiers politique de la ville,&lt;/p&gt;&lt;p&gt;- Les zones industrielles, commerciales et artisanales de périphérie.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  PRÉSENTATION DES OPÉRATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit concerner des investissements de rénovation des locaux, d&amp;#039;équipements destinés à assurer la sécurité du local, d&amp;#039;investissements matériels neufs ou d&amp;#039;occasion (sous les réserves d&amp;#039;un acte authentifiant la vente, qu&amp;#039;ils soient sous garantie du vendeur et que le vendeur atteste par écrit que le matériel n&amp;#039;a jamais été subventionné.)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Sont éligibles les investissements liés à l’installation ou la rénovation du point de vente, neufs ou d’occasion (sous réserve qu’ils soient acquis auprès de professionnels, sous garantie du vendeur et que le vendeur atteste par écrit que le matériel n’a jamais été subventionné) :&lt;/p&gt;&lt;p&gt;- Les investissements d’optimisation énergétique : isolation, éclairage, chauffage, acquisition de matériels et équipements en remplacement de matériels très consommateurs d’énergie, acquisition de matériels utilisant les énergies renouvelables (à l’exclusion de l’éolien) visant l’autoconsommation, bornes de chargement de voitures électriques, etc. ;&lt;/p&gt;&lt;p&gt;- Les investissements destinés à assurer la sécurité du local (caméras, rideaux métalliques, systèmes d’alarmes, etc.) ;&lt;/p&gt;&lt;p&gt;- Les investissements liés au numérique (équipements informatiques/numériques et sites marchands) ;&lt;/p&gt;&lt;p&gt;- Les investissements liés à la prise en compte du handicap (ex : rampe d’accès y compris gros-oeuvre) ;&lt;/p&gt;&lt;p&gt;- Les autres investissements :&lt;/p&gt;&lt;p&gt;- Les investissements de rénovation : vitrines, mise en accessibilité du local, façades, enseignes, décoration, aménagement intérieur, etc. ;&lt;/p&gt;&lt;p&gt;L’aménagement de terrasses et pergolas pour les entreprises relevant prioritairement des secteurs de la restauration, des cafés, des bars-tabacs ;&lt;/p&gt;&lt;p&gt;- Les investissements permettant l’organisation de points de retrait de produits (drive…) ;&lt;/p&gt;&lt;p&gt;- Les investissements matériels : matériels professionnels spécifiques, mobilier, , véhicules utilitaires de livraison et de tournée pour les commerçants sédentaires, etc.&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES NON ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Ne sont pas éligibles les dépenses suivantes :&lt;/p&gt;&lt;p&gt;- L’acquisition de fonds de commerce, de locaux, de terrains ;&lt;/p&gt;&lt;p&gt;- En cas de reprise d’entreprise, le rachat du mobilier, du matériel professionnel et de l’enseigne. Seuls sont éligibles les nouveaux investissements ;&lt;/p&gt;&lt;p&gt;- Les dépenses financées par un crédit-bail ou sous forme de leasing (ou location avec option d’achat, ou location longue durée) ;&lt;/p&gt;&lt;p&gt;- Les véhicules utilitaires non liés à un point de vente (dépanneuse, véhicule de transport utilisé pour les achats, etc.) ;&lt;/p&gt;&lt;p&gt;- Les coûts de main d’oeuvre relatifs aux travaux réalisés par l’entreprise pour elle-même ;&lt;/p&gt;&lt;p&gt;- Les investissements immobiliers (gros-oeuvre, parking, extension de bâtiments, etc.) ;&lt;/p&gt;&lt;p&gt;- L’acquisition de bungalows, Algeco, containers, yourtes, afin d’en faire le point de vente ;&lt;/p&gt;&lt;p&gt;- Le matériel d’exposition (showroom) ou la constitution du stock ;&lt;/p&gt;&lt;p&gt;- Les supports et les prestations intellectuelles de communication consommables (plaquettes, flyers, cartes de visite, etc.) ;&lt;/p&gt;&lt;p&gt;- Les frais de maîtrise d’oeuvre, de déménagement, de stockage durant les travaux, les frais d’étude ;&lt;/p&gt;&lt;p&gt;- L’achat de consommables et petit matériel (nappes, couverts, vêtements professionnels, bigoudis, serviettes, brosses, vélos pour un loueur de vélos, etc.) ;&lt;/p&gt;&lt;p&gt;- Les aménagements/équipements de locaux attenants au domicile sans entrée indépendante pour la clientèle.&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>CC Ambert Livradois Forez</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ambertlivradoisforez.fr/un-territoire-pour-entreprendre/aides-et-accompagnement/porteurs-de-projets/</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.auvergnerhonealpes.fr/account-management/crauraprod-demandeurs/ux/#/login?redirectTo=https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fconnecte%2FF_ECO_TPE_FINV%2Fdepot%2Fsimple&amp;jwtKey=jwt-crauraprod-portail-depot-demande-</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La demande est à déposer depuis
+ &lt;a href="https://aides.auvergnerhonealpes.fr/account-management/crauraprod-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fconnecte%2FF_ECO_TPE_FINV%2Fdepot%2Fsimple&amp;amp;jwtKey&amp;#61;jwt-crauraprod-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fmentions-legales,Mentions%20l%C3%A9gales,_self;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self;https:%2F%2Faides.auvergnerhonealpes.fr%2Faides%2F%23%2Fcrauraprod%2Fcontact-page,Contacter%20l&amp;#039;assistance%20technique,_self" target="_self"&gt;
+  le portail des aides de la Région
+ &lt;/a&gt;
+ (aide.tpecommerceartisanat&amp;#64;auvergnerhonealpes.fr)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations :
+&lt;/p&gt;
+&lt;p&gt;
+ Communauté de communes Ambert Livradois Forez
+&lt;/p&gt;
+&lt;p&gt;
+ Chloé SÈVE - chargée de mission attractivité territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;☎&lt;/span&gt;
+ : 07.86.54.20.24 - 04.73.72.71.40
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#64; : chloe.seve&amp;#64;ambertlivradoisforez.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>chloe.seve@ambertlivradoisforez.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/52cb-aide-au-developpement-des-commerces-de-proxim/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>151713</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Aider les commerçants et artisans à améliorer leurs points de vente</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Aide communale pour l'amélioration des points de vente</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Commune de La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide communale pour l&amp;#039;amélioration des points de vente de La Voulte-sur-Rhône permet d&amp;#039;aider les commerçants et artisans à moderniser, améliorer et mettre aux normes leurs boutiques situées sur la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est complémentaires aux aides existantes (Région Auvergne Rhône Alpes - Communauté d&amp;#039;Agglomération Privas Centre Ardèche) : elle permet de financer à hauteur de 40% des travaux dont le montant est compris entre 3 000 et 10 000 euros.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est encadrée par un règlement qui précise le type de commerces et le type de travaux qui peuvent en bénéficier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ • Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Commerces et services
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ QUI PEUT BENEFICIER DE L&amp;#039;AIDE POUR L&amp;#039;AMELIORATION DES POINTS DE VENTE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI REMPLISSENT LES CONDITIONS SUIVANTES :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir moins de 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un Chiffre d&amp;#039;Affaires qui n&amp;#039;excède pas 1 M€ HT (Pour les franchises : détenir moins de 25% du capital social de l&amp;#039;entreprise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être en phase de création, de reprise ou de développement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être inscrit au Registre du Commerce et des Sociétés, au Répertoire des Métiers, à l&amp;#039;URSSAF ou en Microentreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être à jour de ses cotisations sociales et fiscales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un point de vente sur la commune de la Voulte-sur-Rhône.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI PROPOSENT UN SERVICE COMMERCIAL DE PROXIMITÉ. PAR EXEMPLE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces alimentaires spécialisés (boulangeries, pâtisseries, traiteurs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces d&amp;#039;alimentations générales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cafés, les bars,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les buralistes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les restaurants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces de détail (habillement, opticien, articles de sport, fleuriste...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les laveries,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les couturiers, Les cordonniers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les soins de beauté (instituts de beauté, salons de coiffure, ongleries...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI ONT UN POINT DE VENTE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entièrement dédié au commerce,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classé en Etablissement Recevant du Public (ERP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui permet d&amp;#039;accueillir de la clientèle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une entrée indépendante,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une vitrine sur rue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;une surface inférieure à 700 m2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ QUELS TYPES DE TRAVAUX OU D&amp;#039;ACHATS PEUT-ON REALISER AVEC CETTE AIDE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE COMPRIS ENTRE 3 000 € ET 10 000€ POUR POUVOIR BÉNÉFICIER DES 40% D&amp;#039;AIDE, SOIT UN MAXIMUM DE 4000€
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT PERMETTRENT D&amp;#039;AMÉLIORER L&amp;#039;ATTRACTIVITÉ DE SON POINT DE VENTE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE CONFORMES AUX NORMES ERP ET AUX PRESCRIPTIONS DES RÈGLEMENTS D&amp;#039;URBANISME
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://lavoultesurrhone.fr/fr/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mairie de La Voulte-sur-Rhône : streiber&amp;#64;lavoulte.fr -  04 75 62 40 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>streiber@lavoulte.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2271-aider-les-commercants-et-artisans-a-ameliorer/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>155120</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre l'immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère)</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Dernier commerce de sa spécialité – boutique éphémère (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère).
+&lt;/p&gt;
+&lt;p&gt;
+ Une boutique éphémère, comme son nom l&amp;#039;indique, est un concept de point de vente temporaire qui &amp;#34;apparaît&amp;#34; pendant une courte période, de quelques heures à plusieurs mois, puis disparaît. L&amp;#039;entreprise devra signer un bail d&amp;#039;occupation précaire ou une convention d&amp;#039;occupation précaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 % ; déduction faite des loyers représentant de façon forfaitaire 20% du montant HT des travaux. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le dernier commerce :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   avis de la compagnie consulaire concernée (intérêt de l&amp;#039;opération, viabilité économique du projet, concurrence...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   identité du futur exploitant
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la boutique éphémère :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet communal d&amp;#039;animation-occupation de la boutique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les deux types de projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   projet de bail ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les rénovations, document de diagnostic énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   pièces justifiant la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le service instructeur se réserve le droit de demander toute pièce complémentaire qu&amp;#039;il jugerait utile pour la bonne compréhension et l&amp;#039;analyse du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Commerces et services
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessaire d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les derniers commerces, la commune devra avoir identifié un futur exploitant
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les boutiques éphémères, la commune devra présenter le projet d&amp;#039;occupation-animation du lieu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), mise en place d&amp;#039;une offre de livraison à domicile, horaires d&amp;#039;ouverture élargis, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : étude d marché, études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non-collectif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/dernier-commerce-de-sa-specialite-boutique-ephemere-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.97.41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1245-dernier-commerce-de-sa-specialite-boutique-ep/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>156155</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le commerce rural de proximité</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>COMMERCE RURAL DE PROXIMITÉ</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J64" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer des opérations d&amp;#039;investissement en faveur des entreprises de services marchands (multiservices, alimentation générale, commerces de bouche...) nécessaires aux besoins de la population en milieu rural dont la maîtrise d&amp;#039;ouvrage est assurée par des communes ou des établissements publics de coopération intercommunale à fiscalité propre (EPCI), conformément à l&amp;#039;article L 1111-10 du Code général des collectivités territoriales (CGCT).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Alimentation
+Commerces et services
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes figurant sur la liste des communes rurales fixée par l&amp;#039;arrêté préfectoral en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de communes sous réserve que le projet concerné se situe dans un périmètre communal éligible
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement réalisées par une commune ou un EPCI visant à créer, recréer ou maintenir une activité commerciale de proximité : acquisition de locaux, construction, démolition, extension, réhabilitation, aménagements...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements de base nécessaires à l&amp;#039;activité de l&amp;#039;entreprise exploitante mis à disposition par la collectivité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de mise en accessibilité à condition que leur coût soit inférieur à 50 % du coût total HT du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études et honoraires directement liés à l&amp;#039;opération (diagnostics, architectes, assistance à maîtrise d&amp;#039;ouvrage...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide inclut également l&amp;#039;accompagnement du maître d&amp;#039;ouvrage sous la forme d&amp;#039;une étude d&amp;#039;opportunité et de faisabilité économique réalisée dans le cadre d&amp;#039;un conventionnement entre le Département et le réseau consulaire des chambres de commerce et d&amp;#039;industrie (CCI), lequel pourra le cas échéant également contribuer à la recherche du futur professionnel occupant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 10.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 200.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/commerce-rural-de-proximite/</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/54bc-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>163028</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Diversifier l'offre de services des pôles de proximité pour accroître leur vitalité</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Accompagner l’émergence de nouvelles de service accessibles et adaptées aux usagers du territoire&lt;/h2&gt;&lt;h4&gt;OBJECTIF STRATEGIQUE : Innover pour redynamiser les pôles de proximité à travers de nouveaux services&lt;/h4&gt;&lt;h4&gt;Soutien au premier/dernier commerce, aux lieux polyvalents, aux lieux collectifs d’innovation, aux espaces partagés&lt;/h4&gt;&lt;p&gt;En complémentarité avec les dispositifs existants, il va s’agir de favoriser l’émergence de projets innovants par la mobilisation des réseaux, par un travail de soutien à des porteurs de projets, par l’appui à une ingénierie amont capable de garantir l’opportunité, la faisabilité, la viabilité et l’innovation des projets. Dans un objectif de sobriété, il est indispensable de travailler sur les mutualisations et les intensifications des usages. Par ailleurs, l’espace public doit, lui aussi, être pensé comme un lieu d’échanges et de services : les expérimentations visant à mieux concilier les usages, à favoriser l’adaptation aux différentes générations, à des conceptions plus innovantes et résilientes seront ainsi promues et soutenues.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des évolutions sociétales, des besoins spécifiques en particulier auprès de la jeunesse&lt;/h4&gt;&lt;p&gt;En collaboration avec les associations et avec les acteurs qui interviennent auprès de la jeunesse, le GAL pourra favoriser et soutenir des démarches d’animation visant la co-construction d’actions et de projet avec les jeunes sur des sujets du quotidien importants pour eux : mobilité, prévention-santé, pratiques culturelles et sportives libres, emploi et formation, engagement citoyen (en lien avec l’objectif 3.3.). L’innovation doit permettre d’aller plus vers les jeunes notamment celles et ceux les plus éloignés des services. La valorisation des talents locaux, des témoignages sur des engagements de jeunes et sur des expériences originales sont également des pistes à travailler. Enfin une attention particulière sera à porter à la culture de l’égalité des genres auprès des jeunes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Soutien aux nouveaux modes d’entreprendre et à l’ingénierie de projet &lt;/h4&gt;&lt;p&gt;Les porteurs de projets, les créateurs et les personnes en souhait de reconversion professionnels sont nombreux et ils souhaitent, de plus en plus, inscrire leur démarche dans la prise en compte des grandes transitions écologiques, numériques et sociales. Les nouveaux modes d’entreprendre (par des structures nouvelles ou traditionnelles, en individuel ou en collectif) se développent : nouveaux modes managériaux et contractuels, force des démarches de RSE, entreprise citoyenne, nouvelle organisation du travail, recours aux nouvelles technologies (DATA, IA…) … Mais les porteurs de projets ont besoin d’être informés, orientés, accompagnés et formés à ces nouveaux modes entrepreneuriaux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Promotion des nouvelles formes d’habitat (coliving, béguinages, temporaires...)&lt;/h4&gt;&lt;p&gt;Le GAL pourra soutenir la recherche des potentiels et la faisabilité de nouvelles formes d’habitat sur le territoire. Des solutions innovantes et adaptées devront être recherchées pour les communes rurales pour lesquelles il est souvent plus difficile de trouver des modèles économiques viables du fait de la petite taille des opérations.&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Soutenir l’implication citoyenne&lt;/h3&gt;&lt;h4&gt;Accompagnement aux réflexions sur la maîtrise d’usage et les mutualisations d’usages&lt;/h4&gt;&lt;p&gt;Des démarches d’implication citoyenne de participation existent sur le territoire tant au niveau de la communauté d’agglomération que des communes (conseil consultatif, conseil de développement durable, conseil citoyen, plate-forme de démocratie participative, chantiers participatifs…). Mais au-delà des instances de gouvernance il semble nécessaire d’avancer plus loin dans l’engagement et l’implication citoyenne en donnant une place importante à la maitrise d’usage dans l’action publique. Aux côtes de la maitrise d’ouvrage et de la maitrise d’œuvre la maitrise d’usage doit trouver toute sa place pour faire gagner les projets en pertinence et en efficacité. Les projets Leader portés par le GAL devront chercher, autant que possible, à ce que les points de vue des usagers/bénéficiaires soient pris en compte. De façon innovante, les services et leurs liens avec l’espace public doivent permettre des approches et des conceptions s’appuyant sur le design des politiques publiques. D’une façon générale, il est essentiel de soutenir l’intelligence collective pour être un territoire apprenant et innovant, en mobilisant les forces vives et le capital humain/social du territoire. Enfin, c’est aussi la possibilité, par exemple, de s’appuyer sur les usagers/citoyens pour faire émerger et porter des projets par la mise en place d’un fonds d’initiatives citoyennes à l’échelle du GAL.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;h4&gt;Développement des projets participatifs ponctuels et les démarches d’intelligence collective&lt;/h4&gt;&lt;p&gt;Avec une finalité proche de celle de la prise en compte de la maîtrise d’usage il serait intéressant de soutenir des projets participatifs ponctuels, simples et sobres touchant à la vie quotidienne et/ou à son environnement de proximité et notamment auprès des jeunes. L’apprentissage de la citoyenneté passe par l’éducation et la sensibilisation aux démarches projets et à tenir de postures d’acteurs. En lien avec les écoles, les collèges, lycées et autres établissements de formation mais aussi avec les associations, des appels à projets de projets participatifs pourraient être lancés sur des thématiques bien évidement cohérente avec le projet de territoire et avec les axes de la stratégie locale de développement.&lt;/p&gt;&lt;h4&gt;Soutien au dynamisme associatif (dont le bénévolat)&lt;/h4&gt;&lt;p&gt;Le tissu associatif sur le territoire est très conséquent et dynamique et offre une très grande diversité d’offres qui contribuent à la richesse du développement local, aux liens sociaux et aux capacités d’épanouissements personnels et collectifs. Toutefois, comme partout, les associations sont confrontées à des difficultés : raréfaction des ressources financières, encadrement réglementaire complexe, un bénévolat confronté à de nombreux freins (le temps, les horaires, le coût, la mobilité, l’information, la confiance en soi, le manque d’ouverture de certaines associations…). Pour maintenir cette offre portée par les associations il est impératif de les soutenir.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Commerces et services
+Tiers-lieux
+Revitalisation
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Ne pas avoir commencé (aucun contrats ou devis signés)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=C'est%20un%20programme%20d%C3%A9di%C3%A9,'%C3%A9chelle%20nationale%20et%20europ%C3%A9enne).</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>flavien.andre@seine-eure.com</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-loffre-de-services-des-poles-de-proximite-pour-accroitre-leur-vitalite/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>163580</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>CC La Rochefoucauld porte du Périgord</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.rochefoucauld-perigord.fr/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>economie@rochefoucauld-perigord.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>162466</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Mener une opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Opération collective de modernisation de l’artisanat, du commerce et des services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ÉLIGIBLES&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles tout artisan et commerçant sédentaire inscrit au Registre national des entreprises (RNE), en société ou en nom propre ou en association (sous condition) et œuvrant dans les secteurs de l’artisanat, la petite industrie, le commerce et l’économie sociale et solidaire.&lt;/p&gt;&lt;p&gt;A contrario, les commerces non sédentaires ou éphémères, les professions libérales ne sont pas éligibles au dispositif.&lt;/p&gt;&lt;p&gt;La liste précise des destinataires éligibles sera définie dans le cadre de chaque règlement d’attribution.Toutes Opérations Collectives de Modernisation de l’Artisanat, du Commerce et des Services (OCMACS) permettant d’agir sur la dynamique de l’artisanat et du commerce de proximité dans le cadre d’un programme local d’intervention destiné à aider les entreprises à réaliser des investissements de modernisation de leurs activités.&lt;/p&gt;&lt;p&gt;L’aide départementale est versée au bénéficiaire pour alimenter un fonds d’intervention destiné au soutien des entreprises souhaitant réaliser des investissements de modernisation de leurs établissements. Ces programmes d’intervention ont une durée minimale de 3 ans pouvant être éventuellement prolongés dans le cadre de la revoyure des contrats de territoire Manche avec une durée maximale totale de 4 ans.&lt;/p&gt;&lt;p&gt;Le programme d’intervention devra intégrer le dispositif régional relatif à l’aide aux commerces des territoires.&lt;/p&gt;&lt;p&gt;Dans ce cadre, l’intervention du Département est envisageable selon les modalités suivantes :&lt;/p&gt;&lt;p&gt;- le bénéficiaire met en place une OCM intégrant également les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale : l’aide départementale serait doublée par rapport à la participation de l’EPCI (« 2 pour 1 ») et serait plafonnée à 200 000 €, sous condition que la part de l’EPCI soit obligatoirement fléchée sur des bénéficiaires non éligibles au dispositif régional, à savoir sur les commerces hors centre commerçant et/ou ne comprenant pas de devanture commerciale.&lt;/p&gt;&lt;p&gt;Le Département veillera à ce que le taux d’intervention retenu soit le même pour l’ensemble des entreprises éligibles au titre de l’OCM (pas de différentiation de taux entre les entreprises éligibles au dispositif régional et celles éligibles au dispositif départemental).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITÉS FINANCIÈRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Participation du Conseil départemental en fonction du programme d’intervention retenu conformément à la présente fiche.&lt;/p&gt;&lt;p&gt;L’aide départementale n’est pas cumulable avec d’autres dispositifs départementaux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIÈCES À FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Note d’opportunité permettant une évaluation du potentiel de dossiers sur le territoire concerné.&lt;/li&gt;&lt;li&gt;Projet de règlement d’attribution des aides pour avis préalable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le service instructeur se réserve le droit de demander toute pièce complémentaire qu’il jugerait utile pour la bonne compréhension et l’analyse du projet ainsi que pour sa bonne articulation avec les autres dispositifs départementaux à destination des entreprises.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Accessibilité
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BÉNÉFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI à fiscalité propre&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront respecter la réglementation en vigueur qui leur est applicable, notamment en matière environnementale et de performance énergétique des bâtiments ainsi qu’en matière d’accessibilité des établissements recevant du public.&lt;/p&gt;&lt;p&gt;Les destinataires finaux devront s’engager dans une démarche vertueuse en matière environnementale et de gestion des énergies (sobriété énergétique, matériaux de qualité, maitrise des fluides) conformément aux critères définis par la Région.&lt;/p&gt;&lt;p&gt;Deux aides maximum pourront être mobilisées par destinataire final sur la durée du programme d’intervention. Les aides ne pourront pas être fléchées sur les mêmes dépenses.&lt;/p&gt;&lt;p&gt;Les règlements d’attribution sont établis par le bénéficiaire de l’aide départementale (EPCI ou PETR).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La modernisation des locaux d’activité et le renouvellement d’équipements professionnels dans un but de soutien ou de développement des activités, d’amélioration de la performance énergétique et d’élargissement de l’usage numérique,&lt;/li&gt;&lt;li&gt;Les opérations liées au développement du numérique ayant pour but d’accélérer, faciliter et/ou développer leur activité,&lt;/li&gt;&lt;li&gt;La rénovation des vitrines et enseignes,&lt;/li&gt;&lt;li&gt;La sécurisation et l’accessibilité à tous les publics,&lt;/li&gt;&lt;li&gt;L’aménagement des véhicules de tournée (hors coût d’acquisition).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Sont exclus des dépenses éligibles :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais d’acquisition de locaux, de construction et d’extension de locaux ;&lt;/li&gt;&lt;li&gt;Les achats de fonds de commerce reprise de bail ou de pas-de-porte ;&lt;/li&gt;&lt;li&gt;Les travaux relatifs aux logements des exploitants ;&lt;/li&gt;&lt;li&gt;Les dépenses courantes ou de simple renouvellement de matériel ;&lt;/li&gt;&lt;li&gt;Les dépenses directement liées à la demande d’un franchiseur ;&lt;/li&gt;&lt;li&gt;Les travaux réalisés en auto-construction (matériaux et main d’œuvre) ;&lt;/li&gt;&lt;li&gt;Les travaux de parkings et de distributeurs automatiques ;&lt;/li&gt;&lt;li&gt;Les investissements financés par crédit-bail ou SCI&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de contact : &lt;a target="_self"&gt;https://www.manche.fr/contacter-le-departement/  02.33.05.97.41&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/operation-collective-de-modernisation-de-lartisanat-du-commerce-et-des-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>77080</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux programmes Petites Villes de Demain</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un accompagnement financier pour les collectivités locales, les Sociétés d&amp;#039;Economie Mixte (SEM) et les Entreprises Publiques Locales (EPL) afin de soutenir les projets Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cet accompagnement peut prendre la forme :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;un cofinancement d&amp;#039;études préalables pour évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un cofinancement d&amp;#039;études de structuration du montage juridique et financier;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une prise de participation en fonds propres et quasi-fonds propres dans les sociétés de projet et SEM aménageurs ou opératrices.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets éligibles peuvent concerner :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La rénovation de l&amp;#039;espace public, des hébergements et équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de projets durables : transports propres, énergies renouvelables, rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création de foncières locales spécialisées pour le commerce
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;infrastructures numériques et de services innovants
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place de tiers lieux, d&amp;#039;immobilier d&amp;#039;activités ou le soutien du commerce de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement de programmes alimentaires territoriaux et des circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le traitement des friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maintien d&amp;#039;une offre médicale de proximité et de structures d&amp;#039;accueil des personnes âgées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Friche
+Personnes âgées
+Commerces et services
+Economie locale et circuits courts
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-petites-villes-de-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_pvd_osat</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire" rel="noopener" target="_blank"&gt;
+   &lt;strong&gt;
+    Contactez-nous à travers notre formulaire de contact
+   &lt;/strong&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b33-soutenir-les-projets-petites-villes-de-demain/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>154985</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Développer une attractivité du territoire ciblée, soutenable et créatrice de liens</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H80" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J80" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K80" s="1" t="inlineStr">
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
-[...74 lines deleted...]
-      <c r="O80" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démographie du périmètre du GAL Alsace centrale démontre plusieurs phénomènes : une croissance démographique sur une majeure partie du territoire et une perte d&amp;#039;habitants sur le territoire de la Communauté de communes du Val d&amp;#039;Argent. Ces caractéristiques démographiques posent la question suivantes : « Comment soutenir et adapter les services et les équipements de proximité aux besoins des populations et à la capacité du territoire ?  »
+&lt;/p&gt;
+&lt;p&gt;
+ Parallèlement, certaines parties du territoire sont engagées dans les dispositifs Petites Villes de Demain,  Action cœur de ville et d&amp;#039;ORT (CC Vallée de Villé, CC du Val d&amp;#039;Argent, CC du Ried de Marckolsheim, CC de Sélestat, Villé, Marckolsheim) et s&amp;#039;attachent à des sujets comme le logement et le commerce dans les centres-bourgs. Il a été identifié durant les ateliers participatifs menés dans le cadre de la candidature LEADER, un besoin autour de la poursuite et du renforcement de ces actions pour créer du lien social, du lien entres les acteurs du territoire, promouvoir les initiatives locales, solidaires et dynamiser les centralités et les cœurs de villages.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs le tourisme représente une activité importante pour l&amp;#039;économie de l&amp;#039;Alsace Centrale dont les principaux atouts sont le patrimoine historique, architectural et naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir les actions visant la mise en réseau des commerces et des artisans pour améliorer leur visibilité et/ou trouver des repreneurs
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Soutenir l&amp;#039;émergence et le développement d&amp;#039;initiatives de l&amp;#039;économie circulaire et de l&amp;#039;économie de la fonctionnalité
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutenir la création et le développement de tiers lieux, d&amp;#039;espaces de travail partagés, de fablab, dans le cadre de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutenir les projets de commerces et de services solidaires, (non lucratif doté d&amp;#039;intérêt général) et/ou relevant de l&amp;#039;économie sociale et solidaire
+&lt;/p&gt;
+&lt;p&gt;
+ 5.	Soutenir les évènements et les festivités vecteurs de lien social et/ou intergénérationnels au sein des communes
+&lt;/p&gt;
+&lt;p&gt;
+ 6.	Action d&amp;#039;animation en faveur de la sauvegarde et du développement de la vie associative du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ 7.	Soutenir des actions de promotion et/ou de mise en réseau des acteurs du tourisme vert ;
+&lt;/p&gt;
+&lt;p&gt;
+ 8.	Accompagner la création d&amp;#039;hébergements touristiques écoresponsables ou l&amp;#039;amélioration des hébergements touristiques existants dans une démarche écoresponsable (équipements, aménagements, démarches de labélisation)
+&lt;/p&gt;
+&lt;p&gt;
+ 9.	Soutenir les projets de mise en valeur et/ou de restauration du patrimoine culturel public ou privé, bâti ou non bâti, inscrit ou non protégé, et pour lesquels  des actions de médiation envers le public doivent être organisées au moins une fois par an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Lutte contre la précarité
+Artisanat
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
-[...7 lines deleted...]
- &lt;br /&gt;
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T80" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb08-developper-une-attractivite-du-territoire-cib/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>162482</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services et les activités en milieu rural (fiche-action 1)</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>1 € de cofinancement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Composé de deux communautés de communes, le Groupe d’Action Locale
+(GAL) du Pays de Coutances est un territoire rural qui se situe au centre du
+département de la Manche. Les communautés de communes Coutances mer et bocage
+et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le
+prochain programme LEADER 2023-2027.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;LEADER signifie
+Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme
+européen qui permet aux territoires ruraux concernés de bénéficier du Fonds
+Européen Agricole pour le Développement Rural (FEADER). &lt;/span&gt;Le GAL du Pays de
+Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur
+de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les bénéficiaires
+peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils
+sont précisés dans chaque fiche-action.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;span&gt;Quelles sont les actions concernées ?&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les actions
+doivent être innovantes et répondre à la stratégie du territoire : “ Agir
+ensemble pour une transition solidaire et durable “.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;4 axes de
+développement ont été retenu pour l’élaboration des fiches actions, auxquelles
+les projets devront répondre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Attractivité du territoire&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Cadre de vie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Agriculture, alimentation et énergie locale&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Ø&lt;span&gt; 
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;em&gt;&lt;span&gt;Economie&lt;/span&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;u&gt;&lt;span&gt;6 fiches actions élaborées :&lt;/span&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+1 : Développer les services et activités en zone rurale&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+2 : Développer des solutions de mobilité durables&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+4 : Adapter le bâti existant&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;•                     Fiche-action
+6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les actions devront proposer des opérations visant
+à maintenir, compléter ou créer un service sur le territoire afin d’améliorer
+la vie quotidienne des habitants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les opérations permettant
+d’améliorer l’offre de services médicaux, par exemple en attirant des
+professionnels de santé médicale ou paramédicale en leur proposant des
+conditions de travail attractives et décentes.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions améliorant ou
+maintenant la vitalité des communes, en lien avec les commerces et services
+(marchands ou non marchands) de proximité, les activités proposées.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;         
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Les actions facilitant la
+cohésion des acteurs, notamment au sein du tissu associatif.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;span&gt;Les actions facilitant l’accès aux services et
+activités, pour tous les types de public.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Santé</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus
+sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;améliorer le cadre de vie des habitants, il est important de soutenir les
+actions permettant d’améliorer les offres de services et d’activités sur le
+territoire, et leur accessibilité.&lt;/p&gt;&lt;p&gt;Une offre de services plus étoffée permettra
+notamment de mieux accompagner la population vieillissante, avec des offres au
+plus proche, que ce soit pour des soins médicaux ou pour des accompagnements
+administratifs. De plus, cela améliorera l’attractivité du territoire, et
+contribuera ainsi à l’installation de jeunes actifs.&lt;/p&gt;&lt;p&gt;Les services concernés sont les commerces, les
+nouvelles technologies de l’information et de la communication, le maintien et
+le développement des structures de santé, les services relatifs à l’accueil de
+la petite enfance et des nouveaux habitants, les services d’insertion,
+formation et emploi, les services pour développer des nouvelles formes de
+travail (espace dédiés au télétravail, espace de travail partagé, tiers lieux),
+les services administratifs, les services améliorant la vie des personnes âgées
+et des personnes isolées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Véhiculer une
+image attractive du territoire&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Accueillir des
+familles et des jeunes actifs&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Contribuer au
+développement de l’offre de santé&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Conserver et
+développer les commerces et services de proximité&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Rendre accessible
+les loisirs et activités au plus grand nombre&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
+&lt;/span&gt;Développer
+l’accès et la formation au numérique&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances est composé de 2
+animatrices et gestionnaires, Céline Guérard et Marie-Anne Jourdan. Elles sont
+là pour vous aider à finaliser votre projet, vous orienter sur les aides
+disponibles, et vous aider à compléter le dossier.&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Communauté de
+communes Coutances mer et bocage&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Hôtel de
+Ville_ Place du Parvis_50 200 COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;50200
+COUTANCES&lt;/strong&gt;&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Céline
+GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;&lt;strong&gt;Marie-Anne
+JOURDAN : &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-des-fonds-europeens-leader-du-pays-de-coutances/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>72306</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'amélioration de l'accueil du public des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>40% des investissements éligibles HT avec un minimum de 5 000 € et un maximum de 30 000 € (soit une </t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif financier vise à favoriser la création, le maintien, la modernisation, la transmission de TPE de proximité, sédentaires, disposant d&amp;#039;un point de vente fixe appartenant au secteur du commerce, de l&amp;#039;artisanat ou des services, qui apportent un service à la population locale et dont la clientèle est principalement composée de consommateurs finaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles liées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à l&amp;#039;accessibilité (travaux et aménagement permettant une conformité avec la loi &amp;#34;handicap&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux conditions d&amp;#039;accès et d&amp;#039;accueil : respect de la largeur des portes, vitrophanie sur portes vitrées, rampes d&amp;#039;accès, ressaut,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la circulation intérieure : mains courantes, systèmes podotactiles, contremarches,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au sanitaire accès clients : largeur de porte, barres d&amp;#039;appui, signalisations, lavabo, poignées de tirage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux cabines d&amp;#039;essayage : respect des dimensions, équipements fixes ou mobiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux caisses de paiements : respect des dimensions, et qualité d&amp;#039;éclairage renforcée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la sécurisation du local commercial (installation alarme,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux portes blindées, vitres anti-effraction, systèmes d&amp;#039;alarme, rideaux métalliques, barreaux, vidéo-surveillance et serrures,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux d&amp;#039;aménagement extérieur et intérieur, lié à l&amp;#039;espace de vente directe aux clients,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la miroiterie et à la menuiserie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux de 2nd œuvre (mur, sols, plafonds, isolation thermique et acoustique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;éclairage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la climatisation (hors chauffage).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide finance des aménagements valorisant l&amp;#039;environnement commercial local et les espaces d&amp;#039;accueil de la clientèle pour les commerçants-artisans existants ou en création ou en reprise, situés sur le territoire des Hauts-de-France :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;un point de vente fixe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un effectif &amp;lt; 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscrites au RCS, et au RM pour les artisans-commerçants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une surface de vente n&amp;#039;excédant pas 400 m2.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise doit être à jour de ses obligations fiscales et sociales et ne doit pas répondre à la définition d&amp;#039;entreprise en difficulté.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la création de commerces, l&amp;#039;avis consultatif des chambres consulaires est demandé afin d&amp;#039;évaluer la pertinence du projet au regard des enjeux de concurrence et d&amp;#039;aménagement économique du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas concernées par ce dispositif financier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions réglementées ou assimilées (professions libérales, pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/login-tiers.sub?cid=8973</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5cfe-soutenir-lamelioration-de-laccueil-du-public-/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>163833</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’économie locale</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J72" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat est un territoire où l’agriculture et les entreprises artisanales participent encore majoritairement aux fondements de l’économie locale. Pour maintenir et développer l’activité, les acteurs veulent travailler sur la valorisation des savoir-faire et des produits auprès de la population et des visiteurs.&lt;br /&gt;Pour cela, les opérations liées à cette fiche permettront le développement des circuits de proximité et la commercialisation de produits de terroir et artisanaux ainsi que la construction d’une identité territoriale cohérente et complète.&lt;br /&gt;Par ailleurs, les résultats du diagnostic territorial montrent que les évolutions des habitudes d’achat nuisent aux commerces de proximité. On constate également une baisse de fréquentation des marchés et l’essoufflement des Unions Commerciales qui animaient les centre villes. Le tissu artisanal et commercial reste fragile (reprises et créations en perte de vitesse).&lt;br /&gt;Dans ce contexte, le Pays Vitryat désire redynamiser l’artisanat et le commerce&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Valoriser le patrimoine alimentaire/ développer une identité alimentaire&lt;br /&gt;- Mettre en valeur les productions locales et promouvoir les marchés locaux&lt;br /&gt;- Remobiliser les réseaux de commerçants&lt;br /&gt;- Structurer et renforcer l’offre commerciale existante&lt;br /&gt;- Faciliter l’accès à l’emploi et à la formation&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- Augmentation du nombre de producteurs locaux et/ ou artisans impliqués dans une démarche de valorisation au titre de la présente fiche action&lt;br /&gt;- Ouverture de nouveaux commerces&lt;br /&gt;- Augmentation du nombre de création d’entreprises&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER offre une précieuse plus-value en soutenant efficacement l&amp;#039;économie locale à travers diverses actions, notamment en favorisant la structuration de filières courtes par la mise en réseau des acteurs. Cette approche facilite la collaboration entre les différents acteurs impliqués dans les filières, tels que les producteurs, les transformateurs et les distributeurs, créant ainsi une chaîne d&amp;#039;approvisionnement plus efficace et responsable.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par la promotion des filières courtes, le programme LEADER contribue à réduire l&amp;#039;empreinte écologique en diminuant les distances parcourues par les produits, ce qui permet une gestion plus durable des ressources et une réduction des émissions de carbone. De plus, cette approche renforce la résilience des économies locales en limitant leur dépendance vis-à-vis des marchés internationaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En mettant en réseau les artisans et les commerçants, LEADER stimule la coopération et l&amp;#039;échange d&amp;#039;expertise entre ces professionnels locaux. Cette mise en relation favorise l&amp;#039;émergence de synergies, encourageant ainsi l&amp;#039;innovation et la création de nouvelles opportunités commerciales.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le soutien de LEADER aux initiatives locales renforce la visibilité des produits et services artisanaux, favorisant ainsi la préservation des savoir-faire traditionnels et la transmission des métiers ancestraux. Cela permet également de préserver le patrimoine culturel tout en dynamisant le tissu économique local.&lt;/p&gt;&lt;p&gt;En consolidant les réseaux d&amp;#039;acteurs locaux, le programme LEADER contribue à créer des emplois durables et à renforcer la cohésion sociale dans le Pays Vitryat. La mutualisation des ressources et des compétences offre des opportunités de croissance économique plus équitables et inclusives.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La valorisation des savoir-faire, du patrimoine alimentaire, des filières courtes et la redynamisation de l’artisanat et du commerce du Pays Vitryat : &lt;/p&gt;&lt;p&gt;- Actions d’information, d’animation, de communication, de sensibilisation et/ou de développement d’évènementiels&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisation&lt;br /&gt;- Toute étude sur l’offre et les besoins des consommateurs, des usagers et des entreprises&lt;br /&gt;- Création et développement de points de vente fixes ou itinérants (dont acquisition et aménagement de véhicules professionnels) destinés à maintenir ou compléter l&amp;#039;offre de commerces du territoire&lt;br /&gt;- Soutien au développement d’une offre d’approvisionnement de la restauration collective&lt;br /&gt;- Investissements permettant la production et la transformation de produits alimentaires hors agriculteur et groupement d’agriculteur&lt;br /&gt;- Soutien à la création, à la réhabilitation et à l’aménagement de potagers et vergers collectifs&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W72" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-3/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>163834</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projet de coopération</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTRIBUTIONS AUX OBJECTIFS DE LA STRATEGIE :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La coopération constitue l’un des principes fondamentaux du programme LEADER ; elle représente un des éléments essentiels de valeur ajoutée en matière de développement et d’innovation. En effet, la coopération contribue à renforcer les liens entre les acteurs en partageant, échangeant et menant des actions communes avec d’autres territoires, nationaux ou européens, et à favoriser les recherches d’expériences, de pratiques, de savoir-faire.&lt;br /&gt;La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s’enrichir de l’expérience de partenaires, acquérir de nouvelles compétences, favoriser l’échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.&lt;br /&gt;Les effets attendus sont d’apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l’ouverture vers l’extérieur.&lt;br /&gt;La coopération peut prendre les formes suivantes :&lt;br /&gt;- La coopération « interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;br /&gt;- La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu’avec des territoires de pays tiers (hors UE)&lt;strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en oeuvre d’actions de coopération doit constituer un levier pour répondre à l’ensemble de la stratégie LEADER. Aussi, les projets de coopération seront-ils en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d’action.&lt;/p&gt;&lt;p&gt;Seront soutenues :&lt;/p&gt;&lt;p&gt;- La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d’actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d’un partenariat, organisation de réunions…&lt;/p&gt;&lt;p&gt;- La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire&lt;/p&gt;&lt;p&gt;Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en oeuvre conjointement par les partenaires, assorties d’objectifs de résultats clairement définis pour les partenaires et les territoires concernés.&lt;/p&gt;&lt;p&gt;Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes :&lt;/p&gt;&lt;p&gt;Services et équipements de proximité, sport, culture, loisirs, santé, patrimoine, tourisme, mobilité, circuits de proximité, transition énergétique et économie locale.&lt;/p&gt;&lt;p&gt;La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s’ouvrir à d’autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Transition énergétique
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Biodiversité
+International
+Attractivité économique
+Artisanat
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;Un accord de partenariat (ou projet d’accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-locale/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>139428</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser mon centre-ville</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans les cœurs de villes ou de villages, l&amp;#039;Établissement Public Foncier Hauts de France contribue à apporter une nouvelle dynamique et à renforcer l&amp;#039;attractivité de ces centralités à travers le recyclage de fonciers souvent idéalement situés. Son intervention passe par des acquisitions, des déconstructions et de la recomposition foncière ce qui permet par la suite d&amp;#039;améliorer l&amp;#039;offre de logements, de commerces et de créer de nouveaux équipements. L&amp;#039;EPF est partenaire et signataire des conventions du programme national «
+ &lt;strong&gt;
+  Action Cœur de Ville
+ &lt;/strong&gt;
+ » sur les 14 villes du Nord et du Pas-de-Calais concernées et accompagne le dispositif «
+ &lt;strong&gt;
+  Petites Villes de Demain
+ &lt;/strong&gt;
+ ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets de requalification en faveur de la production de logements, de commerces et de l&amp;#039;amélioration du cadre de vie.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes pré-opérationnelles (capacité, faisabilité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de programmation (accompagnement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décote additionnelle pour les opérations à dominante « logements »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait en faveur de la réhabilitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Action Cœur de Ville Valenciennes (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF accompagne la commune et la communauté d&amp;#039;agglomération dans la lutte contre la vacance locative dans le centre-ville de Valenciennes en procédant à l&amp;#039;acquisition d&amp;#039;immeubles d&amp;#039;habitation avec rez-de-chaussée commerciaux vacants et/ou dégradés. Son intervention s&amp;#039;articule avec celle de la chambre de commerce et d&amp;#039;industrie titulaire d&amp;#039;un contrat de revitalisation et d&amp;#039;aménagement commercial et des bailleurs pour le réhabilitation des logements dégradés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-ville d&amp;#039;Arques (Pas-de-Calais) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La restructuration des activités d&amp;#039;Arc international a engendré la libération d&amp;#039;un foncier de 9 hectares en centre-ville d&amp;#039;Arques. La ville a alors amorcé une stratégie de reconquête que l&amp;#039;EPF a accompagnée : acquisitions, désamiantage, démolitions... Le projet qui s&amp;#039;échelonne en plusieurs phases comporte la construction de nouveaux logements dont un béguinage, l&amp;#039;aménagement d&amp;#039;espaces commerciaux, l&amp;#039;implantation d&amp;#039;un pôle verrier ainsi que la réappropriation des berges du canal.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre du Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille, l&amp;#039;EPF intervient pour acquérir et porter les biens dégradés puis réaliser les démolitions ou permettre leur réhabilitation par la Société Publique Locale d&amp;#039;Aménagement (SPLA La Fabrique des quartiers). Cette intervention permet de dé-densifier les quartiers identifiés, de renouveler l&amp;#039;offre de logements, y compris en diffus, et d&amp;#039;aménager des espaces verts. L&amp;#039;EPF est un financeur important de ce programme (10 M€ au titre des travaux de déconstruction, 30 M€ au titre de la minoration foncière).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-bourg de Thun-L&amp;#039;Evêque (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre de l&amp;#039;élaboration de son plan local d&amp;#039;urbanisme, la commune de Thun-L&amp;#039;Evêque a identifié un ensemble situé en plein cœur du village pour y réaliser une opération d&amp;#039;aménagement (ancien bâtiment d&amp;#039;activité sur un foncier de 1 000 m2 en bord à bras de canal et jouxtant des terrains communaux). Le projet, à l&amp;#039;étude par un bailleur social, consiste en la construction d&amp;#039;une maison médicale et de 21 logements locatifs sociaux. L&amp;#039;EPF intervient pour procéder à l&amp;#039;acquisition et à la démolition du bâtiment d&amp;#039;activité et à la cession, dans un délai maximal de 3 ans, du foncier déconstruit à la commune qui se chargera ensuite de céder l&amp;#039;ensemble des terrains à l&amp;#039;opérateur.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Friche
+Foncier
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3329-redynamiser-mon-centre-ville/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>121339</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Fonds national d'aménagement et de développement du territoire</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de région — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Accès aux services
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Emploi
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les champs d&amp;#039;intervention privilégiés du FNADT sont :
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
+ &lt;br /&gt;
+ développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions présentant un caractère innovant ou expérimental dans le domaine de
+ &lt;br /&gt;
+ l&amp;#039;aménagement et du développement durable.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Anne-Laure FERRY : 03 44 06 12 63 /
+ &lt;a href="mailto:anne-laure.ferry&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  anne-laure.ferry&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Clermont :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Véronique FORESTIER : 03 44 06 13 89 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Mme Nadine WASSEN : 03 44 06 13 96 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Compiègne :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Charline KOPMELS : 03 44 06 74 29 /
+ &lt;a href="mailto:charline.kopmels&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  charline.kopmels&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Senlis :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Corinne MERESSE : 03 44 06 85 65 /
+ &lt;a href="mailto:corinne.meresse&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  corinne.meresse&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Boite fonctionnelle :
+ &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>lucille.dechaize@oise.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>162824</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>154984</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les solutions de mobilité existantes, coordonner et réduire les besoins en déplacement</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire bénéficie d&amp;#039;une position de carrefour régional, interrégional et transfrontalier et profite d&amp;#039;un réseau d&amp;#039;infrastructures qui le traverse facilement du nord au sud et mais de manière plus contraignante d&amp;#039;est en ouest.
+&lt;/p&gt;
+&lt;p&gt;
+ Corrélativement à la montée en charge du cadencement du TER 200, le territoire qui profite d&amp;#039;une offre de transport en commun de type inter-urbaine et scolaire, a conforté ses atouts avec des offres complémentaires (le Transport Intercommunal de Sélestat ;
+&lt;/p&gt;
+&lt;p&gt;
+ la plateforme de covoiturage ;
+&lt;/p&gt;
+&lt;p&gt;
+ le développement de l&amp;#039;autopartage avec le réseau Citiz ;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;incitation à la pratique du vélo ;&lt;/p&gt;
+&lt;p&gt;
+ Malgré toutes ces initiatives, des faiblesses persistent et la mobilité demeure contraignante pour l&amp;#039;ensemble du territoire, ses habitants et ses usagers - les publics jeunes, les séniors, mais également les professionnels,
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité est donc un besoin majeur du territoire. Les EPCI membres du PETR et la Communauté de communes du Canton d&amp;#039;Erstein se sont saisis du sujet en se constituant Autorité organisatrice de mobilité (AOM).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la démarche LEADER, le besoin de mobilité fait émerger un enjeu sur l&amp;#039;amélioration du maillage et des services de mobilité partagées, actives et décarbonées et un enjeu sur la réduction de besoin de mobilité, soit la dé-mobilité, laquelle est liée aux besoins de services et d&amp;#039; équipements de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir l&amp;#039;implantation et le développement des transports à la demande, du covoiturage, de l&amp;#039;autopartage des transports mutualisés et des mobilités sociales et solidaires ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Actions d&amp;#039;animation, de coordination, de mise en réseau, de promotion, de sensibilisation et de communication contribuant au développement des mobilités alternatives (mobilité partagée, mobilité actives, mobilité décarbonée)
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutien à la création et au développement des services et/ou équipements dédiés aux vélos ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutien au développement des plans de mobilité au sein des entreprises (études, actions de mise en réseau, outils de communication) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Soutenir l&amp;#039;implantation de commerces/services de proximité ou itinérants dans les communes ; Création et développement d&amp;#039;équipements mutualisés (santé, petite enfance, parentalité, intergénérationnel)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Equipement public
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e71e-promouvoir-les-solutions-de-mobilite-existant/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>162524</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Développer un territoire inclusif et cohésif</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>116474</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les petites communes rurales du Calvados</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux petites communes rurales (APCR et APCR+)</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction de la nature  du projet</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;APCR (Aide aux petites communes rurales) est depuis cinquante ans le principal mode d&amp;#039;accompagnement des communes rurales du Calvados pour le financement de leurs projets d&amp;#039;investissement. Le Département du Calvados a souhaité réformer ce dispositif en 2022, en créant l&amp;#039;APCR&amp;#43;, afin de répondre au mieux aux besoins des communes rurales et notamment aux pôles de proximité qui portent des charges de centralité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « classique » (APCR) : communes rurales du Calvados
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « &amp;#43; » (APCR &amp;#43;) : communes pôles de proximité du Calvados
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Trois natures de travaux éligibles à l&amp;#039;APCR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dossier général : bâtiments communaux, cadre de vie et aménagement urbain ; taux d&amp;#039;intervention de 50%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier rénovation énergétique : travaux permettant une amélioration de 40% minimum de la performance énergétique ou l&amp;#039;atteinte de la classe C – audit énergétique obligatoire ; taux d&amp;#039;intervention de 70%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier vélo : itinéraires cyclables, schémas cyclables et équipements cyclables; taux d&amp;#039;intervention de 50% à 60%*
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-dispositif-classique.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projets éligibles à l&amp;#039;APCR&amp;#43; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de construction, rénovation de bâtiments publics et d&amp;#039;aménagement * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention variables en fonction des caractéristiques des projets (
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Calvados-2030-Guide-des-aides-du-Departement-du-Calvados.pdf" rel="noopener" target="_blank"&gt;
+   cf. guide des aides départementales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-plus.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR&amp;#43;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ »
+&lt;/p&gt;
+&lt;p&gt;
+ NB : tous les projets supérieurs à 100.000€ HT sont soumis à l&amp;#039;éco-conditionnalité des aides (éligibilité du projet à l&amp;#039;APCR, APCR&amp;#43; ou contrat de territoire sous réserve d&amp;#039;intégration du développement durable au sein du projet –
+ &lt;a href="https://www.calvados.fr/eco-conditionnalite-aides" rel="noopener" target="_blank"&gt;
+  consulter l&amp;#039;éco-conditionnalité réformée en 2022
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR classique
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs départementaux (amendes de police - en fonction du territoire-; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire) hormis les dispositifs APCR &amp;#43; et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de cumul possible entre deux dossiers APCR (ex : un dossier général de rénovation et un dossier rénovation énergétique sur un même projet) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR&amp;#43;
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs thématiques départementaux (amendes de police – en fonction du territoire- ; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire...) hormis les dispositifs APCR et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépense minimum : 3.000€ HT ; pour un projet d&amp;#039;adressage la dépense minimum est de 1.000€ HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de possibilité de découper un projet par tranches annuelles ni de solliciter des subventions complémentaires mais possibilité de solliciter un contrat sur plusieurs années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas où une collectivité ne mobiliserait pas l&amp;#039;ensemble de l&amp;#039;enveloppe annuelle, celle-ci ne pourra en aucun cas être reportée sur l&amp;#039;année suivante ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91.) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les demandes doivent parvenir complètes au Département, via le téléservice APCR : teleservices.calvados.fr,
+  &lt;strong&gt;
+   avant le 30 septembre de chaque année
+  &lt;/strong&gt;
+  , pour être instruites au titre de cette même année. Toute demande parvenue ou complétée après le 30 septembre, ne sera pas instruite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aucune prorogation de ces délais ne pourra être accordée.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-aux-petites-communes-rural.html</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr/login/?nonce=_9984C605F1E558E4C7B4347FF909F6DA&amp;next=/idp/saml2/continue%3Fnonce%3D_9984C605F1E558E4C7B4347FF909F6DA</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_blank"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f28-accompagner-les-petites-communes-rurales/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>92394</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La
+ &lt;strong&gt;
+  Dotation d&amp;#039;équipement des territoires ruraux
+ &lt;/strong&gt;
+ (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espace public
+Voirie et réseaux
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les communes remplissant les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  celles dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  celles dont la population est supérieure à 2 000 habitants dans les départements de métropole (3 500 habitants dans les départements d&amp;#039;outre-mer) et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole (35 000 habitants dans les départements d&amp;#039;outre-mer) et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier par habitant moyen de l&amp;#039;ensemble des communes des départements de métropole et d&amp;#039;outre-mer dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles à la DETR les établissements publics de coopération intercommunale à fiscalité propre remplissant toutes les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir une population qui n&amp;#039;excède pas 50 000 habitants (métropole et départements d&amp;#039;outre-mer) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un territoire d&amp;#039;un seul tenant et sans enclave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  absence de communes membres de plus de 15 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, sont éligibles, à titre dérogatoire, les EPCI éligibles en 2010 à la DGE des communes ou à la DDR, les syndicats mixtes de moins de 60 000 habitants composés d&amp;#039;EPCI et de communes, les syndicats de communes de moins de 60 000 habitants et les communes nouvelles dont au moins une ancienne commune était éligible à la DETR ou dont la formation s&amp;#039;est faite par regroupement de toutes les communes d&amp;#039;un même EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera tenu compte de la nature du projet et de son degré de maturité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U80" s="1" t="inlineStr">
         <is>
-          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.collectivites-locales.gouv.fr/finances-locales/dotation-dequipement-des-territoires-ruraux-detr</t>
         </is>
       </c>
       <c r="X80" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...10 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Votre Sous-préfecture d&amp;#039;arrondissement, si vous relevez de l&amp;#039;arrondissement de Sarlat, Bergerac ou Nontron ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Préfecture de la Dordogne, Direction de la Citoyenneté et de la Légalité, bureau du contrôle budgétaire et des dotations de l&amp;#039;Etat, si vous relevez de l&amp;#039;arrondissement de Périgueux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Votre dossier est à déposer via l&amp;#039;outil démarches-simplifiées:
+&lt;/p&gt;
+&lt;p&gt;
+ https://www.demarches-simplifiees.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle sur les modalités de dépôt des demandes.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y80" s="1" t="inlineStr">
         <is>
-          <t>leader@syndicatnord52.fr</t>
+          <t>claudine.soleilhavoup@dordogne.gouv.fr</t>
         </is>
       </c>
       <c r="Z80" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/ba01-innover-et-federer-pour-renforcer-les-service/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3195-copie-10h04-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
       <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:27" customHeight="0">
       <c r="A81" s="1">
-        <v>128958</v>
+        <v>101008</v>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
+          <t>Financer des projets d'investissement dans le milieu rural - DETR</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>Gironde Ressources (ATD)</t>
+          <t>Préfecture des Hautes-Pyrénées</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Être accompagné pour les projets d&amp;#039;aménagement urbain,
-[...2 lines deleted...]
- &lt;br /&gt;
+ La
+ &lt;strong&gt;
+  Dotation d&amp;#039;équipement des territoires ruraux
+ &lt;/strong&gt;
+ (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espace public
+Voirie et réseaux
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les communes remplissant les conditions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  aide à la définition de la procédure nécessaire
-[...8 lines deleted...]
-  aide au pilotage et à l&amp;#039;animation du projet.
+  celles dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  celles dont la population est supérieure à 2 000 habitants dans les départements de métropole (3 500 habitants dans les départements d&amp;#039;outre-mer) et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole (35 000 habitants dans les départements d&amp;#039;outre-mer) et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier par habitant moyen de l&amp;#039;ensemble des communes des départements de métropole et d&amp;#039;outre-mer dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Modalités d&amp;#039;accompagnement
-:
+ Sont éligibles à la DETR les établissements publics de coopération intercommunale à fiscalité propre remplissant toutes les conditions suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Rencontre avec le conseiller en développement
-[...9 lines deleted...]
-intervenants (dont le maître d&amp;#039;oeuvre) ...
+  avoir une population qui n&amp;#039;excède pas 50 000 habitants (métropole et départements d&amp;#039;outre-mer) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un territoire d&amp;#039;un seul tenant et sans enclave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  absence de communes membres de plus de 15 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, sont éligibles, à titre dérogatoire, les EPCI éligibles en 2010 à la DGE des communes ou à la DDR, les syndicats mixtes de moins de 60 000 habitants composés d&amp;#039;EPCI et de communes, les syndicats de communes de moins de 60 000 habitants et les communes nouvelles dont au moins une ancienne commune était éligible à la DETR ou dont la formation s&amp;#039;est faite par regroupement de toutes les communes d&amp;#039;un même EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.collectivites-locales.gouv.fr/finances-locales/dotation-dequipement-des-territoires-ruraux-detr</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/hp-detr2021</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus, contactez :
+&lt;/p&gt;
+&lt;p&gt;
+ - Votre Sous-Préfecture d&amp;#039;arrondissement, si vous relevez de l&amp;#039;arrondissement de Bagnères-de-Bigorre ou d&amp;#039;Argelès-Gazost
+&lt;/p&gt;
+&lt;p&gt;
+ - La Préfecture des Hautes-Pyrénées, Bureau des Relations avec les Collectivités Territoriales, si vous relevez de l&amp;#039;arrondissement de Tarbes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Téléphone : 05.62.56.64.32
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annie Latour :
+  &lt;a href="mailto:annie.latour&amp;#64;hautes-pyrenees.gouv.fr" rel="noopener" target="_blank"&gt;
+   annie.latour&amp;#64;hautes-pyrenees.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Céline Salles :
+  &lt;a href="mailto:celine.salles&amp;#64;hautes-pyrenees.gouv.fr" rel="noopener" target="_blank"&gt;
+   celine.salles&amp;#64;hautes-pyrenees.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
-[...3 lines deleted...]
-:
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.berdet@hautes-pyrenees.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a879-copie-15h01-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>159895</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F82" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Faisabilité opérationnelle (élément de compréhension
-[...4 lines deleted...]
-  Documents nécessaires à la bonne conduite du projet :
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- --&amp;gt; actes administratifs tels que conventions,
-[...13 lines deleted...]
-          <t>Voirie et réseaux
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des villages et des espaces les plus ruraux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global de redynamisation de cœur de village
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels, notamment de la rivière Adour, ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation, et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux événements culturels, sportifs et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Espace public
+Friche
+Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
-Appui méthodologique
-[...21 lines deleted...]
-      <c r="S81" s="1" t="inlineStr">
+Paysage
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P82" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q82" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
-[...18 lines deleted...]
- contact&amp;#64;gironderessources.fr
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>139927</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -16299,5300 +15339,365 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
+      <c r="P83" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q82" s="1" t="inlineStr">
+      <c r="Q83" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T82" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
-        </is>
-[...147 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/6040-maintenir-le-tissu-economique-de-proximite-da/</t>
         </is>
       </c>
       <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:27" customHeight="0">
       <c r="A84" s="1">
-        <v>150688</v>
+        <v>126866</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les investissements des communes samariennes</t>
+          <t>Financer des projets d’investissement de communes et groupements de communes dans le milieu rural en Meurthe-et-Moselle – DETR 2026</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
-          <t>Fonds d'appui aux communes</t>
+          <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Somme</t>
+          <t>Préfecture de Meurthe-et-Moselle</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
-          <t> Min : 1 Max : 40</t>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>Bonifications possibles - existence de plafonds</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Afin de poursuivre le déploiement d&amp;#039;une politique de solidarité territoriale volontariste auprès de l&amp;#039;échelon communal, le Département met en œuvre un fonds d&amp;#039;appui mobilisable par l&amp;#039;ensemble des communes samariennes en 2025.
-[...6 lines deleted...]
- &lt;/strong&gt;
+ En Meurthe-et-Moselle, la DETR peut financer des projets d&amp;#039;investissement dans le milieu rural qui répondent aux thématiques suivantes :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  taux de subvention maximal : 40% du coût hors taxes des dépenses éligibles,
-[...38 lines deleted...]
-dossiers complets feront l’objet d’une instruction.&lt;/p&gt;</t>
+  transition écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement urbain et patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  services publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  sécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  accueil des gens du voyage
+ &lt;/li&gt;
+ &lt;li&gt;
+  économie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;
+Il est tenu compte de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la nature des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  leur degré de maturité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  leur inscription dans une démarche de contractualisation avec l&amp;#039;État,
+ &lt;/li&gt;
+ &lt;li&gt;
+  leur ordre de priorité indiqué par les porteurs.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34876/263626/file/Appel%20à%20projets%20DETR%202026.pdf" target="_self"&gt;Appel à projet 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34877/263631/file/Annexe%201%20-%20Règlement%20DETR%202026.pdf" target="_self"&gt;Reglement DETR 2026&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...14 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;&lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/34422/260377/file/Liste%20récapitulative%20dossiers%20DETR%20subventionnés%20au%2031%2007%202025.xlsx" target="_self"&gt;Liste récapitulative des dossiers DETR subventionnés au 31.07.2025&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N84" s="1" t="inlineStr">
         <is>
-          <t>Eau pluviale
-[...380 lines deleted...]
-Musée
+          <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
-Forêts
-Sols
+Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
-Citoyenneté
 Santé
 Education et renforcement des compétences
-Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
+Emploi
 Attractivité économique
-Artisanat
-[...889 lines deleted...]
-Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
-Médias et communication
-[...1 lines deleted...]
-Mers et océans
+Limiter les déplacements subis
 Réduction de l'empreinte carbone
-Bibliothèques et livres
-[...1 lines deleted...]
-Milieux humides
 Inclusion numérique
-Cimetières et funéraire
-[...1 lines deleted...]
-Protection animale
+Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="T90" s="1" t="inlineStr">
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>17/10/2025</t>
+        </is>
+      </c>
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité des bénéficiaires :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En référence à l’article L. 2334-33 du CGCT, ils sont fondés sur la population et la richesse fiscale des communes et EPCI à fiscalité propre.&lt;/p&gt;&lt;p&gt;En Meurthe-et-Moselle, les porteurs de projets suivants sont éligibles :&lt;/p&gt;&lt;p&gt;- communes de - 2000 habitants ;&lt;/p&gt;&lt;p&gt;- communes entre 2000 et 20 000 habitants, à l’exclusion de celles dont le potentiel financier par habitant excède le plafond défini chaque année ;&lt;/p&gt;&lt;p&gt;- EPCI à fiscalité propre de - 75 000 habitants ;&lt;/p&gt;&lt;p&gt;- syndicats mixtes et syndicats de communes.&lt;/p&gt;&lt;p&gt;Les collectivités inéligibles à la DETR en Meurthe-et-Moselle sont : &lt;a href="https://www.meurthe-et-moselle.gouv.fr/contenu/telechargement/28358/215363/file/Liste%20communes%20inéligibles.pdf" target="_self"&gt;Télécharger la liste des collectivités inéligibles à la DETR 2026&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Appel à projets DETR 2026 et catégories éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La commission des élus DETR détermine chaque année la liste des opérations éligibles ainsi que les taux des subventions. Vous pouvez consulter le règlement présentant les catégories éligibles ci-dessous.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Si vous souhaitez candidater pour obtenir une subvention au titre de la DETR pour 2026, vous pouvez effectuer votre demande entre le 17 octobre 2025 et le 23 janvier 2026 inclus.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’opération ne doit pas connaître de commencement d’exécution (signature du 1er acte juridique tel qu’un bon de commande, acte d’engagement, devis &amp;#34;bon pour accord&amp;#34;...) tant que le service instructeur n’a pas délivré d’accusé de réception du dossier.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités de versement de la subvention :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;pour le solde :&lt;/p&gt;&lt;p&gt;Une avance représentant 30 % du montant prévisionnel de la subvention pourra être versée à la collectivité sur présentation des pièces suivantes :&lt;/p&gt;&lt;p&gt;- une attestation de commencement d’exécution faisant apparaitre la date exacte de début d’exécution de l&amp;#039;opération (date correspondant à l&amp;#039;acceptation d&amp;#039;un devis ou ordre de service ou signature d&amp;#039;un marché) ;&lt;/p&gt;&lt;p&gt;- un justificatif de démarrage de l’opération : copie du devis signé ou de la notification du marché de travaux.&lt;/p&gt;&lt;p&gt;Des acomptes n&amp;#039;excédant pas au total 80 % du montant prévisionnel de la subvention, pourront être versés en fonction de l&amp;#039;état d&amp;#039;avancement de l&amp;#039;opération au vu des pièces justificatives des paiements effectués par la collectivité :&lt;/p&gt;&lt;p&gt;- un état récapitulatif des paiements daté et certifié par la trésorerie et par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- la copie des factures.&lt;/p&gt;&lt;p&gt;Le solde de la subvention sera versé après transmission des pièces justificatives suivantes :&lt;/p&gt;&lt;p&gt;- un état récapitulatif global des paiements daté et certifié par la trésorerie et par la maire ou le président de l&amp;#039;établissement public de coopération intercommunale ;&lt;/p&gt;&lt;p&gt;- la copie des factures ;&lt;/p&gt;&lt;p&gt;- un certificat daté et signé par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale attestant de l&amp;#039;achèvement de l&amp;#039;opération, ainsi que de la conformité de ses caractéristiques par rapport à l&amp;#039;arrêté attributif et précisant la date exacte de fin de l&amp;#039;opération. En cas de demande de paiement unique, indiquer en plus la date de début d’exécution de l&amp;#039;opération (date correspondant à l’acceptation d&amp;#039;un devis ou ordre de service ou signature d&amp;#039;un marché) ;&lt;/p&gt;&lt;p&gt;- le plan de financement définitif daté et signé par le maire ou le président de l&amp;#039;établissement public de coopération intercommunale.&lt;/p&gt;&lt;p&gt;- éventuellement les courriers d&amp;#039;attribution de subventions obtenues par la collectivité pour le financement de l&amp;#039;opération.&lt;/p&gt;&lt;p&gt;À l’instar de vos demandes de subvention, il convient d’adresser vos demandes de versement, pour l’ensemble des collectivités du département sous démarches-simplifiees.fr, à l’adresse suivante  :&lt;/p&gt;&lt;p&gt;https://www.demarches-simplifiees.fr/commencer/prefecture-54-subventions-paiements&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
-[...235 lines deleted...]
- •	le taux de vacance de chaque zone.
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.meurthe-et-moselle.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Concours-financiers/La-dotation-d-equipement-des-territoires-ruraux-DETR/La-dotation-d-equipement-des-territoires-ruraux-DETR</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La préfecture de Meurthe-et-Moselle et les sous-préfectures sont à disposition des collectivités pour leur apporter tout précision, aide ou conseil. Vous pouvez faire appel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Nancy : pref-dclc1&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Val-de-Briey : sp-briey-coordination&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Lunéville : sp-luneville&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;arrondissement de Toul : sp-toul&amp;#64;meurthe-et-moselle.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;La liste des documents à joindre pour candidater est disponible en cliquant sur &amp;#34;plus d&amp;#039;informations&amp;#34;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N92" s="1" t="inlineStr">
-[...3291 lines deleted...]
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>lydie-anne.frati@meurthe-et-moselle.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/07b8-financer-des-projets-dinvestissement-des-comm/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>