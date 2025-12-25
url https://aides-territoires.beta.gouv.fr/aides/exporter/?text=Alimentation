--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA93"/>
+  <dimension ref="A1:AA174"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,4441 +228,268 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>164325</v>
+        <v>164923</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Sécuriser l'alimentation de l'eau potable - Sécurisation quantitative</t>
+          <t>Soutenir la gestion durable et l’alimentation en eau potable</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+          <t>Alimentation en eau potable</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Agence de l'eau  Rhin-Meuse</t>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...1458 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J12" s="1" t="inlineStr">
+      <c r="J2" s="0" t="inlineStr">
         <is>
           <t>70% dans les territoires au titre de la solidarité uniquement (FRR ou ZRR à titre transitoire jusqu'en 2027)</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>L&amp;#039;agence de l’eau soutient la gestion durable de la ressource et de l’alimentation en eau potable.&lt;br /&gt;
 &lt;br /&gt;
 Elle accompagne les collectivités dans la modernisation de leurs infrastructures, en particulier pour réduire les fuites sur les réseaux et pour sécuriser l’approvisionnement en eau, notamment dans les collectivités rurales. L’agence soutient également la préservation de la qualité de l’eau brute en finançant des actions de réduction des pollutions. Enfin, elle accompagne les collectivités face aux polluants émergents, comme les PFAS, en soutenant des solutions adaptées et des projets de recherche.</t>
         </is>
       </c>
-      <c r="M12" s="1" t="inlineStr">
+      <c r="M2" s="0" t="inlineStr">
         <is>
           <t>Sobriété en eau des collectivités&lt;br /&gt;
 Mise en conformité de l’eau destinée à la consommation humaine&lt;br /&gt;
 Sécurisation de l’alimentation en eau potable&lt;br /&gt;
 Préservation et restauration de la qualité des eaux sur les captages&lt;br /&gt;
 Gestion durable des services publics d’eau et d’assainissement&lt;br /&gt;
 Remise en état post-sinistre</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
+      <c r="P2" s="0" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q12" s="1" t="inlineStr">
+      <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128696/fr/alimentation-en-eau-potable</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/alimentation-en-eau-potable/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...1904 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>152159</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’amélioration de la qualité de l'eau potable et de sa distribution</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>ALIMENTATION EN EAU POTABLE</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
-[...826 lines deleted...]
-      <c r="I33" s="1" t="inlineStr">
+      <c r="I3" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 50</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à l&amp;#039;amélioration de la qualité, de la distribution ainsi que de l&amp;#039;optimisation de la gestion durable de nos ressources en eau potable.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;un schéma directeur d&amp;#039;alimentation en eau potable pour les communes
  &lt;/li&gt;
  &lt;li&gt;
   Mise en exploitation d&amp;#039;un captage d&amp;#039;eau souterraine pour le village
  &lt;/li&gt;
  &lt;li&gt;
   Amélioration de la distribution d&amp;#039;eau potable à travers l&amp;#039;extension du réseau
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostic des réseaux de distribution d&amp;#039;eau
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une étude de faisabilité pour la création d&amp;#039;une réserve incendie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -4995,10913 +822,29176 @@
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       prix de l&amp;#039;eau potable facturé par m3 &amp;lt; 1.40 €
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       25 % du forfait ou du taux appliqué
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les travaux relatifs aux réseaux, en fonction de leur localisation, la pose de fourreaux d&amp;#039;attente et de chambres de tirage afin de préparer et de faciliter le déploiement du réseau très haut débit (FTTH) pourra être exigée.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W33" s="1" t="inlineStr">
+      <c r="W3" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db03-aider-a-la-realisation-daires-daccueil-des-ge/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G34" s="1" t="inlineStr">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>120275</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Développer une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Développement d’une alimentation de proximité</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Chambre d'agriculture de la Drôme</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...107 lines deleted...]
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K35" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="S35" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Actions favorisant l&amp;#039;accès aux produits alimentaires locaux issus de l&amp;#039;agriculture : accompagnement à la création de marchés de producteurs ou à la redynamisation de marchés existants (marchés permanents ou ponctuels liés à un événement), accompagnement à la création d&amp;#039;un nouveau point de vente de produits locaux (étude de marché, animation du groupe de producteurs...), appui à la création de projet alimentaire territorial, promotion de la plate-forme Agrilocal (en partenariat avec le
+ &lt;a href="https://collectivites.ladrome.fr/service/approvisionnement-en-produits-locaux-avec-la-plateforme-agrilocal/"&gt;
+  Département
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Écoute, précision et retranscription des besoins de la collectivité territoriale (enjeux, objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des besoins du territoire au regard de ses spécificités et des caractéristiques des territoires limitrophes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition d&amp;#039;un plan d&amp;#039;actions adapté à la demande de la collectivité et aux spécificités du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diffusion des premières préconisations générales et points de vigilance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en relation avec des personnes ressources
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Discussion et validation du plan d&amp;#039;actions avec la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre du plan d&amp;#039;actions (spécifique à chaque collectivité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;une instance de concertation entre la Chambre d&amp;#039;Agriculture et la collectivité (comité de pilotage, de suivi...)
+  &lt;br /&gt;
+  Exemple pour la création d&amp;#039;un marché de producteurs :
+  &lt;br /&gt;
+  – étude de marché
+  &lt;br /&gt;
+  – recrutement de producteurs locaux
+  &lt;br /&gt;
+  – suivi du marché (enquête de satisfaction auprès des consommateurs et des producteurs)
+  &lt;br /&gt;
+  – suggestion d&amp;#039;animations
+  &lt;br /&gt;
+  – réalisation de bilans réguliers
+  &lt;br /&gt;
+  – médiation des relations producteurs / agents communaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;span&gt;
+   Exemple pour l&amp;#039;élaboration d&amp;#039;un projet alimentaire :
+  &lt;/span&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   diagnostic alimentaire du territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   concertation avec les acteurs du système alimentaire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   définition d&amp;#039;un plan d&amp;#039;actions
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   évaluation du projet
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...28 lines deleted...]
-      <c r="AA35" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Chambre d&amp;#039;Agriculture de la Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Alimentation et Tourisme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Téléphone : 04 75 26 99 43
+  &lt;/li&gt;
+  &lt;li&gt;
+   Email :
+   &lt;a href="mailto:nina.croizet&amp;#64;drome.chambagri.fr" rel="noopener" target="_blank"&gt;
+    nina.croizet&amp;#64;drome.chambagri.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="http://rhone-alpes.synagri.com/portail/accueil26"&gt;
+    www.synagri.com/drome
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6651-developpement-dune-alimentation-de-proximite/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...772 lines deleted...]
-      <c r="A41" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>162933</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Innover dans la poursuite du Projet Alimentaire Territorial</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C5" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Alimentation Locale</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F41" s="1" t="inlineStr">
+      <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I41" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J41" s="1" t="inlineStr">
+      <c r="J5" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maintenir une diversité agricole garante d’une richesse paysagère&lt;/li&gt;&lt;li&gt;Développer des filières locales agricoles, et alimentaires permettant de s’adapter aux effets du réchauffement climatique et / ou de les réduire&lt;/li&gt;&lt;li&gt;Réduire les déchets alimentaires et le gaspillage alimentaire de manière innovante&lt;/li&gt;&lt;li&gt;Sensibiliser et rendre accessible une alimentation saine et locale auprès de tous&lt;/li&gt;&lt;li&gt;Mettre en valeur des produits de notre terroir par la coopération entre différents acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Encourager la reconquête des parcelles en déprise agricole pour une finalité alimentaire&lt;/li&gt;&lt;li&gt;Etudier et investir pour améliorer la commercialisation en circuit court et de proximité (distributeurs automatiques de produits locaux, …)&lt;/li&gt;&lt;li&gt;Renforcer la formation et l’accompagnement des agriculteurs sur les pratiques vertueuses&lt;/li&gt;&lt;li&gt;Promouvoir des pratiques agricoles innovantes moins consommatrices en eau&lt;/li&gt;&lt;li&gt;Créer un document pédagogique d’aide à la décision basé sur les émissions de GES&lt;/li&gt;&lt;li&gt;Identifier et valoriser les invendus et restes alimentaires (dont GMS)&lt;/li&gt;&lt;li&gt;Eduquer au goût la population en la sensibilisant aux produits locaux&lt;/li&gt;&lt;li&gt;Conseiller et accompagner les collectivités pour favoriser les circuits courts et de proximité dans les marchés publics&lt;/li&gt;&lt;li&gt;Soutenir des initiatives visant à réduire le gaspillage alimentaire&lt;/li&gt;&lt;li&gt;Appuyer la structuration d’une filière locale d’aide alimentaire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P41" s="1" t="inlineStr">
+      <c r="P5" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q41" s="1" t="inlineStr">
+      <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W41" s="1" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projeter-la-destination-blois-chambord-val-de-loire-et-ses-acteurs-vers-un-tourisme-davenir-1/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>105055</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les interconnexions des réseaux d'eau potable</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation en eau potable - sécurisation interconnexions réseaux</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités compétentes en matière d&amp;#039;eau potable, à l&amp;#039;exception de Grand Angoulême et Grand Cognac
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets établis sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA) sont éligibles. A ce titre, la demande de subvention devra être portée conjointement par la collectivité et son cocontractant. Ce dernier pourra, alors, être le bénéficiaire de la subvention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Le Département apporte un soutien aux opérations et travaux qui contribuent à l’amélioration de la distribution de l’eau potable, tant au niveau qualitatif que quantitatif, sous réserve d’éligibilité&lt;/p&gt;&lt;p&gt;Le Département ne prend pas en compte les dépenses d’assistance technique apportée dans le cadre de l&amp;#039;article L 3232-1-1 du code général des collectivités territoriales, compte tenu du soutien qu’il apporte à Charente Eaux pour assurer cette mission.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention de base : 15% du montant HT éligible&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;La participation du Département est conditionnée à l’approbation du projet d’un point de vue technique par les services du Département et le syndicat mixte Charente Eaux.&lt;/p&gt;&lt;p&gt;Dépenses éligibles : travaux, maîtrise d’œuvre et opérations connexes, uniquement pour des interconnexions structurantes et pérennes.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une demande actualisée et signée du porteur de projet énumérant l&amp;#039;objet du projet, son coût global, le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de l&amp;#039;organe compétent de la collectivité territoriale approuvant le programme d&amp;#039;investissement adopté et le plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet validé
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acte d&amp;#039;engagement signé le cas échéant
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis des autres dépenses liées à l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  les autorisations préalables requises par la réglementation en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement du programme intégrant les dépenses connexes précisant l&amp;#039;origine et le montant des moyens financiers ainsi que l&amp;#039;échéancier indicatif des dépenses prévues
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning de réalisation de l&amp;#039;opération précisant l&amp;#039;échéancier prévisionnel des demandes d&amp;#039;acomptes et solde de la subvention (en adéquation avec l&amp;#039;échéancier de réalisation de l&amp;#039;opération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dernier rapport annuel sur le prix et la qualité du service public
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : maximum de deux acomptes proportionnels au montant de l&amp;#039;opération réalisée, et jusqu&amp;#039;à 80 % du montant de la subvention ; solde à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paiement de la subvention interviendra dans le cadre d&amp;#039;une Autorisation de Programme / crédit de paiement. A ce titre, le demandeur devra présenter un planning prévisionnel de demande des acomptes et solde. Le versement s&amp;#039;effectuera selon un échéancier prévisionnel arrêté par le Département au moment de l&amp;#039;individualisation de la subvention, dans la limite des dépenses effectivement réalisées et dans celle des crédits de paiement inscrits par l&amp;#039;Assemblée départementale. Exceptionnellement, le Département pourra déroger à ce calendrier prévisionnel, dans la limite des crédits de paiement inscrits.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions de répartition des crédits de paiement pourront être réexaminées sur demande de la collectivité et sur présentation d&amp;#039;un échéancier prévisionnel de réalisation des travaux et des paiements afférents. Le cas échéant, en cas d&amp;#039;acceptation des demandes par le Département, une notification informera les collectivités du nouvel échéancier retenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets réalisés sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA), la subvention sera versée directement au cocontractant.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7120_EAU_POTABLE_SECURISATION_INTERCONNEXIONS_RESEAUX.pdf</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 60 30
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b60e-soutenir-les-interconnexions-des-reseaux-deau/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>163089</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une alimentation territoriale et durable</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 5 - Alimentation territoriale et durable</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’action publique permettra de cibler des financements sur des thématiques de transitions, notamment alimentaires, ainsi que d’accompagner des initiatives de reterritorialisation de l’alimentation comme les projets alimentaires territoriaux (PAT). Le territoire du Sud Gironde souhaite également structurer le développement de filières territorialisées, d’outils collectifs de proximité et des débouchés associés. Enfin, la demande croissante d’une économie décarbonée offre des opportunités pour favoriser les initiatives et investissements dans le développement agro-alimentaire à partir des ressources locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Actions de communication autour de l’alimentation saine et durable ; Création et développement d’outils favorisant l’alimentation territoriale et durable ; Nouvelles formes de pratiques agricoles ; Espaces tests agricoles ; Matériels favorisant le commerce et le e-commerce local, la transformation de produits alimentaires locaux ; Aménagements de locaux favorisant les pratiques de transformation et de commerce de produits alimentaires locaux &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>leader@polesudgironde.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-des-pratiques-innovantes-et-leconomie-sociale-et-solidaire/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>94941</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’investissement d’adaptation des exploitations d’élevage</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Investissements d&amp;#039;adaptation des élevages – sécheresse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : La Région Grand Est décide de soutenir l&amp;#039;investissement d&amp;#039;adaptation des exploitations d&amp;#039;élevage pour faire face aux aléas sanitaires, climatiques ou de marché et d&amp;#039;accompagner ainsi la pérennisation des ateliers d&amp;#039;élevage du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, le dispositif vise à soutenir la réalisation d&amp;#039;investissements sur la période 2019-2020-2021 relevant  :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des capacités additionnelles de stockage de fourrage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;amélioration du bien-être des animaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la sécurisation sanitaire de l&amp;#039;élevage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les agriculteurs à titre principal (ou agriculteurs à titre secondaire exclusivement en zone de montagne) ayant une activité d&amp;#039;élevage mobilisant 25 UGB au minimum pour les élevages bovins.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements de développement agricole, d&amp;#039;enseignement agricole et de recherche qui détiennent une exploitation agricole.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il vise toutes les filières d&amp;#039;élevage sur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les investissements concourant à l&amp;#039;augmentation des capacités de stockage de fourrage et de coproduits issus de la valorisation des productions végétales et destinés à l&amp;#039;alimentation animale de l&amp;#039;exploitation. L&amp;#039;assiette éligible est composée des travaux de gros œuvre et de second œuvre nécessaires à la réalisation du projet par des entreprises spécialisées ou des matériaux de construction ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les investissements matériels liés à l&amp;#039;acquisition et à l&amp;#039;installation des équipements suivants : ventilation dynamique (ventilateurs et boîtiers de ventilation), brasseurs d&amp;#039;air, brumisation, aération en toiture, filets brise vent, isolation des bâtiments ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   en matière de sécurité sanitaire les investissements matériels liés à l&amp;#039;acquisition et à l&amp;#039;installation des équipements suivants : barrière et cornadis, cases de contention (y compris avec système de pesée), portes de tri et quai d&amp;#039;embarquement, bacs d&amp;#039;équarrissage réfrigérés, cloches à cadavres.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Pour la filière porcine, dans le cadre des mesures de prévention de la peste porcine africaine : clôture des bâtiments, systèmes de désinfection.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/investissements-dadaptation-des-elevages-secheresse/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Information COVID-19 : les services de la Région assurent la réception et le traitement de vos demandes.
+ &lt;br /&gt;
+ Vous pouvez transmettre vos questions et/ou demandes de subvention à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:carine.charlier&amp;#64;grandest.fr"&gt;
+  carine.charlier&amp;#64;grandest.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5aa1-investissements-dadaptation-des-elevages-sech/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>105057</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux concernant les unités de traitement d'eau potable</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation en eau potable - sécurisation unités de traitement</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités compétentes en matière d&amp;#039;eau potable, à l&amp;#039;exception de Grand Angoulême et Grand Cognac
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets établis sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA) sont éligibles. A ce titre, la demande de subvention devra être portée conjointement par la collectivité et son cocontractant. Ce dernier pourra, alors, être le bénéficiaire de la subvention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte un soutien aux opérations et travaux qui contribuent à l&amp;#039;amélioration de la distribution de l&amp;#039;eau potable, tant au niveau qualitatif que quantitatif, sous réserve d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département ne prend pas en compte les dépenses d&amp;#039;assistance technique apportée dans le cadre de l&amp;#039;article L 3232-1-1 du code général des collectivités territoriales, compte tenu du soutien qu&amp;#039;il apporte à Charente eaux pour assurer cette mission.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention de base : 15 % du montant HT éligible&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La participation du Département est conditionnée à l&amp;#039;approbation du projet d&amp;#039;un point de vue technique par les services du Département et le syndicat mixte Charente Eaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles : travaux, maîtrise d&amp;#039;œuvre et opérations connexes uniquement les opérations pour des ressources dites « stratégiques » ou justifiées par des considérations de sécurité d&amp;#039;approvisionnement, de salubrité et de protection de la santé publique
+&lt;/p&gt;
+&lt;p&gt;
+ Sont uniquement éligibles, dans le cas d&amp;#039;une extension ou d&amp;#039;une mise aux normes d&amp;#039;un ouvrage de traitement, les travaux concernant une unité de traitement de plus de dix, sauf évolution des normes réglementaires rendant obligatoires les travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus les travaux de renouvellement à l&amp;#039;identique des installations de traitement.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus la mise en place d&amp;#039;unités de traitement temporaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une demande actualisée et signée du porteur de projet énumérant l&amp;#039;objet du projet, son coût global, le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de l&amp;#039;organe compétent de la collectivité territoriale approuvant le programme d&amp;#039;investissement adopté et le plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet validé
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acte d&amp;#039;engagement signé le cas échéant&lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement du programme intégrant les dépenses connexes précisant l&amp;#039;origine et le montant des moyens financiers ainsi que l&amp;#039;échéancier indicatif des dépenses prévues
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning de réalisation de l&amp;#039;opération précisant l&amp;#039;échéancier prévisionnel des demandes d&amp;#039;acomptes et solde de la subvention (en adéquation avec l&amp;#039;échéancier de réalisation de l&amp;#039;opération)&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particluières d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : maximum de deux acomptes proportionnels au montant de l&amp;#039;opération réalisée, et jusqu&amp;#039;à 80% du montant de la subvention ; solde à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paiement de la subvention interviendra dans le cadre d&amp;#039;une Autorisation de Programme / crédit de paiement. A ce titre, le demandeur devra présenter un planning prévisionnel de demande des acomptes et solde. Le versement s&amp;#039;effectuera selon un échéancier prévisionnel arrêté par le Département au moment de l&amp;#039;individualisation de la subvention, dans la limite des dépenses effectivement réalisées et dans celle des crédits de paiement inscrits par l&amp;#039;Assemblée départementale. Exceptionnellement, le Département pourra déroger à ce calendrier prévisionnel, dans la limite des crédits de paiement inscrits.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions de répartition des crédits de paiement pourront être réexaminées sur demande de la collectivité et sur présentation d&amp;#039;un échéancier prévisionnel de réalisation des travaux et des paiements afférents. Le cas échéant, en cas d&amp;#039;acceptation des demandes par le Département, une notification informera les collectivités du nouvel échéancier retenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets réalisés sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA), la subvention sera versée directement au cocontractant.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7120_EAU_POTABLE_SECURISATION_UNITE_DE_TRAITEMENT.pdf</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 60 30
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7254-soutenir-les-travaux-concernant-les-unites-de/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>151713</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Aider les commerçants et artisans à améliorer leurs points de vente</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aide communale pour l'amélioration des points de vente</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Commune de La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide communale pour l&amp;#039;amélioration des points de vente de La Voulte-sur-Rhône permet d&amp;#039;aider les commerçants et artisans à moderniser, améliorer et mettre aux normes leurs boutiques situées sur la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est complémentaires aux aides existantes (Région Auvergne Rhône Alpes - Communauté d&amp;#039;Agglomération Privas Centre Ardèche) : elle permet de financer à hauteur de 40% des travaux dont le montant est compris entre 3 000 et 10 000 euros.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est encadrée par un règlement qui précise le type de commerces et le type de travaux qui peuvent en bénéficier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ • Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+&lt;/p&gt;
+&lt;p&gt;
+ • Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Commerces et services
+Revitalisation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ QUI PEUT BENEFICIER DE L&amp;#039;AIDE POUR L&amp;#039;AMELIORATION DES POINTS DE VENTE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI REMPLISSENT LES CONDITIONS SUIVANTES :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir moins de 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un Chiffre d&amp;#039;Affaires qui n&amp;#039;excède pas 1 M€ HT (Pour les franchises : détenir moins de 25% du capital social de l&amp;#039;entreprise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être en phase de création, de reprise ou de développement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être inscrit au Registre du Commerce et des Sociétés, au Répertoire des Métiers, à l&amp;#039;URSSAF ou en Microentreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être à jour de ses cotisations sociales et fiscales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un point de vente sur la commune de la Voulte-sur-Rhône.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI PROPOSENT UN SERVICE COMMERCIAL DE PROXIMITÉ. PAR EXEMPLE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces alimentaires spécialisés (boulangeries, pâtisseries, traiteurs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces d&amp;#039;alimentations générales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cafés, les bars,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les buralistes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les restaurants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les commerces de détail (habillement, opticien, articles de sport, fleuriste...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les laveries,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les couturiers, Les cordonniers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les soins de beauté (instituts de beauté, salons de coiffure, ongleries...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES ENTREPRISES QUI ONT UN POINT DE VENTE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entièrement dédié au commerce,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classé en Etablissement Recevant du Public (ERP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui permet d&amp;#039;accueillir de la clientèle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une entrée indépendante,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec une vitrine sur rue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;une surface inférieure à 700 m2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ QUELS TYPES DE TRAVAUX OU D&amp;#039;ACHATS PEUT-ON REALISER AVEC CETTE AIDE ?
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE COMPRIS ENTRE 3 000 € ET 10 000€ POUR POUVOIR BÉNÉFICIER DES 40% D&amp;#039;AIDE, SOIT UN MAXIMUM DE 4000€
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT PERMETTRENT D&amp;#039;AMÉLIORER L&amp;#039;ATTRACTIVITÉ DE SON POINT DE VENTE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des vitrines (façades, éclairage, enseigne, décoration, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité du local (élargissement des portes, création d&amp;#039;une rampe, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements pour assurer la sécurité du local (normes incendie, caméra, rideau métallique, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Embellissement et modernisation du local (sols, plafonds, cloisons, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements d&amp;#039;économie d&amp;#039;énergies (isolation, éclairage, chauffage, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements matériels : matériels professionnels spécifiques, équipements informatiques et numériques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement des terrasses et l&amp;#039;achat de mobilier extérieur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt;&amp;gt; LES TRAVAUX OU LES ACHATS DOIVENT ÊTRE CONFORMES AUX NORMES ERP ET AUX PRESCRIPTIONS DES RÈGLEMENTS D&amp;#039;URBANISME
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>La Voulte-sur-Rhône</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://lavoultesurrhone.fr/fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mairie de La Voulte-sur-Rhône : streiber&amp;#64;lavoulte.fr -  04 75 62 40 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>streiber@lavoulte.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2271-aider-les-commercants-et-artisans-a-ameliorer/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>164168</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la dynamique agricole et valoriser l’alimentation locale</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et Alimentation : Fiche-action 1 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;/strong&gt;&lt;br /&gt;Le
+territoire du GAL Forêt d&amp;#039;Orléans-Loire-Sologne présente une diversité de productions agricoles, à préserver et
+valoriser dans un contexte de dérèglement climatique. Consommer local, de
+saison, de qualité est à développer en agissant de manière cohérente et
+inclusive sur toute la chaîne du producteur au consommateur.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Objectifs &lt;/strong&gt;&lt;br /&gt;- Conserver et valoriser la diversité des productions
+agricoles et alimentaires du territoire&lt;br /&gt;- Développer les circuits courts alimentaires de
+proximité&lt;br /&gt;- Renforcer l’accessibilité sociale à une alimentation
+de qualité et les actions locales de santé/alimentation&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux de
+transitions agricoles et alimentaires&lt;br /&gt;- Fédérer les maillons de la chaîne alimentaire autour
+de projets communs coordonnés à l’échelle du PETR&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Actions de préservation du foncier agricole :
+étude, sensibilisation…&lt;br /&gt;- Actions d’appui à l’installation et à la transmission
+des exploitations agricoles&lt;br /&gt;- Actions visant à faciliter la mobilité et l’hébergement
+des travailleurs agricoles saisonniers&lt;br /&gt;&lt;br /&gt;- Réalisation d’études, actions d’animation, de
+sensibilisation et de communication sur l’alimentation locale et durable et
+les changements de pratique : produits locaux, de saison, de qualité, équilibre
+nutritionnel, limitation du gaspillage, zéro déchets…&lt;br /&gt;- Actions de sensibilisation des habitants aux
+productions agricoles locales&lt;br /&gt;- Réalisation d’études, d’expérimentations ; actions
+d’animation, de sensibilisation et de communication sur l’adaptation de
+l’agriculture au changement climatique&lt;br /&gt;&lt;br /&gt;- Actions en faveur de l’accessibilité sociale à une
+alimentation de qualité : création/développement d’épiceries sociales, jardins
+partagés, approvisionnement en produits locaux de l’aide alimentaire, services
+itinérants…&lt;br /&gt;- Soutien aux outils logistiques et de distribution de
+produits agricoles, de la chasse, de la pêche&lt;br /&gt;- Appui aux démarches d’approvisionnement local de la
+restauration et du commerce&lt;br /&gt;- Soutien aux projets collectifs de vente de produits
+agricoles et alimentaires hors commercialisation à la ferme&lt;br /&gt;- Soutien aux actions collectives de valorisation des
+biodéchets (restauration collective, exploitations agricoles…)&lt;br /&gt;- Réalisation d’études ; actions d’animation, de
+communication et d’évaluation relatives au Projet Alimentaire Territorial ;
+mise en réseau des acteurs locaux de l’agriculture et de l’alimentation&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se
+dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la
+mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir
+fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout
+commencement d’exécution d’une dépense avant l’accusé de réception de la
+demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements, matériels, mobiliers, panneaux,
+signalétique, achat de véhicule&lt;br /&gt;- Dépenses de construction, d’aménagement de locaux&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Aménagement et acquisition d&amp;#039;équipements de
+valorisation des biodéchets : travaux de construction de plate-forme,
+équipement de broyage, de manutention, de stockage, de compost&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-dynamique-agricole-et-valoriser-lalimentation-locale/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>164134</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l'alimentation de l'eau potable</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont les travaux visant à assurer une bonne sécurité de l’approvisionnement en eau potable au regard des risques de rupture de l’approvisionnement jugés importants à l’échelle de l’ensemble du système d’alimentation en eau potable de la collectivité. Les risques pris en compte sont ceux liés :&lt;br /&gt;• À la vulnérabilité qualitative de la ressource en eau : environnement anthropisé à fort risque de pollution accidentelle, ressources superficielles ou naturellement peu protégées, à l’exclusion des pressions agricoles diffuses (nitrates, pesticides) ;&lt;br /&gt;• À la vulnérabilité intrinsèque du système de production, adduction, transfert et stockage de l’eau (risque de défaillance jugé important ou capacité insuffisante vis-à-vis de la continuité de l’approvisionnement) ;&lt;br /&gt;• À la vulnérabilité quantitative de la ressource en eau exploitée. &lt;/p&gt;&lt;p&gt;Les projets aidés devront :&lt;br /&gt;• Privilégier la diversification des ressources en eau existantes ;&lt;br /&gt; • La substitution par des ressources en eau non conventionnelles (réutilisation d’eaux d’usées ou d’eaux de process, …) pour des usages autres que la consommation humaine (eau industrielle, …) pourra également être envisagée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• S’inscrire dans une démarche visant la réduction des consommations d’eau et de diminution des prélèvements dans les ressources fragiles.  Les travaux visés sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• Le remplacement ou la réhabilitation de forages présentant un risque de défaillance ; &lt;br /&gt;• La reprise de drains des captages de sources pour les collectivités fragiles d’un point de vue quantitatif ; &lt;br /&gt;• Le remplacement ou la réhabilitation des conduites d’adduction ou de transfert structurantes 
+identifiées comme vulnérables ; &lt;br /&gt;• Les travaux de maillage interne s’ils répondent à l’objectif global de sécurisation ; &lt;br /&gt;• Les travaux de raccordement des écarts ou hameaux ; &lt;br /&gt;• Les opérations pilotes, au par cas, d’alimentation en eau potable de populations vulnérables ou 
+d’habitats isolés (si les travaux de raccordement ne sont pas pertinents d’un point de vue technico économique) : création d’un système d’alimentation en eau potable localisé indépendant, acquisition 
+de captages privés par la collectivité, … ; &lt;br /&gt;• Pour les ouvrages de stockage (sur la base d’un diagnostic des ouvrages) : &lt;br /&gt;- la mise en conformité sanitaire en cas de risque de dégradation de la qualité de l’eau du fait de 
+revêtements non conformes ;
+&lt;br /&gt;- la rénovation en cas de risques avérés générés par des problèmes d’étanchéité et affectant la 
+structure de l’ouvrage ;
+&lt;br /&gt;- la préservation de la capacité de régulation (fuites importantes par rapport aux besoins en eau 
+et à la capacité des ouvrages de production) ;
+&lt;br /&gt;- les travaux visant une augmentation de l’autonomie de stockage lorsque celle-ci est jugée 
+insuffisante.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les travaux 
+permettant de répondre aux 
+problématiques de défaillance 
+du système de production, 
+d’adduction, de transfert, de 
+stockage ou de risque de 
+pollution de la ressource :
+environnement anthropisé à fort 
+risque de pollution accidentelle, 
+ressources superficielles ou 
+naturellement peu protégées, à 
+l’exclusion des pressions 
+agricoles diffuses (nitrates, 
+pesticides).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-assurer-la-distribution-de-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>162529</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Dynamiser et accompagner l'agricultutre et l'alimentation locales</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F42" s="1" t="inlineStr">
+      <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I42" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J42" s="1" t="inlineStr">
+      <c r="J13" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M42" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;a) Alimentation et autonomie : développer les
 filières locales et les circuits-courts de production, de transformation et de
 commercialisation des aliments et des produits, notamment ceux issus de
 l’agriculture biologique.&lt;/p&gt;&lt;p&gt;b) Foncier et bocage : connaître et protéger le
 foncier agricole par le biais d’outils, d’ingénierie, de formation ou de
 travaux &lt;/p&gt;&lt;p&gt;c) Les actions de pédagogie et de communication
 visant à améliorer l’image du monde agricole, lorsqu’il est en accord avec les
 problématiques environnementales actuelles et dans un objectif d’attractivité
 des métiers.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;d) Pratiques agricoles : adapter les
 pratiques au changement climatique et accompagner les changements de modèles
 agricoles lorsque ces actions ne sont pas éligibles aux dispositifs régionaux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Sols
 Transition énergétique
 Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P42" s="1" t="inlineStr">
+      <c r="P13" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q42" s="1" t="inlineStr">
+      <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’agriculture contribue au façonnement des paysages et à l’aménagement du
 territoire. Elle représente un poids important dans l’économie locale.
 Cependant elle subit la diminution de son foncier (au profit de
 l’urbanisation) et fait face à la difficulté à trouver de la main d’œuvre ou des
 repreneurs. Dynamiser l’agriculture locale pour la rendre plus attractive et
 répondre à la problématique de transmission des installations est vitale.&lt;/p&gt;&lt;p&gt;En
 parallèle, les pratiques agricoles doivent être adaptées pour prendre en compte
 la préservation de la biodiversité et de la qualité des sols et de l’eau. La
 modification des pratiques agricole vise à diminuer l’impact sur le changement
 climatique et contribue à l’adaptation au changement climatique.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Soutenir la transformation des productions et encourager la consommation
 de produits locaux, contribue au développement d&amp;#039;une économie locale et augmente la résilience alimentaire du
 territoire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-solutions-de-mobilite-durable-fiche-action-2/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>164317</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Aires d'alimentation de captages</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etudes nécessaires à 
+l’établissement et au suivi d’un 
+plan d’actions de reconquête ou 
+de préservation de la ressource 
+(délimitation de l’aire 
+d’alimentation du captage- AAC 
+et de la zone de protection - ZP-AAC, diagnostic territorial des 
+pressions, suivi renforcé de la 
+qualité sur une période de 3 ans
+renouvelables, ...)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-schema-directeurs-diagnostic-definition-et-programmation-1/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>140733</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'extension électrique pour alimenter un bâtiment privé</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Alimenter les usagers en électricité Basse Tension (BT)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Nature de l&amp;#039;opération : Extension du réseau électrique Basse Tension (BT)
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Classement au regard du régime d&amp;#039;électrification : Communes Rurales (ER)
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Objectifs :
+   &lt;/span&gt;
+   Intervention pour le raccordement:
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ - d&amp;#039;une installation de production&amp;lt;&amp;#61; 6 kVA simultané avec une installation individuelle de consommation
+&lt;/p&gt;
+&lt;p&gt;
+ - de bâtiments publics neufs comportant de la production d&amp;#039;électricité pour une puissance inférieure ou égale à 36 kVA et de la consommation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier de permis de construire ou déclaration préalable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be4c-realiser-des-travaux-dextension-electrique-po/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>140732</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'extension électrique pour alimenter un bâtiment agricole</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Alimenter les usagers en électricité Basse Tension (BT)
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature de l&amp;#039;opération : Extension du réseau électrique Basse Tension (BT)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Rurales (ER)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Objectifs :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Intervention pour le raccordement:
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;une installation de production&amp;lt;&amp;#61; 6 kVA simultané avec une installation individuelle de consommation
+&lt;/p&gt;
+&lt;p&gt;
+ - de bâtiments publics neufs comportant de la production d&amp;#039;électricité pour une puissance inférieure ou égale à 36 kVA et de la consommation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier de permis de construire ou déclaration préalable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricité&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/af9c-realiser-des-travaux-dextension-electrique-po/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>71799</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d'amélioration de la performance énergétique de votre logement - Ma Prime Rénov’</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de la prime varie en fonction des matériaux et des équipements éligibles dans la limite d</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ma Prime Rénov&amp;#039; permet de financer les dépenses engagées pour les travaux d&amp;#039;amélioration de la performance énergétique de votre logement : travaux d&amp;#039;isolation, de chauffage, de ventilation ou d&amp;#039;audit énergétique d&amp;#039;une maison individuelle ou d&amp;#039;un appartement en habitat collectif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux doivent avoir été effectués par
+ &lt;a href="https://www.faire.fr/trouvez-un-professionnel"&gt;
+  des entreprises labellisées RGE
+ &lt;/a&gt;
+ (reconnues garantes pour l&amp;#039;environnement).
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de savoir à quelles aides et pour quel montant vous êtes éligibles, vous pouvez utiliser le simulateur public :
+ &lt;a href="https://www.faire.gouv.fr/aides-de-financement/simulaides"&gt;
+  Simul&amp;#039;Aid€s
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Avant le lancement des travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Vous devez déposer votre demande de prime en vous créant un compte sur
+ &lt;a&gt;
+  le site MaPrimeRénov&amp;#039;
+ &lt;/a&gt;
+ . Il vous sera demandé de fournir quelques pièces justificatives (devis des professionnels RGE mobilisés, documents d&amp;#039;identité, informations fiscales...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Dès la finalisation de votre demande de prime, un instructeur procède à l&amp;#039;examen de votre demande. Si votre dossier est éligible, vous recevez une notification vous confirmant l&amp;#039;attribution de votre prime.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez commencer vos travaux au moment de l&amp;#039;étape 1 ou 2.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À la fin des travaux
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Vous demandez une facture au professionnel RGE qui a réalisé les travaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Vous demandez le versement de votre prime. Pour ce faire, connectez-vous à votre compte sur www.maprimerenov.gouv.fr. Transmettez votre facture et votre RIB pour que votre prime vous soit versée par virement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2020</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déjà accessible aux propriétaires occupants sous condition de ressource, le service MaPrimeRénov&amp;#039; sera accessible à tous les
+ &lt;strong&gt;
+  propriétaires occupants le 1er janvier 2021
+ &lt;/strong&gt;
+ et aux
+ &lt;strong&gt;
+  propriétaires bailleurs le 1er juillet 2021
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les ménages jusqu&amp;#039;à présent non éligibles peuvent d&amp;#039;ores et déjà signer les devis et commencer leurs travaux dès le 1er octobre 2020, avant le dépôt de leur dossier. En effet les travaux dont les devis auront été signés à compter du 1er octobre 2020 seront éligibles à MaPrimeRénov&amp;#039;, les dossiers de demande d&amp;#039;aide MaPrimeRénov&amp;#039; pouvant être déposés à compter du 1er janvier 2021.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maprimerenov.gouv.fr/prweb/PRAuth/BPNVwCpLW8TKW49zoQZpAw%5B%5B*/!STANDARD</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez le nouveau service FAIRE qui vous accompagne pour améliorer le confort de votre logement. Les conseillers FAIRE proposent gratuitement des conseils adaptés pour vos travaux de rénovation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  trouvez
+  &lt;a href="https://www.faire.gouv.fr/trouver-un-conseiller"&gt;
+   le conseiller FAIRE
+  &lt;/a&gt;
+  le plus proche de chez vous
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou contactez un conseiller au 0 808 800 700 (service gratuit &amp;#43; prix appel)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7ac0-financer-les-travaux-damelioration-de-la-perf/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>65628</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux visant à réaliser des économies d'énergie dans votre logement (Eco-chèque logement)</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région vous aide activement à faire des économies d&amp;#039;énergie grâce à l&amp;#039;éco-chèque Logement.
+ &lt;br /&gt;
+ Financez de 1000 à 1500 euros sur le montant des travaux visant à réaliser des économies d&amp;#039;énergie dans votre logement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éco-chèque logement s&amp;#039;adresse aux particuliers qu&amp;#039;ils soient propriétaires occupants ou bailleurs d&amp;#039;un logement situé dans la région, qui réalisent des travaux visant une économie d&amp;#039;énergie d&amp;#039;au moins 25%.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est cumulable avec d&amp;#039;autres aides liées aux économies d&amp;#039;énergie (Pour plus d&amp;#039;informations, contacter l&amp;#039;Espace Info Energie le plus proche de chez vous au 0 800 33 50 31).
+&lt;/p&gt;
+&lt;p&gt;
+ La valeur de l&amp;#039;éco-chèque vient en déduction du montant total de la facture et la Région se charge de rembourser les professionnels Reconnu garant de l&amp;#039;environnement (RGE) partenaires du dispositif. Le particulier ne fait en aucun cas l&amp;#039;avance du montant de l&amp;#039;éco-chèque auprès du professionnel partenaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;éco-chèque en cinq questions:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  vous êtes propriétaire occupant ou bailleur d&amp;#039;un logement situé sur la Région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous respectez les conditions définies par la Région (
+  Pour les connaître, cliquez ici (.pdf - 90,3 Ko)
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quoi ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque est destiné à être utilisé pour faire des travaux permettant une économie d&amp;#039;énergie d&amp;#039;au moins 25%,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas avoir commencé avant la réception de l&amp;#039;éco-chèque par le particulier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;isolation des combles perdus seuls et les bouquets de travaux composés des 2 lots « isolation des combles perdus » et « installation ou changement d&amp;#039;un système de ventilation » ne sont pas éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;installation d&amp;#039;équipements photovoltaïque seuls ou dans un bouquet de travaux plus complet ne sont pas éligibles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les logements soumis à la réglementation thermique 2012 ne sont pas éligibles (pour en savoir plus,
+  cliquez ici
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Combien ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le montant de l&amp;#039;éco-chèque est de 1 000 € pour les propriétaires bailleurs ou 1 500 € pour les propriétaires occupants. Il est cumulable avec l&amp;#039;ensemble des aides existantes dans le cadre du Plan Rénovation Energétique de l&amp;#039;Habitat (Pour plus d&amp;#039;informations, contacter l&amp;#039;Espace Info Energie le plus proche de chez vous au 0 800 33 50 31),
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque ne peut pas être utilisé pour le paiement d&amp;#039;une facture comportant des travaux d&amp;#039;isolation des combles perdus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éco-chèque ne peut pas être utilisé pour le paiement d&amp;#039;une facture comportant des travaux d&amp;#039;installation d&amp;#039;équipement photovoltaïque.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les professionnels partenaires s&amp;#039;engagent à accepter les éco-chèques comme moyen de paiement. Le particulier ne fait en aucun cas l&amp;#039;avance du montant de l&amp;#039;éco-chèque auprès du professionnel partenaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Comment ça marche (les 3 étapes) ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne pas commencer les travaux avant que vous ayez reçu l&amp;#039;éco-chèque à votre domicile.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ 1. Créez votre compte personnel
+&lt;/h4&gt;
+&lt;h4&gt;
+ 2. Une fois votre compte créé, constituez votre dossier de demande
+&lt;/h4&gt;
+&lt;h4&gt;
+ 3. Enfin, déposez votre demande à partir de votre espace personnalisé en ligne
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/ecochequelogement</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez tous les contacts et démarches à suivre ici : https://www.laregion.fr/ecochequelogement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df4a-eco-cheque-logement/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>69762</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique de mon logement principal</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Toulouse Métropole</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de relance adopté en juin 2020, Toulouse Métropole a souhaité
+ &lt;strong&gt;
+  développer la résilience et accélérer la transition énergétique et écologique
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Sur le secteur résidentiel, l&amp;#039;enjeu de la rénovation énergétique des bâtiments a fait l&amp;#039;objet d&amp;#039;une volonté d&amp;#039;amplification majeure. Par délibération du Conseil du 15 octobre 2020, Toulouse Métropole a mis place
+ &lt;strong&gt;
+  une aide financière pour les travaux de rénovation des résidences principales des particuliers
+ &lt;/strong&gt;
+ pour soutenir l&amp;#039;artisanat local et le secteur du bâtiment, lutter contre le gaspillage énergétique et diminuer les dépenses de chauffage des ménages.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Aide à l&amp;#039;audit énergétique
+ &lt;/strong&gt;
+ peut aller jusqu&amp;#039;à 510 € (85% du montant total de la facture), à destination des particuliers pour la définition du projet d&amp;#039;amélioration de leur logement (réalisation d&amp;#039;un bilan précis du logement avec la définition d&amp;#039;un ou plusieurs scénarios de rénovation, leurs coûts estimés et les gains associés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Prime Rénovation
+ &lt;/strong&gt;
+ peut atteindre 40% d&amp;#039;économies d&amp;#039;énergie soit 1 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les particuliers (propriétaires bailleurs ou propriétaires occupants)
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sans condition de ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour leur résidence principale (maison individuelles ou copropriété) située sur le territoire métropolitain
+ &lt;/li&gt;
+ &lt;li&gt;
+  à condition que le bénéficiaire ne soit pas éligible aux aides de l&amp;#039;Anah
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les audits et travaux considérés doivent être réalisés par des professionnels labellisés RGE et le bénéficiaire doit respecter les conditions d&amp;#039;aides et avoir préalablement rencontré
+ &lt;a href="https://www.toulouse-metropole.fr/-/l-espace-info-energie-conseils-et-animations-autour-de-l-energie"&gt;
+  l&amp;#039;Espace Info-Énergie
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Toulouse Métropole</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.toulouse-metropole.fr/-/aide-a-la-renovation-energetique-des-logements-prives</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://demarches-tm.eservices.toulouse-metropole.fr/habitat/prime-renovation/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Vous avez des questions ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Consultez
+  &lt;a href="https://www.toulouse-metropole.fr/-/faq-prime-eco-renovation"&gt;
+   la page questions - réponses sur cette prime
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou envoyez un mail à : prime.renovation&amp;#64;toulouse-metropole.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a87-realiser-la-renovation-energetique-de-mon-log/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>90835</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les acteurs touristiques dans le maintien et l'adaptation de l'offre d'hébergements de tourisme social</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Hébergements de Tourisme social</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K43" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- ________________________________________________________________________
-[...14 lines deleted...]
- Afin d&amp;#039;aider collectivités et entreprises à développer le circuit court mais également des filières locales de qualité, l&amp;#039;offre propose un accompagnement :
+ Cette aide accompagne les acteurs touristiques dans le maintien et l&amp;#039;adaptation de l&amp;#039;offre d&amp;#039;hébergements de tourisme social.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  En conseils et des missions d&amp;#039;animation
-[...5 lines deleted...]
-  En investissements directs
+  Maintenir un parc d&amp;#039;hébergement social diversifié, qualifié et accessible au plus grand nombre dans une logique de mixité sociale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Cohésion sociale et inclusion
+Economie sociale et solidaire
+Revitalisation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés (associations, entreprises, SCI constituée pour solliciter des financements ANCV / CDC - Agence Nationale pour les chèques vacances / Caisse des dépôts)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Village de vacances, auberge de jeunesse, centre international de séjour : 25% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 1 000 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centres de vacances : 25% maximum d&amp;#039;un montant de dépenses éligibles
+  HT
+  plafonné à 500 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 40 000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : investissements intérieur ou extérieur (hébergement, espaces collectifs d&amp;#039;accueil, de restauration, équipements de loisirs,..) et de confort (chauffage, isolation, sanitaires, mobilier, traitement paysager, économie d&amp;#039;énergie) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les travaux réalisés en régie directe sont exclus.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/hebergements-de-tourisme-social</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges : 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers : 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux: 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3277-hebergements-de-tourisme-social/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>95075</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les logements sociaux</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de rénovation de logements non éligibles au FEDER, selon le Programme Opérationnel en vigueur sur le territoire où se situe l&amp;#039;opération. Les opérations éligibles sont ainsi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les territoires alsacien et champardennais : opérations pour lesquelles l&amp;#039;étiquette énergétique avant travaux est D ou encore moins économe
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur le territoire champardennais : opérations &amp;lt; 40 logements en habitat collectif et &amp;lt; à 10 en habitat individuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur le territoire alsacien : opérations &amp;lt; 50 logements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les territoires alsaciens, lorrains et champardennais : opérations d&amp;#039;acquisition-amélioration, ou dès épuisement des crédits FEDER.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire : entre 2 500 et 4 500 €/logt rénové (voir détail en Annexe 3 du règlement), selon le bouquet de travaux réalisé.
+ &lt;strong&gt;
+  Bonus :
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Matériaux biosourcés pour l&amp;#039;isolation :
+ &lt;/strong&gt;
+ outre l&amp;#039;amélioration de la performance énergétique des logements, le recours à des matériaux biosourcés pour l&amp;#039;isolation permet de réduire l&amp;#039;impact énergétique et climatique des projets de rénovation tout en privilégiant le recours à des ressources renouvelables assurant par ailleurs la continuité de migration de la vapeur d&amp;#039;eau.
+Le recours à des isolants biosourcés pour l&amp;#039;isolation des parois opaques verticales ouvre droit à une bonification de 500 € par logement.
+ &lt;strong&gt;
+  Création de logements locatifs-sociaux
+ &lt;/strong&gt;
+ : Les opérations d&amp;#039;acquisition-amélioration donnant lieu à la création de logements locatifs conventionnés bénéficient d&amp;#039;une bonification d&amp;#039;aide de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2 000 € par logement créé sans changement de destination de tout ou partie concernée du bâtiment rénové.
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 000 € par logement créé par changement de destination de tout ou partie concernée du bâtiment rénové.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond
+ &lt;/strong&gt;
+ : 40 logements en habitat collectif et 10 logements en habitat individuel sur le territoire champardennais avant épuisement des crédits FEDER, 50 logements après. 50 logements sur les territoires alsacien et lorrain. Pour les opérations d&amp;#039;acquisition-amélioration, plafond de 50 logements quelque soit la localisation.
+Cette aide est cumulable avec d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bailleurs sociaux, au sens de l&amp;#039;article R323-1 du CCH.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible des projets avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 64 96
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-logements-sociaux" rel="noopener" target="_blank"&gt;
+  Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aad-renovation-energetique-des-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>92303</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la construction, l'acquisition, l'extension, la rénovation de bâtiments d'entreprise, s'inscrivant dans un objectif de transition écologique et énergétique</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 20</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Majoration de 10 % en fonction du zonage AFR</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Aide à l&amp;#039;immobilier d&amp;#039;entreprise »
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : accompagner la construction, l&amp;#039;acquisition, l&amp;#039;extension, la rénovation de bâtiments, s&amp;#039;inscrivant dans un objectif de transition écologique et énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : u
+ ne PME ou entreprise de l&amp;#039;ESS localisée en Bourgogne-Franche-Comté.
+&lt;/p&gt;
+&lt;p&gt;
+ Financement :
+Subvention :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention de 10 à 20 % selon la taille de l&amp;#039;entreprise sous forme de subvention (majoration de 10 % en fonction du zonage AFR),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention minimum de 10 000 €, plafonnée à 50 000 €, bonifiée à 100 000 € pour les projets vertueux,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intervention régionale ne pourra se faire qu&amp;#039;en complément de l&amp;#039;intervention de l&amp;#039;EPCI.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O43" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles : l
+ es études, toiture, dallage, terrassement, électricité, plomberie, chauffage, isolation, peinture, fenêtres/volets, VRD, Maîtrise d&amp;#039;œuvre, assurance, coûts de déconstruction.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2020</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T43" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X43" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/node/264</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle=ECO-IMMO</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-  Retrouvez votre contact régional sur :
+ Cf. lien descriptif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2f6c-accompagner-limmobilier-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>90962</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises touristiques en zones de montagne dans l'adaptation et la diversification de l'offre d'hébergements</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide accompagne les entreprises touristiques en zones de montagne dans l&amp;#039;adaptation et la diversification de l&amp;#039;offre d&amp;#039;hébergements.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       Maintenir et qualifier des équipements d&amp;#039;accueil spécifiques pour les itinérants en zone de massifs.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
-   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;p&gt;
+   entreprises
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   associations
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   collectivités territoriales
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   établissements publics
+  &lt;/p&gt;
+  Les SCI sont exclues du champ des aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 30 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : investissements intérieur ou extérieur, de confort (chauffage, isolation, sanitaires, décoration, mobiliers, traitement paysager, économie d&amp;#039;énergie) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/hebergements-touristiques-refuges-de-montagne-et-gites-detape</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19)
+Direction du tourisme
+27, boulevard de la Corderie CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16) Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers Cédex
+05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d63-hebergements-touristiques-refuges-de-montagne/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>94965</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en marché les productions alimentaires agricoles</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en marché des productions alimentaires agricoles</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les exploitants agricoles individuels personnes physiques (agriculteur à titre principal) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les exploitants agricoles personnes morales dont l&amp;#039;objet est agricole (Société à objet agricole telles que GAEC, EARL, SARL, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sociétés dont le capital est détenu majoritairement par des exploitants agricoles à titre principal ou dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens de l&amp;#039;article L. 311-1 du Code rural et de la pêche maritime ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives (y compris les coopératives agricoles, les coopératives d&amp;#039;utilisation de matériel agricole (CUMA) dont 100% des parts sociales sont détenues par des agriculteurs ou qui sont composées exclusivement par des agriculteurs) dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures collectives portant un projet reconnu en qualité de GIEE dont la création est prévue dans le cadre de la loi d&amp;#039;avenir et exerçant une activité agricole au sens du L. 311-1 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les fondations, associations, établissements d&amp;#039;enseignement et de recherche agricoles mettant en valeur une exploitation agricole ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations et personnes morales issues du regroupement d&amp;#039;exploitants individuels, de sociétés, de coopératives agricoles, de tiers porteuses d&amp;#039;un projet collectif  dont l&amp;#039;objet est de gérer une unité de stockage, préparation, transformation, conditionnement ou de commercialisation de produits agricoles sous réserve qu&amp;#039;au moins 50 % du capital social de la structure soit détenu par l&amp;#039;ensemble des agriculteurs ou  groupement d&amp;#039;agriculteurs (personne physique ou morale, ou associé-exploitant).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>10/01/2018</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Projets éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Le dispositif couvre les projets qui ne relèvent pas de la mise en œuvre d&amp;#039;un programme de développement rural régional. Lorsqu&amp;#039;un projet est éligible au titre du FEADER, le dossier sera traité en priorité sur les dispositifs mobilisant des fonds européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de marché ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements relatifs à la création ou à l&amp;#039;aménagement des locaux de transformation, des points de vente individuels ou collectifs de produits fermiers y compris l&amp;#039;amélioration des lieux de stockage pour les AMAP et les Drive Fermiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;h4&gt;
+ Phase d&amp;#039;émergence du projet
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de marchés préalables à la réalisation des opérations de création de locaux de transformation et de vente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Phase d&amp;#039;investissement
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de gros œuvres (murs, bardage, toiture, charpente...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les matériels et équipements liés à la préparation,à la transformation, et au conditionnement (table de découpe, trancheuse, cuve de fabrication, plaque de cuisson, four, hotte, autoclave, table et meuble, ensacheuse, conditionnement sous vide ou sous atmosphère..) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;aménagement intérieur de second œuvre (cloison, plafond, maçonnerie, climatisation, chauffage, ventilation, isolation, carrelage...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements et matériels frigorifiques et de stockage (vitrine froide, congélateur, armoire de stockage réfrigérée, caisson réfrigéré...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les matériels et équipements exclusivement liés à la commercialisation(vitrine froide , remorque réfrigérée, meuble étagère, présentoir, rehaussement meubles, plateau, caisse, balance, trancheuse, caisse enregistreuse ...);
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements et matériels sanitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements de véhicule de marché (hors coût du véhicule), remorques de marché réfrigérées et équipements frigorifiques des véhicules utilitaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les distributeurs automatiques de produits fermiers;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les prestations de communication nécessaires à la promotion du projet uniquement à la conception ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais généraux liés aux projets (architecte ,maîtrise d&amp;#039;œuvre...) associés aux investissements matériels dans la limite de 10 % de l&amp;#039;assiette éligible considérée hors ce poste.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ La demande d&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers seront réceptionnés au fil de l&amp;#039;eau.
+Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région. La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mise-marche-productions-alimentaires-agricoles/</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0239/depot/simple</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Siège du conseil régional
+&lt;/p&gt;
+&lt;p&gt;
+ 1 place Adrien Zeller -
+ 67000 Strasbourg
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 15 68 67
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c3c7-mise-en-marche-des-productions-alimentaires-a/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>103293</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter le patrimoine bâti rural agricole</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Réhabilitation du patrimoine bâti rural agricole</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région poursuit son soutien à l&amp;#039;attractivité des exploitations agricoles franciliennes, et plus largement à la revitalisation des zones rurales et à la préservation du patrimoine rural, élément majeur de l&amp;#039;identité des campagnes franciliennes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À la croisée des Pactes rural et agricole, la Région souhaite soutenir les agriculteurs franciliens qui réhabilitent leur patrimoine bâti pour loger des salariés agricoles, des apprentis ou des employés saisonniers, mais aussi plus largement des salariés du commerce ou de l&amp;#039;artisanat.
+&lt;/p&gt;
+&lt;p&gt;
+ Les investissements éligibles portent sur :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études pré-opérationnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Études de faisabilité technico-économiques en lien avec les travaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise aux normes (environnementales et sanitaires),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de maçonnerie, électricité, plomberie, toiture, menuiserie, isolation, revêtement, installation d&amp;#039;un poêle à bois labellisé « Flamme Verte »
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelle est la nature de l&amp;#039;aide ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La Région intervient à hauteur de 70% du montant HT des études pré-opérationnelles (montant maximum subvention : 5.000€) et à hauteur de 40% du montant HT des investissements liés aux travaux de réhabilitation (montant maximum subvention 90.000€).
+ &lt;/p&gt;
+ &lt;p&gt;
+  Ce taux de 40% est majoré de 10% lors de l&amp;#039;utilisation de matériaux biosourcés.
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Quelles démarches ?
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
+  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+   mesdemarches.iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
+  . Vous y trouverez également le règlement d&amp;#039;intervention du dispositif ainsi que le contenu du dossier de candidature.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Agriculture et agroalimentaire
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprises agricoles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/Syef_4slB</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>Email :
+&lt;a href="mailto:caroline.baudry&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ caroline.baudry&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6311-rehabilitation-du-patrimoine-bati-rural-agric/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>162286</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises de la communauté CEDRE dans la mise en oeuvre de leurs actions, dans le cadre d’une politique d’investissement cohérente et durable</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CEDRE Investissement</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CEDRE Investissement vise à accompagner les entreprises de la communauté CEDRE dans la mise en oeuvre de leurs actions,&lt;/strong&gt; dans le cadre d’une politique d’investissement cohérente et durable.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les entreprises ayant bénéficié d’un accompagnement au titre de &lt;a&gt;CEDRE Premiers pas&lt;/a&gt; ou &lt;a&gt;CEDRE Ambition&lt;/a&gt; .&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Premiers pas : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises inscrites au&lt;a href="https://entreprendre.service-public.fr/vosdroits/F24023" target="_blank" title="Registre du commerce et des sociétés"&gt; Registre du commerce et des sociétés&lt;/a&gt;, au &lt;a href="https://api.gouv.fr/les-api/api_rnm" target="_blank" title="Répertoire national des métiers"&gt;Répertoire national des métiers&lt;/a&gt;, appartenant à l’&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="Economie Sociale et Solidaire"&gt;Economie Sociale et Solidaire&lt;/a&gt;  (ESS) et développant une activité marchande.&lt;/li&gt; 	&lt;li&gt;Réalisant un chiffre d’affaires inférieur ou égal à 5 millions d’euros (attesté par les derniers comptes disponibles).&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement se situe en Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Pour les entreprises CEDRE Ambition :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un effectif inférieur à 250 personnes et un chiffre d’affaires inférieur à 50 M€ ou un total bilan inférieur à 43 M€.&lt;/li&gt; 	&lt;li&gt;De plus de 2 ans d’existence ou présentant au moins un bilan.&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Porteuses d’un projet de développement créateur d’emplois et engagées dans une démarche de performance globale&lt;a href="https://www.economie.gouv.fr/entreprises/responsabilite-societale-entreprises-rse#" target="_blank" title="Responsabilité Sociétale des Entreprises"&gt; Responsabilité Sociétale des Entreprises&lt;/a&gt;  (RSE) ambitieuse, notamment sur le plan environnemental.&lt;/li&gt; 	&lt;li&gt;Éligibles au &lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="Régime de minimis"&gt;régime de minimis &lt;/a&gt; (cumul d’aides publiques inférieur à 290 500 euros sur les 3 dernières années).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses liées au déploiement, à la mise en oeuvre et à la continuité du plan d’actions défini lors des parcours.&lt;/li&gt; 	&lt;li&gt;Les dépenses portant sur des projets d’investissements liés à des dépenses. matérielles et/ou immatérielles prenant en compte les enjeux de la transition écologique et énergétique et de la décarbonation.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;A titre d&amp;#039;exemple (non exhaustif) :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements économes en ressources.&lt;/li&gt; 	&lt;li&gt;Equipements permettant un meilleur tri des déchets ou de l’incorporation de matières premières secondaires.&lt;/li&gt; 	&lt;li&gt; Equipements de vrac.&lt;/li&gt; 	&lt;li&gt;Equipements favorisant l&amp;#039;efficacité énergétique (machines moins énergivores, éclairage plus performant, isolation).&lt;/li&gt; 	&lt;li&gt; Récupérateurs d’eau.&lt;/li&gt; 	&lt;li&gt;Etudes préalables à des investissements.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible, s’il est au prix du marché de l’occasion et sur présentation d&amp;#039;une attestation d’achat accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Travaux de construction de bâtiments, extensions, voirie.&lt;/li&gt; 	&lt;li&gt;Travaux d’aménagement sauf ceux favorisant explicitement les économies d’énergie avec des précisions sur les économies attendues.&lt;/li&gt; 	&lt;li&gt; Climatisations.&lt;/li&gt; 	&lt;li&gt;Acquisition de terrains ou de bâtiments.&lt;/li&gt; 	&lt;li&gt;Equipements informatiques.&lt;/li&gt; 	&lt;li&gt;Acquisitions effectuées par crédit-bail.&lt;/li&gt; 	&lt;li&gt;Dépenses de R&amp;amp;D ou développement expérimental.&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement, y compris les dépenses de personnel ou d’abonnements pouvant être liées au projet d’investissement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les investissements portant sur l&amp;#039;installation de panneaux photovoltaïques, pompes à chaleur géothermiques et le solaire thermique collectif sont également exclus. Des dispositifs spécifiques sont mobilisables.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://entreprises.maregionsud.fr/financement/parcours-de-la-transition-ecologique-des-entreprises" target="_blank" title="ACCEDER AU PARCOURS DE LA TRANSITION ECOLOGIQUE DES ENTREPRISES"&gt;Acceder au parcours de la transition écologique des entreprises&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P26" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2024</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt; Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses liées au déploiement, à la mise en oeuvre et à la continuité du plan d’actions défini lors des parcours.&lt;/li&gt; 	&lt;li&gt;Les dépenses portant sur des projets d’investissements liés à des dépenses. matérielles et/ou immatérielles prenant en compte les enjeux de la transition écologique et énergétique et de la décarbonation.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;A titre d&amp;#039;exemple (non exhaustif) :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements économes en ressources.&lt;/li&gt; 	&lt;li&gt;Equipements permettant un meilleur tri des déchets ou de l’incorporation de matières premières secondaires.&lt;/li&gt; 	&lt;li&gt; Equipements de vrac.&lt;/li&gt; 	&lt;li&gt;Equipements favorisant l&amp;#039;efficacité énergétique (machines moins énergivores, éclairage plus performant, isolation).&lt;/li&gt; 	&lt;li&gt; Récupérateurs d’eau.&lt;/li&gt; 	&lt;li&gt;Etudes préalables à des investissements.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible, s’il est au prix du marché de l’occasion et sur présentation d&amp;#039;une attestation d’achat accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Travaux de construction de bâtiments, extensions, voirie.&lt;/li&gt; 	&lt;li&gt;Travaux d’aménagement sauf ceux favorisant explicitement les économies d’énergie avec des précisions sur les économies attendues.&lt;/li&gt; 	&lt;li&gt; Climatisations.&lt;/li&gt; 	&lt;li&gt;Acquisition de terrains ou de bâtiments.&lt;/li&gt; 	&lt;li&gt;Equipements informatiques.&lt;/li&gt; 	&lt;li&gt;Acquisitions effectuées par crédit-bail.&lt;/li&gt; 	&lt;li&gt;Dépenses de R&amp;amp;D ou développement expérimental.&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement, y compris les dépenses de personnel ou d’abonnements pouvant être liées au projet d’investissement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les investissements portant sur l&amp;#039;installation de panneaux photovoltaïques, pompes à chaleur géothermiques et le solaire thermique collectif sont également exclus. Des dispositifs spécifiques sont mobilisables.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://entreprises.maregionsud.fr/financement/parcours-de-la-transition-ecologique-des-entreprises" target="_blank" title="ACCEDER AU PARCOURS DE LA TRANSITION ECOLOGIQUE DES ENTREPRISES"&gt;Acceder au parcours de la transition écologique des entreprises&lt;/a&gt;&lt;/p&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les dossiers de demande doivent être transmis de manière dématérialisée sur la plateforme régionale Subventions en ligne 3 mois avant le démarrage des acquisitions liées au projet.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Premiers pas &lt;/span&gt;: &lt;br /&gt; &lt;br /&gt; Préciser dans quelle mesure l’investissement est en lien avec le déploiement des actions mises en oeuvre lors de l&amp;#039;accompagnement avec l&amp;#039;accompagnateur-expert et mentionner dans l’objet de la demande l&amp;#039;intitulé Investissement CEDRE Premiers pas.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Ambition :&lt;/span&gt; &lt;br /&gt; &lt;br /&gt; Préciser dans quelle mesure l’investissement est en lien avec le plan d’actions ou contribue à la transition écologique ou à la responsabilité sociétale de l’entreprise et mentionner dans l’objet de la demande l&amp;#039;intitulé Investissement CEDRE Ambition.&lt;br /&gt; &lt;br /&gt; Une copie mail du dossier doit être envoyée impérativement en même temps à l&amp;#039;adresse &lt;a href="mailto:cedre&amp;#64;maregionsud.fr" title="CEDRE région sud"&gt;cedre&amp;#64;maregionsud.fr&lt;/a&gt;. &lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/cedre-investissement</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://sudconnect.maregionsud.fr/auth/realms/citoyen/protocol/openid-connect/auth?client_id=subventions-portail&amp;redirect_uri=https%3A%2F%2Fsubventionsenligne.maregionsud.fr%2F&amp;response_type=code&amp;scope=openid&amp;code_challenge=ASSx203hRRRcpTkgk7BMGTbY_TaIAW5</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cedre-investissement/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>153400</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Transformer l'usage des bâtiments en habitations individuelles ou collectives privées</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Aide au changement d&amp;rsquo;usage de bâtiments en habitation</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconquête des bâtiments en « friche » constitue un levier d&amp;#039;action prépondérant pour répondre au triple enjeu de : créer des logements pour les manchois, se montrer plus sobre en matière de foncier et réduire les émissions de gaz à effet de serre des bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, et en complément des aides existantes en matière de rénovation, Planète Manche Rénovation &amp;#34;volet changement d&amp;#039;usage&amp;#34; est un dispositif d&amp;#039;aide pour des projets de transformation d&amp;#039;usage de bâtiments (anciens commerces, locaux techniques...) en habitations individuelles ou collectives privées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;adresse aux particuliers (personnes physiques) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Propriétaires occupants en vue de la réhabilitation d&amp;#039;un bâtiment en maison individuelle, utilisée en résidence principale, sans condition de ressources.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Propriétaires bailleurs pour la réhabilitation de bâtiments en maison individuelle ou en plusieurs logements (petit collectif). Dans ce cas, un conventionnement « sans travaux » avec l&amp;#039;ANAH est obligatoire, avec encadrement de loyer pendant six ans pour l&amp;#039;ensemble des logements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maîtrise d&amp;#039;œuvre : aide de 50% du coût lié à la conception et au suivi des travaux avec un plafond de 2.500€.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux : aide de 25% des dépenses éligibles avec un plafond fixé à 10.000€ par projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide n&amp;#039;est soumise à aucun critère de revenu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide doit comporter :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le formulaire de demande d&amp;#039;aide signé.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le devis de maîtrise d&amp;#039;œuvre ou d&amp;#039;architecte incluant la conception et le suivi des travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les devis non signés des travaux prévus et détaillant chaque poste de travaux concernés par l&amp;#039;aide.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les certificats RGE des entreprises pour les travaux de mise en performance énergétique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un RIB.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La déclaration préalable de travaux ou le permis de construire avec photos des façades, élément graphique, projection, plans ou tout document permettant d&amp;#039;apprécier le projet de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Toutes les typologies de bâti sont éligibles : bâtiment tertiaire, bureaux, commerce, friche artisanale, garage, atelier, école, bâtiment agricole, grange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide s&amp;#039;applique à tout le territoire de la Manche, toutes zones confondues sous réserve d&amp;#039;obtention d&amp;#039;un permis de construire ou d&amp;#039;une déclaration préalable.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tous les travaux de mise en performance énergétique doivent être réalisés par des professionnels certifiés Reconnu Garant de l&amp;#039;Environnement (RGE).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement des porteurs de projet par un maître d&amp;#039;œuvre ou un architecte dans le cadre d&amp;#039;un contrat avec suivi des travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide départementale est cumulable avec les dispositifs financiers existants en matière de changement d&amp;#039;usage mis en place par la Région Normandie. Elle n&amp;#039;est en revanche pas cumulable avec les aides de l&amp;#039;ANAH.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets doivent notamment mettre en œuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des murs, toitures, planchers bas, menuiseries extérieures), d&amp;#039;installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...) et les travaux induits.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Certains travaux à vocation d&amp;#039;amélioration architecturale ou de pérennisation du bâti sont également éligibles: enduits de finition extérieure, piquetage et rejointoiement des joints à la chaux naturelle sur les façades extérieures, travaux de couverture.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-au-changement-dusage-de-batiments-en-habitation/</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4826-aide-au-changement-drsquousage-de-batiments-e/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>153401</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les habitats particuliers</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique habitat particuliers</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancé au printemps 2015, « Planète Manche Rénovation » est un dispositif d&amp;#039;aide aux particuliers pour des projets de rénovation globale d&amp;#039;habitations individuelles de plus de 15 ans utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en œuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des murs, toitures, planchers bas, menuiseries extérieures), d&amp;#039;installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide départementale est réservée aux particuliers (personnes physiques) propriétaires occupants d&amp;#039;une habitation individuelle utilisée en résidence principale et située sur le territoire de la Manche.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide départementale s&amp;#039;adresse également aux SCI dites « familiales » (lien de parenté ou d&amp;#039;alliance), dont l&amp;#039;un au moins des membres occupe à titre de résidence principale la maison individuelle concernée par les travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les propriétaires bailleurs sont exclus du dispositif mais peuvent être accompagnés par l&amp;#039;ANAH.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  L&amp;#039;aide est calculée sur la base des devis, conformément à la grille d&amp;#039;aide présentée dans le règlement et sous condition de respect de critères techniques.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    L&amp;#039;aide maximale par dossier est de 10.000€ ; un bonus « maîtrise d&amp;#039;œuvre » de 1.500€ pouvant s&amp;#039;ajouter à ce plafond (en cas de suivi des travaux par un architecte ou un maître d&amp;#039;œuvre).
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;aide départementale peut être cumulée avec : MaPrimeRénov&amp;#039;, Chèques Eco-Energie Normandie et les Certificats d&amp;#039;économie d&amp;#039;énergie, sous réserve d&amp;#039;éligibilité. En revanche, elle n&amp;#039;est pas cumulable avec les aides MaPrimeRénov&amp;#039; Sérénité de l&amp;#039;ANAH.
+   &lt;/li&gt;
+   &lt;li&gt;
+    L&amp;#039;aide n&amp;#039;est soumise à aucun critère de revenu.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Le dossier transmis par le(s) particulier(s) ou la SCI « familiale » doit comporter:
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le formulaire de demande d&amp;#039;aide signé.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les devis non signés des travaux retenus et détaillant chaque poste de travaux concernés par l&amp;#039;aide.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Un RIB.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une photo de la façade.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Les certificats RGE des entreprises pour les travaux de mise en performance énergétique.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Une copie du document d&amp;#039;engagement signé concernant l&amp;#039;accompagnement de l&amp;#039;Espace Conseil France Rénov&amp;#039;.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : isolation des murs (correcteurs thermiques inclus), isolation de la toiture ou isolation des planchers bas. Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tous les travaux doivent être réalisés par des professionnels (fourniture et pose). De plus, les travaux de mise en performance énergétique doivent être réalisés par des professionnels certifiés « Reconnu Garant de l&amp;#039;Environnement (RGE) » pour être pris en compte.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux concernant l&amp;#039;aménagement d&amp;#039;un bâtiment contigu à une maison individuelle existante (grange, garage, atelier, buanderie...) sont éligibles si la maison existante fait partie du projet de rénovation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aménagement des combles est éligible, en ce sens que ce type de travaux permet d&amp;#039;améliorer la performance thermique du bâti tout en créant de la surface habitable.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;aide du Département, les porteurs de projet doivent être accompagnés en amont par l&amp;#039;Espace Conseil France Rénov&amp;#039; et avoir signé le document d&amp;#039;engagement France Rénov&amp;#039;, celui-ci imposant la réalisation d&amp;#039;une évaluation thermique par l&amp;#039;Espace Conseil France Rénov&amp;#039; (gratuit) ou d&amp;#039;un audit énergétique par un auditeur privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-a-la-renovation-energetique-habitat-particuliers/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f879-aide-a-la-renovation-energetique-habitat-part/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>154580</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter de bâtiments à usage d’habitats locatifs à vocation non touristique</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Habitat locatif (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 40</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation de bâtiments à usage d&amp;#039;habitats locatifs à vocation non touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Logements dans du patrimoine public
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Reconversion d&amp;#039;un patrimoine communal ou communautaire à des fins de création de logement locatif ou travaux liés à la rénovation et/ou réhabilitation de logements locatifs existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Construction de logements locatifs
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Construction de logements locatifs dans le cadre de la valorisation de friches existantes en cœur de bourg (à proximité des commerces et des services) ou de dents creuses (en urbanisme, il s&amp;#039;agit d&amp;#039;un espace non construit situé en cœur de bourg et entouré de parcelles bâties, sont donc exclues les zones en extension urbaine), déconstruction, remise en état du terrain et réhabilitation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Foyers de jeunes travailleurs (FJT)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les foyers de jeunes travailleurs sont des institutions à but non lucratif qui mettent à la disposition des jeunes de 16 à 30 ans (étudiants, apprentis, stagiaires ou en situation de précarité) qui vivent hors de leur famille un hébergement (chambre et/ou studio) comprenant un ensemble d&amp;#039;installations matérielles, une restauration, ainsi que des moyens qui permettent, directement ou indirectement, de favoriser leur insertion dans la vie sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils ont pour mission de favoriser la socialisation des jeunes par l&amp;#039;habitat et par différentes formes d&amp;#039;incitations et d&amp;#039;actions dans des domaines où se forge leur qualification sociale : vie quotidienne, mobilité, emploi, formation, loisirs, culture, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans cette phase de transition, il s&amp;#039;agit de rendre possible un parcours résidentiel en créant les conditions d&amp;#039;apprentissage de la vie sociale conduisant à l&amp;#039;autonomie et à la citoyenneté. Le passage en FJT doit donc, par définition, être conçu comme quelque chose de temporaire.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les seuls travaux préparatoires (démolition, dépollution...) sont éligibles avec engagement de la collectivité pour un projet d&amp;#039;habitat public dans un délai de 5 ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Respect de la réglementation en vigueur, en matière de performance énergétique et d&amp;#039;accessibilité ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bouquet de deux types de travaux énergétiques obligatoire dont un poste de dépenses sur l&amp;#039;enveloppe du bâti (isolation, menuiseries...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les logements dans du patrimoine public : gain de 2 étiquettes énergétiques entre avant et après travaux pour les logements classés initialement F/G/E et gain de 1 étiquette énergétique pour les logements classés D ou moins ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les projets de construction neuve : uniquement dans des friches existantes en cœur de bourg (proximité des services) ou des dents creuses ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les FJT : production d&amp;#039;un projet socio-éducatif d&amp;#039;établissement en lien avec la réalisation d&amp;#039;un diagnostic local* intégrant une dimension inclusive (situation de handicap, mixité femmes-hommes...) et présence d&amp;#039;un local permettant d&amp;#039;accueillir des permanences de partenaires dans le domaine de l&amp;#039;insertion ;
+&lt;/p&gt;
+&lt;p&gt;
+ *Diagnostic local sur les besoins de logement des jeunes de 16 à 30 ans qu&amp;#039;ils soient en activité professionnelle, demandeurs d&amp;#039;emploi ou en formation (apprenti, alternance, étudiant...)
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les projets d&amp;#039;habitat inclusif : production du projet de vie sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/habitat-locatif-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.97.79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c27-habitat-locatif-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>154581</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter des gites publics individuels ou de groupe labéllisés Gîtes de France ou Clévacances</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Gîtes publics individuels et/ou de groupe labellisés (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 40</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation de gites publics individuels ou de groupe labéllisés Gîtes de France ou Clévacances.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gîte public individuel ou meublé de tourisme
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Bâtiment à usage exclusif du locataire, offerts en location dans leur totalité ou en partie, à une clientèle de passage qui y effectue un séjour caractérisé par une location à la journée, à la semaine ou au mois, et qui n&amp;#039;y élit pas domicile.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gîte de groupe (moins de 15 couchages)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Meublé de grande capacité (15 couchages minimum) réservé aux randonneurs ou aux groupes d&amp;#039;amis et aux familles qui souhaitent séjourner à la nuitée ou le temps d&amp;#039;un week-end ou de vacances. Il répond également aux groupes à la recherche d&amp;#039;une structure d&amp;#039;accueil pour effectuer un séminaire, des classes vertes, découvertes... ou encore un stage sportif.
+&lt;/p&gt;
+&lt;p&gt;
+ Le gîte de groupe doit être équipés, d&amp;#039;espaces de vie, de couchages en chambres ou en dortoirs avec une literie confortable, de sanitaires collectifs ou privatifs. L&amp;#039;environnement y est de qualité, et privilégie les espaces extérieurs, la tranquillité et le calme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Gite de groupe de plus de 15 couchages considérés comme ERP
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Même définition que le gîte de groupe avec cependant des modalités de fonctionnement (veilleur de nuit...) et des normes sécuritaires spécifiques (porte coupe-feu, centrale incendie...) du fait d&amp;#039;un nombre de couchage au-delà de 15 le mettant dans la catégorie des établissements recevant du publics (ERP).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les projets de constructions nouvelles seront analysés au regard des besoins identifiés dans la stratégie touristique du territoire concerné.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Respect de la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur et association des services de Label Manche à la bonne définition du projet ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bouquet de deux types de travaux énergétiques obligatoires dont un poste de dépenses sur l&amp;#039;enveloppe du bâti (isolation, menuiseries...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gain de 2 étiquettes énergétiques entre avant et après travaux pour les gîtes classés initialement F/G/E et gain de 1 étiquette énergétique pour les logements classés D ou moins.
+&lt;/p&gt;
+&lt;p&gt;
+ Condition spécifiques propres à la thématique
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;une étude prévisionnelle permettant d&amp;#039;évaluer la faisabilité économique du projet ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Obtention de la labélisation Gîtes de France avec un minimum de deux épis ou Clévacances avec deux clés, après travaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Participation obligatoire à la formation « nouveaux adhérents » en lien avec le ou les réseaux sollicités ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Adhésion au(x) label(s) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Accompagnement obligatoire à la commercialisation et la distribution du bien.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/gites-publics-individuels-et-ou-de-groupe-labellises-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.90.21  - 06 80 06 29 39
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7973-gites-publics-individuels-etou-de-groupe-labe/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>143290</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Evaluer et maîtriser les nuisances sonores</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Evaluer et maîtriser les nuisances sonores sur votre territoire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La maîtrise des nuisances sonores contribue à améliorer l&amp;#039;attractivité du territoire et la qualité de vie. Bien identifier les sources d&amp;#039;expositions, évaluer leurs niveaux et leurs impacts sur les riverains sont des prérequis incontournables pour définir une politique efficace de lutte contre les nuisances sonores.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fort de ses compétences et de son expertise technique en acoustique, le Cerema vous accompagne de l&amp;#039;élaboration de votre stratégie à la mise en œuvre de solutions concrètes appliquées aux domaines de la voirie, des espaces publics, bâtiments et transports.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes un maître d&amp;#039;ouvrage public (dans les domaines voirie, bâtiments ou transports) et plus particulièrement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une collectivité (métropole, agglomération, EPCI, commune) en France métropolitaine ou DOM-TOM
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un gestionnaire de patrimoine public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil départemental
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Vous êtes intéressé(e) par cette offre ?
+  Vos besoins
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
-   Contactez-nous à travers notre formulaire de contact
+  Vous souhaitez connaître l&amp;#039;exposition au bruit de votre population ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous recherchez un soutien méthodologique pour lutter contre les nuisances sonores ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et solutions concrets mettre en œuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer l&amp;#039;impact des aménagements réalisés ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires expertes en réglementation, mesures, modélisation, chantier, réception, contrôle avec une expertise technique indépendante avérée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche multisectorielle (aménagement, mobilité, infrastructure) et systémique des nuisances environnementales (bruit, vibrations et qualité de l&amp;#039;air)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un maillage territorial pour un accompagnement de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité prospective et d&amp;#039;innovation par notre implication dans la réglementation et la normalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rédaction de guides méthodologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Études techniques de connaissance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de mesures et recueil de données issues d&amp;#039;infrastructures de transports, d&amp;#039;aménagements urbains et de chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation des Cartes de Bruit Stratégiques et des Plans de Prévention du Bruit dans l&amp;#039;Environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisation acoustique des revêtements de chaussées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisation acoustique des bâtiments
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Conseil pour élaborer et mettre en œuvre vos stratégies de lutte contre les nuisances sonores
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hiérarchisation des enjeux de nuisances sonores à l&amp;#039;échelle d&amp;#039;un territoire, un réseau, un itinéraire, un quartier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des impacts de projets de transports et d&amp;#039;aménagements urbains (mesures, modélisation, contrôle...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Expertise intégrée (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre maitrise de la réglementation et notre capacité à mobiliser d&amp;#039;autres partenaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Propositions de solutions de résorption du bruit de secteurs fortement exposés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle / réception d&amp;#039;ouvrages de protection contre le bruit
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;études de co-exposition
+  &lt;strong&gt;
+   (Air-Bruit-Vibrations) et de multi-expositions sonores
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Montage et pilotage de plans de formations
+ &lt;/strong&gt;
+ ou journées techniques au regard de vos besoins (élus, services techniques)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Communauté urbaine d&amp;#039;Arras
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pilotage du projet de recherche URBEOL (Implantation en milieu URBain d&amp;#039;EOLiennes : impacts environnementaux).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   SDIS Côtes d&amp;#039;Armor
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ AMO en acoustique sur un bâtiment du SDIS22 pour un réaménagement et amélioration de l&amp;#039;isolement acoustique par rapport au bruit de la RN12.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DREAL Provence-Alpes-Côte d&amp;#039;Azur
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ AMO en acoustique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Architecture
+Appui méthodologique
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluer-maitriser-nuisances-sonores</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b05-evaluer-et-maitriser-les-nuisances-sonores/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>149129</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de rénovation d’une copropriété</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de rénovation d&amp;#039;une copropriété ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 10 000 € de prime de base et 2 500 € par logement :
+&lt;/p&gt;
+&lt;p&gt;
+ Une avance de trésorerie de 30% de l&amp;#039;aide dès le démarrage de votre projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>08/04/2022</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un syndicat de copropriétaires représenté par votre syndic de copropriété (professionnel ou bénévole) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Votre copropriété est composée d&amp;#039;au moins 75% de lots sont à usage d&amp;#039;habitation principale (parmi les lots à usage d&amp;#039;habitation, de commerce et de bureau) et au moins 1 lot d&amp;#039;habitation principale est détenu par un propriétaire occupant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ La rénovation énergétique de votre copropriété située en Région Grand Est pour laquelle vous respectez les conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Vous optimisez la performance thermique de l&amp;#039;enveloppe des bâtiments par la réalisation d&amp;#039;un bouquet de travaux conforme aux exigences du dispositif Climaxion ;
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;span&gt;
+  Vous améliorez le confort thermique du bâtiment en veillant à :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Remplacer les menuiseries extérieures des parties communes, si celles-ci sont en simple vitrage avant travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atteindre un niveau d&amp;#039;étanchéité à l&amp;#039;air de l&amp;#039;enveloppe et conforme au règlement du dispositif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un bon renouvellement d&amp;#039;air par la mise à niveau ou l&amp;#039;installation d&amp;#039;un système de ventilation mécanique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre à niveau le système de chauffage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des compteurs de suivi de consommation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prendre en compte les risques naturels ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous avez recours à une équipe de maîtrise d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets pour lesquels le caractère incitatif de l&amp;#039;aide régional peut être démontré sont éligibles au financement. Ainsi, tout projet pour lequel une commande ou une dépense ont été effectuées avant la demande d&amp;#039;aide sera considéré comme inéligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Font exception :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les dépenses relatives à des prestations intellectuelles du maitre d&amp;#039;œuvre. Ainsi des frais d&amp;#039;études engagés préalablement au dépôt du projet n&amp;#039;affectent pas le caractère incitatif de l&amp;#039;aide. Ces dépenses sont intégrées dans l&amp;#039;assiette des dépenses éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses relatives aux travaux de désamiantage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-coproprietes/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour identifier votre interlocuteur Climaxion en Maison de Région :
+&lt;/p&gt;
+&lt;p&gt;
+ rendez-vous sur la page Climaxion : www.climaxion.fr/contact
+&lt;/p&gt;
+&lt;p&gt;
+ OU
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez notre secrétariat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Territoires des Maisons de la Région de : Saverne/Haguenau, Strasbourg, Sélestat, Mulhouse : Tel : 03 88 15 66 33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territoires des Maisons de la Région de : Thionville/Longwy, Metz, Nancy, Epinal : 03 87 33 61 40
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territoires des Maisons de la Région de : Charleville-Mézières/Verdun, Châlons-en-Champagne, Troyes/Chaumont, Saint-Dizier/Bar-le-Duc : 03 26 70 66 08
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6393-renovation-energetique-des-coproprietes/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>127933</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Accorder jusqu'à 10.000€ aux TPE-PME franciliennes de moins de 20 salariés pour les aider à faire face à la crise énergétique</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Chèque efficacité énergétique</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région accorde jusqu&amp;#039;à 10.000€ aux TPE-PME franciliennes de moins de 20 salariés pour les aider à faire face à la crise énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec le
+ &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
+  Chèque numérique pour un commerce connecté
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ volet 1, en faveur des artisans et commerçants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>30/11/2022</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Sont éligibles les TPE-PME :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Sous forme de société ou d&amp;#039;entreprise individuelle, notamment les artisans et commerçants franciliens qui constituent la cible prioritaire,
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   De tout secteur d&amp;#039;activité*,
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec un effectif inférieur à 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Dont l&amp;#039;établissement est situé en Île-de-France et a été créé au moins 1 an avant la date de la demande,
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Inscrites au Registre du Commerce et/ou
+  &lt;/span&gt;
+  Registre National des Entreprises (RNE) pour les artisans
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * Hormis les codes NAF suivants : 49 à 53, 64 à 66, 84, 85.1 à 85.4, 86 à 88, 97 à 99.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est une subvention pouvant aller jusqu&amp;#039;à 10.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tout secteur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ (hors 10.71*)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Montant HT des dépenses éligibles
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Montant du Chèque
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 1.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 2.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   1.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 3.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   1.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 4.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   2.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 5.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   2.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 6.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   3.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 7.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   3.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 8.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   4.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 9.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   4.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 10.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   5.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 12.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   6.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 14.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   7.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 16.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   8.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 18.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   9.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 20.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   10.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *
+ &lt;/span&gt;
+ &lt;span&gt;
+  Le secteur de la boulangerie-pâtisserie (10.71) bénéficie d&amp;#039;une grille spécifique consultable dans la notice dédiée.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles les dépenses :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;investissement Hors Taxes listées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptabilisées à l&amp;#039;actif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagées dans un délai max. de 1 an avant la date de la demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portant sur une période de 1 an maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui ont été RÉGLÉES (avec preuve du règlement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Chèque efficacité énergétique à destination des TPE-PME franciliennes vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Diminuer les consommations d&amp;#039;énergie (pompes à chaleur, luminaires LED, appareils      frigorifiques professionnels, radiateurs basse température, isolation de la      devanture...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Diminuer les consommations d&amp;#039;eau (mousseurs...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Améliorer la qualité de l&amp;#039;air intérieur (ventilation, purificateurs d&amp;#039;air, matériel      de filtration...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Développer les mobilités douces (vélos cargo, points de recharge...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Développer la consigne pour réemploi et la gestion des déchets (contenants consignés,      bacs de tri, broyeurs, composteurs...).
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les dépenses éligibles sont exclusivement les dépenses d&amp;#039;investissement détaillées dans
+&lt;strong&gt;
+ la notice téléchargeable ci-dessous.
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+Pour vous aider, n&amp;#039;hésitez pas également à consulter la fiche « Tableau explicatif des dépenses » ainsi que la FAQ dédiée.
+&lt;ol&gt;
+ &lt;li&gt;
+  Vous pouvez bénéficier d&amp;#039;un diagnostic gratuit de transition écologique et d&amp;#039;un accompagnement personnalisé auprès de la
+  &lt;a href="https://www.entreprises.cci-paris-idf.fr/web/pme/diagnostic-ecologique" rel="noopener" target="_blank"&gt;
+   CCI Paris Ile-de-France (commerces)
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
- &lt;/li&gt;
-[...132 lines deleted...]
-   Contactez-nous via notre formulaire de contact
+  ou de la
+  &lt;a href="https://www.cma-idf.fr/fr/appui-aux-entreprises/vers-une-demarche-de-developpement-durable/diagnostic-transition-ecologique.html" rel="noopener" target="_blank"&gt;
+   CMA Ile-de-France (artisans)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
   &lt;/a&gt;
- &lt;/li&gt;
-[...158 lines deleted...]
- Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+  &lt;br /&gt;
+  Un extrait Kbis (ou RNE pou les artisans) de moins de 3 mois, Un RIB au nom de l&amp;#039;entreprise, Un justificatif comptable attestant de l&amp;#039;activité de l&amp;#039;entreprise*, Les factures acquittées des dépenses réalisées dans un délai max. d&amp;#039;1 an avant la date de la demande, telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte)**, Le formulaire DVS téléchargeable en ligne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposez votre demande d&amp;#039;aide sur
+  &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+   mesdemarches.iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après examen de votre demande, un avis de décision vous sera transmis dans un délai max. de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai max. de 2 mois.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *
+  &lt;strong&gt;
+   &lt;span&gt;
+    Au choix
+   &lt;/span&gt;
+  &lt;/strong&gt;
+  (année n, n-1) : attestation d&amp;#039;un expert-comptable :
+  &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2022/11/Attestation1_Entreprise_avec_expert_comptable.docx" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    modèle 1
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  (entreprises avec expert-comptable) ou
+  &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2022/11/Attestation2_Entreprise_recente.docx" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    modèle 2
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  (entreprise récente) ; liasse fiscale ; bilan simplifié (DGFiP N° 2033-A-SD) ; récépissé du dépôt d&amp;#039;un acompte provisionnel de TVA (formulaire 11744*10) pour les entreprises au régime réel simplifié de création récente ; attestation de CA de l&amp;#039;URSSAF pour les micro-entrepreneurs.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  **
+ &lt;/span&gt;
+ &lt;span&gt;
+  En cas d&amp;#039;achat d&amp;#039;appareils frigorifiques, de hottes ou de lave-linge, une preuve de remplacement d&amp;#039;un matériel existant sera demandée (attestation de reprise ou de dépôt à la déchetterie).
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X45" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/cheque-efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
-[...5 lines deleted...]
-  http://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
-   Ouvre une nouvelle fenêtre
+   Aide ouverte à compter du 1er décembre 2022.
   &lt;/span&gt;
- &lt;/a&gt;
-[...20 lines deleted...]
-  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif.
+ &lt;/li&gt;
+ &lt;li&gt;
   &lt;span&gt;
-   Ouvre une nouvelle fenêtre
+   Pour toute information générale sur l&amp;#039;aide :
+   &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr"&gt;
+    aides.economiques&amp;#64;iledefrance.fr
+   &lt;/a&gt;
   &lt;/span&gt;
- &lt;/a&gt;
-[...13 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour toute question sur votre dossier :
+   &lt;a href="mailto:cheque-efficacite-energetique&amp;#64;cci-paris-idf.fr"&gt;
+    cheque-efficacite-energetique&amp;#64;cci-paris-idf.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec01-cheque-efficacite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...492 lines deleted...]
-      <c r="A48" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>119747</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Relocaliser l'alimentation et valoriser les produits locaux</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Nous vous aidons à développer l&amp;#039;approvisionnement local et à animer des dynamiques territoriales avec les acteurs des filières alimentaires locales. Nous proposons des solutions adaptées pour renforcer ces filières, favoriser les liens entre producteurs et consommateurs, soutenir l&amp;#039;économie territoriale et promouvoir une alimentation durable, tout en répondant aux enjeux de souveraineté alimentaire et de transition écologique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a1be-accompagner-lemergence-de-circuits-courts-et-/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>164325</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Sécuriser l'alimentation de l'eau potable - Sécurisation quantitative</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J36" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont les travaux visant à assurer une bonne sécurité de l’approvisionnement en eau potable au regard des risques de rupture de l’approvisionnement jugés importants à l’échelle de l’ensemble du système d’alimentation en eau potable de la collectivité. Les risques pris en compte sont ceux liés :&lt;br /&gt;• À la vulnérabilité qualitative de la ressource en eau : environnement anthropisé à fort risque de pollution accidentelle, ressources superficielles ou naturellement peu protégées, à l’exclusion des pressions agricoles diffuses (nitrates, pesticides) ;&lt;br /&gt;• À la vulnérabilité intrinsèque du système de production, adduction, transfert et stockage de l’eau (risque de défaillance jugé important ou capacité insuffisante vis-à-vis de la continuité de l’approvisionnement) ;&lt;br /&gt;• À la vulnérabilité quantitative de la ressource en eau exploitée. &lt;/p&gt;&lt;p&gt;Les projets aidés devront :&lt;br /&gt;• Privilégier la diversification des ressources en eau existantes ;&lt;br /&gt; • La substitution par des ressources en eau non conventionnelles (réutilisation d’eaux d’usées ou d’eaux de process, …) pour des usages autres que la consommation humaine (eau industrielle, …) pourra également être envisagée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• S’inscrire dans une démarche visant la réduction des consommations d’eau et de diminution des prélèvements dans les ressources fragiles.  Les travaux visés sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;• Le remplacement ou la réhabilitation de forages présentant un risque de défaillance ; &lt;br /&gt;• La reprise de drains des captages de sources pour les collectivités fragiles d’un point de vue quantitatif ; &lt;br /&gt;• Le remplacement ou la réhabilitation des conduites d’adduction ou de transfert structurantes 
+identifiées comme vulnérables ; &lt;br /&gt;• Les travaux de maillage interne s’ils répondent à l’objectif global de sécurisation ; &lt;br /&gt;• Les travaux de raccordement des écarts ou hameaux ; &lt;br /&gt;• Les opérations pilotes, au par cas, d’alimentation en eau potable de populations vulnérables ou 
+d’habitats isolés (si les travaux de raccordement ne sont pas pertinents d’un point de vue technico économique) : création d’un système d’alimentation en eau potable localisé indépendant, acquisition 
+de captages privés par la collectivité, … ; &lt;br /&gt;• Pour les ouvrages de stockage (sur la base d’un diagnostic des ouvrages) : &lt;br /&gt;- la mise en conformité sanitaire en cas de risque de dégradation de la qualité de l’eau du fait de 
+revêtements non conformes ;
+&lt;br /&gt;- la rénovation en cas de risques avérés générés par des problèmes d’étanchéité et affectant la 
+structure de l’ouvrage ;
+&lt;br /&gt;- la préservation de la capacité de régulation (fuites importantes par rapport aux besoins en eau 
+et à la capacité des ouvrages de production) ;
+&lt;br /&gt;- les travaux visant une augmentation de l’autonomie de stockage lorsque celle-ci est jugée 
+insuffisante.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets de 
+sécurisation (interconnexions, 
+diversification des ressources, 
+création de nouvelles ressources, 
+raccordement des écarts et 
+hameaux, …) &lt;/p&gt;&lt;p&gt;Ils doivent s’inscrire dans une 
+démarche globale de réduction 
+des consommations et de 
+diminution des prélèvements 
+dans les ressources fragiles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-securiser-lalimentation-de-leau-potable-vulnerabilite-du-systeme/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>137985</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'alimentation en eau potable : alléger les charges d'investissement des collectivités avec le Fonds Départemental de Péréquation d'Alimentation en Eau Potable</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Alléger les charges d'investissement des collectivités avec le Fonds Départemental de Péréquation d'Alimentation en Eau Potable</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J37" s="1" t="inlineStr">
+        <is>
+          <t>complémentaire : cotisation de la collectivité : 0.02 € / m3 d'eau vendu</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes rurale ou groupements de collectivités à l&amp;#039;alimentation en eau potable.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Alléger les charges d&amp;#039;investissement des collectivités pour l&amp;#039;alimentation en eau potable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires du dispositif sont les collectivités qui ont des charges d&amp;#039;investissements en AEP avec un taux d&amp;#039;endettement élevé par rapport à la capacité de remboursement
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire communes adhérentes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Service Environnement et Sports&lt;/p&gt;&lt;p&gt;Contact : Julie BROUILLAT&lt;/p&gt;
+&lt;p&gt;
+ Email : dadt.aides-eau&amp;#64;hauteloire.fr&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04. 43. 07. 11. 82 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a4d-aider-a-lalimentation-en-eau-potable-alleger-/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>140731</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'extension électrique pour alimenter un bâtiment communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Alimenter les usagers en électricité Basse Tension (BT)
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nature de l&amp;#039;opération : Extension du réseau électrique Basse Tension (BT)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Rurales (ER)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Objectifs :
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Intervention pour le raccordement:
+&lt;/p&gt;
+&lt;p&gt;
+ - hors installation communale ou intercommunale
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;une installation de consommation communale ou intercommunale
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;une installation de consommation collective (au moins 3PDL) sous maitrise d&amp;#039;ouvrage communale ou intercommunale (immeuble, lotissement), hors ZAC
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;une installation de consommation collective (au moins 3PDL) sous maitrise d&amp;#039;ouvrage autre que communale ou intercommunale (immeuble, lotissement)
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;une installation de consommation collective dans les ZAC publiques
+&lt;/p&gt;
+&lt;p&gt;
+ - d&amp;#039;une installation de production&amp;lt;&amp;#61; 6 kVA simultanée avec une installation individuelle de consommation
+&lt;/p&gt;
+&lt;p&gt;
+ - de bâtiments publics neufs comportant de la production d&amp;#039;électricité pour une puissance inférieure ou égale à 36 kVA et de la consommation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier de permis de construire ou déclaration préalable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/66a5-realiser-des-travaux-dextension-electrique-po/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>105056</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en service de nouvelles ressources en eau potable</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation en eau potable - sécurisation - mise en service de nouvelles ressources</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités compétentes en matière d&amp;#039;eau potable, à l&amp;#039;exception de Grand Angoulême et Grand Cognac
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets établis sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA) sont éligibles. A ce titre, la demande de subvention devra être portée conjointement par la collectivité et son cocontractant. Ce dernier pourra, alors, être le bénéficiaire de la subvention
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte un soutien aux opérations et travaux qui contribuent à l&amp;#039;amélioration de la distribution de l&amp;#039;eau potable, tant au niveau qualitatif que quantitatif, sous réserve d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département ne prend pas en compte les dépenses d&amp;#039;assistance technique apportée dans le cadre de l&amp;#039;article L 3232-1-1 du code général des collectivités territoriales, compte tenu du soutien qu&amp;#039;il apporte à Charente Eaux pour assurer cette mission.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention de base : 15% du montant HT éligible&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La participation du Département est conditionnée à l&amp;#039;approbation du projet d&amp;#039;un point de vue technique par les services du Département et le syndicat mixte Charente Eaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles : travaux, maîtrise d&amp;#039;œuvre et opérations connexes
+&lt;/p&gt;
+&lt;p&gt;
+ Opération permettant de pallier un problème quantitatif en lien avec une insuffisance de la ressource mobilisable (notamment en période d&amp;#039;étiage), sous réserve d&amp;#039;un engagement de la collectivité à améliorer son rendement de réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ Opération permettant de pallier un problème qualitatif (substitution ou sécurisation d&amp;#039;une ressource vulnérable aux pollutions).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une demande actualisée et signée du porteur de projet énumérant l&amp;#039;objet du projet, son coût global, le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de l&amp;#039;organe compétent de la collectivité territoriale approuvant le programme d&amp;#039;investissement adopté et le plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet validé
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acte d&amp;#039;engagement signé le cas échéant
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis des autres dépenses liées à l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  les autorisations préalables requises par la réglementation en vigueur
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement du programme intégrant les dépenses connexes précisant l&amp;#039;origine et le montant des moyens financiers ainsi que l&amp;#039;échéancier indicatif des dépenses prévues
+ &lt;/li&gt;
+ &lt;li&gt;
+  un planning de réalisation de l&amp;#039;opération précisant l&amp;#039;échéancier prévisionnel des demandes d&amp;#039;acomptes et solde de la subvention (en adéquation avec l&amp;#039;échéancier de réalisation de l&amp;#039;opération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dernier rapport annuel sur le prix et la qualité du service public
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : maximum de deux acomptes proportionnels au montant de l&amp;#039;opération réalisée, et jusqu&amp;#039;à 80 % du montant de la subvention ; solde à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paiement de la subvention interviendra dans le cadre d&amp;#039;une Autorisation de Programme / crédit de paiement. A ce titre, le demandeur devra présenter un planning prévisionnel de demande des acomptes et solde. Le versement s&amp;#039;effectuera selon un échéancier prévisionnel arrêté par le Département au moment de l&amp;#039;individualisation de la subvention, dans la limite des dépenses effectivement réalisées et dans celle des crédits de paiement inscrits par l&amp;#039;Assemblée départementale. Exceptionnellement, le Département pourra déroger à ce calendrier prévisionnel, dans la limite des crédits de paiement inscrits.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions de répartition des crédits de paiement pourront être réexaminées sur demande de la collectivité et sur présentation d&amp;#039;un échéancier prévisionnel de réalisation des travaux et des paiements afférents. Le cas échéant, en cas d&amp;#039;acceptation des demandes par le Département, une notification informera les collectivités du nouvel échéancier retenu.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets réalisés sous la forme d&amp;#039;un contrat de partenariat ou d&amp;#039;un bail emphytéotique administratif (BEA), la subvention sera versée directement au cocontractant.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Environnement_et_espaces_naturels/7120_EAU_POTABLE_SECURISATION_NOUVELLES_RESSOURCES_01.pdf</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 60 30
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/53f0-soutenir-la-mise-en-service-de-nouvelles-ress/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>163877</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Protection de la ressource en eau et alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
+potable par une eau de qualité satisfaisante et en quantité suffisante est un
+enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
+d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
+d’utilisé publique visant la protection contre les pollutions accidentelles et
+ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
+des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
+prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
+Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
+métabolites en augmentation tendancielle, voire en dépassement des valeurs
+limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
+origines, et leur résolution appelle une mobilisation large des dispositifs du
+programme d’intervention de l’Agence de l’Eau en conformité avec les
+orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
+mars 2023, la mise en place de démarches préventives doit être prioritairement
+recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
+sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
+place des solutions curatives qui s’avèreraient nécessaires, ou des projets
+d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
+l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
+d’ouvrage à mettre en place des actions de protection de la ressource en eau,
+principalement à travers des actions de réduction des pollutions qui s’exercent
+sur les aires d’alimentation des captages afin de reconquérir à terme la
+qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
+tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
+la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
+les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
+forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
+indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
+au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
+liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
+travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
+faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
+différentes solutions de sécurisation (nouveau forage, raccordement,
+interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
+sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
+fort et définis dans un document d’urbanisme en lien avec un plan de prévention
+des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Espace public
+Risques naturels
+Biodiversité
+Equipement public
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q40" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité et
+plus particulièrement les conditions particulières sont précisées en détail dans
+la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
+quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
+sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
+sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
+&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>137986</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux et les études concernant l'alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Aide en investissement concernant l'alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 20</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>selon la nature des travaux</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner l&amp;#039;effort d&amp;#039;investissement des collectivités bénéficiaires en matière d&amp;#039;études patrimoniales et de travaux pour la création, l&amp;#039;amélioration, la protection et la sécurisation de la ressource et des infrastructures afin que la population de Haute-Loire puisse disposer d&amp;#039;une eau en quantité suffisante et de bonne qualité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collectivités bénéficiaires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Gestion patrimoniale des réseaux : Études, Sectorisation, Télésurveillance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Potabilisation, protection des captages, adduction : interconnexion ..., distribution
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;&lt;p&gt;- &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)&lt;/p&gt;&lt;p&gt;Service environnement et sports&lt;/p&gt;&lt;p&gt;Contact: Julie BROUILLAT&lt;/p&gt;&lt;p&gt;
+ Email : dadt.aides-eau&amp;#64;hauteloire.fr&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04. 43. 07. 11. 82&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b7e-aider-a-lalimentation-en-eau-potable-par-lequ/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>104805</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures d'accueil d'enfants confiés dans des projets de construction, de restauration, d'extension</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Construction, restructuration, extension, rénovation des établissements relevant du secteur de l'enfance</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les structures d&amp;#039;accueil d&amp;#039;enfants confiés dans des projets de construction, de restructuration, d&amp;#039;extension, de rénovation bâtimentaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention sera évalué au vu du plan pluriannuel d&amp;#039;investissement autorisé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;obtention préalables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;une étude conjointe avec la direction de la protection de l&amp;#039;enfance du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  validation d&amp;#039;un plan pluriannuel d&amp;#039;investissement avec l&amp;#039;autorité de tarification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses subventionnables :
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux ne pourront intervenir que sur les bâtiments dont le bénéficiaire est propriétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux de construction, de restructuration, d&amp;#039;extension, de rénovation ou d&amp;#039;agencements liés au projet (mobilier, équipements...) susceptibles d&amp;#039;être subventionnés devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans un projet global visant à améliorer la prise en charge des enfants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte les aspects architecturaux, techniques, ainsi que les modalités de fonctionnement de l&amp;#039;établissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accorder une attention particulière aux aménagements (isolation phonique, qualité environnementale...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les travaux pourront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  porter sur les chambres, les espaces collectifs, les circulations (intérieures et extérieures), l&amp;#039;accessibilité, les aires de jeux de la propriété, les espaces verts et clôtures ... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en considération les nécessités imposées par la mise aux normes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;entretien courant du bâtiment ou induits par un défaut d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le seul remplacement d&amp;#039;installations particulières (cuisine, chauffage...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;étude : études préalables et de consultation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de concours et de publication ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assurance dommage ouvrage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires : maîtrise d&amp;#039;œuvre, géomètre, conduite d&amp;#039;opération, coordination sécurité... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;acquisition foncière : notaire, étude de sols, voirie et réseaux divers (VRD), branchements (gaz, téléphone, eaux, égouts), taxe CAUE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les signalétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les extensions de capacité d&amp;#039;accueil ne s&amp;#039;inscrivant pas dans un projet global de rénovation de l&amp;#039;établissement ou n&amp;#039;apportant aucune prestation ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Instruction
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit être accompagnée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  du procès-verbal de l&amp;#039;assemblée générale/conseil d&amp;#039;administration qui décide de la réalisation du projet et sollicite la subvention du Département ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du projet d&amp;#039;investissement et de son plan pluriannuel de financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une notice descriptive et estimative incluant le coût HT des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des devis des équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un jeu de plans complet au 1/200ème par niveau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un état récapitulatif des surfaces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  du calendrier d&amp;#039;exécution du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un échéancier de paiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;avis favorable préalable de la commission de la sécurité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une étude portant sur l&amp;#039;évolution des prix de journée après travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;engagement du demandeur à entreprendre toutes les démarches nécessaires afin d&amp;#039;obtenir des financements complémentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un relevé d&amp;#039;identité bancaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les associations : le contrat d&amp;#039;engagement républicain.
+ &lt;/li&gt;&lt;li&gt;Pour les associations et les organismes de droits privés, susceptibles de bénéficier d’une subvention supérieure à 23 000 € pour laquelle la conclusion d’une convention est obligatoire, le Fichier des Ecritures Comptables (FEC) est à fournir lors du dépôt de la demande de subvention. Celui-ci est disponible sur vos logiciels de comptabilité et auprès de vos experts comptables.&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Paiement
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ordre de service de démarrage des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les factures relatives au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un état récapitulatif des factures.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;instruction : Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : sur présentation de factures dans la limite du montant voté, sur la base de deux acomptes et un solde. Dans tous les cas, le solde de la subvention ne pourra intervenir que sur production de l&amp;#039;avis favorable de la commission de sécurité à l&amp;#039;ouverture de l&amp;#039;établissement ou à la poursuite de l&amp;#039;exploitation. Une plaque indiquant la participation du Département devra être apposée sur la façade des bâtiments une fois les travaux réalisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : En l&amp;#039;absence de production d&amp;#039;un ordre de service de démarrage des travaux dans un délai de 12 mois après la notification de la décision, la subvention devient caduque et en tout état de cause dans un délai de 4 ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;
+&lt;p&gt;
+ La fermeture ou cession de l&amp;#039;établissement peut entraîner le remboursement de la subvention au prorata de l&amp;#039;amortissement restant à effectuer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/07-Jeunesse_et_protection_de_l_enfance/essms_enfance_investissement.pdf</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la protection de l&amp;#039;enfance ; Tél. : 05 16 09 76 30
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; portail citoyens &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b60-soutenir-les-structures-daccueil-denfants-con/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>103256</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Faire des travaux de réhabilitation, de mise aux normes de sécurité et d'accessibilité ou d'extension de centres de formation sanitaire</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'urgence pour les écoles et instituts de formation sanitaire</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région participe au financement de travaux de réhabilitation ou d&amp;#039;extension de centres de formation lorsque ces investissements ont un caractère d&amp;#039;urgence et concernent des travaux de mises aux normes de sécurité et d&amp;#039;accessibilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra porter sur les aménagements et les rénovations d&amp;#039;urgence de bâtiments permettant aux organismes de répondre à leurs obligations en matière de normes de sécurité et de mise en accessibilité imposées aux établissements recevant du public conformément à la réglementation en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ La notion d&amp;#039;urgence sera prise en compte pour identifier les travaux qui, faute de réalisation, pourraient mettre en péril la sécurité des personnes ou qui pourraient remettre en cause l&amp;#039;avis favorable de la commission de sécurité pour la poursuite de l&amp;#039;activité de formation. Elle sera déterminée par la survenance d&amp;#039;incidents récurrents sur une installation ou suite à un dommage ou sinistre survenu sur les bâtiments ou les équipements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>15/04/2019</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Départements, Etablissements publics (autre que les EPCI), Lycées et collèges publics et privés, Autres personnes publiques (Europe, GIP...)
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les centres de formation ayant signé une convention d&amp;#039;objectifs et de moyens en cours d&amp;#039;exécution avec la Région peuvent demander cette aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/fonds-durgence-pour-les-ecoles-et-instituts-de-formation-sanitaire</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>Direction des formations sanitaires et sociales - Chargés de mission relations avec les organismes
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/848a-fonds-durgence-pour-les-ecoles-et-instituts-d/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>161850</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et développer des outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels - Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F44" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds d’accessibilité des œuvres permet l’acquisition et le développement d’outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels. En application de la convention internationale des droits des personnes handicapées signée à New York le 30 mars 2007*, pour favoriser la participation des personnes handicapées à la vie culturelle, le ministère de la Culture soutient l’engagement des structures culturelles dans leur politique d’accessibilité à l’offre culturelle.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que le Fonds d&amp;#039;accessibilité des œuvres ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Depuis 2018, le Fonds accessibilité permet de contribuer à l’effort de développement d’actions et de dispositifs permettant de &lt;strong&gt;lever les freins à la participation à la vie culturelle&lt;/strong&gt;, pour les personnes en situation de handicap, les personnes âgées et à l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico sociaux.&lt;/p&gt;&lt;p&gt;Les crédits accordés dans ce cadre porteront sur l’acquisition et le&lt;strong&gt; développement d’outils d’accessibilité&lt;/strong&gt; et devront permettre &lt;strong&gt;d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette année, une attention particulière sera portée aux projets menés par des structures culturelles qui ne sont pas encore engagées dans une dynamique de mise en accessibilité et qui souhaitent obtenir un soutien dans le cadre du Fonds d&amp;#039;accessibilité pour initier cette démarche. &lt;strong&gt;Par ailleurs, le développement et l’acquisition d’outils mutualisés entre plusieurs opérateurs culturels pourra être encouragé.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* &lt;em&gt;Notamm&lt;/em&gt;​​​​​​​&lt;em&gt;ent ses articles 1er, 2 et 30 ; décret n° 2010-356 du 1er avril 2010 portant publication de la convention relative aux droits des personnes handicapées (ensemble un protocole facultatif), signée à New York le 30 mars 2007 - JORF n°0079 du 3 avri&lt;/em&gt;&lt;em&gt;l 2010.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de&lt;/strong&gt;&lt;strong&gt; la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette démarche vise à démocratiser l&amp;#039;accès à la culture, en abordant directement les défis liés à l&amp;#039;accessibilité pour les personnes en situation de handicap. Elle permet d’encourager les structures culturelles non engagées dans des initiatives d&amp;#039;accessibilité à initier cette démarche, et promouvoir le développement d&amp;#039;outils partagés entre plusieurs opérateurs culturels pour améliorer l&amp;#039;accessibilité de manière collaborative.&lt;/p&gt;&lt;p&gt;Le dispositif finance non seulement l&amp;#039;équipement spécialisé, mais aussi les initiatives de formation et les technologies favorisant l&amp;#039;inclusion.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le Fonds d’accessibilité des œuvres en région : procédure&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts et le calendrier mis en place dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;
+    &lt;section&gt;
+        &lt;p&gt;
+            &lt;/p&gt;&lt;p id="head_accordion_345"&gt;
+                &lt;/p&gt;&lt;h4&gt;&lt;strong&gt;&lt;em&gt;→ Ile-de-France (dépôt jusqu&amp;#039;au 10 avril 2024)
+                                            &lt;/em&gt;&lt;/strong&gt;&lt;/h4&gt;
+            &lt;p id="collapse_accordion_345"&gt;
+                &lt;/p&gt;&lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seules les demandes ayant fait l’objet d’une discussion préalable avec un conseiller de la Drac seront examinées.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant des subventions accordés est entre 5000 et 20 000 euros. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention sera versée au demandeur durant la période du printemps à l&amp;#039;été 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;inscription dans une démarche d’accessibilité de la structure ;&lt;/li&gt;&lt;li&gt;la pertinence des outils choisis ; &lt;/li&gt;&lt;li&gt;le budget prévisionnel. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 10 avril 2024, 23h59 (heure de Paris)&lt;/strong&gt;. Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Une question ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Ile-de-France vous êtes invités à vous adresser à : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aurélie Lesous, &lt;a href="mailto:aurelie.lesous&amp;#64;culture.gouv.fr%C2%A0"&gt;aurelie.lesous&amp;#64;culture.gouv.fr &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;→ Occitanie (dépôt jusqu&amp;#039;au 30 avril 2024)&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/h4&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;
+            &lt;/p&gt;&lt;p id="collapse_accordion_346"&gt;
+                &lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de la subvention &lt;/span&gt;&lt;/p&gt;
+            &lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant des subventions accordées ne pourra pas être inférieur à 3.000 euros. Le plafond du taux d&amp;#039;intervention de la DRAC est fixé à 80 % du coût total du projet. Les structures ayant déposé un projet seront informées, par la DRAC, de la suite donnée à leur demande de financement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’attribution de la subvention&lt;/span&gt;&lt;/p&gt;
+        &lt;p&gt;&lt;span&gt;La subvention sera versée en une seule fois après la tenue de la commission. La subvention sera versée trois mois après la tenue de la commission.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’évaluation des dossiers&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’équilibre géographique des porteurs de projets ;&lt;/li&gt;&lt;li&gt;de la représentativité des différentes disciplines et domaines artistiques et culturels ;&lt;/li&gt;&lt;li&gt;du renouvellement des bénéficiaires ;&lt;/li&gt;&lt;li&gt;du taux d&amp;#039;intervention de la structure.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Calendrier&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 30 avril 2024, 23h59 (heure de Paris).&lt;/strong&gt; Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Une question ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Occitanie vous êtes invités à vous adresser à : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vivien Chabrol, 05 67 73 20 88 ; &lt;a href="mailto:vivien.chabrol&amp;#64;culture.gouv.fr"&gt;vivien.chabrol&amp;#64;culture.gouv.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/pol-culturelles_fonds-accessibilite-occitanie" target="_blank" rel="noopener noreferrer"&gt;
+        Accéder au formulaire - Occitanie
+        &lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;                
+    &lt;/section&gt;
+    &lt;section&gt;
+        &lt;h4&gt;&lt;span&gt;&lt;span&gt;&lt;strong&gt;&lt;em&gt;→ Autres régions&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;span&gt;Pour plus d&amp;#039;informations sur le Fonds d&amp;#039;accessibilité des œuvres dans votre région, nous vous invitons à contacter la Direction régionale des affaires culturelles (DRAC/DAC) de votre région &lt;/span&gt;&lt;a href="https://www.culture.gouv.fr/Regions" target="_blank"&gt;ici&lt;/a&gt;&lt;span&gt;.  &lt;/span&gt;&lt;/p&gt;
+    &lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Entreprises publiques locales &lt;/li&gt;&lt;li&gt;EPCI à fiscalité propre &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La nature des projets éligibles est large : outre l’acquisition de matériel spécifique, le Fonds permet également de soutenir des formations et le développement d’outils de communication adaptés mais aussi la mise en œuvre d’audiodescription ou de traduction. Pour tour les projets, les crédits accordés devront permettre d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap, les personnes âgées et l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico-sociaux. &lt;/p&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;A titre d’exemple, les actions suivantes sont éligibles : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Boucles magnétiques, dispositifs de sur-titrage ;&lt;/li&gt;&lt;li&gt;Maquettes tactiles ; &lt;/li&gt;&lt;li&gt;Livrets en braille ; &lt;/li&gt;&lt;li&gt;Documents FALC visant à permettre l’accessibilité des œuvres ;&lt;/li&gt;&lt;li&gt;Outils et dispositifs d’accompagnement à la rencontre avec œuvres pour les personnes ayant des troubles autistique ou un handicap mental ; &lt;/li&gt;&lt;li&gt;Signalétique accessible ; &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation à la prise en main et à l’utilisation de ces outils…&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/section&gt;&lt;section&gt;Ne sont pas éligibles :&lt;/section&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Les projets d’action culturelle ou d’éducation artistique et culturelle ;&lt;/li&gt;&lt;li&gt;les interventions sur le cadre bâti ;&lt;/li&gt;&lt;li&gt;les projets de formation n’incluant pas la prise en main et l’utilisation de ces outils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/fonds-d-accessibilite-des-oeuvres</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture territorialement compétent (DRAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-daccessibilite-des-oeuvres/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>143387</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les déplacements piétons et maintenir l'accessibilité : chantiers urbains et piétons (Formation)</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette formation vous permettra de sécuriser les déplacements piétons aux abords de vos chantiers et de maintenir la continuité des itinéraires accessibles. Après des apports théoriques sur les enjeux de la mise en accessibilité des chantiers, le cadre réglementaire et les bonnes pratiques, des études de cas concrets et une sensibilisation sur le terrain seront proposées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les cheminements piétons au sein des quartiers en chantier peuvent être difficilement praticables par tous. La mise en place des chantiers urbains est caractérisée à la fois par un espace public où cohabitent de nombreux usagers et de multiples usages, mais aussi par l&amp;#039;intervention d&amp;#039;une multitude d&amp;#039;acteurs. L&amp;#039;articulation entre ces différents intervenants (maîtrise d&amp;#039;œuvre voirie, maîtrise d&amp;#039;œuvre bâti, entreprises et concessionnaires de réseaux) nécessite une surveillance en continu et une formation à cette problématique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte des piétons, lors de chantiers en milieu urbain, doit répondre à deux objectifs essentiels : garantir leur sécurité et leur confort, vis-à-vis des dangers liés aux travaux et à la circulation ; assurer la continuité de la chaîne du déplacement et maintenir son accessibilité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir la sécurité et le confort des déplacements des piétons pendant les chantiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les besoins et les difficultés des personnes à mobilité réduite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la réglementation accessibilité et identifier les bonnes pratiques en fonction du chantier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir sécuriser et signaler les chantiers, maintenir la continuité des itinéraires, informer les usagers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Programme
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Matinée : apports théoriques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Déplacements piétons et sécurité aux abords des chantiers : introduction et enjeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cas pratique d&amp;#039;une personne en situation de handicap : quels impacts de la gestion du chantier sur ses déplacements ?
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cadre réglementaire et bonnes pratiques :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la continuité des itinéraires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signaler, matérialiser, éclairer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir les accès riverains, commerces et transports collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pause déjeuner
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Après-midi : mise en pratique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Boîte à outils pour maintenir l&amp;#039;accessibilité en phase chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas concrets et échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation sur le terrain : « vivre » l&amp;#039;expérience de handicap aux abords des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et bilan de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;œuvre, conducteurs de travaux des entreprises de BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bureaux d&amp;#039;étude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucun pré-requis obligatoire.
+ &lt;br /&gt;
+ Une expérience en matière de pilotage de projets d&amp;#039;aménagement ou d&amp;#039;organisation de chantiers est un plus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports de connaissances théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges sur des cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mises en situation sur le terrain
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;évaluation
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h3&gt;
+ Délais d&amp;#039;accès
+&lt;/h3&gt;
+&lt;p&gt;
+ Délais d&amp;#039;accès à la formation : en moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-chantiers-urbains-pietons-securiser-deplacements-0</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8936-securiser-les-deplacements-pietons-et-mainten/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>128966</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;une aide à la décision pour les travaux
+d&amp;#039;accessibilité des établissements recevant du public
+(ERP)
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement préalable intégrant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la visite diagnostic des bâtiments et ERP à expertiser
+ &lt;/li&gt;
+ &lt;li&gt;
+  les propositions de travaux simples pour les rendre
+accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les préconisations de travaux plus complexes à
+réaliser pour les rendre accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la rédaction du cahier des charges pour
+la consultation d&amp;#039;un bureau d&amp;#039;étude spécialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibilisation et information des acteurs concernés,
+les élus et les personnels des services techniques
+des collectivités locales sur les mises aux normes des
+différents types d&amp;#039;établissements
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Remise d&amp;#039;un rapport d&amp;#039;étude de faisabilité, guide sur
+l&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration du cahier des charges de consultation d&amp;#039;un
+bureau d&amp;#039;études spécialisé
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents techniques relatifs au projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0387-rendre-accessibles-les-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>49549</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le développement d'une dynamique territoriale autour de l’alimentation durable</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’alimentation durable et de la transition agricole</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne le développement des circuits courts alimentaires de proximité sur le territoire et les Projets Alimentaires Territoriaux (PAT) avec :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des investissements directs, en fonds propres et quasi-fonds propres dans les structures de projet qui ont pour objectif un impact social et environnemental fort
+ &lt;/li&gt;
+ &lt;li&gt;
+  la possibilité de mobiliser des crédits d&amp;#039;ingénierie  en amont, jusqu&amp;#039;à 10% du montant de l&amp;#039;investissement prévu.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-alimentation-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Territoire_alim_durable_psat</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eaba-investir-dans-les-projets-de-re-territorialis/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>121331</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’agriculture et d’alimentation durable pour la transition alimentaire</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’alimentation durable et de la transition agricole</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure de l’économie sociale et solidaire porteuse d’un projet de transition
+agricole et alimentaire ou une entreprise à fort impact social et vous portez
+un projet de transition agricole et alimentaire ? Vous souhaitez être
+accompagné en développant des circuits courts de proximité et des filières
+locales de qualité ? Vous souhaitez faire financer des structures portant des
+projets en faveur de la transition alimentaire et d’une alimentation plus
+durable ? La Banque des Territoires peut vous accompagner, si le projet semble
+pertinent à l’issue d’une période d’instruction et d’évaluation.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous avons développé une offre complète, pour
+faire avancer vos projets tout au long de leurs différentes étapes. Bénéficiez
+d’un accompagnement et d’un appui par Territoires Conseils au profit des
+collectivités, sollicitez le co-financement d&amp;#039;études par notre service
+d&amp;#039;ingénierie territoriale, profitez d’un financement sous forme
+d’investissement direct en fonds propres ou quasi-fonds propres. L’ensemble de
+ces solutions sont néanmoins soumises à une instruction approfondie du projet,
+pour s’assurer que celui-ci correspond bien à notre doctrine d’intervention. &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-alimentation-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=alimdta_psat</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y48" s="1" t="inlineStr">
         <is>
-          <t>anne.lemaire@apca.chambagri.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z48" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/a1be-accompagner-lemergence-de-circuits-courts-et-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-transition-alimentaire/</t>
         </is>
       </c>
       <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:27" customHeight="0">
       <c r="A49" s="1">
-        <v>117385</v>
+        <v>120276</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mettre en place un suivi technique pour la protection et la gestion des forages d’eau potable et de leur aire d’alimentation des captages (AAC)</t>
+          <t>Mettre en œuvre une alimentation de qualité dans la restauration collective publique</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>L'alimentation dans la restauration collective publique</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>ID77</t>
+          <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Protéger l&amp;#039;ensemble des points d&amp;#039;eau des pollutions diffuses et ponctuelles sur la base d&amp;#039;études et/ou la délimitation des périmètres de protection des captages d&amp;#039;eau potable et/ou dans l&amp;#039;accompagnement à la mise en œuvre du programme d&amp;#039;actions établi à l&amp;#039;issue de la démarche AAC.
-[...57 lines deleted...]
-&lt;p&gt;&lt;/p&gt;</t>
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre en œuvre une alimentation de qualité pour respecter, et dépasser, les obligations posées par la loi EGALIM, parmi lesquelles : 50% de produits respectueux de l&amp;#039;environnement ou sous signe de qualité, dont 20% de bio minimum d&amp;#039;ici 2022.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique, mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations sur le cadre réglementaire, les enjeux et les outils existants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la définition des besoins et orientation vers les acteurs/interlocuteurs adaptés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;outils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  * Diagnostic: état des lieux des pratiques de restauration existantes, définition des besoins, objectifs et propositions d&amp;#039;actions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Accompagnement individualisé sur les volets suivants :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    * Approvisionnement : analyse des pratiques, appui à la rédaction de cahier des charges...
+   &lt;/li&gt;
+   &lt;li&gt;
+    * Formation des cuisiniers
+   &lt;/li&gt;
+   &lt;li&gt;
+    * Sensibilisation des convives
+   &lt;/li&gt;
+   &lt;li&gt;
+    * Lutte contre le gaspillage alimentaire
+   &lt;/li&gt;
+   &lt;li&gt;
+    * Communication
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Informations complémentaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ * sous réserve d&amp;#039;une candidature et sélection dans le cadre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt (AMI)  » Pour une alimentation durable et de qualité dans la restauration collective publique ».
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-[...2 lines deleted...]
-Appui méthodologique</t>
+          <t>Alimentation</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S49" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U49" s="1" t="inlineStr">
         <is>
-          <t>Seine-et-Marne</t>
+          <t>Drôme</t>
         </is>
       </c>
       <c r="V49" s="1" t="inlineStr">
         <is>
-          <t>http://www.eau.seine-et-marne.fr/</t>
-[...4 lines deleted...]
-          <t>https://www.id77.fr/fr/offres</t>
+          <t>https://collectivites.ladrome.fr/service/alimentation-dans-la-restauration-collective-publique/</t>
         </is>
       </c>
       <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Sylvie ROGNON, Directrice du G.I.P. ID77
-[...4 lines deleted...]
-  id77&amp;#64;departement77.fr
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Economie Emploi Insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 81 66 88 34
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mluce&amp;#64;ladrome.fr"&gt;
+  mluce&amp;#64;ladrome.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y49" s="1" t="inlineStr">
         <is>
-          <t>id77@departement77.fr</t>
+          <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z49" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/a8a2-mettre-en-place-un-suivi-technique-pour-la-pr/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/897b-lalimentation-dans-la-restauration-collective/</t>
         </is>
       </c>
       <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:27" customHeight="0">
       <c r="A50" s="1">
+        <v>164309</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer et optimiser les services d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Captages, sécurisation de l’alimentation en eau  potable et économies d’eau</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence participe à l’amélioration et l’optimisation des services d’alimentation en eau potable sur tout le bassin Adour-Garonne. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/eau-potable"&gt;Eau potable | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;l’agence appuie les collectivités pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le regroupement des collectivités dans des structures intercommunales à la bonne échelle de gouvernance et de gestion permettant d’assurer la pérennité, &lt;/li&gt;&lt;li&gt;la sécurité sanitaire et la qualité du service conformément aux dispositions législatives.&lt;/li&gt;&lt;li&gt;le renforcement de la connaissance patrimoniale des infrastructures de production et de distribution d’eau potable&lt;/li&gt;&lt;li&gt;la sécurisation de la qualité sanitaire de l’eau distribuée en finançant des travaux de potabilisation, garantissant ainsi à tous un accès à une eau conforme aux normes de santé publique.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P50" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les bénéficiaires sont : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les études et l’assistance technique, toute personne 
+publique ou privée dont le projet sera jugé pertinent par 
+l’agence de l’Eau au regard des objectifs de sa politique 
+d’intervention &lt;/li&gt;&lt;li&gt;pour les travaux : tout maître d’ouvrage public ou privé 
+gestionnaire de services publics d’eau potable
+ les organismes publics de recherche &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les principales conditions d’éligibilité sont : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les études et les travaux doivent concerner une intercommunalité (syndicat, EPCI…) regroupée à la bonne échelle 
+de gouvernance et de gestion permettant la pérennité 
+technique et financière du service d’eau potable &lt;/li&gt;&lt;li&gt;Pour les travaux, les collectivités doivent :
+ justifier d’un prix minimum de la part eau potable de 
+2 €TTC/m3
+ avoir renseigné les indicateurs réglementaires dans l’observatoire national des services d’eau et d’assainissement 
+(SISPEA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/55-24-Eau%20potable_0.pdf"&gt;55-24-Eau potable_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20Potable_Am%C3%A9liorer%20le%20service%20d%27alimentation%20en%20eau%20potable.pdf</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/economiser-leau-potable/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>97691</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maisons et centres de santé pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence régionale de santé (ARS) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>Limite d’un montant de subvention de 150 000 €</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département apporte un financement aux projets de maisons et centres de santé pluridisciplinaires afin d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est attribuée dans une zone déficitaire en matière de soin aux collectivités (communes, intercommunalités).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les collectivités (communes, intercommunalités) souhaitant réaliser le bâtiment d&amp;#039;une Maison de Santé Pluriprofessionnelle dont le projet a été préalablement validé par le comité régional de sélection des MSP en zone sous dotée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département aux projets de Maisons de Santé Pluriprofessionnelles s&amp;#039;inclut dans une démarche globale d&amp;#039;aménagement du territoire, visant à lutter contre la désertification médicale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ communes, EPCI, établissements et organismes  de santé à but non lucratif (établissement de santé et mutuelle).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, en extérieur et en intérieur, ainsi qu&amp;#039;aux VRD,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses liées aux aménagements intérieurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement réalisées pour l&amp;#039;achat de mobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses liées à l&amp;#039;intégration d&amp;#039;une pharmacie dans les locaux de la MSP ou d&amp;#039;un équipement de balnéothérapie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/maison-de-sante-pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Mail: richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assistant de Direction / Comptable - Maeva Homs
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : maeva.homs&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>30851</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de délimitation et de vulnérabilité des aires d’alimentation de captages</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Études de délimitation et de vulnérabilité des aires d’alimentation de captages, diagnostic multi-pressions et de vulnérabilité</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les études liées à la reconquête et à la protection des captages d&amp;#039;eau potable. Ces études permettent d&amp;#039;identifier les actions nécessaires pour préserver la qualité de l&amp;#039;eau à long terme, en développant des solutions adaptées aux spécificités locales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification dégressive par catégorie d’usagers, si le maître d’ouvrage est la collectivité territoriale ou l’EPCI compétent.&lt;br /&gt;&lt;br /&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire national des services publics d’eau et d’assainissement (SISPEA) pour toutes les collectivités.&lt;br /&gt;&lt;br /&gt;À partir du 1er janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;br /&gt;Captages prioritaires inscrits au Sdage 2022-2027 ou captages classés sensibles par le code de l’environnement faisant l’objet d’un suivi stratégique de la part des services de l’État.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-etudes-de-delimitation-et-de-vulnerabilite-des-aires-dalime.html</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cc5-realiser-des-etudes-et-travaux-de-substitutio/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>103500</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir jusqu'à 1.500€ la transition écologique des artisans et commerçants franciliens</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Chèque vert pour la transition écologique</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La Région soutient jusqu&amp;#039;à 1.500€ la transition écologique des artisans et commerçants franciliens : diminution des consommations d&amp;#039;énergie et d&amp;#039;eau, amélioration de la qualité de l&amp;#039;air intérieur, développement de la consigne pour réemploi...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette aide est cumulable avec le
+  &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
+   Chèque numérique pour un commerce connecté
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  volet 1, en faveur des artisans et commerçants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Découvrez l&amp;#039;ensemble des aides à destination des artisans et commerçants franciliens grâce à
+  &lt;a href="https://www.iledefrance.fr/sites/default/files/medias/2022/01/Les_aides_aux_artisans_commercants.pdf"&gt;
+   notre brochure
+  &lt;/a&gt;
+  téléchargeable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2021</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerçants de proximité ou artisans*, sédentaires ou non, avec ou sans point de vente, y compris artisan d&amp;#039;art,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;établissement est situé en Île-de-France et a été créé 6 mois avant la date de la demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;entreprise a un effectif inférieur à 20 salariés, y compris les entreprises sans salarié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrits au Registre du Commerce et/ou Registre des Métiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont l&amp;#039;activité relève d&amp;#039;un code NAF 10 à 33, 43 à 47, 55 et 56, 7410Z, 7420Z, 79, 81, 9003A, 9312 et 9313, 95 et 96,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *L&amp;#039;artisan ou commerçant de proximité vend des produits ou services de manière quotidienne ou fréquente à des particuliers. Les entreprises qui vendent exclusivement sur Internet, de la filière numérique, des activités financières et immobilières, des organismes de formation, de conseil et des bureaux d&amp;#039;études ne sont pas éligibles.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;aide est une subvention pouvant aller jusqu&amp;#039;à 1.500€.
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;investissement Hors Taxes listées,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptabilisées à l&amp;#039;actif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagées à compter du 23 juillet 2021,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portant sur une période de 1 an maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui ont été RÉGLÉES (avec preuve du règlement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises multi-établissements peuvent demander une aide pour chaque établissement (une demande par n° de SIRET, soit la création d&amp;#039;un compte avec un mail distinct sur la plateforme). Un établissement ne peut être bénéficiaire qu&amp;#039;une seule fois de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;br /&gt;
+Le Chèque vert à destination des artisans et commerçants franciliens vise à :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la consigne pour réemploi (contenants consignés,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser le tri et la gestion des déchets (bacs de tri, broyeurs, composteurs, outils d&amp;#039;entretien,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les consommations d&amp;#039;énergie et d&amp;#039;eau (isolation de la devanture, radiateur basse température, pompe à chaleur, robinet thermostatique, luminaires, installation frigorifique,  ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur (ventilation, purificateur d&amp;#039;air, matériel de filtration...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les mobilités douces (points de recharge, abri à toit pour vélo, vélo
+  &lt;strong&gt;
+   cargo
+  &lt;/strong&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont exclusivement
+ &lt;strong&gt;
+  les dépenses d&amp;#039;investissement détaillées dans la notice téléchargeable ci-dessous.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour vous aider, n&amp;#039;hésitez pas également à consulter la fiche « Tableau explicatif des dépenses » ainsi que la FAQ dédiée.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ 1. Vous pouvez bénéficier d&amp;#039;un diagnostic gratuit de transition écologique et d&amp;#039;un accompagnement personnalisé auprès de la
+ &lt;a href="https://www.entreprises.cci-paris-idf.fr/web/pme/diagnostic-ecologique" rel="noopener" target="_blank"&gt;
+  CCI Paris Ile-de-France (commerces)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ou de la
+ &lt;a href="https://www.cma-idf.fr/fr/appui-aux-entreprises/vers-une-demarche-de-developpement-durable/diagnostic-transition-ecologique.html" rel="noopener" target="_blank"&gt;
+  CMA Ile-de-France (artisans)
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un extrait Kbis ou D1 de moins de 3 mois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB au nom de l&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un justificatif comptable attestant de l&amp;#039;activité de l&amp;#039;entreprise*,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les factures acquittées des dépenses réalisées à compter du 23/07/2021 telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le formulaire DVS téléchargeable en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Déposez votre demande d&amp;#039;aide sur
+ &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ à compter du 5 octobre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Après examen de votre demande, un avis de décision vous sera transmis dans un délai de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai de 2 mois.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/cheque-vert-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide ouverte à compter du 5 octobre 2021.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute information générale sur l&amp;#039;aide :
+ &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aides.economiques&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Pour toute question sur votre dossier :
+ &lt;a href="mailto:chequevert&amp;#64;cci-paris-idf.fr" rel="noopener" target="_blank"&gt;
+  chequevert&amp;#64;cci-paris-idf.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/497a-cheque-vert-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>163727</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>La rénovation énergétique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent dispositif vise à soutenir les opérations de rénovation énergétique des logements sociaux communaux, de bâtiments à usage de logements communaux et d&amp;#039;activité tertiaire et de petits collectifs de logements sociaux (2 à 20 logements) existant&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Favoriser l’attractivité des territoires ruraux &lt;/p&gt;&lt;p&gt;Participer à la revitalisation des centres bourgs et au renouvellement urbain&lt;/p&gt;&lt;p&gt;Engager le parc social dans la transition énergétique et climatique pour maintenir une offre de logements sociaux confortables, économes en énergie et bas carbone (objectif du Sraddet et du PREE Nouvelle-Aquitaine : rénover énergétiquement 5000 à 7000 logements sociaux par an)&lt;/p&gt;&lt;p&gt;Développer l’offre de logement et lutter contre la précarité énergétique des ménages&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt si Cep après travaux inférieur à 150 kWhep/m2.an&lt;/p&gt;&lt;p&gt;jusqu’à 60% des dépenses éligibles plafonnées à 9 000 € / logt si Cep après travaux inférieur à 80 kWhep/m2.an&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergique de bâtiments à usage de logements sociaux communaux et d&amp;#039;activité tertiaire (activité marchande) &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 50% de l’assiette éligible HT&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 4 000 €&lt;/p&gt;&lt;p&gt;Opération de rénovation énergétique de petits collectifs de logemets sociaux(dans la limite de 3 projets par an) &lt;/p&gt;&lt;p&gt;Assistance à maîtrise d’ouvrage pour les démarches faisant l’objet d’une certification environnementale (BBC Effinergie, NF Habitat HQE…) ou intégrant une démarche BDNA : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt &lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Economie locale et circuits courts
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Opérateurs (bailleurs…) agissant pour le compte d’une commune ou d’un EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organismes de logement social publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structures associatives et entreprises privées bénéficiant d’un agrément de l’Etat au titre du logement social&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Territoires cibles&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Territoires qualifiés de ruraux au sens de l’INSEE, porteurs d’un projet habitat : bourg ruraux, habitat dispersé, habitat très dispersé (information sur la grille communale de densité en niveaux sur le site https://observatoire-des-territoires.gouv.fr/outils/cartographie-interactive)&lt;/p&gt;&lt;p&gt;Les territoires situés en dehors des communautés d’agglomération sont prioritaires dans la programmation. &lt;/p&gt;&lt;p&gt;Projets cibles &lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants : &lt;/p&gt;&lt;p&gt;2 logements minimum&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de bâtiments à usage de logements communaux et d’activité tertiaire :&lt;/p&gt;&lt;p&gt;surface de plancher fiscale du bâtiment à usage tertiaire inférieure ou égale à 50% de la surface totale de plancher fiscale du bâtiment&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de petits collectifs de logements sociaux (dans la limite de 3 projets par an)&lt;/p&gt;&lt;p&gt;Petits collectifs de logements sociaux de 2 à 20 logements&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 80 kWhep/m2.an &lt;/p&gt;&lt;p&gt;Critères communs à ces 3 types d&amp;#039;opérations&lt;/p&gt;&lt;p&gt;Dans tous les cas diminution des émissions de GES, opération utilisant le fioul après travaux inéligible&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Prise en compte du confort d’été et de la ventilation/qualité de l’air&lt;/p&gt;&lt;p&gt;Travaux réalisés par des professionnels titulaires du label RGE (Reconnu garant de l’environnement) ou justifiant de leur engagement dans cette démarche&lt;/p&gt;&lt;p&gt;Mise en œuvre de toute action permettant de sensibiliser/former aux éco-gestes les occupants&lt;/p&gt;&lt;p&gt;Critères de priorité&lt;/p&gt;&lt;p&gt;La priorité sera donnée aux :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations qui s’inscrivent dans la contractualisation régionale avec les territoires et qui participent à la stratégie régionale de revitalisation des centres bourgs, d’OPAH-RU, etc.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations s’inscrivant dans une stratégie territoriale portée, par exemple, par un EPCI.&lt;/p&gt;&lt;p&gt;Nota bene : &lt;/p&gt;&lt;p&gt;Cette aide, qui porte sur le parc existant, est à distinguer de l&amp;#039;aide &amp;#34;Logement social en ruralité&amp;#34;, décrite par ailleurs dans le guide des aides et qui s&amp;#039;applique à des opérations portant création d&amp;#039;une offre nouvelle de logements sociaux, en recyclage immobilier.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/la-renovation-energetique-des-logements-sociaux</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Votre contact : energie&amp;#64;nouvelle-aquitaine.fr            &lt;/p&gt;&lt;p&gt;à l&amp;#039;attention de Vanessa BINAU                                         &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/la-renovation-energetique-des-logements-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>163580</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les commerces et services du quotidien présents dans les centres-bourgs</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes La Rochefoucauld Porte du Périgord</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Soutenir :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;activité économique des centres-bourgs des communes appartenant au territoire La Rochefoucauld Porte du Périgord ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers destinés au maintien d’un ou plusieurs derniers commerces de proximité de première nécessité non concurrentiels&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Emploi
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets de centre-bourg situés : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans les périmètres ORT (Opération de Revitalisation de Territoire) pour les communes de La Rochefoucauld-en-Angoumois et Montbron ;&lt;/li&gt;&lt;li&gt;Selon la cartographie des centres-bourgs pour les autres communes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité des projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accueillir des entreprises artisanales, commerciales ou de service ;&lt;/li&gt;&lt;li&gt;Produire et commercialiser des biens ou des services sur le zonage défini ;&lt;/li&gt;&lt;li&gt;Investissements participant à la transition écologique : consommation énergétique du bâtiment, développement des énergies renouvelables, optimisation de la gestion des déchets, valorisation de l’économie circulaire, préservation de la ressource en eau…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Obligations légales et administratives :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour les projets de travaux et d’aménagement, fournir l’autorisation de travaux ou le permis de construire ;&lt;/li&gt;&lt;li&gt;Adhérer aux services du Conseiller Énergie Partagée (CEP) de la Communauté de Communes et réaliser un audit énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Éligibilité temporelle des dépenses :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses présentées doivent respecter la règlementation européenne et nationale des aides d’Etat&lt;/li&gt;&lt;li&gt;Tout commencement d’exécution avant le dépôt de la demande d’aide est susceptible de rendre tout ou partie du projet inéligible ;&lt;/li&gt;&lt;li&gt;Aucun dossier ne peut être déposé après l’achèvement matériel de l’opération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Un seul dossier de demande d’aide peut être déposé par commune tous les deux ans.&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>CC La Rochefoucauld porte du Périgord</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.rochefoucauld-perigord.fr/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service développement économique de la Communauté de Communes&lt;/p&gt;&lt;p&gt;07 62 66 69 46 / &lt;a target="_self"&gt;economie&amp;#64;rochefoucauld-perigord.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>economie@rochefoucauld-perigord.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dispositif-daide-aux-commerces-et-services-du-quotidien-presents-dans-les-centres-bourgs/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>165103</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer la qualité des ressources en eau pour l’alimentation en eau potable ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour votre projet retenu à l’AMI Filières favorables à la ressource en eau&lt;/li&gt;
+&lt;li&gt;Pour votre projet sur un territoire faisant l’objet d’une contractualisation avec la Région (SENS 2027, etc.)&lt;/li&gt;
+&lt;li&gt;Pour d’autres projets d’investissement pour la lutte contre les pollutions diffuses&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité territoriale ou un groupement&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une entreprise, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et si votre projet concerne :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le développement de filières de systèmes et cultures à bas niveau d’impact sur la ressource en eau (tous débouchés, tels que l’alimentation, l’énergie, le textile, le bâtiment, le biocontrôle, etc.)&lt;/li&gt;
+&lt;li&gt;La lutte contre les pollutions diffuses permettant la réduction de l’usage des phytosanitaires et la préservation/reconquête de la qualité de l’eau&lt;/li&gt;
+&lt;li&gt;Des études à caractère général ou opérationnel, ayant pour objet la définition de plans d’actions de reconquête de la qualité de l’eau (délimitation d’AAC, Diagnostic Territorial Multi Pressions, volet ressources des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) en zone rurale s’appuyant sur la méthode définie dans le guide technique de l’Association Scientifique et Technique pour l’Eau et l’Environnement -ASTEE-)&lt;/li&gt;
+&lt;li&gt;Des équipements destinés à la mise en place de l’autocontrôle de la qualité de l’eau des collectivités dans le cadre des PGSSE en zone rurale&lt;/li&gt;
+&lt;li&gt;De l’expérimentation, notamment pour le développement des cultures à bas niveau d’impact et la mise en place de leviers agronomiques permettant la réduction de l’usage des phytosanitaires, prenant en compte le changement climatique (désherbage mécanique, innovation technologique, définition d’itinéraires techniques de cultures à bas niveau d’impact, etc.)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum :&lt;br /&gt;
+&lt;/strong&gt;Analyse au cas par cas, suivant le type de porteur et les éventuels régimes d’état mobilisés.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;OU&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2024</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-qualites-eau-captages/</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0291/depot/simple</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;OU&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;&lt;p&gt;Contactez Marion PETIN&lt;/p&gt;&lt;p&gt;marion.petin&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 76 23 16 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-reconquerir-la-qualite-des-ressources-en-eau-dans-les-aires-dalimentation-des-captages/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>164051</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet), ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires bureaux d’études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P58" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-etou-enrr</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r-1/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
         <v>163054</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l'exploitation du système d'alimentation en eau potable de la collectivité</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Service d'Assistance Technique à l'Eau potable (SATEP)</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;OPÉRATIONS CONCERNÉES&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;li&gt;Assistance et conseils pour l’exploitation des ouvrages d’eau potable (bon entretien, amélioration de leurs performances…)&lt;/li&gt;
 &lt;li&gt;Réalisation de visites d’ouvrages (captages, réservoirs…)&lt;/li&gt;
 &lt;li&gt;Mise à disposition de l’expertise du service dans le diagnostic et la résolution de dysfonctionnements, dans la programmation et le suivi de travaux sur les ouvrages&lt;/li&gt;
 &lt;li&gt;Accompagnement dans le choix d’équipements&lt;/li&gt;
 &lt;li&gt;Accompagnement pour protéger les ressources en eau des pollutions et suivi dans le temps de l’évolution de la productivité&lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;[INTERVENTION PAYANTE] Conseil : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Renseignement et conseil par échanges téléphoniques ou courriel, pas de production d’éléments spécifiques à la collectivité :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Informations techniques et réglementaires: technologies, prix du service de facturation, relations usagers, conventions, foncier…)&lt;/li&gt;
 &lt;li&gt;Renseignements sur les démarches à conduire pour la mise en œuvre d’un projet (identification des intervenants et compétences nécessaires, procédure à suivre, documentation générale…)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;[INTERVENTION PAYANTE] Assistance à l&amp;#039;exploitation (visite régulière des ouvrages) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Conseils sur l’exploitation : conseils pratiques pour un bon entretien, l’optimisation du fonctionnement et la résolution de dysfonctionnements&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Soutien aux obligations techniques : bilans 24h, audits d’autosurveillance, manuels d’autosurveillance, cahiers de vie, plan de réduction des pertes en eau…&lt;/li&gt;
 &lt;li&gt;Soutien aux obligations administratives : déclarations annuelles Agence de l’Eau, SISPEA, RPQS…&lt;/li&gt;
 &lt;li&gt;Accompagnement à la réalisation de petits travaux ou à l’installation d’équipements réglementaires (compteurs, autosurveillance…)&lt;/li&gt;
 &lt;li&gt;Accompagnements spécifiques : gestion des boues, suivi de la production des ressources, conventions de rejets, formation des agents…&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;[INTERVENTION GRATUITE] Animation :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;li&gt;Sensibilisation &amp;amp; communications avec des temps de rencontre et d’échange&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;MODALITÉS DE CONTRACTUALISATION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le service bi-départemental d’assistance technique dans le domaine de l’eau vise l’accompagnement des communes ou des établissements publics de coopération intercommunale qui ne bénéficient pas des moyens suffisants pour l’exercice de leurs compétences dans le domaine de l’assainissement, de la protection de la ressource en eau […](art L3232-1-1 CGCT). Ces collectivités sont « éligibles » à l’assistance technique départementale.&lt;/p&gt;&lt;p&gt;Dans la limite de ses moyens, le service intervient également auprès des autres collectivités.&lt;/p&gt;&lt;p&gt;Les missions d’animation sont gratuites et s’adressent à toutes les collectivités.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONVENTIONNEMENT AVEC LES COLLECTIVITÉS ÉLIGIBLES*&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les Départements mettent à jour annuellement la liste des services éligibles.&lt;/p&gt;&lt;p&gt;Une convention unique d’assistance technique dans le domaine de l’eau est proposée à ces collectivités, comprenant au choix les missions SATESE, SATEP et/ou Ingénierie.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTRACTUALISATION AVEC LES COLLECTIVITÉS NON ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les Départements peuvent intervenir à la demande ou en réponse à un appel d’offre en tant qu’opérateur économique soumis aux règles de la commande publique.&lt;/p&gt;&lt;p&gt;Dans ce cas, les Départements établissent une offre technique et financière pour répondre au besoin de la collectivité, qui est ensuite contractualisée.&lt;/p&gt;&lt;p&gt;&lt;em&gt;*L’éligibilité est définie par des critères de population, de potentiel financier et d’appartenance à une zone de montagne (Art R3232-1 du CGCT).&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/service-dassistance-technique-a-leau-potable-satep/</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Département de la Drôme – Service Gestion de l’Eau&lt;br /&gt;
 SATEP DROME&lt;br /&gt;
 04 75 79 82 73 • 04 75 79 82 41&lt;br /&gt;
 &lt;a href="mailto:satep&amp;#64;ladrome.fr"&gt;satep&amp;#64;ladrome.fr&lt;/a&gt;&lt;br /&gt;&lt;a href="https://www.ladrome.fr/"&gt;www.ladrome.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/service-dassistance-technique-a-leau-potable-satep/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G51" s="1" t="inlineStr">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>161779</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Collectivité d’outre-mer à statut particulier</t>
-[...2 lines deleted...]
-      <c r="H51" s="1" t="inlineStr">
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique
-[...3 lines deleted...]
-      <c r="K51" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet) ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires bureaux d’études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-reseaux-chaleur-froid-alimentes-enr-enrr</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>153402</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Aide Rénovation énergétique copropriété</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Ministère de l&amp;#039;agriculture et de l&amp;#039;alimentation / Direction générale de l&amp;#039;alimentation, la Chambre
-[...13 lines deleted...]
- Les chambres d&amp;#039;agriculture (via Terralto) peuvent vous accompagner dans la définition de votre projet de territoire. La Banque des territoires peut vous proposer un financement adapté à ce projet de territoire.
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Planète Manche Rénovation &amp;#34;volet copropriété&amp;#34; est un dispositif d&amp;#039;aide aux copropriétés pour des projets de rénovation globale d&amp;#039;habitations collectives privées utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux éligibles traitent les parties communes ou relevent d&amp;#039;un intérêt collectif au sein des parties privatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux concernant la construction neuve, une extension de la surface habitable d&amp;#039;un bâtiment existant ou le changement de destination de locaux ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale est réservée aux copropriétés gérées par un syndic professionnel ou bénévole, enregistré au registre national des copropriétés. Elle concerne les bâtis collectifs à usage d&amp;#039;habitations principales de plus de 15 ans et situés sur le territoire de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est de 25% des dépenses éligibles avec un plafond par dossier fixé à 75.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier transmis par le syndicat de copropriété devra comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le formulaire de demande d&amp;#039;aide signé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le procès verbal de l&amp;#039;assemblée générale donnant mandat au syndic de copropriété pour cette demande de subvention et validant les travaux à engager faisant l&amp;#039;objet de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les devis non signés des travaux prévus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;audit énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une photo de la façade.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les attestations RGE des entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en oeuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des façades, toitures, planchers bas, menuiseries extérieures, ventilation), d&amp;#039;installation de systèmes de chauffage et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : murs, toitures ou planchers bas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux. La ventilation n&amp;#039;est pas considérée comme un poste de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement du projet par un assistant à maîtrise d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux dépenses TTC liées aux travaux d&amp;#039;amélioration énergétique : isolation de l&amp;#039;enveloppe, remplacement des ouvrants, des systèmes de chauffage, de production d&amp;#039;eau chaude sanitaire, mise en place d&amp;#039;une ventilation mécanique contrôlée, ainsi que les travaux induits, c&amp;#039;est-à-dire nécessairement liés aux travaux précités.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...12 lines deleted...]
-      <c r="X51" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contacter votre direction régionale de l&amp;#039;agriculture, de l&amp;#039;alimentation et de la forêt, votre chambre d&amp;#039;agriculture ou votre direction régionale de la Banque des territoires :
-[...1 lines deleted...]
-  https://www.banquedesterritoires.fr/directions-regionales
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/987a-aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>165531</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités territoriales pour la rénovation de leurs bâtiments tertiaires publics - Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Fonds CHÊNE - saison 6</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l'Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...7 lines deleted...]
-      <c r="H52" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I52" s="1" t="inlineStr">
-[...27 lines deleted...]
-Espaces verts
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>La taux de subvention varie selon les typologies d'action et leurs bénéficiaires (bonus pour les communes rurales notamment)</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds CHÊNE apporte une aide financière aux collectivités territoriales (et assimilées) pour les accompagner dans la phase amont de leurs projets de rénovation énergétique. &lt;/p&gt;&lt;p&gt;A ce titre, le Fonds CHÊNE finance 5 grands lots d&amp;#039;actions complémentaires :&lt;br /&gt;- des postes d&amp;#039;économes de flux&lt;br /&gt;- des outils de suivi et de mesure des consommations&lt;br /&gt;- des études énergétiques&lt;br /&gt;- des études de MOE&lt;br /&gt;- des AMO techniques, juridiques, ou financières&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Financements d&amp;#039;un audit énergétique sur une école ; financement d&amp;#039;un poste d&amp;#039;économe de flux en charge du suivi des consommation de sa collectivité et de piloter des projets de rénovation ; financement de capteurs de température ; financement de la MOE pour la rénovation d&amp;#039;une piscine visant à réduire d&amp;#039;au moins 40% sa consommation d&amp;#039;énergie finale, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Personnes âgées
-[...2 lines deleted...]
-Egalité des chances
 Accès aux services
-Cohésion sociale et inclusion
-[...7 lines deleted...]
-Biodiversité
+Equipement public
 Bâtiments et construction
 Réhabilitation
-Logement et habitat
-[...38 lines deleted...]
-      <c r="T52" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P62" s="1" t="inlineStr">
+        <is>
+          <t>13/11/2025</t>
+        </is>
+      </c>
+      <c r="Q62" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Etre une structure éligible à nos aides (collectivité territoriales ou assimilée, voir le détail dans le cahier des charges)  située en France&lt;/p&gt;&lt;p&gt;- Avoir un projet de rénovation énergétique pour son patrimoine tertiaire&lt;/p&gt;&lt;p&gt;- L&amp;#039;action, objet de la subvention, ne doit pas avoir été réalisée&lt;/p&gt;&lt;p&gt;- Respecter les critères d&amp;#039;éligibilité technique et calendaires indiqués dans le cahier des charges CHÊNE&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.programme-cee-actee.fr/public/dossier</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;actee&amp;#64;fnccr.asso.fr&lt;/p&gt;&lt;p&gt;https://programme-cee-actee.fr/contact&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>so.potier@fnccr.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-territoriales-pour-la-renovation-de-leurs-batiments-tertiaires-publics/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G53" s="1" t="inlineStr">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Fédération nationale des collectivités concédantes et régies (FNCCR)
+Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
+Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
+de mettre à disposition et financer des outils d’aide à la décision pour les
+groupements de collectivités qui souhaitent développer des projets de
+rénovation énergétique des bâtiments publics. A l’échelle du Var ce
+programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
+COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
+permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
+conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;o&lt;span&gt;  
+&lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
+différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
+ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
+de flux ACTEE83 avec le
+recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
+collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
+collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
+des collectivités sur l’amélioration énergétique des bâtiments publics en
+communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
+du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
+de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
+AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2023</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2026</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>32412</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseils et de solutions pour accompagner vos administrés dans la maîtrise des consommations d'énergie, les énergies renouvelables et les aides financières existantes</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn
+Conseil régional d'Occitanie
+Commission européenne
+Ademe — Direction régionale — Occitanie</t>
+        </is>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t>Espace Info Energie du Tarn</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Espaces Info Énergie sont des services d&amp;#039;utilité publique de conseil à la rénovation créé par l&amp;#039;Ademe.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CAUE du Tarn porte un Espace INFO-ÉNERGIE. Indépendant financièrement, il offre à vos administrés un conseil de proximité gratuit et neutre et un accompagnement personnalisé pour mener à bien leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ La mission première des conseillers INFO-ÉNERGIE est de proposer aux particuliers conseils et solutions concrètes pour :
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mieux maîtriser ses consommations d&amp;#039;énergie : isolation, chauffage, ventilation, matériaux, équipements et appareils électriques, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;orienter vers les énergies renouvelables : solaire, géothermie, bois, éolien ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  se renseigner sur les aides financières existantes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les accompagner dans leurs démarches et projets, apporter des réponses concrètes aux questions posées, l&amp;#039;EIE réalise régulièrement des ressources téléchargeables :
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des fiches pratiques sur une thématique relative à l&amp;#039;habitat ou liée à une problématique réglementaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des fiches réalisations offrant un référentiel de maisons d&amp;#039;architectes en Occitanie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des dossiers thématiques pour répondre à vos premières interrogations et aux questions les plus fréquentes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+Les informations et/ou conseils sont indicatifs, non exhaustifs et fournis à partir des seuls éléments présentés ou demandés par le public. Le choix et la mise en œuvre des solutions découlant des informations et/ou des conseils présentés par un conseiller relèvent de la seule responsabilité du public.
+Les conseillers info énergie ne sont liés à aucun fournisseur d&amp;#039;énergie ou artisan ou professionnel
+Ils ne se déplacent pas chez les particuliers et ne peuvent pas réaliser d&amp;#039;audits énergétiques, études thermiques, DPE, ...
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les questions les plus récurrentes pour lesquelles les conseillers en maîtrise de l&amp;#039;énergie peuvent accompagner les administrés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  comment isoler mon logement de façon efficace ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  quel est le meilleur système de chauffage pour mes besoins en chaleur ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  comment financer mon projet ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  quelles sont les différentes aides dont je peux bénéficier ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tous les conseils sont délivrés gratuitement et de façon indépendante !
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>http://www.caue81.fr</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tel : 06 63 60 16 80
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : infoenergie&amp;#64;tarn.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>f.ollivier@caue81.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bfcc-aide-a-la-decision-pour-les-projets-damenagem/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>71375</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseil en énergie partagé</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes Sauer-Pechelbronn</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La communauté de communes Sauer-Pechelbronn porte le poste d&amp;#039;un ingénieur énergie qui accompagne les communes et autres collectivités dans leurs démarche d&amp;#039;économies d&amp;#039;énergie et de développement des énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Il intervient sur les territoires de deux communautés de communes : Sauer-Pechelbronn et Pays de Wissembourg.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  suivi des factures de fluides
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement de chaudières
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation des bâtiments publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de panneaux solaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>CC Sauer-Pechelbronn (EPCI), CC du Pays de Wissembourg</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Monsieur Rémi LOUVENCOURT
+&lt;/p&gt;
+&lt;p&gt;
+ Communauté de communes Sauer-Pechelbronn,
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue de l&amp;#039;Obermatt - 67360 DURRENBACH
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 90 77 85  /  06 26 85 35 00
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ remi.louvencourt&amp;#64;sauer-pechelbronn.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>till.harres@sauer-pechelbronn.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0a1-conseil-en-energie-partage-pour-les-collectiv/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>116418</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'amélioration énergétique - Eco-PTZ</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Eco-Prêt à Taux Zero</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Banque BCP
+Banque Chalus
+Banque Populaire
+BNP Paribas Real Estate
+Caisse d'Epargne
+CIC
+Crédit Agricole
+Crédit du Nord
+Crédit Mutuel
+Domofinance
+La Banque Postale
+LCL
+Natixis
+Société Générale
+Société Marseillaise de Crédit</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;éco-prêt permet de financer les travaux d&amp;#039;économie d&amp;#039;énergie et les éventuels frais induits par ces travaux afin de rendre le logement plus économe en énergie, plus confortable et moins émetteur de gaz à effet de serre.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;éco-prêt à taux zéro « individuel », vous devez :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit mettre en œuvre une ou plusieurs actions de rénovation énergétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit atteindre une performance énergétique globale minimale pour le logement, en limitant la consommation d&amp;#039;énergie pour le chauffage, l&amp;#039;eau chaude sanitaire, le refroidissement, l&amp;#039;éclairage et les auxiliaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit réhabiliter un système d&amp;#039;assainissement non collectif par un dispositif ne consommant pas d&amp;#039;énergie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit réaliser des travaux ayant donné lieu au bénéfice des aides du programme Habiter Mieux de l&amp;#039;Anah.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Réseaux de chaleur
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux doivent impérativement être réalisés par un artisan ou une entreprise du bâtiment détenant un signe de qualité RGE, Reconnu Garant de l&amp;#039;Environnement, en application du principe d&amp;#039;éco-conditionnalité des aides.
+&lt;/p&gt;
+&lt;p&gt;
+ Après avoir identifié les travaux à réaliser ainsi que l&amp;#039;entreprise ou l&amp;#039;artisan qui en sera chargé, vous devez vous adresser à l&amp;#039;une des banques partenaires muni du formulaire type « devis », accompagné des devis relatifs à l&amp;#039;opération retenue.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre dossier sera alors examiné par la banque qui décidera, comme pour toute demande de prêt, de vous prêter la somme demandée en fonction de votre endettement préalable et de votre capacité à rembourser.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En métropole:
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux, qui doivent être réalisés par des professionnels qualifiés « Reconnus garants de l&amp;#039;environnement » (RGE), peuvent être notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique de la toiture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique des murs donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique des fenêtres, à la condition que les matériaux utilisés viennent en remplacement de parois en simple vitrage, et portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation des planchers bas,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation ou remplacement d&amp;#039;un chauffage ou d&amp;#039;une production d&amp;#039;eau chaude sanitaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation d&amp;#039;un chauffage utilisant une source d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation d&amp;#039;une production d&amp;#039;eau chaude sanitaire utilisant une source d&amp;#039;énergie renouvelable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En  Outre-mer:
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux, réalisés par des professionnels, doivent être choisis parmi les catégories suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  protection des toitures contre les rayonnements solaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  protection des murs donnant sur l&amp;#039;extérieur contre les rayonnements solaires, sur au moins la moitié de la surface totale de ces murs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique performante d&amp;#039;au moins la moitié des parois vitrées ou travaux de protection des baies donnant sur l&amp;#039;extérieur contre les rayonnements solaires, sur au moins la moitié des baies et à la condition que les matériaux utilisés viennent en remplacement de parois en simple vitrage, le cas échéant associés à l&amp;#039;installation de brasseurs d&amp;#039;air fixes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  systèmes de chauffage, le cas échéant associés à des systèmes de ventilation économiques et performants, ou de production d&amp;#039;eau chaude sanitaire performants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation d&amp;#039;équipements de chauffage utilisant une source d&amp;#039;énergie renouvelable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation d&amp;#039;équipements de production d&amp;#039;eau chaude sanitaire utilisant une source d&amp;#039;énergie renouvelable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation des planchers bas
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/eco-pret-taux-zero-eco-ptz</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseillers spécialisés en travaux de rénovation de l&amp;#039;habitat (France Rénov&amp;#039;)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Permet de se faire accompagner gratuitement dans ses travaux de rénovation par des conseillers spécialisés
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Par téléphone
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 0 808 800 700
+&lt;/p&gt;
+&lt;p&gt;
+ Ouvert du lundi au vendredi de 9h à 18h. Vous devez avoir votre dernier avis d&amp;#039;imposition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service gratuit &amp;#43; coût d&amp;#039;un appel
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0040-realiser-des-travaux-damelioration-energetiqu/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>164929</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d'amélioration énergétique de mon bâtiment</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Mur Mur TPE PME</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes Métropole</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif Mur Mur a pour objectif d&amp;#039;&lt;strong&gt;améliorer la performance énergétique des bâtiments&lt;/strong&gt;, en accordant une aide financière sur critères d&amp;#039;éligibilité aux &lt;strong&gt;TPE/PME&lt;/strong&gt; de l&amp;#039;agglomération grenobloise.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles sont liées aux &lt;strong&gt;investissements suivants&lt;/strong&gt; :
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&lt;strong&gt;’amélioration thermique&lt;/strong&gt; de l’enveloppe des 
+bâtiments existants : isolation des murs, toitures et planchers, 
+menuiseries extérieures, portes sectionnelles…&lt;/li&gt;&lt;li&gt;L’&lt;strong&gt;amélioration des équipements techniques&lt;/strong&gt; : 
+chauffage et ventilation, éclairage, systèmes liés au process de 
+production et autres travaux d’économies d’énergie (régulation, gestion 
+technique…).
+&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;Les bénéficiaires : &lt;br /&gt;&lt;/h3&gt;&lt;p&gt;&lt;strong&gt;Ce fonds Mur Mur est destiné aux entreprises TPE et PME de 
+l&amp;#039;agglomération grenobloise, quels que soient leur statut et leur régime
+ fiscal et social, résidant fiscalement en France, n&amp;#039;appartenant pas à 
+une entreprise de taille intermédiaire (ETI) ou une grande entreprise, 
+et remplissant les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Employer moins de 250 salariés&lt;/strong&gt; et &lt;strong&gt;ne pas excéder un chiffre d&amp;#039;affaires annuel de 50 millions d&amp;#039;euros&lt;/strong&gt; (ou un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Occuper un bâtiment tertiaire ou industriel : &lt;/strong&gt;hors local commercial ou artisanal comprenant un espace de vente inférieur à 400m&lt;sup&gt;2&lt;/sup&gt;
+ relevant du dispositif d&amp;#039;aide à l&amp;#039;investissement des commerçants, 
+artisans, services avec vitrine, non sédentaires et hôteliers de la 
+métropole ; ou dont la surface de plancher du local productif est supérieur à la surface de plancher du local de vente.&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Être inscrite au registre du commerce et des sociétés&lt;/strong&gt; ou au répertoire des métiers, à l&amp;#039;URSSAF ou au greffe du tribunal du commerce,&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Motiver un projet&lt;/strong&gt; de développement économique, social et environnemental. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;éligibilité des entreprises est vérifiée,&lt;/strong&gt; en application de ces critères, sur la base d&amp;#039;un dossier de candidature&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;h3&gt;&lt;strong&gt;Le montant de la subvention :&lt;/strong&gt;&lt;/h3&gt;&lt;p&gt;La &lt;strong&gt;subvention de la Métropole est fixée à&lt;/strong&gt; :
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30% du montant des travaux en € HT,&lt;/li&gt;&lt;li&gt;ou 50% du montant des travaux en € HT pour les travaux mettant en œuvre des matériaux biosourcés.&lt;/li&gt;&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;L&amp;#039;aide est &lt;strong&gt;conditionnée à un plancher de travaux éligibles de 5 000€ HT&lt;/strong&gt; et &lt;strong&gt;dans la limite du plafond de subvention suivant&lt;/strong&gt; :
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30 000€ pour l&amp;#039;enveloppe bâti (isolation de parois donnant sur 
+l&amp;#039;extérieur, menuiseries extérieures...), augmentés de 10 000€ 
+uniquement pour le financement de travaux mettant en œuvre des matériaux
+ biosourcés,&lt;/li&gt;&lt;li&gt;10 000€ pour l&amp;#039;amélioration des équipements (systèmes CVC, éclairage, optimisation des systèmes énergétiques...).&lt;/li&gt;&lt;/ul&gt;
+&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Soit un plafond total de subvention par entreprise de 50 000€.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;De manière générale, l&amp;#039;entreprise pourra &lt;strong&gt;cumuler l&amp;#039;aide avec d&amp;#039;autres aides publiques&lt;/strong&gt;
+ (CEE, crédit d&amp;#039;impôt pour la rénovation énergétique des locaux 
+tertiaires des TPE/PME...) dans le respect des règles de cumul de ces 
+dernières et des règles européennes.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide n&amp;#039;est cependant pas cumulable avec les aides à l&amp;#039;investissement du Fonds chaleur renouvelable de la Métropole.&lt;/p&gt;&lt;h3&gt;Comment déposer un dossier ?&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;&lt;strong&gt;Important : vous devez déposer votre demande Mur Mur avant de signer les devis et d&amp;#039;engager les travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;&lt;strong&gt;Le dossier de candidature Mur Mur&lt;/strong&gt;&lt;/h4&gt;
+&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Dans un premier temps, votre éligibilité à la subvention Mur
+ Mur est vérifiée sur la base d’un dossier de candidature à retirer 
+auprès de l&amp;#039;Agence locale de l&amp;#039;énergie et du climat (ALEC)&lt;/strong&gt; de la grande région grenobloise : entreprises&amp;#64;alec-grenoble.org / 04 76 00 19 09.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Déposez le dossier et les pièces justificatives demandées auprès de l&amp;#039;ALEC&lt;/strong&gt; qui assure l’instruction et le lien avec les services de la Métropole.&lt;/li&gt;&lt;li&gt;
+&lt;p&gt;&lt;strong&gt;Le délai d’instruction est d’une semaine à 15 jours&lt;/strong&gt; sur la base d’un dossier complet.&lt;/p&gt;&lt;/li&gt;&lt;/ol&gt;&lt;h4&gt;Un diagnostic énergétique préalable obligatoire &lt;br /&gt;&lt;/h4&gt;
+&lt;ul&gt;&lt;li&gt;Une fois que vous avez reçu la notification d&amp;#039;éligibilité de votre candidature,&lt;strong&gt; vous devez réaliser un diagnostic énergétique &lt;/strong&gt;permettant de
+ hiérarchiser les travaux à conduire, de définir leur retour sur 
+investissement et d&amp;#039;estimer leur impact environnemental.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’aide Mur Mur est en effet conditionnée à la réalisation obligatoire de ce diagnostic &lt;/strong&gt;par la Métropole ou par l’Ademe (&lt;a href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique/diag-eco-flux"&gt;Diag Eco-Flux &lt;/a&gt;ou Diag Perf&amp;#039;immo proposé par l’Ademe et BPI France). &lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;h4&gt;Le dossier de demande de subvention Mur Mur&lt;/h4&gt;
+&lt;ul&gt;&lt;li&gt;
+&lt;p&gt;&lt;strong&gt;Une fois l’éligibilité de la 
+candidature validée et le diagnostic énergétique étudié, l’ALEC vous 
+accompagne dans la constitution de votre dossier de demande de 
+subvention Mur Mur&lt;/strong&gt;, notamment pour la réalisation des devis en conformité avec les exigences de performance du dispositif Mur Mur.&lt;/p&gt;
+&lt;/li&gt;&lt;li&gt;
+&lt;p&gt;&lt;strong&gt;Le délai d&amp;#039;instruction dépend de l’importance et de la complexité du projet&lt;/strong&gt; qui peut nécessiter plus ou moins de temps pour l’obtention de devis conformes aux exigences de performance du dispositif.&lt;/p&gt;
+&lt;/li&gt;&lt;li&gt;Vous recevrez enfin &lt;strong&gt;une proposition de convention de financement&lt;/strong&gt; de la Métropole. Une fois celle-ci signée, vous avez 2 ans pour terminer vos travaux.&lt;/li&gt;&lt;/ul&gt;
+&lt;h4&gt;Le versement des aides financières&lt;/h4&gt;
+&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La subvention est versée après la réalisation des travaux&lt;/strong&gt; sur la base de la transmission des factures acquittées.&lt;/li&gt;&lt;li&gt;Le délai global entre le dépôt du dossier de subvention et le 
+paiement de la subvention est donc très variable (entre 3 et 24 mois).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Travaux sur l&amp;#039;enveloppe du bâtiment&lt;/strong&gt; : isolation des murs extérieurs, sol et toiture, remplacement de menuiseries extérieures, porte sectionnelle, protections solaires...&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Travaux sur les équipements énergétiques&lt;/strong&gt; : systèmes CVC, éclairage, GTB&lt;/p&gt;&lt;p&gt;Exemples de réalisation : &lt;/p&gt;&lt;p&gt;31 000 euros d’aides pour rénover d’anciens locaux industriels&lt;br /&gt;&lt;em&gt;« Grâce au dispositif Mur Mur TPE et à l’accompagnement de la Métropole, la réhabilitation thermique de mon bâtiment des années 60 à Varces a&lt;br /&gt;été un véritable succès. Dès le début, j’ai été guidé pas à pas : diagnostic du bâtiment, collaboration avec mes bureaux d’études, et ajustement du&lt;br /&gt;cahier des charges pour répondre aux exigences du dispositif. Ces étapes ont permis de lancer des travaux prévus : isolation thermique par l’extérieur, rénovation de la toiture, éclairage LED, doublage des cloisons, installation d’une VMC double flux et d’une climatisation réversible. Ce projet a transformé mon bâtiment et j’ai pu obtenir 31 000 € de subventions à la fin des travaux. »&lt;/em&gt;&lt;br /&gt;&lt;em&gt;Sébastien Martin-Dhermont, chef d’entreprise, ERGTP, entreprise de BTP à Varces-Allières-et-Risset&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Chez Alma, société éditrice de logiciels, les importants travaux de réhabilitation énergétique de cette 
+Scop ont été financés à hauteur de 35 000 euros par le dispositif Mur 
+Mur TPE/PME de Grenoble Alpes Métropole.Le pilotage de la chaudière a 
+ainsi été modernisé, avec un thermostat programmable, permettant une 
+économie d’énergie de 35 %. Les fenêtres ont également été remplacées. 
+Dernière étape du chantier : la réfection du toit (isolation et 
+étanchéité) ainsi que la pose de panneaux photovoltaïques. &lt;/p&gt;&lt;p&gt;Comme 
+Alma et ERGTP, les entreprises du territoire sont des dizaines à avoir déjà 
+recouru au soutien de la Métropole pour leurs travaux de rénovation énergétique :&lt;/p&gt; &lt;ul&gt;&lt;li&gt;Janioud,
+ installateur de climatisation de tous formats basé à Fontaine, a pu 
+refaire sa toiture, changer ses menuiseries et isoler ses murs&lt;/li&gt;&lt;li&gt;Barbell Union, salle de sport du sud de Grenoble, a amélioré son confort d’été en installant des stores anti-chaleur&lt;/li&gt;&lt;li&gt;A
+ Saint-égrève, l’Esat Sainte-Agnès (établissement et service 
+d’accompagnement par le travail) a pu installer un refroidisseur 
+adabiatique et peindre sa toiture en blanc, solutions alternatives au 
+climatiseur…&lt;/li&gt;&lt;/ul&gt; &lt;p&gt;Depuis 2024, MurMur TPE/PME est ouvert aux 
+associations avec activité économique, déclarées d’utilité publique ou intervenant auprès de 
+personnes en situation de précarité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réhabilitation
+Artisanat
+Industrie
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux doivent respecter les niveaux de performance des Certificats d&amp;#039;Economie d&amp;#039;Energie&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes-Métropole</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grenoblealpesmetropole.fr/murmur-tpepme</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Agence locale de l&amp;#039;énergie et du climat (ALEC)&lt;/strong&gt; de la grande région grenobloise : &lt;/p&gt;&lt;p&gt;entreprises&amp;#64;alec-grenoble.org&lt;/p&gt;&lt;p&gt;04 76 00 19 09&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>energie.entreprises@grenoblealpesmetropole.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-travaux-damelioration-energetique-de-mon-batiment/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>156143</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux travaux de création, extension, réhabilitation, aménagement et équipement des bibliothèques et médiathèques publiques</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>BIBLIOTHÈQUES ET MÉDIATHÈQUES PUBLIQUES</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider aux travaux de création, extension, réhabilitation, aménagement et équipement des bibliothèques et médiathèques publiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de création, d&amp;#039;extension et de réhabilitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables concourant à la définition du projet et garantissant la qualité de la réalisation, sous réserve que l&amp;#039;antériorité du dernier mandatement par le maître d&amp;#039;ouvrage des dépenses d&amp;#039;études ne dépasse pas 3 ans, à compter de la demande d&amp;#039;aide pour travaux. Elles ne sont pas prises en compte si elles ne sont pas suivies des travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;acquisition foncière ou immobilière pour la création et l&amp;#039;extension des bâtiments (si
+   la
+  date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans un délai de 3 ans à compter de la date de dépôt de la demande de subvention).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagement immédiats des abords (VRD, voie d&amp;#039;accès, petit parking, aménagements paysagers) qui concernent exclusivement le bâtiment pour lequel une subvention est sollicitée (ils doivent être entrepris concomitamment à la construction ou l&amp;#039;extension du bâtiment).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité à condition que leur coût soit inférieur à 50 % du coût total du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La végétalisation des murs et toitures.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de mobiliers spécialisés :
+  Dans le cadre d&amp;#039;une création, d&amp;#039;une réhabilitation ou d&amp;#039;une extension, ou dans le cadre de la proposition de nouveaux supports.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de documents (tout support confondu à l&amp;#039;exclusion des périodiques) :
+  Dans le cadre d&amp;#039;une création, d&amp;#039;une réhabilitation ou
+   d&amp;#039;une extension.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informatisation :
+   Solutions complètes (matériel et logiciel) prêtes à
+   fonctionner, portail, systèmes antivol.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition
+   de matériels et documents multimédia :
+  Dans le cadre de la mise en place de nouveaux services.&lt;/li&gt;&lt;li&gt;Boites
+de retour : sont bénéficiaires les collectivités publiques dont la
+bibliothèque correspond au niveau A, B ou C (selon la typologie de
+l’Association des Bibliothécaires Départementaux). La boite de retour se
+définit comme un outil permettant d’inciter les usagers à s’inscrire et à
+emprunter, les retours de documents pouvant s’effectuer librement à tout moment
+en dehors des heures d’ouverture de la structure.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local avec accès indépendant réservé à l&amp;#039;usage de bibliothèque&lt;/li&gt;&lt;li&gt;
+&lt;p&gt;Jusqu’à 1 500 habitants, la surface utile nette minimale de
+l’équipement est fixée à 100 m². Elle est ramenée à 50 m² pour les projets
+de réhabilitations d’équipements existants.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Au-delà de 1 500 habitants, la surface utile nette minimale est fixée à 0,07 m2 par habitant (de la commune ou
+du total des communes concernées par le projet dans le cadre de projets
+intercommunaux), auquel s’ajoute 0,015 m2 par habitant au-delà de 25 000
+habitants,&lt;/p&gt;
+&lt;/li&gt;
+ &lt;li&gt;
+  Affectation d&amp;#039;un crédit minimal annuel d&amp;#039;acquisition de documents calculé en fonction du nombre d&amp;#039;habitants de la ou des communes concernées : 1,50 € par habitant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gratuité du prêt.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Points de vigilance :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Moins de 2 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit au minimum avoir suivi la formation de base dispensée (gratuitement) par la Médiathèque Départementale, voire être titulaire du diplôme d&amp;#039;Auxiliaire de Bibliothèque Français (A.B.F.).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entre 2 000 habitants et 5 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit être recruté au moins à mi-temps au sein de la filière culturelle et titulaire a minima du grade d&amp;#039;adjoint du patrimoine.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entre 5 000 habitants et 10 000 habitants (population ciblée) : Le responsable de l&amp;#039;équipement doit être recruté à temps complet au sein de la filière culturelle et titulaire a minima du grade d&amp;#039;assistant de conservation du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus de 10 000 habitants (population ciblée) :  Le responsable de l&amp;#039;équipement doit être recruté à temps complet au sein de la filière culturelle et titulaire a minima du grade de bibliothécaire ou bien de conservateur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Planchers des dépenses subventionnables :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux de création, d’extension et de réhabilitation : 20 000 € HT &lt;/li&gt;&lt;li&gt;Achat de mobiliers spécialisés : 5 000 € HT&lt;/li&gt;&lt;li&gt;Achat de documents : 5 € HT par habitant (population ciblée)&lt;/li&gt;&lt;li&gt;Informatisation : 3 000 € HT&lt;/li&gt;&lt;li&gt;Acquisition de matériels et documents multimédia : 3 000 € HT&lt;/li&gt;&lt;li&gt;Boites de retour : 400 € HT&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;P&lt;/strong&gt;&lt;strong&gt;lafonds des dépenses subventionnables :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux de création, d’extension et de réhabilitation : 700 000 € HT &lt;/li&gt;&lt;li&gt;Achat de mobiliers spécialisés : 100 000 € HT&lt;/li&gt;&lt;li&gt;Achat de documents : 100 000 € HT &lt;/li&gt;&lt;li&gt;Informatisation : 100 000 € HT &lt;/li&gt;&lt;li&gt;Acquisition de matériels et documents multimédia : 30 000 € HT&lt;/li&gt;&lt;li&gt;Boites de retour : 10 000 € HT&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/bibliotheques-et-mediatheques-publiques/</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/30a7-modele/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>144503</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets innovants dans le cadre des Contrats de Relance et de Transition Ecologique (CRTE)</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 500.000€ HT</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les dossiers portés par les collectivités locales (Communes, EPCI) concernant leur patrimoine immobilier communal et/ou intercommunal, à usage public uniquement ou à usage de logements sociaux et retenus par l&amp;#039;Etat au titre du CRTE pourront prétendre à une aide complémentaire du Département, dans la mesures où ces projets ne peuvent être subventionnés par aides dépendant des règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides financières portent sur les investissements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réalisation de travaux de rénovation énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation de travaux pour le changement de mode de chauffage fioul ou gaz, par une source de chaleur renouvelable (biomasse, géothermie et solaire thermique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autoconsommation seulement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sollicitant l&amp;#039;aide du Département devront être déposés avant tout investissement ou démarrage des travaux. Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit être déposé au titre de la DETR et DSIL sur la plateforme « démarches simplifiées » accompagné d&amp;#039;un courrier de saisie de Monsieur le Président du Conseil départemental et doit comprendre :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit énergétique ou étude de faisabilité EnR chaleur (ce document pourra être fourni ultérieurement, étant précisé qu&amp;#039;un engagement sur l&amp;#039;honneur de réaliser cette étude devra être fourni) et faisant état d&amp;#039;une réduction d&amp;#039;au moins 30% de consommations énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;installation de panneaux photovoltaïques, une étude technique détaillée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le devis estimatif retenu ou l&amp;#039;acte d&amp;#039;engagement accompagné du Détail Quantitatif et Estimatif (DQE) dans le cadre d&amp;#039;un marché ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si nécessaire, la délibération de l&amp;#039;assemblée délibérante de la commune ou de l&amp;#039;EPCI décidant la réalisation des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plan de financement de l&amp;#039;opération, faisant apparaître les autres demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Si la demande d&amp;#039;aide intervient dans le cadre d&amp;#039;un dossier de rénovation globale d&amp;#039;un bâtiment, les postes relatifs à la rénovation énergétique devront être distincts des autres postes de dépense sur le devis ou le bordereau des prix.</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f000-accompagner-les-projets-innovants-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>140767</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Isoler les combles perdus</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable selon opération Concerne des  projets de taille modeste (&lt; aux seuils du Fonds chaleur ADEME) grâce à un dispositif de mutualisation.</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Isoler, rénover
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - maîtriser les dépenses de fonctionnement
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - gagner en performance énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Disposer de combles perdus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  isolation-combles&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 83 30
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f3c6-isoler-les-combles-perdus/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>138004</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le regroupement et l accessibilité des propriétés pour une meilleure répartition entre les terres agricoles, la forêt, les espaces de nature</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l aménagement foncier agricole et forestier (AFAF)</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J72" s="1" t="inlineStr">
+        <is>
+          <t>Financement 100% des procédures sous maîtrise d&amp;#039;ouvrage départementale.</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ECIR ou ECIF permettent de réaliser à l&amp;#039;intérieur d&amp;#039;un périmètre d&amp;#039;aménagement des échanges et cessions amiables de propriétés afin d&amp;#039;améliorer le regroupement et l&amp;#039;accessibilité des propriétés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes, EPCI, propriétaires fonciers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Délibération de la (des) commune(s)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement foncier agricole et forestier (AFAF), réglementation des boisements RB), échanges et cessions d&amp;#039;immeubles ruraux ou forestiers (ECIR / ECIF), mise en valeur des terres...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Procédures régies par le Code rural et de la pêche maritime (L  124-5 et suivants).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-Echanges-et-Cessions-d.html</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Sébastien CUBIZOLLES&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:developpement-durable&amp;#64;hauteloire.fr" target="_self"&gt;sebastien.cubizolles&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 71 07 43 50&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4619-ameliorer-le-regroupement-et-laccessibilite-d/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>130992</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Service d'Assistance à la Gestion Energétique</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>SAGE</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes ou les groupements de communes membres du SIEL-Territoire d&amp;#039;énergie Loire peuvent adhérer à la compétence optionnelle « Service d&amp;#039;Assistance à la Gestion Énergétique» (SAGE).
+&lt;/p&gt;
+&lt;p&gt;
+ Des techniciens spécialisés dans l&amp;#039;énergie sont mutualisés pour les communes et intercommunalités de la Loire. Ils agissent dans l&amp;#039;intérêt des collectivités et sont les interlocuteurs privilégiés des élus et des agents locaux. Pour la plupart des communes, il n&amp;#039;est souvent pas possible de disposer d&amp;#039;un agent permanent pour le suivi énergétique de leur patrimoine. Et pourtant, il y a des choses à faire, tant dans l&amp;#039;ancien que pour les projets à venir. Le technicien SAGE est présent sur votre collectivité chaque fois qu&amp;#039;il est nécessaire et à votre demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Il connaît votre patrimoine et vous apporte des préconisations pour une amélioration soit de l&amp;#039;isolation des bâtiments, soit des systèmes techniques, chauffage et ventilation. Cette initiative du SIEL-Territoire d&amp;#039;énergie Loire est un atout pour les communes rurales, permettant de réduire leurs dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agents du SAGE sont des spécialistes de la thermique du bâtiment, de la maîtrise de l&amp;#039;énergie et accompagnent le développement des énergies renouvelables. Voici leurs missions :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FAIRE L&amp;#039;ANALYSE ENERGETIQUE DES BATIMENTS PUBLICS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque année, l&amp;#039;agent du SAGE se rend plusieurs fois sur site et échange avec la commune afin d&amp;#039;analyser ses consommations et de suivre un ou plusieurs bâtiment(s).
+&lt;/p&gt;
+&lt;p&gt;
+ Ce travail d&amp;#039;analyse est rendu aux élus l&amp;#039;année suivante sous forme d&amp;#039;un rapport complet ainsi que d&amp;#039;une synthèse pratique portant sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les consommations et dépenses de l&amp;#039;année écoulée et des années précédentes, pour les bâtiments (inter)communaux et pour l&amp;#039;éclairage public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions menées lors de l&amp;#039;année écoulée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les préconisations d&amp;#039;amélioration pour l&amp;#039;année en cours.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;analyse annuelle des factures d&amp;#039;énergies effectuée par le SAGE permet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de déceler d&amp;#039;éventuelles erreurs de calculs de la part des fournisseurs d&amp;#039;énergies et de demander un remboursement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  de connaître les consommations d&amp;#039;énergies réelles du patrimoine de la collectivité, d&amp;#039;identifier les dérives et de suivre les évolutions suite aux travaux réalisés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;ajuster les tarifs, les abonnements, les puissances souscrites : cette seule analyse des factures permet dans certains cas de compenser la contribution de la commune au SAGE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DONNER DES PISTES D&amp;#039;ACTIONS POUR REDUIRE SES DEPENSES D&amp;#039;ENERGIE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Suite aux étapes d&amp;#039;analyse, votre interlocuteur au SAGE vous propose des pistes d&amp;#039;actions pour réduire vos dépenses d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, le SAGE est en mesure d&amp;#039;accompagner la rédaction d&amp;#039;un cahier des charges (type de chaudière, isolation...) et de suivre l&amp;#039;ensemble des étapes du projet comme le ferait un technicien au sein de la collectivité concernée (chantier, réception, exploitation...). Les collectivités adhérentes au SAGE peuvent souscrire à une ou plusieurs options selon leurs besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAINTENANCE TELEGESTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mise en place d&amp;#039;une télégestion est un moyen d&amp;#039;être économe et performant dans la gestion de l&amp;#039;énergie. Cet outil permet de suivre et de piloter à distance, par un simple ordinateur, l&amp;#039;ensemble des équipements de chauffage d&amp;#039;un ou plusieurs bâtiment(s). La télégestion est très utile pour gérer l&amp;#039;énergie dans les espaces à forte intermittence d&amp;#039;utilisation comme les salles d&amp;#039;animation ou encore les écoles. L&amp;#039;option « télégestion » intègre l&amp;#039;installation d&amp;#039;un tel équipement et/ou sa maintenance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  BATIMENTS PUBLICS ET REHABILITATIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;option « bâtiments publics et réhabilitations » permet à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-Territoire d&amp;#039;énergie Loire pour favoriser la performance énergétique du projet. Le technicien SAGE apporte alors son avis sur la qualité énergétique globale et assiste si besoin la collectivité dans ses préconisations et échanges avec les professionnels du bâtiment (architectes, artisans...). La souscription à cette option doit être réalisée le plus en amont possible, dans l&amp;#039;idéal avant le choix de l&amp;#039;équipe de maîtrise d&amp;#039;oeuvre et, au plus tard, lors de la phase APS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACCOMPAGNEMENT AU DÉCRET TERTIAIRE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la mise en place du dispositif éco-énergie tertiaire (« décret tertiaire ») qui impose de nouvelles obligations de performance énergétique pour les bâtiments publics d&amp;#039;une surface supérieure à 1000 m2, les agents du SAGE du SIEL-Territoire d&amp;#039;énergie Loire proposent un accompagnement spécifique complémentaire aux collectivités qui en feront explicitement la demande pour répondre à cette nouvelle mesure.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous adhésion
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ROLLAND Philippe, Responsable du SAGE
+&lt;/p&gt;
+&lt;p&gt;
+ rolland&amp;#64;siel42.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 77 43 97 83
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d72-service-dassistance-a-la-gestion-energetique/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>69775</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’installation de 100 bornes bidirectionnelles pour alimenter des flottes de véhicules électriques professionnels - Flexitanie</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...3 lines deleted...]
-      <c r="H53" s="1" t="inlineStr">
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I53" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
-[...71 lines deleted...]
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient l&amp;#039;installation sur le territoire régional de 100 bornes bidirectionnelles pour alimenter des flottes de véhicules électriques professionnels dans le cadre de l&amp;#039;opération Flexitanie aux cotés d&amp;#039;EDF, de l&amp;#039;ADEME et d&amp;#039;AD&amp;#039;OCC.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie, Ad&amp;#039;Occ, l&amp;#039;ADEME et le groupe EDF s&amp;#039;engagent en partenariat avec DERBI, Leader Occitanie, AVERE ainsi que la CleanTech Vallée dans l&amp;#039;opération Flexitanie, un projet innovant et d&amp;#039;une ampleur inédite en France reposant sur la technologie Vehicle-to-Grid. Cette nouvelle technologie permet d&amp;#039;utiliser les batteries des voitures électriques en stationnement comme solution de stockage d&amp;#039;énergie pour alimenter un véhicule ou un bâtiment.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la feuille de route Région à Energie Positive, le développement massif des énergies renouvelables nécessite une part de flexibilité du réseau électrique que ce type de projet permet d&amp;#039;offrir. L&amp;#039;ambition est de faire de la région Occitanie un terrain pionnier pour déployer à grande échelle cette technologie en France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - une association
+&lt;/p&gt;
+&lt;p&gt;
+ Association loi 1901
+&lt;/p&gt;
+&lt;p&gt;
+ Autre association
+&lt;/p&gt;
+&lt;p&gt;
+ Fédération
+&lt;/p&gt;
+&lt;p&gt;
+ Ligue et clubs sportifs
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - une collectivité, un acteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Acteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Collectivité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - une entreprise, un·e professionnel·le
+&lt;/p&gt;
+&lt;p&gt;
+ Agricultrice, agriculteur
+&lt;/p&gt;
+&lt;p&gt;
+ Autre entreprise - autre professionnel·le
+&lt;/p&gt;
+&lt;p&gt;
+ Entreprise
+&lt;/p&gt;
+&lt;p&gt;
+ Indépendant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises, les collectivités territoriales, les établissements publics, les associations, et les bailleurs sociaux (notamment les Offices Publics d&amp;#039;HLM et SA d&amp;#039;HLM) sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les particuliers et les indivisions ne sont pas éligibles au présent dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules les bornes de recharges de véhicules électriques bidirectionnelles compatibles avec l&amp;#039;opération de démonstration « Flexitanie » sont éligibles à ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible, les organismes privés et les associations devront s&amp;#039;engager à lutter contre le travail illégal en fournissant un justificatif de régularité de ses obligations sociales (attestation de vigilance à compéter sur le site de l&amp;#039;URSSAF) et/ou à favoriser l&amp;#039;embauche d&amp;#039;apprenti(s)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible, pour les organismes publics devront fournir la copie des marchés publics liés à l&amp;#039;opération faisant apparaître l&amp;#039;intégration de clauses sociales dès lors que le montant sera supérieur à 40 000 €HT et/ou favoriser l&amp;#039;embauche d&amp;#039;apprenti(s)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-d-aides-pour-l-installation-de-100-bornes-de-recharge-bidirectionnelles</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried HACHET
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de Projets Énergies Renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ DiTEE - Service de la Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ e-mail : wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a76-soutenir-linstallation-de-100-bornes-bidirect/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G54" s="1" t="inlineStr">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>164314</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Avant travaux</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J75" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Études nécessaires à la mise en 
+œuvre d&amp;#039;un projet éligible 
+(phases Etudes 
+Préables/AvantProjet/Projet et 
+études annexes nécessaires)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-schema-directeurs-diagnostic-definition-et-programmation/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>164315</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Phase travaux</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>Taux applicable aux travaux</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q76" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Études nécessaires au suivi et à la 
+réception des ouvrages&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-avant-travaux/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>164318</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Améliorer les connaissances</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J77" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-aires-dalimentation-de-captages/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>164320</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Elaborer des PGSSE</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q78" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-retablir-la-conformite-de-leau-a-la-limite-de-qualite/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>163026</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Permettre une offre d'alimentation de qualité, accessible à tous, et soutenir une production agricole durable</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°1 : Permettre une offre d'alimentation de qualité, accessible à tous, et soutenir une production agricole durable</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur
-[...8 lines deleted...]
-      <c r="I54" s="1" t="inlineStr">
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
-[...8 lines deleted...]
-Tiers-lieux
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Valoriser une agriculture locale et durable au service d’une alimentation de qualité accessible à tous&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Renforcer l’ancrage local des productions agricoles et tendre vers plus d’autonomie alimentaire&lt;/h3&gt;&lt;h4&gt;Développement des cultures fruitières, légumières et protéagineuses et facilitation de la transformation&lt;/h4&gt;&lt;p&gt;Le GAL pourra soutenir des projets qui contribuent à cette diversification et répondre, en partie, aux besoins de consommation locale (habitants, restauration collective). Les projets pourront aussi s’élargir à d’autres productions (viande, lait). Le GAL permettra également d’initier des projets visant les outils de transformation (légumerie, conserverie) et de créer des espaces tests agricoles.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement à la création et la structuration de filières&lt;/h4&gt;&lt;p&gt;La réflexion ne peut se limiter aux frontières administratives territoriales mais elle doit prendre en compte les bassins de vie. Ainsi les coopérations déjà en cours entre la CASE et la métropole rouennaise, notamment, seront de nature à faciliter la structuration des filières et des débouchés commerciaux.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement des outils de commercialisation pour les agriculteurs&lt;/h4&gt;&lt;p&gt;La commercialisation des produits locaux est une question majeure pour permettre le développement des nouvelles filières et activités de maraichages en circuits courts. Mais c’est aussi porter des projets qui permettront une commercialisation au bénéfice de tous. Le GAL doit être un levier pour renforcer l’accès à des produits frais, locaux et sains pour les plus démunis (plateforme d’approvisionnement pour les épiceries sociales et solidaires, ateliers nomades de cuisine…). La question de la commercialisation doit également être pensée en lien avec la logistique (dans une approche logistique durable et la plus décarbonée possible).&lt;/p&gt;&lt;h4&gt;Affirmation des liens productions locales et tourisme&lt;/h4&gt;&lt;p&gt;Le tourisme peut enrichir son offre et sa durabilité par l’intégration de produits locaux dont des produits alimentaires. La valorisation et la commercialisation des productions locales sont à développer, tant dans l’offre de restauration que dans les commerces et marchés mais aussi sous forme, par exemple, de paniers/casiers à disposition des clientèles des gîtes et chambres d’hôtes ainsi que des touristes en itinérance.&lt;/p&gt;&lt;h4&gt;Promouvoir l’attractivité des métiers agricoles&lt;/h4&gt;&lt;p&gt;Il importe enfin de soutenir et de promouvoir la connaissance et l’attractivité des métiers agricoles auprès des jeunes et/ou des personnes en reconversion. Cela peut passer par des actions de sensibilisation et de formation, par le canal de l’insertion et par l’accompagnement des chefs d’exploitation à l’accueil de salariés. Il conviendra de porter une attention particulière aux projets qui viendront contribuer à améliorer l’égalité homme-femmes par un soutien aux agricultrices et/ou à celles qui souhaitent s’engager dans cette voie.&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Promouvoir de nouvelles pratiques agricoles en faveur de productions de qualité&lt;/h3&gt;&lt;h4&gt;Réintégration de l’agriculture en ville&lt;/h4&gt;&lt;p&gt;Le GAL peut favoriser une alliance de la ruralité avec les communes plus urbaines par plusieurs voies : reconquêtes de « micro fonciers » en leurs donnant une vocation agricole et/ou nourricière, création de jardins partagés animés et soutenus par des maraichers locaux, conception de programmes innovants d’habitats ou de tertiaire incluant des parcelles pour du maraichage urbain...&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des agriculteurs et les particuliers aux pratiques agro-écologiques&lt;/h4&gt;&lt;p&gt;Vers les professionnels de nombreuses actions innovantes peuvent émerger pour accompagner les professionnels à de nouvelles formes de productions plus responsables. Cela suppose un véritable accompagnement au changement. Mais cette sensibilisation à l’agroécologie peut aussi viser les particuliers (tant en milieu urbain que rural) pour inciter à des pratiques plus vertueuses et pour échanger sur les bonnes pratiques à partir de coopérations infra et interterritoriales.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Affirmation des liens alimentation-santé et lutte contre la précarité alimentaire&lt;/h4&gt;&lt;p&gt;Une alimentation saine contribue à une meilleure santé. Il reste nécessaire de développer des actions de sensibilisation, et des expérimentations pour changer les pratiques et les rendre accessibles au plus grand nombre.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Appui au développement d’une filière agro-matériaux / agro-ressources&lt;/h4&gt;&lt;p&gt;Aux côtés d’expérimentations déjà en cours (avec le miscanthus) le GAL pourrait faciliter l’émergence de nouvelles expériences mais aussi favoriser la structuration de nouvelles filières. De même, les nouveaux modes de construction font de plus en plus appel à des matériaux agrosourcés. Il serait intéressant d’étudier le potentiel local de production de tels matériaux et de contribuer à la structuration des filières nécessaires à leur développement.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
 Economie circulaire
-Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
-[...8 lines deleted...]
-      <c r="O54" s="1" t="inlineStr">
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P54" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S54" s="1" t="inlineStr">
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q79" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Ne pas avoir commencé (aucun contrats ou devis signés)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=Le%20programme%20LEADER%20(Liaisons%20Entre,est%20%C3%A0%20sa%20sixi%C3%A8me%20programmation.</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>flavien.andre@seine-eure.com</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-offre-dalimentation-de-qualite-accessible-a-tous-et-soutenir-une-production-agricole-durable/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>161749</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans l’investissement de vos réseaux de chaleur ou de froid, alimentés par des énergies renouvelables et/ou de récupération</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Extension et création de réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif poursuivi par cet accompagnement financier est de&lt;strong&gt; vous aider à mobiliser davantage de chaleur et/ou de froid issus de production d’EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Le montant de votre aide est calculé sur la base d’une analyse économique ou sur la base d’une aide forfaitaire. Cela dépend de la puissance de l’installation sur laquelle votre réseau est, ou sera, connecté.&lt;/p&gt;&lt;p&gt;Quelques critères doivent être respectés pour pouvoir bénéficier de l’aide : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Votre réseau &lt;strong&gt;assure des services publics de distribution de la chaleur&lt;/strong&gt; (la collectivité est autorité organisatrice).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau de chaleur &lt;strong&gt;existe au sens fiscal&lt;/strong&gt;, avec au moins deux clients distincts du maître d’ouvrage.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau technique &lt;strong&gt;distribue uniquement de la chaleur&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets sont obligatoirement raccordés à des unités physiques de production EnR&amp;amp;R&lt;/strong&gt; par biomasse, solaire thermique, géothermie, méthanisation, récupération de chaleur fatale (sur process industriel, UIOM (Unité d&amp;#039;Incinération d&amp;#039;Ordures Ménagères)…) et/ou cogénération.&lt;/p&gt;&lt;p&gt;L’aide aux réseaux de l’ADEME porte &lt;strong&gt;exclusivement sur la fonction « distribution »&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Elle est conditionnée aux caractéristiques techniques de mise en œuvre des réseaux prévus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;production supplémentaire&lt;br /&gt;&lt;/li&gt;&lt;li&gt;part d’EnR&amp;amp;R&lt;br /&gt;&lt;/li&gt;&lt;li&gt;densité énergétique&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Elle est aussi conditionnée aux éventuels autres financements sollicités (par exemple Conseil Régional).&lt;/p&gt;&lt;p&gt;Des aides pour réaliser vos études existent par ailleurs, sur ces mêmes pages AGIR.&lt;/p&gt;&lt;p&gt;Pour les projets de &lt;strong&gt;réseaux de chaleur associés à une demande de financement d&amp;#039;installation de production ou de récupération de chaleur&lt;/strong&gt;, merci de vous référer aux « Pièces à déposer » des pages AGIR dédiées à chaque type de production (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse énergie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface et aérothermie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde"&gt;Géothermie profonde&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Chaleur Fatale&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Solaire&lt;/a&gt;).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T54" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>161790</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la gouvernance et la planification de votre service d’assainissement collectif et/ou d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>être accompagné dans la gouvernance et la planification de votre service d’assainissement collectif (AC) et/ou d’alimentation en eau potable (AEP).</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) visant à recruter un prestataire spécialisé (jusqu’à la réunion de lancement).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les prestations réalisées sont de type : schéma directeur, étude sur le 
+transfert de compétence eau et assainissement, plan de gestion de la 
+sécurité sanitaire des eaux (PGSSE).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-gouvernance-et-la-planification-de-votre-service-dassainissement-collectif-et-ou-dalimentation-en-eau-potable-1/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>10206</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Garantir l'accessibilité des personnes handicapées aux bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles. Plafond de subvention : 50.000 €.</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a comme objectif de contribuer aux objectifs fixés par la loi du 11 février 2005 « pour l&amp;#039;égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées » qui précise notamment que « les établissements existants recevant du public doivent être tels que toute personne handicapée puisse y accéder, y circuler et y recevoir les informations qui y sont diffusées, dans les parties ouvertes au public. L&amp;#039;information destinée au public doit être diffusée par des moyens adaptés aux différents handicaps ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Handicap
+Equipement public
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1 000 € ne seront pas recevables (dépenses éligibles &amp;lt; 3 333 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les rampes d&amp;#039;accès, cheminements dédiés aux personnes à mobilité réduite, ascenseurs ou élévateurs, sanitaires, signalétique adaptée...,
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les places de parking, voirie et toilettes publiques dans le cadre de bâtiments isolés (la mise en accessibilité des toilettes dans le cadre d&amp;#039;un projet global de mise en accessibilité d&amp;#039;un bâtiment est éligible),
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement régional doit permettre la mise en accessibilité globale du ou des bâtiments concernés,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les Équipements recevant du public appartenant aux communes ou EPCI avec ou sans fiscalité propre sont éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Seule 1 opération (pouvant regrouper plusieurs bâtiments) pourra être accompagnée par an et par commune,
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif « accessibilité des bâtiments publics » n&amp;#039;est cumulable qu&amp;#039;avec le dispositif de rénovation énergétique des bâtiments publics sur la base de dépenses éligibles distinctes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Mise-en-accessibilite-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6163-mise-en-accessibilite-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>30712</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel pour garantir l'accessibilité à la pratique sportive aux personnes en situation de handicap</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>du coût d'acquisition du matériel.</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le sport est un domaine d&amp;#039;activité humaine qui intéresse beaucoup les citoyens et qui a une capacité énorme à les rassembler, s&amp;#039;adressant à tous indépendamment de l&amp;#039;âge ou du milieu social.
+&lt;/p&gt;
+&lt;p&gt;
+ 43% des 66 millions de français pratiquent une activité physique et/ou sportive avec une certaine régularité. On recense 9 millions de personnes en situation de handicap dont 32,8% qui pratiquent une activité physique – soit 3 millions de personnes. On dénombre, au sein de ces 3 millions de personnes, 179 000 licenciés inscrits dans l&amp;#039;une des 90 fédérations sportives reconnues par l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds d&amp;#039;accessibilité à la pratique sportive pour les personnes en situation de handicap est un moyen pour répondre à ces besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne l&amp;#039;acquisition de matériel sportif nécessaire au développement de la pratique des personnes en situation de handicap. Pour l&amp;#039;année 2020, ce matériel devra avoir été acheté entre le
+ &lt;strong&gt;
+  01/01/2020
+ &lt;/strong&gt;
+ et le
+ &lt;strong&gt;
+  31/12/2020.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les bénéficiaires peuvent être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les comités départementaux ou les clubs affiliés à la Fédération Française de Handisport ou de Sport Adapté
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou les clubs affiliés à une autre fédération, sous réserve d&amp;#039;être référencés dans le handiguide national des sports.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Siège social de l&amp;#039;association situé en Occitanie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Comités départementaux handisport, sport adapté ou autres
+  &lt;/li&gt;
+  &lt;li&gt;
+   Clubs affiliés à une fédération spécifique ou clubs affiliés à une autre fédération, sous réserve d&amp;#039;être référencés dans le handiguide national des sports consultable sur www.handiguide.sports.gouv.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Fonds-d-accessibilite-a-la-pratique-sportive-pour-les-personnes</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Valérie GARCIA : 04 67 22 86 77 / valerie.garcia&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9536-fonds-daccessibilite-a-la-pratique-sportive-p/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>72306</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'amélioration de l'accueil du public des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>40% des investissements éligibles HT avec un minimum de 5 000 € et un maximum de 30 000 € (soit une </t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif financier vise à favoriser la création, le maintien, la modernisation, la transmission de TPE de proximité, sédentaires, disposant d&amp;#039;un point de vente fixe appartenant au secteur du commerce, de l&amp;#039;artisanat ou des services, qui apportent un service à la population locale et dont la clientèle est principalement composée de consommateurs finaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles liées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à l&amp;#039;accessibilité (travaux et aménagement permettant une conformité avec la loi &amp;#34;handicap&amp;#34;,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux conditions d&amp;#039;accès et d&amp;#039;accueil : respect de la largeur des portes, vitrophanie sur portes vitrées, rampes d&amp;#039;accès, ressaut,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la circulation intérieure : mains courantes, systèmes podotactiles, contremarches,
+ &lt;/li&gt;
+ &lt;li&gt;
+  au sanitaire accès clients : largeur de porte, barres d&amp;#039;appui, signalisations, lavabo, poignées de tirage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux cabines d&amp;#039;essayage : respect des dimensions, équipements fixes ou mobiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux caisses de paiements : respect des dimensions, et qualité d&amp;#039;éclairage renforcée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la sécurisation du local commercial (installation alarme,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux portes blindées, vitres anti-effraction, systèmes d&amp;#039;alarme, rideaux métalliques, barreaux, vidéo-surveillance et serrures,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux d&amp;#039;aménagement extérieur et intérieur, lié à l&amp;#039;espace de vente directe aux clients,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la miroiterie et à la menuiserie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux travaux de 2nd œuvre (mur, sols, plafonds, isolation thermique et acoustique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  à l&amp;#039;éclairage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à la climatisation (hors chauffage).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide finance des aménagements valorisant l&amp;#039;environnement commercial local et les espaces d&amp;#039;accueil de la clientèle pour les commerçants-artisans existants ou en création ou en reprise, situés sur le territoire des Hauts-de-France :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;un point de vente fixe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant un effectif &amp;lt; 10 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscrites au RCS, et au RM pour les artisans-commerçants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposant d&amp;#039;une surface de vente n&amp;#039;excédant pas 400 m2.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise doit être à jour de ses obligations fiscales et sociales et ne doit pas répondre à la définition d&amp;#039;entreprise en difficulté.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la création de commerces, l&amp;#039;avis consultatif des chambres consulaires est demandé afin d&amp;#039;évaluer la pertinence du projet au regard des enjeux de concurrence et d&amp;#039;aménagement économique du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas concernées par ce dispositif financier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions réglementées ou assimilées (professions libérales, pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/login-tiers.sub?cid=8973</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5cfe-soutenir-lamelioration-de-laccueil-du-public-/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>155559</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en accessibilité des bâtiments publics et des cimetières</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>MISE EN ACCESSIBILITÉ DES BÂTIMENTS ET DES CIMETIÈRES</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J85" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la mise en accessibilité des bâtiments publics et des cimetières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité portant sur les seuls bâtiments publics dédiés à une activité de service public et/ou à un usage public et classés Établissements recevant du public (ERP), à l&amp;#039;exception des édifices cultuels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de mise en accessibilité des cimetières publics, à l&amp;#039;intérieur ou à leurs abords immédiats.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les diagnostics, travaux de désamiantage ou autres effectués à l&amp;#039;occasion de la mise en accessibilité et accompagnés de travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux et équipements nécessaires à l&amp;#039;accessibilité extérieure et intérieure du bâtiment, hors mobilier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux et les solutions techniques amovibles aux abords immédiats des bâtiments permettant de les rendre accessibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les places de parking signalées PMR, les aménagements et les cheminements directement liés à l&amp;#039;usage ou à l&amp;#039;accès du bâtiment ou du cimetière et aux abords immédiats de ces derniers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signalétique au sol, verticale, extérieure ou intérieure, ou autre, ainsi que l&amp;#039;éclairage public lié aux places de parkings et aux cheminements concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Lorsque les travaux et dépenses de mise en accessibilité sont communs à un édifice cultuel et à un cimetière, ils sont pris en compte au titre de ce dernier. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ces travaux doivent avoir fait l’objet d’un dépôt au titre de
+l’agenda d’accessibilité programmée (Ad’Ap) ou d’un avis favorable de la
+commission compétente*&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+*la sous-commission départementale d’accessibilité (SCDA) donne un avis
+concernant les dispositions relatives à l&amp;#039;accessibilité aux personnes
+handicapées des établissements et installations recevant du public et les
+dérogations à ces dispositions&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les commerces ou « cases commerciales »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les mobiliers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les abribus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments abritant La Poste,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les édifices cultuels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Condition d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ Les travaux doivent être prévus et inscrits dans l&amp;#039;Agenda d&amp;#039;accessibilité programmée (Ad&amp;#039;AP) transmis par la commune ou le groupement de communes à la Préfecture et faire l‘objet d&amp;#039;un avis de récépissé de dépôt à la Préfecture (Le terme de « projet » désigne les travaux prévus dans un Ad&amp;#039;AP pour un bâtiment)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond
+  de dépenses
+  par projet
+  (travaux prévus
+ dans un Ad&amp;#039;AP pour un bâtiment) :
+ &lt;/strong&gt;
+ 50.000€ HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-accessibilite-des-batiments-et-des-cimetieres/</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b6a-modele/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>142706</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles vos bâtiments, espaces publics et transports</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer l&amp;#039;accessibilité de la chaîne des déplacements renforce l&amp;#039;attractivité du territoire et répond à une exigence sociale croissante.
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte de la diversité des publics et leurs besoins évolutifs (pour construire des réponses adaptées) constitue un vecteur majeur d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, fort de son expertise technique et de sa capacité à développer des approches innovantes et intégrées, vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité, qu&amp;#039;ils concernent la voirie et les espaces publics, les bâtiments ou les transports.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment prendre en compte l&amp;#039;ensemble des besoins spécifiques de chaque population (vieillissement, handicaps) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer la continuité de la chaîne du déplacement et traiter les interfaces ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer un cheminement accessible, confortable et sécurisé pour tous ? et permettre à chacun de se repérer et s&amp;#039;orienter ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir l&amp;#039;accès pour tous aux établissements et leur confort d&amp;#039;usage ? Comment assurer l&amp;#039;accessibilité des logements et favoriser le maintien à domicile ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;accessibilité des transports ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maître d&amp;#039;ouvrage public ou privé (dans les domaines voirie, bâtiment ou transport), et plus particulièrement : une collectivité (métropole, ville, commune) en France métropolitaine ou d&amp;#039;Outre-mer, un gestionnaire de patrimoine public ou privé, une région, un département, le Cerema vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration et la mise en œuvre de stratégies d&amp;#039;accessibilité (en amont, programmation de l&amp;#039;accessibilité, à une échelle territoriale ou patrimoniale...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise intégrée sur des projets liés à l&amp;#039;accessibilité (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - bonne connaissance de la réglementation et des besoins des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser d&amp;#039;autres partenaires (acteurs de la &amp;#34;mise en œuvre&amp;#34;, développeurs de solutions)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux, d&amp;#039;ateliers techniques (démarches participatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation / sensibilisation : montage ou support au montage de formations sur-mesure (en présentiel, à distance, ou mixtes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations sur le guidage en traversée piétonne avec la ville de Paris
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solidéo, société de livraison des ouvrages olympiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement de la solidéo pour la livraison de logements accessibles et adaptés au vieillissement sur l&amp;#039;opération &amp;#34;Cluster Média&amp;#34; des JOP Paris 2024
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lorient Agglomération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mission d&amp;#039;évaluation du niveau d&amp;#039;accessibilité des transports pour le compte de Lorient Agglomération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rendre-accessibles-vos-batiments-espaces-publics-transports</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-rendre-accessibles-vos-batiments-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>126132</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé en amont d'un projet de construction, d'aménagement, d'architecture et paysage</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Architectes Conseils</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Particulier</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prestation gratuite, sur RDV :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous avez un projet de construction :
+  &lt;/strong&gt;
+  Des architectes-conseils, missionnés par le Département, vous aident dans le choix de l&amp;#039;implantation de votre construction, sa conception, l&amp;#039;aménagement extérieur, l&amp;#039;utilisation des énergies renouvelables, les démarches administratives...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous souhaitez réhabiliter un bâtiment :
+  &lt;/strong&gt;
+  Les architectes-conseil vous orientent pour aménager un espace de vie, réaliser une extension, créer une nouvelle ouverture, rénover une toiture, une façade... Ils peuvent également vous informer sur les techniques d&amp;#039;isolation efficaces, le choix des matériaux, les normes accessibilité et sécurité, la réglementation thermique, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous désirez être orienté dans vos démarches :
+  &lt;/strong&gt;
+  Les architectes-conseil vous guident dans les démarches administratives (planification, des droits des sols, commande publique...), sur les étapes et les acteurs d&amp;#039;un projet de construction.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Domaine de l&amp;#039;architecture :
+ &lt;/strong&gt;
+ logements, écoles, cantines, équipements petites enfances, bibliothèques, pôles sportifs, églises, maisons séniors et habitat adapté...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme :
+ &lt;/strong&gt;
+ aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers),  valorisation des centres bourgs, stationnements...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1313816/l-assistance-architecturale-pour-les-collectivites</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule Ingénierie et Animation territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 77 12 52 26
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f6f-etre-conseille-en-amont-dun-projet-de-constru/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>165167</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Créer des réservoirs et forages de sécurisation sur les îles non alimentées par le continent - Solidarité urbain-rural</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d’interconnexion, de création de réservoirs et de forage de sécurisation dans le cadre de la solidarité urbain-rural et pour les îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J88" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 50 % à 70 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les collectivités dans la 
+sécurisation de la distribution de l&amp;#039;eau potable face aux risques 
+climatiques, qu&amp;#039;il s&amp;#039;agisse de sécheresse ou de pollutions diffuses. 
+Elle soutient la mise en place d&amp;#039;infrastructures visant à garantir un 
+approvisionnement fiable, telles que des études d’aide à la décision, 
+des travaux d’interconnexion, de stockage ou de réhabilitation de 
+forages. Ces actions s&amp;#039;inscrivent dans des stratégies visant à renforcer
+ la résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-travaux-dinterconnexion-de-creation-de-reservoirs-et-de-for.html</t>
+        </is>
+      </c>
+      <c r="W88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-reservoirs-et-forages-de-securisation-sur-les-iles-non-alimentees-par-le-continent-solidarite-urbain-rural/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>164323</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Amélioration des rendements des réseaux - Travaux</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR / PAOT</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions d&amp;#039; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquisition et mise en place des équipements de gestion patrimoniale visant à améliorer la 
+connaissance des rendements des réseaux et à les maîtriser ;&lt;/li&gt;&lt;li&gt;Acquisition et mise en place de compteurs intelligents (télérelève) pour les collectivités en situation de 
+pénuries d’eau, dès lors que cela s’inscrit dans un plan d’actions global d’économies d’eau ; &lt;/li&gt;&lt;li&gt;Travaux d’amélioration des rendements des réseaux d’eau potable dès lors qu’ils visent à accroître 
+l’effort de remplacement/réhabilitation des conduites d’eau dans l’objectif de tendre vers un 
+rendement de 85 % en moyenne pluriannuelle et à l’échelle de chaque commune (90 % en Zone de 
+Répartition des Eaux). Seules les conduites diagnostiquées fuyardes ou vulnérables aux fuites suivant 
+une approche multicritère, après réalisation de campagnes de mesures de fuites et d’un programme 
+hiérarchisé à l’échelle de la collectivité pourront bénéficier d’aides de l’Agence de l’eau. Au-delà de ces 
+rendements cibles les travaux d’amélioration de rendements ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q89" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les travaux 
+d’amélioration des rendements 
+de réseaux dès lors qu’ils visent à 
+accroitre l’effort de 
+remplacement/réhabilitation des 
+conduites d’eau, dans l’objectif 
+de tendre vers un rendement de 
+85 % (90 % en Zone de 
+Répartition des Eaux), calculé en 
+moyenne glissante sur 3 années.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-amelioration-des-rendements-des-reseaux-equipements-pour-ameliorer-la-connaissance/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>140805</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes membres dans la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat d'Énergie des Alpes-de-Haute-Provence (SDE04)</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : réalisation de note d&amp;#039;opportunité, avant- projet sommaire, 1er niveau de conseil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : réalisation de projets, de l&amp;#039;étude de faisabilité à la réalisation des travaux, portage de marchés publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative : conseil et assistance aux communes, mandat de maîtrise d&amp;#039;ouvrage, montage des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : conseil et recherche de financements, négociation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une installation photovoltaïque avec autoconsommation sur la toiture d&amp;#039;un bâtiment communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la pertinence d&amp;#039;un projet photovoltaïque porté par une entreprise privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation ou déplacement d&amp;#039;une borne de recharge pour véhicule électrique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur le remplacement d&amp;#039;une chaudière obsolète
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils dans la réalisation d&amp;#039;un réseau de chaleur alimenté par une chaudière bois plaquettes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formalisation de la demande dans la fiche annuelle de recensement des besoins ou contact direct avec le service Énergie – Mobilité – Données (EMD) pour un échange avec le référent du sujet (photovoltaïque, EnR thermique ou IRVE).
+&lt;/p&gt;
+&lt;p&gt;
+ Différentes modalités d&amp;#039;intervention selon le sujet : convention de service, lettre de commande ou mandat de maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sde04.fr/</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 5, avenue Bad-Mergentheim - 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 32 32 32
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;sde04.fr" target="_self"&gt;
+  contact&amp;#64;sde04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e99-accompagne-les-communes-membres-dans-la-trans/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>162652</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Programme ACTEE - SDE35</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>162651</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement vos bâtiments publics via le programme SERENE</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Programme SERENE - Service de Rénovation énergétique du SDE35</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possible ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les travaux accompagnés ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations de rénovation globale&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;efficacité énergétique avec priorité donnée aux travaux éligibles à l&amp;#039;intracting (remplacement des équipements de chauffage, relamping, GTB)&lt;/li&gt;&lt;li&gt;Possibilité de confier les travaux lourds de rénovation : en coordination avec les offres existantes des SEM : Territoires, SEM Breizh, Orchestr&amp;#039;Am, Terres et toits.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement technique&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation des travaux « d’efficacité énergétique » par le SDE35 sous mandat de maitrise d’ouvrage déléguée, afin de mutualiser le suivi et les achats ou achats&lt;/li&gt;&lt;li&gt;Ou réalisation des travaux en Assistance à Maitrise d’Ouvrage (AMO) pour vous garantir que les moyens sont en adéquation avec vos objectifs de performances énergétiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement financier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mutualisation du financement des travaux de rénovation à l’échelle du SDE35, comprenant la recherche de financements extérieurs (subventions) et le portage des emprunts via un partenariat engagé avec la Banque des Territoires (pour les temps de retour sur investissement inférieur à 13 ans) ou des banques privées (pour les TRI &amp;gt; 13 ans).&lt;/li&gt;&lt;li&gt;Remboursement différé des annuités après la mise en service de la rénovation, afin de permettre à la collectivité propriétaire de dégager des capacités de remboursement par les économies de fluides réalisées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Coût pour les collectivités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cession des CEE des travaux au SDE35&lt;/li&gt;&lt;li&gt;Frais de commissionnement allant de 1 à 5 % suivant l&amp;#039;ingénierie demandée&lt;/li&gt;&lt;li&gt;Conventionnement adapté sur la durée avec les communes en fonction de chaque projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets en délégation de maitrise d&amp;#039;ouvrage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/20240111-140256-66742bd853de6.jpg" alt /&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Remplacement du système de chauffage par création d&amp;#039;une chaufferie et d&amp;#039;un réseau technique - Budget prévisionnel de l&amp;#039;opération HT : 345 000 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectif : 35 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une chaudière à granulés avec son silo&lt;/p&gt;&lt;p&gt;Création d&amp;#039;un réseau technique reliant 2 bâtiments&lt;/p&gt;&lt;p&gt;Rénovation du site existant&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/bain-ext-66742c8b48e7e.jpg" alt /&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Rénovation d&amp;#039;une salle polyvalente - Budget prévisionnel de l&amp;#039;opération HT : 254 730 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectifs : 56 % de réduction des consommations énergétiques et 54 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Mise en place d&amp;#039;une Gestion Technique Centralisée de bâtiment&lt;/p&gt;&lt;p&gt;Changement des menuiseries et installation de filtres solaires&lt;/p&gt;&lt;p&gt;Abaissement et isolation de plafond&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une Centrale de Traitement d&amp;#039;Air double-flux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité au dispositif SERENE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La collectivité reverse la totalité ou une partie de la TCFE au SDE35&lt;/li&gt;&lt;li&gt;La collectivité conventionne avec le service CEP sur son territoire. Les territoires non couverts par un CEP sont invités à s&amp;#039;adresser directement au SDE35.&lt;/li&gt;&lt;li&gt;La collectivité a réalisé un audit énergétique ou un pré-diagnostic du CEP avant l&amp;#039;intervention de SERENE.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thomas BERTHIAU - responsable du pôle SERENE - &lt;a target="_self"&gt;t.berthiau&amp;#64;sde35.fr&lt;/a&gt; - 07 56 05 45 65&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement de chaudière d&amp;#039;un gymnase
+  &lt;/li&gt;
+  &lt;li&gt;
+   ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Postes de travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>162397</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les principales applications du solaire thermique sont la production d’eau chaude sanitaire (pour l’habitat, l’hôtellerie, les établissements de santé, …), la fourniture de chaleur pour l’industrie et l’agriculture, l’alimentation de réseaux de chaleur et le chauffage de l’eau des bassins de piscine.&lt;br /&gt; Les aides aux investissements concernent les projets des installations solaires collectives de production d’eau chaude. Les installations sont considérées comme collectives dès lors qu’elles répondent à un besoin en eau chaude collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides pour les études de faisabilité solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P94" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/projets-solaires-thermiques-collectifs-nouveaux-projets</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr &lt;/a&gt;;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-solaires-thermiques-collectifs-pour-production-deau-chaude-sanitaire-chauffage-nouveaux-projets/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>40596</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'économies d'énergie</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Service public Des Energies dans la Drôme (SDED)</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention plafonnée à 50 000 € sur 3 années glissantes</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Territoire d&amp;#039;Énergie Drôme - SDED propose un coup de pouce décisif pour vous faire passer à l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque les collectivités adhèrent à son service de Conseil Energie Plus, elles peuvent bénéficier d&amp;#039;une aide aux travaux d&amp;#039;économies d&amp;#039;énergie
+ &lt;strong&gt;
+  dans les bâtiments existants
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion donne accès à un accompagnement technique et financier, apportant d&amp;#039;une part, un pré-diagnostic et un conseil d&amp;#039;aide à la décision, et d&amp;#039;autre part, une subvention aux travaux d&amp;#039;amélioration énergétique du patrimoine bâti public.
+&lt;/p&gt;
+&lt;p&gt;
+ Selon la nature des actions prévues, l&amp;#039;aide est de 20 % ou 50 % du coût HT des travaux. Un bouquet de travaux comprenant l&amp;#039;isolation de toiture et des murs permet d&amp;#039;obtenir un taux d&amp;#039;aide unique à 50 % sur tous les autres travaux d&amp;#039;économies d&amp;#039;énergie associés au même chantier.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est plafonnée à 50 000 € sur trois années glissantes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion à Energie Plus pour 2024* s&amp;#039;élève à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - 0,50 € par habitant et par année civile pour les communes rurales (au sens de la TICFE),
+&lt;/p&gt;
+&lt;p&gt;
+ - 0,80 € par habitant et par année civile pour les communes urbaines (au sens de la TCCFE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - pour les intercommunalités, une convention pluriannuelle est proposée sur la base tarifaire de 0,30 € par habitant et par année civile.
+&lt;/p&gt;
+&lt;p&gt;
+ - dans tous les cas, le minimum est de 200 € et le maximum de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  (*chiffres actualisés chaque année)
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux d&amp;#039;isolation, chauffage, ventilation, protection solaire, etc, pour tout bâtiment public communal ou intercommunal, ainsi que les logements locatifs.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La définition des travaux est examinée au stade de la demande d&amp;#039;aide, avant l&amp;#039;engagement de l&amp;#039;opération. Un conseiller technique peut se rendre sur place pour explorer différentes solutions. L&amp;#039;éligibilité s&amp;#039;aligne en majeure partie sur les critères techniques des fiches d&amp;#039;opérations standardisées des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE). En contrepartie des aides accordées, Territoire d&amp;#039;Énergie Drôme - SDED récupère les dossiers de CEE.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded.org/activites/transition-energetique</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ transition-energie&amp;#64;sded.org
+&lt;/p&gt;
+&lt;p&gt;
+ 04 75 82 76 14
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>jchristophe-niemiec@sded.org</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7179-aide-financiere-aux-travaux-deconomies-denerg/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>95073</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur des bâtiments et la qualité de vie des occupants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer à la conservation du patrimoine des communes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre la montée en compétence des professionnels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre aux objectifs régionaux des Schémas Régionaux Climat Air Energie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de Gaz à Effet de Serre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par des grandes agglomérations, des départements et l&amp;#039;Etat ou leurs opérateurs sont exclus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation basse consommation de tout type de bâtiments publics et/ou associatifs quelle soit leur typologie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant d&amp;#039;aide forfaitaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire :
+Aide aux travaux comportant une prime de base à laquelle se rajoute une aide au m2.
+Prime de base fixe : de 5.000 € à 15.000 € selon le nombre de travaux constituant le bouquet.
+Aide en €/m2 : de 20 €/m2 à 85 €/m2 selon la nature du bouquet de travaux et le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport à la moyenne de la strate. Voir détail Annexe 3.
+• Plafonds : 1 250 m2 de surface de plancher (SDP) et 250 €/m2 SDP pour l&amp;#039;aide aux travaux.
+• Bonus : Bonus BBC : 10.000 € si atteinte du niveau de performance BBC rénovation tel que défini par la Région. La production photovoltaïque locale ou d&amp;#039;une autre énergie renouvelable ne pourra pas être déduite du bilan des consommations du bâtiment. Voir détail Annexe 4
+Bonus éco-materiaux : 20 % du montant de l&amp;#039;aide aux travaux (hors bonus) pour le recours à des matériaux biosourcés (issus de fibres végétales ou animales) pour l&amp;#039;isolation des murs extérieurs.
+Bonus pour la création de logements conventionnés :
+Si, pour les communes éligibles au pacte de ruralité de la Région, la rénovation du bâtiment donne lieu à la création de logements locatifs faisant l&amp;#039;objet d&amp;#039;un conventionnement (PLAI, PLUS
+ou PLS), la Région accorde une aide complémentaire à hauteur de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 €/m2 SDP si les logements sont créés sans changement de destination de tout ou partie du bâtiment rénové ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 €/m2 SDP si les logements sont créés par changement de destination de tout ou partie du bâtiment rénové.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ • Energies renouvelables :
+Pour toute installation d&amp;#039;un équipement d&amp;#039;énergies renouvelables sur le bâtiment rénové, les aides sectorielles de la Région et de l&amp;#039;ADEME consacrées aux énergies renouvelables viennent s&amp;#039;ajouter selon les modalités en vigueur dans le cadre du CPER ADEME-Région en cours. Les aides consacrées aux énergies renouvelables doivent faire l&amp;#039;objet d&amp;#039;une demande spécifique. Pour plus d&amp;#039;informations, prendre contact avec les services de la Région ou consulter le site
+ &lt;a href="https://www.climaxion.fr"&gt;
+  climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-batiments-publics-associatifs" rel="noopener" target="_blank"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-batiments-publics-associatifs/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de la région Grand-Est pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/883d-renovation-energetique-des-batiments-publics-/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>145903</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à la réalisation de diagnostics de vulnérabilité des bâtiments</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de Prévention des inondations</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J98" s="1" t="inlineStr">
+        <is>
+          <t>Le taux maximum est modulable en fonction des co-financeurs  (fonds Barnier, agence de l’eau, etc.)</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement à la réalisation de diagnostics de vulnérabilité des bâtiments :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise (&amp;lt; 20 salariés)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au titre de sa compétence GeMAPI, la Métropole du Grand Paris s&amp;#039;engage à accompagner les
+ &lt;strong&gt;
+  Villes
+ &lt;/strong&gt;
+ et
+ &lt;strong&gt;
+  Territoires
+ &lt;/strong&gt;
+ dans des actions de prévention des inondations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de financement varie jusqu&amp;#039;à
+ &lt;strong&gt;
+  80 %
+ &lt;/strong&gt;
+ , en fonction des autres financeurs. Le financement est plafonnés a
+ &lt;strong&gt;
+  30 000 € HT
+ &lt;/strong&gt;
+ , par structure et par année.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier adressé au Président
+ &lt;/li&gt;
+ &lt;li&gt;
+  un dossier technique qui présente la démarche avec la localisation ou le périmètre de l&amp;#039;action, les dates ainsi qu&amp;#039;un plan de financement précisant notamment la répartition des coûts et les co-financements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accord de la subvention sera délibéré par le Bureau Métropolitain.
+&lt;/p&gt;
+&lt;p&gt;
+ Ensuite, une réponse écrite sera adressée au requérant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans l&amp;#039;affirmative, une convention de financement sera transmise, qui précisera les règles de paiements.
+&lt;/p&gt;
+&lt;p&gt;
+ Celle-ci devra être complétée et signée par les deux parties.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Risques naturels
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/gemapi-accompagnement-financier</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit être adressé par courrier au Président de la Métropole du Grand Paris.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;information : vous pouvez contacter Lucie PONS, chargée de mission prévention des inondations, par courriel lucie.pons&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>lucie.pons@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c8a-accompagnement-a-la-realisation-de-diagnostic/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>117385</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un suivi technique pour la protection et la gestion des forages d’eau potable et de leur aire d’alimentation des captages (AAC)</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Protéger l&amp;#039;ensemble des points d&amp;#039;eau des pollutions diffuses et ponctuelles sur la base d&amp;#039;études et/ou la délimitation des périmètres de protection des captages d&amp;#039;eau potable et/ou dans l&amp;#039;accompagnement à la mise en œuvre du programme d&amp;#039;actions établi à l&amp;#039;issue de la démarche AAC.
+&lt;/p&gt;
+&lt;p&gt;
+ Assistance pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La procédure de Déclaration d&amp;#039;utilité publique (DUP) de mise en place des périmètres de protection,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le diagnostic et les travaux sur les captages,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;établissement et le suivi des programmes d&amp;#039;actions sur les aires d&amp;#039;alimentations des captages (AAC) des collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Ces missions consistent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Montage de réunions d&amp;#039;information et de sensibilisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablissement de cahiers des charges et des dossiers de financements,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assistance à la passation du marché ; étude des offres afin d&amp;#039;aider le maître d&amp;#039;ouvrage dans son choix du prestataire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnements des bureaux d&amp;#039;étude,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Appui au montage des dossiers administratifs dans le cadre de la procédure DUP jusqu&amp;#039;à l&amp;#039;enquête publique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement des maitres d&amp;#039;ouvrage dans l&amp;#039;animation des programmes d&amp;#039;actions sur les AAC
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;animation du volet agricole étant traité soit par la Chambre d&amp;#039;agriculture de région IDF soit Eau de Paris ou encore AQUI&amp;#039;Brie sur leurs territoires historiques respectifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Rédactions de notes et de rapports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réunions de travail sur des thématiques particulières à la demande
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Sols
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a8a2-mettre-en-place-un-suivi-technique-pour-la-pr/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>164316</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Procédures réglementaires de protection de captages</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J100" s="1" t="inlineStr">
+        <is>
+          <t>Taux applicable aux travaux</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q100" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelles procédures ou 
+révisions de déclarations d’utilité 
+publique existantes.
+Pour les captages sensibles, 
+prioritaires, stratégiques, ou 
+inscrits au PAOT ; ainsi que pour 
+les nouveaux captages dans le 
+cadre de projet de sécurisation 
+de l’alimentation en eau potable&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-phase-travaux/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>163291</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du dispositif Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service « Conseil en Energie Partagé » (CEP) proposé par TE80 consiste à partager les compétences en énergie de 4 techniciens 
+spécialisés. Cela permet aux collectivités n’ayant pas les ressources 
+internes suffisantes de mettre en place une politique énergétique 
+maîtrisée, et d’agir concrètement sur leur patrimoine pour réaliser des 
+économies.&lt;/p&gt;&lt;p&gt;Le Conseil en Energie Partagé en quelques mots :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;État des lieux énergétique du patrimoine (bâti et chaufferies)&lt;/li&gt;&lt;li&gt;Anlayse et suivi des consommations&lt;/li&gt;&lt;li&gt;Conseils
+ indépendants et personnalisés (optimisation tarifaire, rédaction de cahier des charges, recherche d’artisans qualifiés…)&lt;/li&gt;&lt;li&gt;Recherche de leviers financiers (CEE, subventions régionales, financement participatif…)&lt;/li&gt;&lt;li&gt;Mise en place d’opérations groupées de commandes&lt;/li&gt;&lt;li&gt;opérations sous mandat de maitrise d&amp;#039;ouvrage pour les collectivités souhaitant confier le pilotage des études et des travaux&lt;/li&gt;&lt;li&gt;recherche de leviers financiers &lt;/li&gt;&lt;li&gt;valorisation des CEE&lt;/li&gt;&lt;li&gt;octroi d&amp;#039;aides financières (Contrat chaleur renouvelable territorial, fond de concours à la rénovation de Territoire d&amp;#039;énergie selon les modalité e&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour
+ établir un bilan énergétique, le CEP réalise un inventaire du 
+patrimoine, s’appuie notamment sur l’analyse des dernières factures des 
+consommations eau/gaz et électricité des bâtiments communaux et apporte 
+une expertise sur les projets envisagés de la collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation de bâtiments publics, changement de mode de chauffage, optimisation de contrats d&amp;#039;exploitation, installation d&amp;#039;énergies renouvelables...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion par transfert de la compétence maîtrise de la demande en énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;80€/bâtiments/an sur 6 ans&lt;/p&gt;&lt;p&gt;atteinte de 40% d&amp;#039;économies d&amp;#039;énergie minimum&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-energie-partage/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>162710</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser vos économies d'énergie avec les CEE</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Les Certificats d'économie d'énergie</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les
+certificats d’économie d’énergie permettent de valoriser les travaux de
+rénovation permettant des économies d’énergie. Il repose sur le principe du
+pollueur-payeur aux vendeurs d’énergie.
+Ceux-ci soutiennent ainsi la maîtrise de la demande en énergie. Les
+collectivités y sont éligibles en fonction des types de travaux. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Depuis octobre 2022, TE83 propose aux Communes
+du Var de valoriser leurs travaux de performance énergétique par le biais de
+regroupement de dépôt de CEE sur le compte EMMY du Syndicat.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Dans le cadre de son accompagnement « Économe
+de flux », la COFOR-ALEC 83 peut conseiller les communes sur les travaux à
+réaliser et les niveaux de performances permettant d’obtenir les CEE.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après consultation de plusieurs opérateurs, le Syndicat
+a contracté un partenariat à un tarif de rachat des CEE à un niveau plancher très valorisant, pour
+:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Analyser les
+travaux et estimer les CEE à obtenir&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mettre en œuvre
+les contrôles réglementaires nécessaires sur les travaux réalisés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Monter les
+dossiers de demande de CEE et suivre jusqu’à leur validation par le Pôle
+National des CEE&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Vendre les CEE
+et les reverser au Syndicat.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Ensuite TE83
+reverse 90% des fonds issus de la valorisation des CEE aux Collectivités
+concernées. Les 10% conservés correspondent aux frais de gestion et de
+fonctionnement du service.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Quels sont les avantages à déléguer la
+valorisation des CEE à TE83 ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Avoir un
+interlocuteur dédié&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bénéficier de
+conseils d’experts en amont des travaux&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Identifier des
+travaux éligibles&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T07:25"&gt;Alléger &lt;/ins&gt;&lt;/span&gt;et
+sécuriser la partie administrative du dispositif&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Être accompagné
+à toutes les étapes du montage du dossier CEE&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T07:26"&gt;La
+transmission &lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T07:26"&gt;d&lt;/ins&gt;&lt;/span&gt;es dossiers au Pôle National des CEE&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;o&lt;span&gt;   
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valoriser les
+CEE aux meilleurs prix du marché&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;À ce jour, plus de 70 collectivités ont signé
+la convention de regroupement des CEE de TE83. Elles bénéficient de l’expertise
+du Syndicat pour récupérer des recettes à l’issue de leurs travaux d&amp;#039;économie d&amp;#039;énergie.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation d&amp;#039;une école varoise avec 290 000 € de travaux, la valorisation des CEE a permis d&amp;#039;obtenir en plus des nombreuses subventions un versement de 9 500 €.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Exemple-6661881bbca98.png" /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q102" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La liste des travaux éligibles aux CEE se trouve &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" title="Fiches standardisées CEE" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Travaux-eligibles-CEE-6661874abdd17.png" /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://te83.fr/competences/la-transition-energetique/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energétique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-vos-economies-denergie-avec-les-cee/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>145009</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation thermique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'investissement métropolitain (FIM) - Volet rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 1 million d'euros</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Métropole du Grand Paris finance via son fonds d&amp;#039;investissement métropolitain (FIM) les
+ &lt;strong&gt;
+  rénovations thermiques de bâtiments publics des communes et établissements publics territoriaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de candidature sont à envoyer par mail à
+ &lt;strong&gt;
+  fim&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Le FIM constitue notamment un outil de rééquilibrage et de correction des disparités constatées sur le périmètre métropolitain. A ce titre, l&amp;#039;examen des dossiers s&amp;#039;accompagne d&amp;#039;une analyse de la situation financière de la collectivité, qui peut mener à un financement différencié en fonction des capacités financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énergétique performante d&amp;#039;un gymnase, d&amp;#039;une école, d&amp;#039;une mairie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier d&amp;#039;une subvention au titre du Fonds d&amp;#039;Investissement Métropolitain (FIM) les communes, établissements publics territoriaux (EPT) et autres établissements publics pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage, ainsi que les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles, pour le financement d&amp;#039;équipements en lien avec les compétences métropolitaines et sous réserve que la subvention ne finance pas le déficit d&amp;#039;une concession d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La métropole du Grand Paris peut participer au financement d&amp;#039;études de maîtrise d&amp;#039;œuvre (APS, APD,PRO notamment) préalables. La métropole du Grand Paris ne participe pas au financement d&amp;#039;études d&amp;#039;opportunité. Les projets doivent débuter dans les 12 mois suivant l&amp;#039;attribution de la subvention. Une analyse de la performance environnementale du projet est requise. Les dossiers de rénovation thermique doivent contenir des pièces techniques complémentaires permettant d&amp;#039;évaluer l&amp;#039;amélioration de la performance énergétique des bâtiments après travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-dinvestissement-metropolitain-fim-0</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fim&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fee-financer-la-renovation-thermique-de-batiments/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>164313</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Schéma directeurs, diagnostic, définition et programmation</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q104" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études éligibles aux aides de l’Agence de l’eau sont notamment : &lt;br /&gt;o Études de gouvernance/structuration des compétences/ingénierie financière/tarification 
+sociale et progressive (en dehors des études portant sur le mode de gestion du service, régie, 
+délégation ou choix des délégataires) ; &lt;br /&gt;o Études sur les aires d’alimentation des captages sensibles, prioritaires, stratégiques, ou inscrits 
+dans les PAOT : délimitation des Aires d’Alimentation de Captage (AAC) et de leur Zone de 
+Protection (ZP-AAC), réalisation du diagnostic territorial des pressions, définition et suivi du
+plan d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, … ;
+&lt;br /&gt;o Schémas directeurs et études-diagnostiques des systèmes d’alimentation en eau potable, 
+comprenant notamment un volet de connaissance patrimoniale (élaboration du descriptif 
+détaillé des réseaux et mise en place des outils associés : Système d’Information Géographique, 
+…) et, le cas échéant, un volet d’analyse globale de la vulnérabilité du système, ou un volet de 
+solutions pour rétablir la conformité de l’eau à la limite de qualité dans le cas de captages 
+faisant l’objet de dérogation préfectorale pour la distribution d’une eau ne répondant pas à 
+une limite de qualité règlementaire fixée pour les Eaux Destinées à la Consommation Humaine 
+(EDCH) ;
+&lt;br /&gt;o Études d’élaboration des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) ;
+&lt;br /&gt;o Études locales permettant d’améliorer la connaissance des ressources en eau souterraine et 
+superficielle. &lt;br /&gt;o Avant-travaux (études d’investigation, études préliminaires, études d’avant-projet et de 
+projet) ;
+&lt;br /&gt;o Définition/programmation de travaux jusqu’au programme d’opérations ;
+&lt;br /&gt;o Phase travaux/réception (maîtrise d’œuvre, …) ;
+&lt;br /&gt;o Assistance à maîtrise d’ouvrage associée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-gouvernance-ingenierie-financiere-tarification-progressive/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>164321</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Protection et restauration de la qualité de la ressource en eau - DUP</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l&amp;#039;ensemble des opérations :&lt;br /&gt;&amp;gt; au titre des plans d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, visant à développer des changements de systèmes agricoles afin de couvrir 
+une majeure partie des surfaces agricoles les plus sensibles pour les ressources en eau par des cultures 
+et systèmes à bas niveau d’impact. Différents outils, volontaires et règlementaires, peuvent être 
+mobilisés : animation, actions de communication, gestion foncière, soutien aux filières agricoles à Bas 
+Niveaux d’Impact (BNI), paiements pour services environnementaux (PSE), Mesures 
+Agroenvironnementales et Climatiques (MAEC), Zones soumises à Contraintes Environnementales 
+(ZSCE), Arrêtés de Déclaration d’Utilité Publique (DUP), mise en œuvre d’infrastructures 
+agroécologiques (haies, bandes enherbées, zones de filtration, …).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q105" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l’ensemble des 
+travaux prescrits par l’arrêté de 
+DUP, en dehors des travaux 
+d’entretien liés aux équipements 
+ou au fonctionnement 
+(remplacement de pompes, …) :
+&lt;br /&gt;Travaux de mise en conformité 
+résultant directement de 
+l’application des arrêtés de DUP ;
+&lt;br /&gt;Indemnisation des servitudes 
+résultant directement de 
+l’application des arrêtés de DUP.
+&lt;br /&gt;Les indemnités d’éviction 
+d’activités économiques ainsi 
+que des coûts liés au déport de 
+ces activités (reconstruction et 
+réaménagement) ne sont pas 
+éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-protection-et-restauration-de-la-qualite-de-la-ressource-en-eau-aap/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>164324</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Assurer la distribution de l'eau potable - Acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les opérations permettant de :
+&lt;br /&gt;• Prévenir le risque bactériologique ; &lt;br /&gt;• Respecter les limites de qualité réglementaires en vigueur (hors nitrates et pesticides et hors per- et 
+polyfluoroalkylées PFAS) ; &lt;br /&gt;• Respecter les valeurs de référence de qualité réglementaire en vigueur ; &lt;br /&gt;• Améliorer la connaissance via l’acquisition et la mise en place des équipements d’autosurveillance des 
+ressources en eau, dès lors que cela s’inscrit dans le cadre d’un Plan de Gestion de la Sécurité Sanitaire 
+des Eaux. &lt;/p&gt;&lt;p&gt; En revanche, les travaux mentionnés ci-dessous ne sont pas éligibles :
+&lt;br /&gt;• Le remplacement des branchements en plomb ; &lt;br /&gt;• Les opérations de traitement d’eau (traitement curatif) ou d’évitement comme la recherche de nouvelle 
+ressource ou d’interconnexion visant à restaurer la qualité de l’eau distribuée contaminée par des 
+nitrates ou des pesticides. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le recours à des solutions curatives (interconnexions, traitement de l’eau brute, nouvelle ressource…) visant à 
+restaurer la qualité de l’eau distribuée contaminée par des pesticides et leurs métabolites ou par des PFAS sera 
+examiné de manière dérogatoire, au cas par cas. Le financement de l’Agence de l’eau sera réservé à des cas 
+particulièrement épineux où la surface financière de la collectivité est insuffisante pour assurer une desserte en 
+eau potable aux normes et sous des conditions strictes permettant une reconquête de la qualité en eau brute 
+et dans des formes ne conduisant pas au désengagement des exploitants agricoles pour la mise en œuvre des 
+plans de reconquête de la qualité des captages (cf. les orientations générales du 12e programme)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les équipements 
+d’autosurveillance et 
+d’autocontrôle des ressources en 
+eau dans le cadre d’un Plan de 
+Gestion de la Sécurité Sanitaire 
+des Eaux*.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-assurer-la-distribution-de-leau-potable-travaux-damelioration/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>161791</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le suivi et la bonne exécution pour la gouvernance et la planification de votre service d’assainissement collectif et/ou d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le suivi et la bonne exécution pour la gouvernance et la planification de votre service d’assainissement collectif et/ou d’alimentation en eau potable</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) destinée à assurer le suivi de la bonne exécution des études de gestion de vos systèmes d&amp;#039;eau potable et assainissement, jusqu’à son rendu final, et apporter une assistance à la collectivité sur la gestion de ces marchés d’études.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-le-suivi-et-la-bonne-execution-pour-la-gouvernance-et-la-planification-de-votre-service-dassainissement-collectif-et-ou-dalimentation-en-eau-potable/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>140750</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'extension gaz  pour alimenter une parcelle communale, un lotissement communal, une zone d'activité communale ou intercommunale</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>Au cas par cas</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Alimenter les usagers en gaz
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature de l&amp;#039;opération : Extension Gaz
+ &lt;/li&gt;
+ &lt;li&gt;
+  Objectif:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Viabilisation de terrain
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critère d&amp;#039;accompagnement : Etre adhérent à la concession Gaz
+&lt;/p&gt;
+&lt;p&gt;
+ Avoir transféré la compétence Distribution publique de Gaz au SIDEC
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0569-realiser-des-travaux-dextension-gaz-pour-alim/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>140730</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'extension électrique pour alimenter une parcelle communale, un lotissement communal, une zone d'activité communale ou intercommunale</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Alimenter les usagers en électricité Basse Tension (BT)
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature de l&amp;#039;opération : Extension du réseau électrique Basse Tension (BT)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Classement au regard du régime d&amp;#039;électrification : Communes Rurales (ER)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Objectifs :  Viabilisation de terrain
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier de permis de construire ou déclaration préalable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  energies.electricite&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 81 26
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8cce-realiser-des-travaux-dextension-electrique-po/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>24806</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics (ERP)</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles avec un plafond de subvention de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;em&gt;
+   Ce dispositif en faveur de la rénovation des bâtiments publics pour une meilleure performance énergétique s&amp;#039;inscrit dans le cadre de la nouvelle génération de Politique Contractuelle Territoriale Occitanie 2022-2028 qui a vocation à décliner le Pacte Vert Occitanie dans chacun de nos territoires et inviter nos partenaires territoriaux à s&amp;#039;engager dans une démarche de progrès, en faveur du changement de modèle de développement, pour réussir ensemble le rééquilibrage territorial et favoriser l&amp;#039;adaptation et la résilience aux impacts du changement climatique.
+  &lt;/em&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans un souci de réduction de l&amp;#039;empreinte environnementale et de développement de la sobriété énergétique, la Région
+ &lt;/span&gt;
+ &lt;span&gt;
+  Occitanie souhaite accélérer la rénovation du patrimoine bâti public local.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Pour cela, un financement sera apporté aux projets de rénovation des Equipements Recevant du Public (ERP) poursuivant un objectif d&amp;#039;amélioration de la performance énergétique et de sortie de la dépendance aux énergies fossiles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Au travers de ce dispositif, la Région souhaite accompagner les collectivités locales vers une meilleure gestion énergétique de leur patrimoine bâti dans le cadre de la stratégie « Région à Energie Positive » et dans l&amp;#039;optique d&amp;#039;une optimisation de leurs budgets de fonctionnement.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais liés au DPE et/ou aux études thermiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les fournitures et pose d&amp;#039;équipements/produits et ouvrages améliorant la performance énergétique :
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique des murs, des toitures, des parois vitrées et des portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amélioration thermique des vitrages et menuiseries existantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire, performants et/ou utilisant une source d&amp;#039;énergie renouvelable (hors système éligible par ailleurs à une autre aide de la Région, par exemple chaufferie bois, géothermie, solaire... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  organes de pilotages des installations (GTC, régulation...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise d&amp;#039;œuvre au prorata des dépenses concernées, plafonnée à 10%.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les Equipements recevant du Public appartenant aux communes ou EPCI sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans le cadre général, la collectivité doit justifier, après travaux du ou des bâtiments :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit un gain énergétique d&amp;#039;au moins 30% sur la consommation énergétique et l&amp;#039;atteinte de la classe énergétique C minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit l&amp;#039;atteinte de la classe énergétique B
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes de &amp;#43; de 10 000 habitants, situées en Métropole ou Communauté d&amp;#039;Agglomération ou Urbaine, l&amp;#039;atteinte de la classe énergétique B minimum est attendue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit disposer d&amp;#039;un document cadre de gestion du volet énergétique de son patrimoine immobilier, par exemple : schéma directeur de rénovation énergétique, schéma directeur immobilier, bilan énergétique global du patrimoine communal ou de l&amp;#039;EPCI, ... ou tout autre document assimilable permettant de mettre en lumière la priorisation du ou des bâtiments faisant l&amp;#039;objet de la demande de subvention pour améliorer le bilan énergétique global de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus de ce dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les bâtiments générateurs de recettes commerciales (par exemple : bar, restaurant, camping communal, gîte ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements faisant l&amp;#039;objet de dispositifs régionaux spécifiques (par exemple : bâtiment culturel, sportif, touristique, tiers lieux ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région est plafonnée au montant cumulé des participations du bloc local (commune, EPCI, groupement de communes...). Par ailleurs, il est demandé un autofinancement du maître d&amp;#039;ouvrage au moins à hauteur de 20% du coût éligible du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ A titre dérogatoire, ce dispositif est cumulable avec le dispositif en faveur de la mise en accessibilité des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région n&amp;#039;interviendra pas plusieurs fois, au titre de la rénovation énergétique, sur un même ERP et ce sur une période de 6 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un porteur de projet a déjà bénéficié d&amp;#039;une aide de la Région, aucune nouvelle demande de sa part sur le même dispositif d&amp;#039;intervention ne sera recevable si le précédent projet aidé n&amp;#039;a pas fait l&amp;#039;objet soit d&amp;#039;un début de réalisation attesté par le dépôt d&amp;#039;une demande d&amp;#039;acompte recevable à hauteur au moins de 20% des dépenses éligibles envisageables, soit d&amp;#039;une demande d&amp;#039;annulation de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Renovation-energetique-des-batiments-publics-ERP-pour-une-meilleure-performance#:~:text=Le%20dispositif%20prend%20la%20forme,%C3%A0%2050%20000%E2%82%AC%20HT.</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renseignements : Secrétariat de Direction
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Montpellier : Tél : 04 67 22 97 02
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toulouse : Tél : 05 61 33 50 20
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresser tous les courriers à : Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée - A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 11-12-30-34-48-66
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   201 avenue de la Pompignane
+  &lt;/li&gt;
+  &lt;li&gt;
+   34064 Montpellier Cedex 2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 9-12-31-32-46-65-81-82
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   22, bd Maréchal Juin
+  &lt;/li&gt;
+  &lt;li&gt;
+   31406 Toulouse Cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3608-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>152446</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création et la réhabilitation du patrimoine bâti des collectivités (hors scolaire et périscolaire)</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>CONSTRUCTIONS ET RÉNOVATIONS PUBLIQUES</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I111" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="J111" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la création, la rénovation, la réhabilitation et à l&amp;#039;extension du patrimoine bâti des collectivités (hors scolaire et périscolaire).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une crèche écologique &amp;#34;les petits écoliers&amp;#34; - isolation thermique et mobilier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du centre de santé &amp;#34;santé pour tous&amp;#34; - construction d&amp;#039;un nouveau bâtiment
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du monument aux morts &amp;#34;à nos héros&amp;#34; - conservation du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réfection du square &amp;#34;le jardin du bonheur&amp;#34; - espaces verts et aires de jeux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement numérique de la bibliothèque &amp;#34;lire connecté&amp;#34; - équipement informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de l&amp;#039;ancienne école en salle de réunion &amp;#34;espace commun&amp;#34; - isolation et aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes d&amp;#039;accessibilité de la mairie &amp;#34;l&amp;#039;accès pour tous&amp;#34; - rampes et sanitaires adaptés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un centre culturel &amp;#34;l&amp;#039;art en herbe&amp;#34; en partenariat avec la médiathèque départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation de la salle des fêtes &amp;#34;au cœur de la commune&amp;#34; - chauffage et rénovation de la toiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de locaux d&amp;#039;archives &amp;#34;mémoire vivante&amp;#34; - stockage et archivage communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation lourde du café-restaurant &amp;#34;au bon goût&amp;#34; - réhabilitation du dernier commerce local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction de maisons d&amp;#039;assistantes maternelles &amp;#34;les petits explorateurs&amp;#34; - mobilier inclus de création d&amp;#039;un établissement d&amp;#039;accueil pour jeunes enfants &amp;#34;petite enfance heureuse&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Alarmes anti-intrusions pour la salle des associations &amp;#34;sécurité communale&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions de matériel informatique &amp;#34;connectivité villageoise&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démolition de bâtiments dangereux &amp;#34;sécurisation de l&amp;#039;environnement&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du cimetière communal &amp;#34;espace sérénité&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du local des services techniques &amp;#34;outils modernes pour la commune&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Espace public
+Bâtiments et construction
+Réhabilitation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Études de faisabilité préalables aux travaux : études environnementales (paysagères, gestion des eaux...)  études des sols (hydrogéologie, géotechniques, topographiques), études d&amp;#039;aménagement, études diagnostiques d&amp;#039;accessibilité.
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      50 000 € HT
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, de réhabilitation d&amp;#039;immeubles dans le cadre du maintien ou de l&amp;#039;implantation en milieu rural d&amp;#039;activités commerciales ou artisanales (réhabilitations, constructions et/ou aménagements de commerce de proximité ou multiservices, maisons de services et premiers équipements nécessaires et directement liés aux services)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de construction et de réhabilitation de Maisons d&amp;#039;Assistantes Maternelles (MAM)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Dans le cadre du maintien ou de l&amp;#039;implantation en milieu rural d&amp;#039;activités commerciales ou artisanales, prise en compte du déficit de l&amp;#039;opération dans le calcul de la subvention
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;aménagement, d&amp;#039;extension, de mise aux normes de bâtiments publics (équipements socio-éducatifs, salles communales, mairies, cimetière et columbarium y compris la reprise de concessions, etc...),  aménagement de locaux d&amp;#039;archives et acquisition de gros matériel spécifique à l&amp;#039;archivage communal, installation de systèmes performants de production de chauffage pour le bâtiment et d&amp;#039;eau chaude (chaudières à basse température, chaudières à condensation, chaudière à ventouse, pompes à chaleur, etc...)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;extension, de rénovation, de réhabilitation de bâtiments en vue de la création d&amp;#039;un établissement d&amp;#039;accueil pour jeunes enfants (crèches, micro-crèches, halte-garderies, jardin d&amp;#039;enfants,...) y compris le premier mobilier (dortoirs, salles d&amp;#039;activités, salles de change, cuisine...) lié directement à l&amp;#039;opération de construction ou de rénovation décrite ci-dessus.
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;extension, de rénovation, de réhabilitation de bâtiments à vocation sociale ou de locaux annexes à un centre de santé financé par le Département (hors mobilier).
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+      &lt;br /&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      Dans le cadre du maintien ou de l&amp;#039;implantation en milieu rural d&amp;#039;activités commerciales ou artisanales, prise en compte du déficit de l&amp;#039;opération dans le calcul de la subvention
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Création et aménagement de bibliothèques et médiathèques de proximité (y compris le mobilier lié directement à l&amp;#039;opération, et le premier équipement informatique ou changement de matériel de plus de 5 ans pour la gestion des collections, y compris les logiciels, hors coût de formation)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Conditions d&amp;#039;éligibilité :
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le porteur de projet devra associer la Médiathèque Départementale de l&amp;#039;Oise à toute les phases du dossier
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - La surface de plancher minimum 100m2, 0.07m2 par habitant de la commune
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Ouverture au public au moins 8 heures par semaine
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le dossier devra comporter un projet culturel, scientifique, éducatif et social (PCSES) définissant les moyens.
+      &lt;/em&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      400 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Création et aménagement de bibliothèques et médiathèques structurantes (y compris le mobilier lié directement à l&amp;#039;opération, et le premier équipement informatique ou changement de matériel de plus de 5 ans pour la gestion des collections, y compris les logiciels, hors coût de formation)
+     &lt;/p&gt;
+     &lt;p&gt;
+      Conditions d&amp;#039;éligibilité :
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le projet devra être conçu à l&amp;#039;échelle du bassin de vie
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - La surface de plancher minimum 500m2, au moins 0.1m2 par habitant du bassin de lecture (&amp;#61;zone à desservir, communes et/ou quartiers définis dans le PCSES et ayant fait l&amp;#039;objet d&amp;#039;une délibération de la collectivité)
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Ouverture au public au moins 15 heures par semaine
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Le dossier devra comporter un projet culturel, scientifique, éducatif et social (PCSES) définissant les moyens
+      &lt;/em&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;em&gt;
+       - Un comité de pilotage devra être créé dès la phase de construction du PCSES incluant la Médiathèque Départementale de l&amp;#039;Oise.
+      &lt;/em&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      1 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, de réhabilitation de monuments aux morts ou du souvenir
+     &lt;/p&gt;
+     &lt;p&gt;
+      Travaux de réhabilitation lourde ayant pour but de pérenniser l&amp;#039;immeuble
+     &lt;/p&gt;
+     &lt;p&gt;
+      Démolition de bâtiments rendus dangereux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Travaux de construction, d&amp;#039;extension, de rénovation, de réhabilitation de bâtiments en vue de la création de maisons médicales ou de pôles de santé** (hors mobilier)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal pour les communes rurales
+     &lt;/p&gt;
+     &lt;p&gt;
+      Taux fixe de 20 % pour les communes urbaines
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense plafonnée à 2 000 €/m2
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Dépense subventionnable plafonnée à
+      &lt;br /&gt;
+      800 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Alarmes anti-intrusions
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux  50%
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      .
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Acquisition de matériel de premier équipement informatique, y compris les serveurs, avec les logiciels liés ou changement de matériel de plus de 5 ans
+     &lt;/p&gt;
+     &lt;p&gt;
+      (hors coûts de formation et de maintenance)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      .
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dispositif d&amp;#039;accompagnement pour le déploiement de bornes WIFI
+     &lt;/p&gt;
+     &lt;p&gt;
+      (seules sont éligibles au dispositif les communes non retenues au niveau européen)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Dépense plafonnée  à 15 000 € HT/borne
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  **Conditions d&amp;#039;éligibilité pour les maisons médicales ou pôles de santé :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement sera proposé au vote des élus départementaux sous réserve de l&amp;#039;avis favorable de la cellule Oise Santé. Cet avis sera basé sur une analyse technique et une évaluation du projet de santé (opportunité, viabilité, prise en compte des professionnels de santé du territoire...) et une adéquation entre le projet et les besoins du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le projet devra respecter à minima les critères suivants
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une 1ère
+  installation en libéral, d&amp;#039;un médecin généraliste dans le Département de l&amp;#039;Oise. Cette 1ère
+  installation devra être effective pour le versement du solde de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;engagement des professionnels de santé à rester au moins 5 ans dans les locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de gratuité des locaux :
+  &lt;ul&gt;
+   &lt;li&gt;
+    un loyer minimum de 500 € mensuels (hors charges ) par médecin généraliste, médecin spécialiste et chirurgien-dentiste ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    un loyer minimum de 250 € mensuels (hors charges) par sage-femme, masseur-kinésithérapeute et orthophoniste ;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventionnement, si le besoin est avéré, avec le Département pour l&amp;#039;attribution de plages horaires pour les médecins de la protection maternelle et infantile (PMI).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous travaux dans des bâtiments donnant lieu à la perception de loyers (hors maintien de l&amp;#039;activité économique et de service public en zone rurale, de logement social, de maison de santé, de maisons médicales, et de Maisons d&amp;#039;Assistantes Maternelles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières et l&amp;#039;équipement des structures médicales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1e2-aider-a-la-realisation-de-travaux-damenagemen/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>73939</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole Marseillaise - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;&lt;strong&gt;ALEC Métropole Marseillaise&lt;/strong&gt;, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Rénov&amp;#039;, le développement de l&amp;#039;outil numérique LOUTRE, les économes de flux ACTEE, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ œuvre de leurs compétences (Habitat, Économie, Transport, Environnement). &lt;/p&gt;&lt;p&gt;Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Métropole d'Aix-Marseille-Provence</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alecmetropolemarseillaise.fr/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe Michaud, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ p.michaud&amp;#64;alecmm.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>f.pidoux@alecmm.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f40e-se-faire-accompagner-par-lalec-18/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>164319</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Rétablir la conformité de l'eau à la limite de qualité</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J113" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q113" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les captages faisant l’objet 
+de dérogation préfectorale pour 
+la distribution d’une eau ne 
+répondant pas à une limite de 
+qualité règlementaire fixée pour 
+les Eaux Destinées à la 
+Consommation Humaine (EDCH)&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-ameliorer-les-connaissances/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>164322</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Protection et restauration de la qualité de la ressource en eau - Pollution accidentelle</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 70</t>
+        </is>
+      </c>
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zonage FRR</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l&amp;#039;ensemble des opérations :&lt;br /&gt;&amp;gt; au titre des plans d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, visant à développer des changements de systèmes agricoles afin de couvrir 
+une majeure partie des surfaces agricoles les plus sensibles pour les ressources en eau par des cultures 
+et systèmes à bas niveau d’impact. Différents outils, volontaires et règlementaires, peuvent être 
+mobilisés : animation, actions de communication, gestion foncière, soutien aux filières agricoles à Bas 
+Niveaux d’Impact (BNI), paiements pour services environnementaux (PSE), Mesures 
+Agroenvironnementales et Climatiques (MAEC), Zones soumises à Contraintes Environnementales 
+(ZSCE), Arrêtés de Déclaration d’Utilité Publique (DUP), mise en œuvre d’infrastructures 
+agroécologiques (haies, bandes enherbées, zones de filtration, …).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q114" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles l’ensemble des 
+travaux de protection de la 
+ressource prescrits par l&amp;#039;Agence 
+Régionale de Santé sur les 
+périmètres de protection. &lt;/p&gt;&lt;p&gt;Cela peut comprendre le suivi 
+renforcé de la qualité sur une 
+période de 3 ans, renouvelable. &lt;/p&gt;&lt;p&gt;Cas particulier du traitement 
+d’une pollution (hors pollutions 
+diffuses d’origine agricoles) : le 
+cas échéant, l’Agence de l’eau 
+est informée de l’introduction du 
+recours engagé la collectivité 
+envers les responsables de la 
+pollution, de son évolution et de 
+son issue.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-protection-et-restauration-de-la-qualite-de-la-ressource-en-eau-dup/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>50028</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un maître
+d’ouvrage privé ou une entreprise du secteur tertiaire, un maître d’ouvrage
+public (collectivité territoriale, EPCI, établissement de l&amp;#039;État, SEM, SPL) ou
+encore un industriel engagé dans une démarche de réduction de consommation
+énergétique ou de décarbonation de vos process ? Vous souhaitez réduire la
+consommation d’énergie et les émissions de gaz à effet de serre de vos bâtiments,
+bénéficier d’une démarche d’accompagnement pour favoriser la conduite du
+changement ou du soutien d’un tiers de confiance, ou encore être soutenu dans
+le développement de solutions de décarbonation innovantes ? La Banque des
+Territoires vous accompagne à travers différentes offres d’investissement, en
+fonction de vos besoins et de vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Ces solutions
+d’investissement permettent ainsi de financer la rénovation des bâtiments
+tertiaires publics, selon différentes modalités : par exemple MGPE (Marchés
+Publics Globaux de Performance Energétique) à paiement différé, ou MPPE
+(Marchés de Partenariat de Performance Energétique), avec ou sans création de
+SAS ou SEMOp. Nous finançons également les entreprises publiques locales
+(sociétés d’économie mixte, sociétés publiques locales). Selon des modalités
+particulières, nous accompagnons également les projets concernant les bâtiments
+tertiaires privés. Enfin, l’efficacité énergétique et la décarbonation de
+l’industrie peuvent également faire l’objet de financement, selon certains
+prérequis.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=efeb_psat</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>139916</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Pays des Vallons de Vilaine</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 62</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de fenêtres à double vitrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du réseau de chauffage urbain à Chaleurville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation énergétique des bâtiments historiques du Vieilbourg
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;div&gt;
+  &lt;table&gt;
+   &lt;tbody&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Dépenses éligibles
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Taux de financement
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Observations
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        RENOVATION ENERGETIQUE DES BATIMENTS
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation des bâtiments communaux ou intercommunaux en termes de performances énergétiques.
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        Travaux éligibles
+       &lt;/strong&gt;
+       &lt;strong&gt;
+        :
+       &lt;/strong&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - Isolation des combles
+       &lt;br /&gt;
+       - Isolation des murs
+       &lt;br /&gt;
+       - Isolation du plancher bas
+       &lt;br /&gt;
+       - Changement des menuiseries sur au moins
+       &lt;br /&gt;
+       20 % des surfaces restantes
+       &lt;br /&gt;
+       - Traitement de l&amp;#039;étanchéité à l&amp;#039;air
+       &lt;br /&gt;
+       - Chauffage à haut rendement / condensation
+       &lt;br /&gt;
+       - Ventilation simple flux performante ou double flux
+       &lt;br /&gt;
+       - Rénovation de l&amp;#039;éclairage intérieur
+       &lt;br /&gt;
+       - Régulation, distribution et émission de chauffage
+       &lt;br /&gt;
+       - Utilisation d&amp;#039;une énergie renouvelable
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;isolants biosourcés
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;une télégestion énergétique
+       &lt;br /&gt;
+       - Systèmes passifs d&amp;#039;amélioration du confort d&amp;#039;été (isolation renforcée, brise soleil...)
+       &lt;br /&gt;
+       - Régulation de l&amp;#039;éclairage, ventilation
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 15 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique compris entre 15 % et 30%
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique supérieur à 30 %
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+       &lt;br /&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        CONSTRUCTION DE BATIMENTS ENERGETIQUEMENT EXEMPLAIRES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Construction de bâtiments à énergie passive (BEPAS) ou positive (BEPOS) dans une optique de transition énergétique.
+      &lt;/p&gt;
+      &lt;p&gt;
+       Construction de bâtiments biosourcés (label), matériaux issus de ressources naturelles renouvelables majoritairement d&amp;#039;origine végétale (bois, chanvre, lin, coton recyclé, ouate de cellulose, paille de blé...)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 20 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        DEVELOPPEMENT DES ENERGIES RENOUVELABLES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire photovoltaïque
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal
+       &lt;br /&gt;
+       &amp;#43; 10 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+      &lt;/p&gt;
+      &lt;p&gt;
+       250 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bois énergie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 50 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire thermique
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 1 000 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Géothermie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+       &lt;br /&gt;
+       200 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        ECLAIRAGE PUBLIC PERFORMANT
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation de l&amp;#039;éclairage public par de l&amp;#039;éclairage à économie d&amp;#039;énergie performant (type LED) dans les communes de moins de
+       &lt;br /&gt;
+       3 500 habitants *
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dispositifs intelligents de modulation de l&amp;#039;éclairage public
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       150 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        MOBILITE DURABLE ET CIRCULATIONS DOUCES (VOIR THEMATIQUE CIRCULATIONS DOUCES)
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bornes de recharge accélérées et bornes de recharge rapides (super chargeurs) pour véhicules électriques -
+       &lt;strong&gt;
+        uniquement pour les projets sous maîtrise d&amp;#039;ouvrage d&amp;#039;un syndicat d&amp;#039;énergie.
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à :
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 10 000 € HT pour les bornes dites accélérées en
+       &lt;em&gt;
+        courant alternatif (AC) entre 16 A (3,7 kW en monophasé, 11kW en triphasé) et 32 A (7,4kW en monophasé, 22kW en triphasé) et pour les bornes dédiées collectivités territoriales en courant alternatif (AC) 7kVA sur domaine privé
+       &lt;/em&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 40 000 € HT pour les bornes dites rapides (super chargeurs) (
+       &lt;em&gt;
+        courant continu (DC) entre 50kW et 250kW).
+       &lt;/em&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Acquisition neuves ou d&amp;#039;occasion par les communes de moins de 10.000 habitants, pour leurs services techniques, de véhicules utilitaires légers hybrides ou électriques.
+       &lt;br /&gt;
+       (1 véhicule par bénéficiaire tous les 5 ans)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       20 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+   &lt;/tbody&gt;
+  &lt;/table&gt;
+ &lt;/div&gt;
+&lt;p&gt;
+ * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   travaux d&amp;#039;entretien.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>95069</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Développer le photovoltaïque</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider les porteurs de projets à sécuriser leurs coûts énergétiques en les incitants à installer un système de production d&amp;#039;électricité à coût constant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre le développement de compétences dans le domaine de l&amp;#039;autoconsommation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales, leurs groupements et leurs délégataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bailleurs sociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les copropriétés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets participatifs et citoyens.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les particuliers à titre individuel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la promotion immobilière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Etat, les Départements et leurs opérateurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les professionnels de la filière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation de générateur photovoltaïque raccordé au réseau ou en autoconsommation produisant de l&amp;#039;électricité renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les installations faisant l&amp;#039;objet d&amp;#039;une aide au titre des appels à projets nationaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les installations au sol présentant des conflits d&amp;#039;usage : terre agricole ou forestière, espaces naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets privés de revente totale hors délégation et projets citoyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments ou sites utilisant un mode de chauffage par effet joule.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Taux :
+  &lt;/strong&gt;
+  70 % sauf 60 % pour les moyennes entreprises, 50 % pour les grandes entreprises.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond :
+  &lt;/strong&gt;
+  5 000 € d&amp;#039;assiette par bâtiment étudié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque
+  &lt;/strong&gt;
+  : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cas particulier des projets participatifs et citoyens
+ &lt;/strong&gt;
+ Ce type de projet peut bénéficier d&amp;#039;un accompagnement spécifique – ex : aide la structuration juridique du projet, aide à la mise en place et à l&amp;#039;animation de réunions d&amp;#039;informations - à hauteur de 70 % plafonné à 10 000 € d&amp;#039;aide voir 12 000 € pour les territoires en zone Pacte de ruralité (voir fiche dispositif dédiée).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  I
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  nvestissement – puissance inférieure à 100 kWc :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux : 30 % maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : de 200 €/kWc à 400 €/kWc selon le taux d&amp;#039;autoconsommation, la puissance et la nature du porteur de projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il sera accordé une aide par point de raccordement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarque : intervention par la Région seule
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P118" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0078/depot/simple</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-au-photovoltaique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68aa-soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>95067</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Développer le solaire thermique (production d'eau chaude par capteurs solaires)</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au solaire thermique</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les charges de production d&amp;#039;eau chaude sanitaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P119" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Production d&amp;#039;eau chaude par capteurs solaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude pour une surface de capteurs inférieure à 25 m2 ou pour le cas copropriétés:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette éligible : 3 500 € d&amp;#039;assiette par bâtiment étudié
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface inférieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 60% maximum plafonné à 1 200 €HT/m2, dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 (6.6) relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface supérieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cas général :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Règles : « Fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Cas des copropriétés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature : subvention avance remboursable à taux zéro Section : investissement fonctionnement Taux maxi : 60 % maximum plafonné à 1 100 €HT/m2 et 120 m2 de surface de capteurs Remarque : intervention par la Région seule
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  le règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-solaire-thermique-2/</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  site de la région Grand-Est
+ &lt;/a&gt;
+ pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5da-soutien-au-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>120101</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Analyser l'opportunité d'installer une production d'énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Analyse d'opportunité d'installation d'énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K55" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...62 lines deleted...]
- En tout état de cause, cette subvention ne pourra pas représenter plus de 30% de la dépense totale du programme d&amp;#039;actions retenu par le Département.
+ Une analyse d&amp;#039;opportunité consiste à étudier le potentiel de production d&amp;#039;énergie renouvelable sur un (ou plusieurs) élément(s) de patrimoine, que ce soit en production d&amp;#039;électricité (solaire photovoltaïque) ou en production de chaleur dédié à un bâtiment ou réseau de chaleur (bois-énergie, géothermie, solaire thermique,...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces analyses sont, pour le maître d&amp;#039;ouvrage, des outils d&amp;#039;aide à la décision pour s&amp;#039;engager dans la réalisation d&amp;#039;un projet. Elles fournissent des éléments de comparaison par rapport à une solution de référence sur les consommations d&amp;#039;énergie, les émissions de carbone et des données économiques en coût global (investissement et exploitation).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ASDER réalise une cinquantaine d&amp;#039;analyses d&amp;#039;opportunité par an pour les communes de Savoie, que ce soit sur des projets neufs ou pour un changement d&amp;#039;énergie.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O55" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...78 lines deleted...]
-      <c r="S55" s="1" t="inlineStr">
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Christian Fleury - Responsable du pôle collectivités et terrritoires
+  &lt;/li&gt;
+  &lt;li&gt;
+   christian.fleury&amp;#64;asder.asso.fr - 04 79 85 88 50
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0732-analyser-lopportunite-dinstaller-une-producti/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>162387</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'optimisation du potentiel photovoltaïque territorial</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Plan solaire : AMI - Foncier dérisqué</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région souhaite soutenir l&amp;#039;optimisation du potentiel photovoltaïque territorial, en équipant le plus de sites possible. Cette étude a donc pour but d&amp;#039;identifier sur l&amp;#039;ensemble d&amp;#039;un patrimoine, toutes les installations possibles, et d&amp;#039;étudier leur faisabilité technique et économique afin de tendre vers une planification du photovoltaïque saine et durable. L&amp;#039;objectif est de permettre la réalisation d&amp;#039;installations groupées.&lt;/p&gt; &lt;p&gt;Entreprises, collectivités, parcs naturels régionaux, toute personne morale publique ou privée.&lt;/p&gt; &lt;p&gt;Dans cet esprit et dans le but de ne pas gâcher le gisement et de tendre vers une planification du photovoltaïque saine et durable, la Région souhaite prioriser son soutien aux déploiements de projets photovoltaïques raccordés au réseau qui visent l’optimisation du potentiel territorial et équipent notamment le plus de sites possibles sans limitation aux plus rentables (opérations collectives, projets citoyens, grappes d’installations, etc.).&lt;/p&gt; &lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Instruction tout au long de l&amp;#039;année. Pas de date butoir.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P121" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Via le site de demande de subvention en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/plan-solaire-ami-foncier-derisque</t>
+        </is>
+      </c>
+      <c r="W121" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;gburle&amp;#64;maregionsud.fr;&lt;/p&gt;
+&lt;p&gt;maquadrio&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-solaire-ami-foncier-derisque/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>111754</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Substituer les énergies fossiles par des énergies renouvelables thermiques</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I122" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention applicable sur les études et sur l'investissement</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en œuvre un système de production de chauffage, d&amp;#039;eau chaude sanitaire, ou de rafraichissement d&amp;#039;origine renouvelable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier les besoins de chauffage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluer l&amp;#039;opportunité de passer d&amp;#039;un système carboné à un système renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier la faisabilité technique et financière de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposer un dossier de subvention auprès du Contrat de Développement Territorial coordonné par le Département.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la Maîtrise d&amp;#039;œuvre et la réalisation des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place un Commissionnement le cas échéant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Note d&amp;#039;opportunité réalisé par les animateurs du dispositif du Contrat de Développement des Energies renouvelables Thermiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport de Commissionnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une chaufferie dans une école,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Passage d&amp;#039;un système gaz à un système géothermie ou Biomasse...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inscription de la Collectivité au Contrat de Développement des Energies renouvelables Thermiques sur le site internet du Département.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas ou des études techniques et un accompagnement à la réalisation du projet est nécessaire, l&amp;#039;adhésion au SDEEG et la signature de la convention de prestation de service pour la transition Energétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/agriculture-environnement-developpement-durable/le-developpement-des-energies#cot</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Energie renouvelable thermique (solaire thermique, géothermie, biomasse)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile PERDRIX&lt;/li&gt;
+ &lt;li&gt;
+  Ingénieure Planification Territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df64-substituer-les-energies-fossiles-par-des-ener/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>165169</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de substitution de prélèvements en zone de répartition des eaux, ou déficit quantitatif à l’étiage ou prélèvements sur les îles non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de substitution de prélèvements impactant en zone de répartition des eaux ou en cas de déficit quantitatif en période d’étiage ou pour les prélèvements situés sur les îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I123" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J123" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 50 % à 70 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne accompagne les collectivités dans la 
+sécurisation de la distribution de l&amp;#039;eau potable face aux risques 
+climatiques, qu&amp;#039;il s&amp;#039;agisse de sécheresse ou de pollutions diffuses. 
+Elle soutient la mise en place d&amp;#039;infrastructures visant à garantir un 
+approvisionnement fiable, telles que des études d’aide à la décision, 
+des travaux d’interconnexion, de stockage ou de réhabilitation de 
+forages. Ces actions s&amp;#039;inscrivent dans des stratégies visant à renforcer
+ la résilience des territoires, améliorer la gestion de la ressource et 
+assurer la continuité de la distribution d&amp;#039;eau, en particulier dans les 
+zones rurales ou insulaires du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P123" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q123" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Opération située en zone de répartition des eaux (ZRE), en déficit 
+quantitatif en période d’étiage ou concernant des prélèvements situés 
+sur les îles du bassin Loire-Bretagne.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Uniquement pour les travaux :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Étude préalable justifiant l’impact de l’exploitation du captage 
+existant sur la ressource en eau ou les milieux aquatiques (contribution
+ au déficit quantitatif de la ressource, contamination entre nappes),&lt;/li&gt;&lt;li&gt;Travaux conformes à l’étude préalable précisant l’amélioration 
+attendue pour la ressource en eau ou les milieux aquatiques et les 
+conditions techniques et économiques de réalisation du nouvel ouvrage 
+avec comblement de l’ouvrage initial.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep3-travaux-de-substitution-de-prelevements-impactant-en-zone-d.html</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-substitution-de-prelevements-en-zone-de-repartition-des-eaux-ou-deficit-quantitatif-a-letiage-ou-prelevements-sur-les-iles-non-alimentees-par-le-continent/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>162634</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter et construire des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiment</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. Les enjeux de réduction des consommations énergétiques, la réalisation de projets neufs à faibles impact environnemental, la mise en accessibilité et la préservation du patrimoine sont autant de domaines dans lesquels l&amp;#039;ATD 88 peut vous assister dans la conduite de vos opérations.&lt;/p&gt;
+&lt;p&gt;Dans le domaine du bâtiment nos techniciens vous accompagnent en réalisant des études de faisabilité ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Construction d&amp;#039;écoles, de bâtiments techniques, de mairie, gymnase...&lt;/p&gt;&lt;p&gt;Réhabilitation de bâtiment avec ou sans changement de destination&lt;/p&gt;&lt;p&gt;Amélioration thermique des bâtiments&lt;/p&gt;&lt;p&gt;Mise aux normes d&amp;#039;un parc bâtimentaire (accessibilité, défense incendie...)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/batiment/</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-les-vitesses-et-le-trafic-routier/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>73104</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments publics tertiaire en Ardèche</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Energies de l’Ardèche (SDE 07)</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 75</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions apportés s&amp;#039;appuient sur le mécanisme des Certificats économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées sur la base des dépenses retenues sont plafonnées dans la limite des seuils suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Montant de la dépense (HT) retenue - L&amp;#039;enveloppe éligible est de 30 000 €
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour tout travaux éligible aux CEE - 50 %
+  d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux - 60% d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de recours à des matériaux biosourcés - 60 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux ayant recours à des matériaux biosourcés - 75%
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la rénovation énergétique des bâtiments communaux : isolation, changement de fenêtre, pose de VMC, changement de système de chauffage, etc.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit être adhérente au service énergie du SDE 07 pour être éligible, il s&amp;#039;agit d&amp;#039;une adhésion de 70 centimes par habitant et par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères techniques minimaux sont ceux permettant la valorisation des Certificats économies d&amp;#039;énergie (CEE).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X55" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/communes-collectivites-ardeche/maitrise-des-energies/</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...13 lines deleted...]
- &lt;/strong&gt;
+ Julien CARONNET - j.caronnet&amp;#64;sde07.com - 04 75 66 09 27
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Date limite de dépôt des demandes : néant
-[...7 lines deleted...]
-  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>j.caronnet@sde07.com</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a77-accompagner-la-renovation-energetique-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>55820</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de rénovation énergétique des bâtiments de plus de deux ans</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Tarn - SDET</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les certificats d&amp;#039;économie d&amp;#039;énergie sont un dispositif permettant de financer les travaux de rénovation énergétique des bâtiments de plus de deux ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales sont éligibles aux CEE, ainsi, elles peuvent bénéficier d&amp;#039;un financement dans le cadre des rénovations énergétiques de leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le syndicat départemental d&amp;#039;énergies du Tarn propose de monter les dossiers de CEE et de valoriser ceux-ci puis de restituer les montants valorisés aux communes adhérentes.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter : jusqu&amp;#039;au 31 décembre 2021, les CEE sont bonifiés sur les opérations de remplacement des organes de chauffage à combustible fossile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remplacement d&amp;#039;une chaudière fioul.
+&lt;/p&gt;
+&lt;p&gt;
+ Isolation des combles ou des parois verticales.
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une ventilation mécanique double flux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te81.fr/transition-energetique/cee/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Thibaud Mahul
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission rénovation énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ t.mahul&amp;#64;te81.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 06 47 90 37 58
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>p.vienne@te81.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c293-valorisation-des-certificats-deconomie-denerg/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>56180</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'efficacité énergétique de son patrimoine bâti avec le Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement réalisé par le SDEC ENERGIE,  qui prend en charge une partie de son coût.</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil en Energie Partagé (CEP) est un accompagnement pour améliorer la performance énergétique du patrimoine bâti des collectivités. Il se décline en 3 niveaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 1 : Suivre ses consommations et ses dépenses d&amp;#039;énergies. Mise à disposition d&amp;#039;un logiciel de gestion et de suivi des consommations d&amp;#039;énergies,  réunion de suivi annuel d&amp;#039;aide au repérage des bâtiments à enjeux de rénovation (dont décret tertiaire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 500€/an &amp;#43; 50€/bâtiment/an
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 2 : Élaborer et suivre sa stratégie de rénovation. Prédiagnostic (visite), analyse des contrats d&amp;#039;énergies, réalisation d&amp;#039;un audit énergétique externalisé, définition d&amp;#039;une stratégie de rénovation, réalisation d&amp;#039;études ou accompagnement à leur réalisation selon les besoins (enregistrement de température, thermographie infrarouge), aide à la saisie des données sur la plateforme OPERAT (décret tertiaire)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 5500€/bâtiment
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 3 (expérimental) : Réaliser ses travaux de rénovation. Appui à l&amp;#039;obtention des aides financières mobilisables, maîtrise d&amp;#039;ouvrage des travaux de rénovation (mandat), réalisation du marché de maîtrise d&amp;#039;oeuvre, suivi de la réalisation et de l&amp;#039;efficacité des travaux de rénovation en lien avec la maîtrise d&amp;#039;oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 5% du coût des travaux
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent au SDEC ENERGIE.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Souscrire au niveau 1 pour bénéficier du niveau 2 et souscrire au niveaux 1 et 2 pour bénéficier du niveau 3
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/sites/sdec.createurdimage.fr/files/sdec_guide_aides_230412_v6.pdf</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/202f-realiser-un-diagnostic-du-patrimoine-public-d/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>58075</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la valorisation des travaux de rénovation grâce aux Certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Hellio Solutions</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I128" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 100</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hellio est expert de la réglementation des CEE pour les collectivités et les territoires. Nous déployons des solutions sur-mesure destinées au secteur public,
+ au travers de son pôle dédié. Grâce à une pluralité de métiers complémentaires, nos équipes accompagnent les collectivités étape par étape,
+ jusqu&amp;#039;à
+ l&amp;#039;optimisation des performances énergétiques de leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement tout le long du cycle de vie des projets d&amp;#039;économies d&amp;#039;énergie et cela inclut notamment les axes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- L&amp;#039; identification des gisements d&amp;#039;économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Des recommandations techniques sur les projets à venir
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le montage et la validation des dossiers CEE
+&lt;/p&gt;
+&lt;p&gt;
+ Tout cet accompagnement est articulé autour d&amp;#039;une mobilisation optimale du dispositif CEE comme levier de financement  pour accélérer et améliorer les travaux réalisés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2018, Hellio a versé plus de 30 millions d&amp;#039;euros pour la rénovation de ces bâtiments divers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  278 écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  175 mairies
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  138 salles des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43; de 200 logements communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Exemple de rénovation d&amp;#039;un bâtiment scolaire dans la Marne (51)
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  isolation des combles, de la toiture-terrasse, des murs et du plancher : 73 600 € de versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement des menuiseries : 1000 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pose d&amp;#039;une pompe à chaleur air/eau : 9760 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un système de gestion technique du bâtiment pour le chauffage et l&amp;#039;eau chaude sanitaire : 1 700€ versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au total, le montant de prime versé a été de 86 060 € ce qui a couvert 37% du montant total des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible aux dispositif des CEE, chaque opération doit respecter des critères spécifiques définis. Au cas par cas, nous vous indiquerons si votre opération est éligible aux CEE et nous serons force de propositions et préconisations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hellio.com/solutions/collectivites</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Léa Monnier
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Responsable développement commercial - Secteur Public - Hellio
+  &lt;br /&gt;
+  01 44 94 21 36
+  &lt;br /&gt;
+  &lt;a href="mailto:lmonnier&amp;#64;hellio.com" target="_self"&gt;
+   lmonnier&amp;#64;hellio.com
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>lmonnier@hellio.com</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-valorisation-des-travaux-de-re/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>94230</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégralement pris en charge par la Banque des Territoires, le Diagnostic énergétique des bâtiments publics s&amp;#039;adresse aux communes souhaitant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover des établissements scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrer le coûts des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les gains énergétiques de chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prioriser les travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics prend la forme d&amp;#039;une mission de conseil spécialisée permettant d&amp;#039;identifier et de chiffrer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coûts de chaque action envisagée pour un bâtiment ou un ensemble de bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les gains énergétiques et les réductions carbone permis par chacune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux à prioriser.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics a plusieurs rôles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étudier la situation à partir de l&amp;#039;analyse des consommations énergétiques (factures des 3 dernières années), d&amp;#039;entretiens réalisés sur le terrain et de la documentation disponible ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer plusieurs bouquets de travaux présentant un impact positif sur les consommations énergétiques et le confort d&amp;#039;usage des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;enveloppe nécessaire aux travaux et définir le programme technique précis à mettre en œuvre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous permettre de définir le périmètre des travaux en fonction de vos priorités et des travaux nécessaires (extension, transformation, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/diagnostic-performance-energetique-dpe?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_energie_bat_public_osat</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec74-obtenir-un-diagnostic-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>112126</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation de travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I130" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDES participe financièrement aux travaux d&amp;#039;investissement de rénovation énergétique du patrimoine bâti de ses communes adhérentes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La participation financière du SDES est octroyée aux seules communes adhérentes au SDES, à l&amp;#039;exception de celles &amp;gt; 2 000 habitants n&amp;#039;ayant pas intégré par délibération concordante à celle du SDES, le dispositif de répartition des recettes issues de la TCCFE.La participation financière du SDES s&amp;#039;applique comme suit sur les montants HT des travaux de rénovation énergétique réalisés sur le patrimoine bâti des communes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 20 %;
+ &lt;/li&gt;
+ &lt;li&gt;
+  35 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 35 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  ;
+   50 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 50 %.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée.
+ &lt;br /&gt;
+ Le taux de participation est majoré de 10 % si les matériaux isolants sont biosourcés.
+ &lt;br /&gt;
+ Cette participation financière est plafonnée à 80 000 € / an, quel que soit le nombre de dossiers présentés sur l&amp;#039;année civile. Ce plafond est également majoré de 10 % pour le montant HT des seuls travaux d&amp;#039;isolation si les matériaux isolants sont biosourcés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux réalisés doivent à minima respecter les exigences de performances énergétiques et les critères techniques des fiches CEE.
+ &lt;br /&gt;
+ Aucune participation financière n&amp;#039;est accordée si le Temps de Retour sur Investissement (TRI) de l&amp;#039;opération globale est inférieur à 7 ans.
+ &lt;br /&gt;
+ Pour chaque dossier, tous les CEE issus des travaux de rénovation énergétique des bâtiments communaux bénéficiant de la participation financière du SDES sont cédés au SDES.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdes73.com/page/6/participations-financieres.html</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sdes&amp;#64;sdes73.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 79 26 42 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>j.fournier@sdes73.com</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c040-copie-10h57-aide-a-la-realisation-daudits-ene/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>120959</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50 % du montant éligible TTC - ou HT en cas de récupération de la TVA - (subvention maximale : 50 000 €).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l&amp;#039;élaboration des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement de plans stratégiques patrimoniaux portant sur le diagnostic d&amp;#039;un ensemble de bâtiments du patrimoine de la collectivité, afin d&amp;#039;établir un plan pluriannuel d&amp;#039;investissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation globale de bâtiments tertiaires publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation par étapes : au minimum 2 actions « geste par geste »  (isolation des murs, planchers bas et toiture, menuiseries extérieures...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Les projets devront respecter des performances minimales indiquées dans le règlement du dispositif et le recours à des matériaux biosourcés ou la production d&amp;#039;énergies renouvelables sur site seront valorisés.
+&lt;/span&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de clôture de l&amp;#039;appel à projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aap-batiments-durables&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2fa1-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>162396</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de subvention pour l'étude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...8 lines deleted...]
-      <c r="K56" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études de faisabilité technico-économique pour des projets d’installations solaires centralisées de production d’eau chaude peuvent bénéficier d’un soutien financier sous forme de subvention, pour les bâtiments existants.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; &lt;br /&gt; Il existe aussi aides pour les travaux de solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P132" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; En amont d&amp;#039;un projet, pour une aide au choix de l&amp;#039;énergie renouvelable, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur</t>
+        </is>
+      </c>
+      <c r="W132" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : aroussaly&amp;#64;maregionsud.fr ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>162398</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les audits et la réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux audits et réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif est de porter assistance aux Maîtres d’ouvrages qui font face à des installations présentant des dysfonctionnements, en les accompagnant techniquement et financièrement dans la mise en place d’audits de ces installations, suivis d’une réhabilitation, à laquelle sera associée un contrat de maintenance intégrant un engagement de bon fonctionnement ou un contrat de performance, selon le souhait de la maîtrise d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides des aides aux études de faisabilité solaire thermique ainsi que pour les travaux d&amp;#039;installations solaires thermiques, ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P133" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes</t>
+        </is>
+      </c>
+      <c r="W133" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>131800</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I134" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public
  &lt;br /&gt;
 &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif favorise des projets de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les opérations en rénovation globale d&amp;#039;un ou plusieurs bâtiments publics :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Valoriser les territoires à travers les produits alimentaires ;
-[...5 lines deleted...]
-  Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
+  Réduire de 50% minimum les consommations énergétiques de la ou des surface(s) concernée(s). Le gain énergétique devra être justifié par une étude thermique précisant les consommations énergétiques avant et après travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
+&lt;span&gt;
+ Pour les opérations de rénovation « par étapes » : au minimum 2 actions « geste par geste » (isolation des murs, des planchers bas et de la toiture, rénovation des menuiseries extérieures, ventilation, production de chauffage et d&amp;#039;eau chaude sanitaire etc.)
+&lt;/span&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
-[...17 lines deleted...]
-  Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
+  &lt;span&gt;
+   Respecter les critères techniques des fiches standardisées CEE.
+  &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
-[...2 lines deleted...]
- N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;span&gt;
+  Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse électronique de contact pour cette aide est la suivante : aap-batiments-durables&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830917.3355645565&amp;amp;zoom&amp;#61;3" target="_self"&gt;
+  Trouver un conseiller
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/29cf-travaux-de-renovation-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
-[...54 lines deleted...]
-      <c r="X56" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contacter votre chambre des métiers et de l&amp;#039;artisanat :
-[...5 lines deleted...]
- &lt;/a&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W135" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="H57" s="1" t="inlineStr">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>165172</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Remplacer des canalisations fuyardes en zone de répartition des eaux (solidarité urbain-rural) ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Remplacement de canalisations fuyardes en zone de répartition des eaux dans le cadre de la solidarité urbain-rural ainsi que pour les Îles du bassin Loire-Bretagne non alimentées par le continent</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
-[...75 lines deleted...]
-&lt;p&gt;
+      <c r="I136" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="J136" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 25 % à 50 % s'il est négocié dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau Loire-Bretagne soutient le remplacement des 
+canalisations fuyardes pour réduire les pertes d&amp;#039;eau potable. Cette 
+initiative, inscrite dans le plan d&amp;#039;action gouvernemental, vise à 
+améliorer l&amp;#039;efficacité des réseaux et optimiser la gestion de la 
+ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P136" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q136" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prix minimum du service public de l’eau potable sauf si le maître 
+d’ouvrage n’a pas la compétence eau potable (précisé dans la fiche 
+action).&lt;/p&gt;
+&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;/p&gt;
+&lt;p&gt;Travaux réalisés sur une commune située à la fois en zone de 
+répartition des eaux (ZRE) et en zonage France Ruralité Revitalisation 
+(FRR) ou dans le cadre d’un programme d’actions élaboré avec l’agence de
+ l’eau.&lt;/p&gt;
+&lt;p&gt;Travaux conformes à une campagne de recherche de fuites préalable 
+permettant de justifier le caractère fuyard des canalisations à 
+remplacer et permettant de quantifier le volume des fuites pouvant être 
+évitées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep4-remplacement-de-canalisations-fuyardes.html</t>
+        </is>
+      </c>
+      <c r="W136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/remplacer-de-canalisations-fuyardes-en-zone-de-repartition-des-eaux-solidarite-urbain-rural-ainsi-que-pour-les-iles-du-bassin-loire-bretagne-non-alimentees-par-le-continent/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>164033</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études ou de projets contribuant à réduire les impacts environnementaux des produits, régimes et systèmes alimentaires</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention aux études d'alimentation durable</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’alimentation a des impacts importants sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la qualité de l’eau, des sols et de l’air,&lt;/li&gt;&lt;li&gt;les émissions de GES (gaz à effet de serre),&lt;/li&gt;&lt;li&gt;la consommation d’eau,&lt;/li&gt;&lt;li&gt;mais aussi la biodiversité et la déforestation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’essentiel de ces impacts se situe à l’étape de la production agricole. Celle-ci peut être optimisée, de même que les autres étapes de la chaîne alimentaire (logistique, transport, transformation, conditionnement, distribution, consommation). La demande (régimes alimentaires, types de produits consommés) a un effet important sur les impacts de l’ensemble des acteurs amont.&lt;/p&gt;&lt;p&gt;Une&lt;strong&gt; étude de diagnostic ou d’accompagnement&lt;/strong&gt; permet d’&lt;strong&gt;effectuer un état des lieux du système en place&lt;/strong&gt; et de déterminer la &lt;strong&gt;faisabilité d’une solution alternative&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans ce domaine en évolution, une étude permet également de &lt;strong&gt;répondre aux besoins d’acquisition ou d’approfondissement de connaissance&lt;/strong&gt; des systèmes alimentaires (étude d’impacts, enjeux socio-économiques en lien avec l’alimentation durable, externalités positives ou négatives, caractérisation des pratiques, coûts…).&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant jusqu’à 80 % de son coût.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q137" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_75_76_93_975_977_987_988</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/subvention-aux-etudes-dalimentation-durable</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/subvention-aux-etudes-dalimentation-durable-1/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>161765</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'études pour réduire les impacts environnementaux des produits/régimes alimentaires et mettre en œuvre des projets concordants</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention aux études d'alimentation durable</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’alimentation a des impacts importants sur la qualité de l’eau, des sols et de l’air, les émissions de GES (gaz à effet de serre), sur la consommation d’eau mais aussi sur la biodiversité et la déforestation.&lt;/p&gt;&lt;p&gt;L’essentiel de ces impacts se situe à l’étape de la production agricole qui peut être optimisée, de même que les autres étapes de la chaîne alimentaire (logistique, transport, transformation, conditionnement, distribution, consommation). La demande (régimes alimentaires, types de produits consommés) a un effet important sur les impacts de l’ensemble des acteurs amont.&lt;/p&gt;&lt;p&gt;Une&lt;strong&gt; étude de diagnostic ou d’accompagnement&lt;/strong&gt; permet d’&lt;strong&gt;effectuer un état des lieux du système en place&lt;/strong&gt; et de déterminer la &lt;strong&gt;faisabilité d’une solution alternative&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans ce domaine en évolution, une étude permet également de &lt;strong&gt;répondre aux besoins d’acquisition ou d’approfondissement de connaissance&lt;/strong&gt; des systèmes alimentaires (étude d’impacts, enjeux socio-économiques en lien avec l’alimentation durable, externalités positives ou négatives, caractérisation des pratiques, coûts…).&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant jusqu’à 80 % de son coût.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_75_76_93_975_977_987_988</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/subvention-etudes-dalimentation-durable</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/subvention-aux-etudes-dalimentation-durable/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>139936</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement de projets et d’une aide à la programmation sur le volet bâtiments et espaces publics</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>AMO Mission Bâtiments</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires (CIT) propose des prestations d&amp;#039;accompagnement de projets et d&amp;#039;aide à la programmation en phase d&amp;#039;étude ou en phase opérationnelle. CIT propose des missions d&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO), notamment dans le cas d&amp;#039;opérations nécessitant l&amp;#039;intervention d&amp;#039;équipes pluridisciplinaires
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Frais de permis de construire ;
+   Réhabilitation et rénovation énergétique de bâtiments publics
   &lt;/li&gt;
   &lt;li&gt;
-   Frais administratifs d&amp;#039;installation classée ICPE ;
+   Restauration de patrimoine public
   &lt;/li&gt;
   &lt;li&gt;
-   L&amp;#039;achat des pièces et matériaux utilisés lors de l&amp;#039;auto-construction, sauf ceux liés aux ouvrages de stockage des effluents, charpente et électricité ;
+   Aménagement d&amp;#039;espaces publics : projets centres-bourgs
   &lt;/li&gt;
   &lt;li&gt;
-   Étude de faisabilité technique dont DEXEL
+   Construction de bâtiments publics (AMO)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion de projets à vocation touristique
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...49 lines deleted...]
- Article  42 Traité sur le Fonctionnement de Union Européenne (TFUE),
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O57" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
-[...99 lines deleted...]
- Agriculteurs actifs (hors Cotisants solidaires sauf agriculteurs en cours d&amp;#039;installation).
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a6d-beneficier-dun-accompagnement-de-projets-et-d/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G58" s="1" t="inlineStr">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>102098</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide à la décision) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la décision : études de faisabilité, études d'AMO, forages de reconnaissance, TRT</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur vise à favoriser la filière des énergies renouvelables thermiques sur son territoire.
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse exclusivement aux collectivités territoriales, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie ou un réseau de chaleur. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un commune du territoire Métropolitain va réaliser un Test de Réponse Thermique (TRT) pour connaître le potentiel thermique du sol ainsi qu&amp;#039;une étude de faisabilité pour la réalisation d&amp;#039;une salle polyvalente chauffée par géothermie. Les études bénéficieront de 70 % d&amp;#039;aide de la PRIME ÉCO-CHALEUR pour des coûts d&amp;#039;étude de 18 500€ (TRT) et 5 400€ (EF) (avant subvention).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les études éligibles sont les études de faisabilité, test de réponse thermique (géothermie sur sondes), forage d&amp;#039;essai/de reconnaissance, études d&amp;#039;AMO (assistance à maîtrise d&amp;#039;ouvrage).
+&lt;/p&gt;
+&lt;p&gt;
+ Il est nécessaire de respecter les critères d&amp;#039;éligibilité suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;respecter les cahiers des charges ADEME sur l&amp;#039;étude considérée.
+&lt;/li&gt;&lt;li&gt;sélectionner un prestataire qualifié Reconnu Garant de l&amp;#039;Environnement (RGE) dans la filière concernée (bois énergie, géothermie, solaire thermique, réseau de chaleur, récupération de chaleur fatale)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://seafile.alec-lyon.org/f/cb31ce77c63742c6b541/" target="_self"&gt;- critères d&amp;#039;éligibilités détaillés -&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R – Prime Éco-Chaleur - prime-ecochaleur&amp;#64;grandlyon.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 26 83 90 63
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable  - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 28 29 96 09
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf5f-prime-eco-chaleur-aide-a-la-decision/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>102099</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide aux travaux) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J141" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire en fonction de la production d'énergie renouvelable (€/MWh)</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur développe la chaleur renouvelable sur son territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse aux collectivités territoriales, copropriétés, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie, un réseau de chaleur ou récupérer de la chaleur fatale. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;La fondation ARALIS a bénéficier d&amp;#039;une aide de plus de 50 % de l&amp;#039;investissement pour de la géothermie sur sondes pour une pension de famille et du logement social.&lt;/li&gt;&lt;li&gt;Le constructeur Léon Grosse a bénéficié de la Prime éco-chaleur sur la construction de son siège le 8ieme Chemin à Bron pour de la géothermie sur sondes. &lt;/li&gt;&lt;li&gt;L&amp;#039;EHPAD Thérèse Couderc a décarboné sa production de chaleur avec la mise en place d&amp;#039;une chaudière bois granulés dans un bâtiment patrimonial. La chaudière assurera près de 90 % de la production de chaleur du site.&lt;/li&gt;&lt;li&gt;L&amp;#039;industriel Renault Trucks a installé une production de géothermie sur nappe lors de la réhabilitation de son bâtiment tertiaire au coeur du site industriel. La production assurer plus de 85 % de la production de chaleur, le reste étant complété par une pompe à chaleur aérothermique. Le site atteint 100 % de production électrique.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P141" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q141" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux éligibles concernent les installations de chaleur renouvelable utilisant le bois énergie, la géothermie, le solaire thermique ou la chaleur fatale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces installations doivent respecter des critères d&amp;#039;éligibilité dont le détail est précisé sur le site dédié au dispositif. Ces exigences concernent les volets suivants :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;étude préalables
+&lt;/li&gt;&lt;li&gt;critères techniques de performance
+&lt;/li&gt;&lt;li&gt;qualification des prestataires
+&lt;/li&gt;&lt;li&gt;performance énergétique du bâtiment&lt;/li&gt;&lt;li&gt;suivi de l&amp;#039;installation (comptage obligatoire)
+ &lt;/li&gt;&lt;li&gt;contrat d&amp;#039;entretien
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ Des seuils d&amp;#039;éligibilité max sont indiqués et au dessus de ces seuils (2000 MWh entrée PAC pour la géothermie, 12 000 MWh pour le bois énergie, 1 500 m2 pour le solaire thermique et 1 000 MWh pour la chaleur fatale), les projets sont renvoyés vers l&amp;#039;ADEME Régionale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R - Prime éco-chaleur
+ &lt;br /&gt;
+ 04 26 83 90 63 - prime-ecochaleur&amp;#64;grandlyon.com
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable
+ &lt;br /&gt;
+ 04 28 29 96 09 - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ae9-prime-eco-chaleur-aide-aux-travaux/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>129712</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique des bâtiments publics - SYDEV</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Programme rénovation</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Énergie et d’équipement de Vendée (SYDEV)</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I142" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J142" s="1" t="inlineStr">
+        <is>
+          <t>Variable en fonction de la typologie du projet, piscine 250 k€, autres bâtiments 120 k€</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La rénovation énergétique des bâtiments est un axe majeur dans la transition énergétique et les collectivités territoriales ont un rôle prépondérant dans l&amp;#039;atteinte des objectifs que se sont fixés la France ainsi que la Région des Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2005, plus de 1 700 audits énergétiques ont été menés sur le patrimoine des collectivités vendéennes. Cela a permis de constater que 72 millions d&amp;#039;euros sont nécessaires pour améliorer significativement la performance du patrimoine bâti des collectivités vendéennes.
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de ce constat, le SYDEV a décidé en 2020 de poursuivre son action en faveur des économies d&amp;#039;énergie en accompagnant les collectivités territoriales dans la réalisation de travaux de rénovation énergétique sur leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV consacre ainsi 20 millions d&amp;#039;euros jusqu&amp;#039;en 2026 pour soutenir les collectivités dans l&amp;#039;atteinte de cet objectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles sont l&amp;#039;ensemble des bâtiments publics des collectivités adhérentes au SYDEV, dans la mesure où, si des systèmes de chauffage fioul et propane existent, ils seront remplacés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bâtiments éligibles sont divisés en 4 catégories et classés par surface, &amp;gt; ou &amp;lt; à 150 m2 de SHON.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sont instruits et les aides accordées selon les critères d&amp;#039;éligibilité en vigueur à la date de présentation du dossier complet au Bureau du SYDEV. L&amp;#039;ensemble des critères d&amp;#039;éligibilité doivent être respectés pour que le dossier soit recevable.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier du soutien financier du SYDEV, le maître d&amp;#039;ouvrage doit associer le pôle Services aux Territoires du SYDEV tout au long du projet de rénovation énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela implique notamment sa présence aux phases suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À l&amp;#039;élaboration du programme afin de conseiller la collectivité pour définir ses objectifs de performance énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la consultation de la maîtrise d&amp;#039;œuvre afin de transcrire ces objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection de la maîtrise d&amp;#039;œuvre pour apprécier la prise en compte des aspects énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au stade des études de projet (PRO : APS et APD) afin d&amp;#039;apprécier les choix techniques proposés et d&amp;#039;effectuer une estimation de la subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la validation du DCE travaux pour assurer la cohérence avec l&amp;#039;étude thermique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection des entreprises afin d&amp;#039;apprécier l&amp;#039;impact des solutions proposées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  À la réception afin de contrôler que les solutions retenues sont correctement mises en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers sont séparès en deux catégories :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bâtiments inférieurs à 150 m2 de SHON
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bâtiments supérieurs à 150 m2 de SHON
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;lt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera demandé la réalisation d&amp;#039;un bouquet de travaux comprenant au minimum deux actions parmi la liste suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Isolation de combles / toiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation du sol / plancher bas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation des murs donnant sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des menuiseries donnant sur l&amp;#039;extérieur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaque poste de travaux devra respecter les critères des certificats d&amp;#039;économies d&amp;#039;énergie (CEE) définis par l&amp;#039;Etat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une programmation / régulation du ou des système(s) de chauffage / ventilation / climatisation devra être mise en place.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;gt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV soutient les travaux d&amp;#039;amélioration de la performance énergétique selon les modalités suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ Catégorie 1 Catégorie 2 Catégorie 3
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Caractéristique du bâti (Ubat) &amp;lt; 0,6 W/m2.K*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dérogation possible à 0,7 W/m2.K en cas d&amp;#039;utilisation de matériaux biosourcés sur l&amp;#039;ensemble des murs extérieurs ou des planchers hauts.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; Cep réf- 40%
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 2 Catégorie 3
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; 80 kWhep/m2.an
+&lt;/p&gt;
+&lt;p&gt;
+ Une étude réglementaire thermique Th-C-Ex sera demandée, elle permettra de clairement identifier les gains énergétiques induits par les travaux sur le projet.
+ &lt;br /&gt;
+ Le périmètre d&amp;#039;étude correspond à la SHON thermique (SHOB de la zone traité thermiquement et isolé - zone de stationnement, non aménagée pour l&amp;#039;utilisation du bâtiment, HSP &amp;lt; 1,8 m).
+ &lt;br /&gt;
+ Elle est défini en partenariat avec le chargé d&amp;#039;affaire SYDEV du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 4 (Piscine)
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter directement le SYDEV.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://sydev-vendee.fr/transition-energetique/efficacite-energetique/batiments-publics</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Secteur
+ :
+ &lt;br /&gt;
+ Île d&amp;#039;Yeu / CC de l&amp;#039;île de Noirmoutier / CC Océan Marais de Monts / Challans-Gois Communauté / CC de Vie et Boulogne / La Roche-sur-Yon agglomération
+ &lt;br /&gt;
+ &lt;em&gt;
+  Pierre GORSIC : Animateur de secteur / 02 51 45 93 23 / p.gorsic&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Terres de Montaigu agglomération / CC St Fulgent - Les Essarts / CC Pays de Mortagne / CC Pays des Herbiers / CC pays de Pouzauges / CC Pays de Chantonnay
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Vincent BILLAUD : Animateur de secteur / 02 51 45 88 96 / v.billaud&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC du Pays de St Gilles Croix de Vie / Les Sables d&amp;#039;Olonne Agglomération / CC du Pays des Achards / Vendée Grand Littoral Talmont Moutiers Communauté
+ &lt;br /&gt;
+ &lt;em&gt;
+  Arnaud CHAILLOU : Animateur de secteur / 02 51 45 88 61 / a.chaillou&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC Sud Vendée Littoral / CC Pays de la Chatigneraie / CC Pays de Fontenay-Vendée / Vendée, Sèvre, Autise
+ &lt;br /&gt;
+ &lt;em&gt;
+  Elodie TRAINEAU : Animatrice de secteur / 02 51 45 93 19 / e.traineau&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>b.guilbaud@sydev-vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7923-aide-a-la-renovation-energetique-des-batiment/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>162987</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier les modèles agricoles et alimentaires locaux pour augmenter la capacité du territoire</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 9 - FEADER</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
+      <c r="I143" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J58" s="1" t="inlineStr">
+      <c r="J143" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La viticulture est la 1ère filière agricole du Cœur Entre-deux-Mers. La
 place de cette filière est le fruit de plusieurs composantes : &lt;/span&gt;&lt;span&gt;histoire, terroir, place des appellations, essor
 commercial et à l’export des vins de Bordeaux, …&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Aujourd’hui cette filière est soumise de plus en
 plus à de nombreux aléas-risques (baisse de la consommation, difficultés de
 l’export, aléas climatiques, image environnementale, …) bien qu’un travail
 collectif et individuel soit entrepris &lt;/span&gt;&lt;span&gt;pour la faire évoluer
 (démarches HVE, AB, conduite raisonnée, …) et la diversifier.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;De plus, de nouvelles formes de productions agricoles se sont développées
 afin de répondre à différents besoins (restauration collective, formation,
 social, agriculture vivrière, sensibilisation, …) et portées en général par des
 structures hors monde agricole (collectivités, associations, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, et le Programme Alimentaire Territorial l’a montré, la couverture
 des besoins alimentaires par la capacité de production propre au territoire
 reste marginale. Agir pour l’alimentation c’est aussi accompagner les
 agriculteurs du Cœur Entre-deux-Mers pour transformer, commercialiser leurs
 produits et trouver des débouchés localement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La mise en valeur de ces produits locaux et des produits de qualité
 permet aussi sur le territoire de sensibiliser les consommateurs et de rendre
 accessible ces produits.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Augmenter la capacité de production alimentaire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer de nouveaux revenus pour les exploitations agricoles par la
 diversification&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager la consommation locale et vers des produits de qualité pour
 augmenter les retombées bénéfiques (santé, économie locale, …)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire la dépendance aux produits « importés »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Améliorer l’autonomie alimentaire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M58" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Diversification des
 exploitations notamment viticoles pour développer de nouvelles filières alimentaires
 ou énergétiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien aux actions
 de coordination et de réseau des acteurs pour :&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la mutation des activités agricoles du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la commercialisation de produits alimentaires via
 les réseaux-démarches de circuits-courts ou solidaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Installation de
 nouvelles formes de production agricole par des acteurs :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Publics (&lt;em&gt;espaces tests, régie agricole, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Associatifs ou citoyens (&lt;em&gt;jardins partagés,
 chantiers d’insertion agricole, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ø&lt;span&gt;  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Agricoles professionnels (&lt;em&gt;filières « atypiques »
 comme les insectes&lt;/em&gt; OU &lt;em&gt;espaces partagés et collectifs comme en espaces
 tests, la mise à disposition de foncier, …)&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transformations
 agro-alimentaires en entreprise ou à la ferme&lt;/li&gt;&lt;li&gt;&lt;span&gt;Promotion et
 valorisation de l’agriculture locale et de l’alimentation locale, de qualité et
 accessible à tous&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Accompagnement à la réduction du gaspillage et des
 déchets alimentaires et à leur valorisation&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P58" s="1" t="inlineStr">
+      <c r="P143" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q58" s="1" t="inlineStr">
+      <c r="Q143" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de &lt;span&gt;l&amp;#039;Axe 3 - Agriculture et alimentation durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-ladaptation-et-la-mutation-du-foncier-agricole/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...666 lines deleted...]
-      <c r="G62" s="1" t="inlineStr">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>164788</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre raccordement à un Réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Coup de Pouce Chauffage</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>SOBREN</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...7 lines deleted...]
-      <c r="K62" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O62" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la transition énergétique, le Gouvernement encourage activement le développement de modes de chauffage alimentés par des énergies renouvelables (réseaux de chaleur, pompes à chaleur, biomasse). Grâce au dispositif des Certificats d’Économies d’Énergie (CEE) et au Coup de Pouce Chauffage, vos travaux liés au chauffage de vos &lt;strong&gt;bâtiments tertiaires et résidentiels collectifs&lt;/strong&gt; font l’objet d’un soutien financier renforcé pour les projets engagés avant fin 2025 et achevés avant le 31 décembre 2026.&lt;/p&gt;&lt;p&gt;L&amp;#039;équipe SOBREN vous accompagne à chaque étape du financement de votre projet de raccordement à un réseau de chaleur :&lt;/p&gt;&lt;p&gt;✅ Analyse d’éligibilité : vérification des critères d’éligibilité des travaux et de leur conformité aux exigences du dispositif.&lt;/p&gt;&lt;p&gt;✅ Estimation des aides : calcul du montant de la prime CEE associée à votre projet.&lt;/p&gt;&lt;p&gt;✅ Sécurisation des aides : garantie que le soutien financier est bien pris en compte avant de débuter les travaux.&lt;/p&gt;&lt;p&gt;✅ Montage et suivi administratif de votre dossier.&lt;/p&gt;&lt;p&gt;✅ Valorisation du projet : suivi jusqu’à l’obtention et le versement de la prime après validation des CEE.&lt;/p&gt;&lt;p&gt;Grâce à notre expertise, nous vous aidons à optimiser le financement de votre raccordement aux réseaux de chaleur et à concrétiser votre projet en toute sérénité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P144" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="Q144" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Bâtiment Tertiaire ou Résidentiel collectif existant depuis plus de deux ans. &lt;/li&gt;&lt;li&gt;Remplacement d&amp;#039;une énergie de chauffage à énergie fossile par une raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;énergie renouvelable.&lt;/li&gt;&lt;li&gt;Engagement des travaux &lt;strong&gt;avant le 31 décembre 2025&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Fin des travaux avant le 31 décembre 2026.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://sobren.fr/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez SOBREN : contact&amp;#64;sobren.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>e.pouch@sobren.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-votre-raccordement-a-un-reseau-de-chaleur-1/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>70580</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement des installations solaires thermiques</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient le développement de projets solaires thermiques auprès des entreprises, des collectivités, des établissements publics, des associations et des bailleurs sociaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets solaires thermiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P62" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S62" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : les bureaux d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les coûts éligibles
+ &lt;/strong&gt;
+ sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets des installations solaires collectives centralisées de production d&amp;#039;eau chaude sanitaire (ECS). Les installations sont considérées comme collectives dès lors qu&amp;#039;elles répondent à un besoin en ECS collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation préalable d&amp;#039;une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m2 ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  capteurs solaires certifiés (CSTBat ou SolarKeymark) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL http://www.solaire-collectif.fr/fr/les-outils.htm ou mesures des besoins réels en ECS à partir de mesures in situ ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  schéma de l&amp;#039;installation proposée conforme à l&amp;#039;un des schémas SOCOL retenus ou sur le site SOCOL : http://www.solaire-collectif.fr/fr/les-outils.htm ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  productivité minimale de l&amp;#039;installation solaire supérieure à 450 kWh/an.m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un télésuivi simplifié des performances sur toutes les installations collectives financées avec système d&amp;#039;alerte et maintenance curative ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en service dynamique de l&amp;#039;installation selon les préconisations SOCOL.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles : les coûts d&amp;#039;investissement éligibles sont :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les coûts des composants de l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts des équipements de régulation et suivi énergétique, les frais de main d&amp;#039;œuvre liée à l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de maîtrise d&amp;#039;œuvre liée à l&amp;#039;installation solaire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligation du maître d&amp;#039;ouvrage
+  &lt;/strong&gt;
+  : le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier administratif de demande de financement (à demander auprès des contacts notés au dos du dépliant).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité réalisée ou fiche descriptive de l&amp;#039;installation solaire thermique pour les installations inférieures à 25m2.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pour l&amp;#039;installation solaire, précisant notamment les nombre, marque et type de capteurs et le matériel de comptage énergétique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis de la prestation de télésuivi avec système d&amp;#039;alerte. Plan d&amp;#039;implantation des capteurs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma hydraulique de l&amp;#039;installation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-installations-solaires-thermiques</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 12, 30, 34 et 48 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 11 et 66 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/056d-aide-regionale-au-developpement-des-installat/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>56182</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Etudier l'opportunité technique et économique d'une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;étude est réalisée par le SDEC ENERGIE qui prend en charge l&amp;#039;intégralité de son coût (estimé à 1400€/étude).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle porte sur l&amp;#039;opportunité de réaliser un projet solaire photovoltaïque en toiture d&amp;#039;un bâtiment public, en vente totale ou en autoconsommation, dans la limite d&amp;#039;une étude par an par collectivité.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c8-realiser-letude-energetique-dun-batiment-etud/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>56191</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J147" s="1" t="inlineStr">
+        <is>
+          <t>Intervention dans le cadre d'un transfert de compétence énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDEC ENERGIE étudie, finance, construit et exploite l&amp;#039;installation de production électrique photovoltaïque. Il intervient dans le cadre d&amp;#039;un transfert de compétence &amp;#34;énergies renouvelables&amp;#34;, sur décision de son bureau syndical et après avis de sa commission Transition Energétique.
+ Le bâtiment support de l&amp;#039;installation reste dans le patrimoine de la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de l&amp;#039;électricité peut être par vente totale ou en autoconsommation, en bénéficiant au bâtiment où l&amp;#039;installation est construite.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement de l&amp;#039;opération est assuré par les fonds propres de la régie &amp;#34;énergies renouvelables&amp;#34; du syndicat, les dotations des partenaires, éventuellement la vente d&amp;#039;électricité et au besoin, une contribution de la collectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide intervient dans le cadre d&amp;#039;un transfert de compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e396-installer-une-chaufferie-bois-energie-substit/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>116231</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maîtrises d'ouvrage publiques dans l'amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Programme pour l'efficacité énergétique dans les bâtiments en France d'Outre-mer</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+ADEME</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I148" s="1" t="inlineStr">
+        <is>
+          <t> Min : 100</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PEEB Outre-Mer est une facilité d&amp;#039;assistance technique financée sur ressources du Fonds Outre-Mer visant à accompagner les maîtrises d&amp;#039;ouvrage publiques dans l&amp;#039;amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les prestations incluent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les diagnostics et audits énergétique (selon les méthodologies de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les simulations thermiques dynamiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bilans carbone
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégration des enjeux énergétiques et environnementaux dans les documents d&amp;#039;appels d&amp;#039;offre
+ &lt;/li&gt;
+ &lt;li&gt;
+  La révision de plans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le chiffrage de mesures d&amp;#039;efficacité énergétique et de production ENR
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement pour la certification des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études environnementales, sociales et de genre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les analyses parasismique, para-cyclonique, inondations et plan de retrait amiante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formations et ateliers à l&amp;#039;attention des acteurs du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit être éligible au Fonds Outre-mer.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit viser l&amp;#039;amélioration significative de la performance énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études des performances énergétiques et environnementales ne doivent pas avoir été contractualisées avec un prestataire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit faire une requête explicite au PEEB après une première analyse réalisée par le chargé d&amp;#039;affaires AFD ou ADEME.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les chargés d&amp;#039;affaires AFD et les ingénieurs ADEME locaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts directions d&amp;#039;agences AFD :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1bc1-peeb-outre-mer/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>164044</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Financer deds études de faisabilité pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité en ZNI pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ACI : Autoconsommation individuelle&lt;br /&gt;ACC : Autoconsommation collective&lt;/p&gt;&lt;p&gt;Quand la consommation électrique de vos bâtiments et de vos équipements intervient essentiellement de jour, il peut être intéressant pour vous d’étudier la faisabilité de &lt;strong&gt;couvrir une partie de cette consommation au moyen d’électricité solaire photovoltaïque&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les prestations externes d’études de faisabilité à hauteur de 60 % dans la limite de 100 k€ de dépenses éligibles. Cette aide peut être portée à &lt;strong&gt;70 % pour des moyennes entreprises&lt;/strong&gt; au sens européen et à &lt;strong&gt;80 % pour des petites entreprises&lt;/strong&gt; ou bénéficiaires dans le cadre d’une « activité non économique », à savoir une structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soit n’exerce pas d’activité consistant à offrir à autrui des biens ou des services ;&lt;/li&gt;&lt;li&gt;soit, bien qu’exerçant une activité consistant à offrir à autrui des biens ou des services, ne se trouve pas sur un marché concurrentiel : tel est le cas notamment de bénéficiaires qui disposent d’un monopole de droit (par exemple les autorités exerçant des prérogatives de puissances publiques comme l’armée, la police, la surveillance antipollution) ou de fait (technique ou géographique).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité, sujette à la présente aide ADEME, concerne &lt;strong&gt;l&amp;#039;évaluation et l&amp;#039;analyse du potentiel d&amp;#039;un projet&lt;/strong&gt; (technique, économique, sociale, environnementale, juridique, etc.). Elle vise à soutenir le processus décisionnel en révélant de façon objective et rationnelle les forces et les faiblesses du projet, ainsi que les perspectives et les menaces qu&amp;#039;il suppose, tout en précisant les ressources nécessaires pour le mener à bien, et en évaluent, en définitive, les chances de succès.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P149" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q149" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_27_53_75_84_93_975</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-de-faisabilite-en-zni-pour-de-lautoconsommation-electrique-photovoltaique</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-de-lautoconsommation-electrique-photovoltaique-1/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G63" s="1" t="inlineStr">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>161697</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises et les collectivités dans la mise en place de leur toiture ou ombrière solaire photovoltaïque en ACI, base de la valorisation du surplus en ACC</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ACI : Autoconsommation individuelle&lt;br /&gt;ACC : Autoconsommation collective&lt;/p&gt;&lt;p&gt;Quand la consommation électrique de vos bâtiments, de vos équipements intervient essentiellement de jour, il peut être intéressant pour vous d’étudier la faisabilité de &lt;strong&gt;couvrir une partie de cette consommation au moyen d’électricité solaire photovoltaïque&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les prestations externes d’études de faisabilité à hauteur de 60 % dans la limite de 100 k€ d’assiette. Cette aide peut être portée à &lt;strong&gt;70 % pour des moyennes entreprises&lt;/strong&gt; au sens européen et à &lt;strong&gt;80 % pour des petites entreprises&lt;/strong&gt; ou bénéficiaires dans le cadre d’une « activité non économique ».&lt;/p&gt;&lt;p&gt;Nota : « Bénéficiaire dans le cadre d’une activité non économique » signifie une structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soit n’exerce pas d’activité consistant à offrir à autrui des biens ou des services.&lt;/li&gt;&lt;li&gt;Soit, bien qu’exerçant une activité consistant à offrir à autrui des biens ou des services, ne se trouve pas sur un marché concurrentiel. Tel est le cas notamment de bénéficiaires qui disposent d’un monopole de droit (par exemple les autorités exerçant des prérogatives de puissances publiques comme l’armée, la police, la surveillance antipollution) ou de fait (technique ou géographique).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité sujette à la présente aide ADEME, concerne &lt;strong&gt;l&amp;#039;évaluation et l&amp;#039;analyse du potentiel d&amp;#039;un projet&lt;/strong&gt; (technique, économique, sociale, environnementale, juridique, etc.), qui visent à soutenir le processus décisionnel en révélant de façon objective et rationnelle les forces et les faiblesses du projet, ainsi que les perspectives et les menaces qu&amp;#039;il suppose, et qui précisent les ressources nécessaires pour le mener à bien, et en évaluent, en définitive, les chances de succès…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_06_94_975_987</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-lautoconsommation-electrique-photovoltaique</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-de-lautoconsommation-electrique-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>161709</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné financièrement dans la réalisation de votre projet de Système Solaire Combiné (SSC)</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Installations de systèmes solaires combinés</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;     réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement :&lt;/strong&gt; étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de Systèmes Solaires Combinés (SSC) éligibles au Fonds Chaleur sont des installations de production de chaleur collective (chauffage et eau chaude sanitaire) avec des capteurs solaires thermiques dans lesquels circulent un fluide caloporteur. Celles-ci peuvent être réalisées sur des bâtiments neufs ou en rénovation, à destination de tout type de bâtiments ayant des usages durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-systemes-solaires-combines/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>161711</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'un audit d'installation solaire thermique et du chantier de réhabilitation associé, pour des collectivités, entreprises ou associations</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Audit et réhabilitation d'installations solaires thermiques collectives</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un financement pour votre audit ainsi que les travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Préalablement à votre projet de réhabilitation, un audit est nécessaire pour qualifier les problèmes rencontrés sur l’installation puis &lt;strong&gt;établir et chiffrer les actions correctives&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide intègre également &lt;strong&gt;un financement des travaux&lt;/strong&gt; et se conclut par &lt;strong&gt;la signature d’un contrat d’exploitation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités pratiques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1ʳᵉ étape :&lt;/strong&gt; consultez des prestataires d’études sur la base du cahier des charges proposé par l’ADEME dans le document C.E.F. précédent. Présélectionnez une offre mais à ce stade ne vous engagez pas et ne signez pas de commande.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;2ᵉ étape : &lt;/strong&gt;déposez une demande d’aide en joignant la proposition technique et financière du prestataire d’études, ainsi que les pièces à déposer listées ci-dessous. Indiquez bien les dépenses prévisionnelles pour l&amp;#039;audit, la maitrise d&amp;#039;œuvre éventuelle et le montant de l&amp;#039;enveloppe travaux allouée à la réhabilitation.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_32_44_52_53_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/audit-rehabilitation-dinstallations-solaires-thermiques-collectives</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-et-rehabilitation-dinstallations-solaires-thermiques-collectives/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>161759</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre étude de faisabilité, étape nécessaire avant d'investir dans la conception d'une installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité d'installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité préalable à un projet solaire thermique, en apportant une aide financière et en mettant à votre disposition des &lt;strong&gt;trames de cahier des charges&lt;/strong&gt; selon les technologies utilisées.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;Les cahiers des charges concernent les études de faisabilité liées à la mise en œuvre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’installations dédiées sur bâtiment ou process&lt;/li&gt;&lt;li&gt;d’installations sur réseau de chaleur&lt;/li&gt;&lt;li&gt;de systèmes solaires combinés&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vérifier&lt;/strong&gt; la faisabilité technique et économique du projet d’implantation d’une installation solaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Proposer&lt;/strong&gt; des solutions techniques adaptées au contexte et aux possibilités du site d’implantation, et assurer le dimensionnement et la pérennité de l’installation.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Explorer&lt;/strong&gt; des solutions pour le financement de l’opération et le montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au &lt;strong&gt;recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME&lt;/strong&gt; (RGE Étude) ou pouvant justifier de &lt;strong&gt;conditions équivalentes&lt;/strong&gt;. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers ses aides au financement d&amp;#039;installations de production d&amp;#039;eau chaude solaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-dinstallation-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-dinstallation-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>156134</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement et l'équipement d'aires de jeux inclusives</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENT ET ÉQUIPEMENT DES AIRES DE JEUX INCLUSIVES (adaptées à un ou plusieurs handicaps ou déficiences : moteur, auditif, visuel, mental)</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J154" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Concourir à doter le territoire d&amp;#039;aires de jeux inclusives pour offrir aux enfants en situation de handicap un lieu de jeux et de rencontres en plein air.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Jeunesse
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement dédiées au projet :
+ achat des équipements (ex : balançoires adaptées, jeux sensoriels...), prestation de montage, travaux d&amp;#039;aménagements, signalétique..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet devra proposer au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences (moteur / auditif / visuel / mental). Le sol de l&amp;#039;espace devra être adapté aux fauteuils roulants et poussettes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations et notamment les travaux aux abords immédiats pour favoriser l&amp;#039;accessibilité. Les travaux de mise en accessibilité seront inclus dans la dépense éligible.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets au sein de cours d&amp;#039;écoles fermées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses subventionnables : 8.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses subventionnables : 70.000€ HT pour les constructions - 50.000€ HT pour les réhabilitations
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagement-et-equipement-des-aires-de-jeux-inclusives/</t>
+        </is>
+      </c>
+      <c r="W154" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a0-modele/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>141761</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un projet d'installation solaire photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;une compétence optionnelle, deux solutions sont à disposition des collectivités pour mettre en place leur installation solaire photovoltaïque avec le syndicat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faire un transfert de compétences de la collectivité vers le syndicat afin que le SIEL-Territoire d&amp;#039;énergie Loire assure l&amp;#039;investissement et réalise le projet à la place de la collectivité. &lt;/li&gt;
+ &lt;li&gt;
+  Faire appel au syndicat pour être accompagné dans son projet d&amp;#039;un point de vue technique, administratif et décisionnel lorsque la commune souhaite rester maître d&amp;#039;ouvrage.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Électricité renouvelable :
+ &lt;br /&gt;
+ Thierry Suchel
+ &lt;br /&gt;
+ suchel&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 53 92
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9701-mettre-en-place-un-projet-dinstallation-solai/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>140764</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Produire de la chaleur à partir d'énergies renouvelables et de récupération</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K63" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J156" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable selon opération. Concerne des  projets de taille modeste (&lt; aux seuils du Fonds chaleur ADEME) grâce à un dispositif de mutualisation.</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
-[...92 lines deleted...]
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ Développer les énergies renouvelables thermiques (biomasse, solaire, géothermie superficielle)
+&lt;/h1&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositif d&amp;#039;accompagnement :
+  Fonds Chaleur de l&amp;#039;ADEME
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -- valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - favoriser l&amp;#039;activité locale
+&lt;/p&gt;
+&lt;p&gt;
+ - réduire les émissions de gaz à effet de serre
+&lt;/p&gt;
+&lt;p&gt;
+ - s&amp;#039;affranchir des énergies fossiles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaufferie bois (granulés, plaquettes forestières) avec ou sans réseau de chaleur, production d&amp;#039;eau chaude sanitaire solaire, géothermie sur sondes ou sur nappe
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Différents critères techniques d&amp;#039;éligibilité à respecter
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T156" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  transitionenergetique&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 83 21
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c04-produire-de-la-chaleur-a-partir-denergies-ren/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-[...311 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>133546</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Développer des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Développement des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
-[...49 lines deleted...]
-Eau pluviale
+      <c r="I157" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J157" s="1" t="inlineStr">
+        <is>
+          <t>le taux maximum varie selon la taille de l'entreprise</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à faciliter l&amp;#039;installation des panneaux et ombrières photovoltaïques dans toute la région Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les installations PV, le dispositif propose : jusqu&amp;#039;à 50% du montant TTC ou HT en cas de récupération de la TVA (
+ &lt;em&gt;
+  subvention max : 300 000€
+ &lt;/em&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région subventionne aussi le solar ready, c&amp;#039;est-à-dire les travaux de préparation d&amp;#039;une toiture à l&amp;#039;installation de panneaux solaires. (
+ &lt;a href="https://www.iledefrance.fr/enr" target="_self"&gt;
+  voir le site de la Région
+ &lt;/a&gt;
+ )
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les projets photovoltaïques sur toitures, les ombrières de parkings, les ombrières sur des zones artificialisées ne présentant pas de conflits d&amp;#039;usages, les délaissés routiers (parcelles déclassées par suite d&amp;#039;un changement de tracé des voies du domaine public routier) sans destination agricoles ou pastorales sur une durée de 20 ans minimum, agrivoltaïsme au cas par cas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La part des installations réalisées au-delà des obligations liées à la règlementation en vigueur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
 Transition énergétique
-Recyclage et valorisation des déchets
-[...3 lines deleted...]
-Attractivité économique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Logement et habitat
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="S66" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les candidats éligibles sont des personnes morales porteuses de projets (collectivités et leurs groupements, entreprises, associations, projet citoyens, bailleurs sociaux, syndic de copropriété ...).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront répondre aux critères d&amp;#039;éligibilité suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Production énergétique à des fins d&amp;#039;autoconsommation (
+  &lt;em&gt;
+   individuelle ou collective
+  &lt;/em&gt;
+  ) sans ou avec vente de surplus (
+  &lt;strong&gt;
+   sans tarif d&amp;#039;obligation d&amp;#039;achat ou complément de rémunération
+  &lt;/strong&gt;
+  ). Les projets en vente en gré à gré ou en revente à un autre agrégateur que EDF obligation d&amp;#039;achat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une puissance d&amp;#039;installation de minimum 10 kwc
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les équipements de production énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le raccordement au réseau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux pour l&amp;#039;accueil des installations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires d&amp;#039;assistance technique ou frais de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/developpement-des-energies-renouvelables-electriques</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contacter l&amp;#039;adresse : aap-enr-elec&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83b6-developpement-du-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E67" s="1" t="inlineStr">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>164128</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur la gouvernance, l'ingénierie financière et la tarification progressive</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...4 lines deleted...]
-      <c r="H67" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I67" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J67" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J158" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="O67" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
+investissements ou actions éligibles.
+Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q67" s="1" t="inlineStr">
+      <c r="Q158" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S67" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études éligibles aux aides de l’Agence de l’eau sont notamment : &lt;br /&gt;o Études de gouvernance/structuration des compétences/ingénierie financière/tarification 
+sociale et progressive (en dehors des études portant sur le mode de gestion du service, régie, 
+délégation ou choix des délégataires) ; &lt;br /&gt;o Études sur les aires d’alimentation des captages sensibles, prioritaires, stratégiques, ou inscrits 
+dans les PAOT : délimitation des Aires d’Alimentation de Captage (AAC) et de leur Zone de 
+Protection (ZP-AAC), réalisation du diagnostic territorial des pressions, définition et suivi du
+plan d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
+production d’eau potable, … ;
+&lt;br /&gt;o Schémas directeurs et études-diagnostiques des systèmes d’alimentation en eau potable, 
+comprenant notamment un volet de connaissance patrimoniale (élaboration du descriptif 
+détaillé des réseaux et mise en place des outils associés : Système d’Information Géographique, 
+…) et, le cas échéant, un volet d’analyse globale de la vulnérabilité du système, ou un volet de 
+solutions pour rétablir la conformité de l’eau à la limite de qualité dans le cas de captages 
+faisant l’objet de dérogation préfectorale pour la distribution d’une eau ne répondant pas à 
+une limite de qualité règlementaire fixée pour les Eaux Destinées à la Consommation Humaine 
+(EDCH) ;
+&lt;br /&gt;o Études d’élaboration des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) ;
+&lt;br /&gt;o Études locales permettant d’améliorer la connaissance des ressources en eau souterraine et 
+superficielle. &lt;br /&gt;o Avant-travaux (études d’investigation, études préliminaires, études d’avant-projet et de 
+projet) ;
+&lt;br /&gt;o Définition/programmation de travaux jusqu’au programme d’opérations ;
+&lt;br /&gt;o Phase travaux/réception (maîtrise d’œuvre, …) ;
+&lt;br /&gt;o Assistance à maîtrise d’ouvrage associée.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T67" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U67" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-realisation-detudes-2/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-[...159 lines deleted...]
-      <c r="G69" s="1" t="inlineStr">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>165439</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre Raccordement à un Réseau de Chaleur</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Coup de Pouce Chauffage</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>OFEE</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;OFEE en tant que que signataire de la charte Coup de Pouce Chauffage Tertiaire et Résidentiel Collectif, accompagne ses partenaires dans leurs projets de raccordement au réseau de chauffage urbain. &lt;/p&gt;&lt;p&gt;Le Ministère de la Transition Energétique encourage fortement la décarbonnation des modes de chauffage sur le territoire national, via le dispositif des Certificats d&amp;#039;Economie d&amp;#039;Energie (CEE). Le remplacement de vos équipements à énergie fossile au profit d&amp;#039;energie renouvelable (PAC, Biomasse, Réseau de Chaleur) est actuellement porté par le dispositif Coup de Pouce qui bonifie le financement des travaux sur le sujet. Le dispositif est valable pour les projets engagés avant la fin d&amp;#039;année 2025 et terminés avant le 31 décembre 2026. &lt;/p&gt;&lt;p&gt;La réalisation des travaux de raccordement s&amp;#039;effectue de manière générale hors période de chauffe. Afin de profiter du dispositif, il est donc nécessaire d&amp;#039;engager les projets dès maintenant afin de finaliser les chantiers durant l&amp;#039;année 2026.&lt;/p&gt;&lt;p&gt;Nos experts en efficacité énergétique analysent les dossiers de raccordement des structures qui nous sollicitent afin de :&lt;/p&gt;&lt;p&gt;1 - Valider l&amp;#039;éligiblité des travaux envisagés &lt;/p&gt;&lt;p&gt;2 - Identifier le montant de la prime CEE associée&lt;/p&gt;&lt;p&gt;2 - Marquer l&amp;#039;incitation indispensable avant l&amp;#039;engagement des travaux&lt;/p&gt;&lt;p&gt;3 - Assurer le montage administratif des dossiers&lt;/p&gt;&lt;p&gt;4 - Déposer les projets au PNCEE &lt;/p&gt;&lt;p&gt;5 - Valoriser les dossiers avec le paiement de la prime après délivrance des CEE &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Exemple 1 - Raccordement d&amp;#039;un bâtiment résidentiel de 54 logements&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Energie de chauffage initiale : chaudière gaz collective &lt;/li&gt;&lt;li&gt;Raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;energie renouvelable (Biomasse) &lt;/li&gt;&lt;li&gt;Dépose de la chaudière existante&lt;/li&gt;&lt;li&gt;Montant de la prime versée : 85 200€ &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemple 2 - &lt;/strong&gt;&lt;strong&gt;Raccordement d&amp;#039;un bâtiment tertiaire de 350m2 &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Energie de chauffage initiale : chaudière fuel&lt;/li&gt;&lt;li&gt;Raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;energie renouvelable (Pompe à Chaleur) &lt;/li&gt;&lt;li&gt;Dépose de la chaudière existante&lt;/li&gt;&lt;li&gt;Montant de la prime versée : 78 100€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Equipement public
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P159" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="Q159" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2025</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Bâtiment Résidentiel ou Tertiaire existant depuis plus de deux ans. &lt;/li&gt;&lt;li&gt;Remplacement (suppression) d&amp;#039;une énergie de chauffage à énergie fossile par une raccordement à un réseau de chaleur alimenté à plus de 50% par de l&amp;#039;energie renouvelable.&lt;/li&gt;&lt;li&gt;Engagement des travaux avant le 31 décembre 2025&lt;/li&gt;&lt;li&gt;Fin des travaux avant le 31 décembre 2026&lt;/li&gt;&lt;li&gt;Signature du document d&amp;#039;incitation en amont de la signature du document d&amp;#039;engagement des travaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://coupdepouce-confortenergie.fr/prime-coup-de-pouce-raccordement-a-un-reseau-de-chaleur-enrr-tertiaire/</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nicolas Scala&lt;/p&gt;&lt;p&gt;Responsable Raccordement Chauffage Urbain&lt;/p&gt;&lt;p&gt;nscala&amp;#64;ofee.green&lt;/p&gt;&lt;p&gt;06 99 01 95 17&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>pdeniau@ofee.green</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-votre-raccordement-a-un-reseau-de-chaleur-2/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>162986</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’adaptation et la mutation du foncier agricole</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 9 - FEADER</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I160" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J160" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers le rythme d’artificialisation des sols est
+élevé notamment du fait du développement du logement individuel et des infrastructures
+(routes, zones d’activités, …) au détriment des surfaces foncières agricoles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le modèle de l’habitat pavillonnaire majoritaire induit de potentiels
+conflits de voisinages avec le monde agricole.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;La loi climat et résilience et la mise en place du Zéro Artificialisation
+Nette ZAN à l’horizon 2050 vont venir impacter le modèle actuel pour le faire
+évoluer vers des pratiques plus durables et moins consommatrices de foncier
+agricole, naturel et forestier.&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;Par ailleurs ce foncier agricole est aussi touché en partie par de
+l’enfrichement, des phénomènes de rétention foncière et l’arrêt d’activités
+agricoles (départ à la retraite, non transmission, difficultés économiques dans
+certaines filières).&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette situation risque de s’accélérer dans les années à venir du fait du
+départ à la retraite d’une importante génération d’agriculteurs aujourd’hui
+âgée de plus de 55 ans.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Densifier l’urbanisation pour y développer les usages&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prévenir et limiter les conflits d’intérêts potentiels entre les
+différents usagers du foncier (propriétaire, habitants, agriculteurs,
+collectivités, …)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Expérimentation pour
+la mise en place de solutions et dispositifs pour accompagner la démarche de
+Zéro Artificialisation Nette (ZAN)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser l’aménagement
+des espaces agricoles et naturels hors zones Natura 2000 et hors MAEC&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Anticiper et
+accompagner les mouvements de foncier agricole pour dynamiser l’économie
+agricole&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Maintenir, préserver
+et dynamiser le foncier agricole&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Friche
+Foncier
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P160" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q160" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 3 - Agriculture et alimentation durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-1/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>121337</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Fonds "Thématiques"</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépenses éligibles HT
+ &lt;/strong&gt;
+ : 150 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : communes, EPCI&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W161" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I69" s="1" t="inlineStr">
+      <c r="I162" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J69" s="1" t="inlineStr">
-[...31 lines deleted...]
-Economie sociale et solidaire
+      <c r="J162" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Innovation, créativité et recherche
+Biodiversité
 Attractivité économique
-Appui méthodologique
-[...25 lines deleted...]
-      <c r="S69" s="1" t="inlineStr">
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H70" s="1" t="inlineStr">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>60120</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Définir et mettre en oeuvre un Projet alimentaire territorial (PAT)</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Ministère de l&amp;#039;agriculture et de l&amp;#039;alimentation / Direction générale de l&amp;#039;alimentation, la Chambre
+ d&amp;#039;agriculture et la Banque des territoires vous proposent de mettre en oeuvre des projets alimentaires
+ territoriaux (PAT).
+&lt;/p&gt;
+&lt;p&gt;
+ Création de circuits courts, lutte contre le gaspillage, pratiques exemplaires, filières locales... Les territoires
+ ont un rôle clé à jouer pour développer des projets d&amp;#039;ancrage local de notre alimentation. C&amp;#039;est l&amp;#039;ambition
+ des projets alimentaires territoriaux (PAT), un outil essentiel mis en place depuis six ans pour promouvoir
+ les initiatives territoriales qui ambitionnent de relocaliser l&amp;#039;agriculture et l&amp;#039;alimentation durable dans les
+ territoires en soutenant l&amp;#039;installation d&amp;#039;agriculteurs, les circuits courts, les produits locaux dans les cantines
+ ou encore les actions locales de formation à l&amp;#039;alimentation. Forts du succès des précédents projets, la
+ démarche prend une nouvelle envergure avec une enveloppe multipliée par 10.
+&lt;/p&gt;
+&lt;p&gt;
+ Les chambres d&amp;#039;agriculture (via Terralto) peuvent vous accompagner dans la définition de votre projet de territoire. La Banque des territoires peut vous proposer un financement adapté à ce projet de territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Agriculture et agroalimentaire
+Revitalisation
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/publications/toutes-les-publications/la-publication-en-detail/actualites/terralto-construire-un-projet-alimentaire-territorial-pat/</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre direction régionale de l&amp;#039;agriculture, de l&amp;#039;alimentation et de la forêt, votre chambre d&amp;#039;agriculture ou votre direction régionale de la Banque des territoires :
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+  https://www.banquedesterritoires.fr/directions-regionales
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff1a-definir-et-mettre-en-oeuvre-un-projet-aliment/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>149546</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans mon exploitation d'élevage - Dispositif 201 du Feader</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>INVESTIR DANS MON EXPLOITATION D'ELEVAGE - Dispositif 201 du Feader</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme
+Conseil régional d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Permettre la modernisation et l&amp;#039;adaptation des élevages aux changements climatiques.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les travaux de construction, d&amp;#039;extension, d&amp;#039;amélioration de biens immobiliers des types de projets suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Constructions neuves avec logement d&amp;#039; animaux
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Constructions neuves de stockage des fourrages (foin et paille)
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Rénovations des bâtiments d&amp;#039;élevage et/ou extension partielles et/ou acquisitions, y compris stockage de fourrage et acquisition d&amp;#039;équipements
+&lt;/p&gt;
+&lt;p&gt;
+ 4- Mise aux normes (Nouvelles zones vulnérables)
+&lt;/p&gt;
+&lt;p&gt;
+ 5- Extension totale pour les bâtiments d&amp;#039;élevage : table d&amp;#039;alimentation, aire d&amp;#039;alimentation, couchage.
+&lt;/p&gt;
+&lt;p&gt;
+ 6- Stockage et fabrication d&amp;#039;aliments à la ferme
+&lt;/p&gt;
+&lt;p&gt;
+ 7- Pâturage
+&lt;/p&gt;
+&lt;p&gt;
+ 8- Alimentation en eau des élevages
+&lt;/p&gt;
+&lt;p&gt;
+ 9- Déconstruction de bâtiments aimantés (avec construction neuve ou rénovation)
+&lt;/p&gt;
+&lt;p&gt;
+ 10- Acquisition de matériels agricoles spécifiques en zone de montagne – hors tracteurs
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont calculés sur la base de coûts réels ou de forfait tels que définis dans la mesure 201 du programme régional FEADER 2023 2027 de la région AURA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les types de projet calculés sur la base de dépenses « au réel », sont également éligibles les dépenses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Frais de permis de construire ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Frais administratifs d&amp;#039;installation classée ICPE ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;achat des pièces et matériaux utilisés lors de l&amp;#039;auto-construction, sauf ceux liés aux ouvrages de stockage des effluents, charpente et électricité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Étude de faisabilité technique dont DEXEL
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Un seul dossier par bénéficiaire et par type de projet sera subventionné sur la durée de cette programmation 2023-2027, sauf exception ou modifications ultérieures.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Montant/taux de l&amp;#039;aide
+  &lt;/strong&gt;
+ &lt;/p&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#43;
+ 5 % si nouvel installé (y compris jeune agriculteur) (selon les modalités définies dans le document « conditions transversales ») ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  30%
+   des dépenses éligibles suite à instruction et maximum 40% selon les modulation suivantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43;
+   5 % pour les exploitations situées en zone de montagne
+   ou &amp;#43;10 % pour les exploitations situées en zone de haute-montagne (selon les modalités définies dans le document « conditions transversales »).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dossier doit être déposé en ligne sur le site de la Région Auvergne-Rhône-Alpes dans le cadre des appels à candidatures lancés sur le dispositif 201 – Investir pour mon exploitation d&amp;#039;élevage.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention pour de l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ La part départementale de la subvention sera versée après instruction de la demande de paiement par la Région et sur demande de celle-ci au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bases réglementaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Article  42 Traité sur le Fonctionnement de Union Européenne (TFUE),
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ La construction/déconstruction/extension/rénovation de bâtiments et les équipements des exploitations d&amp;#039;élevage bovine, ovine, caprine, avicole, cunicole, porcine qui ont pour effet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leur modernisation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diminution de l&amp;#039;impact environnemental,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;amélioration de l&amp;#039;ambiance et de la performance énergétique des bâtiments pour faire face
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux écarts de température,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de capacités de stockage pour l&amp;#039;alimentation des animaux (fourrages et concentrés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  et le renforcement de l&amp;#039;utilisation du pâturage pour faire face aux aléas climatiques, la création de systèmes d&amp;#039;abreuvement indépendants des réseaux d&amp;#039;eau potable, la réduction de l&amp;#039;artificialisation des terres agricoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher des dépenses : 10 000€ HT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond des dépenses : de 50 000€ HT ou 225 000€ HT
+ &lt;/strong&gt;
+ selon les types de projets ne bénéficiant qu&amp;#039;à une seule exploitation agricole. Pour les GAEC, ce plafond est multiplié par le nombre d&amp;#039;associés jusqu&amp;#039;à 3 maximum.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet est éligible :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  si l&amp;#039;investissement matériel est réalisé dans le département de la Drôme et le siège d&amp;#039;exploitation en Région AURA
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou si le siège d&amp;#039;exploitation est situé dans la Drôme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sélection
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles feront l&amp;#039;objet d&amp;#039;une sélection. Les critères de sélection seront portés à connaissance des porteurs de projets dans l&amp;#039;appel à candidatures.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestion de l&amp;#039;enveloppe votée au budget et priorités départementales :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les participations financières de chaque co-financeur national et du FEADER sont optimisées au sein de chaque appel à candidatures. Les dossiers sont classés par ordre de priorité en fonction d&amp;#039;une grille de sélection disponible dans chaque appel à candidatures.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département engage ses crédits dans la limite des enveloppes votées par l&amp;#039;Assemblée.
+&lt;/p&gt;
+&lt;p&gt;
+ La Commission permanente du Conseil départemental de la Drôme peut choisir les dossiers qu&amp;#039;elle accompagne parmi les sélectionnés, en fonction des priorités fixées au niveau départemental. Ainsi, dans le cadre de sa politique agricole, le Département interviendra en priorité sur les dossiers des agriculteurs
+ &lt;strong&gt;
+  certifiés Bio
+ &lt;/strong&gt;
+ , puis sur ceux
+ &lt;strong&gt;
+  des nouveaux installés
+ &lt;/strong&gt;
+ (reconnus JA ou non) et enfin sur ceux qui se trouvent
+ &lt;strong&gt;
+  en zone de montagne
+ &lt;/strong&gt;
+ . Si le Département a encore des crédits disponibles après avoir pris ces dossiers, il pourra financer les autres dossiers sélectionnés.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Exclusions
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Voir la Mesure 201 du programme régional FEADER 2023 2027 de la région AURA
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Agriculteurs actifs (hors Cotisants solidaires sauf agriculteurs en cours d&amp;#039;installation).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/investir-dans-mon-exploitation-delevage-dispositif-201-du-feader/</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Région Auvergne Rhône Alpes
+&lt;/p&gt;
+&lt;p&gt;
+ Demande en ligne sur le site de la Région Auvergne-Rhône-Alpes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aadf-investir-dans-mon-exploitation-delevage-dispo/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>87182</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'agriculture urbaine</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’alimentation durable et de la transition agricole</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="O70" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires investit dans les acteurs de l&amp;#039;économie sociale et solidaire portant des projets d&amp;#039;agriculture urbaine, en faveur d&amp;#039;une alimentation durable, de la végétalisation des espaces urbains, de l&amp;#039;impact social et de la mise en place de circuits courts de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de développer l&amp;#039;agriculture urbaine La Banque des Territoires vous propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un accompagnement de Territoires Conseils, un co-financement d&amp;#039;études d&amp;#039;ingénierie en amont ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un investissement en fonds propres et/ou quasi-fonds propres.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Alimentation
+Agriculture et agroalimentaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P70" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-alimentation-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Agri_argumentaire_psat</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+  https://www.banquedesterritoires.fr/directions-regionales
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e400-developper-lagriculture-urbaine-agriculture-u/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>165368</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le réseau électrique</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Énergie Orne</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Travaux de renforcement&lt;/h4&gt;&lt;p&gt;Toutes les communes de l&amp;#039;Orne adhèrent au Territoire d&amp;#039;énergie Orne pour sa compétence fondatrice : autorité organisatrice de la distribution de l’électricité. Le Te61 est donc le premier contact des collectivités territoriales en ce qui concerne le réseau électrique.&lt;/p&gt;&lt;p&gt;Les travaux de renforcement proposés par le Te61 consistent à adapter le réseau public à l’accroissement de la demande en électricité et visent à réduire le nombre de clients mal alimentés en électricité dans l’Orne.&lt;/p&gt;&lt;p&gt;En cas de mauvaise alimentation électrique, une intervention est nécessaire pour améliorer la qualité de l’énergie distribuée afin de résorber les chutes de tension et de réajuster les besoins en puissance.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/classification-des-communes-68bfd51472189.png" alt /&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2025-09-09-102608-68bfe4ce29d87.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Financement des travaux de renforcement &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le Te61 finance à 100 % les communes rurales et les communes déléguées rurales d&amp;#039;une nouvelle commune.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://te61.fr/reseaux-electriques/travaux-de-renforcement/</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;02 33 32 83 13&lt;/p&gt;&lt;p&gt;Cédric THOMAS - directeur du pôle technique - cedric.thomas&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;André-Jacques ALLANIC - chargé d&amp;#039;affaires secteurs 1, 10 et urbain - aj.allanic&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Stanislas BISSON - chargé d&amp;#039;affaires secteurs 2 , 11 et 12 - stanislas.bisson&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Guillaume THEUDE - chargé d&amp;#039;affaires secteurs 3, 4 et 6 - guillaume.theude&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Guillaume DELERY - chargé d&amp;#039;affaires secteurs 7, 8 et 9 - guillaume.delery&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;Damien DANGUY - chargé d&amp;#039;affaires secteur 5 - damien.danguy&amp;#64;te61.fr &lt;/p&gt;&lt;p&gt;https://te61.fr/ &lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/carte-reseaux-electrique-orne-1280-6890ad7448166.webp" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te61.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-le-reseau-electrique/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G71" s="1" t="inlineStr">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>119941</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans vos projets de construction et rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivité</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ASDER est un acteur majeur de la transition énergétique en Savoie depuis plus de 40 ans. Nous accompagnons les communes et territoires dans leur politique de transition énergétique, notre spécialité étant l&amp;#039;énergie.
+ &lt;br /&gt;
+ L&amp;#039;ASDER peut vous accompagner du début à la fin de votre projet ou intervenir ponctuellement pour vous apporter des conseils sur le volet énergétique.
+ &lt;br /&gt;
+ Nous visitons le bâtiment et vous faisons un pré-diagnostic et des préconisations d&amp;#039;amélioration.
+ &lt;br /&gt;
+ Si vous décidez de lancer le projet nous sommes à vos côtés pour vous conseiller sur les choix les plus à même d&amp;#039;assurer la qualité environnementale du projet.
+ &lt;br /&gt;
+ Nous pouvons, avec vous, analyser les propositions qui vous sont faites, vous proposer une grille d&amp;#039;analyse pour faire ressortir les éléments essentiels pour réaliser un projet efficace et respectueux de l&amp;#039;environnement.
+ &lt;br /&gt;
+ L&amp;#039;objectif de notre accompagnement est de vous amener vers un projet le plus vertueux possible, avantageux pour la maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons accompagné plusieurs communes pour la rénovation de leur école, dans une réflexion très en amont avec le CAUE de la Savoie (pré-diagnostic ; pré-programme). Nous accompagnons les maîtres d&amp;#039;ouvrage tout au long des projets, ce qui nous permet d&amp;#039;avoir une bonne expérience.
+ &lt;br /&gt;
+ Nous intervenons régulièrement pour les communes, sur tout type de bâtiments (mairie ; école ; salle polyvalente ; logements communaux ; ...) et à différents stades de leurs projets de patrimoine (programme, pré-diagnostic, consultations des entreprises, suivi des installations, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes communes et EPCI de Savoie sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christian Fleury - Responsable du pôle collectivités et territoires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  christian.fleury&amp;#64;asder.asso.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 04 79 85 88 50
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e84c-etre-accompagner-dans-vos-projets-de-construc/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>161710</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez votre projet de Pompe à Chaleur (PAC) solaire grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Installation de pompes à chaleur solaire pour la production d’eau chaude </t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K71" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
-[...167 lines deleted...]
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin :&lt;/strong&gt; réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins :&lt;/strong&gt; raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale : &lt;/strong&gt;étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de pompes à chaleur (PAC) solaires éligibles au Fonds Chaleur sont les opérations de production d&amp;#039;eau chaude sanitaire (ECS) à destination de logement collectif et des secteurs Tertiaire, Industrie et Agriculture comprenant les établissements ayant des usages ECS durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-pompes-a-chaleur-solaire-pour-la-production-deau-chaude/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G72" s="1" t="inlineStr">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>161736</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un soutien financier à la réalisation de groupes de projets ayant recours à de la chaleur d'origine renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="I72" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K72" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupérations&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique qui permet de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable patrimonial, d’une durée maximale de 6 ans, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable territorial, d&amp;#039;une durée de 4 ans, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilités et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>161777</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser votre projet solaire thermique en métropole grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que les points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100°C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le solaire thermique est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d&amp;#039;eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1 - Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projeté. Cela vous confortera dans votre choix d’investir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2 - Déposez ensuite un dossier de demande d’aide.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;analyse économique&lt;/strong&gt; ou sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-deau-chaude-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>146793</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Déployer un dispositif d’accompagnement aux énergies renouvelables thermiques pour les collectivités, entreprises, bailleurs et associations</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Contrat chaleur renouvelable</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Ademe - Direction régionale Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J172" s="1" t="inlineStr">
+        <is>
+          <t>Au forfait ou en %</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...132 lines deleted...]
- Sont éligibles les projets suivants :
+ Approuvé en février 2021, le Plan Climat Air Energie Territorial (PCAET) permet de développer fortement les énergies renouvelables et de récupération (EnR&amp;amp;R). La MEL vise ainsi une multiplication par 2,3 de la production locale entre 2016 et 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour ce faire, la MEL déploie un contrat de chaleur renouvelable pour une première période de 3 ans. Financé par l&amp;#039;ADEME dans le cadre du Fonds Chaleur, il vise à accompagner financièrement et techniquement les acteurs du territoire (hors particuliers) : communes, entreprises, industries, bailleurs sociaux, copropriétés, équipements médico-sociaux, acteurs agricoles - souhaitant produire des énergies renouvelables thermiques (géothermie, biomasse, solaire thermique, réseaux, récupération de chaleur fatale).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est ouvert à des projets de toute taille (bâtiment neuf, réhabilitation, changement de production de chaleur) et offre un soutien technique et financier pour :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Actions d&amp;#039;éducation à la transition écologique et énergétique, favorisant l&amp;#039;écocitoyenneté ; ponctuelles, annuelles ou pluriannuelles ; auprès de tous les publics et dans tous les territoires régionaux ; favorisant les partenariats lors de la construction et de la mise en œuvre de celles-ci et s&amp;#039;appuyant sur une méthodologie ambitieuse.
+   l&amp;#039;accompagnement en ingénierie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des études de diagnostic, de faisabilité et missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des investissements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Quel financement ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 70 % pour les études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Selon les barèmes forfaitaires du fond chaleur ADEME pour les travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sur les 3 prochaines années, près de 8 M€ d&amp;#039;aides pour la chaleur renouvelable seront apportés aux acteurs du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement d&amp;#039;une chaudiere biomasse pour une médiateque
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une installation solaire thermique pour un établissement de santé
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;un raccordement de deux copropriétés au réseau de chaleur urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une étude de faisabilité pour une opération de géothermie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout d&amp;#039;acteur hors particulier
+&lt;/p&gt;
+&lt;p&gt;
+ Critères du fond chaleur
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Métropole Européenne de Lille</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lillemetropole.fr/chaleur-renouvelable-la-mel-accompagne-les-projets-de-son-territoire</t>
+        </is>
+      </c>
+      <c r="W172" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.lillemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Alexandre Pauvert :
+   &lt;a target="_self"&gt;
+    a.pauvert&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maxime Lassalle :
+   &lt;a target="_self"&gt;
+    m.lassalle&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a target="_self"&gt;
+    enr&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>apauvert@lillemetropole.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80db-contrat-chaleur-renouvelable-metropole-europe/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>94705</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études relatives à la mise en œuvre ou à la définition des réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Études de réseaux de chaleur et de froid », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Réaliser ou étendre un réseau de chaleur et/ou de froid liant des moyens de production de chaleur à des bâtiments et alimentés par des énergies renouvelables ou de récupération, l&amp;#039;ADEME vous accompagne.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
-   Actions favorisant la coopération entre acteurs d&amp;#039;un même territoire de projet qu&amp;#039;il soit local, départemental, régional, inter-régional et/ou transfrontalier ou européen.
+   Entreprise,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
-   Actions de formation et de professionnalisation des acteurs de l&amp;#039;EEDD (évaluation des besoins de formations en EEDD, organisation de réseaux de formateurs d&amp;#039;acteurs de l&amp;#039;EEDD, formations qualifiantes et diplômantes de professionnels de l&amp;#039;EEDD, formations des acteurs associatifs bénévoles).
-[...12 lines deleted...]
-   &lt;br /&gt;
+   Association.
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Bénéficiez d&amp;#039;un financement pour vos études relatives à la mise en œuvre ou à la définition des réseaux de chaleur ou de froid
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;p&gt;
+   Selon les régions, l&amp;#039;ADEME s&amp;#039;appuie sur certains relais pour promouvoir les énergies renouvelables. A ce titre, des conseils, des notes d&amp;#039;opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l&amp;#039;investissement dans un réseau de chaleur ou de froid sont conditionnées à la production d&amp;#039;une étude de faisabilité pour une création de réseau ou d&amp;#039;un schéma directeur des réseaux pour une extension.
+  &lt;/p&gt;
+ &lt;p&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant d&amp;#039;investir, l&amp;#039;ADEME préconise le recours à des prestataires bureaux d&amp;#039;études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="X72" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/aide-etudes-reseaux-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contact
-[...11 lines deleted...]
- Mail : yann.abonneau&amp;#64;laregion.fr
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;48353" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9657-aider-aaux-etudes-de-reseaux-de-chaleur-et-de/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>78197</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études et travaux en matière d'eau potable et d'assainissement</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Eau potable - Assainissement</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I73" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J73" s="1" t="inlineStr">
+      <c r="J174" s="1" t="inlineStr">
         <is>
           <t>Le taux de subvention s’applique selon des critères de potentiel et d’efforts fiscaux</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Conseil Départemental cherche à contribuer à l’atteinte des objectifs suivants :
 &lt;/p&gt;&lt;p&gt;•	Participer à l’aménagement du territoire et répondre aux besoins de la population en organisant un service de l’eau de qualité ;
 &lt;/p&gt;&lt;p&gt;•	Protéger, connaître, optimiser la ressource en eau notamment pour prendre en compte et anticiper les effets du changement climatique ;
 &lt;/p&gt;&lt;p&gt;•	Optimiser la gestion patrimoniale des infrastructures ;
 &lt;/p&gt;&lt;p&gt;•	Tendre vers une gestion concertée, solidaire et intégrée de l’eau ;
 &lt;/p&gt;&lt;p&gt;•	Améliorer la qualité des masses d’eau définies par la Directive Cadre Européenne sur l’eau.
 &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Modalités d&amp;#039;intervention :
 &lt;/p&gt;&lt;p&gt;Les bénéficiaires pour les opérations de travaux sont les communes dont la population totale est inférieure à 3 500 habitants ou leurs groupements qui devront avoir instauré, au minimum et au choix :
 &lt;/p&gt;&lt;p&gt;•	Un prix de l’eau supérieur ou égal à 1€ HT/m3 (redevances incluses) sur la base d’une consommation de 120 m3/abonné/an ;
 &lt;/p&gt;&lt;p&gt;•	Un forfait supérieur ou égal à 120€ HT/an (redevances incluses).
 &lt;/p&gt;&lt;p&gt;Pour les études, le critère sur le prix de l’eau ne s’applique pas.
 &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M73" s="1" t="inlineStr">
+      <c r="M174" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création réservoir et surpresseurs,
  &lt;/li&gt;
  &lt;li&gt;
   Création Réservoir  d&amp;#039;équilibre (réservoir de tête),
  &lt;/li&gt;
  &lt;li&gt;
   Etudes liées à la DUP,
  &lt;/li&gt;
  &lt;li&gt;
   Travaux périmètres de protection DUP dont acquisition des PPI,
  &lt;/li&gt;
  &lt;li&gt;
   Etude simple (diagnostic ou schéma),
  &lt;/li&gt;
  &lt;li&gt;
   Etude patrimoniale et stratégique (prise de compétence eau potable à l&amp;#039;échelle d&amp;#039;une intercommunalité, regroupement de syndicats, ....),
  &lt;/li&gt;
  &lt;li&gt;
   Pose de compteurs individuels,
  &lt;/li&gt;
  &lt;li&gt;
   Station d&amp;#039;épuration,
  &lt;/li&gt;
  &lt;li&gt;
   Création de réseau d&amp;#039;assainissement ,
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de réseaux ,
  &lt;/li&gt;
  &lt;li&gt;
   Autosurveillance (équipement de mesures des débits et de la pollution) pour les stations d&amp;#039;épuration
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Commune, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intercommunalité &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicat&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Autres critères d’éligibilité : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;1.	ALIMENTATION EN EAU POTABLE
 &lt;/p&gt;&lt;p&gt;Nature des opérations concernées :
 &lt;/p&gt;&lt;p&gt;•	Etudes
 &lt;/p&gt;&lt;p&gt;•	Protection de la ressource
 &lt;/p&gt;&lt;p&gt;•	Amélioration de la qualité de l’eau distribuée
 &lt;/p&gt;&lt;p&gt;•	Economies d’eau
 &lt;/p&gt;&lt;p&gt;•	Connaissance du patrimoine
 &lt;/p&gt;&lt;p&gt;•	Sécurisation-interconnections
 &lt;/p&gt;&lt;p&gt;•	Création d’ouvrages stratégiques
 &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Au-delà de la nature des opérations, les dossiers doivent respecter les dispositions du Schéma Départemental d&amp;#039;Alimentation en Eau Potable, les documents d’urbanisme en vigueur, ainsi que le cadre de la réglementation.
 &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;2.	ASSAINISSEMENT
 &lt;/p&gt;&lt;p&gt;Nature des opérations concernées :
 &lt;/p&gt;&lt;p&gt;•	Etudes
 &lt;/p&gt;&lt;p&gt;•	Réhabilitation de stations d’épuration (partielle ou totale)
 &lt;/p&gt;&lt;p&gt;•	Création de systèmes d’assainissement (réseau d’assainissement &amp;#43; station d’épuration)
 &lt;/p&gt;&lt;p&gt;•	Réseaux de transfert
 &lt;/p&gt;&lt;p&gt;•	Extension de réseau d’assainissement
 &lt;/p&gt;&lt;p&gt;•	Amélioration des installations existantes
 &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Concernant les travaux d’extension ou de création de réseau d’assainissement, le Conseil Départemental n&amp;#039;intervient que lorsque la collectivité aura défini les zones d&amp;#039;assainissement collectif et/ou autonome, et, choisi la solution technique la plus adaptée après comparaison des coûts globaux investissement et fonctionnement.
 &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Hautes-Pyrénées</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Environnement et Aménagement
 &lt;/p&gt;&lt;p&gt;
 1.	ALIMENTATION EN EAU POTABLE &lt;/p&gt;&lt;p&gt;Thierry DEVAURS - 05 62 56 78 38/06 02 08 13 77 - thierry.devaurs&amp;#64;ha-py.fr
 &lt;/p&gt;&lt;p&gt;
 Fonds Alimentation en eau potable - Département des Hautes-Pyrénées &lt;/p&gt;&lt;p&gt;
 2.	ASSAINISSEMENT &lt;/p&gt;&lt;p&gt;Marie-Claire CAMES-BAUDOUIN  - 05 62 56 70 64/07 85 59 18 51 - marie-claire.cames-baudouin&amp;#64;ha-py.fr
 &lt;/p&gt;&lt;p&gt;
 Fonds Assainissement - Département des Hautes-Pyrénées &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>stephanie.divoux@ha-py.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/50f6-soutenir-les-etudes-et-travaux-en-matiere-das/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
-[...4035 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>