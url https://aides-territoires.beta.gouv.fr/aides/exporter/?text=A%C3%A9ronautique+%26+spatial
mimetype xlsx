--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA8"/>
+  <dimension ref="A1:AA5"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,478 +228,79 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>60892</v>
+        <v>58545</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Aider les entreprises de la filière aéronautique</t>
+          <t>Soutenir les projets de création de start-up dans leur phase d'émergence (Parcours START'OC)</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Bpifrance</t>
+          <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...397 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   La Région Occitanie soutient les projets de création de startup dans leur phase d&amp;#039;émergence - Parcours START&amp;#039;OC : START&amp;#039;OC PROjet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Contexte et objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Adopté en décembre 2017, le dispositif « START&amp;#039;OC PROjet » a pour objectif de soutenir les projets de création de startup dans leur phase d&amp;#039;émergence en validant la faisabilité commerciale du projet afin de permettre aux dirigeants de mieux évaluer leur marché.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intervention est prévue sous forme de subvention (50% des dépenses), avec un plafond de subvention de 5 000 euros.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La startup est une entreprise de moins de 3 ans
@@ -799,168 +400,483 @@
   Céramique,
  &lt;/li&gt;
  &lt;li&gt;
   Cosmétique et bien-être,
  &lt;/li&gt;
  &lt;li&gt;
   Le granit,
  &lt;/li&gt;
  &lt;li&gt;
   Art de vivre / art de la table.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le cas échéant, les entreprises devront présenter un projet d&amp;#039;intérêt stratégique avéré pour le territoire, ou relever des domaines de spécialisation de la SRI ou des éventuels plans thématiques et sectoriels retenus par la Région Occitanie (plans régionaux du type plan aéronautique ou déclinaison des plans industriels nationaux ; ex : usine du futur).
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclues comme activités principales : les services financiers hormis les Fintech, les professions libérales, les banques, les assurances, les sociétés de commerce de détail et de négoce (BtoC).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les bénéficiaires devront s&amp;#039;engager à créer leur entreprise en  Occitanie / Pyrénées-Méditerranée.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Transition énergétique
 Santé
 Technologies numériques et numérisation
 Consommation et production
 Innovation, créativité et recherche
 Emploi
 Industrie</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Détail de l&amp;#039;aide sur le Hub Entreprendre Occitanie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Parcours-START-OC-START-OC-PROjet</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Consultez le site de la Région Occitanie.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dd16-parcours-startoc-startoc-projet/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E5" s="1" t="inlineStr">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>126578</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets innovants portés par des PME et des ETI franciliennes</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Innov'up Leader PIA 4</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Île-de-France soutient, à travers sa gamme de financement Innov&amp;#039;up, avec l&amp;#039;État et en partenariat avec Bpifrance, des projets innovants portés par des PME et des ETI franciliennes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Attractivité économique</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2021</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligibles au dispositif, les entreprises doivent respecter ces critères cumulatifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être une PME ou une ETI créée au moment du dépôt du dossier de candidature (avoir un numéro SIRET et être en mesure de fournir un extrait K-Bis),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être un PME ou une ETI localisée en Île-de-France (siège social ou établissement secondaire y réalisant sa R&amp;amp;D),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être en situation financière saine et disposer de fonds propres et quasi fonds propres suffisants pour mener à bien le projet envisagé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets déposés par les ETI doivent impérativement s&amp;#039;inscrire dans l&amp;#039;une des 5 thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Industrie du futur/Robotique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quantique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cybersécurité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hydrogène,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bioproduction, Santé ou toute autre filière industrielle se rattachant à une
+  &lt;a href="https://www.entreprises.gouv.fr/fr/strategies-d-acceleration" rel="noopener" target="_blank"&gt;
+   stratégie nationale d&amp;#039;accélération
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le montant du soutien public est compris
+ &lt;strong&gt;
+  entre 75.000€ et 500.000€.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Dans le cas général, la modalité d&amp;#039;attribution de l&amp;#039;aide est forfaitaire et respecte la répartition suivante :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  2/3 de l&amp;#039;aide attribuée sous la forme de subventions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  1/3 de l&amp;#039;aide attribuée sous la forme d&amp;#039;avances récupérables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sauf cas particulier,
+ &lt;strong&gt;
+  l&amp;#039;aide est versée en 2 fois :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la notification de l&amp;#039;aide (50%),
+ &lt;/li&gt;
+ &lt;li&gt;
+  À la clôture du projet (50%).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses internes ou externes liées à la réalisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements non récupérables (affectés au programme),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amortissement sur la durée du programme des investissements récupérables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : les investissements de remplacement ne sont pas éligibles à l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La qualité de l&amp;#039;innovation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le potentiel économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La contribution au développement de l&amp;#039;Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La qualité du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets proposés doivent s&amp;#039;inscrire dans les priorités de la stratégie régionale
+ &lt;strong&gt;
+  &lt;a href="https://www.iledefrance.fr/la-region-lance-impact-2028-sa-nouvelle-strategie-economique-face-aux-grands-defis-de-demain" rel="noopener" target="_blank"&gt;
+   Impact 2028
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ pour la croissance, l&amp;#039;emploi et l&amp;#039;innovation en Île-de-France et cibler particulièrement les secteurs suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aéronautique, spatial et défense,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agriculture, agro-alimentaire et nutrition, sylviculture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Automobile et mobilités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Industrie du Futur/Robotique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Énergies d&amp;#039;avenir (dont hydrogène),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique (dont quantique, cybersécurité, big data, calcul haute performance, industries culturelles et créatives, infrastructures numériques, intelligence artificielle, internet des objets, fintech, logiciels, réseaux, smart grid),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé (dont bioproduction, biotechnologies, dispositifs médicaux, silver économie),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tourisme, sport et loisirs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Région – Ville durable et intelligente (dont écoactivités, énergies, biomatériaux, (re)construction durable, déchets, smart cities, services).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 3 périodes de réception des dossiers de candidature, sur l&amp;#039;année 2023, sont prévues aux dates suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Du 4 janvier 2023 au 7 avril 2023,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Du 10 avril 2023 au 8 septembre 2023,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Du 11 septembre 2023 au 1er décembre 2023.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide doit être déposée avant le démarrage du projet, toute dépense réalisée avant rend le projet inéligible.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;strong&gt;
+ Le dossier de candidature est à déposer sur la plateforme de collecte à l&amp;#039;adresse suivante :
+ &lt;a href="http://leaderpia.iledefrance.fr/Innov-up-Leader-PIA" rel="noopener" target="_blank"&gt;
+  http://leaderpia.iledefrance.fr/Innov-up-Leader-PIA
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/strong&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/innovup-leader-pia-4</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>http://leaderpia.iledefrance.fr/Innov-up-LEADER-PIA</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Région :
+ &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aides.economiques&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bpifrance :
+ &lt;a href="http://leaderpia.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  http://leaderpia.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9d62-innovup-leader-pia-4/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>120892</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'innovation portées par des PME et des ETI franciliennes</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Innov'up Leader - France 2030  Île-de-France</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Le montant du soutien public est compris entre 75.000€ et 500.000€.</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Île-de-France soutient, à travers sa gamme de financement Innov&amp;#039;up, avec l&amp;#039;État et en partenariat avec Bpifrance, des projets innovants portés par des PME et des ETI franciliennes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P4" s="1" t="inlineStr">
         <is>
           <t>30/09/2024</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligibles au dispositif, les entreprises doivent respecter ces critères cumulatifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Être une PME ou une ETI créée au moment du dépôt du dossier de candidature (avoir un numéro SIRET et être en mesure de fournir un extrait K-Bis),
  &lt;/li&gt;
  &lt;li&gt;
   Être un PME ou une ETI localisée en Île-de-France (siège social ou établissement secondaire y réalisant sa R&amp;amp;D),
  &lt;/li&gt;
  &lt;li&gt;
   Être en situation financière saine et disposer de fonds propres et quasi fonds propres suffisants pour mener à bien le projet envisagé.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les projets déposés par les ETI doivent impérativement s&amp;#039;inscrire dans l&amp;#039;une des 5 thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Industrie du futur/Robotique,
  &lt;/li&gt;
  &lt;li&gt;
   Quantique,
  &lt;/li&gt;
@@ -1134,681 +1050,245 @@
 &lt;p&gt;
  &lt;strong&gt;
   La demande d&amp;#039;aide doit être déposée avant le démarrage du projet, toute dépense réalisée avant rend le projet inéligible.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;strong&gt;
  Le dossier de candidature est à déposer sur la plateforme de collecte à l&amp;#039;adresse suivante :
  &lt;a href="http://leaderpia.iledefrance.fr/Innov-up-Leader-PIA" rel="noopener" target="_blank"&gt;
   http://leaderpia.iledefrance.fr/Innov-up-Leader-PIA
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/strong&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-leader-france-2030-ile-de-france</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Région :
  &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   aides.economiques&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bpifrance :
  &lt;a href="http://leaderpia.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   http://leaderpia.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60a1-innovup-leader-pia-4/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>60892</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Aider les entreprises de la filière aéronautique</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avance récupérable jusqu&amp;#039;à 35 % de vos dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Nous pouvons vous aider financièrement à répondre aux appels d&amp;#039;offres et aux besoins de donneurs d&amp;#039;ordre aéronautique.
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Dépenses internes ou externes directement liées au projet d&amp;#039;innovation et relatives au lot d&amp;#039;équipements concernés : frais de personnel, achats, sous-traitance, amortissement des investissements matériels et immobiliers...
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avance récupérable en cas de succès, plafonnée à 35 % des coûts retenus ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement soumis à actualisation (taux de référence communautaire) ainsi qu&amp;#039;à redevances complémentaires si le succès dépasse fortement les prévisions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les aides sont accordées sous forme d&amp;#039;
+ &lt;strong&gt;
+  avance récupérable
+ &lt;/strong&gt;
+ conformément aux dispositions des régimes d&amp;#039;aide SA.31561, N395/2010 et à l&amp;#039;encadrement communautaire des aides d&amp;#039;Etat à la recherche, au développement et à l&amp;#039;innovation.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a fait l&amp;#039;objet d&amp;#039;une convention conclue avec la Direction générale de l&amp;#039;aviation civile (DGAC) en décembre 2011.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Consommation et production
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une entreprise sous-traitante ou d&amp;#039;ingénierie de la filière aéronautique (rang 1,2 voire plus)
+&lt;/p&gt;
+&lt;h4&gt;
+ Entreprises éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Entreprises implantées en France de moins de 2 000 personnes indépendantes d&amp;#039;un groupe de plus de 2 000 personnes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;p&gt;
+ Projet d&amp;#039;ingénierie de mise au point de produit ou équipement destiné à être installé en première monte ou rechange sur un aéronef, dans la mesure où une commande ou un projet de commande est identifié
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-aux-entreprises-de-la-filiere-aeronautique</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+ : Bpifrance de votre région
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/60a1-innovup-leader-pia-4/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aee7-aide-aux-entreprises-de-la-filiere-aeronautiq/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
-        <is>
-[...571 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>