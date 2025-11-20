--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -112,81 +112,81 @@
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -390,641 +390,786 @@
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-patrimoine/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>165292</v>
+        <v>111665</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>CERV – Appel à propositions pour promouvoir l’égalité et lutter contre le racisme, la xénophobie et toutes les autres formes de discrimination – 2025</t>
+          <t>Agir en faveur de l'égalité et de l'éducation à la citoyenneté</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>CERV – Appel à propositions pour promouvoir l’égalité et lutter contre le racisme, la xénophobie et toutes les autres formes de discrimination – 2025</t>
+          <t>Citoyenneté : Egalité et lutte contre les discriminations</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Commission européenne</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
-        <is>
-[...108 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J4" s="1" t="inlineStr">
+      <c r="J3" s="1" t="inlineStr">
         <is>
           <t>Subvention de fonctionnement qui ne prend pas en compte les charges de personnel</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appel à projet annuel en direction des acteurs locaux, visant à mettre en place des actions en faveur de : l&amp;#039;égalité entre les femmes et les hommes et l&amp;#039;éducation à la citoyenneté.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2019-02-0009 (AD du 27/05/2019)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Egalité des chances
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la citoyenneté, de la jeunesse et de la vie associative
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 32 44
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/469e-agir-en-faveur-de-legalite-et-de-leducation-a/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>162744</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Intervenir en matière d’Egalité entre les Femmes et les Hommes et la lutte contre les discriminations</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Égalité Femmes-Hommes</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le domaine des solidarités, la Région intervient en matière d’Egalité entre les Femmes et les hommes et la lutte contre les discriminations liées au genre autour de trois axes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’accès aux droits des femmes et la valorisation de leur engagement dans la société ;&lt;/li&gt; 	&lt;li&gt;la protection et l’accompagnement des femmes victimes de violences conjugales ;&lt;/li&gt; 	&lt;li&gt;la lutte contre les préjugés et les discriminations par le genre.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les associations qui font l’objet d’une convention d’objectifs pluriannuel avec la Région.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les demandes s’inscrivent dans les objectifs du cadre d’intervention du Service Jeunesse et Engagement civique;&lt;/li&gt; 	&lt;li&gt;les actions financées doivent obligatoirement faire apparaître un cofinancement public et ne pas dépendre de la seule subvention de la Région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les demandes s’inscrivent dans les objectifs du cadre d’intervention du Service Jeunesse et Engagement civique;&lt;/li&gt; 	&lt;li&gt;les actions financées doivent obligatoirement faire apparaître un cofinancement public et ne pas dépendre de la seule subvention de la Région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/egalite-femmes-hommes</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Jeunesse et Engagement Civique&lt;/p&gt;
+&lt;p&gt;Tel :  &lt;a href="tel:0491575251"&gt;04 91 57 52 51&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>mpiegut@cd-essonne.fr</t>
+          <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/469e-agir-en-faveur-de-legalite-et-de-leducation-a/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/egalite-femmes-hommes/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>162744</v>
+        <v>163065</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Intervenir en matière d’Egalité entre les Femmes et les Hommes et la lutte contre les discriminations</t>
+          <t>Soutenir la création et la production d’œuvres cinématographiques et audiovisuelles de qualité dans toute leur diversité</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Égalité Femmes-Hommes</t>
+          <t>Soutien au programme éditorial</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Association</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
-        <is>
-[...92 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En partenariat avec le CNC (Centre national du cinéma et de l’image animée), la Région Sud aide à la création et à la production d’œuvres cinématographiques et audiovisuelles de qualité dans toute leur diversité.&lt;/p&gt;
 &lt;p&gt;Le fonds d’aide à la creation et à la production de longs métrages de fiction a pour but de contribuer :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;à conforter la stratégie d’un producteur délégué en apportant un soutien au développement aux projets présentés dans le cadre d’un programme éditorial ;&lt;/li&gt; 	&lt;li&gt;au soutien d’œuvres de qualité ;&lt;/li&gt; 	&lt;li&gt;au développement de la diversité culturelle ;&lt;/li&gt; 	&lt;li&gt;à l’émergence de nouveaux talents ;&lt;/li&gt; 	&lt;li&gt;à la structuration en Provence-Alpes-Côte d’Azur d’une filière professionnelle solide et reconnue au niveau national et international (auteurs, réalisateurs, techniciens, producteurs, prestataires de services) ;&lt;/li&gt; 	&lt;li&gt;au dynamisme et à l’attractivité de son territoire en favorisant l’accueil et la localisation des tournages générateurs d’emplois, de retombées économiques, touristiques et d’image ;&lt;/li&gt; 	&lt;li&gt;à la transition écologique et énergétique dans les secteurs du cinéma et de l’audiovisuel.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La société de production sollicitant l’aide au programme éditorial doit :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;disposer de son siège social en Provence-Alpes-Côte d’Azur depuis au moins un an à la date du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;avoir obtenu sur un précédent projet une aide régionale en écriture, développement ou production ;&lt;/li&gt; 	&lt;li&gt;avoir produit une œuvre en tant que producteur délégué au cours des 24 mois précédent le dépôt du dossier ;&lt;/li&gt; 	&lt;li&gt;être signataire ou cosignataire du contrat d’auteur ou d’option, sauf en cas de coproduction internationale où la copropriété des droits de l’œuvre doit être mentionnée dans le contrat de codéveloppement ou de coproduction.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les sociétés ayant bénéficié d’une aide au programme éditorial ne peuvent présenter de nouvelle demande similaire avant un délai de deux années civiles échues et doivent avoir sollicité le solde du dernier dossier soutenu avant de déposer toute nouvelle demande d’aide de ce type.&lt;/p&gt; &lt;p&gt;&lt;span&gt;La durée minimale des projets est de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;156 minutes (ex : 3 x 52 minutes) pour un programme documentaire ;&lt;/li&gt; 	&lt;li&gt;120 minutes pour les autres.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les projets inclus dans un programme éditorial qui ont été refusés sous cette forme peuvent être représentés en développement de projets individuels. En revanche, les projets refusés en développement de projet individuel ne peuvent être présentés dans un programme éditorial.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le catalogue de projets doit :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;être doté d’un lien culturel ou géographique avec Provence-Alpes-Côte-d’Azur ;&lt;/li&gt; 	&lt;li&gt;contenir de 3 à 5 projets,&lt;/li&gt; 	&lt;li&gt;justifier de 2 aides sélectives au développement ou à l’écriture acquises lors du dépôt de dossier sur au moins 2 projets du catalogue ;&lt;/li&gt; 	&lt;li&gt;prouver la capacité du producteur à mener à terme les projets de son programme par une note sur sa stratégie de développement ;&lt;/li&gt; 	&lt;li&gt;générer des dépenses à hauteur de 160 % de la subvention sur le territoire régional.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La durée minimale des projets est de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;156 minutes (ex : 3 x 52 minutes) pour un programme documentaire ;&lt;/li&gt; 	&lt;li&gt;120 minutes pour les autres.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les projets inclus dans un programme éditorial qui ont été refusés sous cette forme peuvent être représentés en développement de projets individuels. En revanche, les projets refusés en développement de projet individuel ne peuvent être présentés dans un programme éditorial.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le catalogue de projets doit :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;être doté d’un lien culturel ou géographique avec Provence-Alpes-Côte-d’Azur ;&lt;/li&gt; 	&lt;li&gt;contenir de 3 à 5 projets,&lt;/li&gt; 	&lt;li&gt;justifier de 2 aides sélectives au développement ou à l’écriture acquises lors du dépôt de dossier sur au moins 2 projets du catalogue ;&lt;/li&gt; 	&lt;li&gt;prouver la capacité du producteur à mener à terme les projets de son programme par une note sur sa stratégie de développement ;&lt;/li&gt; 	&lt;li&gt;générer des dépenses à hauteur de 160 % de la subvention sur le territoire régional.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-au-programme-editorial</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Charlotte Le Bos-Schneegans : &lt;a href="mailto:clebos&amp;#64;maregionsud.fr"&gt;clebos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Isabelle Manca : &lt;a href="mailto:imanca&amp;#64;maregionsud.fr"&gt;imanca&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-programme-editorial/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>104540</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Permettre aux dirigeants de se challenger sur une grande diversité de sujets au cœur de la stratégie de l’entreprise - Pays de la Loire Accélérateur</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire Accélérateur</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif s&amp;#039;appuie sur le savoir-faire éprouvé de Bpifrance à travers ses Accélérateurs nationaux comme en témoigne les résultats issus de la première promotion de l&amp;#039;Accélérateur national PME. Un tiers des entreprises sont devenues des ETI à l&amp;#039;issue de cet accompagnement et toutes ont connu une accélération significative de leur croissance : en moyenne une croissance de 22% leur chiffre d&amp;#039;affaires sur les deux années, avec une augmentation du chiffre d&amp;#039;affaires export de 29% et de leur effectif de 20 %.
 &lt;/p&gt;
 &lt;p&gt;
  A l&amp;#039;issue d&amp;#039;une phase de détection mobilisant l&amp;#039;écosystème régional, la 1ère promotion de Pays de la Loire Accélérateur a démarré le 19 septembre 2017. Quinze dirigeants, porteurs d&amp;#039;une ambition de changement d&amp;#039;échelle, à la tête de PME disposant d&amp;#039;un beau potentiel de croissance, ont été sélectionnés pour intégrer ce parcours de 2 années. Issues pour moitié du secteur de l&amp;#039;industrie et pour l&amp;#039;autre du secteur des services, l&amp;#039;effectif moyen des entreprises retenues est de 118 salariés.
 &lt;/p&gt;
 &lt;p&gt;
  Les dirigeants de cette nouvelle communauté régionale d&amp;#039;entreprises accélérées vont se challenger sur une grande diversité de sujets au cœur de la stratégie de l&amp;#039;entreprise. Evolution de leur modèle de gouvernance, performance commerciale, transformation digitale, ouverture internationale, croissance externe..., autant de sujets pour lesquels ils seront accompagnés pour faciliter leur prise de recul et identifier  les leviers de leur future croissance.
 &lt;/p&gt;
 &lt;p&gt;
  Une exigence de « sur mesure » conjuguant une offre individuelle de conseil et une dynamique d&amp;#039;émulation collective, sur un parcours de 2 ans :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1ère année
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un diagnostic à 360° pour ouvrir le champ de vision du dirigeant et identifier les 2 à 3 bons leviers à actionner pour inscrire la croissance dans la durée (12 jours sur 6 à 8 semaines), réalisé par des consultants sélectionnés et challengés par Bpifrance, qui connaissent les problématiques des PME.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2e année
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des diagnostics ciblés pour affiner le plan d&amp;#039;actions, laissés au choix du dirigeant (environ 10 jours par module).
  &lt;/li&gt;
  &lt;li&gt;
   la possibilité de mobiliser le conseil d&amp;#039;un « mentor » pour l&amp;#039;accompagner dans la mise en œuvre de son plan d&amp;#039;actions.
  &lt;/li&gt;
  &lt;li&gt;
   un accompagnement personnalisé à l&amp;#039;international.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sur les 2 années
  &lt;/strong&gt;
  : 10 journées de formation collective (matin : séminaires pour faciliter la prise de recul couplés l&amp;#039;après-midi par des ateliers de mise en pratique).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P7" s="1" t="inlineStr">
+      <c r="P6" s="1" t="inlineStr">
         <is>
           <t>04/10/2024</t>
         </is>
       </c>
-      <c r="Q7" s="1" t="inlineStr">
+      <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une sélectivité assumée : 20 dirigeants de PME par promotion chaque année.
 &lt;/p&gt;
 &lt;p&gt;
  Parce qu&amp;#039;il s&amp;#039;agit de créer les conditions optimales à l&amp;#039;émulation collective au sein de chaque promotion de dirigeants ;
  &lt;br /&gt;
  parce que la personnalité du dirigeant est la clé du succès : ambitionner de changer d&amp;#039;échelle c&amp;#039;est sortir de sa zone de confort ;
  &lt;br /&gt;
  parce que toutes les PME ne peuvent pas devenir des ETI mais certaines disposent d&amp;#039;un potentiel leur permettant d&amp;#039;y prétendre (rythme de croissance, rentabilité, ouverture à l&amp;#039;international...) ;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cœur de cible
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    PME entre 5 à 50M€ de CA, disposant d&amp;#039;une croissance déjà soutenue et de bons ratios de solvabilité.
   &lt;/li&gt;
   &lt;li&gt;
    Indépendance capitalistique du dirigeant qui doit être porteur d&amp;#039;une ambition de développement pour son entreprise.
   &lt;/li&gt;
   &lt;li&gt;
    Siège en Pays de la Loire.
   &lt;/li&gt;
   &lt;li&gt;
    Une participation de la Région à hauteur de 50% du coût global du parcours, versée à Bpifrance.
   &lt;/li&gt;
   &lt;li&gt;
    Un ticket d&amp;#039;entrée de 10K€ HT par entreprise ouvrant droit au diagnostic 360 et aux 10 journées de formation.
   &lt;/li&gt;
   &lt;li&gt;
    Prise en charge du 1er diagnostic ciblé à hauteur de 50% soit 6K€ TTC.
   &lt;/li&gt;
   &lt;li&gt;
    Intégration du dirigeant à la communauté des Accélérés de Bpifrance  (environ 200 entreprises en France).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-accelerateur</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Solange Burgaud 0228205912
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b865-pays-de-la-loire-accelerateur/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>120898</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Encourager la diversité de création dans le domaine du jeu vidéo et conforte son écosystème professionnel</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'aide à la création de jeu vidéo</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région encourage la diversité de création dans le domaine du jeu vidéo et conforte son écosystème professionnel, à travers une aide sélective et remboursable à la production.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>13/10/2025</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide est destinée aux sociétés commerciales productrices de jeu vidéo.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise bénéficiaire doit avoir la maîtrise artistique, technique et financière de son projet. Elle assure la responsabilité de la production et de la réalisation du jeu vidéo. Elle peut disposer d&amp;#039;un coproducteur.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les aides accordés sont des avances récupérables selon des modalités précisées dans les conventions signées entre le bénéficiaire et la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont octroyées sur la base du règlement (UE)
+ &lt;a href="http://circulaire.legifrance.gouv.fr/pdf/2015/10/cir_40085.pdf" rel="noopener" target="_blank"&gt;
+  n° 1407/2013
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ de la Commission du 18 décembre 2013 qui fixe un plafond de 200.000€ d&amp;#039;aide publique maximum par société sur une durée de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;entreprise soutenue doit déclarer les aides de minimis déjà perçues.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité de l&amp;#039;œuvre est conditionnée par le respect des critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le projet doit être un jeu vidéo, on line ou off line, sur console, téléphone mobile, PC, réseaux sociaux et sur tout support de distribution à l&amp;#039;exclusion des jeux « Pay to win »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir un coût global de développement supérieur ou égal à 50.000€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir 50% minimum des dépenses de production réalisées en Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet ne doit pas comporter de séquences qui pourraient faire l&amp;#039;objet d&amp;#039;une classification PEGI 18 (Pan-European Game Information, système européen d&amp;#039;information sur les jeux).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le dossier de candidature de l&amp;#039;entreprise doit comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les informations renseignées sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégralité des pièces demandées sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  , et listées dans les dossiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier ad hoc daté et signé déposé sur
+  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En plus de ces démarches sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , l&amp;#039;entreprise candidate doit adresser dans les mêmes délais l&amp;#039;intégralité des pièces en format papier (datées et signées par le responsable légal de l&amp;#039;entreprise) à :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Région Île-de-France
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mme Julitte MICHEL
+&lt;/p&gt;
+&lt;p&gt;
+ Service Cinéma et Audiovisuel de la Région
+ &lt;br /&gt;
+ 2, rue Simone-Veil
+ &lt;br /&gt;
+ 93400 Saint-Ouen.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1ère session 2023
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture de la plateforme : mardi 1er novembre 2022
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fermeture de la plateforme : mercredi 1er février 2023 - 17h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comité de sélection : mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vote des aides en Commission permanente : mai 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2ème session 2023
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ouverture de la plateforme : mercredi 1er mars 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fermeture de la plateforme : vendredi 30 juin 2023 - 17h
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comité de sélection : septembre 2023
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vote des aides en Commission permanente : novembre 2023
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-daide-la-creation-de-jeu-video</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>Julitte Michel
+&lt;br /&gt;
+Chargée de mission Jeu vidéo
+&lt;br /&gt;
+&lt;a href="mailto:julitte.michel&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ julitte.michel&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+Tél. : 01 53 85 77 02</t>
+        </is>
+      </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>olivier.guillon@paysdelaloire.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/b865-pays-de-la-loire-accelerateur/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/16e4-fonds-daide-a-la-creation-de-jeu-video/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
         <v>120879</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Proposer des temps d’échanges afin de favoriser l’écoute de l’autre et développer les valeurs de respect avec l'Association Femmes Solidaires</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Programme de Parcours citoyen « Liberté, égalité, laïcité » avec l’Association FEMMES SOLIDAIRES</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
@@ -1121,55 +1266,50 @@
         <is>
           <t>&lt;p&gt;
  Lycées franciliens publics et privés sous-contrat
 &lt;/p&gt;
 &lt;p&gt;
  Gratuité de l&amp;#039;action pour les lycées franciliens volontaires pour accueillir la démarche.
 &lt;/p&gt;
 &lt;p&gt;
  Subvention régionale : 30 000 €
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
       <c r="V8" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W8" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/programme-de-parcours-citoyen-liberte-egalite-laicite-avec-lassociation-femmes-solidaires</t>
         </is>
       </c>
       <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   -
  &lt;/span&gt;
  Monsieur Kévin VEDIE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   -
  &lt;/span&gt;
  Email :
  &lt;a href="mailto:kvedie&amp;#64;orange.fr"&gt;
   kvedie&amp;#64;orange.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   -
  &lt;/span&gt;
@@ -1182,51 +1322,51 @@
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/605d-parcours-citoyen-liberte-egalite-laicite-avec/</t>
         </is>
       </c>
       <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:27" customHeight="0">
       <c r="A9" s="1">
         <v>163694</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions pérennes de coordination et d’accompagnement pour lutter contre les discriminations et les violences faites aux femmes</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Programme annuel de promotion de l'égalité femmes-hommes, de lutte contre les discriminations et de lutte contre les violences sexistes et sexuelles</t>
+          <t>Programme annuel de promotion de l&amp;apos;égalité femmes-hommes, de lutte contre les discriminations et de lutte contre les violences sexistes et sexuelles</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Soutenir les actions pérennes de coordination et d’accompagnement pour lutter contre les discriminations et les violences faites aux femmes.
@@ -1246,55 +1386,50 @@
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
       <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Associations ou établissements secondaires situés en Nouvelle-Aquitaine spécialisés dans la lutte contre les discriminations et/ou les violences sexistes et sexuelles.&lt;/p&gt;&lt;p&gt;Critères de sélection
 &lt;/p&gt;&lt;p&gt;La Région finance en priorité les actions :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Organisées dans les territoires dans lesquels il n&amp;#039;y a pas ou peu d&amp;#039;autres structures identiques,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Recevant des financements multiples, publics ou privés.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V9" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W9" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/programme-annuel-de-promotion-de-legalite-femmes-hommes-de-lutte-contre-les-discriminations-et-de</t>
         </is>
       </c>
       <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Avant le dépôt de votre dossier, une prise de contact avec le service EVAS est fortement conseillée afin de vérifier son éligibilité. Vous pouvez demander un rendez-vous via le formulaire « contactez-nous » en bas de page.&lt;/p&gt;&lt;p&gt;Un accusé de réception vous sera transmis par courriel dans les jours qui suivent la réception du dossier. Si vous ne le recevez pas, contactez le service EVAS à solidarites&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention (téléchargeable en bas de cette fiche) est à envoyer complet par courriel à solidarites&amp;#64;nouvelle-aquitaine.fr. Il n&amp;#039;est pas nécessaire de doubler votre envoi par mail d&amp;#039;un envoi postal.&lt;/p&gt;&lt;p&gt;Les pièces à joindre à votre dossier sont : &lt;/p&gt;&lt;p&gt;Les statuts régulièrement déclarés&lt;/p&gt;&lt;p&gt;Le récépissé de déclaration en Préfecture&lt;/p&gt;&lt;p&gt;La copie de parution au Journal Officiel&lt;/p&gt;&lt;p&gt;La liste des membres du bureau et du conseil d&amp;#039;administration&lt;/p&gt;&lt;p&gt;Un avis de situation Sirene, téléchargeable sur le site : https://avis-situation-sirene.insee.fr/&lt;/p&gt;&lt;p&gt;Un relevé d’identité bancaire (RIB) récent (nom et adresse de la structure conformes à ceux de l&amp;#039;avis de situation Sirene)&lt;/p&gt;&lt;p&gt;Le pouvoir de signature donné par le représentant légal de la structure si autre signataire&lt;/p&gt;&lt;p&gt;Les comptes approuvés du dernier exercice clos (compte de résultat et bilan comptable)&lt;/p&gt;&lt;p&gt;Le rapport du commissaire aux comptes pour les structures qui en ont désigné un&lt;/p&gt;&lt;p&gt;Le rapport de la dernière assemblée générale (rapport d’activité, moral et financier)&lt;/p&gt;&lt;p&gt;En complément, uniquement pour les demandes d’investissement :&lt;/p&gt;&lt;p&gt;La copie du/des devis, au nom de l’association, correspondant à la demande et daté(s) de moins de 3 mois, à la date du dépôt de la demande (pas de capture d&amp;#039;écran de panier…)&lt;/p&gt;&lt;p&gt;Tout dossier incomplet ou non signé ne pourra pas être instruit.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-annuel-de-promotion-de-legalite-femmes-hommes-de-lutte-contre-les-discriminations-et-de-lutte-contre-les-violences-sexistes-et-sexuelles/</t>
         </is>
       </c>
       <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
@@ -1416,159 +1551,455 @@
         </is>
       </c>
       <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
       <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/garantir-la-qualite-et-laccessibilite-des-services-de-proximite-sur-lensemble-du-territoire-du-pays-dauge/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:27" customHeight="0">
       <c r="A11" s="1">
-        <v>165217</v>
+        <v>165434</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Permettre une orientation choisie et une insertion durable dans l’emploi</t>
+          <t>Répondre aux défis spécifiques des régions ultrapériphériques - Mesures visant à améliorer l’accessibilité, l’efficacité et la résilience des systèmes de soins de santé (hormis les</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FSE + - Fonds social européen</t>
         </is>
       </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Commission européenne</t>
+          <t>GIP l'Europe à Mayotte</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 85</t>
+        </is>
+      </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Cet appel doit permettre une orientation choisie et une insertion durable dans l’emploi. &lt;br /&gt;L’objectif général visé par cet appel est de soutenir des projets pour lesquels l’orientation sera considérée comme un levier pour permettre une égalité d’accès à la formation, le soutien de l’orientation pour tous, la mixité des métiers et l’égalité professionnelle, en vue d’une insertion durable dans l’emploi des publics qui en sont éloignés.&lt;br /&gt;A cet effet, la lutte contre les inégalités et discriminations, la déconstruction des stéréotypes, l’élévation du niveau de qualification et l’évitement des sorties prématurées du système scolaire seront également soutenus.&lt;br /&gt;Une attention particulière sera portée aux projets favorisant les processus inclusifs (parcours et accompagnements adaptés aux publics cibles) et/ou visant à favoriser l’égalité de genre, la mixité des publics et la lutte contre toute forme de discrimination.&lt;/p&gt;&lt;p&gt;Les objectifs&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans l&amp;#039;objectif du FSE&amp;#43; d&amp;#039;une Europe plus sociale et inclusive mettant en oeuvre le socle européen des droits sociaux. Les actions soutenues sont donc les suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’accessibilité et la lisibilité de l’offre d’orientation et de formation :&lt;ul&gt;&lt;li&gt;Actions d’accompagnement des publics visant à leur faire prendre connaissance de la diversité des métiers existants, les informer sur les voies d’accès à ces métiers et éviter le phénomène d’auto-censure,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’apprentissage, de promotion des métiers et actions de valorisation/découverte des métiers comme une voie d’insertion durable vers l’emploi,&lt;/li&gt;&lt;li&gt;Développer une offre de services orientée vers les nouvelles générations via le développement d’outils innovants et de modalités d’informations interactives et pédagogiques qui favorisent les supports digitaux, l’appropriation et l’autonomie des publics, et répondent aux nouveaux usages (réalité virtuelle, plateformes de mise en relation, outils de test des « soft skills » etc.)&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Levée de freins à l’insertion ou la réinsertion :&lt;ul&gt;&lt;li&gt;Actions de déconstruction des stéréotypes en faveur des personnes en situation de handicap ou celles souffrant de discriminations ou des femmes et minorités de genre, notamment par le biais de projets s’inscrivant dans une démarche d’innovation sociale,&lt;/li&gt;&lt;li&gt;Actions d’orientation de ces publics notamment vers des métiers où ces personnes sont sous représentées,&lt;/li&gt;&lt;li&gt;Actions de promotion de l’égalité des chances et des droits dans le cadre de l’orientation,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement vers l’emploi des personnes en situation de handicap mental ou moteur,&lt;/li&gt;&lt;li&gt;Actions d’accompagnement, de sensibilisation et d’information dans le cadre de la lutte contre l’illettrisme et l’illectronisme et développement d’innovations pédagogiques en la matière.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;CADRE D&amp;#039;INTERVENTION du FSE&amp;#43;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Pour la période de programmation 2021-2027, le Préfet de
+Mayotte, en qualité d&amp;#039;autorité de gestion déléguée (AGD), met en œuvre les
+actions cofinancées par le Programme National FSE&amp;#43; dans le respect des règles
+et normes administratives fixées par les autorités européennes et l&amp;#039;autorité de
+gestion nationale représentée par la Délégation générale à l&amp;#039;emploi et à la
+formation professionnelle (DGEFP) du Ministère du travail, de la Santé, des
+Solidarités et des Familles.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CONTEXTE
+DE L’APPEL A PROJET&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Mayotte, devenu le 101ᵉ département français en 2011, fait
+face à des défis majeurs en matière d’accès aux soins et d’attractivité pour
+les professionnels de santé. Selon l’Insee, la population de l’île était
+estimée à 321 000 habitants au 1er janvier 2024. L’espérance de vie à la
+naissance y demeure inférieure à celle observée en métropole : elle s’élève à
+75 ans pour les hommes mahorais (donnée 2019), contre 79,3 ans pour leurs
+homologues métropolitains (2022). Du côté des femmes, l’écart est encore plus marqué,
+avec une espérance de vie de 76,2 ans à Mayotte contre 85,2 ans en métropole.&lt;/p&gt;&lt;p&gt;Malgré une croissance démographique particulièrement
+dynamique, estimée à &amp;#43;3,8 % par an entre 2012 et 2017, le territoire est
+confronté à une situation de désert médical. Cette réalité se manifeste par un
+déficit préoccupant en personnel soignant et des infrastructures de santé
+nettement sous-dimensionnées. Le Centre Hospitalier de Mayotte (CHM), seul
+établissement hospitalier du département, est en situation de saturation
+chronique, notamment au sein de sa maternité, qui enregistre plus de 10 000
+naissances par an.&lt;/p&gt;&lt;p&gt;L’offre de soins, quantitativement insuffisante et
+géographiquement inégalement répartie, limite fortement l’accès aux services de
+santé pour une grande partie de la population. Par ailleurs, le territoire
+souffre d’un manque d’attractivité pour les professionnels de santé. Plusieurs
+facteurs freinent leur installation durable à Mayotte : un coût de la vie
+élevé, des conditions de travail difficiles, une insécurité persistante et un
+isolement géographique notable.&lt;/p&gt;&lt;p&gt;Le faible nombre d’instituts de formation implantés
+localement aggrave la situation : les étudiants sont contraints de poursuivre
+leurs études en métropole ou à La Réunion, avec un faible taux de retour vers
+le territoire une fois diplômés.&lt;/p&gt;&lt;p&gt;Dans le cadre de la programmation 2014-2020, un premier appel
+à projets a permis de soutenir le développement du secteur sanitaire, social et
+médico-social, ainsi que de promouvoir des actions de formation visant à
+répondre aux besoins croissants en compétences générés par la densité
+démographique élevée de l’île (511 habitants/km²). Cependant, les résultats
+atteints restent en deçà des attentes. Le défi de la programmation 2021-2027
+est donc de consolider la thématique de la santé en tenant compte des spécificités
+démographiques et insulaires du territoire.&lt;/p&gt;&lt;p&gt;L’objectif de ce nouvel appel à projets est d’améliorer
+l’accès en temps utile à des services de santé abordables, durables et de
+qualité, en portant une attention particulière aux populations vulnérables,
+notamment les enfants, les femmes enceintes et les personnes en situation de
+précarité.&lt;/p&gt;&lt;h1&gt; &lt;/h1&gt;&lt;h1&gt;CADRE D’INTERVENTION- PROFIL DE FINANCEMENT&lt;/h1&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;§  Priorité d&amp;#039;investissement&lt;/p&gt;&lt;p&gt;7.
+Répondre aux défis spécifiques des régions ultrapériphériques.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;§ 
+Objectif spécifique&lt;/p&gt;&lt;p&gt;7.K Améliorer l&amp;#039;égalité d&amp;#039;accès en temps utile à des services
+abordables, durables et de qualité, notamment à des services promouvant l&amp;#039;accès
+au logement et à des soins centrés sur la personne, y compris aux soins de
+santé, moderniser les systèmes de protection sociale, y compris en promouvant
+l&amp;#039;accès à la protection sociale, un accent particulier étant mis sur les
+enfants et les groupes défavorisés, améliorer l&amp;#039;accessibilité, notamment pour
+les personnes handicapées, l&amp;#039;efficacité et la résilience des soins de santé et
+des services de soins de longue durée.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;§  Contexte de l&amp;#039;objectif spécifique&lt;/p&gt;&lt;p&gt;Cet objectif spécifique, inscrit dans la priorité 7, vise à
+répondre aux besoins en compétences générés par le secteur sanitaire mahorais,
+qui accuse un important retard de développement dans les services de santé
+proposés à la population. Malgré certains progrès et de fortes disparités entre
+territoires, la situation de la santé publique dans les Régions
+Ultrapériphériques (RUP) demeure préoccupante et se caractérise par des écarts
+marqués par rapport aux moyennes nationales.&lt;/p&gt;&lt;p&gt;Les fortes inégalités sociales observées dans les DROM ont un
+impact direct sur l’état de santé des populations. La précarité des conditions
+de logement, le manque d’accès à l’eau potable, un environnement insalubre ou
+encore une hygiène alimentaire déficiente sont autant de déterminants de santé
+défavorables, qui affectent particulièrement les publics les plus vulnérables.
+Les femmes, les femmes enceintes et les jeunes enfants apparaissent notamment
+comme les populations les plus exposées.&lt;/p&gt;&lt;p&gt;L’isolement géographique de Mayotte aggrave cette situation :
+il complique l’accès aux soins, retarde la réponse aux situations d’urgence et
+nécessite régulièrement l’évacuation sanitaire des patients. Ce contexte met en
+lumière la nécessité de déployer des dispositifs de soins adaptés aux
+spécificités insulaires du territoire.&lt;/p&gt;&lt;p&gt;Considéré comme un « grand désert médical », Mayotte présente
+une densité médicale près de trois fois inférieure à celle observée en France
+métropolitaine. À titre d’exemple, on recensait au 1ᵉʳ janvier 2022 près de
+640 000 infirmiers diplômés d’État en métropole, dont 22 % exerçant en libéral,
+pour un ratio de 0,211 pour 1 000 habitants. À Mayotte, ce ratio tombe à 0,036
+pour les 280 000 habitants officiellement recensés.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;§  Objectifs&lt;/p&gt;&lt;p&gt;Compte tenu d&amp;#039;une offre de soins dégradée à Mayotte qui rend
+compliqué l&amp;#039;accès aux soins des personnes les plus vulnérables, l&amp;#039;allocation
+spécifique RUP sera mobilisée pour augmenter l&amp;#039;offre de soins en facilitant
+l&amp;#039;accès à la formation des futurs infirmiers, aides-soignants, auxiliaires
+puériculteurs.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;ACTIONS
+VISEES&lt;/p&gt;&lt;p&gt;Renforcement de l’offre de soins sur le territoire de Mayotte
+afin de permettre l’accès aux soins pour les personnes les plus défavorisées,
+en participant à combler le retard de densité en personnels paramédicaux sur le
+territoire par rapport à la métropole, par des actions de formation aux métiers
+d’Infirmier Diplômé d’État, d’infirmier Puériculteur Diplômé d’État et
+d’auxiliaire puériculteur comprenant :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;→ classes préparatoires et de remise à niveau pour la
+préparation aux concours aux formations d’infirmier Diplômé d’État, d’infirmier
+Puériculteur Diplômé d’État et d’auxiliaire puériculteur ;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;→ actions de formations professionnalisantes ou diplômantes
+aux métiers d’infirmier Diplômé d’État, d’infirmier Puériculteur Diplômé d’État
+et d’auxiliaire puériculteur.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Pour les opérations débutant en 2024 ou 2025, le service
+gestionnaire se donne le droit de demander toute pièce justificative probante
+sur ces années, et de refuser la rétroactivité en cas d’absence de
+justification suffisante.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;CATEGORIE
+DE CANDIDATS ELIGIBLES A L’OBJECTIF SPECIFIQUE&lt;/p&gt;&lt;p&gt;Cet appel à projet est ouvert à tout organisme privé ou public
+susceptible de proposer un projet relevant de son champ d’intervention, en lien
+avec les thématiques ciblées. &lt;/p&gt;&lt;p&gt;Le FSE&amp;#43; ne cofinance pas le fonctionnement de structures mais soutient
+les opérations qu’elle déploie. &lt;/p&gt;&lt;p&gt;Sont éligibles les candidats portant des actions visant le public ciblé
+par le présent appel à projets.&lt;/p&gt;&lt;p&gt;Sont éligibles des opérations collaboratives (dites «
+chef de filât » ou « en consortium ») : &lt;a href="https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/2127&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file"&gt;https://mademarchefse.atlassian.net/wiki/spaces/MLFPDP/pages/498335746/2127&amp;#43;Guide&amp;#43;des&amp;#43;proc&amp;#43;dures_Op&amp;#43;ration&amp;#43;chef&amp;#43;de&amp;#43;file&lt;/a&gt;.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Pour les opérations débutant en 2024, le service gestionnaire se donne
+le droit de demander toute pièce justificative probante sur ces années, et de
+refuser la rétroactivité en cas d’absence de justification suffisante.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;PUBLIC
+CIBLE&lt;/p&gt;&lt;p&gt;Les étudiants, les demandeurs d’emploi et les
+salariés du secteur hospitalier.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;PROFILS DE PLAN DE
+FINANCEMENT&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;§  Taux forfaitaire de 40% des dépenses de personnel (au réel)
+pour calculer les coûts restants plus salaires et indemnités des participants
+(au réel)&lt;/p&gt;&lt;p&gt;§  Taux forfaitaire de 40% des dépenses de personnel (au réel)
+pour calculer les coûts restants &lt;/p&gt;&lt;p&gt;§  Taux forfaitaire de 15% des dépenses de personnel (au réel)
+pour calculer les dépenses indirectes&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;RÈGLES
+D&amp;#039;ÉLIGIBILITÉ ET DE SÉLECTION COMMUNES AUX PROJETS FSE&amp;#43;/FTJ&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;§  Textes de
+référence&lt;/p&gt;&lt;p&gt;Règlement UE 2021/1057 du Parlement et du Conseil du 24 juin 2021
+instituant le Fonds social européen plus (FSE&amp;#43;) et abrogeant le règlement UE
+n°1296/2013&lt;/p&gt;&lt;p&gt;Règlement UE 2021/1060 du Parlement et du Conseil du 24 juin 2021
+portant dispositions communes relatives au FEDER, au FSE&amp;#43;, au Fonds de
+cohésion, au FTJ et au FEAMP, et établissant les règles financières applicables
+à ces Fonds [...]&lt;/p&gt;&lt;p&gt;Décret no 2022-608 du 21 avril 2022 fixant les règles nationales
+d’éligibilité des dépenses des programmes européens de la politique de cohésion
+et de la pêche et des affaires maritimes pour la période de programmation
+2021-2027.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;§  Architecture et gestion – lignes de
+partage&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Présentation du FSE&amp;#43;     &lt;/p&gt;&lt;p&gt;Le Fonds Social Européen Plus (FSE&amp;#43;) est l’un
+des fonds de la politique européenne de cohésion économique, sociale et territoriale. Pour la période 2021-2027, il intègre en un seul instrument l’ancien Fonds social européen,
+l’Initiative pour l’emploi
+des jeunes, le Fonds européen
+d’aide aux plus démunis (FEAD)
+et le Programme de l’UE pour l’emploi et l’innovation sociale (EaSI).&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Cette politique vise à appuyer la mise en
+œuvre du Socle européen des droits sociaux, adopté en 2017 lors du Sommet
+européen de Göteborg, dont le plan d’action a été présenté par la Commission européenne le 4 mars 2021. Celui-ci
+propose de fixer trois grands objectifs à atteindre
+d’ici 2030 :&lt;/p&gt;&lt;p&gt;1.    Au moins
+78 % des personnes âgées de 20 à 64 ans devraient
+avoir un emploi ;&lt;/p&gt;&lt;p&gt;2.    Au moins 60 %
+des adultes devraient
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N11" s="1" t="inlineStr">
         <is>
-          <t>Emploi</t>
+          <t>Santé</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P11" s="1" t="inlineStr">
         <is>
-          <t>10/02/2025</t>
+          <t>15/09/2025</t>
         </is>
       </c>
       <c r="Q11" s="1" t="inlineStr">
         <is>
-          <t>20/01/2026</t>
+          <t>15/12/2025</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Acteurs publics ou privés œuvrant dans le champ de l’orientation et de l’information des métiers, notamment les acteurs de l’orientation et de la formation (Association régionale des missions locales, missions locales, Cité des Métiers, Universités, CARIF-OREF, Opérateurs de compétences, etc.) ainsi que les associations, branches professionnelles, chambres consulaires, partenaires sociaux, groupement d’entreprises et établissements publics ou collectivités territoriales, etc. œuvrant dans le champ de l’orientation et de l’information des métiers, de la formation et de l’accompagnement.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Critères communs de sélection
+des opérations&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux
+termes de l’article 9 du règlement (UE) 2021/1060 sur
+les principes horizontaux :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.    Les
+États membres et la Commission veillent au respect des droits fondamentaux et à
+la conformité avec la Charte des droits fondamentaux de l’Union européenne lors de la mise en œuvre des Fonds.&lt;/p&gt;&lt;p&gt;2.    Les
+États membres et la Commission veillent à ce que l’égalité entre les hommes et
+les femmes, l’intégration des questions d’égalité
+entre les hommes et les femmes et l’intégration
+de la dimension de genre soient prises en compte et favorisées tout au long de l’élaboration, de la mise en œuvre, du
+suivi et de l’évaluation des programmes ainsi que lors de l’établissement de
+rapports à leur sujet.&lt;/p&gt;&lt;p&gt;3.    Les États membres et la Commission prennent les mesures
+appropriées pour prévenir
+toute discrimination fondée sur le sexe, l’origine raciale ou ethnique,
+la religion ou les convictions, le handicap, l’âge
+ou l’orientation sexuelle
+lors de l’élaboration, de la mise en œuvre,
+du suivi et de l’évaluation
+des programmes ainsi que lors de l’établissement de rapports à leur sujet. En particulier, l’accessibilité pour les personnes handicapées est prise en compte tout au long de
+l’élaboration et de la mise en œuvre des programmes.&lt;/p&gt;&lt;p&gt;4.    Les objectifs
+des Fonds sont poursuivis conformément à l’objectif consistant à promouvoir le développement durable énoncé à
+l’article 11 du traité sur le fonctionnement de l’Union européenne, compte tenu
+des objectifs de développement durable des Nations unies, de l’accord de Paris et du principe
+consistant à « ne
+pas causer de préjudice important ».&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux termes de l’article 63 du règlement (UE) 2021/1060 sur l’éligibilité :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.  
+L’éligibilité d’une dépense est déterminée
+sur la base des règles nationales, sauf si des dispositions spécifiques sont arrêtées dans le présent
+règlement ou les règlements
+spécifiques aux Fonds ou sur la base de ceux-ci.&lt;/p&gt;&lt;p&gt;2.   
+Une dépense est éligible à une contribution
+des Fonds si elle a été engagée par un bénéficiaire ou le partenaire privé d’une opération
+PPP et versée au cours de l’exécution des opérations, entre la date à laquelle le programme a été soumis
+à la Commission ou à compter
+du 1er janvier 2021, si cette date est antérieure à la première, et le 31 décembre 2029.&lt;/p&gt;&lt;p&gt;Pour les coûts
+remboursés au titre
+de l’article 53, paragraphe 1, points b), c) et f), les actions
+constituant la base du remboursement sont accomplies entre la date de
+soumission du programme à la Commission ou à compter
+du 1er janvier 2021, si cette date est antérieure à la première, et le 31 décembre 2029.&lt;/p&gt;&lt;p&gt;3.   
+[…] Pour le FSE&amp;#43;, les dépenses liées aux
+opérations peuvent être attribuées à n’importe laquelle des catégories de
+région du programme, à condition que l’opération contribue à la réalisation des
+objectifs spécifiques du programme.&lt;/p&gt;&lt;p&gt;Pour le FTJ, les dépenses liées aux
+opérations contribuent à la mise en œuvre du plan territorial de transition juste concerné.&lt;/p&gt;&lt;p&gt;4.   
+Tout ou partie d’une opération peut être mis
+en œuvre en dehors d’un État membre, y compris
+en dehors de l’Union, pour autant que l’action contribue
+à la réalisation des objectifs du programme.&lt;/p&gt;&lt;p&gt;5.   
+Pour les subventions prenant les formes
+définies à l’article 53, paragraphe 1, points b), c) et d), les dépenses
+qui sont éligibles
+à une contribution des Fonds sont égales aux montants calculés conformément à l’article
+53, paragraphe 3.&lt;/p&gt;&lt;p&gt;6.   
+Une opération n’est pas retenue pour
+bénéficier du soutien des Fonds si elle a été matériellement achevée
+ou totalement mise en œuvre
+avant que la demande de financement
+au titre du programme ne soit soumise, indépendamment du fait que tous les
+paiements s’y rapportant aient ou non été effectués. Le présent paragraphe ne s’applique pas aux dépenses liées à la compensation des
+surcoûts dans les régions ultrapériphériques dans le cadre du FEAMPA au titre
+de l’article 24 du règlement FEAMP ni au soutien octroyé au titre du
+financement supplémentaire pour les régions ultrapériphériques conformément à
+l’article 110, paragraphe 1, point e), du présent
+règlement.&lt;/p&gt;&lt;p&gt;7.   
+Une dépense qui devient éligible du fait
+d’une modification d’un programme est éligible à compter de la date de présentation de la demande
+correspondante à la Commission.&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt;8.   
+Lorsqu’un nouveau programme est approuvé, les
+dépenses sont éligibles à compter de la date de présentation de la demande
+correspondante à la Commission.&lt;/p&gt;&lt;p&gt;9.   
+Une opération peut bénéficier du soutien d’un
+ou de plusieurs Fonds ou d’un ou de plusieurs programmes et d’autres
+instruments de l’Union. Dans de tels cas, les dépenses déclarées dans une
+demande de paiement destinée à l’un des Fonds ne sont pas déclarées dans les
+cas suivants :&lt;/p&gt;&lt;p&gt;a.  Soutien d’un autre Fonds ou instrument de l’Union ;&lt;/p&gt;&lt;p&gt;b.  Soutien du même Fonds au titre d’un autre programme&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Le montant des dépenses à mentionner sur une demande de
+paiement destinée à un Fonds peut être calculé pour chaque Fonds et pour le ou les programmes concernés au prorata,
+conformément au document définissant les conditions du soutien.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux termes de l’article
+73 du règlement (UE) 2021/1060
+sur la sélection des opérations par l’autorité de
+gestion :&lt;/p&gt;&lt;p&gt;1.   
+Pour la sélection des opérations, l’autorité
+de gestion établit et applique des critères et procédures qui sont non
+discriminatoires et transparents, assurent l’accessibilité pour les personnes
+handicapées, l’égalité entre les femmes et les hommes et tiennent compte de la
+Charte des droits fondamentaux de l’Union européenne, du principe de
+développement durable et de la politique de l’Union dans le domaine de
+l’environnement, conformément à l’ article 11 et à l’article 191, paragraphe 1,
+du traité sur le fonctionnement de l’Union européenne.&lt;/p&gt;&lt;p&gt;Les critères et procédures garantissent que les opérations à sélectionner sont hiérarchisées
+afin d’optimiser la contribution des fonds de l’Union à la réalisation des
+objectifs du programme.&lt;/p&gt;&lt;p&gt;2.   
+Lors de la sélection des opérations, l’autorité de gestion :&lt;/p&gt;&lt;p&gt;a.           
+Veille à ce que les opérations sélectionnées
+soient conformes au programme, et concordent notamment avec les stratégies qui
+sous-tendent le programme, et à ce qu’elles contribuent efficacement à la
+réalisation des objectifs spécifiques du programme ;&lt;/p&gt;&lt;p&gt;b.           
+Veille à ce que les opérations sélectionnées
+qui relèvent du champ d’application d’une condition favorisante soient
+conformes aux stratégies et documents de planification correspondants établis
+en vue du respect de ladite condition favorisante ;&lt;/p&gt;&lt;p&gt;c.           
+Veille à ce que les opérations sélectionnées
+présentent le meilleur rapport entre le montant du soutien, les activités menées
+et la réalisation des objectifs ;&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt;f. vérifie, lorsque les
+opérations ont commencé avant la présentation d’une demande de financement à
+l’autorité de gestion, que le droit applicable a été respecté ;&lt;/p&gt;&lt;p&gt;g. s’assure
+que les opérations sélectionnées entrent dans le champ
+d’application du Fonds concerné et sont attribuées à un
+type d’intervention ;&lt;/p&gt;&lt;p&gt;[…]&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Aux termes de l’article
+16§4 du règlement FSE&amp;#43; 2021/1057&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Les dépenses de personnel doivent
+correspondre à la rémunération habituellement versée pour la catégorie de
+fonction concernée. Une demande de justification pourra
+être faite sur la base du salaire
+antérieur, ou du salaire d’autre postes équivalent dans la structure non
+financée FSE.&lt;/p&gt;&lt;p&gt;Les associations et fondations qui
+sollicitent une subvention publique s&amp;#039;engagent à souscrire un contrat d’engagement républicain conformément au décret n°2021-1947 du 31 décembre
+2021 pris pour l&amp;#039;application
+de l&amp;#039;article 10-1 de la loi n° 2000-321 du 12 avril 2000 relative aux droits
+des citoyens dans leurs relations avec les administrations. Par la souscription
+de ce contrat d’engagement républicain, les associations et fondations s’engagent
+à respecter les principes de liberté, d’égalité, de fraternité et de dignité de
+la personne humaine ainsi que les symboles de la République, ne pas mettre en cause la laïcité
+au sein de la République et s’abstenir de toute action portant atteinte à l’ordre public
+pour tout dépôt d’une demande de subvention ; elles en informent leurs membres
+par tout moyen. À ce titre, les porteurs de projets devront accompagner leurs
+demandes de subvention d’une attestation de contrat d’engagement républicain&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h1&gt;RÈGLES D&amp;#039;ÉLIGIBILITÉ ET DE SÉLECTION SPÉCIFIQUES DE L&amp;#039;APPEL
+À PROJETS&lt;/h1&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Les financements européens sont exclusivement
+attribués à des opérations individuelles et à des personnes morales, le FSE&amp;#43;
+n&amp;#039;accorde pas d&amp;#039;aide financière directement aux personnes et ne cofinance pas
+le fonctionnement global des structures mais les projets menés par celles-ci.&lt;a name="_Hlk167278675"&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;La
+candidature, la sélection, la programmation et le remboursement des dépenses se
+déroulent de la manière suivante :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.    
+&lt;u&gt;Modalités
+de dépôt de la demande de subvention :&lt;/u&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Après la publication
+de l’appel à projets sur le site Internet du GIP L’Europe à Mayotte
+(https://europe-a-mayotte.yt) ; et sur le site fse.gouv.fr, les demandes de
+financement doivent être saisies et transmises via le portail dématérialisé
+&amp;#34;Ma Démarche FSE&amp;#43;&amp;#34; au cours de la période d&amp;#039;ouverture de l&amp;#039;appel à
+projets. Seules les demandes de financement signées et déposées dans &amp;#34;Ma
+Démarche FSE&amp;#43;&amp;#34; avant la date de clôture de l&amp;#039;appel à projets seront
+examinées. Toute demande déposée après sera inéligible.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Au regard des
+nouvelles modalités de dépôt, notamment l&amp;#039;utilisation d&amp;#039;une signature
+électronique, il est conseillé aux porteurs de projet de ne pas attendre le
+dernier jour de publication de l&amp;#039;appel à projets pour déposer leur demande.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;L’opération ne doit
+pas être achevée au moment du dépôt de la demande de financement.&lt;a name="move1734020951"&gt;&lt;/a&gt; Toute demande déposée
+après être achevée sera inéligible.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;La liquidation de la
+subvention se fait à la fin du projet après un contrôle qualitatif, quantitatif
+et financier. Les porteurs de projets doivent donc disposer d&amp;#039;une trésorerie
+compatible avec le développement de leur projet et avoir la capacité à avancer
+les frais.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Le FSE &amp;#43; doit avoir
+un effet levier et permettre d&amp;#039;augmenter la capacité de réponse à la
+problématique d&amp;#039;insertion des personnes les plus défavorisées et de lutte
+contre la pauvreté et l&amp;#039;exclusion.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S11" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U11" s="1" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Côte d'Azur</t>
+          <t>Mayotte</t>
         </is>
       </c>
       <c r="V11" s="1" t="inlineStr">
         <is>
-          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi</t>
+          <t>https://europe-a-mayotte.yt/je-decouvre-leurope-a-mayotte/je-consulte-les-appels-a-projet/#</t>
         </is>
       </c>
       <c r="W11" s="1" t="inlineStr">
         <is>
-          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi</t>
+          <t>https://europe-a-mayotte.yt/je-depose-et-consulte-mon-projet/</t>
         </is>
       </c>
       <c r="X11" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Se référer à la partie 7 de l&amp;#039;AAP &amp;#34;Procédure de candidature à l&amp;#039;appel à projets&amp;#34;. &lt;/p&gt;</t>
+          <t>&lt;p&gt;o   Madame ANGATAHI Wardat _Chargée
+de Mission Animation FSE&amp;#43;&lt;/p&gt;&lt;p&gt;Tel :
+0639996211 E-mail : &lt;a href="mailto:wardat.angatahi&amp;#64;europe-a-mayotte.yt"&gt;wardat.angatahi&amp;#64;europe-a-mayotte.yt&lt;/a&gt; &lt;/p&gt;&lt;p&gt;o   Madame HARIBOU Zaina – Chargée
+de Mission Animation FSE&amp;#43; &lt;/p&gt;&lt;p&gt;Tél : 0639769801 E-mail : &lt;a href="mailto:zaina.haribou&amp;#64;europe-a-mayotte.yt"&gt;zaina.haribou&amp;#64;europe-a-mayotte.yt&lt;/a&gt; &lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;o  
+Monsieur RAKOTO
+Rasolofosoana, Chargé de Mission Animation FSE&amp;#43;, &lt;/p&gt;&lt;p&gt;Tél: 0639760497 E-mail: &lt;a href="mailto:rasolofosoana.rakoto&amp;#64;europe-a-mayotte.yt"&gt;rasolofosoana.rakoto&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;/p&gt;&lt;p&gt;o  
+Monsieur HABIHIRWE
+Clément Responsable adjoint pôle animation, &lt;/p&gt;&lt;p&gt;Tél: 0639616322 E-mail: &lt;a href="mailto:clement.habihirwe&amp;#64;europe-a-mayotte.yt"&gt;clement.habihirwe&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;o  
+Madame DAGNAUD Chantal –
+Responsable Pôle Animation&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Tel : 0639 99 20 57   E-mail : &lt;a href="mailto:chantal.dagnaud&amp;#64;europe-a-mayotte.yt"&gt;chantal.dagnaud&amp;#64;europe-a-mayotte.yt&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
-          <t>jpderai@maregionsud.fr</t>
+          <t>francois.duhesme@europe-a-mayotte.yt</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-une-orientation-choisie-et-une-insertion-durable-dans-lemploi-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/repondre-aux-defis-specifiques-des-regions-ultraperipheriques-mesures-visant-a-ameliorer-laccessibilite-lefficacite-et-la-resilience-des-systemes-de-soins-de-sante-hormis-les/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>