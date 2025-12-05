--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -2539,216 +2539,1624 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:27" customHeight="0">
       <c r="A7" s="1">
+        <v>117575</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement thématique des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un accompagnement pour le développement des territoires Avenir Montagnes qui souhaitent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Redynamiser leur offre touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformer leur territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser leur transition écologique et énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer des démarches de transition énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets d&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des démarches territoriales pour lutter et s&amp;#039;adapter aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets portant sur la gestion de l&amp;#039;eau et la protection de la biodiversité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et déployer les plans d&amp;#039;actions touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer les projets portant sur des opérations touristiques complexes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caractéristiques de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancement des études dans la limite de 50 % de leur montant TTC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement à 100 % des interventions de consultants experts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement dans la limite globale de 50 000 € TTC par territoire et pendant le programme Avenir Montagnes Ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=developpement_avenir_montagnes_psat</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f9c9-accompagner-le-developpement-des-territoires-/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>117576</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Être assisté dans le management des projets Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Assistance au management des projets Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose une assistance aux chefs de projet des territoires Avenir Montagnes afin d&amp;#039;être aidé dans votre démarche visant à développer une offre touristique diversifiée, durable, résiliente et toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette assistance prend la forme d&amp;#039;un financement à 100 %, dans la limite de 50 000 € par territoire et durant le programme Avenir Montagnes Ingénierie, des interventions de consultants experts.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement vous permet d&amp;#039;être aidé pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structurer le projet (aide dans la mise en œuvre du processus organisationnel et de coordination des partenariats, dans la définition de la programmation technique et financière, dans la décision pour préparer les arbitrages, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des outils de pilotage et de suivi (organigramme des tâches, calendrier prévisionnel, outils de suivi des alertes, référentiel budgétaire, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et mettre en œuvre les dispositifs de concertation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préparer et animer la comitologie de projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Produire des éléments de langage et de présentation du plan d&amp;#039;actions ou de projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animer des dispositifs de concertation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir vos besoins d&amp;#039;expertises complémentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser les démarches administratives et méthodologiques (documents de consultation, cahier des charges, fiche-action, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/avenir-montagnes-management-projet?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projets_avenir_montagnes_osat</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46b6-etre-assiste-dans-le-management-des-projets-a/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>117577</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancer les outils d'aide à la décision des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancement d’outils d’aide à la décision pour les territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose une solution de cofinancement des outils d&amp;#039;aide à la décision pour les territoires Avenir Montagnes. Des experts vous conseillent dans la définition de vos besoins et d&amp;#039;outils d&amp;#039;aide à la décision en matière d&amp;#039;aménagement et d&amp;#039;investissements.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement peut porter sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projections d&amp;#039;enneigement à l&amp;#039;avenir ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La simulation des retombées économiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La simulation des impacts sur l&amp;#039;écosystème territorial et environnemental ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le pilotage des ressources environnementales : énergie, eau et biodiversité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La connaissance des ressources immobilières et foncières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le pilotage des flux touristiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le cofinancement pour le déploiement des outils représente au maximum :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 % du montant TTC engagé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans la limite de 20 000 € TTC par territoire et durant le programme Avenir Montagnes Ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/avenir-montagnes-cofinancement-outils?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=outils_avenir_montagnes_osat</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ed3-cofinancer-les-outils-daide-a-la-decision-des/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>111696</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier des compétences d'un jeune diplômé (VTA)</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Avenir Montagnes
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Volontaire territorial en administration</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="F10" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire de 15.000€ pour la collectivité</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le volontariat territorial en administration (VTA) permet aux collectivités territoriales rurales de bénéficier des compétences de jeunes diplômés le temps d&amp;#039;une mission de 12 à 18 mois maximum, au service de l&amp;#039;ingénierie de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 2021, le Volontariat territorial en administration s&amp;#039;adresse aux collectivités territoriales des territoires ruraux, qu&amp;#039;il s&amp;#039;agisse des établissements publics de coopération intercommunale ou des communes. Les pays, PETR et PNR pourront également embaucher des VTA, notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE). À titre plus exceptionnel, des structures portant des postes mutualisés pour le compte de plusieurs collectivités pourront bénéficier du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les VTA ont vocation à soutenir les territoires ruraux, pour faire émerger leurs projets de développement et les aider à se doter d&amp;#039;outils d&amp;#039;ingénierie adaptés à leur besoin. Ils aident notamment les acteurs locaux à mobiliser des financements du plan de relance.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;État aidera la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15 000 euros pour financer le recrutement indifféremment que celui soit de 12 ou 18 mois. Ce sont 800 VTA qui auront pu être aidés d&amp;#039;ici la fin de l&amp;#039;année 2022.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une subvention forfaitaire de 15.000€ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → 15.000€ pour la collectivité : l&amp;#039;État aide la collectivité territoriale dans son recrutement à hauteur d&amp;#039;une aide forfaitaire de 15.000€ qui sera versée sur décision du préfet&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;année 2023, le nombre de VTA sera limité à 220 recrutements.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les VTA renforcent en ingénierie les collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi les missions peuvent permettre de rechercher et mobiliser des financements, d&amp;#039;accompagner les collectivités dans la réalisation de leur projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les VTA sont recrutés sur des missions d&amp;#039;appui aux
+ CRTE, aux programmes de l&amp;#039;ANCT &amp;#34;Petites villes de demain&amp;#34;, Avenir Montagnes ingénierie, France service...
+&lt;/p&gt;
+&lt;p&gt;
+ Les domaines d&amp;#039;aménagement du territoire, de la culture, citoyenneté, transition écologique, sont représentés par ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Emploi
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>15/04/2021</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif s&amp;#039;adresse en premier lieu aux collectivités territoriales rurales (commune ou établissement public de coopération intercommunale – EPCI) selon la nouvelle définition de la ruralité l&amp;#039;Institut national de la statistique et des études économiques (INSEE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois, afin d&amp;#039;apporter un soutien en ingénierie adapté aux besoins des organisations locales, d&amp;#039;autres collectivités territoriales, groupements de collectivités ou structures sont éligibles au recrutement d&amp;#039;un VTA :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les syndicats mixtes dont le siège est situé dans un département rural ou dans une commune appartenant à un EPCI rural au sein de l&amp;#039;INSEE si les missions proposées s&amp;#039;adressent exclusivement aux intercommunalités et communes rurales au sens de l&amp;#039;INSEE ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes de moins de 20 000 habitants de densité intermédiaire au sens de l&amp;#039;INSEE mais situées dans un département rural ou un EPCI rural;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les associations dont l&amp;#039;objet est de fournir un service aux communes ou EPCI ruraux  au sens de l&amp;#039;INSEE, notamment dans le cadre de postes mutualisés pour plusieurs collectivités territoriales;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pays et pôles d&amp;#039;équilibre territorial et rural (PETR), notamment s&amp;#039;ils participent à l&amp;#039;élaboration des contrats de relance et de transition écologique (CRTE).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://vta.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://vta.anct.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:vta&amp;#64;anct.gouv.fr" target="_self"&gt;
+  vta&amp;#64;anct.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>marie.laurent@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7950-beneficier-des-competences-dun-jeune-dipome/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>111697</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Recruter un chef de projet</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Recruter un chef de projet</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Association pour l'emploi des cadres (APEC)</t>
+        </is>
+      </c>
+      <c r="F11" s="1" t="inlineStr">
+        <is>
+          <t>Association pour l'emploi des cadres (APEC)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Vos enjeux
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous souhaitez repenser et concevoir votre stratégie de développement vers une
+ offre touristique plus diversifiée et durable, piloter efficacement et durablement
+ votre projet de transition touristique, assurer une bonne coordination entre tous les
+ partenaires sur les différentes thématiques d&amp;#039;intervention et intégrer les habitants à
+ cette dynamique.
+&lt;/p&gt;
+&lt;h4&gt;
+ L&amp;#039;offre :
+&lt;/h4&gt;
+&lt;p&gt;
+ Chaque territoire lauréat sera doté d&amp;#039;un Chef de Projet dédié à Avenir Montagnes.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette fiche vise à préciser :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le type de missions confiées à ce chef de projet et son positionnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modalités de soutien financier à son recrutement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;&amp;#039;accompagnement méthodologique en gestion de projet apporté à chaque chef de projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;appui proposé aux collectivités pour favoriser un recrutement rapide et de qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Accompagnement financier par l&amp;#039;État du Chef de Projet :
+&lt;/h4&gt;
+&lt;p&gt;
+ Afin d&amp;#039;accompagner financièrement le recrutement du chef de projet, une aide forfaitaire de l&amp;#039;État de 60 000 euros par an pendant 2 ans sera versée aux territoires lauréats. Un premier versement de 60 000 euros, correspondant à la première année, sera versé dès la signature de la convention d&amp;#039;adhésion au programme, et ce avant la fin de l&amp;#039;année 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant alloué vise à permettre le recrutement d&amp;#039;un cadre expérimenté en regard des missions exposées ci-dessus. Cette aide forfaitaire couvrira le salaire « chargé » du chef de projet (salaire brut &amp;#43; charges salariales). Le fonctionnement (frais de mission, équipement, etc.) pourra constituer le co-financement apporté par la collectivité ou le territoire bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Une clause suspensive de la convention prévoit le remboursement par le territoire porteur si le chef de projet n&amp;#039;est pas recruté ou une promesse de signature n&amp;#039;a pas été signée dans un délai de six mois après signature de la convention, si l&amp;#039;expérience du recruté n&amp;#039;est manifestement pas en adéquation avec la mission ou encore si les rapports d&amp;#039;activité attendus ne sont pas produits.
+&lt;/p&gt;
+&lt;h4&gt;
+ Accompagnement méthodologique des Chefs de Projet par la Banque des Territoires :
+&lt;/h4&gt;
+&lt;p&gt;
+ Chaque chef de projets bénéficiera, d&amp;#039;un appui méthodologique à la conduite de projet : structuration de son intervention, organisation méthodologique, définition d&amp;#039;indicateurs de suivi. Cet accompagnement sera assuré par des prestataires spécialistes de ces missions sélectionnés par la Banque des Territoires. Ce soutien intensif au début du programme doit permettre aux chefs de projet de fiabiliser leur démarche de construction et de déploiement de projets. Le panel de missions d&amp;#039;accompagnement possibles sera présenté aux chefs de projets. Les interventions de consultants experts seront financées à 100% par la Banque des Territoires dans une limite de 50 K€ par territoire sur la durée du Programme Avenir Montagnes Ingénierie.
+&lt;/p&gt;
+&lt;h4&gt;
+ Appui au recrutement proposé par l&amp;#039;Association pour l&amp;#039;emploi des cadres (APEC) :
+&lt;/h4&gt;
+&lt;p&gt;
+ Chaque territoire lauréat d&amp;#039;Avenir Montagnes Ingénierie est responsable du recrutement du chef de projet dédié. Il pourra être accompagné dans cette démarche par l&amp;#039;Association pour l&amp;#039;emploi des cadres (APEC) pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rédiger, publier et mettre en visibilité une offre attractive :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o analyse du poste et du profil recherché ;
+&lt;/p&gt;
+&lt;p&gt;
+ o rédaction d&amp;#039;un texte d&amp;#039;offre d&amp;#039;emploi attractif ;
+&lt;/p&gt;
+&lt;p&gt;
+ o analyse du rendement de l&amp;#039;offre d&amp;#039;emploi dans les 10 premiers jours de
+&lt;/p&gt;
+&lt;p&gt;
+ publication ;
+&lt;/p&gt;
+&lt;p&gt;
+ o si nécessaire, recommandation d&amp;#039;autres moyens d&amp;#039;action pour élargir le sourcing ;
+&lt;/p&gt;
+&lt;p&gt;
+ o publication sur le site apec.fr (et sur le site pole-emploi.fr) ;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pré-sélectionner et rencontrer les candidats si besoin d&amp;#039;appui :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o analyse du poste à pourvoir et des critères de sélection ;
+&lt;/p&gt;
+&lt;p&gt;
+ o promotion de l&amp;#039;offre auprès de candidats pertinents présents dans laCandidapec ;
+&lt;/p&gt;
+&lt;p&gt;
+ o tri des dossiers de candidatures et présentation des plus ciblés ;
+&lt;/p&gt;
+&lt;p&gt;
+ o suivi de l&amp;#039;évolution du processus de recrutement des candidats jusqu&amp;#039;à la décision
+&lt;/p&gt;
+&lt;p&gt;
+ finale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;attractivité auprès de candidats potentiels en organisant (APEC) si besoin un moment d&amp;#039;échange à distance entre le territoire et des candidats potentiels, afin de :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o valoriser votre commune, son environnement et les missions du futur chef de projet ;
+&lt;/p&gt;
+&lt;p&gt;
+ o répondre en toute transparence aux questions des candidats afin d&amp;#039;engager un dialogue constructif pour les inciter à postuler ;
+&lt;/p&gt;
+&lt;p&gt;
+ o optimiser les chances d&amp;#039;une bonne intégration du futur chef de projet.
+&lt;/p&gt;
+&lt;h4&gt;
+ Séquence d&amp;#039;accueil des Chefs de Projet :
+&lt;/h4&gt;
+&lt;p&gt;
+ Afin de favoriser la bonne intégration par les chefs de projet de l&amp;#039;ensemble des outils d&amp;#039;appui d&amp;#039;Avenir Montagnes et constituer un réseau d&amp;#039;échange, une séquence d&amp;#039;accueil sera organisée par l&amp;#039;ANCT (début 2022). En particulier, l&amp;#039;offre d&amp;#039;ingénierie de la Banque des Territoires sera présentée afin que le chef de projet identifie les appuis méthodologiques pouvant être sollicités.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Missions et positionnement du Chef de Projet
+ &lt;/strong&gt;
+&lt;/h4&gt;
+Le poste de chef de projet a vocation, en lien étroit avec l&amp;#039;élu référent désigné, à piloter et animer le projet de transition durable de l&amp;#039;offre touristique du territoire lauréat. Il sera spécifiquement et entièrement dédié à Avenir Montagnes. Il est recommandé que le chef de projet soit positionné à un niveau hiérarchique lui permettant d&amp;#039;agir de manière transversale en lien avec les services du territoire. L&amp;#039;élu référent du programme désigné par le territoire sera le référent direct et le superviseur du chef de projet.
+&lt;p&gt;
+ &lt;br /&gt;
+ Il coordonnera la conception ou l&amp;#039;actualisation du projet de territoire, définira les besoins en ingénierie et coordonnera la mobilisation des offres de service. Il appuiera et conseillera les instances décisionnelles du territoire engagées dans le projet. Il entretiendra des liens étroits avec les partenaires locaux ainsi qu&amp;#039;avec le commissariat de massif du territoire (ou en Corse et dans les départements d&amp;#039;outre-mer avec le délégué territorial de l&amp;#039;Agence nationale de la cohésion des territoires - ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, il permettra d&amp;#039;accompagner, de concevoir et de piloter efficacement et durablement le projet de transition, d&amp;#039;assurer une bonne coordination entre tous les partenaires sur les différentes thématiques d&amp;#039;intervention, y compris les enjeux liés aux partenariats financiers, la consolidation du projet en lien avec le ou les contrats de relance et de transition écologique (CRTE) du territoire, la communication et la concertation avec les habitants et leur intégration à cette dynamique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Montagne
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de cette aide uniquement les lauréats du programme Avenir Montagnes Ingénierie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-12/OffreDeService_AM_v5.pdf</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/avenir-montagnes-ingenierie</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ pascal.roussay&amp;#64;apec.fr
+&lt;/p&gt;
+&lt;p&gt;
+ ou contactez votre commissariat de massif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>juliette.conrad@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cab6-recruter-un-chef-de-projet/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>111698</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des diagnostics territoriaux, définition des enjeux et orientations stratégiques</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des diagnostics territoriaux, définition des enjeux et orientations stratégiques</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vos enjeux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez bénéficier d&amp;#039;un diagnostic de votre territoire (atouts, faiblesses, opportunités et menaces), en analyser les enjeux et identifier des orientations prospectives en matière de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;offre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des experts vous accompagnent pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dresser une analyse intégrée et multithématique des forces et faiblesses du territoire et de son organisation spatiale :
+ &lt;/li&gt;
+&lt;/ul&gt;
+o recherche et compilation d&amp;#039;éléments de compréhension du territoire
+&lt;br /&gt;
+o analyse des études et données relatives au territoire
+&lt;br /&gt;
+o repérage de terrain
+&lt;br /&gt;
+o entretiens avec les acteurs locaux
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  identifier les enjeux prioritaires pour le territoire en tenant compte des préoccupations croisées des acteurs afin d&amp;#039;arrêter des objectifs partagés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réaliser des travaux prospectifs pour prendre en compte les besoins spécifiques ou émergents et définir les grandes orientations stratégiques dans un objectif de résilience
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier dans une approche prospective, différentes trajectoires du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Montagne
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;ingénierie peut se faire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  par l&amp;#039;intervention de consultants experts (sur marché de l&amp;#039;ANCT) prise en charge à 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou par le cofinancement d&amp;#039;études (sur marché géré par le territoire lauréat) dans la limite de 50% du montant TTC de l&amp;#039;étude,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans une limite globale de 50 K€ TTC d&amp;#039;accompagnement sur les thématiques ANCT par territoire sur la durée du programme Avenir Montagnes Ingénierie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-12/OffreDeService_AM_v5.pdf</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/avenir-montagnes-ingenierie</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre commissariat de massif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>juliette.conrad@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0ab-realiser-des-diagnostics-territoriaux-definit/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>111702</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger une dynamique de transition touristique avec les acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger une dynamique de transition touristique avec les acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Vos enjeux
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous souhaitez vous engager dans une dynamique de transition touristique
+ permettant de rendre le territoire moins dépendant au tourisme hivernal, en
+ impliquant l&amp;#039;ensemble des acteurs locaux.
+&lt;/p&gt;
+&lt;h4&gt;
+ L&amp;#039;offre :
+&lt;/h4&gt;
+&lt;p&gt;
+ Le Cerema, en partenariat avec l&amp;#039;ANCT, vous propose un appui pour définir et
+ mettre en œuvre une démarche de « mise en mouvement » du territoire, visant à
+ rendre le territoire moins dépendant au tourisme hivernal, en l&amp;#039;appréhendant
+ comme un territoire de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche est construite sur mesure pour et avec le territoire, selon sa situation et
+ ses besoins, et peut faire l&amp;#039;objet d&amp;#039;ajustements permanents tout au long de sa mise
+ en œuvre en fonction des résultats obtenus au fur et à mesure ; elle consiste à créer
+ les conditions d&amp;#039;écoute et d&amp;#039;échanges constructifs entre parties prenantes du
+ territoire (élus et techniciens, acteurs socio-économiques, habitants), pour co-construire ensemble son avenir.
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche s&amp;#039;appuie sur les principes d&amp;#039;action suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mobilisation des acteurs du territoire autour du projet ; participation de la population ; diagnostic partagé des enjeux du territoire et de sa vulnérabilité ; construction et partage d&amp;#039;une ambition commune pour le territoire ; exercice de projection, en imaginant le futur idéal du territoire, puis en formulant des visions prospectives positives pour déterminer des axes stratégiques ; révélation et valorisation des ressources territoriales spécifiques ; émergence de coopérations entre acteurs ; définition d&amp;#039;un plan d&amp;#039;actions ; suivi, évaluation et ajustements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui sur différents outils parmi lesquels : ateliers d&amp;#039;intelligence collective, diagnostic partagé territorial, entraînement mental, boîte à outils Vision &amp;#43;21, jeux de cartes, conférences, visites de terrain, boussole de la résilience, boussole de la participation...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Montagne
+Transition énergétique
+Appui méthodologique
+Valorisation d'actions
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être lauréat du programme Avenir Montagnes ingénierie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Ensemble des massifs français</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-12/OffreDeService_AM_v5.pdf</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre commissariat de massif ou votre direction territoriale du Cerema.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>juliette.conrad@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fe39-faire-emerger-une-dynamique-de-transition-tou/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>111703</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la concertation et l’association des habitants au projet</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la concertation et l’association des habitants au projet</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Vos enjeux :
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous souhaitez favoriser une large et active participation des habitants et usagers
+&lt;/p&gt;
+&lt;p&gt;
+ (entreprises et autres acteurs) du territoire à votre projet.
+&lt;/p&gt;
+&lt;h4&gt;
+ L&amp;#039;offre :
+&lt;/h4&gt;
+&lt;p&gt;
+ Nos experts vous accompagnent, en fonction de l&amp;#039;avancement de vos réflexions en phase de préparation / de gestion et d&amp;#039;accompagnement du projet, pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  définir les modalités d&amp;#039;association des publics au projet : identification des publics cibles à associer et de leurs niveaux de participation (degrés et moments)
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaborer des supports d&amp;#039;animation et outils d&amp;#039;association des habitants et acteurs du territoire au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  apporter un appui à la mise en œuvre et au pilotage du dispositif de concertation : mise en place des instances, mobilisation des parties prenantes, animation des réunions et ateliers, restitution des résultats des démarches participatives
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ et selon la problématique et des enjeux locaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  association des habitants et/ou des entreprises et des acteurs économiques à la
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation et au suivi ultérieur du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnement méthodologique à la gestion urbaine de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutien aux actions d&amp;#039;animation et de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  association des entreprises et des acteurs économiques à la préparation et au suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Montagne
+Citoyenneté</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette offre d&amp;#039;ingénierie peut se faire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  par l&amp;#039;intervention de consultants experts (sur marché de l&amp;#039;ANCT) prise en charge à 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  ou par le cofinancement d&amp;#039;études (sur marché géré par le territoire lauréat) dans la limite de 50% du montant TTC de l&amp;#039;étude,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans une limite globale de 50 K€ TTC d&amp;#039;accompagnement sur les thématiques ANCT par territoire sur la durée du programme Avenir Montagnes Ingénierie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Ensemble des massifs français</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-12/OffreDeService_AM_v5.pdf</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Consultez votre commissariat de massif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>juliette.conrad@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f80-favoriser-la-concertation-et-lassociation-des/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>100073</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l’expertise d’un conseiller développement économique territorial implanté localement</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>Vous souhaitez bénéficier de l&amp;#039;accompagnement humain d&amp;#039;un conseil expert de votre territoire, pour élaborer et mettre en œuvre une stratégie de soutien aux activités économiques, industrielles, commerciales situées sur votre commune ou votre intercommunalité.
 &lt;br /&gt;
 Vous souhaitez pouvoir accéder plus facilement à cet accompagnement humain en mutualisant son coût financier avec d&amp;#039;autres collectivités de votre département ou de votre bassin de vie.
 &lt;br /&gt;
 &lt;br /&gt;
 Le réseau des CCI propose de mettre à votre disposition l&amp;#039;expertise d&amp;#039;un conseiller spécialisé en développement économique. Ce chef de projet CCI, en lien avec tous les services de la CCI et ses partenaires, identifie avec vous la solution d&amp;#039;appui la plus adaptée à vos besoins d&amp;#039;ingénierie.
 &lt;br /&gt;
 &lt;br /&gt;
 Le chef de projet CCI peut par exemple réaliser un diagnostic de la situation économique/industrielle/commerciale de votre territoire (étude-action) ou des études spécifiques sur-mesure. Au terme du diagnostic, il vous fait part de ses recommandations et vous propose un plan d&amp;#039;actions.
 &lt;br /&gt;
 &lt;br /&gt;
 Il peut également accompagner la mise en œuvre de vos actions dans des domaines très variés: maintien de l&amp;#039;activité et aide aux entreprises en difficulté, animation du commerce de centre-ville, actions d&amp;#039;accompagnement des entreprises/commerçants dans leurs mutations (numériques et écologiques notamment), implantation commerciale, lutte contre la vacance, création et reprise d&amp;#039;entreprise, animation de réseaux d&amp;#039;entreprises – clubs et filières, orientation et formation des jeunes, des actifs et des demandeurs d&amp;#039;emplois présents sur votre territoire ...
 &lt;br /&gt;
 &lt;br /&gt;
 Il est attendu une prise en charge financière des acteurs locaux concernés (préfet, collectivités territoriales). Les conditions tarifaires varient selon les modalités d&amp;#039;accompagnement retenues.</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0e2c-beneficier-de-lexpertise-dun-conseiller-devel/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>100074</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Connaître les aides et les solutions pour la relance économique</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Connaître les aides et les solutions pour la relance économique et commerciale de votre ville</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez rester en lien avec vos entreprises et leur donner les clés pour se développer.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez disposer de toute information utile et à jour pour mieux accompagner les acteurs économiques de votre territoire et accéder rapidement à l&amp;#039;information sur les aides mobilisables au niveau national, régional et local.
 &lt;/p&gt;
 &lt;p&gt;
  Le réseau des CCI propose aux élus et directeurs des collectivités de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Participer à des réunions ou séminaires d&amp;#039;information sur :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - les facteurs clés de réussite d&amp;#039;une centralité commerciale ;
  &lt;br /&gt;
  - les outils pour gérer le développement de sa centralité commerciale (Outils    réglementaires, outils liés à l&amp;#039;aménagement urbain, outils d&amp;#039;animation et de communication, outils de professionnalisation) ;
  &lt;br /&gt;
  - les grandes tendances d&amp;#039;évolution de la consommation et l&amp;#039;impact de la crise sur les comportements d&amp;#039;achats ;
  &lt;br /&gt;
  - l&amp;#039;impact de la crise sur le tissu commercial.
 &lt;/p&gt;
@@ -2757,163 +4165,163 @@
   Et trouver toute l&amp;#039;information sur :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - les aides disponibles nationalement et localement pour vos entreprises ;
  &lt;br /&gt;
  - les accompagnements proposés par la CCI pour vous aider à renforcer votre soutien aux commerçants et indépendants (étude – action sur la situation du commerce du centre-ville, de la ville, ou de l&amp;#039;intercommunalité, mise en place de solutions numériques pour les commerçants, transition écologique, soutien aux créateurs-repreneurs...).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez retrouver le guide national des aides financières nationales, régionales ou territoriales en ligne sur le site
  &lt;a href="https://les-aides.fr/" rel="noopener" target="_blank"&gt;
   les-aides.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/connaitre-les-solutions-et-aides-pour-la-relance-economique</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a836-connaitre-les-aides-et-les-solutions-pour-la-/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>100075</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Réaliser le diagnostic de l’appareil commercial de votre territoire</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude-action sur le tissu commercial de votre territoire</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vos opérations de revitalisation territoriale sont contraintes par divers facteurs tels que l&amp;#039;essor des zones commerciales périphériques, la diminution de la population en centre-ville, ou encore l&amp;#039;augmentation de la vacance commerciale. Vous devez maintenir l&amp;#039;attractivité de votre territoire, de vos centres-villes, de vos centres-bourgs, et la développer pour assurer leur avenir.
 &lt;/p&gt;
 &lt;p&gt;
  Vos projets de redynamisation d&amp;#039;un centre-ville, ou d&amp;#039;un territoire plus large, nécessitent d&amp;#039;analyser en premier lieu la situation des commerces et l&amp;#039;équilibre des zones commerciales. Votre diagnostic de l‘appareil commercial local est le préalable qui vous permet ensuite d&amp;#039;élaborer ou d&amp;#039;adapter la stratégie de développement de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI peut réaliser le
  &lt;strong&gt;
   diagnostic de votre appareil commercial
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;analyse de la demande :
  &lt;/strong&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -2998,159 +4406,159 @@
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/diagnostic-de-lappareil-commercial-dun-territoire</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3c81-realiser-une-etude-action-sur-le-tissu-commer/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>100076</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Consulter les chefs d’entreprise de votre territoire</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Consulter les chefs d’entreprise de votre territoire sur vos projets</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En associant les entrepreneurs et commerçants de votre territoire à vos orientations, en recueillant leurs ressentis, leurs doutes, leurs réflexions sur les sujets de développement économique, vous amorcez et entretenez une relation de proximité avec votre tissu économique local. Ce nouvel éclairage vous permet de sécuriser vos prises de décision qui auront un impact sur votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est en les comptant comme parties prenantes et grâce à leurs témoignages que vous pourrez conduire avec succès vos projets de dynamisation économique et d&amp;#039;attractivité territoriale.
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI vous facilite le recueil d&amp;#039;avis et attentes auprès des acteurs économiques locaux, et ce en vous proposant de mettre en place une
  &lt;strong&gt;
   enquête
  &lt;/strong&gt;
  sur-mesure, conçue pour être administrée de façon ponctuelle. Suivant vos besoins, cette enquête (flash à un moment donné ou actualisée régulièrement) peut être réalisée selon plusieurs modalités :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ENQUÊTE TERRAIN :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Des rencontres entre un conseiller CCI et un chef d&amp;#039;entreprise. Elles peuvent être réalisées par exemple sur un périmètre géographique précis (recueillir l&amp;#039;avis de chefs d&amp;#039;entreprises concernés par des travaux, un équipement, ...).
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ENQUÊTE EN LIGNE :
@@ -3227,153 +4635,153 @@
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/consultation-des-chefs-dentreprise-de-votre-territoire</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a08-consulter-les-chefs-dentreprise-de-votre-terr/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>100077</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Animer les entreprises de votre territoire</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez faire vivre votre centre-ville, revitaliser l&amp;#039;économie de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez développer le management de votre centre-ville, notamment pour la mise en place de plateformes locales de e-commerce et/ou de logiques de circuits courts.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez mettre en réseau les entreprises et les commerces présents sur votre territoire, encourager les logiques de filière ou de chaînes de valeur.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez relayer vos événements auprès des entreprises de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez développer les liens entre les entreprises et les autres acteurs du territoire (collectivités, centres de formation, laboratoires de recherche, technologiques, tiers lieux...).
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI vous propose de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bénéficier de l&amp;#039;expertise de votre conseiller CCI en animation des entreprises et des commerces du territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   Mutualiser le coût financier du recours à cette expertise d&amp;#039;animation avec d&amp;#039;autres collectivités de votre territoire.
@@ -3382,186 +4790,186 @@
 &lt;p&gt;
  L&amp;#039;animation des entreprises du territoire peut prendre les formes suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation de visites d&amp;#039;entreprises par un conseiller CCI ;
  &lt;/li&gt;
  &lt;li&gt;
   Animation d&amp;#039;ateliers sur des thématiques intéressant les chefs d&amp;#039;entreprise, qui peuvent se tenir dans votre collectivité ;
  &lt;/li&gt;
  &lt;li&gt;
   Constitution de clubs d&amp;#039;entreprises, avec des intervenants externes ;
  &lt;/li&gt;
  &lt;li&gt;
   Création et animation de clusters, faisant le lien entre les entreprises et l&amp;#039;écosystème de la recherche et de l&amp;#039;innovation... ;
  &lt;/li&gt;
  &lt;li&gt;
   Structuration et animation de filières.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Il peut être attendu une prise en charge financière des acteurs locaux concernés (préfet, collectivités territoriales).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique
 Animation et mise en réseau
 Industrie</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Certaines CCI proposent des plateformes d&amp;#039;animation et de professionnalisation des managers du commerce et de centre-ville :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réseau MANACOM (Nouvelle-Aquitaine) :
   &lt;a href="https://www.bordeauxgironde.cci.fr/MANACOM-le-reseau-des-managers-du-commerce" rel="noopener" target="_blank"&gt;
    https://www.bordeauxgironde.cci.fr/MANACOM-le-reseau-des-managers-du-commerce
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réseau MG2T – Management de Centre-Ville (Auvergne-Rhône-Alpes) :
   &lt;a href="https://www.auvergne-rhone-alpes.cci.fr/services/management/territoire" rel="noopener" target="_blank"&gt;
    https://www.auvergne-rhone-alpes.cci.fr/services/management/territoire
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc1b-animer-les-entreprises-de-votre-territoire/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
         <v>100078</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Soutenir les entreprises dans leur développement</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises de votre territoire à se développer</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez dynamiser le développement des TPE et commerces de votre territoire, encourager la création d&amp;#039;entreprise ou accompagner vos entreprises locales dans leurs transformations écologique, numérique, notamment.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez animer le développement économique de votre commune ou de votre intercommunalité en favorisant les échanges entre acteurs.
 &lt;/p&gt;
 &lt;p&gt;
  Vous voulez aider vos entrepreneurs locaux à concrétiser leurs projets de développement ou de transmission de leur entreprise, pour préserver et stimuler les compétences sur votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI accompagne vos entrepreneurs locaux pour maintenir une activité économique locale.
 &lt;/p&gt;
 &lt;p&gt;
  Son offre de produits et services est répartie sur 8 thèmes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;entrepreneuriat : créer, reprendre, transmettre une entreprise ;
  &lt;/li&gt;
  &lt;li&gt;
   le financement : sécuriser la gestion financière de l&amp;#039;entreprise et accéder aux financements ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;international : développer des parts de marché à l&amp;#039;export ;
@@ -3596,410 +5004,410 @@
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;intervention.
   &lt;br /&gt;
   Prestation sur devis.
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 International
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État, une entreprise privée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/soutien-des-entreprises-dans-leur-developpement</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/solutions</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec14-aider-les-entreprises-de-votre-territoire-a-s/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>100081</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’implantation d’entrepreneurs sur votre territoire</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez favoriser le développement économique et l&amp;#039;emploi sur votre territoire, en permettant aux entreprises de se développer et de recruter les compétences dont elles ont besoin et en offrant aux jeunes et aux actifs davantage d&amp;#039;opportunités locales de formation.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez renforcer votre politique d&amp;#039;attractivité globale (accueil, marketing territorial).
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez garantir aux entreprises l&amp;#039;accès à un « bouquet de services » nécessaire à leur développement.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Votre CCI peut être à vos côtés pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;une politique d&amp;#039;accueil de nouvelles entreprises et de salariés sur le territoire : aide à la recherche d&amp;#039;un logement, à l&amp;#039;emploi du conjoint, intégration des nouveaux habitants aux réseaux locaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Le développement du marketing territorial et la valorisation des entreprises locales, des filières stratégiques et innovantes, des métiers d&amp;#039;exception et des savoirs faire, pour en faire des ambassadeurs de votre territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;organisation de permanences d&amp;#039;accueil et d&amp;#039;information des créateurs et des chefs d&amp;#039;entreprises, y compris dans les locaux de la collectivité ;
  &lt;/li&gt;
  &lt;li&gt;
   La création et la gestion de lieux d&amp;#039;accueil et d&amp;#039;hébergement des entreprises, tels que les pépinières, les incubateurs, les hôtels d&amp;#039;entreprises, les tiers-lieux, les espaces de co-working ou les Maisons de l&amp;#039;Entreprise. Avec l&amp;#039;essor du télétravail, ils deviennent des lieux de rencontres essentiels pour les entreprises et leurs salariés ;
  &lt;/li&gt;
  &lt;li&gt;
   La création de sessions de formations spécifiques adaptées aux besoins du territoire. Les lieux d&amp;#039;hébergement des entreprises pourraient également accueillir des individus en formation et suivant des enseignements à distance ;
  &lt;/li&gt;
  &lt;li&gt;
   La création et la gestion d&amp;#039;établissements de formation (centres de formation des apprentis, établissements d&amp;#039;enseignement supérieur, centres de formation initiale et continue...) ;
  &lt;/li&gt;
  &lt;li&gt;
   La gestion d&amp;#039;équipements structurants pour le territoire : infrastructures de transport, centres de congrès, zones d&amp;#039;activités, etc. Nb : le réseau des CCI gère 500 établissements de formation (écoles supérieures, CFA, centres de formation professionnelle) et près de 600 équipements structurants, dont 53 aéroports, 14 aérodromes, 121 ports, 37 équipements d&amp;#039;événementiel, 259 équipements d&amp;#039;immobilier et d&amp;#039;hébergement d&amp;#039;entreprises et 62 zones d&amp;#039;activité économique.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Friche
 Foncier
 Voirie et réseaux
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Accessibilité
 Emploi
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État, une entreprise privée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/reseau-cci/nos-missions-et-nos-actions-generales-pour-les-entreprises-et-les-territoires</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a438-favoriser-limplantation-dentrepreneurs-sur-vo/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-      <c r="A14" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>101592</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Accompagner le déploiement de solutions de mobilité, le passage à l'échelle et l'innovation dans les territoires</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Avenir Montagnes
 France Mobilités</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Cerema
 ADEME
 Banque des Territoires
 Agence nationale de la cohésion des territoires (ANCT)
 Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F14" s="1" t="inlineStr">
+      <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Cellules France Mobilités</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>Accompagnement et animation de l'ecosystème des mobilités, en complément d'appels pontuels (taux définis par les AAP/AMI)</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à l&amp;#039;ingénierie en matière de mobilité dans les territoires peu denses : l&amp;#039;objectif est d&amp;#039;apporter un conseil de proximité aux collectivités et AOM, ainsi qu&amp;#039;aux porteurs de projets, dans le déploiement de leurs services de mobilité du quotidien, au travers 15 cellules régionales d&amp;#039;appui en métropole et outre-mer, réunissant les principaux acteurs de l&amp;#039;ingenierie publique territoriale (ANCT, Ademe, Cerema et Banque des Territoires) aux côtés des services de l&amp;#039;Etat. Il s&amp;#039;agit d&amp;#039;un guichet unique apportant une ingénierie mutualisée dans les territoires ruraux pour accompagner les collectivités à l&amp;#039;exercice de la compétence d&amp;#039;organisation des mobilités (notamment sollicitations juridiques), ainsi qu&amp;#039;une ingénierie d&amp;#039;animation territoriale dans l&amp;#039;appui à la mise en oeuvre de projet (ex : organisation de webinaires et d&amp;#039;évènements à destination des acteurs territoriaux porteurs de projets).
 &lt;/p&gt;
 &lt;p&gt;
  Cet accompagnement des cellules régionales vient en complément de l&amp;#039;instruction des AAP/AMI France Mobilités (Tenmod, Avenir Montagne Mobilités, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Plateforme France Mobilités comprenant des ressources techniques (base relative aux marchés publics, foire aux questions juridique et fiches thématiques) et référençant des projets de mobilité, renseignés par leurs porteurs, mis en place dans les territoires (visualisation cartographique) ainsi que des solutions inspirantes classées par thématique / type de territoire / catégorie de porteurs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M14" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://www.francemobilites.fr/projets
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mobilité fluviale
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les 15 cellules régionales d&amp;#039;appui  France Mobilités accompagnent l&amp;#039;innovation dans les territoires « peu denses » et faiblement dotés en ingenierie locale : territoires ruraux, villes petites et moyennes, espaces périurbains des agglomérations
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.francemobilites.fr/ingenierie</t>
         </is>
       </c>
-      <c r="W14" s="1" t="inlineStr">
+      <c r="W22" s="1" t="inlineStr">
         <is>
           <t>https://www.francemobilites.fr/</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre cellule régionale : https://www.francemobilites.fr/regions
 &lt;/p&gt;
 &lt;p&gt;
  Une boite fonctionnelle partagée unique pour chaque cellule régionale :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   auvergnerhonealpes&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   bourgognefranchecomte&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   bretagne&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   centrevaldeloire&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   corse&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   grandest&amp;#64;francemobilites.fr
@@ -4012,1715 +5420,307 @@
  &lt;/li&gt;
  &lt;li&gt;
   normandie&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   nouvelleaquitaine&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   occitanie&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   paysdelaloire&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   provencealpescotedazur&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   antillesguyane&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   oceanindien&amp;#64;francemobilites.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3bc2-concevoir-son-projet-de-mobilite-et-developpe/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>101596</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Obtenir un financement et une expertise pour construire un projet de territoire appuyé sur une démarche paysagère</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>Vous souhaitez développer votre projet de territoire à partir d&amp;#039;une démarche paysagère.
 &lt;br /&gt;
 &lt;br /&gt;
 Le plan de paysage est un outil à votre disposition pour renforcer l&amp;#039;attractivité de votre territoire. Il permet d&amp;#039;appréhender le paysage comme une ressource et un levier pour le développement local. Il s&amp;#039;agit donc d&amp;#039;une démarche qui invite à repenser la manière de concevoir l&amp;#039;aménagement du territoire (urbanisme, transports, infrastructures, énergies renouvelables, agriculture) en remettant le paysage au cœur du processus. Le Ministère de la transition écologique (Direction générale de l&amp;#039;aménagement, du logement et de la nature (DGALN) lance tous les ans un appel à projet qui permet d&amp;#039;identifier 15 lauréats bénéficiant d&amp;#039;une aide de 30 000 euros versée en 2 fois (lors de la sélection et à l&amp;#039;issue d&amp;#039;un délai de 3 ans). L&amp;#039;aide porte également sur l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et l&amp;#039;intégration à un réseau de collectivités le &amp;#34;club plan de paysage&amp;#34; pour inscrire l&amp;#039;accompagnement dans le temps.</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Revitalisation
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>http://www.objectif-paysages.developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>Contactez l&amp;#039;adresse mail suivante : contact.objectif-paysages&amp;#64;developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6246-obtenir-un-financement-et-une-expertise-pour-/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>101598</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Être informé des opportunités transfrontalières</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 EUROPE - Interreg - Fonds européens
 Avenir Montagnes
 France Ruralités</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Mission opérationnelle transfrontalière (MOT)</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous souhaitez connaître vos opportunités transfrontalières ?
   &lt;br /&gt;
  &lt;/strong&gt;
  La Mission Opérationnelle Transfrontalière vous propose un appui individualisé afin d&amp;#039;identifier les opportunités de développement territorial liées au positionnement frontalier de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Cet appui consiste en la réalisation d&amp;#039;une note synthétique (« rapport d&amp;#039;étonnement ») selon vos besoins et attentes spécifiques, vous informant des opportunités de coopération transfrontalière et de financement européen en matière de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   développement territorial transfrontalier
  &lt;/li&gt;
  &lt;li&gt;
   services et équipements publics transfrontaliers
  &lt;/li&gt;
  &lt;li&gt;
   attractivité transfrontalière
  &lt;/li&gt;
  &lt;li&gt;
   préservation de l&amp;#039;environnement transfrontalier.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Foncier
 Transition énergétique
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Logement et habitat
 Paysage
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Connaissance de la mobilité
 Industrie
 Mers et océans</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.espaces-transfrontaliers.org/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>mathias.ribert@mot.asso.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3128-etre-informe-des-opportunites-transfrontalier/</t>
-        </is>
-[...1406 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/9ed3-cofinancer-les-outils-daide-a-la-decision-des/</t>
         </is>
       </c>
       <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:27" customHeight="0">
       <c r="A25" s="1">
         <v>119887</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude d'implantation commerciale</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>