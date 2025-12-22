--- v0 (2025-10-17)
+++ v1 (2025-12-22)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA59"/>
+  <dimension ref="A1:AA61"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -549,92 +549,6093 @@
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/68d0-etre-accompagner-dans-la-renovation-du-patrim/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Loiret
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Gers
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Vendée
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Seine-Maritime
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE de la Haute-Loire
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE du Puy-de-Dôme
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE de la Dordogne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE du Pas-de-Calais
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Ain
+CAUE du Lot
+CAUE du Var
+CAUE du Cher
+CAUE du Gard
+CAUE du Gers
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de la Vendée
+CAUE de l'Aude
+CAUE de l'Oise
+CAUE de l'Orne
+CAUE du Cantal
+CAUE du Loiret
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Yonne
+CAUE du Morbihan
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Calvados
+CAUE du Maine-et-Loire
+CAUE de l'Ardèche
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Puy-de-Dôme
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Dordogne
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de la Sarthe
+CAUE des Deux-Sèvres
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de la Haute-Loire
+CAUE Lot-et-Garonne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Haute-Garonne
+CAUE de la Savoie
+CAUE de la Seine-et-Marne
+CAUE de la Seine-Maritime
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Ardèche
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Aude
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE des Landes
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE de Mayotte
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE du Tarn-et-Garonne
+CAUE de la Charente-Maritime
+CAUE du Val-de-Marne
+CAUE du Val d'Oise
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Var
+CAUE de la Seine-Maritime
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE de Corse
+CAUE de la Creuse
+CAUE du Loir-et-Cher
+CAUE du Loiret
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de la Somme
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE de l'Yonne
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de la Haute-Savoie</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>71651</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Ouvrir une antenne du CNAM sur son territoire</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Conservatoire national des arts et métiers (CNAM)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En synergie avec Action Cœur de Ville (ACV) et Territoires d&amp;#039;industrie, le CNAM entend ainsi développer des réponses aux problématiques de compétences rencontrées par les industriels et aux 50 000 emplois non pourvus dans l&amp;#039;industrie en proposant des parcours de formation adaptés aux besoins réels des bassins d&amp;#039;emplois. Les partenariats nationaux entre le Cnam et l&amp;#039;UIMM, l&amp;#039;Assemblée permanente des Chambres de métiers et de l&amp;#039;artisanat, et The Adecco Group viendront renforcer le maillage d&amp;#039;acteurs socioéconomiques au service d&amp;#039;un territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>20/07/2020</t>
+        </is>
+      </c>
+      <c r="Q9" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2026</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://regions.cnam.fr/actualites/au-coeur-des-territoires-lancement-de-la-deuxieme-vague-1189569.kjsp</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ coeurterritoires&amp;#64;lecnam.net
+&lt;/p&gt;
+&lt;p&gt;
+ mairam.sy&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>actioncoeurdeville@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b48-ouvrir-une-antenne-cnam-sur-son-territoire/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>74161</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter le parc privé en centre-ville</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Action Logement</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du programme national Action Cœur de ville, nous accompagnons les investisseurs privés dans la requalification du bâti du centre de villes moyennes en finançant leurs opérations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   D&amp;#039;acquisition-amélioration d&amp;#039;immeubles entiers,
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   D&amp;#039;acquisition de locaux ou d&amp;#039;immeubles entiers en vue de leur transformation en logements,
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   De réhabilitation d&amp;#039;immeubles entiers.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement est plafonné au montant des travaux éligibles, y compris les honoraires y afférents, dans la limite de
+ &lt;strong&gt;
+  1 000 € TTC par m2 de surface habitable
+ &lt;/strong&gt;
+ (logements soumis à
+ &lt;strong&gt;
+  c
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  onditions de ressources et plafonds de loyers
+ &lt;/strong&gt;
+ ).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les témoignages d&amp;#039;investisseurs privés (à Angoulême, Cahors, Issoire, Saint-Lô, Châlons-en-Champagne, Chalon-sur-Saône...) sur
+ &lt;a href="https://www.actionlogement.fr/investir-utile/interview"&gt;
+  notre site
+ &lt;/a&gt;
+ !
+&lt;/p&gt;
+&lt;p&gt;
+ Et aussi, en vidéo :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;vnBFJOJSiAI&amp;amp;list&amp;#61;PLHeZWaaRJmkQLDIzPaDAkmBMikr_pfMCc&amp;amp;index&amp;#61;5"&gt;
+   réhabilitation de la friche Sainte-Marthe à Angoulême
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;CiWLkfnasPk&amp;amp;list&amp;#61;PLHeZWaaRJmkQLDIzPaDAkmBMikr_pfMCc&amp;amp;index&amp;#61;6"&gt;
+   réhabilitation de l&amp;#039;ancienne résidence SNCF à Roanne
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;XoFENIiq9ek&amp;amp;list&amp;#61;PLHeZWaaRJmkQLDIzPaDAkmBMikr_pfMCc&amp;amp;index&amp;#61;3"&gt;
+   descriptif de notre intervention pour les investisseurs privé
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les copropriétés ne sont pas éligibles au financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est précisé que les travaux éligibles portent sur les
+ parties communes de l&amp;#039;immeuble et parties privatives
+ des logements, à l&amp;#039;exception des parties privatives liées
+ aux locaux commerciaux qui ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bailleur s&amp;#039;engage à louer les logements à des
+ plafonds de loyers et de ressources inférieurs aux plafonds du logement locatif intermédiaire pendant 9 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Les programmes financés peuvent comprendre 25% de logements à loyer libre (logements dont
+ les loyers et les ressources des locataires dépassent
+ les plafonds du logement locatif intermédiaire).
+&lt;/p&gt;
+&lt;p&gt;
+ A minima, la moitié des logements de l&amp;#039;immeuble doivent atteindre une étiquette énergétique C après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations ne devront pas avoir démarré au
+ moment du dépôt de dossier de demande de financement (date de la déclaration d&amp;#039;ouverture de chantier).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.actionlogement.fr/investir-utile/action-coeur-de-ville</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous pouvez nous joindre via
+ &lt;/strong&gt;
+ notre
+ &lt;a href="https://site.actionlogement.fr/demande-information-acv/"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ ou en contactant l&amp;#039;
+ &lt;a href="https://www.actionlogement.fr/implantations"&gt;
+  agence Action Logement la plus proche de chez vous
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>chloe.ribelles@actionlogement.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6036-rehabiliter-le-parc-prive-en-centre-ville/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>74162</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Créer une offre de logements locatifs sociaux et intermédiaires de qualité en centre-ville</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Action Logement</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du label énergétique et/ou des caractéristiques et de l'équilibre de l'opération</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement accordé dans le cadre du Programme national Action Cœur de Ville pour la
+ production d&amp;#039;une offre locative nouvelle conventionnée dans le parc social et intermédiaire,
+ s&amp;#039;inscrivant dans le cadre du projet d&amp;#039;ensemble porté par la commune éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Les caractéristiques du financement varient selon le type d&amp;#039;opération :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Acquisition-amélioration d&amp;#039;immeubles entiers;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Acquisition de locaux ou d&amp;#039;immeubles entiers en vue de leur transformation en logements;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Démolition-reconstruction de logements ou de locaux en vue de leur transformation en logements;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;immeubles de logements dans des dents creuses, suite à une démolition antérieure.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;immeubles emblématiques à caractère patrimonial (ex : ancienne Ecole des Beaux Arts à Dôle ; immeuble La Nationale à Pointe-à-Pitre...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction neuve sur dents creuses (exemple à Gap suite à une démolition) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation de bureaux ou de bâtiments industriels en logements (ex : garage Rédélé à Dieppe)...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Exemple en
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;CrB3UOjV0_A&amp;amp;list&amp;#61;PLHeZWaaRJmkQLDIzPaDAkmBMikr_pfMCc&amp;amp;index&amp;#61;2"&gt;
+  vidéo
+ &lt;/a&gt;
+ d&amp;#039;une belle opération à Moulins (63) par Evoléa.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Egalité des chances
+Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les bénéficiaires personnes morales titulaires d&amp;#039;un
+ droit réel (titre de propriété, bail à réhabilitation,
+ usufruit locatif, etc.) sont maîtres d&amp;#039;ouvrage des
+ opérations financées.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organismes d&amp;#039;habitat social :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ – Offices Publics de l&amp;#039;Habitat (OPH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Entreprises Sociales pour l&amp;#039;Habitat (ESH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Sociétés coopératives d&amp;#039;HLM (SA COOP).
+&lt;/p&gt;
+&lt;p&gt;
+ – Etablissements publics locaux
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organismes agréés « maîtrise d&amp;#039;ouvrage d&amp;#039;insertion ».
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute personne morale bénéficiaire du régime fiscal du logement intermédiaire (art 279-0 bis A du CGI).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Les opérations devront justifier le respect des conditions suivantes :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - en
+ &lt;strong&gt;
+  acquisition-amélioration
+ &lt;/strong&gt;
+ d&amp;#039;immeubles entiers ou acquisition de locaux ou d&amp;#039;immeubles entiers en vue de leur transformation en logements  : atteinte d&amp;#039;une performance énergétique minimale équivalente à une étiquette C;
+&lt;/p&gt;
+&lt;p&gt;
+ - en
+ &lt;strong&gt;
+  démolition-reconstruction
+ &lt;/strong&gt;
+ de logements ou de locaux en vue de leur transformation en logements : justification de l&amp;#039;impossibilité technique de réhabiliter le bâti existant, preuve du réemploi et/ou de la revalorisation des matériaux issus de la démolition initiale et avance de phase par rapport à la réglementation environnementale en vigueur;
+&lt;/p&gt;
+&lt;p&gt;
+ - en
+ &lt;strong&gt;
+  construction
+ &lt;/strong&gt;
+ d&amp;#039;immeubles de logements dans des dents creuses, suite à une démolition antérieure : avance de phase par rapport à la réglementation environnementale en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est précisé que les travaux éligibles portent sur les
+ parties communes de l&amp;#039;immeuble et parties privatives
+ des logements, à l&amp;#039;exception des parties privatives
+ liées aux locaux commerciaux qui ne sont pas éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations ne devront pas avoir démarré au
+ moment du dépôt de dossier de demande de financement (date de l&amp;#039;ordre de service).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.actionlogement.fr/bailleur/dispositifs/action-coeur-de-ville</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez nous contacter
+ par
+  mail en joignant votre interlocuteur habituel ou par l&amp;#039;
+ &lt;a href="https://www.actionlogement.fr/implantations"&gt;
+  agence Action Logement la plus proche
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>chloe.ribelles@actionlogement.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b0a3-creer-une-offre-de-logements-locatifs-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>74203</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Créer une offre d'accession sociale à la propriété de qualité en centre-ville</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Action Logement</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 15 000 € par logement produit</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement mixte (prêt et subvention) accordé dans le cadre du Programme national Action Cœur de Ville pour la
+ production d&amp;#039;une offre d&amp;#039;accession sociale à la propriété,
+ s&amp;#039;inscrivant dans le cadre du projet d&amp;#039;ensemble porté par la commune éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Les caractéristiques du financement varient selon les modes de production (VEFA/VIR ; PSLA ; BRS ; Démembrement Accession ; SCI APP) et le type d&amp;#039;opérations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition-amélioration d&amp;#039;immeubles entiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de locaux ou d&amp;#039;immeubles entiers en
+ vue de leur transformation en logements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démolition-reconstruction de logements ou de
+ locaux en vue de leur transformation en logements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;immeubles de logements dans des
+ dents creuses, suite à une démolition antérieure.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exemple d&amp;#039;opérations financées :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  maisons de ville en PSLA à Compiègne par Clésence ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habitat participatif en BRS et PSLA à Pau par le COL.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Egalité des chances
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires personnes morales titulaires d&amp;#039;un
+ droit réel (titre de propriété, bail à réhabilitation,
+ usufruit locatif, etc.) sont maîtres d&amp;#039;ouvrage des
+ opérations financées.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organismes d&amp;#039;habitat social :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ – Offices Publics de l&amp;#039;Habitat (OPH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Entreprises Sociales pour l&amp;#039;Habitat (ESH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Sociétés coopératives d&amp;#039;HLM (SA COOP).
+&lt;/p&gt;
+&lt;p&gt;
+ – Etablissements publics locaux
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Autres personnes morales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérations devront justifier le respect des conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - en
+ &lt;strong&gt;
+  acquisition-amélioration
+ &lt;/strong&gt;
+ d&amp;#039;immeubles entiers ou acquisition de locaux ou d&amp;#039;immeubles entiers en vue de leur transformation en logements  : atteinte d&amp;#039;une performance énergétique minimale équivalente à une étiquette C;
+&lt;/p&gt;
+&lt;p&gt;
+ - en
+ &lt;strong&gt;
+  démolition-reconstruction
+ &lt;/strong&gt;
+ de logements ou de locaux en vue de leur transformation en logements : justification de l&amp;#039;impossibilité technique de réhabiliter le bâti existant, preuve du réemploi et/ou de la revalorisation des matériaux issus de la démolition initiale et avance de phase par rapport à la réglementation environnementale en vigueur;
+&lt;/p&gt;
+&lt;p&gt;
+ - en
+ &lt;strong&gt;
+  construction d&amp;#039;immeubles
+ &lt;/strong&gt;
+ de logements dans des dents creuses, suite à une démolition antérieure : avance de phase par rapport à la réglementation environnementale en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Logements en accession sociale à la propriété :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  En Accession Directe, en Vente en l&amp;#039;Etat futur d&amp;#039;Achèvement (VEFA), en vente d&amp;#039;immeuble à rénover (VIR).
+ &lt;/li&gt;
+ &lt;li&gt;
+  En location accession (financement PSLA), en bail
+ réel solidaire (BRS), en SCI d&amp;#039;accession progressive
+ à la propriété (SCI APP) ou en démembrement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La subvention forfaitaire, complémentaire obligatoirement du prêt, est plafonnée à 15 000 € TTC par
+ logement produit, et versée au maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ En contrepartie, le maître d&amp;#039;ouvrage devra s&amp;#039;engager à promouvoir la commercialisation d&amp;#039;au moins 75% des logements de l&amp;#039;opération auprès de salariés du secteur privé.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement sera effectué au maître d&amp;#039;ouvrage
+ après vérification de l&amp;#039;éligibilité de l&amp;#039;accédant en justifiant son statut de salarié et l&amp;#039;obligation faite
+ à l&amp;#039;accédant d&amp;#039;occupation du bien subventionné au
+ titre de résidence principale durant une période
+ minimale de 5 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;objectif de 75% n&amp;#039;est pas atteint, la subvention sera réajustée à la baisse en fonction du nombre de logements manquants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.actionlogement.fr/bailleur/dispositifs/action-coeur-de-ville</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez nous contacter en joignant votre interlocuteur habituel ou par l&amp;#039;
+ &lt;a href="https://www.actionlogement.fr/implantations"&gt;
+  agence Action Logement la plus proche
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>chloe.ribelles@actionlogement.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0a96-creer-une-offre-de-logements-locatifs-sociaux/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>77367</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'amorçage d'un projet de transition écologique</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'amorçage d'une feuille de route relative à la transition écologique - SGREEN</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose SGREEN, une solution d&amp;#039;accompagnement pour amorcer un projet de transition écologique ou d&amp;#039;adaptation au changement climatique en centre-ville. Il porte sur les projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir une meilleure gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la transition climatique et bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;accompagnement SGREEN, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic portant sur la fonctionnalité écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaborer une feuille de route et des préconisations définies en fonction des enjeux identifiés sur le territoire et des objectifs de la collectivité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-lamorcage-dune-feuille-de-route-relative?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=sgreen_pr</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9185-obtenir-un-accompagnement-pour-lamorcage-dune/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>89520</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une offre pour la rénovation des bâtiments publics de centre-ville</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments tertiaires</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ____________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ____________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Plan 1000 écoles devient le Plan 2000 bâtiments publics !
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez lancer un projet de réhabilitation ou de rénovation énergétique des bâtiments publics de centre-ville de votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;extension du programme Action Coeur de Ville, la Banque des Territoires accompagne les collectivités locales pour éradiquer les &amp;#34;
+ &lt;em&gt;
+  passoires thermiques
+ &lt;/em&gt;
+ &amp;#34; et respecter les nouvelles normes environnementales (décret tertiaire, ...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Education et renforcement des compétences
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/renovation-energetique-batiments-tertiaires?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=renov_bp_centre_ville_otat</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d90-obtenir-une-offre-pour-la-renovation-des-ecol/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>63642</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Traiter les copropriétés fragiles et en difficulté</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Mettre en place des dispositifs d&amp;#039;observation et de prévention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La réhabilitation de copropriétés dégradées peut constituer une lourde charge pour votre collectivité. Deux dispositifs proposés par l&amp;#039;Anah contribuent à prévenir la dégradation des copropriétés. Leur mise en place permet de détecter le plus en amont possible des copropriétés en fragilité et d&amp;#039;intervenir avant qu&amp;#039;elles basculent en difficulté
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Veille et observation des copropriétés (VOC)
+  &lt;/strong&gt;
+  : la VOC est une aide méthodologique et financière au développement des démarches d&amp;#039;observation locales des copropriétés fragiles. Elle repose sur la mise en place d&amp;#039;indicateurs, sur un périmètre que vous définissez, qui englobe tout ou partie de votre territoire. Vous pouvez ainsi ajuster au mieux votre politique d&amp;#039;intervention et détecter au plus tôt la fragilité de certaines copropriétés. Vous assurez la maîtrise d&amp;#039;ouvrage de cet observatoire ou la confiez à un organisme spécialisé comme par exemple une agence d&amp;#039;urbanisme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50% de la dépense dans la limite de 60 000 € d&amp;#039;aides de l&amp;#039;Anah, pour une durée minimum de trois ans.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Programme opérationnel de prévention et d&amp;#039;accompagnement des copropriétés (POPAC)
+  &lt;/strong&gt;
+  : le POPAC est un dispositif qui permet d&amp;#039;accompagner les copropriétés pour éviter l&amp;#039;accentuation de leurs difficultés. L&amp;#039;accompagnement permet en général de résorber les dettes avant qu&amp;#039;elles ne deviennent trop importantes. Il intervient aussi sur la gouvernance de la copropriété afin que les décisions nécessaires au redressement puissent être prises.
+  &lt;br /&gt;
+  Cet outil peut également vous aider à moduler votre intervention avant l&amp;#039;engagement d&amp;#039;un dispositif opérationnel. Plus tard, il peut aussi être utilisé pour consolider le redressement des copropriétés à l&amp;#039;issue d&amp;#039;un programme d&amp;#039;intervention.
+  &lt;br /&gt;
+  Vous assurez la maîtrise d&amp;#039;ouvrage de cet outil ou la confiez à un prestataire compétent en matière de diagnostic et de suivi-animation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % de la dépense HT au maximum dans la limite de 50 000 € d&amp;#039;aide de l&amp;#039;Anah par an. En contrepartie vous vous engagez pour une durée minimum de 3 ans.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Expertises complémentaires
+  &lt;/strong&gt;
+  : il peut s&amp;#039;agir par exemple d&amp;#039;un audit comptable ou d&amp;#039;expertises techniques. Ces expertises peuvent être demandées dans le cadre d&amp;#039;un POPAC, d&amp;#039;une étude préparatoire ou du suivi-animation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % des dépenses HT par an dans la limite de 25 000 €          d&amp;#039;aides annuelles de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préparatoires ont pour objectif d&amp;#039;élaborer un diagnostic partagé entre l&amp;#039;ensemble des partenaires que vous souhaitez impliquer dans le projet. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À l&amp;#039;issue de la phase d&amp;#039;études préparatoires, vous avez conclu à la nécessité d&amp;#039;agir sur votre territoire et en particulier sur les copropriétés. Vous avez déterminé avec l&amp;#039;ensemble de vos partenaires une stratégie d&amp;#039;intervention. Pour mettre en œuvre cette stratégie, vous disposez d&amp;#039;un outil contractuel d&amp;#039;amélioration de l&amp;#039;habitat privé : l&amp;#039;opération programmée. Elle vous permet de déterminer vos objectifs, les moyens de les atteindre et les contributions attendues.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH simple)
+  &lt;/strong&gt;
+  : l&amp;#039; OPAH permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du quartier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;OPAH Copropriété
+ Dégradées
+  &lt;/strong&gt;
+  (OPAH - CD) : c&amp;#039;est un dispositif incitatif, préventif ou curatif, qui ne      concerne que les actions de redressement des copropriétés dégradées. Il porte sur un ou plusieurs immeubles et permet d&amp;#039;accompagner les syndicats de copropriétaires pour redresser la gestion des copropriétés. L&amp;#039;OPAH - CD facilite également la mise en œuvre d&amp;#039;un programme de travaux d&amp;#039;amélioration des bâtiments, sur les parties communes comme privatives. L&amp;#039;Anah finance de 35 à 50% les travaux réalisées par les copropriétés.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039; OPAH simple avec un volet &amp;#34;copropriétés en difficulté&amp;#34;
+  &lt;/strong&gt;
+  : ce volet s&amp;#039;insère dans un dispositif d&amp;#039;intervention dont l&amp;#039;objet est plus large que la copropriété. Il dépasse en effet la seule intervention ciblée sur une ou plusieurs copropriétés. Dans ce cas l&amp;#039;intervention s&amp;#039;opère sur un échantillon d&amp;#039;immeubles préalablement définis.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le plan de sauvegarde (PDS) :
+  &lt;/strong&gt;
+  le PDS permet d&amp;#039;intervenir sur les situations particulièrement difficiles. Il est décidé directement par le préfet du département ou sur proposition du maire de la commune. Le préfet désigne un coordinateur chargé du bon déroulement du plan.  Vous devez signer une convention à l&amp;#039;appui de ce plan. Cette convention précise les engagements financiers de chaque partenaire et l&amp;#039;accompagnement prévu. L&amp;#039;Anah finance à 50% l&amp;#039;ensemble des travaux prévus par la copropriété.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Financement du suivi-animation
+  &lt;/strong&gt;
+  : Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes : assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ; sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ; accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux. Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % des dépenses HT dans la limite annuelle de 75 000 € d&amp;#039;aide de l&amp;#039;Anah et de 250 € par logement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide au redressement de la gestion urbaine de proximité
+  &lt;/strong&gt;
+  : aide pour la réalisation par la collectivité d&amp;#039;actions d&amp;#039;amélioration du cadre de vie des occupants et contribuant au redressement global de la copropriété (propreté de l&amp;#039;immeuble et des abords, actions favorisant le lien social...) .
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50% des dépenses HT dans la limite annuelle de 450€ par   logement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui expliquent les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+&lt;/p&gt;
+&lt;p&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet. Il est souhaitable que l&amp;#039;évaluation puisse être lancée dès que le projet entre en phase opérationnelle. Ainsi, on peut évaluer régulièrement les actions menées et procéder à des adaptations selon les résultats de chaque phase d&amp;#039;évaluation. Cela permet à l&amp;#039;évaluateur de conduire ses études en ayant une parfaite connaissance du projet et de ses enjeux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;Anah peut financer l&amp;#039;évaluation à hauteur de 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La VOC mise en oeuvre par Grenoble :
+ &lt;a href="https://www.anah.fr/dossiers/grenoble-la-voc-outil-de-ciblage-de-laction-publique/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le POPAC mis en œuvre par la Métropole du Grand Lyon dans le quartier de la Duchère :
+ &lt;a href="https://www.anah.fr/dossiers/metropole-de-lyon-un-popac-pour-accompagner-le-quartier-de-la-duchere/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Plan de Sauvegarde à Mulhouse :
+ &lt;a href="https://www.anah.fr/dossiers/mulhouse-vers-le-redressement-de-la-copropriete-peupliers-nations/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie copropriétés de Nîmes :
+ &lt;a href="https://www.anah.fr/dossiers/nimes-une-strategie-ambitieuse-pour-les-coproprietes-en-difficulte/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/traiter-les-coproprietes-fragiles-et-en-difficulte/mettre-en-place-des-dispositifs-dobservation-et-de-prevention/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b862-traiter-les-coproprietes-fragiles-et-en-diffi/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>63648</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre l'habitat indigne et dégradé</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;habitat ancien sur votre territoire peut parfois s&amp;#039;avérer en très mauvais état et se traduire pour certains habitants par des conditions de vie indignes,  qui peuvent générer des risques pour leur santé et leur sécurité. L&amp;#039;intervention publique permet de mener des actions incitatives et/ou coercitives pour réhabiliter le parc de logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. L&amp;#039;Anah peut participer à leur financement, il faut pour cela vous adresser à votre Direction départementale des territoires (DDT). Celle-ci met à votre disposition les outils statistiques et méthodologiques nécessaires pour bien calibrer vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préparatoires ont pour objectif d&amp;#039;élaborer un diagnostic partagé entre l&amp;#039;ensemble des partenaires que vous souhaitez impliquer dans le projet. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Programme d&amp;#039;intérêt général (PIG) dédié à l&amp;#039;habitat indigne
+  &lt;/strong&gt;
+  : il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les logements concernés. Cet opérateur explique la démarche aux propriétaires et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH) avec un volet &amp;#34;habitat indigne&amp;#34; :
+  &lt;/strong&gt;
+  l&amp;#039;objet de l&amp;#039;OPAH plus large que celui du PIG. Elle comprend plusieurs volets dont le volet &amp;#34;habitat indigne&amp;#34; et permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat ainsi que des actions coercitives (travaux d&amp;#039;office, recyclage foncier, restauration immobilière..) . L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du territoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires privés. Et elle participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération. Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux. Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah. Ce taux est porté à 50 % en cas d&amp;#039;OPAH-RU dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Utiliser des outils coercitifs de résorption de l&amp;#039;habitat insalubre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans les cas les plus graves d&amp;#039;habitat indigne, où la défaillance du propriétaire est avérée, vous disposez de moyens d&amp;#039;action coercitifs pour lesquelles vous pouvez obtenir une aide de l&amp;#039;Anah. Ces opérations doivent s&amp;#039;intégrer dans une stratégie de traitement d&amp;#039;ensemble de l&amp;#039;habitat indigne et très dégradé. Elles doivent offrir une solution de relogement durable aux occupants des logements et leur proposer un accompagnement social adapté à leurs besoins.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;opération de RHI
+ &lt;/strong&gt;
+ , sous maîtrise d&amp;#039;ouvrage publique locale, concerne les immeubles insalubres irrémédiables ou dangereux et définitivement interdits à l&amp;#039;habitation.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dispositif THIRORI
+ &lt;/strong&gt;
+ vise la réhabilitation lourde d&amp;#039;un immeuble ou d&amp;#039;un ensemble d&amp;#039;immeubles acquis par expropriation ou à l&amp;#039;amiable. Il concerne notamment les immeubles sous arrêté d&amp;#039;insalubrité remédiable, de péril ordinaire ou de prescription de mise en sécurité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;étude de faisabilité
+  &lt;/strong&gt;
+  : elle est nécessaire à la définition des conditions de mise en place d&amp;#039;une opération RHI ou Thirori.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude, pour un plafond de    dépenses subventionnables de 200 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La phase opérationnelle
+  &lt;/strong&gt;
+  : le montant alloué par l&amp;#039;Anah est établi à partir de l&amp;#039;état prévisionnel du déficit de l&amp;#039;opération de RHI ou THIRORI. Ce déficit est le total des dépenses diminué des recettes. Les recettes sont constituées des cessions de charges foncières, des cessions de terrains, de la valorisation des commerces, etc. Les dépenses sont constituées des études de calibrage, des mesures d&amp;#039;accompagnement social et de relogement, des dépenses d&amp;#039;acquisition, de démolition et de réhabilitation lourde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ :  40% du déficit dans le cadre d&amp;#039;une opération de THIRORI, 70 % dans le cadre d&amp;#039;une opération de RHI et jusqu&amp;#039;à 100 % dans le cas de bidonvilles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses relatives aux études de calibrage et aux mesures d&amp;#039;accompagnement social et de relogement sont couvertes à hauteur de 70%.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les travaux d&amp;#039;office
+  &lt;/strong&gt;
+  : les arrêtés de police permettent d&amp;#039;obliger un propriétaire de logements insalubres ou dangereux à réaliser des travaux. Si le propriétaire ne peut pas réaliser ces travaux, vous pouvez, en tant que collectivité locale, vous substituer à lui pour exécuter d&amp;#039;office les travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/em&gt;
+ L&amp;#039;Anah vous aide à financer ces travaux à hauteur de 50 % sans plafond d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  5
+ &lt;/strong&gt;
+ .
+ &lt;strong&gt;
+  Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une opération THIRORI à Saint Florentin :
+ &lt;a href="https://www.dailymotion.com/video/x4rwwmi"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lutte contre l&amp;#039;habitat dégradé au Havre :
+ &lt;a href="https://www.anah.fr/dossiers/le-havre-la-lutte-contre-lhabitat-degrade-dans-les-quartiers-anciens/"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation locale contre l&amp;#039;habitat indigne dans le Gard :
+ &lt;a href="https://www.anah.fr/dossiers/gard-les-acteurs-locaux-se-mobilisent-contre-lhabitat-indigne/"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lutte contre l&amp;#039;habitat indigne à Valenciennes :
+ &lt;a href="https://www.anah.fr/actualites/detail/actualite/a-valenciennes-la-lutte-contre-lhabitat-indigne-saccelere/?tx_news_pi1%5Bcontroller%5D&amp;#61;News&amp;amp;tx_news_pi1%5Baction%5D&amp;#61;detail&amp;amp;cHash&amp;#61;1b5ba7b5e825e5a1f50fde004c0ec78f"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/lutter-contre-lhabitat-indigne/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a58-lutter-contre-lhabitat-indigne/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>63650</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les logements à la perte d'autonomie</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez sur votre territoire une population en perte d&amp;#039;autonomie (personnes âgées, personnes en situation de handicap) qui souhaite rester vivre chez elle dans les meilleures conditions. Vous souhaitez donc développer un parc de logements adaptés.
+ &lt;br /&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention pertinent, pour calibrer les besoins d&amp;#039;adaptation du parc privé sur votre territoire et convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Programme d&amp;#039;intérêt général (PIG )
+  &lt;/strong&gt;
+  dédié à l&amp;#039;adaptation des logements à la perte d&amp;#039;autonomie : il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les personnes souhaitant adapter leur logement. Cet opérateur explique la démarche et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH)
+  &lt;/strong&gt;
+  avec un volet &amp;#34;autonomie&amp;#34;. L&amp;#039;OPAH permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du quartier.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : Cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires privés (sous condition) et participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage  ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah. Ce taux est porté à 50 % en cas d&amp;#039;OPAH-RU dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une prime variable s&amp;#039;ajoute au montant de la partie fixe .Cette prime est versée en fonction du nombre de logements de propriétaires occupants et bailleurs engagés dans des travaux d&amp;#039;adaptation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Association de la rénovation énergétique et de l&amp;#039;adaptation au handicap/vieillissement dans le Calvados :
+ &lt;a href="https://www.anah.fr/dossiers/calvados-aide-a-lautonomie-et-habiter-mieux-une-association-efficace/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Handicap
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/adapter-les-logements-a-la-perte-dautonomie/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/62f3-adapter-les-logements-a-la-perte-dautonomie/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>63652</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Développer un parc locatif privé à vocation sociale</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)
+Directions départementales des territoires (DDT)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez bâtir une politique locale de l&amp;#039;habitat dont l&amp;#039;un des objectifs est de produire des logements privés à des loyers abordables pour des locataires modestes. Cette politique doit s&amp;#039;appuyer sur un diagnostic du marché local du logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Programme d&amp;#039;intérêt général -  (PIG )
+  &lt;/strong&gt;
+  : il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les propriétaires souhaitant réaliser des travaux dans leurs biens. Cet opérateur explique la démarche et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement. Le PIG-PST favorise une offre de logements locatifs privés à vocation sociale en ciblant les propriétaires bailleurs dont les logements sont situés dans son périmètre. Son objectif est de permettre aux ménages aux ressources limitées d&amp;#039;accéder ou de se maintenir dans un logement décent. Il favorise pour cela la réhabilitation lourde des logements du parc privé destinés à être loués à ces ménages à un niveau de loyer très social.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;Opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH)
+  &lt;/strong&gt;
+  : l&amp;#039;OPAH permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du quartier.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires. Et elle participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération. Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah. Ce taux est porté à 50 % en cas d&amp;#039;OPAH-RU dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une prime variable s&amp;#039;ajoute au montant de la partie fixe .Cette prime est versée en fonction du nombre de logements de propriétaires occupants et bailleurs engagés dans des travaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations en plateaux en Auvergne :
+ &lt;a href="https://www.anah.fr/dossiers/auvergne-des-operations-en-plateaux-pour-redynamiser-les-centres-anciens/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Plan Logement d&amp;#039;Abord gagne du terrain en Gironde :
+ &lt;a href="https://www.anah.fr/dossiers/gironde-le-plan-logement-dabord-gagne-du-terrain/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bail à réhabilitation dans le Calvados :
+ &lt;a href="https://www.anah.fr/dossiers/calvados-cinq-logements-tres-sociaux-grace-au-bail-a-rehabilitation/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier conventionnement avec ou sans travaux :
+ &lt;a href="https://www.anah.fr/dossiers/conventionnement-avec-ou-sans-travaux-un-outil-pour-developper-le-parc-prive-social/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/developper-un-parc-prive-a-vocation-sociale/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276e-developper-un-parc-prive-a-vocation-sociale/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>63653</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Humaniser et améliorer les conditions d'accueil des structures d'hébergement</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>Directions départementales des territoires (DDT)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 90</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Anah aide financièrement les structures d&amp;#039;hébergement qui s&amp;#039;engagent dans un projet de travaux qui permet l&amp;#039;humanisation et l&amp;#039;amélioration de leurs conditions d&amp;#039;accueil des publics.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dortoirs, locaux vétustes ou ne répondant pas aux normes de sécurité... Vous souhaitez améliorer les conditions d&amp;#039;accueil d&amp;#039;une structure d&amp;#039;hébergement sur votre territoire pour que les personnes sans abri y soient reçues dignement. Pour garantir la réussite de ce projet de travaux, une phase d&amp;#039;études préalables est indispensable. L&amp;#039;Anah participe au financement de ces études.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans la plupart des cas, les structures d&amp;#039;hébergement sont propriétés d&amp;#039;associations qui doivent assurer une fonction de maître d&amp;#039;ouvrage. Le soutien des acteurs publics est alors indispensable. C&amp;#039;est pourquoi l&amp;#039;Anah est aux côtés du maître d&amp;#039;ouvrage et de la commune qui souhaitent mener ce type d&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préalables permettent de définir un diagnostic du bâti, ainsi que la faisabilité du projet et la liste des travaux prioritaires. Le montage financier et juridique de l&amp;#039;opération, le projet social d&amp;#039;accueil des personnes sans abri sont également définis.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La structure qui porte le projet doit d&amp;#039;abord rédiger un cahier des charges afin de trouver un prestataire. Celui-ci devra disposer d&amp;#039;une bonne connaissance technique mais également en ingénierie sociale, administrative et financière. Un prestataire différent pour chaque phase peut également être retenu.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : jusqu&amp;#039;à 100 % des dépenses engagées. À titre indicatif, le coût d&amp;#039;une étude préalable est estimé entre 10 000 et 12 000 € HT.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Concevoir le projet de travaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au terme des études préalables, le projet entre dans une phase de conception précisant ses aspects techniques et financiers. La maîtrise des coûts de fonctionnement de la structure devra notamment être intégrée à ce stade.
+ &lt;br /&gt;
+ Le porteur du projet peut-être accompagné par une mission d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) dans ces domaines ainsi que sur le plan administratif.
+ &lt;br /&gt;
+ Les fonctions de l&amp;#039;AMO sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La rédaction du cahier des charges
+  &lt;/strong&gt;
+  : l&amp;#039;AMO prend en charge la rédaction du cahier des charges du projet, appelé communément &amp;#34;programme de l&amp;#039;opération&amp;#34;. C&amp;#039;est sur cette base qui précise les compétences requises, que sera engagée une consultation pour retenir un maître d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La validation de l&amp;#039;avant-projet
+  &lt;/strong&gt;
+  : l&amp;#039;AMO participe aux réunions avec le maître d&amp;#039;œuvre désigné. Il s&amp;#039;assure que ce dernier est en mesure d&amp;#039;atteindre les objectifs définis.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La consultation des entreprises
+  &lt;/strong&gt;
+  : les résultats de l&amp;#039;appel d&amp;#039;offres lancé par le maître d&amp;#039;ouvrage permettent ensuite d&amp;#039;effectuer un chiffrage précis du projet. L&amp;#039;AMO conseille le maître d&amp;#039;ouvrage lors de la comparaison des offres  pour choisir les meilleures entreprises de travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;évaluation des besoins d&amp;#039;hébergement temporaire
+  &lt;/strong&gt;
+  : les besoins d&amp;#039;hébergement des personnes pendant les travaux doivent être évalués et des solutions doivent être recherchées en concertation entre le maître d&amp;#039;ouvrage, votre collectivité et les autres collectivités impliquées, et l&amp;#039;Etat.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : Jusqu&amp;#039;à 50 % des dépenses HT liées à l&amp;#039;Amo pour la phase de rédaction du cahier des charges et de conception du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Réaliser et financer des travaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage peut bénéficier d&amp;#039;aides de l&amp;#039;Anah pour la réalisation des travaux. Ces aides permettent de financer une assistance à maîtrise d&amp;#039;ouvrage à la fois administrative, technique et financière, ainsi que les travaux eux-mêmes. Les honoraires du maître d&amp;#039;œuvre peuvent aussi être financés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;aide aux travaux
+  &lt;/strong&gt;
+  : jusqu&amp;#039;à 50 % des dépenses de travaux de réhabilitation. L&amp;#039;aide de l&amp;#039;Anah est au maximum de 15 000 € par place d&amp;#039;hébergement en Île-de-France, et de 10 000 € dans les autres régions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par dérogation exceptionnelle, afin d&amp;#039;éviter de peser sur les charges de fonctionnement de la structure maître d&amp;#039;ouvrage : jusqu&amp;#039;à 80 % des dépenses de travaux de réhabilitation du centre d&amp;#039;hébergement. L&amp;#039;aide de l&amp;#039;Anah est dans ce cas portée à 26 250 € par place d&amp;#039;hébergement en Île-de-France, et à 17 500 € dans les autres régions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de France Relance, les structures qui comptent moins de 15 places sont éligibles à un taux d&amp;#039;aide de 90% de la dépense TTC sans nécessiter une dérogation régionale. La subvention maximale reste à 26 250 € par place d&amp;#039;hébergement en Île-de-France, et à 17 500 € dans les autres régions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;aide à l&amp;#039;assistance à la maîtrise d&amp;#039;ouvrage &amp;#34;suivi de chantier&amp;#34;
+  &lt;/strong&gt;
+  : cette prestation vous permet d&amp;#039;être épaulé lors de deux missions distinctes : la mission financière qui concerne le montage, le dépôt et le suivi du dossier de subvention de la phase travaux et la mission technique et administrative : elle concerne en premier lieu la mise en place de solutions alternatives pour héberger les personnes pendant les travaux. L&amp;#039;assistant à maîtrise d&amp;#039;ouvrage sera également en charge du suivi financier de l&amp;#039;opération et du bon déroulement du chantier. Il accompagnera le maitre d&amp;#039;ouvrage lors de la réception des travaux.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : cette mission d&amp;#039;AMO est financée par l&amp;#039;Anah au même titre que les travaux. La subvention est de 50 % des coûts engagés et peut être portée exceptionnellement à 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer l&amp;#039;opération
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  CHRS Quai de Metz (Paris 19e) : un nouveau centre pour une vie plus digne
+  :
+  &lt;a href="https://www.dailymotion.com/video/x4k0vo8"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le nouveau visage des centres d&amp;#039;hébergement à Lyon :
+  &lt;a href="https://www.anah.fr/dossiers/lyon-le-nouveau-visage-des-centres-dhebergement/"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Centre d&amp;#039;hébergement de Vélane (Toulouse) : plus de sérénité pour les femmes hébergées :
+  &lt;a href="https://www.anah.fr/actualites/detail/actualite/gite-du-velane-plus-de-serenite-pour-les-femmes-hebergees/"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CHRS : le nouveau visage de la Cité Saint-Martin
+  &lt;a href="https://www.anah.fr/actualites/detail/actualite/chrs-le-nouveau-visage-de-la-cite-saint-martin/"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Éligibilité du projet de travaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah aide financièrement les structures d&amp;#039;hébergement qui s&amp;#039;engagent dans une démarche d&amp;#039;humanisation et d&amp;#039;amélioration de leurs conditions d&amp;#039;accueil des publics. Cette démarche se traduit par une opération de travaux qui a vocation à
+ transformer des locaux d&amp;#039;hébergement en vue d&amp;#039;assurer le respect de la dignité, l&amp;#039;intimité et la sécurité des personnes accueillies.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout en tenant compte des contraintes du bâti, et en cohérence avec le projet social de la structure, les travaux doivent permettre à la structure de se rapprocher des standards du logement (chambre et bloc sanitaire individualisé de manière à garantir l&amp;#039;intimé personnelle).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;humanisation s&amp;#039;entendent comme des projets de réhabilitation totale ou partielle, de mise aux normes ou de transformation de structures déjà existantes, qui doivent viser à la disparition des dortoirs, des locaux sommairement boxés, et permettre notamment de doter la structure de conditions de confort suffisantes, et autant que possible de limiter son coût de fonctionnement (dépenses d&amp;#039;énergie, consommation de fluides, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont ainsi subventionnables les travaux suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mises aux normes d&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en sécurité des locaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux de mise aux normes sanitaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovations énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  transformation de dortoirs en chambres individuelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  création d&amp;#039;espaces de vie communs,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  privatisation et individualisation des blocs sanitaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les travaux d&amp;#039;entretien courant ne sont pas éligibles aux aides de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  A noter : l&amp;#039;Anah ne subventionne pas la création de structures / places d&amp;#039;hébergement
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux subventionnables par l&amp;#039;Anah doivent concerner des structures qui sont d&amp;#039;ores et déjà « dédiées à la fonction d&amp;#039;hébergement » . Autrement dit, tout projet relatif à la création d&amp;#039;une structure ou de places d&amp;#039;hébergement ne peut être financé par les subventions humanisation de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Éligibilité de la structure
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;
+ Anah peut subventionner les établissements d&amp;#039;hébergement suivants à condition qu&amp;#039;ils fassent l&amp;#039;objet d&amp;#039;une convention avec l&amp;#039;Etat ou une collectivité territoriale :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les centres d&amp;#039;hébergement d&amp;#039;urgence (C.H.U) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les logements d&amp;#039;urgence appartenant à des collectivités locales ou des associations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les hôtels sociaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les centres d&amp;#039;hébergement et de réinsertion sociale (CHRS);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements de lits Haltes soins santé (LHSS);
+ &lt;/li&gt;
+ &lt;li&gt;
+  à titre exceptionnel, la rénovation des accueils de jour est subventionnable lorsque celle-ci s&amp;#039;inscrit dans un projet d&amp;#039;amélioration global d&amp;#039;une structure comprenant des places d&amp;#039;hébergement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Éligibilité du maitre d&amp;#039;ouvrage
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah peut accorder des aides aux propriétaires ou aux gestionnaires  titulaires d&amp;#039;un droit réel immobilier   (via un bail) sur les établissements d&amp;#039;hébergement précités. Dès lors, les organismes (propriétaires ou gestionnaires) qui peuvent bénéficier des aides de l&amp;#039;Anah sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les organismes de logement social, les sociétés d&amp;#039;économie mixte (SEM) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités locales ou leurs groupements et leurs établissements publics,
+   notamment les centres communaux ou intercommunaux d&amp;#039;action sociale (CCAS ou
+   CIAS) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les organismes (associations, union d&amp;#039;économie sociale, GIP, GCSMS, ...) pouvant
+   œuvrer dans le domaine de l&amp;#039;hébergement ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le maitre d&amp;#039;ouvrage doit être titulaire d&amp;#039;un droit réel immobilier
+ et disposer de l&amp;#039;agrément
+ relatif aux organismes agissant en faveur du logement et de l&amp;#039;hébergement des personnes
+ défavorisées
+ (agrément MOI). Cet agrément n&amp;#039;est toutefois pas requis pour obtenir les
+ financements de l&amp;#039;Anah dans le cas où le montant des travaux est inférieur à 100 000 € TTC.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/humaniser-les-centres-dhebergement/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0cdc-humaniser-les-centres-dhebergement/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>70907</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser sa démarche d'évaluation locale Action Coeur de ville</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du volet local de l&amp;#039;évaluation du programme ACV, les 222 villes vont réaliser leur propre évaluation. Elle portera sur les projets mis en oeuvre sur leur territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les accompagner dans cette démarche, la Direction de programme met à disposition un kit d&amp;#039;évaluation locale comprenant : des conseils méthodologiques, un guide de critères et d&amp;#039;indicateurs et une cartographie des ressources mobilisables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>05/11/2020</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ actioncoeurdeville&amp;#64;anct.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ elise.migieu&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>actioncoeurdeville@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d34e-realiser-sa-demarche-devaluation-locale-actio/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>56456</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une minoration foncière dans le cadre de projets "Petites Villes de Demain" ou "Action Cœur de Ville"</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Minoration de 25% du prix de cession HT, cumulable à une ou plusieurs minorations</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Les projets de revitalisation de centres villes portent sur des fonciers complexes rendant difficile la réalisation des projets. Afin d&amp;#039;accompagner les projets &amp;#34;Petites Villes de Demain&amp;#34; et  &amp;#34;Actions Cœur de Ville&amp;#34; sur le volet foncier, une prise en charge spécifique du prix de revient peut intervenir, complémentairement à une ou plusieurs minorations foncières (logement aidé, recyclage foncier-travaux préparatoires, valorisation du patrimoine bâti, réhabilitation habitat).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ -    Les opérations éligibles sont celles situées dans un périmètre d&amp;#039;opération de revitalisation de territoire (ORT), liés aux conventions &amp;#34;Petites Villes de Demain&amp;#34; ou &amp;#34;Action Cœur de Ville&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Minoration de 25% du prix de revient HT, complémentairement à une ou plusieurs minorations, dans la limite de 50% du prix de revient HT.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution de la minoration pour des projets entrant dans le cadre du PPI (sauf opération bénéficiant d&amp;#039;un bail emphytéotique EPFLO).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Revitalisation
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560e-recyclage-foncier-et-friches/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>57803</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique du parc privé</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de subvention varie entre le financement d'étude et de suivi-animation d'opération.</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. L&amp;#039;Anah peut participer à leur financement, il faut pour cela vous adresser à votre Direction départementale des territoires (DDT). Celle-ci met à votre disposition les outils statistiques et méthodologiques nécessaires pour bien calibrer les besoins de rénovation énergétique du parc privé sur votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préparatoires ont pour objectif d&amp;#039;élaborer un diagnostic partagé entre l&amp;#039;ensemble des partenaires que vous souhaitez impliquer dans le projet. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque vous souhaitez prolonger ou renouveler un programme, les études préparatoires se feront à partir de l&amp;#039;évaluation du programme précédent.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À l&amp;#039;issue de la phase d&amp;#039;études préparatoires, vous avez conclu à la nécessité d&amp;#039;agir sur votre territoire et vous avez déterminé avec l&amp;#039;ensemble de vos partenaires une stratégie d&amp;#039;intervention. Pour mettre en œuvre cette stratégie, vous disposez d&amp;#039;un outil contractuel d&amp;#039;amélioration de l&amp;#039;habitat privé, l&amp;#039;opération programmée. Elle vous permet de déterminer vos objectifs, les moyens de les atteindre et les contributions attendues.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Le Programme d&amp;#039;intérêt général (PIG) de rénovation énergétique
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les personnes dont les logements affichent une mauvaise performance énergétique. Cet opérateur explique la démarche et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH) avec un volet rénovation énergétique
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;objet de l&amp;#039;OPAH est plus large que celui du PIG. Elle comprend plusieurs volets dont le volet &amp;#34;précarité énergétique&amp;#34; et permet de cibler votre action à une échelle resserrée, un quartier par exemple.  Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du territoire.
+ &lt;br /&gt;
+ L&amp;#039;OPAH copropriété peut également contenir un volet de lutte contre la précarité énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etablir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis
+ &lt;strong&gt;
+  .
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires (au titre du programme Habiter Mieux ou de MaPrimeRénov&amp;#039;). Et elle participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux. Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;aide au suivi-animation est de 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Cas particulier de l&amp;#039;Opah de rénovation urbaine (Opah–RU) : 50 % des dépenses HT dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Une prime variable s&amp;#039;ajoute au montant de la partie fixe .Cette prime est versée en fonction du nombre de logements de propriétaires occupants et bailleurs engagés dans des travaux de rénovation énergétique.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui expliquent les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet. Il est souhaitable que l&amp;#039;évaluation puisse être lancée dès que le projet entre en phase opérationnelle. Ainsi, on peut évaluer régulièrement les actions menées et procéder à des adaptations selon les résultats de chaque phase d&amp;#039;évaluation. Cela permet à l&amp;#039;évaluateur de conduire ses études en ayant une parfaite connaissance du projet et de ses enjeux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;Anah peut financer l&amp;#039;évaluation à hauteur de 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.anah.fr/actualites/detail/actualite/dans-la-sarthe-une-charte-pour-accelerer-la-renovation-energetique/"&gt;
+  Dans la Sarthe, une charte pour accélérer la rénovation énergétique
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.anah.fr/dossiers/puy-de-dome-mission-reperage-pour-les-artisans/"&gt;
+  Puy-de-Dôme : mission repérage pour les artisans
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5ef-lutter-contre-la-precarite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>49783</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la rénovation énergétique du patrimoine public</t>
         </is>
       </c>
-      <c r="C4" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Soutien aux programmes Action Cœur de Ville</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose des solutions d&amp;#039;accompagnement er de financement des projets de rénovation énergétique du patrimoine public, et ce, dans le cadre du programme national Action Cœur de Ville. Vous pouvez y prétendre si vous souhaitez :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -666,169 +6667,169 @@
   Traiter des friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil dédiées aux personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études préalables visant à déterminer l&amp;#039;opportunité et le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études de structuration du montage juridique, économique et financier ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser une prise de participation en fonds propres et quasi fonds propres dans les sociétés de projet et les Sociétés d&amp;#039;Économie Mixte agissant en qualité d&amp;#039;aménageurs ou d&amp;#039;opératrices ;
  &lt;/li&gt;
  &lt;li&gt;
   Assurer un accompagnement en ingénierie sur les projets identifiés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Innovation, créativité et recherche
 Equipement public
 Réhabilitation
 Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Action cœur de ville</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-action-coeur-de-ville?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_acv_osat</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez votre contact régional sur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c235-etre-soutenu-dans-vos-projets-cur-de-ville-pr/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>52290</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissement</t>
         </is>
       </c>
-      <c r="C5" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;
   &lt;em&gt;
    Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
@@ -904,96 +6905,96 @@
   Plus petit crédit : 11 000€
  &lt;/li&gt;
  &lt;li&gt;
   Plus gros crédit : 50 millions €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Social et Petite enfance
   &lt;/strong&gt;
   (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Revitalisation des centres villes
   &lt;/strong&gt;
   (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Rayonnement culturel
   &lt;/strong&gt;
   (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transition énergétique
   &lt;/strong&gt;
   (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement des mobilités douces
   &lt;/strong&gt;
   (Bordeaux Métropole, 33)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement sportif
   &lt;/strong&gt;
   (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1036,7388 +7037,450 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Etude de l&amp;#039;adhésion
   &lt;/strong&gt;
   : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Éligibilité à l&amp;#039;adhésion
   &lt;/strong&gt;
   : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vote de la délibération de la collectivité
   &lt;/strong&gt;
   : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Versement de l&amp;#039;Apport en capital initial
   &lt;/strong&gt;
   : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
   &lt;/strong&gt;
   : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
         <is>
           <t>https://portail.agence-france-locale.fr/</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
-        </is>
-[...5999 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/6d90-obtenir-une-offre-pour-la-renovation-des-ecol/</t>
         </is>
       </c>
       <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:27" customHeight="0">
       <c r="A25" s="1">
-        <v>92355</v>
+        <v>95203</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Accompagner la revitalisation des centres anciens</t>
+          <t>Accompagner les collectivités vers le LABEL "AMI DES AÎNÉS"®</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville</t>
         </is>
       </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>LABEL "AMI DES AÎNÉS"®</t>
+        </is>
+      </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>Établissement public foncier d'Occitanie (EPF)</t>
+          <t>Réseau francophone des villes amies des aînés</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
-        <is>
-[...940 lines deleted...]
-      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sensibilisation aux enjeux de l&amp;#039;adaptation des territoires au vieillissement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La démarche Villes Amies des Aînés (VADA), initiée par l&amp;#039;Organisation Mondiale de la Santé (OMS) et développée en France par le Réseau Francophone des Villes amies des aînés (RFVAA), consiste à
  &lt;strong&gt;
   interroger les particularités territoriales et les politiques locales au prisme des particularités liées au vieillissement de la population
  &lt;/strong&gt;
  . Cette méthodologie, qui s&amp;#039;appuie sur de la conduite de projet, a pour particularité de
  &lt;strong&gt;
   rendre incontournable la consultation des habitants, la transversalité des politiques publiques, le partenariat avec les acteurs du territoire et la lutte contre les stéréotypes liés à l&amp;#039;âge
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Dans ce contexte, les collectivités peuvent s&amp;#039;engager vers le LABEL &amp;#34;AMI DES AÎNÉS&amp;#34;&lt;span&gt;®&lt;/span&gt; pour
  &lt;strong&gt;
   être accompagnées dans l&amp;#039;amélioration de leurs politiques locales et pour affirmer leur volonté d&amp;#039;améliorer l&amp;#039;environnement social et bâti
  &lt;/strong&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  A travers leur appartenance au programme Petites Villes de Demain ou Action Cœur de Ville, les collectivités qui le souhaitent pourront
  &lt;strong&gt;
   bénéficier d&amp;#039;un accompagnement approfondi pour aller vers ce processus de labellisation
  &lt;/strong&gt;
  (facilitation pour la participation aux événements du RFVAA, interlocuteurs dédiés, accès à une banque de bonnes pratiques, organisation de webinaires réservés...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour des retours d&amp;#039;expériences de territoires labellisés, rendez-vous sur le numéro spécial de la Gazette des communes grâce au lien suivant : http://villesamiesdesaines-rf.fr/pdf/HS-GazettexRFVAA.pdf
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Santé
 Revitalisation</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être adhérent au Réseau Francophone des Villes Amies des Aînés
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>http://villesamiesdesaines-rf.fr/label-ami-des-aines</t>
         </is>
       </c>
-      <c r="W30" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>http://villesamiesdesaines-rf.fr/</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus contactez :
  &lt;a href="mailto:contact&amp;#64;rfvaa.com" rel="noopener" target="_blank"&gt;
   contact&amp;#64;rfvaa.com
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>agiacomini@rfvaa.com</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/76d9-accompagner-les-collectivites-vers-le-label-a/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>95207</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Mobiliser un établissement public foncier</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Établissements publics fonciers d'Etat et établissements publics fonciers locaux (EPF/EPFL)</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les Établissements publics fonciers (EPF) vous proposent de contribuer aux études pré-opérationnelles, de réaliser les acquisitions foncières (négociation amiable ou par le biais de procédures juridiques de type préemption / expropriation), puis d&amp;#039;assurer le portage foncier (gestion, sécurité, gardiennage, etc.) et les opérations de proto-aménagement (déconstruction des bâtiments existants, dépollution, etc.). A l&amp;#039;issue de la convention, le foncier est rétrocédé à la collectivité territoriale ou directement à l&amp;#039;aménageur retenu par la collectivité (à prix coûtant voire avec une minoration). L&amp;#039;EPF assure également une mission de conseil auprès des collectivités membres pour l&amp;#039;élaboration de leur stratégie d&amp;#039;intervention foncière.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;action des EPF porte sur l&amp;#039;acquisition et la gestion de foncier. Grâce à ces intervention, les EPF facilitent la production de logements (notamment de logements sociaux) et d&amp;#039;équipements publics, la revitalisation des centres-villes et des centres-bourgs, le recyclage des friches, le développement économique, la protection de l&amp;#039;environnement et la lutte contre les risques naturels et technologiques (exemple : recul du trait de côte)
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF Bretagne accompagne le projet de reconversion de la friche urbaine de l&amp;#039;ancien hôpital Bodélio à Lorient (56), qui figure parmi les opérations lauréates du Fonds Friches. A l&amp;#039;issue du portage par l&amp;#039;EPF, le site va être réhabilité en « quartier de cœur de ville ». 700 logements neufs vont y être progressivement construits, complétés par un parc urbain paysagé d&amp;#039;une surface de 1,5 hectare.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF d&amp;#039;Occitanie accompagne la stratégie foncière de la commune de Vias (34) et de l&amp;#039;Agglomération Hérault Méditerranéeen en régulant les transactions dans le cadre d&amp;#039;une zone d&amp;#039;aménagement différée (ZAD) de 300 ha, en procédant à des acquisitions stratégiques permettant le maintien des activités d&amp;#039;hôtellerie en plein air et en facilitant leur relocalisation en cas de montée des eaux. En 2019, l&amp;#039;EPF a préempté le camping Jean Pérès pour un montant de 700 000€. L&amp;#039;objectif est de maintenir l&amp;#039;exploitant et de sécuriser l&amp;#039;activité économique tout en envisageant à terme la possibilité de relocaliser des emplacements menacés en front de mer sur ce même site. Le bail commercial en vigueur au moment de la décision de préemption étant obsolète, l&amp;#039;EPF a renégocié un nouveau bail commercial clarifiant les obligations respectives entre le propriétaire et l&amp;#039;exploitant.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF Hauts-de-France a signé une convention avec Douaisis Agglo (59) pour l&amp;#039;acquisition et les travaux de déconstruction de bâtiments industriels appartenant à Renault sur le parc d&amp;#039;activités des Hautes Rives. Sur ce site, la société Envision AESC porte en partenariat avec Renault Group, RTE et l&amp;#039;EPF un projet visant à construire puis exploiter une usine de production de composants de batteries pour véhicules électriques. Ce projet contribue à la mise en place d&amp;#039;une filière française d&amp;#039;excellence dans la production de batteries au service de la mobilité électrique. En décembre, six mois après avoir signé la convention de partenariat avec Douaisis Agglo, l&amp;#039;établissement a régularisé l&amp;#039;acquisition du site, mobilisant ses moyens financiers à hauteur de 43,2 millions d&amp;#039;euros dont 37,5 pour l&amp;#039;acquisition des emprises foncières libérées par Renault et 6,2 M€ pour les travaux de déconstruction permettant son recyclage.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;EPF Nouvelle-Aquitaine a conventionné avec la commune de Bénévent-l&amp;#039;Abbaye (23), commune de 765 habitants classée « Petite Cité de Caractère », pour réinvestir une grande maison vacante dans le centre-bourg. Suite au portage réalisé par l&amp;#039;EPF, le bien a été cédé à la commune, qui va désormais pouvoir y développer son projet consistant en l&amp;#039;aménagement de locaux pour des artisans d&amp;#039;art ainsi que des logements locatifs.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Suite à la tempête Alex, une convention-cadre Etat-EPF Provence-Alpes-Côte-d&amp;#039;Azur a été signée le 12 janvier 2021, relative au cadrage de l&amp;#039;intervention foncière de l&amp;#039;EPF sur les vallées de la Tinée, de la Vésubie et de la Roya, qui prévoit un engagement à hauteur de 60 M€ sur 3 ans. Quatre conventions d&amp;#039;interventions foncières, signées à l&amp;#039;été 2021, déclinent ensuite, pour chaque territoire, les modalités d&amp;#039;intervention opérationnelle de l&amp;#039;EPF. En outre celui a été missionné en 2021 pour mener 260 acquisitions et réaliser 104 démolitions.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;a href="https://www.epfna.fr/wp-content/uploads/2022/07/RA2021-VOL2-BD.pdf" rel="noopener" target="_blank"&gt;
   Lien vers plus d&amp;#039;exemples de projets
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Sols
 Friche
 Foncier
 Economie circulaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour pouvoir bénéficier de l&amp;#039;accompagnement d&amp;#039;un Etablissement Public Foncier, vous devez au préalable être une commune ou une intercommunalité :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   adhérente à un EPF Local (si ce n&amp;#039;est pas le cas, tout EPCI à fiscalité propre peut faire une demande d&amp;#039;adhésion auprès de l&amp;#039;EPFL présent sur son territoire)
   &lt;strong&gt;
    OU
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   située dans le périmètre d&amp;#039;intervention d&amp;#039;un EPF d&amp;#039;Etat.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Si votre territoire n&amp;#039;est pas couvert par un EPF local ou d&amp;#039;État, vous pouvez prendre l&amp;#039;attache de l&amp;#039;un des établissements opérant. dans votre région et/ou de la DREAL afin de mobiliser les études et les procédures réglementaires adéquates.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt="Carte_EPF_oct2022" src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/DHUP_AD3_EPF_2022_06_29.jpeg" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -8443,62 +7506,62 @@
  &lt;/li&gt;
  &lt;li&gt;
   Carte 2 :
   &lt;a href="https://asso-epfl.fr/zoom-sur-les-epfl/trouver-un-epfl/" rel="noopener" target="_blank"&gt;
    Trouver un EPFL
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Association Nationale des Etablissements Publics Fonciers Locaux - Charlotte BOEX : c.boex&amp;#64;asso-epfl.fr / ligne directe : 06.46.91.90.63 - Site internet :
   &lt;a href="https://asso-epfl.fr/" rel="noopener" target="_blank"&gt;
    www.asso-epfl.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
@@ -8605,274 +7668,1689 @@
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>c.boex@asso-epfl.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f989-mobiliser-un-etablissement-public-foncier/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>98473</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné en tant qu'acteur majeur du programme Cœur de Ville</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C27" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>L'offre bancaire pour financer les EPL du programme Coeur de Ville</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires accompagne les EPL en tant qu&amp;#039;acteurs majeurs du programme Coeur de Ville. Cette offre propose des services bancaires personnalisables dans le cadre d&amp;#039;un besoin temporaire de trésorerie.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Action cœur de ville</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/loffre-bancaire-pour-financer-les-epl-du-programme-coeur-de-ville?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_bancaires&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=financement_epl_acv_psat</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6768-decouvrir-loffre-bancaire-de-la-banque-des-te/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>93153</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Restructurer les logements locatifs sociaux en centre-ville</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Action Logement</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention possible si obtention d'un label BBC Rénovation ou équivalent</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement mixte (prêt/subvention) accordé par Action Logement dans le cadre du programme national Action Coeur de Ville pour accompagner des opérations de restructuration lourde et d&amp;#039;adaptation globale de logements locatifs sociaux existants, en vue d&amp;#039;une remise sur le marché d&amp;#039;une
+ &lt;strong&gt;
+  offre équivalente à une production neuve
+ &lt;/strong&gt;
+ et s&amp;#039;inscrivant dans le projet d&amp;#039;ensemble porté par la commune éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Le  financement  maximum  en  prêt  long  terme  et  subvention  est  plafonné  au  montant  des  travaux  éligibles,  y  compris  honoraires  y  afférents,  dans  la  limite de 500 € TTC par m2 de surface habitable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>24/03/2021</t>
+        </is>
+      </c>
+      <c r="Q28" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires personnes morales titulaires d&amp;#039;un
+  droit réel (titre de propriété, bail à réhabilitation,
+  usufruit locatif, etc.) sont maîtres d&amp;#039;ouvrage des
+  opérations financées.
+&lt;/p&gt;
+&lt;p&gt;
+ Organismes d&amp;#039;habitat social :
+&lt;/p&gt;
+&lt;p&gt;
+ – Offices Publics de l&amp;#039;Habitat (OPH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Entreprises Sociales pour l&amp;#039;Habitat (ESH) et filiales.
+&lt;/p&gt;
+&lt;p&gt;
+ – Sociétés coopératives d&amp;#039;HLM (SA COOP).
+&lt;/p&gt;
+&lt;p&gt;
+ – Établissements Publics Locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  – Organismes agréés « maîtrise d&amp;#039;ouvrage d&amp;#039;insertion ».
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Localisation : le projet immobilier doit se situer dans un centre-ville éligible au programme Action Coeur de Ville et dans le périmètre de l&amp;#039;ORT (sans dérogation possible).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Logements concernés : logements déjà conventionnés APL sous plafonds de ressources PLUS, PLAI et PLS.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations devront justifier le respect des conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ne pas avoir démarré au moment du dépôt de dossier de demande de financement;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter en intégralité les logements, les parties communes et les espaces extérieurs communs le cas échéant;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficier d&amp;#039;un accord préalable de la ville;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Représenter un patrimoine maximum de 40 logements;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attester à l&amp;#039;issue des travaux de l&amp;#039;atteinte d&amp;#039;un niveau minimal de performance énergétique C, et niveau BBC rénovation pour pouvoir bénéficier d&amp;#039;une part de subvention;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Représenter une amélioration notable de la qualité de vie des locataires (confort, réduction des charges, amélioration acoustique et de la qualité de l&amp;#039;air, ...) et d&amp;#039;adaptation typologique au besoin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il est précisé que les travaux éligibles portent sur les parties communes de l&amp;#039;immeuble et les parties privatives  des  logements,  à  l&amp;#039;exception  des  parties  privatives  liées  aux  locaux  commerciaux  qui  ne  sont  pas  éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.actionlogement.fr/bailleur/dispositifs/action-coeur-de-ville</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez nous contacter en joignant votre interlocuteur habituel ou par l&amp;#039;
+ &lt;a href="https://www.actionlogement.fr/implantations" rel="noopener" target="_blank"&gt;
+  agence Action Logement la plus proche
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://www.actionlogement.fr/implantations" rel="noopener" target="_blank"&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>chloe.ribelles@actionlogement.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2ec1-restructurer-les-logements-locatifs-sociaux-e/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>92355</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la revitalisation des centres anciens</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier d'Occitanie (EPF)</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie accompagne les collectivités dans la reconquête du centre des villes en les aidant à bâtir une stratégie globale destinée à agir sur les usages diversifiés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement intervient auprès des collectivités sur des projets d&amp;#039;aménagement sans critère de taille, dans le cadre de programmes variés (habitat, activités économiques, protection d&amp;#039;espaces naturels), avec des temporalités de portage adaptées (court, moyen, long terme), dans des situations urbaines contrastées (centre ancien à valeur patrimoniale, bourg à redynamiser, friches industrielles, dents creuses en secteur tendu, secteurs touristiques...), dès lors que ces opérations sont cohérentes avec les orientations d&amp;#039;aménagement durable du Programme Pluriannuel d&amp;#039;Intervention et nécessitent une maîtrise foncière publique pour les sécuriser.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF d&amp;#039;Occitanie vise alors selon les cas à :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • accélérer les projets en sécurisant la maîtrise foncière,
+ &lt;br /&gt;
+ • débloquer des situations par le déploiement d&amp;#039;une offre de services sur-mesure,
+ &lt;br /&gt;
+ • avoir un effet levier sur la chaîne des acteurs de l&amp;#039;aménagement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF accompagne les communes dans :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la qualification et la valorisation du patrimoine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualification du cadre de vie, le développement économique y compris
+ &lt;/li&gt;
+ &lt;li&gt;
+  le tourisme pour les territoires concernés et le développement de l&amp;#039;offre de logements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action Cœur de Ville (ACV) - L&amp;#039;EPF est porteur de foncier sur plusieurs projets parmi lesquels :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lot : Monument Historique - acquisition fin 2019
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hérault : Monument historique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haute-Garonne : Îlot en centre ancien - acquisition 2019
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lot : Monument historique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;
+  Opération de Revitalisation des Territoires (ORT) -
+ &lt;/strong&gt;
+ L&amp;#039;EPF compte déjà 19 conventions sur ces périmètres parmi lesquelles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pamiers (Ariège)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Millau (Aveyron)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lunel (Hérault)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;
+  Petites Villes de Demain (PVD) -
+ &lt;/strong&gt;
+ L&amp;#039;EPF d&amp;#039;Occitanie est mobilisé dans le cadre de ce programme pour accompagner les territoires ruraux en aidant à révéler le potentiel de ces territoires, pour donner envie à de nouveaux habitants de venir s&amp;#039;installer et d&amp;#039;y créer de l&amp;#039;activité.
+  L&amp;#039;EPF est signataire de plusieurs conventions parmi lesquelles :
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entraygues-sur-Truyère (Aveyron)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bram (Aude)&lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contrat Bourg-Centre Occitanie (BCO) -
+ &lt;/strong&gt;
+ L&amp;#039;EPF, partenaire du dispositif accompagne les petites villes, bourgs ruraux ou péri urbains dans leur politique de dynamisation de leurs bassins de vie. Une collaboration forte entre les services de la Région et des services de l&amp;#039;EPF permet d&amp;#039;identifier les problématiques foncières des territoires. Chaque contrat cadre définit une feuille de route partagée sur des sujets d&amp;#039;habitat, de qualité de vie et de cohésion sociale... L&amp;#039;EPF compte 183 conventions actives sur les communes BCO, parmi lesquelles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laguiole (Aveyron)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sommières (Gard)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf-occitanie.fr/appui-aux-politiques-publiques/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Occitanie
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Siège : 04 99 54 91 10
+ &lt;br /&gt;
+ contact&amp;#64;epf-occitanie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>esra.gueuvin@epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3d9e-accompagner-la-redynamisation-des-centres-via/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>92394</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La
+ &lt;strong&gt;
+  Dotation d&amp;#039;équipement des territoires ruraux
+ &lt;/strong&gt;
+ (DETR) a pour objectif de financer les projets d&amp;#039;investissement des communes et de leurs groupements dans le domaine économique, social, environnemental et touristique ainsi que ceux favorisant le développement ou le maintien des services publics en milieu rural.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espace public
+Voirie et réseaux
+Transition énergétique
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les communes remplissant les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  celles dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  celles dont la population est supérieure à 2 000 habitants dans les départements de métropole (3 500 habitants dans les départements d&amp;#039;outre-mer) et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole (35 000 habitants dans les départements d&amp;#039;outre-mer) et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier par habitant moyen de l&amp;#039;ensemble des communes des départements de métropole et d&amp;#039;outre-mer dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles à la DETR les établissements publics de coopération intercommunale à fiscalité propre remplissant toutes les conditions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  avoir une population qui n&amp;#039;excède pas 50 000 habitants (métropole et départements d&amp;#039;outre-mer) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un territoire d&amp;#039;un seul tenant et sans enclave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  absence de communes membres de plus de 15 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enfin, sont éligibles, à titre dérogatoire, les EPCI éligibles en 2010 à la DGE des communes ou à la DDR, les syndicats mixtes de moins de 60 000 habitants composés d&amp;#039;EPCI et de communes, les syndicats de communes de moins de 60 000 habitants et les communes nouvelles dont au moins une ancienne commune était éligible à la DETR ou dont la formation s&amp;#039;est faite par regroupement de toutes les communes d&amp;#039;un même EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera tenu compte de la nature du projet et de son degré de maturité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.collectivites-locales.gouv.fr/finances-locales/dotation-dequipement-des-territoires-ruraux-detr</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Votre Sous-préfecture d&amp;#039;arrondissement, si vous relevez de l&amp;#039;arrondissement de Sarlat, Bergerac ou Nontron ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Préfecture de la Dordogne, Direction de la Citoyenneté et de la Légalité, bureau du contrôle budgétaire et des dotations de l&amp;#039;Etat, si vous relevez de l&amp;#039;arrondissement de Périgueux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Votre dossier est à déposer via l&amp;#039;outil démarches-simplifiées:
+&lt;/p&gt;
+&lt;p&gt;
+ https://www.demarches-simplifiees.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle sur les modalités de dépôt des demandes.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>claudine.soleilhavoup@dordogne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3195-copie-10h04-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>94228</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancer un soutien à la maîtrise d'œuvre ou d'ouvrage</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancement de la maîtrise d’œuvre (ou assistance à maîtrise d’ouvrage si CPE)</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ____________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ____________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose une solution de cofinancement de la maîtrise d&amp;#039;œuvre ou d&amp;#039;ouvrage pour les projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De rénovation d&amp;#039;un patrimoine important ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dont la nature, le montant et le périmètre (fonctionnel et géographique) sont définis ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour lesquels vous avez besoin de soutenir la maîtrise d&amp;#039;œuvre et/ou d&amp;#039;ouvrage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Banque des Territoires cofinance les projets d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage dans le cadre d&amp;#039;un CPE (Contrat de Performance Énergétique) ou de rénovation énergétique. Le financement porte sur les missions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études techniques complémentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction du DCE (dossier de consultation des entreprises) et du CCTP (cahier des clauses techniques particulières) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sélection des offres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réception ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des réserves ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en service du bâtiment suite à sa rénovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Banque des Territoires prend en charge :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 % du coût de l&amp;#039;accompagnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 % pour les accompagnements commandés avant le 31 mars 2022.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/co-financement-maitrise-oeuvre-ou-amo?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cofin_mo_amo_cpe_osat</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c96-beneficier-dun-co-financement-pour-soutenir-l/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>94230</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégralement pris en charge par la Banque des Territoires, le Diagnostic énergétique des bâtiments publics s&amp;#039;adresse aux communes souhaitant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover des établissements scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrer le coûts des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les gains énergétiques de chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prioriser les travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics prend la forme d&amp;#039;une mission de conseil spécialisée permettant d&amp;#039;identifier et de chiffrer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coûts de chaque action envisagée pour un bâtiment ou un ensemble de bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les gains énergétiques et les réductions carbone permis par chacune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux à prioriser.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics a plusieurs rôles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étudier la situation à partir de l&amp;#039;analyse des consommations énergétiques (factures des 3 dernières années), d&amp;#039;entretiens réalisés sur le terrain et de la documentation disponible ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer plusieurs bouquets de travaux présentant un impact positif sur les consommations énergétiques et le confort d&amp;#039;usage des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;enveloppe nécessaire aux travaux et définir le programme technique précis à mettre en œuvre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous permettre de définir le périmètre des travaux en fonction de vos priorités et des travaux nécessaires (extension, transformation, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/diagnostic-performance-energetique-dpe?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_energie_bat_public_osat</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
       <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z32" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/6768-decouvrir-loffre-bancaire-de-la-banque-des-te/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec74-obtenir-un-diagnostic-energetique-des-batimen/</t>
         </is>
       </c>
       <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:27" customHeight="0">
       <c r="A33" s="1">
+        <v>119706</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - cours d&amp;#039;école
+&lt;/p&gt;
+&lt;p&gt;
+ - zones d&amp;#039;activité industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ - parkings
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - projet en zone urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ - réduction des volumes collectés par les réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - gestion à ciel ouvert
+&lt;/p&gt;
+&lt;p&gt;
+ - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
+&lt;/p&gt;
+&lt;p&gt;
+ - si toiture végétalisée, épaisseur supérieure à 8 cm
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.eau-seine-normandie.fr/formulaires_aides
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>117561</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Financer la revitalisation des centres-villes</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose plusieurs financements et plans d&amp;#039;action pour contribuer à la revitalisation des centres-villes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le prêt Action Cœur de Ville visant à revitaliser les centres-villes de demain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le prêt de renouvellement urbain pour les Petites villes de demain pour améliorer les conditions de vie des habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des solutions d&amp;#039;ingénierie et de financements spécifiques.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_revitalisation_dnat</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a6f-financer-la-revitalisation-des-centres-villes/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>100074</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Connaître les aides et les solutions pour la relance économique</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Connaître les aides et les solutions pour la relance économique et commerciale de votre ville</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez rester en lien avec vos entreprises et leur donner les clés pour se développer.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez disposer de toute information utile et à jour pour mieux accompagner les acteurs économiques de votre territoire et accéder rapidement à l&amp;#039;information sur les aides mobilisables au niveau national, régional et local.
 &lt;/p&gt;
 &lt;p&gt;
  Le réseau des CCI propose aux élus et directeurs des collectivités de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Participer à des réunions ou séminaires d&amp;#039;information sur :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - les facteurs clés de réussite d&amp;#039;une centralité commerciale ;
  &lt;br /&gt;
  - les outils pour gérer le développement de sa centralité commerciale (Outils    réglementaires, outils liés à l&amp;#039;aménagement urbain, outils d&amp;#039;animation et de communication, outils de professionnalisation) ;
  &lt;br /&gt;
  - les grandes tendances d&amp;#039;évolution de la consommation et l&amp;#039;impact de la crise sur les comportements d&amp;#039;achats ;
  &lt;br /&gt;
  - l&amp;#039;impact de la crise sur le tissu commercial.
 &lt;/p&gt;
@@ -8881,163 +9359,163 @@
   Et trouver toute l&amp;#039;information sur :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - les aides disponibles nationalement et localement pour vos entreprises ;
  &lt;br /&gt;
  - les accompagnements proposés par la CCI pour vous aider à renforcer votre soutien aux commerçants et indépendants (étude – action sur la situation du commerce du centre-ville, de la ville, ou de l&amp;#039;intercommunalité, mise en place de solutions numériques pour les commerçants, transition écologique, soutien aux créateurs-repreneurs...).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez retrouver le guide national des aides financières nationales, régionales ou territoriales en ligne sur le site
  &lt;a href="https://les-aides.fr/" rel="noopener" target="_blank"&gt;
   les-aides.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/connaitre-les-solutions-et-aides-pour-la-relance-economique</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a836-connaitre-les-aides-et-les-solutions-pour-la-/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>100075</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Réaliser le diagnostic de l’appareil commercial de votre territoire</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude-action sur le tissu commercial de votre territoire</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vos opérations de revitalisation territoriale sont contraintes par divers facteurs tels que l&amp;#039;essor des zones commerciales périphériques, la diminution de la population en centre-ville, ou encore l&amp;#039;augmentation de la vacance commerciale. Vous devez maintenir l&amp;#039;attractivité de votre territoire, de vos centres-villes, de vos centres-bourgs, et la développer pour assurer leur avenir.
 &lt;/p&gt;
 &lt;p&gt;
  Vos projets de redynamisation d&amp;#039;un centre-ville, ou d&amp;#039;un territoire plus large, nécessitent d&amp;#039;analyser en premier lieu la situation des commerces et l&amp;#039;équilibre des zones commerciales. Votre diagnostic de l‘appareil commercial local est le préalable qui vous permet ensuite d&amp;#039;élaborer ou d&amp;#039;adapter la stratégie de développement de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI peut réaliser le
  &lt;strong&gt;
   diagnostic de votre appareil commercial
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;analyse de la demande :
  &lt;/strong&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -9122,159 +9600,159 @@
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/diagnostic-de-lappareil-commercial-dun-territoire</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3c81-realiser-une-etude-action-sur-le-tissu-commer/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>100076</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Consulter les chefs d’entreprise de votre territoire</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Consulter les chefs d’entreprise de votre territoire sur vos projets</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En associant les entrepreneurs et commerçants de votre territoire à vos orientations, en recueillant leurs ressentis, leurs doutes, leurs réflexions sur les sujets de développement économique, vous amorcez et entretenez une relation de proximité avec votre tissu économique local. Ce nouvel éclairage vous permet de sécuriser vos prises de décision qui auront un impact sur votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est en les comptant comme parties prenantes et grâce à leurs témoignages que vous pourrez conduire avec succès vos projets de dynamisation économique et d&amp;#039;attractivité territoriale.
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI vous facilite le recueil d&amp;#039;avis et attentes auprès des acteurs économiques locaux, et ce en vous proposant de mettre en place une
  &lt;strong&gt;
   enquête
  &lt;/strong&gt;
  sur-mesure, conçue pour être administrée de façon ponctuelle. Suivant vos besoins, cette enquête (flash à un moment donné ou actualisée régulièrement) peut être réalisée selon plusieurs modalités :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ENQUÊTE TERRAIN :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Des rencontres entre un conseiller CCI et un chef d&amp;#039;entreprise. Elles peuvent être réalisées par exemple sur un périmètre géographique précis (recueillir l&amp;#039;avis de chefs d&amp;#039;entreprises concernés par des travaux, un équipement, ...).
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ENQUÊTE EN LIGNE :
@@ -9351,164 +9829,164 @@
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/consultation-des-chefs-dentreprise-de-votre-territoire</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a08-consulter-les-chefs-dentreprise-de-votre-terr/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>100078</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Soutenir les entreprises dans leur développement</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C39" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Aider les entreprises de votre territoire à se développer</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez dynamiser le développement des TPE et commerces de votre territoire, encourager la création d&amp;#039;entreprise ou accompagner vos entreprises locales dans leurs transformations écologique, numérique, notamment.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez animer le développement économique de votre commune ou de votre intercommunalité en favorisant les échanges entre acteurs.
 &lt;/p&gt;
 &lt;p&gt;
  Vous voulez aider vos entrepreneurs locaux à concrétiser leurs projets de développement ou de transmission de leur entreprise, pour préserver et stimuler les compétences sur votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Votre CCI accompagne vos entrepreneurs locaux pour maintenir une activité économique locale.
 &lt;/p&gt;
 &lt;p&gt;
  Son offre de produits et services est répartie sur 8 thèmes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;entrepreneuriat : créer, reprendre, transmettre une entreprise ;
  &lt;/li&gt;
  &lt;li&gt;
   le financement : sécuriser la gestion financière de l&amp;#039;entreprise et accéder aux financements ;
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;international : développer des parts de marché à l&amp;#039;export ;
@@ -9543,746 +10021,268 @@
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Un entretien préalable avec votre conseiller CCI pour préciser vos besoins et définir le périmètre d&amp;#039;intervention.
   &lt;br /&gt;
   Prestation sur devis.
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 International
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État, une entreprise privée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/offre/soutien-des-entreprises-dans-leur-developpement</t>
         </is>
       </c>
-      <c r="W36" s="1" t="inlineStr">
+      <c r="W39" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/solutions</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec14-aider-les-entreprises-de-votre-territoire-a-s/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
         <v>100081</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’implantation d’entrepreneurs sur votre territoire</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Chambres de commerce et d'industrie (CCI)</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez favoriser le développement économique et l&amp;#039;emploi sur votre territoire, en permettant aux entreprises de se développer et de recruter les compétences dont elles ont besoin et en offrant aux jeunes et aux actifs davantage d&amp;#039;opportunités locales de formation.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez renforcer votre politique d&amp;#039;attractivité globale (accueil, marketing territorial).
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez garantir aux entreprises l&amp;#039;accès à un « bouquet de services » nécessaire à leur développement.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Votre CCI peut être à vos côtés pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;une politique d&amp;#039;accueil de nouvelles entreprises et de salariés sur le territoire : aide à la recherche d&amp;#039;un logement, à l&amp;#039;emploi du conjoint, intégration des nouveaux habitants aux réseaux locaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Le développement du marketing territorial et la valorisation des entreprises locales, des filières stratégiques et innovantes, des métiers d&amp;#039;exception et des savoirs faire, pour en faire des ambassadeurs de votre territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;organisation de permanences d&amp;#039;accueil et d&amp;#039;information des créateurs et des chefs d&amp;#039;entreprises, y compris dans les locaux de la collectivité ;
  &lt;/li&gt;
  &lt;li&gt;
   La création et la gestion de lieux d&amp;#039;accueil et d&amp;#039;hébergement des entreprises, tels que les pépinières, les incubateurs, les hôtels d&amp;#039;entreprises, les tiers-lieux, les espaces de co-working ou les Maisons de l&amp;#039;Entreprise. Avec l&amp;#039;essor du télétravail, ils deviennent des lieux de rencontres essentiels pour les entreprises et leurs salariés ;
  &lt;/li&gt;
  &lt;li&gt;
   La création de sessions de formations spécifiques adaptées aux besoins du territoire. Les lieux d&amp;#039;hébergement des entreprises pourraient également accueillir des individus en formation et suivant des enseignements à distance ;
  &lt;/li&gt;
  &lt;li&gt;
   La création et la gestion d&amp;#039;établissements de formation (centres de formation des apprentis, établissements d&amp;#039;enseignement supérieur, centres de formation initiale et continue...) ;
  &lt;/li&gt;
  &lt;li&gt;
   La gestion d&amp;#039;équipements structurants pour le territoire : infrastructures de transport, centres de congrès, zones d&amp;#039;activités, etc. Nb : le réseau des CCI gère 500 établissements de formation (écoles supérieures, CFA, centres de formation professionnelle) et près de 600 équipements structurants, dont 53 aéroports, 14 aérodromes, 121 ports, 37 équipements d&amp;#039;événementiel, 259 équipements d&amp;#039;immobilier et d&amp;#039;hébergement d&amp;#039;entreprises et 62 zones d&amp;#039;activité économique.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Friche
 Foncier
 Voirie et réseaux
 Commerces et services
 Formation professionnelle
 Tiers-lieux
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Accessibilité
 Emploi
 Attractivité économique
 Industrie</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité, un département, une région, un service de l&amp;#039;État, une entreprise privée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.cci.fr/reseau-cci/nos-missions-et-nos-actions-generales-pour-les-entreprises-et-les-territoires</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre CCI de proximité :
  &lt;a href="https://www.cci.fr/contact" rel="noopener" target="_blank"&gt;
   https://www.cci.fr/contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>a.czmal@ccifrance.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a438-favoriser-limplantation-dentrepreneurs-sur-vo/</t>
-        </is>
-[...476 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
         </is>
       </c>
       <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:27" customHeight="0">
       <c r="A41" s="1">
         <v>119887</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude d'implantation commerciale</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes</t>
         </is>
       </c>
@@ -11984,1127 +11984,2036 @@
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphones : 01 40 81 23 72 / 07 64 80 10 67
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y50" s="1" t="inlineStr">
         <is>
           <t>mireille.guignard@developpement-durable.gouv.fr</t>
         </is>
       </c>
       <c r="Z50" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/208c-conseil-aux-maitres-douvrages-publics-dans-le/</t>
         </is>
       </c>
       <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:27" customHeight="0">
       <c r="A51" s="1">
-        <v>122831</v>
+        <v>123492</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
-        <is>
-[...383 lines deleted...]
-      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G53" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M53" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Sols
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
 Foncier
 Accès aux services
 Cohésion sociale et inclusion
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions</t>
-[...2 lines deleted...]
-      <c r="O53" s="1" t="inlineStr">
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>122831</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Ain</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer des projets d&amp;#039;investissement des communes et groupements de communes dans le milieu rural - DETR
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles à la DETR :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets répondant aux thématiques suivantes sont subventionnables :
+ &lt;br /&gt;
+ . la transition écologique,
+ &lt;br /&gt;
+ . l&amp;#039;attractivité des territoires,
+ &lt;br /&gt;
+ . la construction/la rénovation et l&amp;#039;urbanisme,
+ &lt;br /&gt;
+ . l&amp;#039;éducation et la santé,
+ &lt;br /&gt;
+ . la sécurité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les collectivités remplissant les conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Les communes :
+ &lt;br /&gt;
+ a) dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole
+ &lt;br /&gt;
+ b) dont la population est supérieure à 2 000 habitants dans les départements de métropole et n&amp;#039;excède pas 20 000 habitants et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+ • Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des opérations éligibles à la DETR est disponible sur le site internet :
+ &lt;a href="https://www.ain.gouv.fr" rel="noopener" target="_blank"&gt;
+  https://www.ain.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ rubrique Actions de l&amp;#039;Etat&amp;gt;Collectivités locales&amp;gt;Aide à l&amp;#039;investissement des collectivités locales&amp;gt;DETR
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Votre dossier pourra être déposé via l&amp;#039;outil démarches-simplifiées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle précisant la liste des opérations éligibles et les modalités de dépôt des demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ain.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre sous-préfecture d&amp;#039;arrondissement Belley, Gex, Nantua ou la préfecture de l&amp;#039;Ain, si vous relevez de l&amp;#039;arrondissement de Bourg-en-Bresse :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ . Arrondissement de Belley : sp-belley&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Bourg-en-Bresse : pref-subvention&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Gex : sp-gex&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Nantua : sp-nantua&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>corinne.duroux@ain.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f00-financer-des-projets-dinvestissement-des-comm/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>122832</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Ain</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 80</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer des projets d&amp;#039;investissement des communes et groupements de communes - DSIL
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles à la DSIL :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;span&gt;▶&lt;/span&gt; Les projets contribuant aux priorités thématiques suivantes (L 2334-32 du CGCT)
+ &lt;br /&gt;
+ • la rénovation thermique, la transition écologique, le développement des énergies renouvelables,
+ &lt;br /&gt;
+ • la mise aux normes et la sécurisation des équipements publics,
+ &lt;br /&gt;
+ • le développement d&amp;#039;infrastructures en faveur de la mobilité et en faveur de la construction de logements,
+ &lt;br /&gt;
+ • le développement du numérique et de la téléphonie mobile,
+ &lt;br /&gt;
+ • la création, la transformation et la rénovation des bâtiments scolaires,
+ &lt;br /&gt;
+ • la réalisation d&amp;#039;hébergement et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Friche
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre ainsi que les pôles d&amp;#039;équilibre territoriaux (PETR).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des opérations éligibles à la DSIL est disponible sur le site internet :
+ &lt;a href="https://www.ain.gouv.fr" rel="noopener" target="_blank"&gt;
+  https://www.ain.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ rubrique Actions de l&amp;#039;Etat&amp;gt;Collectivités locales&amp;gt;Aide à l&amp;#039;investissement des collectivités locales&amp;gt;DSIL     Ouvre une nouvelle fenêtre
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt du dossier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre dossier pourra être déposé via l&amp;#039;outil démarches-simplifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle précisant la liste des opérations éligibles et les modalités de dépôt des demandes de subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="S53" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U53" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Ain</t>
         </is>
       </c>
       <c r="V53" s="1" t="inlineStr">
         <is>
-          <t>https://engagespourlanature.ofb.fr/territoires</t>
-[...4 lines deleted...]
-          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+          <t>https://www.ain.gouv.fr</t>
         </is>
       </c>
       <c r="X53" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;Margaux GLASSON&lt;/p&gt;&lt;p dir="ltr"&gt;
-[...9 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Votre sous-préfecture d&amp;#039;arrondissement Belley, Gex, Nantua ou la préfecture de l&amp;#039;Ain, si vous relevez de l&amp;#039;arrondissement de Bourg-en-Bresse :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arrondissement de Belley : sp-belley&amp;#64;ain.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arrondissement de Bourg-en-Bresse : pref-subvention&amp;#64;ain.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arrondissement de Gex : sp-gex&amp;#64;ain.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arrondissement de Nantua : sp-nantua&amp;#64;ain.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
         </is>
       </c>
       <c r="Y53" s="1" t="inlineStr">
         <is>
-          <t>mathilde.maisano@ofb.gouv.fr</t>
+          <t>corinne.duroux@ain.gouv.fr</t>
         </is>
       </c>
       <c r="Z53" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b43c-financer-des-projets-dinvestissement-des-comm/</t>
         </is>
       </c>
       <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:27" customHeight="0">
       <c r="A54" s="1">
-        <v>142229</v>
+        <v>165518</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
-Territoires d'industrie
-[...1 lines deleted...]
-Tourisme Ingénierie Développement
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>165521</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+EUROPE - LIFE - Programme européen pour l'environnement et le climat
 ÉcoQuartier
-Renaturation des villes</t>
-[...12 lines deleted...]
-      <c r="G54" s="1" t="inlineStr">
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...224 lines deleted...]
-Tourisme
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’une des
+conséquences du changement climatique est notamment l’augmentation des
+températures, et ce d’autant plus dans les zones urbaines. Au-delà des
+émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
+des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
+de renforcer la résilience des territoires face aux impacts du changement
+climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
+biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
+sur les services écosystémiques rendues par la végétation pour réduire la
+surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
+pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
+programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
+d’un plan d’actions, ainsi que dans la recherche de financements et de
+partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
+Artisan accompagne également les projets de SfN, par un animateur dans chaque
+région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
+l’aide à la décision. Il propose également de la sensibilisation, de la
+formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
+actions. Le programme TEN donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>163894</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+ÉcoQuartier
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Espaces verts
+Espace public
 Friche
 Foncier
 Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Cohésion sociale et inclusion
-[...1 lines deleted...]
-Commerces et services
+Recyclage et valorisation des déchets
+Santé
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...3 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
-Risques naturels
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Emploi
-[...1 lines deleted...]
-Artisanat
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...1 lines deleted...]
-Mobilité fluviale
+Réduction de l'empreinte carbone
 Milieux humides
-Mobilité et véhicules autonomes
-[...3 lines deleted...]
-      <c r="O54" s="1" t="inlineStr">
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
-[...68 lines deleted...]
- Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X54" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
-[...8 lines deleted...]
-  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
  &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-      <c r="A55" s="1">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
         <v>142680</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C55" s="1" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -13217,51 +14126,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -13279,56 +14188,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -13371,886 +14280,537 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C56" s="1" t="inlineStr">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>142229</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
-France Relance
 Action cœur de ville
-EUROPE - FEDER - Fonds européen de développement régional
-[...16 lines deleted...]
-      <c r="G56" s="1" t="inlineStr">
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Atelier des territoires Flash</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="N56" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
+&lt;/p&gt;
+&lt;p&gt;
+ A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions territoriales et urbaines : revitalisation des centre-villes, réhabilitation des entrées de ville, aménagement des friches, protection et valorisation du patrimoine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions culturelles, sociales, économiques : adaptation de l&amp;#039;offre de logements et des mobilités, accompagnement des projets socio-économiques (ESS) et économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet en lien avec les transitions environnementales et énergétiques : protection, restauration et gestion de l&amp;#039;écosystème terrestre et des ressources naturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL), en lien étroit avec la ou les collectivités concernées. Le pilotage implique, pour les DDT(M) ou les D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL, d&amp;#039;émettre et exécuter le bon de commande dans le cadre de l&amp;#039;accord-cadre multi-attributaire de la DGALN.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 20 000€, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation (logistiques et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier, principalement de la collectivité.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à bons de commande de la DGALN. Chaque Atelier Flash est attribuée à une des trois équipes d&amp;#039;experts pluridisciplinaires titulaires selon la méthode du tourniquet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 1
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  LANCEMENT : attribution de l&amp;#039;équipe et cadrage de l&amp;#039;étape suivante
+ &lt;/li&gt;
+ &lt;li&gt;
+  APPROPRIATION &amp;amp; APPROFONDISSEMENT : analyse documentaire et entretiens et cadrage de la seconde phase
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 2
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ANIMATION IN SITU : introduction de l&amp;#039;Atelier, arpentage du territoire, animation des temps d&amp;#039;Atelier et conclusion de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  PRODUCTION &amp;amp; RESTITUTION
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée totale : 3 à 6 mois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée de l&amp;#039;atelier : 2 à 3 jours
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Documents stratégiques  : feuille de route, esquisse de plan-guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents opérationnels  : cahier des charges, charte, éléments de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de capitalisation  : fiche synthétique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
-Musée
-Sports et loisirs
+Culture et identité collective
 Tourisme
 Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
-Transition énergétique
-Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-Santé
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Appui méthodologique
-Transports collectifs et optimisation des trafics routiers
+Emploi
+Attractivité économique
+Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Réduction de l'empreinte carbone
+Limiter les déplacements subis
+Industrie
+Mobilité fluviale
 Milieux humides
-Sécurité
-[...3 lines deleted...]
-      <c r="O56" s="1" t="inlineStr">
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ CANDIDATURE
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EN SYNTHESE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PORTEURS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PIÈCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 1 - les dynamiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 2 - les dynamiques d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- •    Être une collectivité locale ou un EPCI de Moselle.
-[...3 lines deleted...]
- &lt;br /&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
-[...646 lines deleted...]
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>