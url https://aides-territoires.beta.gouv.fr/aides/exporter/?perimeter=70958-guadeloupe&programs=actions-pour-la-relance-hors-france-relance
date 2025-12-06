--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -228,89 +228,1022 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>80957</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Accompagner la gestion de vos Ressources Humaines</t>
+        </is>
+      </c>
+      <c r="C2" s="0" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)
+EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Alliance Villes Emploi</t>
+        </is>
+      </c>
+      <c r="F2" s="0" t="inlineStr">
+        <is>
+          <t>DEFIS emploi du Pays de Brest</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise à soutenir les TPE en gestion des ressources humaines dans un contexte où les entreprises doivent adapter leur organisation pour faire face à la situation sanitaire et à ses impacts.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En tant que TPE, vous devez adapter votre stratégie et optimiser votre gestion des ressources humaines afin de relancer, créer ou faire évoluer votre entreprise. RH TPE c&amp;#039;est un soutien gratuit et personnalisé en ressources humaines dédié aux Très Petites Entreprises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au recrutement, à l&amp;#039;alternance, à la formation, à la mise en œuvre des entretiens professionnels, au management,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils pour mieux comprendre les aides financières et techniques au développement et à la formation,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification et communication des interlocuteurs et correspondants pouvant aider les dirigeants sur les problématiques rencontrées,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide et conseils sur l&amp;#039;évolution du DUER et du Plan de Continuité d&amp;#039;Activité pour anticiper la reprise et la réussir,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication et aide sur les différentes modalités de travail : télétravail – activité partielle – mise à disposition de compétences (prêt de main d&amp;#039;œuvre entre entreprises) ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Economie sociale et solidaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette action s&amp;#039;adresse à toute entreprise de 0 à 20 salariés, tous secteurs d&amp;#039;activités confondus.
+&lt;/p&gt;
+&lt;p&gt;
+ La seule condition requise est d&amp;#039;être située sur une zone couverte par le dispositif sur le territoire national.  Evolution des zones couvertes mise à jour régulièrement  :
+ &lt;a href="https://www.rhtpe.fr/fr/rh-tpe-en-france"&gt;
+  Vérifier en un clic
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lien carte et contacts
+ &lt;a href="https://www.rhtpe.fr/fr/rh-tpe-en-france"&gt;
+  Lien carte RH TPE et contacts en France
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>b.panetta@defisemploi.bzh</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f35b-accompagner-la-gestion-de-vos-ressources-huma/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Loiret
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Gers
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Vendée
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Seine-Maritime
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE de la Haute-Loire
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE du Puy-de-Dôme
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE de la Dordogne
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE du Pas-de-Calais
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>73256</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'émission de cautions dans le cadre de vos contrats export - Assurance Caution Export</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour répondre aux appels d&amp;#039;offre internationaux et remporter des marchés export, il est très souvent nécessaire de remettre des cautions. Ces cautions émises par vos partenaires bancaires rassurent vos partenaires commerciaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Or, il peut s&amp;#039;avérer nécessaire de rassurer également les banques afin de faciliter l&amp;#039;émission des cautions.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du plan d&amp;#039;urgence, Bpifrance soutient les entreprises exportatrices face aux conséquences immédiates de la crise, notamment en sécurisant leur trésorerie, et d&amp;#039;assurer leur rebond à l&amp;#039;international après la crise et donc renforce le dispositif &amp;#34;Assurance Caution Export&amp;#34; en réhaussant la garantie.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas d&amp;#039;appel d&amp;#039;une caution par un acheteur étranger, quelle qu&amp;#039;en soit la cause, l&amp;#039;Assurance Caution Export garantit les émetteurs de cautions à hauteur de 80% (pour les entreprises dont le chiffre d&amp;#039;affaires est inférieur ou égal à 150 M€, 50% pour les autres), contre le risque de défaillance de l&amp;#039;exportateur en situation de carence ou d&amp;#039;insolvabilité judiciaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les cautions éligibles sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tous types d&amp;#039;engagement de cautions (hors cautions d&amp;#039;offset), liés à un contrat d&amp;#039;exportation, libellés en toutes devises, sur tous pays, à l&amp;#039;exception des pays interdits même au comptant par la politique d&amp;#039;assurance crédit en vigueur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les cautions déjà émises : la caution doit être déclarée par l&amp;#039;émetteur dans les 4 mois qui suivent son émission.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les engagements de caution sont couverts jusqu&amp;#039;à leur pleine mainlevée, quelle que soit la durée de la caution.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre du plan de soutien des entreprises françaises exportatrices, Bpifrance Assurance Export renforce son action :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;au 31 décembre 2020, les TPE, PME et ETI pourront bénéficier d&amp;#039;une quotité garantie pouvant aller jusqu&amp;#039;à 90%* et l es entreprises dont le chiffre d&amp;#039;affaires est supérieur à 1,5 milliard d&amp;#039;euros pourront bénéficier d&amp;#039;une quotité garantie pouvant aller jusqu&amp;#039;à 70%.
+ &lt;br /&gt;
+ * L&amp;#039;octroi de ces garanties ré-haussées est soumis à certaines conditions fixées par l&amp;#039;Union Européenne (l&amp;#039;encadrement temporaire des mesures d&amp;#039;aide d&amp;#039;Etat SA.56868), et notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le montant global des cautions à garantir n&amp;#039;excède pas 100% du chiffre d&amp;#039;affaires total réalisé par l&amp;#039;exportateur en 2019 (TPE, PME) et 50% du chiffre d&amp;#039;affaires total réalisé en 2019 pour les ETI et GE,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cette mesure ne peut être accordée qu&amp;#039;à des entreprises qui n&amp;#039;étaient pas en difficulté (par référence à l&amp;#039;article 2(18) du Règlement (UE) N° 651/2014) à la date du 31 décembre 2019.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Sinon, la quotité garantie suivante s&amp;#039;applique :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80 % pour les entreprises dont le chiffre d&amp;#039;affaires est inférieur ou égal à 150M€
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour les autres entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Ce que change concrètement la mesure :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour les entreprises : moindre mobilisation de trésorerie dans la réalisation des opérations à l&amp;#039;export,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les établissements émetteurs : réduction du risque lors de l&amp;#039;émission de cautions ou de la mise en place de crédits de préfinancement ; délai supplémentaire pour mettre en place des crédits de préfinancement, facilitant l&amp;#039;octroi de ces financements aux entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Consommation et production
+International
+Industrie</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;octroi de ces garanties ré-haussées est soumis à certaines conditions fixées par l&amp;#039;Union Européenne (l&amp;#039;encadrement temporaire des mesures d&amp;#039;aide d&amp;#039;Etat SA.56868), et notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le montant global des cautions à garantir n&amp;#039;excède pas 100% du chiffre d&amp;#039;affaires total réalisé par l&amp;#039;exportateur en 2019 (TPE, PME) et 50% du chiffre d&amp;#039;affaires total réalisé en 2019 pour les ETI et GE,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cette mesure ne peut être accordée qu&amp;#039;à des entreprises qui n&amp;#039;étaient pas en difficulté (par référence à l&amp;#039;article 2(18) du Règlement (UE) N° 651/2014) à la date du 31 décembre 2019.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La garantie des cautions permet aux entreprises de faire émettre les cautions nécessaires à leur contrat export. Cette garantie est mobilisable lorsque les entreprises doivent fournir des engagements de caution à leur banque pour les garanties et contre-garanties prévues dans leurs contrats à l&amp;#039;exportation.
+&lt;/p&gt;
+&lt;p&gt;
+ La garantie des cautions couvre les risques de carence ou d&amp;#039;insolvabilité judiciaire de l&amp;#039;entreprise exportatrice.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont prises en compte, tous types d&amp;#039;engagement de cautions (hors cautions d&amp;#039;offset), liés à un contrat d&amp;#039;exportation, libellés en toutes devises, sur tous pays, à l&amp;#039;exception des pays interdits même au comptant par la politique d&amp;#039;assurance crédit en vigueur.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les cautions déjà émises : la caution doit être déclarée par l&amp;#039;émetteur dans les 4 mois qui suivent son émission.
+&lt;/p&gt;
+&lt;p&gt;
+ Les engagements de caution sont couverts jusqu&amp;#039;à leur pleine mainlevée, quelle que soit la durée de la caution.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les émetteurs de cautions peuvent être les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Banques françaises et filiales ou succursales de banques étrangères, installées en France et/ou dans un pays de l&amp;#039;Union Européenne,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compagnies d&amp;#039;assurance ayant signé une police cadre (conditions générales applicables à ce type d&amp;#039;assurance).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Garanties-et-assurances/Assurance-Caution-Export-et-garantie-des-prefinancements-a-l-international/Assurance-Caution-Export</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://mon.bpifrance.fr/mon-espace/#/formulaire/ace</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour obtenir des informations complémentaires, contactez la BPI à  l&amp;#039;adresse suivante : assurance-export-caution&amp;#64;bpifrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fdb3-faciliter-lemission-de-cautions-dans-le-cadre/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>52290</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissement</t>
         </is>
       </c>
-      <c r="C2" s="0" t="inlineStr">
+      <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;
   &lt;em&gt;
    Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
@@ -386,96 +1319,96 @@
   Plus petit crédit : 11 000€
  &lt;/li&gt;
  &lt;li&gt;
   Plus gros crédit : 50 millions €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Social et Petite enfance
   &lt;/strong&gt;
   (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Revitalisation des centres villes
   &lt;/strong&gt;
   (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Rayonnement culturel
   &lt;/strong&gt;
   (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transition énergétique
   &lt;/strong&gt;
   (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement des mobilités douces
   &lt;/strong&gt;
   (Bordeaux Métropole, 33)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement sportif
   &lt;/strong&gt;
   (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -518,1094 +1451,161 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Etude de l&amp;#039;adhésion
   &lt;/strong&gt;
   : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Éligibilité à l&amp;#039;adhésion
   &lt;/strong&gt;
   : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vote de la délibération de la collectivité
   &lt;/strong&gt;
   : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Versement de l&amp;#039;Apport en capital initial
   &lt;/strong&gt;
   : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
   &lt;/strong&gt;
   : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W2" s="0" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
         <is>
           <t>https://portail.agence-france-locale.fr/</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
-        </is>
-[...931 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
         <v>100074</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Connaître les aides et les solutions pour la relance économique</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)
 Territoires d'industrie
 Avenir Montagnes</t>