--- v0 (2025-11-06)
+++ v1 (2026-01-26)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA199"/>
+  <dimension ref="A1:AA84"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -536,51 +536,51 @@
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
         <v>135558</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Favoriser une présence artistique dans les territoires - Education Artistique et Culturelle</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Aide aux projets culturels des EPCI dans le cadre des convention Education Artistique et Culturelle</t>
+          <t>Aide aux projets culturels des EPCI dans le cadre des conventions Education Artistique et Culturelle</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>Montant maximum : 4000€ / an / EPCI</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
@@ -633,1866 +633,2218 @@
   Le respect des 3 piliers de l&amp;#039;EAC
  &lt;/li&gt;
  &lt;li&gt;
   La construction du projet avec des artistes professionnels confirmés
  &lt;/li&gt;
  &lt;li&gt;
   Le partenariat local avec des structures culturelles
  &lt;/li&gt;
  &lt;li&gt;
   Le partenariat local avec des structures représentantes des publics cibles du département
  &lt;/li&gt;
  &lt;li&gt;
   La solidarité territoriale
  &lt;/li&gt;
  &lt;li&gt;
   La valorisation du projet / la communication
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;engagement financier et/ou logistique des autres partenaires
  &lt;/li&gt;
  &lt;li&gt;
   Un budget réaliste
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Concerne les EPCI couverts par une convention.
- &lt;br /&gt;
+ &lt;strong&gt;Concerne uniquement les EPCI couverts par un conventionnement d&amp;#039;Education artistique et culturelle.
+ &lt;/strong&gt;&lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
       <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
- Direction Déléguée Culture et Patrimoine &lt;br /&gt;&lt;/p&gt;&lt;p&gt;culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;br /&gt;&lt;/p&gt;Gestionnaire : Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28&lt;br /&gt;</t>
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;br /&gt;&lt;/p&gt;Gestionnaire : Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28&lt;br /&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a1b-soutenir-une-presence-artistique-dans-les-ter/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
-        <v>131790</v>
+        <v>95035</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aider les auteurs en Grand Est : bourses d’aide à la création, résidences de médiation littéraire et résidences de création littéraire</t>
+          <t>Favoriser la présence d’un artiste ou d’une équipe artistique dans un lieu de diffusion culturelle et sur un territoire</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Aide aux auteurs en Grand Est : aide à la création et aux résidences de création littéraire</t>
+          <t>Soutien aux résidences mission de territoire Arts visuels</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Ministère de la Culture</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Intercommunalité / Pays
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrairement aux résidences de création portées habituellement par les structures culturelles, ces résidences artistiques et culturelles n&amp;#039;entraînent pas une obligation de production. Il s&amp;#039;agit d&amp;#039;une période où les artistes ont l&amp;#039;opportunité de développer une démarche de recherche ou d&amp;#039;expérimentation en lien avec le territoire où est installée la structure d&amp;#039;accueil. Les résidences se déroulent sur une période de 6 mois à 3 ans. Cette période de résidence doit permettre de mieux ancrer le travail artistique dans une réalité territoriale.
+Ce dispositif de soutien a pour objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;accompagner l&amp;#039;expérimentation et la recherche artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;améliorer le cadre d&amp;#039;activité des professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser l&amp;#039;échange entre la population et les artistes notamment par de nouvelles formes de rencontres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Subvention plafonnée à 30 000 €
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent être présentés conjointement par un artiste ou un collectif d&amp;#039;artistes et une structure d&amp;#039;accueil. Les Structures concernées : associations culturelles, collectivités territoriales et structures culturelles de droit public ou privé à but non lucratif ayant leur siège en région Grand Est. L&amp;#039;idée de structure implique l&amp;#039;existence d&amp;#039;un lieu équipé ou ayant accès aux équipements nécessaires, capable de donner aux artistes résidents les conditions techniques et financières pour mener leur travail de recherche ou d&amp;#039;expérimentation, d&amp;#039;un responsable culturel qui « porte » le projet de résidence avec l(es)&amp;#039;artiste(s), d&amp;#039;une équipe qui accompagne le projet et s&amp;#039;implique dans la médiation entre artiste et public. Il s&amp;#039;agit donc de structures conventionnées ou non, participant à une dynamique territoriale, ayant vocation à accueillir des artistes et disposant d&amp;#039;une personne ressource référente. Artistes concernés : artistes professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets relèvent des arts visuels, et s&amp;#039;inscrivent dans une logique de transversalité avec le lieu de résidence, le territoire et ses acteurs. Sont éligibles à ce dispositif, les projets proposant à la fois un travail de création ou d&amp;#039;expérimentation et des actions culturelles sur les territoires concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Par expérimentation : on entend un projet centré sur la recherche artistique, sans obligation de production, construit par un binôme entre lieu d&amp;#039;accueil et équipe artistique-artiste-collectif d&amp;#039;artistes et associant le public et le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Par action sur le territoire : on entend les rencontres entre les artistes et la population du territoire où est implantée la structure d&amp;#039;accueil. Cela implique la diffusion du travail de recherche ou de création et plus largement d&amp;#039;autres moments partagés avec la population sous différentes formes. Il y a ici l&amp;#039;idée de sensibiliser le public à la création, de ne pas seulement lui proposer « verticalement » un produit fini, mais de lui faire partager sous diverses formes le cheminement des artistes et de favoriser les collaborations avec d&amp;#039;autres acteurs installés sur le territoire régional.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-residences-mission-de-territoire-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0118/depot/simple</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des demandes
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Candidatures à envoyer à :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a5-soutien-aux-residences-mission-de-territoire-/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>94924</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide &amp;#34;Soutien aux initiatives artistiques et culturelles locales&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : Par ce dispositif, la Région Grand Est décide de contribuer au développement culturel des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir des projets culturels ponctuels sur les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives enrichissant l&amp;#039;offre culturelle dans les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des projets de diffusion culturelle et participer à une démarche d&amp;#039;irrigation des territoires associant praticiens amateurs encadrés par des artistes et des techniciens professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives associatives portant un projet relevant d&amp;#039;une démarche artistique et culturelle favorisant l&amp;#039;accès des citoyens aux différentes formes d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles ou porteuses d&amp;#039;un projet culturel ayant leur siège dans la région Grand Est, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention de fonctionnement. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont traités au fil de l&amp;#039;eau. La date de réception par la Région du dossier complet doit être antérieure de 4 mois avant la date de démarrage de l&amp;#039;opération.
+ &lt;strong&gt;
+  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+ &lt;/strong&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>18/06/2019</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter dans la programmation une ligne éditoriale artistique identifiée et répondant aux exigences techniques et artistiques indispensables à la bonne conduite d&amp;#039;un tel projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à des artistes et des techniciens professionnels,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les manifestations, être d&amp;#039;une durée minimale de 3 jours pour les arts visuels et spectacle vivant ou donner au moins 6 représentations pour le spectacle vivant,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire apparaitre clairement la part artistique dans le budget,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale sachant que la Région ne saurait être le premier financeur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;inscrire dans une dynamique et un rayonnement a minima intercommunal,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant et de arts visuels.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+  &lt;/strong&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-artistiques-et-culturelles-locales/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier de demande de subvention à retourner par email au minimum 4 mois avant la date de démarrage de l&amp;#039;opération à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>131362</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les pratiques artistiques et culturelles en amateur</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pratiques artistiques et culturelles en amateur</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L5" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le dispositif &amp;#34;Aide aux auteurs&amp;#34; comprend trois volets :
-[...506 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+ Le règlement « Aide aux pratiques artistiques et culturelles en amateur » vise à soutenir les associations, les communes et EPCI dans le développement qualitatif des pratiques artistiques et culturelles innovantes, non professionnelles, dans les domaines suivants : musique, danse, théâtre, chant choral, arts visuels, culture numérique, etc..., ainsi que les projets des structures émergentes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="S5" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers seront examinés au regard des éléments suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la qualité artistique et culturelle du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le rayonnement territorial du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diversité des publics cibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les critères suivants seront obligatoirement remplis :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;aide au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un seul financement du conseil départemental par structure,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la conformité de la structure avec la réglementation en vigueur,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le dossier complet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
-[...14 lines deleted...]
-demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_pratiques_amateurs%20modifi%C3%A9%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 86 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5056-accompagner-les-pratiques-artistiques-et-cult/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>138019</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les ateliers artistiques et scientifiques dans les collèges</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux collèges pour développer des ateliers artistiques et scientifiques</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à 700€/atelier (5 ateliers maxi par collège) Aide 1er équipement plafonnée à 30%</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide aux collèges pour développer des ateliers artistique et scientifique auprès des jeunes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collèges public et privé
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ dossier de demande &amp;#43; dépôt sous ADAGE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Annuelle
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Jeunesse
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agrément Rectorat
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Collèges
+&lt;/p&gt;
+&lt;p&gt;
+ Email : &lt;a href="mailto:severine.rancon&amp;#64;hauteloire.fr" target="_self"&gt;colleges&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.69
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cafd-soutenir-les-ateliers-artistiques-et-scientif/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>103382</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Financer la restauration et  l’aménagement des maisons d’artistes remarquables</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et à l’aménagement des maisons d’artistes remarquables</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à 500 000 euros</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région contribue à préserver et favoriser l&amp;#039;ouverture des maisons d&amp;#039;artistes au public. Ces lieux sont constitutifs du patrimoine et témoins de la présence de personnages remarquables.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;aide porte sur des opérations de travaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Restauration du bâtiment (clos et couvert),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures d&amp;#039;urgence,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements intérieurs et extérieurs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr,
+ &lt;/a&gt;
+ la plateforme des aides régionales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40% maximum des dépenses éligibles correspondant au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre, à l&amp;#039;exclusion des postes de dépenses suivants : Acquisitions foncières, études préalables, assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aide-la-restauration-et-lamenagement-des-maisons-dartistes-remarquables</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 91, 92, 95
+ &lt;br /&gt;
+ Cécile Chenot – 01 53 85 78 57
+ &lt;br /&gt;
+ &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  cecile.chenot&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 77, 78, 93, 94
+ &lt;br /&gt;
+ Véronique Cagnon – 01 53 85 57 42
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  veronique.cagnon&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0241-aide-a-la-restauration-et-a-lamenagement-des-/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>111711</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les pratiques artistiques collectives en amateur</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la création pour des concerts / spectacles en amateur</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un spectacle ou d&amp;#039;un concert revêtant un caractère d&amp;#039;ampleur départementale par des associations (troupes, chorales) encadrées par des professionnels du spectacle vivant rémunérés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets seront étudiés au cas par cas.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% des charges artistiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de la subvention : 2.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de la subvention : 500 euros
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet doit être à destination du public charentais
+ &lt;/li&gt;
+ &lt;li&gt;
+  la subvention doit être sollicitée &lt;strong&gt;en amont&lt;/strong&gt; de la première représentation du spectacle
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire intervenir un ou des professionnels du spectacle vivant lors du temps de création ou de présentation
+ &lt;/li&gt;
+ &lt;li&gt;
+  le(s) professionnel(s) doit(vent) être rémunéré(s) pour leur(s) prestation(s)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet doit faire l&amp;#039;objet d&amp;#039;au moins &lt;strong&gt;3 présentations publiques
+ &lt;/strong&gt;&lt;/li&gt;
+ &lt;li&gt;
+  les compagnies professionnelles ne peuvent porter elles-mêmes un projet amateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets en temps scolaires et hors temps scolaires, portés par les collèges ou des associations annexes ne seront pas éligibles sur ce dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus les projets basés sur un événementiel, sur une seule représentation, les stages sans présentation publique soumise à billetterie, les stages qui se déroulent dans des lieux privés (écoles de danse, réservés à des adhérents), les spectacles arts de la rue, les carnavals, les cavalcades, les kermesses, les projets développés en temps scolaire, les cours de théâtre sans objectif de scène
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : ce dispositif ne permet en aucun cas aux troupes en amateur ou chorales de bénéficier de l&amp;#039;aide à la diffusion du spectacle vivant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  les devis signés mentionnant la rémunération et les charges sociales
+ &lt;/li&gt;
+ &lt;li&gt;
+  le curriculum vitae des artistes professionnels associés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  calendrier des représentations (3 au minimum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à la notification de décision ou de la convention, sous réserve de la complétude du dossier
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Action_culturelle/6121_Aide_a_la_creation_Amateur.pdf</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : &lt;span&gt;mars (1ère session) et septembre (2e session) de l’année civile&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La demande doit être déposée 3 mois avant le début du projet de création&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service évènements culturels ; Tél. : 05 16 09 72 95&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6586-soutenir-les-pratiques-artistiques-collective/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>135557</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création artistique sur les territoires - Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Aide au Spectacle vivant (accompagnement des artistes)</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Aide à 2 ans : jusqu à 35% du budget du projet, plafond d’aide de 10.000€ // Aide annuelle : 15% maximum du budget du projet, plafond d aide à 3 000€</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser les créations sur les territoires, leur diffusion et les liens artistes / publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;émergence et le développement d&amp;#039;artistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département  en relation avec leur territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA)&lt;/li&gt;&lt;li&gt;Dossier artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ aide annuelle ou sur deux ans&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention en fonctionnement : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; : &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser les créations sur les territoires, leur diffusion et les liens artistes / publics, l&amp;#039;émergence et le développement d&amp;#039;artistes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Artistes professionnels confirmés dont le siège social est basé dans le département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de territoire (rencontre du public, sensibilisation artistique, étapes de travail publique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de résidence en Haute-Loire avec première du spectacle sur le lieu de résidence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sollicitation d&amp;#039;autres partenariats (DRAC, autres collectivités, organismes culturels)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires : Jérôme TOURNAYRE - &lt;a href="mailto:jerome.tournayre&amp;#64;hauteloire.fr" target="_self"&gt; jerome.tournayre&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 43 53 et Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/daa2-favoriser-les-creations-sur-les-territoires-e/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>153934</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un soutien financiers aux jeunes artistes</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Bourse aux jeunes artistes</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette bourse spécifique est à destination des jeunes talents de la Manche, octroyée à de jeunes artistes, tous secteurs confondus. Elle récompense et/ou aide un jeune repéré comme particulièrement exceptionnel. Cette bourse peut être attribuée à deux types de projets : la formation ou l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Bourse de formation : - Cette bourse à la formation a pour objet le soutien aux frais pédagogiques et de scolarité inhérents à l&amp;#039;inscription des étudiants dans une grande école diplômante : - École Nationale des Beaux-arts, Conservatoire National Supérieur de Musique et de Danse (Paris, Lyon), - Théâtre National de Strasbourg, - Écoles nationales en arts appliqués, - Centre national des arts du cirque - École nationale supérieure des métiers de l&amp;#039;image et du son (la Femis) - Etc
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Bourse d&amp;#039;équipement : Cette aide à l&amp;#039;équipement porte sur le matériel spécifique à la formation concernée (à l&amp;#039;exclusion d&amp;#039;équipement bureautique, de consommables et de projet à caractère immobilier). Elle peut avoir pour objet une acquisition d&amp;#039;instrument, de matériel (arts plastiques ou audiovisuel)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Selon le montant de la dépense engagée et dans la limite de l&amp;#039;enveloppe budgétaire votée, l&amp;#039;aide pourra être modulée de la manière suivante pour les deux types de bourses :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   50% maximum d&amp;#039;une dépense inférieure à 5 000 €
+  &lt;/li&gt;
+  &lt;li&gt;
+   30% maximum d&amp;#039;une dépense comprise entre 5 000 et 12 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le versement pouvant être effectué en une ou plusieurs fois, sur présentation de pièces justifiant des dépenses engagées dans un délai de deux années à compter de la date d&amp;#039;attribution de l&amp;#039;aide. En cas d&amp;#039;abandon de la formation pour des raisons non justifiées, un remboursement pourra être réclamé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La bourse s&amp;#039;adresse aux étudiants résidant dans la Manche depuis 3 années ou plus
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Bourse de formation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Jeunes âgés de moins de 27 ans au 1er octobre de l&amp;#039;année universitaire en cours, de nationalité française ou ressortissants de la CEE.
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Bourse d&amp;#039;équipement :
+&lt;/p&gt;
+&lt;p&gt;
+ jeunes âgés de moins de 30 ans de nationalité française ou ressortissant de la CEE et qui exerceront leur activité principalement dans le département
+&lt;/p&gt;
+&lt;p&gt;
+ Les deux types d&amp;#039;aides sont conditionnés aux ressources de la famille, de celles du tuteur légal de l&amp;#039;étudiant ou, le cas échéant, des ressources de l&amp;#039;étudiant lorsque ce dernier est indépendant fiscalement. Les ressources prises en compte ne doivent dépasser le revenu fiscal de référence de l&amp;#039;année N-2.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/bourse-aux-jeunes-artistes/</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 96 47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e5e-bourse-aux-jeunes-artistes/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>95023</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement des équipes artistiques du Spectacle Vivant</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide financière apportée dans ce cadre recouvre l&amp;#039;activité de la compagnie dans sa totalité, y compris le fonctionnement de l&amp;#039;équipe artistique et les actions de médiation et de travail sur le territoire. Cette aide permet une permanence du travail de création et de diffusion.
+Ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;innovation culturelle en favorisant la création artistique professionnelle d&amp;#039;aujourd&amp;#039;hui en matière de théâtre, de marionnettes, d&amp;#039;arts de la rue, de cirque, de danse, de musique, d&amp;#039;arts de la parole ou de toute forme hybride relevant du spectacle vivant ou mettant l&amp;#039;accent sur la pluridisciplinarité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion qui ont une responsabilité essentielle dans ces domaines,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers du soutien aux projets de création.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention plafonnée à 30 000€
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  toute équipe artistique professionnelle de spectacle vivant ou tout bureau de production accompagnant les équipes artistiques dans leurs projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  toute personne morale publique ou privée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant son siège implanté en région depuis au moins trois ans et y exerçant une activité régulière ou étant accueillie en résidence les 3 dernières années au sein d&amp;#039;une structure culturelle régionale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant bénéficié au moins de 3 des aides suivantes de la Région : « Aide aux projets de création et de reprise – spectacle vivant », « Aide à la diffusion régionale, nationale et internationale – spectacle vivant », « Soutien aux émergences spectacle vivant » ou « Soutien aux résidences artistiques et culturelles – spectacle vivant ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être titulaire d&amp;#039;une licence d&amp;#039;entrepreneur de spectacle de catégorie 2 en cours de validité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  produire le bilan de l&amp;#039;équipe artistique au dépôt du dossier prouvant une diffusion d&amp;#039;au moins 20 représentations sur les 3 dernières années pour le théâtre, le cirque, les arts de la rue et d&amp;#039;au moins 15 représentations pour la musique, la marionnette, le conte et la danse. L&amp;#039;équipe artistique s&amp;#039;engage à maintenir cette visibilité sur la durée du conventionnement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un projet pluriannuel, en termes de création, de diffusion, de projet de territoire, d&amp;#039;action culturelle, mettant en avant notamment : une stratégie de développement et une progression de la reconnaissance régionale voire nationale, – une évolution de la structuration administrative, – des partenariats avec des structures culturelles professionnelles, sous forme de coproductions, coréalisations, achats et préachats, accueil en résidence, mise à disposition ou valorisation en nature.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un budget global de fonctionnement de la structure sur 3 ans, sur la base de budgets prévisionnels annuels détaillés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-triennale-developpement-equipes-artistiques-spectacle-vivant/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Date limite pour le dépôt des dossiers
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   30 septembre 2020
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+   culture-subvention&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+   versements-creation&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1515-aide-triennale-au-developpement-des-equipes-a/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>120735</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Financer la restauration et l’aménagement des maisons d’artistes remarquables</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et à l'aménagement des maisons ou des ateliers d'artistes remarquables</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région contribue à préserver et favoriser l&amp;#039;ouverture des maisons d&amp;#039;artistes au public. Ces lieux sont constitutifs du patrimoine et témoins de la présence de personnages remarquables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant et taux
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40% maximum des dépenses éligibles correspondant au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre, à l&amp;#039;exclusion des postes de dépenses suivants : Acquisitions foncières, études préalables, assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    L&amp;#039;aide régionale est plafonnée à 500.000€.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide porte sur des opérations de travaux :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Restauration du bâtiment (clos et couvert),
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Mesures d&amp;#039;urgence,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Aménagements intérieurs et extérieurs.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les propriétaires publics et privés de maisons ou d&amp;#039;ateliers d&amp;#039;artistes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement doit avoir fait l&amp;#039;objet d&amp;#039;un projet culturel et bénéficier d&amp;#039;une expertise scientifique. La présence, le témoignage ou la trace tangibles de l&amp;#039;artiste ayant vécu sur place doivent être attestés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les établissements bénéficiant du label délivré par la DRAC « Maisons des illustres » sont également concernés par le dispositif.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-lamenagement-des-maisons-ou-des-ateliers-dartistes-remarquables</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 91, 92, 95
+ &lt;br /&gt;
+ Cécile Chenot – 01 53 85 78 57
+ &lt;br /&gt;
+ &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  cecile.chenot&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 77, 78, 93, 94
+ &lt;br /&gt;
+ Véronique Cagnon – 01 53 85 57 42
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  veronique.cagnon&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5ec-aide-a-la-restauration-et-a-lamenagement-des-/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>144488</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Aider à la commande artistique dans le domaine des arts contemporains</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Aide à la commande artistique</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Max : 45</t>
         </is>
       </c>
-      <c r="J6" s="1" t="inlineStr">
+      <c r="J15" s="1" t="inlineStr">
         <is>
           <t>Commandes ⩾ à 6000 €, aide ≤ 45 %, plafond 5000 € (œuvre espace public) 15000 € (œuvre monumentale)</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La commande publique dans le domaine des arts contemporains offre une double opportunité :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    mettre à la disposition des artistes les moyens de réaliser des projets ambitieux nécessitant un soutien de la part des collectivités publiques ;
   &lt;/li&gt;
   &lt;li&gt;
    contribuer à l&amp;#039;amélioration de la qualité esthétique des espaces publics et à la présence de l&amp;#039;art au plus près de la population.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La réglementation dite du « 1 % artistique » fait obligation, à l&amp;#039;occasion de la construction ou de l&amp;#039;extension de certains bâtiments publics, d&amp;#039;affecter 1 % du montant de l&amp;#039;investissement à la réalisation d&amp;#039;une ou de plusieurs œuvres d&amp;#039;art contemporain spécialement conçues pour ces lieux (Code général des collectivités territoriales Article L1616-1) ; en dehors de cette procédure, les collectivités peuvent prendre toute initiative qu&amp;#039;elles jugent utile et définir leurs propres procédures.
 &lt;/p&gt;
 &lt;p&gt;
  Dans les deux cas, le Département entend accompagner les communes et les groupements de communes dans leurs efforts en faveur de la commande artistique.
 &lt;/p&gt;
 &lt;p&gt;
  Une aide départementale peut être octroyée aux communes ou aux groupements de communes pour l&amp;#039;intégration d&amp;#039;œuvres d&amp;#039;art contemporain à de nouveaux programmes urbains ou environnementaux :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    construction d&amp;#039;un nouveau bâtiment public (dans le cadre du « 1 % artistique »),
   &lt;/li&gt;
   &lt;li&gt;
    aménagement de l&amp;#039;espace urbain ou naturel (signalétique, traitement d&amp;#039;un site, requalification d&amp;#039;un monument historique ou d&amp;#039;un jardin, mobilier urbain...),
   &lt;/li&gt;
   &lt;li&gt;
    aménagement d&amp;#039;un équipement public (espace d&amp;#039;accueil ou d&amp;#039;attente, moyen de transport, parking...).&amp;#34;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Arts plastiques et photographie
 Espace public</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;œuvre concernée devra faire l&amp;#039;objet d&amp;#039;une commande publique, dans le respect de la réglementation du code des marchés publics.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intervention artistique souhaitée ne doit pas se limiter à l&amp;#039;implantation d&amp;#039;une œuvre isolée ; elle doit être considérée dans son contexte environnemental (géographique, architectural, social...) et dans une relation forte au public.
 &lt;/p&gt;
 &lt;p&gt;
  Seules les commandes d&amp;#039;un coût supérieur ou égal à 6 000 € sont concernées par cette aide.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=141</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
   culture&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/11a2-aider-a-la-commande-artistique/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...125 lines deleted...]
-      <c r="E8" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>145879</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les résidences territoriales artistiques et culturelles en milieu scolaire</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Résidence territoriale artistique et culturelle en milieu scolaire</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
-[...829 lines deleted...]
-      <c r="F10" s="1" t="inlineStr">
+      <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Direction des Affaires Culturelles (DAC) - La Réunion</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I10" s="1" t="inlineStr">
+      <c r="I16" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les résidences d&amp;#039;artistes permettent de soutenir la démarche artistique personnelle et innovante d&amp;#039;un artiste ou d&amp;#039;un collectif, en ouvrant un espace de recherche, de création et de transmission au sein d&amp;#039;un établissement scolaire. Ces projets d&amp;#039;éducation artistique et culturelle se font en partenariat étroit avec les équipes pédagogiques des établissements scolaires, au bénéfice de tous les élèves.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la résidence territoriale artistique et culturelle ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La résidence territoriale artistique et culturelle en milieu scolaire a pour ambition de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   participer au développement de
   &lt;a href="https://www.education.gouv.fr/l-education-artistique-et-culturelle-7496" rel="noopener" target="_blank"&gt;
    l&amp;#039;éducation artistique et culturelle
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   construire une collaboration entre des professionnels des métiers artistiques et culturels, des équipes éducatives et un nombre conséquent de classes
  &lt;/li&gt;
@@ -2603,108 +2955,108 @@
  &lt;li&gt;
   la faisabilité technique et financière du projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ouverture du dépôt des dossiers : 31 juillet 2023.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Date limite de dépôt des dossiers : 08 octobre 2023, 23h59 (heure de Paris)
   &lt;/strong&gt;
   . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
  &lt;/li&gt;
  &lt;li&gt;
   Annonce des résultats : à l&amp;#039;issue de la Commission de sélection, les usagers recevront un avis favorable ou défavorable à leur demande via la plateforme Démarches Simplifiées.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M10" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   « Faire chemin » par GPSEO (Grand Paris Seine et Oise)– 91 – 11 000 € - Académie de Versailles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  « Faire chemin » est un projet pluridisciplinaire proposant une approche sensible du territoire par le biais de la marche, la photographie, le son et l&amp;#039;écriture.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet permet de créer des romans photos à partir de la matière accumulée, en s&amp;#039;appuyant sur les événements culturels, le maillage des acteurs en mettant en échos leurs ateliers à l&amp;#039;effervescence culturelle du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Partenariat avec : lycée professionnel et des métiers Adrienne Bolland(pilote)/ Collège Les Châtelaines de Triel-sur-Seine, Collège Flora Tristan de Carrières-sous-Poissy, Collège Jacques Cartier d&amp;#039;Issou, Collège Galilée de Limay, Collège René Cassin de Chanteloup-les-Vignes, Lyée Camille Claudel de Mantes-la-Ville, IME Les Papillons Blancs de Conflans-Sainte-Honorine, IME Beuil-Bois-Robert de Beuil-Bois-Robert.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   « Craft » par La compagnie Keatbeck – 75 – 10 000 € - Académie de Paris
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  C R A F T est une création contemporaine, un projet de vidéo-danse immersif et participatif, qui a pour objectif de créer des vidéos autour de créations chorégraphiques, à travers différents ateliers de pratiques artistiques (chorégraphie, danse, vidéo, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Les élèves vont à la découverte de métiers d&amp;#039;artisanat d&amp;#039;art rares dans des lycées professionnels et centres de formation, « collectent » les gestes inhérents à ces métiers, les traduisent en chorégraphies, et réalisent ensuite des vidéos à partir de ces chorégraphies.
 &lt;/p&gt;
 &lt;p&gt;
  Ce projet est mené en partenariat avec le centre Pompidou.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   « Nos lendemains qui chantent » par PIVO (Pôle itinérant en Val-d&amp;#039;Oise) - 95 - (résidence territoriale en ruralité) – 11 000 € - Académie de Versailles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Imaginons un groupe de jeunes livrés à eux-mêmes en l&amp;#039;absence de tout adulte. Quelle seraient leurs discussions sur l&amp;#039;état de notre monde, que voudraient-ils changer ? Comment voudraient ils imaginer leurs lendemains ? Seuls ou en groupe, ils pourraient rejouer les conflits, les luttes, les rêves, les fantasmes, qu&amp;#039;ils soient d&amp;#039;une beauté ou d&amp;#039;une cruauté extrême, s&amp;#039;interroger sur leurs désirs, leurs utopies, et dénoncer à travers leurs idéaux les antagonismes belliqueux qui déchirent nos sociétés contemporaines.
 &lt;/p&gt;
 &lt;p&gt;
  Nous souhaitons ainsi organiser un État Général des Utopies avec des élèves afin de les inviter à réfléchir à ce que serait leur société idéale, et ce faisant, interroger leur capacité à apporter une réponse aux errements de ses aînés. Nous nous demanderons notamment si les utopies portées par les nouvelles générations sont motivées par une construction ou une déconstruction de notre société... et quel projet d&amp;#039;utopies articulant écriture, théâtre, arts visuels, arts numériques, ils créeront lors de cette résidence.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Jeunesse
 Education et renforcement des compétences
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises privées
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises publiques locales
  &lt;/li&gt;
  &lt;li&gt;
   EPCI à fiscalité propre
  &lt;/li&gt;
  &lt;li&gt;
   Établissements de recherche
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics / Services de l&amp;#039;État
  &lt;/li&gt;
@@ -2734,8765 +3086,4115 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères de non-éligibilité du projet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ne sont pas éligibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;absence de processus de recherche et de création
  &lt;/li&gt;
  &lt;li&gt;
   les projets de diffusion exclusive d&amp;#039;une création déjà existante
  &lt;/li&gt;
  &lt;li&gt;
   une résidence se déroulant sur une durée inférieure à trois mois
  &lt;/li&gt;
  &lt;li&gt;
   un dossier administratif incomplet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/residence-territoriale-artistique-et-culturelle-en-milieu-scolaire</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour toute question sur les résidences de recherche et de création en territoire , vous êtes invités à vous adresser à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction des Affaires Culturelles de La Réunion (DAC Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  Emails :
  &lt;a href="mailto:nicolas.stojcic&amp;#64;culture.gouv.fr" target="_self"&gt;
   nicolas.stojcic&amp;#64;culture.gouv.fr
  &lt;/a&gt;
  ;
  &lt;a href="mailto:marie-dominique.picard&amp;#64;culture.gouv.fr" target="_self"&gt;
   marie-dominique.picard&amp;#64;culture.gouv.fr
  &lt;/a&gt;
  ;
  &lt;a href="mailto:karine.saingainy&amp;#64;culture.gouv.fr" target="_self"&gt;
   karine.saingainy&amp;#64;culture.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 0692 45 99 47
 &lt;/p&gt;
 &lt;p&gt;
  23 Rue Labourdonnais 97400 Saint-Denis
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dépôt des dossiers ouvrira le 31 juillet 2023.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/36db-residence-territoriale-artistique-et-culturel/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G11" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>30638</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la programmation artistique de la saison (arts de la scène)</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
-[...20 lines deleted...]
-  Encourager la mise en réseau et la collaboration des structures d&amp;#039;accueil de projets artistiques
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La circulation des artistes et des œuvres est à la fois un outil de développement privilégié pour les équipes artistiques et un enjeu majeur pour l&amp;#039;aménagement culturel du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un développement des publics par le biais d&amp;#039;actions de médiation et de sensibilisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour des projets artistiques des équipes en région et des territoires de proximité.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
-[...148 lines deleted...]
- Délibération n°7528 du 27 avril 2020
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures de diffusion assurant une programmation professionnelle annuelle, généraliste ou spécialisée, jouant un rôle significatif dans l&amp;#039;aménagement du territoire régional. Ces structures s&amp;#039;engagent en particulier dans l&amp;#039;accueil des équipes régionales et la diffusion des œuvres dans un cadre cohérent et réglementé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale tend notamment à favoriser la prise de compétence culturelle des communautés de communes. Elle encourage ainsi le développement culturel au travers de programmes d&amp;#039;actions de qualité intégrant la diffusion de spectacles professionnels et la sensibilisation des publics.
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O11" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
-[...96 lines deleted...]
- Collectivités, associations, scop, scic, artistes auteurs ou créateurs (justifier l&amp;#039;adhésion à une caisse de cotisations sociales – URSSAF, AGESSA , Maison des Artistes -, ou artiste libre – disposer d&amp;#039;un n° de SIREN et code APE fourni par l&amp;#039;URSSAF, statut 9003 B ou A).
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de saisons soutenus par la Région doivent faire apparaître :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une programmation professionnelle de qualité constituée d&amp;#039;un minimum de 12 dates, portée par un opérateur structuré juridiquement mobilisant des moyens et compétences adaptés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité d&amp;#039;offrir aux artistes des conditions d&amp;#039;accueil professionnelles : plateau en ordre de marche, moyens techniques et humains nécessaires au bon déroulement de la représentation, communication de la programmation à destination du public et des réseaux professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la présence d&amp;#039;au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions culturelles en direction des publics, en lien avec la programmation
+  &lt;/li&gt;
+  &lt;li&gt;
+   une programmation de spectacles en contrats de cession ou, le cas échéant, avec une prise en charge directe des salaires des artistes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la détention par le demandeur de la licence d&amp;#039;entrepreneur de spectacles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ dépenses artistiques : achats de spectacles, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur ;
+&lt;/p&gt;
+&lt;p&gt;
+ dépenses techniques : location de matériel technique, salaires de personnels intermittents.
+&lt;/p&gt;
+&lt;p&gt;
+ Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode de calcul du temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+ la valorisation du bénévolat et des mises à disposition en nature, les dotations aux amortissements et aux provisions, les impôts et taxes, les intérêts des emprunts et les agios.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérateurs devront garantir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;intérêt de la programmation : prise de risque artistique, programmation réservant une place aux propositions destines au jeune public, aux esthétiques dont la diffusion est la plus fragile, telles que la danse contemporaine, la musique contemporaine, les arts de la marionnette, par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un travail en complémentarité avec les acteurs culturels du territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le cas échéant, des projets de saisons réalisés sur plusieurs sites de diffusion pourront faire l&amp;#039;objet d&amp;#039;une demande de subvention à la Région, sous réserve du respect des critères d&amp;#039;éligibilité listés ci-dessus, si le projet est pensé de manière collégiale et présente une cohérence territoriale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Peuvent également être retenus les projets de saison mettant en avant des logiques de coopération et de partenariat entre acteurs culturels régionaux, notamment dans le cadre de réseaux régionaux de soutien à la création et à la diffusion.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-saison</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5251-arts-de-la-scene-aide-a-la-saison/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G12" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>162753</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; favoriser la permanence d’artistes professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt;encourager leur rayonnement en région et à l’échelle nationale et internationale&lt;/li&gt; 	&lt;li&gt; soutenir l’emploi des artistes professionnels&lt;/li&gt; 	&lt;li&gt; soutenir la création et la production dans la pluralité des esthétiques musicales&lt;/li&gt; 	&lt;li&gt;encourager la rencontre avec les publics les plus diversifiés et les acteurs des territoires&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les équipes artistiques professionnelles ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt; Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;Ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;En conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt; Subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dans le cadre d’une action spécifique de résidence pourront être éligibles des projets portés par des associations autour d’une équipe artistique professionnelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les compagnies&lt;/li&gt; 	&lt;li&gt;Groupes et ensembles de pratiques amateurs (orchestres, harmonies, chorales, etc.)&lt;/li&gt; 	&lt;li&gt;Les autres structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;Les communes et intercommunalités et leurs établissements publics&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt;les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt;les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes et vrd.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt;les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt;les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes et vrd.&lt;/p&gt; &lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-artistes-musique-theatre-arts-du-mouvement</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-artistes-musique-theatre-arts-du-mouvement/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>153930</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures de développement et de diffusion culturelle et les équipes artistiques</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Structures et actions d&amp;rsquo;intérêt départemental ou supra-départemental dans le domaine culturel</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de soutenir les structures de développement et de diffusion culturelle et les équipes artistiques (tous secteurs confondus : arts plastiques, audiovisuel, livre et lecture, musiques, patrimoine, spectacle vivant).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment bénéficier de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt de la demande d&amp;#039;aide :
+La demande pour l&amp;#039;année N doit être déposée sur la plateforme à la mi-octobre de l&amp;#039;année N-1.
+Exemple : le Département n&amp;#039;instruit plus de demandes de subventions pour l&amp;#039;année 2024 ; pour les demandes de 2025, elles peuvent être déposées jusqu&amp;#039;au dimanche 15 octobre 2024.;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Adéquation du projet avec les objectifs départementaux &amp;#34;partagés&amp;#34; avec les opérateurs locaux :
+&lt;/p&gt;
+&lt;p&gt;
+ - caractère professionnel de l&amp;#039;organisation,
+&lt;/p&gt;
+&lt;p&gt;
+ - respect de la réglementation,
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser des partenaires et travail en réseau,
+&lt;/p&gt;
+&lt;p&gt;
+ - rayonnement de l&amp;#039;action et cohérence action/territoire (action en territoire rural déficitaire, action structurante en
+&lt;/p&gt;
+&lt;p&gt;
+ - territoire urbain, absence de concurrence/thématique),
+&lt;/p&gt;
+&lt;p&gt;
+ - impact du projet en termes de dynamique et d&amp;#039;attractivité du territoire,
+&lt;/p&gt;
+&lt;p&gt;
+ - reconnaissance ou label culturel,
+&lt;/p&gt;
+&lt;p&gt;
+ - inscription dans une démarche de développement durable (éco-festival),
+&lt;/p&gt;
+&lt;p&gt;
+ - ouverture au plus grand nombre.,
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Qualité du projet ou de l&amp;#039;action :
+&lt;/p&gt;
+&lt;p&gt;
+ - risque artistique avéré,
+&lt;/p&gt;
+&lt;p&gt;
+ - développement d&amp;#039;actions périphériques,
+&lt;/p&gt;
+&lt;p&gt;
+ - maturité de l&amp;#039;action et identité culturelle.,
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Mobilisation des financements :
+&lt;/p&gt;
+&lt;p&gt;
+ - implication des collectivités locales,
+&lt;/p&gt;
+&lt;p&gt;
+ - participation d&amp;#039;autres partenaires publics et privés,
+&lt;/p&gt;
+&lt;p&gt;
+ - autofinancement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/structures-et-actions-dinteret-departemental-ou-supra-departemental-dans-le-domaine-culturel/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e855-structures-et-actions-drsquointeret-departeme/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>121758</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des projets artistiques dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'accompagnement de projets artistiques dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>La Région encourage les lieux et opérateurs à développer des synergies et à mutualiser leurs moyens pour mieux accompagner les équipes artistiques.
+&lt;br /&gt;
+&lt;p&gt;
+ Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant. 
+L&amp;#039;aide au projet d&amp;#039;accompagnement n&amp;#039;est pas cumulable avec l&amp;#039;aide aux pôles de coopération territoriale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dépôt du 7 novembre 2022 au 15 février 2023
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   à 11 heures
+  &lt;/strong&gt;
+  pour des projets d&amp;#039;accompagnement pouvant débuter à partir du 25 janvier 2023 et non achevé en juin 2023 (dans la perspective d&amp;#039;un vote en juillet 2023).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Calendrier de la session du 2
+   e
+   semestre 2023 en cours de définition.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Région souhaite encourager et soutenir les créations en langues régionales et leur diffusion, ainsi que la professionnalisation des compagnies et groupes dont les matériaux de création sont les langues catalane et/ou occitane.
-[...2 lines deleted...]
- Objectifs : Soutenir la création en langue catalane et/ou occitane dans les domaines du théâtre, de la musique, de la danse, de la littérature, de l&amp;#039;édition et de l&amp;#039;audiovisuel.
+ Personnes morales de droit public ou privé ayant au moins un an d&amp;#039;existence, dont l&amp;#039;activité relève du champ du spectacle vivant, ayant leur siège en Île-de-France. 
+Les structures doivent être dotées de moyens humains, logistiques et techniques professionnels suffisants pour garantir la faisabilité du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle doit respecter les différentes législations en vigueur et être notamment titulaire de la licence d&amp;#039;entrepreneur de spectacles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures adhérant à la convention collective nationale du spectacle vivant privé ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques ne sont pas éligibles au dispositif.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le soutien régional est plafonné à 50% du budget projet d&amp;#039;accompagnement, dans la limite de 40.000€.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des cofinanceurs éventuels.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet porté par la structure candidate doit associer plusieurs structures professionnelles franciliennes. Ces structures s&amp;#039;engagent à mutualiser leurs moyens et compétences en vue d&amp;#039;un projet commun. Le projet doit concerner un nombre significatif d&amp;#039;équipes artistiques ou de projets artistiques professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une aide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   À
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   l&amp;#039;incubation de projets artistiques et au compagnonnage.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Cette aide vise à offrir aux artistes une aide à la structuration économique, administrative, à l&amp;#039;insertion professionnelle, à la mise en réseau.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et/ou :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Au repérage artistique et à la visibilité.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Cette aide vise à valoriser des projets artistiques en cours de création ou déjà finalisés, en vue de leur production et de leur diffusion, et à encourager la rencontre et les collaborations entre des artistes et des structures professionnelles.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plus de détails dans la délibération.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Avant tout dépôt veuillez contacter la ou le chargé de mission selon l&amp;#039;esthétique concernée par votre projet d&amp;#039;accompagnement. Merci de retenir que le dépôt du dossier doit avoir lieu 4 mois avant le début de votre projet.
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-laccompagnement-de-projets-artistiques-dans-le-domaine-du-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Chargés de mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Camille Hervé
+  &lt;/span&gt;
+  | Théâtre |
+  &lt;a href="mailto:camille.herve&amp;#64;iledefrance.fr"&gt;
+   camille.herve&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marion Langlois de Septenville | Musique et opéra |
+  &lt;a href="mailto:Marion.langloisdeseptenville&amp;#64;iledefrance.fr"&gt;
+   marion.langloisdeseptenville&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Olivier Moreau | Musiques actuelles |
+  &lt;a href="mailto:olivier.moreau&amp;#64;iledefrance.fr"&gt;
+   olivier.moreau&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Anne Routin | Danse et théâtre |
+  &lt;a href="mailto:anne.routin&amp;#64;iledefrance.fr"&gt;
+   anne.routin&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isabelle Roux | Arts de la rue, cirque, marionnettes, jeune public |
+  &lt;a href="mailto:isabelle.roux&amp;#64;iledefrance.fr"&gt;
+   isabelle.roux&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0bb6-aide-a-laccompagnement-de-projets-artistiques/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>155124</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des espaces de diffusion et de pratiques artistiques et culturelles</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Espaces de création, de diffusion et de pratiques artistiques et culturelles (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;espaces de diffusion et de pratiques artistiques et culturelles : cinémas, théâtres, salles de concert, salles culturelles, résidences d&amp;#039;artistes, établissements d&amp;#039;enseignement de musique, de danse, du théâtre, des arts du cirque et des arts visuels...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Note d&amp;#039;opportunité développant le projet culturel ou le projet d&amp;#039;établissement, le budget de fonctionnement prévisionnel pluriannuel et le partenariat développé sur le territoire avec les acteurs culturels, éducatifs, sociaux, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bâtiments et construction
+Réhabilitation
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la politique du Conseil départemental de soutien aux enseignements artistiques et aux pratiques artistiques amateurs : nécessité d&amp;#039;une réflexion à l&amp;#039;échelle communautaire pour travail en réseau, justification de l&amp;#039;équipement au regard du maillage d&amp;#039;équipements culturels et des activités proposées sur le territoire, avis technique possible dans le cadre d&amp;#039;un aménagement de salle culturelle...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : étude de faisabilité, études de conception, études environnementales, études techniques, études acoustiques, études paysagères, études énergétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, études de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagement extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition ou renouvellement des matériels scéniques (équipements sons et lumières, gradins, praticables...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non-collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-de-creation-de-diffusion-et-de-pratiques-artistiques-et-culturelles-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2b5-espaces-de-creation-de-diffusion-et-de-pratiq/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>120029</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la pratique d'activités sportives, culturelles ou artistiques</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Tattoo Isère</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Isère</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A compter de la prochaine rentrée scolaire 2022, le Département de l&amp;#039;Isère en partenariat avec la CAF lance un nouveau dispositif : la carte Tattoo qui remplace le Pack&amp;#039;loisirs. Il permettra aux collégiens isérois ayant souscrit gratuitement au dispositif de bénéficier de 60 € pour les dépenses liées aux activités sportives, culturelles ou artistiques annuelles. Ce montant sera bonifié par la CAF de l&amp;#039;Isère à hauteur de 45 € pour les activités culturelles et artistiques des familles dont le quotient familial est inférieur à 800. Les dépenses de librairies seront également possibles dans la limite de 10 € par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est gratuit, accessible à toute personne scolarisée en collège public ou privé en Isère. Les associations partenaires du dispositif pourront utiliser l&amp;#039;outil de paiement dématérialisé afin d&amp;#039;effectuer les transactions directement entre le collégien et l&amp;#039;association. Il leur est également possible de proposer des &amp;#34;bons plans&amp;#34; portant sur des activités ponctuelles (forfait de ski, sorties cinémas ou théatre, etc...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le collégien est inscrit dans un collège isérois, ou sur les communes limitrophes. Il doit s&amp;#039;inscrire (gratuit) au dispositif pour recevoir sa carte de paiement et bénéficier de la cagnotte de 60€ à la rentrée scolaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations partenaires sont sous convention leur permettant d&amp;#039;encaisser la cagnotte pour une inscription à une activité
+ annuelle
+ et recevoir le remboursement sous 4 semaines.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.isere.fr/carte-tattoo</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://isereconnect.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  tattoo&amp;#64;isere.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>theophile.vadin@isere.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/945d-carte-collegien-tattoo-isere/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>10304</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Programmer des spectacles présentés par des équipes artistiques régionales</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets soutenus par la Région doivent permettre :
+  &lt;/li&gt;
+  &lt;li&gt;
+   un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ L&amp;#039;aide accordée ne peut excéder 50% du montant mentionné dans le contrat de cession. Son montant ne peut être inférieur à 500 €  (plancher) et supérieur à 2 000 € (plafond). Le montant annuel cumulé pour un même programmateur est limité à 4 000 €, pour un maximum de 5 représentations par an. Dépenses éligibles : Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
+ &lt;p&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...3 lines deleted...]
-&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   la création et la maintenance de sites Internet
-[...2 lines deleted...]
-   la diffusion de CD.
+   Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...71 lines deleted...]
- Pour les compagnies déjà structurées, il s&amp;#039;agit alors d&amp;#039;émarger sur les critères des dispositifs génériques accompagnant le spectacle vivant.
+</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine  Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : artsetspectaclevivant&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X12" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04bb-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>137950</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les établissements d enseignements artistiques (musique, danse, théâtre)</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au fonctionnement des établissements d enseignements artistiques (musique, danse, théâtre)</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Forfait en fonction des type d établissement défini dans le schéma</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...82 lines deleted...]
-&lt;/ul&gt;
+ Soutien au fonctionnement de l&amp;#039;établissement intégré au schéma départemental des enseignements artistiques (musique, danse, théâtre).
+&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
- tout public et public cible politique culturelle
-[...2 lines deleted...]
-&lt;/li&gt;&lt;/ul&gt;
+ élèves / jeunes inscrits dans les établissements ; mais aussi habitants des territoires
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier spécifique de demande de
+     subvention complété&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récurrence de l&amp;#039;aide :
  &lt;/strong&gt;
- aide annuelle ou sur deux ans
-[...1 lines deleted...]
-&lt;/p&gt;
+ annuelle&lt;/p&gt;&lt;p&gt;Pour
+le formulaire spécifique de demande de subvention : se rapprocher du
+gestionnaire &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Education et renforcement des compétences
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;Être intégré au schéma départemental des enseignements artistiques.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Favoriser les créations sur les territoires, leur diffusion et les liens artistes / publics, l&amp;#039;émergence et le développement d&amp;#039;artistes.
-[...56 lines deleted...]
- &lt;/strong&gt;
+ -    Elus du Département de la Haute-Loire :
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ -    Service gestionnaire :
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
- Direction Déléguée Culture et Patrimoine &lt;br /&gt;&lt;/p&gt;&lt;p&gt;culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;br /&gt;&lt;/p&gt;
-[...5 lines deleted...]
-      <c r="Y13" s="1" t="inlineStr">
+ Direction Déléguée Culture et Patrimoine - &lt;a href="mailto:emilie.langlois&amp;#64;hauteloire.fr" target="_self"&gt;culture.patrimoine&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 04 43 76&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaire : Emilie LANGLOIS - emilie.langlois&amp;#64;hauteloire.fr - 04 71 07 40 28
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ff2-soutenir-le-fonctionnement-du-schema-departem/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>120634</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets culturels et artistiques organisés pendant l’été</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;apos;Été culturel</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
+Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
+        <is>
+          <t>12.000€</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le ministère de la Culture et le ministère de la Justice soutiennent le développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse, en allouant une subvention aux organisateurs de tels projets.
-[...8 lines deleted...]
-  Depuis le premier protocole d&amp;#039;accord signé en 1986, la politique interministérielle Culture &amp;amp; Justice a pour objectif de mettre en œuvre, pour les personnes placées sous main de justice, une politique culturelle de qualité.
+ Afin de favoriser la participation à la vie culturelle, le ministère de la Culture apporte son soutien à des projets culturels et artistiques organisées pendant l&amp;#039;été.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre structure propose un projet culturel en été ? Le ministère de la Culture apporte un soutien financier à des projets culturels et artistiques en ce sens, organisés en juillet et en août.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que l&amp;#039;été culturel ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancé en 2020, l&amp;#039;été culturel est une opération nationale visant à
+ &lt;strong&gt;
+  soutenir des propositions artistiques et culturelles
+ &lt;/strong&gt;
+ (concerts, représentations, ateliers, projets participatifs...), toutes disciplines confondues, ayant lieu en juillet et août. Ces  projets peuvent être proposés par une association, un particulier, une collectivité (territoriale, régionale, départementale, communale), un établissement public ou bien un organisme privé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de la démarche
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser la participation à la vie culturelle, avec des
+  &lt;strong&gt;
+   propositions gratuites accessibles à toutes et tous
+  &lt;/strong&gt;
+  , ciblant en particulier les Français ne partant pas en vacances, les jeunes publics et les publics empêchés (personnes âgées résidant en EHPAD, personnes en établissements pénitentiaires, personnes en établissements de soin ou en situation de handicap).
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Faciliter
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   l&amp;#039;insertion professionnelle
+  &lt;/strong&gt;
+  des jeunes diplômés d&amp;#039;établissements d&amp;#039;Enseignement Supérieur Culture (ESC).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dans cette optique, le ministère de la Culture favorise l&amp;#039;accès de tous et de chacun, et notamment des personnes les plus éloignées voire exclues, à l&amp;#039;art et à la culture. L&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; soutient, dans les établissements pénitentiaires et les services de la protection judiciaire, un programme d&amp;#039;actions culturelles en liaison avec les collectivités territoriales et les organismes qui souhaiteraient s&amp;#039;associer au projet.
-[...136 lines deleted...]
-  les artistes, collectifs d&amp;#039;artistes ou professionnels de la culture (journaliste etc.) justifiant :
+ &lt;strong&gt;
+  Une attention particulière est portée aux territoires prioritaires
+ &lt;/strong&gt;
+ &lt;span&gt;
+  : les quartiers prioritaires de la politique de la ville et les zones rurales. L&amp;#039;été culturel est un facteur d&amp;#039;attractivité des territoires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Dans le cadre du plan été culturel lancé en 2020, la DRAC des Hauts-de-France a créé le programme de diffusion artistique à es fins d&amp;#039;éducation artistique et culturelle &amp;#34;Plaines d&amp;#039;été&amp;#34; afin de :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  - soutenir directement les artistes et compagnies souhaitant investir la période estivale de propositions d&amp;#039;impromptus artistiques
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   dans des lieux qui ne sont pas dédiés à la culture
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   prenant des formes légères et courtes
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   faisant régulièrement usage de l&amp;#039;effet de surprise
+  &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
- - d&amp;#039;une structuration juridique au moment de leur inscription (intermittence, maison des artistes, autoentrepreneur etc.) ou ayant recours à une personne morale pour soutenir leur activité (ex. : coopérative d&amp;#039;activité et d&amp;#039;emploi
+ - proposer une présence artistique visant en priorité
 &lt;/span&gt;
 &lt;br /&gt;
-&lt;span&gt;
-[...5 lines deleted...]
-  les établissements et services pénitentiaires et de la protection judiciaire de la jeunesse
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   les habitants non forcément usagers de l&amp;#039;offre culturelle
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   qui ne partent pas en vacances.
+  &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...64 lines deleted...]
-  Pertinence des objectifs et des modalités pratiques de l&amp;#039;évaluation
+ &lt;span&gt;
+  Les impromptus peuvent être suivis d&amp;#039;un moment de médiation et d&amp;#039;échanges avec le public si le lieu / site et le moment retenus s&amp;#039;y prêtent.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;association CARMEN, missionnée par la DRAC Hauts de France, a conçu un blog avec des journalistes et des réalisateurs professionnels membres du réseau EMi&amp;#039;cycle – réseau d&amp;#039;acteurs de l&amp;#039;éducation aux médias et à l&amp;#039;information des Hauts-de-France. Le blog &amp;#34;Plaines d&amp;#039;été&amp;#34; jouera un rôle de coordination pour les artistes et permettra de communiquer sur les impromptus artistiques.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Montant de la subvention
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Chaque équipe ou artiste retenu sera accompagnée par la DRAC Hauts-de-France à hauteur de 12 000 €.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Modalités d&amp;#039;attribution de la subvention
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La subvention est versée dans son entièreté dès que les résultats de la commission sont connus et que le dossier de subvention est complet.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dans le cadre de l&amp;#039;Eté culturel 2022, en Normandie, dix musiciens à vélos ont proposé des concerts, une découverte des instruments baroques, des étapes cyclistes avec le public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une compagnie a proposé dans des quartiers prioritaires de la métropole de Bordeaux des ateliers de médiation ainsi que la création d&amp;#039;un spectacle de danse verticale par les artistes et les habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En Martinique, des comédiens ont animé le quotidien des personnes âgées et des équipes de 4 EHPAD. Ces derniers ont découvert la nouvelle création de la compagnie, ont participé à des ateliers et se sont laissés surprendre par des jeux de clown impromptus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En Grand Est, le dispositif Jeunes ESTivants a compté 63 projets artistiques, 210 jeunes artistes et 60 lieux mobilisés en 2021.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
-[...424 lines deleted...]
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
+Sports et loisirs
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour être éligibles à un financement, les projets devront remplir les conditions suivantes :
-[...17 lines deleted...]
-  reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont sollicités dans ce cadre des compagnies ou collectifs artistiques, des ensembles musicaux ou vocaux, des regroupements factuels d&amp;#039;artistes, des artistes des arts visuels, des artistes auteurs illustrateurs – tous professionnels souhaitant s&amp;#039;engager collectivement ou individuellement dans la réalisation de ces impromptus.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces artistes et compagnies doivent avoir une expérience professionnelle dans les Hauts-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures culturelles, lieux de diffusion et agences de production ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes ou artistes, volontaires et autonomes, doivent proposer au minimum 10 impromptus artistiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de courte durée (n&amp;#039;excédant pas 45 minutes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  au dispositif technique le plus léger possible
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettant leur diffusion en une grande diversité de lieux/sites et à toutes sortes de moments
+ &lt;/li&gt;
+ &lt;li&gt;
+  se déroulant au cours de la période allant du 1er juin au 30 septembre 2023.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Une formation préalable est attendue pour chaque projet à destination des différents acteurs, notamment les animateurs encadrant les jeunes. Cette formation peut être dispensée par l&amp;#039;établissement patrimonial, par une structure d&amp;#039;accueil de jeunes et/ou un réseau d&amp;#039;éducation populaire (dans le cadre d&amp;#039;un seul projet ou pour un territoire plus vaste et pour plusieurs projets mutualisés).
-[...72 lines deleted...]
-      <c r="S16" s="1" t="inlineStr">
+ Cette série peut prendre la forme de différents impromptus sur un même lieu, d&amp;#039;un impromptu identique proposé dans différents lieux ou un mix des deux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X16" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/l-ete-culturel</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/dev-culturel_plaines-ete</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute question sur l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
-[...1012 lines deleted...]
-  n° 1407/2013
+ Pour toute question sur la démarche &amp;#34;Plaines d&amp;#039;été&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ DRAC des Hauts-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Publics, territoires et industries culturelles
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:plaines-drac-hauts-de-france&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  plaines-drac-hauts-de-france&amp;#64;culture.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03 28 36 61 89
+&lt;/p&gt;
+&lt;p&gt;
+ 3 Rue du Lombard, 59800 Lille
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fad-ete-culturel/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>120337</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures d’enseignement artistique labellisées en fonctionnement et les projets des acteurs culturels</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>REGLEMENT SCHEMA DEPARTEMENTAL DES ENSEIGNEMENTS ARTISTIQUES</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Donner accès à un enseignement artistique diversifié, de qualité et de proximité au plus grand nombre en soutenant les structures d&amp;#039;enseignement artistique labellisées en fonctionnement et les projets des acteurs culturels permettant de développer, valoriser et qualifier les pratiques amateur et de favoriser les logiques de coopération, d&amp;#039;innovation et d&amp;#039;ouverture à de nouveaux publics.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;span&gt;
+  Bénéficiaires
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etablissements labellisés dans le cadre du schéma départemental des enseignements artistiques (communes, communautés de communes, agglomération, associations).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etablissements labellisés dans le cadre du schéma départemental des enseignements artistiques (communes, communautés de communes, agglomération, associations).
+&lt;/p&gt;
+&lt;p&gt;
+ Etablissements d&amp;#039;enseignement hors réseau (communes, associations).  Structures culturelles non labellisées et non conventionnées.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Subvention de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Subvention de fonctionnement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pourcentage de la masse salariale totale de la structure sous réserve de l&amp;#039;atteinte de plafond fixé par le schéma départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses artistiques, dépenses techniques, dépenses pédagogiques, dépenses logistiques, dépenses de communication.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pourcentage de la masse salariale totale de la structure sous réserve de l&amp;#039;atteinte de plafond fixé par le schéma départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont comprises entre 1 000 € et 5 000 €.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier de demande dûment rempli, bilan financier de l&amp;#039;année précédente, budget prévisionnel, tableau des effectifs, rapport d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier de demande dûment rempli, budget prévisionnel de la manifestation, descriptif détaillé du projet, CV des professionnels impliqués, détails des structures impliquées, nombre et typologie des amateurs concernés.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Pièces administratives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Statuts et procès verbal de la dernière Assemblée Générale pour les associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;identité bancaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel annuel,
+  &lt;br /&gt;
+  bilan comptable et compte de résultat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces spécifiques à cette demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  budget prévisionnel équilibré du projet- descriptif détaillé du projet incluant les CV des professionnels impliqués et détails des structures impliquées, le nombre et typologie des amateurs concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme via la plate-forme
+ &lt;strong&gt;
+  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+   Drôme Démat&amp;#039;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Culture et Patrimoine
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Dispositif :
+ &lt;/strong&gt;
+ Schéma des enseignements artistiquesLes dates de dépôt des dossiers de demande de subvention sont communiquées chaque année pour l&amp;#039;année suivante. Le dossier réputé complet est instruit par le Service Développement Culturel. En complément du dossier, un rendez-vous peut être sollicité avec le demandeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions réalisées par le Service Développement Culturel, validée par le Vice-président du secteur sont soumises à l&amp;#039;Assemblée Départementale lors du vote annuel du budget. En cas d&amp;#039;acceptation, une notification est alors adressée au porteur de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme via la plate-forme
+ &lt;strong&gt;
+  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+   Drôme Démat&amp;#039;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Culture et Patrimoine
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Pratique amateur
+ &lt;br /&gt;
+ Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Au moins une session est proposée chaque année aux porteurs de projets. Cette commission rend un avis consultatif. L&amp;#039;avis de la commission est ensuite soumis à la délibération de la commission permanente du Conseil départemental. En cas d&amp;#039;acceptation, une notification est alors adressée au porteur de projet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention de l&amp;#039;année N sera versée aux demandeurs sur présentation du bilan réalisé de l&amp;#039;année N-1. Des acomptes seront versés pour les structures faisant l&amp;#039;objet d&amp;#039;une convention et dont la subvention dépasse le montant de 23 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet aura jusqu&amp;#039;au 31 décembre de l&amp;#039;année suivant le vote pour justifier de la réalisation du projet. Au-delà, une demande de prorogation devra être adressée par le porteur de projet et fera, le cas échéant, l&amp;#039;objet d&amp;#039;un nouveau vote de l&amp;#039;Assemblée départementale.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 15 février 2016 et 27 juin 2016.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre aux critères du schéma départemental des enseignements artistiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets permettant le développement de nouveaux publics avec une attention particulière portée aux collégiens, aux personnes âgées et aux personnes empêchées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets permettant de fédérer plusieurs établissements et structures de pratiques amateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  échange avec un ou des professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  échange interdisciplinaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  irrigation du territoire drômois via la diffusion de créations amateurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Uniquement pour les structures labellisées. Du fait des critères établis dans le schéma, il est possible que certains établissements ne soient plus labellisés. A contrario, il est envisageable qu&amp;#039;une structure puisse être labellisée au regard de son adéquation aux critères ; son entrée dans le réseau départemental se fera au regard des contraintes budgétaires et de la cohérence territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide aux projets pratique amateur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures culturelles labellisées ou conventionnées.  Un projet ne peut être aidé 2 années successives.
+Etablissements d&amp;#039;enseignement hors réseau (communes, associations).  Structures culturelles non labellisées et non conventionnées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/reglement-schema-departemental-des-enseignements-artistiques/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Direction CULTURE  ET PATRIMOINE – Service Développement Culturel
+   &lt;/strong&gt;
+   –
+   &lt;strong&gt;
+    Tel 04 75 79 26 01
+    &lt;br /&gt;
+    &lt;a href="mailto:culture&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+     culture&amp;#64;ladrome.fr
+     &lt;span&gt;
+      Ouvre une nouvelle fenêtre
+     &lt;/span&gt;
+     &lt;span&gt;
+      Ouvre une nouvelle fenêtre
+     &lt;/span&gt;
+     &lt;span&gt;
+      Ouvre une nouvelle fenêtre
+     &lt;/span&gt;
+    &lt;/a&gt;
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/67cd-reglement-schema-departemental-des-enseigneme/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>103495</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les artistes du spectacle vivant ayant des projets de diffusion en Île-de-France</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Aides à la diffusion des œuvres dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les artistes du spectacle vivant ayant des projets de diffusion en Île-de-France.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plusieurs sessions de dépôts seront ouvertes.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  es dates de vote des soutiens interviennent au plus tôt 5 mois après le dépôt
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+ &lt;span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dépôt
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   du 7 octobre 2022 au 9 novembre 2022
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   (11h)
+  &lt;/strong&gt;
+  : première date de représentation du projet à partir de janvier 2023 et exploitation francilienne non achevée avant avril 2023 (dans la perspective d&amp;#039;un vote au printemps 2023).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Calendrier en cours
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une autre aide régionale spectacle vivant.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="Q27" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligibles, les structures candidates, équipes artistiques, lieux opérateurs ou réseaux, doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Avoir,
+  &lt;/strong&gt;
+  de manière directe ou par délégation,
+  &lt;strong&gt;
+   la responsabilité de la production et de la mise en œuvre
+  &lt;/strong&gt;
+  du projet concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Être des personnes morales de droit public, ou privé
+  &lt;/strong&gt;
+  ayant au moins 1 an d&amp;#039;existence et titulaire de la licence d&amp;#039;entrepreneur de spectacles de catégorie 2,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Être dotées de moyens humains, logistiques et techniques professionnels suffisants
+  &lt;/strong&gt;
+  pour garantir la faisabilité du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les structures dont l&amp;#039;activité principale concerne les enseignements artistiques ne sont pas éligibles aux aides à la diffusion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le soutien régional est plafonné à
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ du budget du projet de diffusion,
+ &lt;strong&gt;
+  dans la limite de
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  40.000€
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  .
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les dépenses éligibles
+ &lt;/strong&gt;
+ sont les dépenses artistiques, techniques logistiques correspondant aux représentations du spectacle ainsi qu&amp;#039;aux éventuelles actions artistiques et culturelles menées autour du projet de diffusion, les dépenses éventuelles de communication et de diffusion, ainsi qu&amp;#039;une part limitée à 30% des coûts de structure de l&amp;#039;organisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Un même spectacle, ou un même ensemble dans le cas du champ musical, peut être soutenu au titre des aides à la diffusion, durant 3 ans au maximum.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour solliciter une nouvelle aide régionale à la diffusion pour un autre spectacle ou un autre ensemble musical, le porteur de projet devra respecter un délai de carence de 1 année, à compter de la date du vote de la dernière aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet de diffusion
+ &lt;/strong&gt;
+ concerne un même spectacle, sauf dans les champs musicaux où il peut concerner des programmes ou des concerts distincts d&amp;#039;un même ensemble/groupe.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La tournée régionale
+ &lt;/strong&gt;
+ doit se dérouler dans 2 départements franciliens (ou 3 avec Paris).
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La diffusion en communes rurales ou périurbaines
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de moins de 20.000 habitants,
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ou dans des lieux non dédiés au spectacle vivant
+ &lt;/strong&gt;
+ peut se situer dans tous les départements franciliens (sauf Paris).
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Le projet de diffusion en série
+ &lt;/strong&gt;
+ concerne les dates consécutives dans un même lieu sur une durée maximale d&amp;#039;un trimestre.
+ &lt;br /&gt;
+ Selon le type d&amp;#039;aide et l&amp;#039;esthétique, le projet doit justifier d&amp;#039;un volume minimum de dates en cession ou engagement direct, et en coréalisation sous conditions.
+ &lt;br /&gt;
+ Détails dans la délibération téléchargeable ci-dessus.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt des demandes de subvention s&amp;#039;effectue uniquement en ligne, sur la plateforme régionale
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- de la Commission du 18 décembre 2013 qui fixe un plafond de 200.000€ d&amp;#039;aide publique maximum par société sur une durée de 3 ans.
-[...19 lines deleted...]
-  Le projet ne doit pas comporter de séquences qui pourraient faire l&amp;#039;objet d&amp;#039;une classification PEGI 18 (Pan-European Game Information, système européen d&amp;#039;information sur les jeux).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aides-la-diffusion-des-oeuvres-dans-le-domaine-du-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Chargé(e)s de mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Camille Hervé | Théâtre |
+ &lt;a href="mailto:camille.herve&amp;#64;iledefrance.fr"&gt;
+  camille.herve&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Marion Langlois de Septenville | Musique et opéra |
+ &lt;a href="mailto:marion.langlois-de-septenville&amp;#64;iledefrance.fr"&gt;
+  marion.langlois-de-septenville&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Moreau | Musiques actuelles |
+ &lt;a href="mailto:olivier.moreau&amp;#64;iledefrance.fr"&gt;
+  olivier.moreau&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Anne Routin | Danse et théâtre |
+ &lt;a href="mailto:anne.routin&amp;#64;iledefrance.fr"&gt;
+  anne.routin&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Isabelle Roux | Arts de la rue, cirque, marionnettes, jeune public |
+ &lt;a href="mailto:isabelle.roux&amp;#64;iledefrance.fr"&gt;
+  isabelle.roux&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestionnaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Angélique Tobelem | Gestionnaire |
+ &lt;a href="mailto:audrey.bosche&amp;#64;ildefrance.fr"&gt;
+  angelique.tobelem&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e937-aides-a-la-diffusion-des-uvres-dans-le-domain/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>162507</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Financer les achats d'outils pédagogiques numériques des établissements d'enseignements artistiques</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>ACHAT D'OUTILS PEDAGOGIQUES NUMERIQUES</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aider les établissements artistiques à investir dans des outils numériques permettant la
+pédagogie auprès des élèves : tableaux numériques, appareils photos,
+outils pour pratiquer la MAO, etc…&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Groupements de communes dont syndicats intercommunaux possédant un établissement d’enseignement artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Outils
+numériques mis à disposition des élèves et/ou des enseignants: tableaux
+numériques, appareils photos, outils pour pratiquer la MAO, etc&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Critères :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viabilité financière du projet&lt;/li&gt;&lt;li&gt;Empreinte environnementale des outils (durabilité)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La date limite de dépôt de la demande est fixée au 30 mars de l’année de l’investissement.&lt;/p&gt;&lt;p&gt;Cette aide est mobilisable chaque année, mais priorité sera donnée aux établissements ne l’ayant pas sollicité l’année n-1 ou n’ayant jamais bénéficié de cette aide.&lt;/p&gt;&lt;p&gt;Les dossiers seront étudiés en fonction de l’enveloppe globale disponible pour cette aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/achat-doutils-pedagogiques-numeriques/</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-achats-doutils-pedagogiques-numeriques-des-etablissements-denseignements-artistiques/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>103269</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Porter un projet œuvrant à la valorisation des maisons d’artistes remarquables</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux projets œuvrant à la valorisation des maisons ou des ateliers d'artistes remarquables</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions visant à valoriser et mieux faire connaître les maisons d&amp;#039;artistes qui, à forte dimension patrimoniale, témoignent de la présence de personnages remarquables et participent au rayonnement de l&amp;#039;Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ouverture permanente
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les propriétaires publics et privés de maisons ou d&amp;#039;ateliers d&amp;#039;artistes ou les personnes morales de droit privé ou public en charge de ce patrimoine.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les établissements bénéficiant du label délivré par la DRAC « Maisons des illustres » sont également concernés par le dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles liées au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 30 000 €.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Actions de valorisation (expos physiques ou virtuelles, journées d&amp;#039;étude, site Internet, publications, films documentaires...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de médiation  (cartes et itinéraires papier ou numériques, livrets de visite, outils numériques, multimédia, parcours d&amp;#039;interprétation...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs pédagogiques (mallettes pédagogiques, Moocs, supports de visite à destination des jeunes...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Événements à forte dimension patrimoniale à l&amp;#039;échelle de l&amp;#039;Île-de-France.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-[...27 lines deleted...]
- En plus de ces démarches sur
+&lt;p&gt;
+ &lt;span&gt;
+  Une attention particulière sera portée à la qualité des contenus, à l&amp;#039;originalité et la pertinence des outils ou actions, et à leur adéquation avec les publics ciblés.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
- , l&amp;#039;entreprise candidate doit adresser dans les mêmes délais l&amp;#039;intégralité des pièces en format papier (datées et signées par le responsable légal de l&amp;#039;entreprise) à :
-[...58 lines deleted...]
-      <c r="S22" s="1" t="inlineStr">
+ , la plateforme des aides régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
-[...11 lines deleted...]
- julitte.michel&amp;#64;iledefrance.fr
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-aux-projets-oeuvrant-la-valorisation-des-maisons-ou-des-ateliers-dartistes-remarquables</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+&lt;/p&gt;
+&lt;p&gt;
+ Héloïse Maillé
+&lt;/p&gt;
+&lt;p&gt;
  &lt;span&gt;
-  Ouvre une nouvelle fenêtre
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
  &lt;/span&gt;
- &lt;span&gt;
-[...901 lines deleted...]
-  sbillion-rey&amp;#64;ladrome.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+&lt;/p&gt;
+&lt;p&gt;
+ Kamel Kacihi
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/408a-aide-aux-projets-uvrant-a-la-valorisation-des/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="K27" s="1" t="inlineStr">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>117402</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la mise en œuvre de projets culturels, de spectacles et de résidences artistiques</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Fonds de soutien au cinéma et à l&amp;#039;audiovisuel est un dispositif d&amp;#039;aides sélectives aux œuvres cinématographiques (court et long métrage) et audiovisuelles (destinées à la diffusion télévisuelle et, dans certains cas, aux plateformes de diffusion en lignes), sur des critères artistiques et culturels, des critères de contenus et d&amp;#039;enjeux économiques liés aux industries culturelles, à l&amp;#039;accueil de tournage et à la consolidation de la filière régionale.
-[...58 lines deleted...]
- Afin de respecter le cadre prescripteur de la loi NOTRe et dans la mesure où ces départements disposent d&amp;#039;un fonds de soutien, l&amp;#039;étude des dossiers est commune avec celle de la Région mais ils font l&amp;#039;objet d&amp;#039;une saisine spécifique. Nous vous invitons à consulter les sites des Départements ci-dessus et leurs modalités de saisine.
+ Permettre aux EPCI de développer leur offre culturelle dans les domaines du spectacle vivant et des arts visuels :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Accompagnement dans la mise en œuvre de projets culturels dans les domaines du spectacle vivant et des arts visuels : saisons de spectacles, festivals, résidences d&amp;#039;artistes, projets d&amp;#039;action culturelle...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseil dans les domaines artistiques, techniques et administratifs et juridiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise à disposition de documents de référence. Accompagnement des processus de définition de projets.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Co-organisation de projets, impliquant l&amp;#039;intervention de professionnels du secteur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Variables (Jusqu&amp;#039;à 7500 € pour la mise en œuvre d&amp;#039;une résidence artistique).
+&lt;/p&gt;
+&lt;p&gt;
+ Cofinancements possibles Département de Seine-et-Marne / Région Ile-de-France / Direction régionale des Affaires Culturelles d&amp;#039;Ile-de-France.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R27" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...53 lines deleted...]
- L&amp;#039;Agence Alca en charge de la gestion du Fonds de soutien, réunit et coordonne un comité d&amp;#039;experts composé de 3 à 5 professionnels pour chaque genre.
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/621a-accompagner-les-collectivites-dans-la-mise-en/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>24913</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création artistique régionale en langue catalane et/ou occitane et au conventionnement tremplin</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Dans le cadre de son Plan vert, la Région soutient les projets de création et d&amp;#039;ouverture au public de nouveaux espaces verts et de nature, et les projets d&amp;#039;amélioration de la qualité des espaces verts existants.
-[...6 lines deleted...]
- .
+ La Région souhaite encourager et soutenir les créations en langues régionales et leur diffusion, ainsi que la professionnalisation des compagnies et groupes dont les matériaux de création sont les langues catalane et/ou occitane.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs : Soutenir la création en langue catalane et/ou occitane dans les domaines du théâtre, de la musique, de la danse, de la littérature, de l&amp;#039;édition et de l&amp;#039;audiovisuel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="R28" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Seules les dépenses d&amp;#039;investissement sont éligibles.
-[...57 lines deleted...]
- Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+ &lt;strong&gt;
+  Toutes les dépenses de fonctionnement sauf :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la création et la maintenance de sites Internet
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion de CD.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   A) Aide au projet
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;écriture dramatique ou composition d&amp;#039;œuvres contenant au moins 50% de texte en langues catalane et/ou occitane, la création ou la reprise d&amp;#039;une œuvre en occitan ou en catalan.
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection du dossier et le montant de l&amp;#039;aide régionale sont conditionnés à l&amp;#039;analyse de tous les critères suivants par le comité conseil :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   exigence artistique : elle renvoie à un engagement et à la recherche d&amp;#039;une rigueur dans un travail suivi. L&amp;#039;exigence artistique s&amp;#039;exprime et se construit dans le parcours d&amp;#039;un artiste. Elle se distingue de la notion d&amp;#039;excellence fondée sur une échelle de valeur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité des créateurs à diffuser leurs œuvres. Tous les éléments permettant d&amp;#039;analyser la capacité du projet de création à entrer dans les circuits de diffusion devront être communiqués : préachat, budget de production faisant apparaître d&amp;#039;autres financeurs publics (collectivités territoriales, Etat), des sociétés civiles, des lieux de diffusion (coproduction, production déléguée, coréalisation...), diffusion et repérage des compagnies par les professionnels sur leurs précédents projets etc...
+  &lt;/li&gt;
+  &lt;li&gt;
+   qualité de la langue catalane et/ou occitane
+  &lt;/li&gt;
+  &lt;li&gt;
+   Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   B) Conventionnement « tremplin » 2 ans
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;aider les compagnies émergentes qui créent en occitan et/ou en catalan, la Région peut accompagner de façon globale, dans leurs projets de création, de diffusion, de reprise, d&amp;#039;action culturelle, des équipes artistiques professionnelles de rayonnement régional et dont l&amp;#039;exigence artistique est avérée. Ce conventionnement permet à la compagnie de se professionnaliser afin de pouvoir ensuite émarger sur les dispositifs d&amp;#039;aides au spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cette aide porte sur deux ans et doit permettre aux équipes artistiques de se doter d&amp;#039;une permanence administrative. La sélection du dossier et le montant de l&amp;#039;aide régionale sont conditionnés à l&amp;#039;analyse de tous les critères suivants par le comité conseil :
+  &lt;/li&gt;
+  &lt;li&gt;
+   régularité de l&amp;#039;exigence du propos artistique de la compagnie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à s&amp;#039;inscrire dans une dynamique territoriale et à mobiliser des ressources d&amp;#039;autres partenaires publics ou privés pour construire l&amp;#039;activité régulière avec permanence administrative
+  &lt;/li&gt;
+  &lt;li&gt;
+   investissement régulier auprès des publics, et en particulier éloignés de la culture, par une activité d&amp;#039;action culturelle diversifiée et tournée vers la recherche de formes singulières ou innovantes de médiation ou de rencontres
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La compagnie conventionnée est aidée pour l&amp;#039;ensemble de ses activités et ne peut pas bénéficier d&amp;#039;une aide au projet ou à la résidence pendant la durée de son conventionnement. Pendant la durée de la convention, le projet de la compagnie devra comporter au moins une création. Après la fin de la convention, celle-ci pourra être renouvelée une fois seulement.
+&lt;/p&gt;
+&lt;p&gt;
+ Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   C) Conventionnement 3 ou 4 ans
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les compagnies déjà structurées, il s&amp;#039;agit alors d&amp;#039;émarger sur les critères des dispositifs génériques accompagnant le spectacle vivant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="X28" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Langues-et-cultures-catalane-et-occitane-Aide-a-la-creation</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;a href="mailto:planvert&amp;#64;iledefrance.fr"&gt;
-[...1 lines deleted...]
- &lt;/a&gt;
+ &lt;strong&gt;
+  Pour la gestion administrative du dossier :
+ &lt;/strong&gt;
+ Audrey CASSAR Mail : audrey.cassar&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la nature du projet :
+ &lt;/strong&gt;
+ Philippe VIALARD Mail : philippe.vialard&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89c0-langues-et-cultures-catalane-et-occitane-aide/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...136 lines deleted...]
-      <c r="G30" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>164942</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d'artistes amateurs</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Déclaration de représentation(s), dans un but lucratif, avec participation d&amp;apos;artistes amateurs</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Présentation du dispositif&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Contexte&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La loi n° 2016-925 du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine précise à l’article 32 III les conditions à respecter par les entrepreneurs de spectacle vivant pour pouvoir faire appel à des artistes amateurs dans des représentations en public de spectacles organisés dans un cadre lucratif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette réglementation a pour objectif de sécuriser les représentations effectuées en public par des artistes amateurs, de prévenir les situations de concurrence déloyale entre les artistes amateurs non rémunérés et les artistes professionnels rémunérés, et à garantir les droits des artistes professionnels.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Qu’est-ce qu’un artiste amateur ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Est artiste amateur dans le domaine de la création artistique toute personne qui pratique seule ou en groupe une activité artistique à titre non professionnel et qui n&amp;#039;en tire aucune rémunération.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le cadre non lucratif constitue le cadre habituel de l’activité des artistes amateurs, y compris dans le cadre de festivals de pratique en amateur. La loi reconnait dans ce cadre le droit aux artistes amateurs ou aux groupements d’artistes amateurs / associations d’amateurs de participer à des représentations en public d’œuvres de l’esprit organisées dans un cadre non lucratif et de :&lt;/p&gt;&lt;p&gt;Faire de la publicité ;&lt;/p&gt;&lt;p&gt;D’utiliser du matériel professionnel ;&lt;/p&gt;&lt;p&gt;De mettre en place une billetterie payante servant à financer leurs activités et les frais engagés pour les représentations. &lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les artistes amateurs ne relèvent pas de la présomption de salariat.&lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les groupements d’artistes amateurs peuvent faire appel à des artistes professionnels rémunérés encadrants ou solistes, par exemple des chefs de chœur, chefs d’orchestre, ou metteurs en scène.&lt;/p&gt;&lt;p&gt;Participation d&amp;#039;artistes amateurs à une ou des représentations de spectacles dans un cadre lucratif&lt;/p&gt;&lt;p&gt;Dans un cadre lucratif, toute personne qui participe à un spectacle doit être rémunérée en contrepartie de sa prestation et relève des dispositions relatives à la présomption de salariat prévue par le code du travail (C. trav., art. L. 7121-3 et L. 7121-4). Lorsqu’ils participent à un spectacle organisé dans un cadre lucratif, l’artiste amateur ou le groupement d’artistes amateurs doivent donc être en principe déclarés et rémunérés au minimum conventionnel. Le simple défraiement ne constitue pas une rémunération au minimum conventionnel.&lt;/p&gt;&lt;p&gt;Par exception, l’article 32 III de la loi relative à la liberté de la création, à l’architecture et au patrimoine permet aux entrepreneurs de spectacles vivants de faire appel à des artistes amateurs pour participer à un spectacle organisé dans un cadre lucratif, sans être tenus de les rémunérer, si le spectacle est organisé dans le cadre d&amp;#039;un accompagnement de la pratique amateur ou d&amp;#039;actions pédagogiques et culturelles. Cette possibilité est toutefois soumise au respect de quatre conditions cumulatives (voir ci-après). &lt;/p&gt;&lt;p&gt;La participation d’un groupement d’amateurs constitué sous forme associative à de telles représentations dans un cadre lucratif ne doit pas constituer la part principale de leur activité.&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;/p&gt;&lt;p&gt;La démarche de « Déclaration de représentation(s) dans un but lucratif avec participation d’artistes amateurs » est l’outil permettant de déclarer les spectacles organisés dans un cadre lucratif faisant participer des artistes amateurs non rémunérés afin d’encadrer leur pratique qui déroge au principe de présomption de salariat prévu par le code du travail pour les artistes du spectacle (C. trav., art L. 7121-3 et L. 7121-4).&lt;/p&gt;&lt;p&gt;Les données collectées par le ministère de la culture, lors de la télédéclaration, peuvent donner lieu à des études ou des travaux statistiques, après avoir fait l’objet d’un traitement afin d’occulter les mentions permettant l’identification des personnes qui y sont nommées ou afin de rendre impossible leur identification.&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le schéma d&amp;#039;explication ci-dessous : &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout entrepreneur de spectacles vivants (structure de production, de diffusion et d’exploitation de lieux de spectacles) qui organise un spectacle faisant participer des artistes professionnels (obligatoirement rémunérés) et des artistes amateurs non rémunérés.&lt;/p&gt;&lt;p&gt;Il peut s&amp;#039;agir de :&lt;/p&gt;&lt;p&gt;Associations &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Communes&lt;/p&gt;&lt;p&gt;Départements &lt;/p&gt;&lt;p&gt;Entreprises privées &lt;/p&gt;&lt;p&gt;Entreprises publiques locales &lt;/p&gt;&lt;p&gt;EPCI à fiscalité propre &lt;/p&gt;&lt;p&gt;Établissements de recherche&lt;/p&gt;&lt;p&gt;Établissements publics / Services de l&amp;#039;État &lt;/p&gt;&lt;p&gt;Régions&lt;/p&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Pour pouvoir faire participer des artistes amateurs à un spectacle organisé dans un cadre lucratif, l’entrepreneur de spectacles vivants doit :&lt;/p&gt;&lt;p&gt;Avoir déclaré son activité d’entrepreneur de spectacles vivants à l’aide d’un récépissé de déclaration d’entrepreneur de spectacles vivants valant licence en cours de validité ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Avoir conclu une convention d’accompagnement de la pratique amateur avec l’Etat (généralement au niveau de la DRAC) ou une collectivité territoriale (voir détails dans la rubrique Procédure ci-dessous). &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-d-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/declaration-representations-artistes-amateurs</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une question ?&lt;/p&gt;&lt;p&gt;Pour toute question sur la déclaration de représentation(s), dans un but lucratif, avec participation d&amp;#039;artistes amateurs, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;Direction Générale de la Création Artistique (DGCA) &lt;/p&gt;&lt;p&gt;Délégation aux politiques professionnelles et sociales des auteurs et aux politiques de l&amp;#039;emploi &amp;gt; Département des politiques de l’emploi et de la formation professionnelle du spectacle vivant et enregistré &lt;/p&gt;&lt;p&gt;amateurs.dgca&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;54, rue des Franc-Bourgeois 75004 Paris&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-dartistes-amateurs/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>120106</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes de 5 à 15 ans dans la pratique sportive, culturelle et artistique</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Aide communale à la pratique sportive, culturelle et artistique</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Sillegny</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil Municipal de Sillegny, par délibération du 17/06/2022 a décidé d&amp;#039;octroyer une aide de 15€/an aux jeunes de 5 à 15 ans de la commune qui justifie d&amp;#039;une inscription à une association communale sportive, culturelle ou artistique (ou non-communale si l&amp;#039;activité n&amp;#039;est pas proposée par une association communale).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avoir entre 5 et 15 ans
+  &lt;/li&gt;
+  &lt;li&gt;
+   Habiter la commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre inscrit à une association communale sportive, culturelle ou artistique (ou non-communale si l&amp;#039;activité n&amp;#039;est pas proposée par une association communale).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Sillegny</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dart Aurore
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:commune.sillegny&amp;#64;wanadoo.fr" rel="noopener" target="_blank"&gt;
+  commune.sillegny&amp;#64;wanadoo.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>commune.sillegny@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/37cf-aide-communale-a-la-pratique-sportive-culture/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>10158</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Financer une partie de la saison artistique d'une communauté de communes assurant la diffusion de spectacles professionnels</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>L'aide annuelle représentera un maximum de 50% des charges éligibles.</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La circulation des artistes et des œuvres est à la fois un outil de développement privilégié pour les équipes artistiques et un enjeu majeur pour l&amp;#039;aménagement culturel du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un développement des publics par le biais d&amp;#039;actions de médiation et de sensibilisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour des projets artistiques des équipes en région et des territoires de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale tend notamment à favoriser la prise de compétence culturelle des communautés de communes. Elle encourage ainsi le développement culturel au travers de programmes d&amp;#039;actions de qualité intégrant la diffusion de spectacles professionnels et la sensibilisation des publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Liste des pré-requis :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une programmation professionnelle de qualité constituée d&amp;#039;un minimum de 12 dates, portée par un opérateur structuré juridiquement mobilisant des moyens et compétences adaptés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité d&amp;#039;offrir aux artistes des conditions d&amp;#039;accueil professionnelles : plateau en ordre de marche, moyens techniques et humains nécessaires au bon déroulement de la représentation, communication de la programmation à destination du public et des réseaux professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la présence d&amp;#039;au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions culturelles en direction des publics, en lien avec la programmation
+  &lt;/li&gt;
+  &lt;li&gt;
+   une programmation de spectacles en contrats de cession ou, le cas échéant, avec une prise en charge directe des salaires des artistes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la détention par le demandeur de la licence d&amp;#039;entrepreneur de spectacles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   dépenses artistiques : achats de spectacles, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépenses techniques : location de matériel technique, salaires de personnels intermittents.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Sont exclus des dépenses éligibles la valorisation du bénévolat et des mises à disposition en nature, les dotations aux amortissements et aux provisions, les impôts et taxes, les intérêts des emprunts et les agios.
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérateurs devront garantir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;intérêt de la programmation : prise de risque artistique, programmation réservant une place aux propositions destines au jeune public, aux esthétiques dont la diffusion est la plus fragile, telles que la danse contemporaine, la musique contemporaine, les arts de la marionnette, par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un travail en complémentarité avec les acteurs culturels du territoire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le cas échéant, des projets de saisons réalisés sur plusieurs sites de diffusion pourront faire l&amp;#039;objet d&amp;#039;une demande de subvention à la Région, sous réserve du respect des critères d&amp;#039;éligibilité listés ci-dessus, si le projet est pensé de manière collégiale et présente une cohérence territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ Peuvent également être retenus les projets de saison mettant en avant des logiques de coopération et de partenariat entre acteurs culturels régionaux, notamment dans le cadre de réseaux régionaux de soutien à la création et à la diffusion.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-saison</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier avant la date indiquée ci-dessus aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional Occitanie
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations : Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/108c-arts-de-la-scene-aide-a-la-saison/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>1029</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipes artistiques qui s'engagent pour la promotion du Grand Est - Label "Ambassadeur culturel du Grand Est"</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Label &amp;#34;Ambassadeur culturel du Grand Est&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes artistiques sont de véritables ambassadeurs culturels de la région Grand Est qui contribuent au rayonnement, à l&amp;#039;attractivité et au développement de notre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tournées à l&amp;#039;échelle nationale ou internationale qu&amp;#039;effectuent régulièrement les équipes
+ artistiques importantes du Grand Est sont des moments privilégiés de visibilité pour faire
+ connaitre les talents et les ressources de notre région.
+ Par ce dispositif, la Région Grand Est décide de soutenir les équipes artistiques qui à l&amp;#039;occasion
+ de leurs tournées nationales ou internationales souhaitent s&amp;#039;engager pour la promotion du
+ Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Apport en nature et en ingénierie.
+ En contrepartie de l&amp;#039;obtention de ce label, la Région, à l&amp;#039;occasion de ces tournées, s&amp;#039;engage à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mobiliser les compétences existantes en région au sein du Conseil régional ou
+  d&amp;#039;organismes externes afin de mener des actions de visibilité et des rencontres permettant
+  aux milieux économiques, culturels et touristique de la région Grand Est de se faire
+  connaitre et d&amp;#039;associer leur image à celle des équipes artistiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  procéder à un achat de places de spectacles à tarif négocié auprès du théâtre d&amp;#039;accueil par
+  l&amp;#039;intermédiaire de la structure à laquelle est accordée le label Ambassadeur culturel de la
+  région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  diffuser l&amp;#039;invitation auprès des milieux économiques et institutionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes artistiques implantées sur le territoire de la région Grand Est qui effectuent régulièrement des tournées significatives comportant plusieurs dates à l&amp;#039;international et qui s&amp;#039;engagent à participer à des actions de promotion culturelle, économique et touristique de la région Grand Est à l&amp;#039;occasion de ces tournées peuvent obtenir le label « Ambassadeur culturel du Grand Est ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les équipes artistiques bénéficiant de ce label s&amp;#039;engagent à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   co-organiser des espaces de rencontres avec les acteurs institutionnels et économiques locaux et les réseaux implantés sur le territoire Grand Est et représentés sur le territoire de destination de la tournée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mettre à disposition les droits d&amp;#039;exploitation du répertoire présenté et, s&amp;#039;il y a lieu, les autorisations des interprètes en cas de captation de leur prestation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mettre à disposition du Conseil régional les informations sur les tournées envisagées 12 mois avant l&amp;#039;évènement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses éligibles
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à l&amp;#039;organisation de l&amp;#039;événement ou de la manifestation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/label-ambassadeur-culturel-grand/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Direction de la Culture, du Patrimoine et de la Mémoire.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbac-label-ambassadeur-culturel-du-grand-est-grand/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...207 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>162786</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets et manifestations d'intérêt régional conçus dans la perspective de valoriser auprès des publics les expressions artistiques</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Traditions - Valorisation et diffusion des traditions régionales</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...63 lines deleted...]
-      <c r="O32" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;objectif du dispositif est de soutenir des projets et manifestations d&amp;#039;intérêt régional conçus dans la perspective :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de valoriser auprès des publics les expressions artistiques et les pratiques culturelles traditionnelles matérielles et immatérielles,&lt;/li&gt; 	&lt;li&gt;de transmettre et renouveler les approches de la culture et des traditions régionales.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;associations&lt;/li&gt; 	&lt;li&gt;collectivités régionales&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions de valorisation, d&amp;#039;initiation aux langues régionales et langues de France au sens de la Délégation à la langue française et aux langues de France du ministère de la culture et de la communication,&lt;/li&gt; 	&lt;li&gt;l&amp;#039;organisation d&amp;#039;expositions destinées à diffuser une meilleure connaissance de la culture régionale et des traditions,&lt;/li&gt; 	&lt;li&gt;les manifestations et festivals qui proposent une programmation représentative des mouvements contemporains de la création et de leurs sources traditionnelles et populaires,&lt;/li&gt; 	&lt;li&gt; les spectacles de danse, musique, conte, théâtre, mettant en scène le répertoire traditionnel une évolution contemporaine de ce répertoire. Ces manifestations doivent avoir recours à des artistes professionnels ou à des troupes amateurs ayant un nombre significatif d’adhérents.&lt;/li&gt; 	&lt;li&gt;les actions ou manifestations perpétuant et valorisant le patrimoine culturel immatériel et les savoir-faire régionaux&lt;/li&gt; 	&lt;li&gt; la publication de revues d&amp;#039;information et de valorisation destinées à diffuser des informations d&amp;#039;actualité et de réflexion consacrées à la situation et aux mutations des traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition d’ouvrages de recherche ou de témoignage sur la culture et les traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition de produits audiovisuels et numériques destinés à la diffusion de la culture et des traditions régionales&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ces projets devront répondre aux critères suivants :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la présentation d&amp;#039;une programmation d&amp;#039;activités détaillée et argumentée garantissant une qualité artistique, scientifique ou technique des propositions faites aux publics régionaux&lt;/li&gt; 	&lt;li&gt; une attention portée à la recherche de nouveaux publics, en particulier les lycéens et les apprentis&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions de valorisation, d&amp;#039;initiation aux langues régionales et langues de France au sens de la Délégation à la langue française et aux langues de France du ministère de la culture et de la communication,&lt;/li&gt; 	&lt;li&gt;l&amp;#039;organisation d&amp;#039;expositions destinées à diffuser une meilleure connaissance de la culture régionale et des traditions,&lt;/li&gt; 	&lt;li&gt;les manifestations et festivals qui proposent une programmation représentative des mouvements contemporains de la création et de leurs sources traditionnelles et populaires,&lt;/li&gt; 	&lt;li&gt; les spectacles de danse, musique, conte, théâtre, mettant en scène le répertoire traditionnel une évolution contemporaine de ce répertoire. Ces manifestations doivent avoir recours à des artistes professionnels ou à des troupes amateurs ayant un nombre significatif d’adhérents.&lt;/li&gt; 	&lt;li&gt;les actions ou manifestations perpétuant et valorisant le patrimoine culturel immatériel et les savoir-faire régionaux&lt;/li&gt; 	&lt;li&gt; la publication de revues d&amp;#039;information et de valorisation destinées à diffuser des informations d&amp;#039;actualité et de réflexion consacrées à la situation et aux mutations des traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition d’ouvrages de recherche ou de témoignage sur la culture et les traditions régionales,&lt;/li&gt; 	&lt;li&gt; l’édition de produits audiovisuels et numériques destinés à la diffusion de la culture et des traditions régionales&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Ces projets devront répondre aux critères suivants :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; la présentation d&amp;#039;une programmation d&amp;#039;activités détaillée et argumentée garantissant une qualité artistique, scientifique ou technique des propositions faites aux publics régionaux&lt;/li&gt; 	&lt;li&gt; une attention portée à la recherche de nouveaux publics, en particulier les lycéens et les apprentis&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...728 lines deleted...]
-          <t>Réflexion / conception</t>
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="U36" s="1" t="inlineStr">
         <is>
-          <t>Seine-et-Marne</t>
+          <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V36" s="1" t="inlineStr">
         <is>
-          <t>https://www.id77.fr/fr</t>
-[...4 lines deleted...]
-          <t>https://www.id77.fr/fr/offres</t>
+          <t>https://www.maregionsud.fr/vos-aides/detail/traditions-valorisation-et-diffusion-des-traditions-regionales</t>
         </is>
       </c>
       <c r="X36" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...13 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission Traditions et Cultures régionales&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Adeline Aouni : &lt;a href="mailto:aaouni&amp;#64;maregionsud.fr"&gt;aaouni&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y36" s="1" t="inlineStr">
         <is>
-          <t>id77@departement77.fr</t>
+          <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z36" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/91fc-conseiller-et-accompagner-les-collectivites-p/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/traditions-valorisation-et-diffusion-des-traditions-regionales/</t>
         </is>
       </c>
       <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:27" customHeight="0">
       <c r="A37" s="1">
-        <v>120977</v>
+        <v>162984</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Conseiller les collectivités sur la création d’établissements d’orientation liés à la parentalité et aux modes d’accueil des enfants</t>
+          <t>Déployer une offre d’accueil, sportive, culturelle et artistique notamment à destination des jeunes du territoire</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>Conseil sur la création d’établissements d’orientation liés à la parentalité et aux modes d’accueil des enfants</t>
+          <t>Fiche 10 - FEDER</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>ID77</t>
+          <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
-        <is>
-[...1831 lines deleted...]
-      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I49" s="1" t="inlineStr">
+      <c r="I37" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J49" s="1" t="inlineStr">
+      <c r="J37" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Dans la population du Cœur Entre-deux-Mers, la part des jeunes jusqu’à 18
 ans est relativement importante du fait de la présence de nombreux ménages
 jeunes-primo accédants et ayant des enfants en bas âge. Agir sur les modes de
 garde (à cause des déplacements des parents actifs à l’extérieur) et sur la
 création de loisirs pour ce public participe donc à développer leur cadre de
 vie.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;De plus, Le Cœur Entre-deux-Mers possède une vie associative riche et
 notamment à destination des jeunes à travers les clubs de sport, d’arts et de
 pratiques culturelles.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;L’accompagnement des jeunes aux découvertes artistiques et culturelles
 permettra de faciliter leur insertion dans la vie locale, les impliquer dans
 des démarches partenariales et citoyennes en ouvrant des possibilités en termes
 de développement personnel.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Offrir des services aux parents de jeunes enfants permettant de
 développer le cadre de vie et l’appartenance au territoire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer une offre de loisirs pour jeunes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intégrer le rajeunissement de la population dans les politiques publiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les jeunes vers la découverte de l’art et de la culture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Densifier les réseaux de connaissance entre acteurs de la culture&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M49" s="1" t="inlineStr">
+      <c r="M37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures d’accueil,
 de gardes d’enfants et des espaces de rencontres enfants-parents&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
 aménagements de « Tiers-Lieux » où l’on retrouve une offre (ludique,
 associative, médico-sociale, …) avec des services et animations variés
 notamment à destination des jeunes&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bâtiments sportifs et
 équipements pour répondre aux pratiques et à l’émergence de nouvelles activités
 sportives notamment des jeunes&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bâtiments et équipements
 destinés à accompagner notamment les jeunes à l’éveil artistique et culturel
 avec, ou en lien avec, une politique et programmation jeunesse&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner des
 parcours d’éducation artistique et culturelle&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mutualiser les
 investissements matériels et immatériels pour les acteurs culturels et jeunesse
 notamment&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner la
 diversification et l’usage des bibliothèques vers de nouvelles activités
 digitales à destination des jeunes notamment&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Equipement public
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P49" s="1" t="inlineStr">
+      <c r="P37" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q49" s="1" t="inlineStr">
+      <c r="Q37" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T49" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V49" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-[...26 lines deleted...]
-      <c r="H50" s="1" t="inlineStr">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>90838</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'éducation artistique et culturelle pour faciliter l'accès à la culture des jeunes via leurs établissements de formation</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
-[...387 lines deleted...]
-      <c r="K51" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 61</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
-[...828 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Nouvelle-Aquitaine, en complément des missions qui lui sont confiées par la loi, souhaite mener une action volontariste en faveur de l&amp;#039;éducation artistique et culturelle pour faciliter l&amp;#039;accès à la culture des jeunes via leurs établissements de formation.
 Votre demande devra être déposée de façon dématérialisée.
 &lt;/p&gt;
 &lt;p&gt;
  Le présent volet est ouvert, pour les niveaux infra-bac, à l&amp;#039;ensemble des lycées publics et privés sous contrat d&amp;#039;association avec l&amp;#039;Etat, lycées de l&amp;#039;Enseignement agricole, Maisons Familiales et Rurales (MFR), Établissements Régionaux d&amp;#039;Enseignement Adapté (EREA), et Centres de Formation d&amp;#039;Apprentis (CFA) de la Région Nouvelle-Aquitaine.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Jeunesse
 Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;strong&gt;
  Calendrier
 &lt;/strong&gt;
 :
 &lt;p&gt;
  Le montant annuel maximal de la subvention régionale est fixé à 10 000 €/résidence et ne peut dépasser 80 % du coût total du projet de résidence.
 &lt;/p&gt;
 &lt;p&gt;
  La rémunération des heures d&amp;#039;intervention de l&amp;#039;artiste auprès des apprenants sera à hauteur du tarif de la Direction Régionale des Affaires Culturelles (DRAC) en vigueur, à savoir 60,00 € / heure salaire brut.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités de paiement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sous réserve d&amp;#039;éligibilité du projet, le paiement de l&amp;#039;aide s&amp;#039;effectuera en deux fois sur le compte de l&amp;#039;établissement bénéficiaire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un acompte de 70% du montant de la subvention interviendra après délibération de la Commission Permanente,
  &lt;/li&gt;
  &lt;li&gt;
   Le solde sera versé sur présentation des pièces suivantes, visées par la ou le chef d&amp;#039;établissement et la ou le gestionnaire de l&amp;#039;établissement porteur de la résidence et destinées au seul ordonnateur :
@@ -11524,29385 +7226,8965 @@
   A destination des apprenants d&amp;#039;au moins 2 établissements,
  &lt;/li&gt;
  &lt;li&gt;
   Se déroulant en période scolaire,
  &lt;/li&gt;
  &lt;li&gt;
   Dont la durée d&amp;#039;intervention de l&amp;#039;artiste auprès des apprenants est comprise entre 40h et 80h à raison d&amp;#039;un minimum de 10h d&amp;#039;intervention par semaine.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le temps d&amp;#039;intervention de l&amp;#039;artiste sera réparti entre les établissements partenaires de la résidence et des temps de rencontres entre les apprenants des différents établissements seront mis en place,
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dont le déroulement est compris entre 2 semaines minimum et 8 semaines maximum,
  &lt;/li&gt;
  &lt;li&gt;
   Dont un ou une membre de l&amp;#039;équipe éducative de chaque établissement est coordonnateur ou coordonnatrice.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Tous les champs artistiques sont éligibles à ce programme de résidences.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/actions-educatives-nouvelle-aquitaine-volet-4-residence-dartiste</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la jeunesse et de la citoyenneté
 &lt;/p&gt;
 &lt;p&gt;
  0549558160
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6d88-actions-educatives-nouvelle-aquitaine-volet-4/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E56" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>120623</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Culture et Justice</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Ministère de la Justice</t>
+        </is>
+      </c>
+      <c r="F39" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Grand Est</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture et le ministère de la Justice soutiennent le développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse, en allouant une subvention aux organisateurs de tels projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Depuis le premier protocole d&amp;#039;accord signé en 1986, la politique interministérielle Culture &amp;amp; Justice a pour objectif de mettre en œuvre, pour les personnes placées sous main de justice, une politique culturelle de qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans cette optique, le ministère de la Culture favorise l&amp;#039;accès de tous et de chacun, et notamment des personnes les plus éloignées voire exclues, à l&amp;#039;art et à la culture. L&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; soutient, dans les établissements pénitentiaires et les services de la protection judiciaire, un programme d&amp;#039;actions culturelles en liaison avec les collectivités territoriales et les organismes qui souhaiteraient s&amp;#039;associer au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions culturelles prennent en compte la diversité des secteurs d&amp;#039;expression et des modes d&amp;#039;interventions tels que : le livre et la lecture, le théâtre, les arts du cirque, la musique et la danse, les arts plastiques, le cinéma, l&amp;#039;audiovisuel, le multimédia et le patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Un plan de développement des bibliothèques et de la lecture est mis en œuvre ainsi que des actions culturelles et artistiques en direction des publics relevant du ministère de la Justice dans le cadre des politiques d&amp;#039;insertion et d&amp;#039;éducation. Ce plan favorise l&amp;#039;accès aux pratiques culturelles et artistiques et doit contribuer à la lutte contre l&amp;#039;illettrisme par l&amp;#039;appropriation et la réappropriation de la culture. L&amp;#039;évaluation des actions culturelles et des pratiques artistiques réalisées ces dernières années confirme leur capacité à susciter l&amp;#039;expression des personnes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce partenariat se situe dans le contexte du grand projet national pour l&amp;#039;éducation artistique et culturelle. Ainsi, considérant que l&amp;#039;éducation artistique et culturelle, placée dans un principe de continuité des politiques publiques menées en lien par l&amp;#039;État et les collectivités territoriales, participe à la réussite personnelle des individus et notamment des jeunes. Elle contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la construction de la personnalité et à l&amp;#039;acquisition des savoirs et compétences nécessaires à la vie en société,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la créativité, la capacité d&amp;#039;Initiative et l&amp;#039;esprit d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réduction des inégalités et permet la construction de l&amp;#039;Identité culturelle de chacun dans l&amp;#039;ouverture aux cultures des autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Ce partenariat vise à privilégier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le développement d&amp;#039;activités culturelles spécifiques dans les établissements pénitentiaires co-construit avec les acteurs de la justice et en faveur du plus grand nombre de détenus (résidence, programme thématique...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement de la lecture et la maîtrise de la langue au sein d&amp;#039;actions valorisant les bibliothèques/médiathèques des trois établissements pénitentiaires concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement des liens avec les réseaux artistiques  et culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inscription des établissements pénitentiaires dans les manifestations culturelles nationales et locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  la valorisation à l&amp;#039;extérieur des activités menées en milieu pénitentiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → L&amp;#039;Académie Fratellini et la Maison d&amp;#039;arrêt de Villepinte (93) - 2021
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Académie Fratellini a développé en 2021 à la Maison d&amp;#039;arrêt de Villepinte (93) des ateliers de découverte des arts du cirque, orchestrés de manière à ce que les personnes détenues puissent découvrir plusieurs agrès au fil des séances.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs suivis :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  valorisation des capacités et qualités individuelles au sein du groupe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  apprentissage de l&amp;#039;écoute de l&amp;#039;autre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  retrouver la confiance en soi et dans les autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Passage / Parenthèse et l&amp;#039;Agence régionale du livre PACA - 2022
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention versée : 30.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Passage&amp;#34; et &amp;#34;Parenthèse&amp;#34; sont deux dispositifs portés par l&amp;#039;Agence Régionale du Livre Provence-Alpes-Côte d&amp;#039;Azur en direction des publics placés sous main de justice.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, &amp;#34;Passage&amp;#34; s&amp;#039;attache à aménager et à animer des espaces de lecture dans les foyers de la Protection judiciaire de la jeunesse. &amp;#34;Parenthèse&amp;#34;, initié en 2015, contribue au développement des bibliothèques en milieu carcéral pour les populations majeures et mineures et à la mise en œuvre d&amp;#039;actions culturelles de sensibilisation à la lecture (ateliers d&amp;#039;écriture journalistique, résidences d&amp;#039;auteurs etc).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles à l&amp;#039;appel à projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les structures ayant pour principal objectif la création et la diffusion d&amp;#039;œuvres artistiques et culturelles. Pour les institutions culturelles relevant du ministère de la Culture (structures labellisées aidées au fonctionnement : centres dramatiques nationaux, scènes nationales, scènes de musiques actuelles, centres d&amp;#039;art etc.), un bilan préalable sera demandé dans le cadre de leur CPO (convention pluriannuelle d&amp;#039;objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les artistes, collectifs d&amp;#039;artistes ou professionnels de la culture (journaliste etc.) justifiant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ - d&amp;#039;une structuration juridique au moment de leur inscription (intermittence, maison des artistes, autoentrepreneur etc.) ou ayant recours à une personne morale pour soutenir leur activité (ex. : coopérative d&amp;#039;activité et d&amp;#039;emploi
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;span&gt;
+ - d&amp;#039;une actualité de création et d&amp;#039;une expérience artistique reconnue, attestées par l&amp;#039;envoi d&amp;#039;un CV
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les établissements et services pénitentiaires et de la protection judiciaire de la jeunesse
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet artistique mené par une même équipe artistique ne pourra pas être soutenu au-delà de trois appels à projets successifs. L&amp;#039;équipe artistique est invitée à se tourner vers de nouveaux établissements pénitentiaires, services pénitentiaires d&amp;#039;insertion et de probation ou établissements et services sociaux et médico-sociaux partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées constituent une participation financière au projet et ne sauraient constituer une prise en charge globale. Elles sont fléchées exclusivement sur les dépenses artistiques, qui comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rémunération des artistes (pour rappel, la participation financière de la DRAC à la rémunération des artistes est de 60€/h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de transport, d&amp;#039;hébergement et de restauration, qui ne peuvent excéder 50% du coût total du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  le matériel nécessaire à l&amp;#039;action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce dispositif n&amp;#039;a pas vocation à financer des frais de coordination. Les porteurs de projet sont incités à trouver des cofinancements (collectivités locales, mécénat, contributions volontaires en nature...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la DRAC et le SPIP (Service pénitentiaire d&amp;#039;insertion et probation), la mise en paiement de la subvention nécessite l&amp;#039;envoi préalable d&amp;#039;un dossier Cerfa au service référent dont les coordonnées figurent ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ Le règlement de la part PJJ (Protection judiciaire de la jeunesse) est réalisé via un système de facturation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un comité de sélection, associant des représentants de la DISP, de la DIRPJJ Grand Est et de la DRAC se réunira courant décembre 2023 pour sélectionner les projets et déterminer le montant des subventions accordées.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée aux éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité du projet artistique et culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adéquation avec les objectifs de l&amp;#039;accompagnement des personnes placées sous main de justice
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modalités de mise en œuvre du partenariat artiste / structure / bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouverture culturelle proposée aux bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence des objectifs et des modalités pratiques de l&amp;#039;évaluation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-justice</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;opération Culture et Justice en Grand Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DRAC Grand Est :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Département des Ardennes :
+  &lt;a href="mailto:frederique.petit&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   frederique.petit&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 60 44 22 84
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de l&amp;#039;Aube et de la Haute-Marne :
+  &lt;a href="mailto:pascale.valentin-bemmert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pascale.valentin-bemmert&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 98 73 96 74
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Marne :
+  &lt;a href="mailto:elise.merigeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   elise.merigeau&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 34 08 96 23
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meurthe-et-Moselle et de la Moselle :
+  &lt;a href="mailto:emmanuelle.brandenburger&amp;#64;culture.gouv.fr" target="_self"&gt;
+   emmanuelle.brandenburger&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 60 39 22 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meuse et des Vosges :
+  &lt;a href="mailto:anais.guedon&amp;#64;culture.gouv.fr" target="_self"&gt;
+   anais.guedon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 64 37 61 61
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements du Bas-Rhin et du Haut-Rhin :
+  &lt;a href="mailto:pierre.vogler&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pierre.vogler&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 27 26 12 82
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DISP Grand Est-Strabourg :
+ &lt;/strong&gt;
+ &lt;a href="mailto:elodie.roche&amp;#64;justice.fr" rel="noopener" target="_blank"&gt;
+  elodie.roche&amp;#64;justice.fr
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ ; 03 88 56 81 72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b040-culture-justice/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>120635</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Développer des actions d'éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Culture et lien social</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F56" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Culture et lien social a pour but de développer des actions d&amp;#039;éducation artistique et culturelle à destination des habitants des quartiers prioritaires de la politique de la ville. Il est mis en place par la direction régionale des affaires culturelles (DRAC) de la région dans laquelle le projet est réalisé.
+Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
+&lt;/p&gt;
+&lt;h4&gt;
+ Qu&amp;#039;est-ce que la politique interministérielle Culture et lien social ?
+&lt;/h4&gt;
+&lt;p&gt;
+ À travers cette politique, les DRAC (directions régionales des affaires culturelles) affirment une politique volontariste auprès des structures culturelles en accompagnant, en lien étroit avec les acteurs de la politique de la ville, les projets artistiques et culturels mis en œuvre en faveur des habitants des quartiers politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est vivement conseillé aux porteurs de projets candidats de consulter, dès la conception du projet et en amont de toute autre démarche, les services de la DRAC/DAC, qui pourront leur prodiguer des conseils.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs de la démarche
+&lt;/h4&gt;
+&lt;p&gt;
+ Les pratiques artistiques et culturelles sont de puissants leviers d&amp;#039;émancipation personnelle et de cohésion sociale. Pour autant, les freins à la pratique artistique et à la fréquentation des lieux culturels sont nombreux : accessibilité géographique, moyens financiers, mécanismes d&amp;#039;exclusion sociale...
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a donc vocation à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagner les artistes, les équipes artistiques, les lieux dans le développement d&amp;#039;actions sur les territoires prioritaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  lever ces freins
+ &lt;/li&gt;
+ &lt;li&gt;
+  et, par une présence sur le temps long, permettre la pérennisation des pratiques culturelles des habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;a&gt;
+  Modalités d&amp;#039;évaluation des dossiers
+ &lt;/a&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers seront examinés sur la base des critères suivants mis en place dans chaque DRAC.
+&lt;/p&gt;
+&lt;h4&gt;
+ Grand Est (dépôt jusqu&amp;#039;au 30 novembre 2022)
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets Culture et politique de la ville en Grand-Est consiste en un co-financement, par le ministère de la Culture, de projets soutenus par ailleurs dans le cadre des contrats de ville du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur du projet s&amp;#039;engage à déposer également cette demande de subvention
+ &lt;strong&gt;
+  sur la plateforme Dauphin
+ &lt;/strong&gt;
+ , selon le calendrier du contrat de ville de la collectivité concernée.
+&lt;/p&gt;
+&lt;h5&gt;
+ Montant de la subvention
+&lt;/h5&gt;
+&lt;p&gt;
+ La participation de la DRAC à la rémunération horaire de l&amp;#039;artiste intervenant est de 50 € TTC, charge à l&amp;#039;employeur de respecter la convention collective en vigueur.
+&lt;/p&gt;
+&lt;h5&gt;
+ Modalités d&amp;#039;attribution de la subvention
+&lt;/h5&gt;
+&lt;p&gt;
+ Un comité de sélection, associant la DRAC, les délégués du Préfet, la DDETSPP (direction départementale de l&amp;#039;emploi, du travail, des solidarités et de la protection des populations) et, le cas échéant, les représentants des collectivités locales, se réunira
+ &lt;strong&gt;
+  courant février 2023
+ &lt;/strong&gt;
+ pour sélectionner les projets et déterminer le montant des subventions accordées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires du soutien de la DRAC s&amp;#039;engagent à mettre en œuvre le projet tel que présenté lors de la candidature. Ils informent de l&amp;#039;avancement du projet, notamment par l&amp;#039;envoi du calendrier ajusté des interventions. Toute modification substantielle du projet devra obtenir l&amp;#039;accord préalable de la DRAC.
+&lt;/p&gt;
+&lt;h5&gt;
+ Calendrier
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 30 novembre 2022 à 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte passé cette date.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annonce des résultats : 1
+  er
+  trimestre 2023. Les candidats seront informés par courrier électronique de leur sélection et du montant de la subvention accordée. Les structures retenues formaliseront leur demande par l&amp;#039;envoi du dossier Cerfa 12156*06.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h5&gt;
+ Comment déposer un dossier ?
+&lt;/h5&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Téléchargez le formulaire ci-dessous.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplissez le formulaire et retournez-le par mail en cliquant sur le bouton &amp;#34;Déposer mon dossier&amp;#34; de votre département.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Votre dossier devra être accompagné des pièces jointes suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la fiche de candidature complétée et signée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier de présentation du projet artistique (format libre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les curriculum vitae de tous les artistes ou professionnels de la culture amenés à intervenir dans le projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant : le bilan et l&amp;#039;évaluation des projets développés en 2022.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Egalité des chances
+Cohésion sociale et inclusion
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du demandeur
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être déposés par une structure culturelle ayant pour objectifs principaux, établis dans ses statuts, la création et la diffusion d&amp;#039;œuvres artistiques, culturelles, patrimoniales ou scientifiques et techniques : association culturelle, compagnie, artiste inscrit à la maison des artistes, musée, médiathèque, lieu patrimonial, structure de diffusion scientifique et technique à l&amp;#039;exception des établissements publics nationaux du ministère de la Culture, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;adresser aux habitants d&amp;#039;un quartier politique de la ville.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets culturels et artistiques proposés doivent être le fruit d&amp;#039;une co-construction entre une structure culturelle et une structure du champ social (maison de quartier, centre d&amp;#039;hébergement et de réinsertion sociale, centre social, bailleur social, association œuvrant dans le champ social, centre d&amp;#039;animation, mission locale, centre d&amp;#039;accueil de demandeurs d&amp;#039;asile, foyers d&amp;#039;accueil, résidence sociale...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans la nouvelle géographie prioritaire – loi de programmation pour la ville et la cohésion urbaine du 21 février 2014 Ouvre une nouvelle fenêtre – en proposant des projets dans les territoires cibles que sont les quartiers politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures peuvent s&amp;#039;appuyer sur les outils de localisation suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une carte interactive des quartiers prioritaires Ouvre une nouvelle fenêtre sur le site Internet de Système d&amp;#039;information géographique de la Politique de la ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  les quartiers prioritaires de la politique de la ville sur le géoportail Ouvre une nouvelle fenêtre
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-lien-social</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aube / Marne : M. SALINGUE (
+  &lt;a href="mailto:guillaume.salingue&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   guillaume.salingue&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 26 70 36 93)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ardennes / Haute-Marne : Mme TABOURIN (
+  &lt;a href="mailto:chantal.tabourin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   chantal.tabourin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 26 70 36 86)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Meurthe-et-Moselle / Meuse / Moselle / Vosges : Mme MARTINET (
+  &lt;a href="mailto:frederique.martinet&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   frederique.martinet&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 87 56 41 00)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bas-Rhin / Haut-Rhin : Mme BLONDEAU (
+  &lt;a href="mailto:nicole.blondeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   nicole.blondeau&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  / 03 88 15 57 10)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bdf7-culture-et-lien-social/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>161850</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et développer des outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels - Fonds d'accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;accessibilité des oeuvres</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
+Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Fonds d’accessibilité des œuvres permet l’acquisition et le développement d’outils d’accessibilité par des structures exerçant dans plusieurs domaines artistiques et culturels. En application de la convention internationale des droits des personnes handicapées signée à New York le 30 mars 2007*, pour favoriser la participation des personnes handicapées à la vie culturelle, le ministère de la Culture soutient l’engagement des structures culturelles dans leur politique d’accessibilité à l’offre culturelle.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que le Fonds d&amp;#039;accessibilité des œuvres ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Depuis 2018, le Fonds accessibilité permet de contribuer à l’effort de développement d’actions et de dispositifs permettant de &lt;strong&gt;lever les freins à la participation à la vie culturelle&lt;/strong&gt;, pour les personnes en situation de handicap, les personnes âgées et à l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico sociaux.&lt;/p&gt;&lt;p&gt;Les crédits accordés dans ce cadre porteront sur l’acquisition et le&lt;strong&gt; développement d’outils d’accessibilité&lt;/strong&gt; et devront permettre &lt;strong&gt;d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette année, une attention particulière sera portée aux projets menés par des structures culturelles qui ne sont pas encore engagées dans une dynamique de mise en accessibilité et qui souhaitent obtenir un soutien dans le cadre du Fonds d&amp;#039;accessibilité pour initier cette démarche. &lt;strong&gt;Par ailleurs, le développement et l’acquisition d’outils mutualisés entre plusieurs opérateurs culturels pourra être encouragé.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* &lt;em&gt;Notamm&lt;/em&gt;​​​​​​​&lt;em&gt;ent ses articles 1er, 2 et 30 ; décret n° 2010-356 du 1er avril 2010 portant publication de la convention relative aux droits des personnes handicapées (ensemble un protocole facultatif), signée à New York le 30 mars 2007 - JORF n°0079 du 3 avri&lt;/em&gt;&lt;em&gt;l 2010.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de&lt;/strong&gt;&lt;strong&gt; la démarche&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette démarche vise à démocratiser l&amp;#039;accès à la culture, en abordant directement les défis liés à l&amp;#039;accessibilité pour les personnes en situation de handicap. Elle permet d’encourager les structures culturelles non engagées dans des initiatives d&amp;#039;accessibilité à initier cette démarche, et promouvoir le développement d&amp;#039;outils partagés entre plusieurs opérateurs culturels pour améliorer l&amp;#039;accessibilité de manière collaborative.&lt;/p&gt;&lt;p&gt;Le dispositif finance non seulement l&amp;#039;équipement spécialisé, mais aussi les initiatives de formation et les technologies favorisant l&amp;#039;inclusion.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le Fonds d’accessibilité des œuvres en région : procédure&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour en savoir plus sur les contacts et le calendrier mis en place dans votre région, merci de vous reporter aux onglets ci-dessous.&lt;/p&gt;
+    &lt;section&gt;
+        &lt;p&gt;
+            &lt;/p&gt;&lt;p id="head_accordion_345"&gt;
+                &lt;/p&gt;&lt;h4&gt;&lt;strong&gt;&lt;em&gt;→ Ile-de-France (dépôt jusqu&amp;#039;au 10 avril 2024)
+                                            &lt;/em&gt;&lt;/strong&gt;&lt;/h4&gt;
+            &lt;p id="collapse_accordion_345"&gt;
+                &lt;/p&gt;&lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seules les demandes ayant fait l’objet d’une discussion préalable avec un conseiller de la Drac seront examinées.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant des subventions accordés est entre 5000 et 20 000 euros. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La subvention sera versée au demandeur durant la période du printemps à l&amp;#039;été 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d’évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;inscription dans une démarche d’accessibilité de la structure ;&lt;/li&gt;&lt;li&gt;la pertinence des outils choisis ; &lt;/li&gt;&lt;li&gt;le budget prévisionnel. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 10 avril 2024, 23h59 (heure de Paris)&lt;/strong&gt;. Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Une question ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Ile-de-France vous êtes invités à vous adresser à : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aurélie Lesous, &lt;a href="mailto:aurelie.lesous&amp;#64;culture.gouv.fr%C2%A0"&gt;aurelie.lesous&amp;#64;culture.gouv.fr &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;strong&gt;&lt;span&gt;&lt;em&gt;→ Occitanie (dépôt jusqu&amp;#039;au 30 avril 2024)&lt;/em&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/h4&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;
+            &lt;/p&gt;&lt;p id="collapse_accordion_346"&gt;
+                &lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de la subvention &lt;/span&gt;&lt;/p&gt;
+            &lt;p&gt;
+                    &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant des subventions accordées ne pourra pas être inférieur à 3.000 euros. Le plafond du taux d&amp;#039;intervention de la DRAC est fixé à 80 % du coût total du projet. Les structures ayant déposé un projet seront informées, par la DRAC, de la suite donnée à leur demande de financement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’attribution de la subvention&lt;/span&gt;&lt;/p&gt;
+        &lt;p&gt;&lt;span&gt;La subvention sera versée en une seule fois après la tenue de la commission. La subvention sera versée trois mois après la tenue de la commission.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Modalités d’évaluation des dossiers&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L&amp;#039;instruction des dossiers prendra en compte :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’équilibre géographique des porteurs de projets ;&lt;/li&gt;&lt;li&gt;de la représentativité des différentes disciplines et domaines artistiques et culturels ;&lt;/li&gt;&lt;li&gt;du renouvellement des bénéficiaires ;&lt;/li&gt;&lt;li&gt;du taux d&amp;#039;intervention de la structure.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Calendrier&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;li&gt;&lt;strong&gt;Date limite de dépôt des dossiers : 30 avril 2024, 23h59 (heure de Paris).&lt;/strong&gt; Aucun dossier ne pourra être déposé ou pris en compte après cette date.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Une question ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour toute question sur le fonds d&amp;#039;accessibilité aux œuvres en Occitanie vous êtes invités à vous adresser à : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vivien Chabrol, 05 67 73 20 88 ; &lt;a href="mailto:vivien.chabrol&amp;#64;culture.gouv.fr"&gt;vivien.chabrol&amp;#64;culture.gouv.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/pol-culturelles_fonds-accessibilite-occitanie" target="_blank" rel="noopener noreferrer"&gt;
+        Accéder au formulaire - Occitanie
+        &lt;span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/p&gt;                
+    &lt;/section&gt;
+    &lt;section&gt;
+        &lt;h4&gt;&lt;span&gt;&lt;span&gt;&lt;strong&gt;&lt;em&gt;→ Autres régions&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/span&gt;&lt;/h4&gt;&lt;p&gt;&lt;span&gt;Pour plus d&amp;#039;informations sur le Fonds d&amp;#039;accessibilité des œuvres dans votre région, nous vous invitons à contacter la Direction régionale des affaires culturelles (DRAC/DAC) de votre région &lt;/span&gt;&lt;a href="https://www.culture.gouv.fr/Regions" target="_blank"&gt;ici&lt;/a&gt;&lt;span&gt;.  &lt;/span&gt;&lt;/p&gt;
+    &lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Associations &lt;/li&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Entreprises privées &lt;/li&gt;&lt;li&gt;Entreprises publiques locales &lt;/li&gt;&lt;li&gt;EPCI à fiscalité propre &lt;/li&gt;&lt;li&gt;Établissements publics / Services de l&amp;#039;État &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La nature des projets éligibles est large : outre l’acquisition de matériel spécifique, le Fonds permet également de soutenir des formations et le développement d’outils de communication adaptés mais aussi la mise en œuvre d’audiodescription ou de traduction. Pour tour les projets, les crédits accordés devront permettre d’accompagner la politique d’accès à l’offre culturelle pour les personnes en situation de handicap, les personnes âgées et l’ensemble des personnes hébergées ou accompagnées au sein d’établissements médico-sociaux. &lt;/p&gt;&lt;/section&gt;&lt;section&gt;&lt;p&gt;A titre d’exemple, les actions suivantes sont éligibles : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Boucles magnétiques, dispositifs de sur-titrage ;&lt;/li&gt;&lt;li&gt;Maquettes tactiles ; &lt;/li&gt;&lt;li&gt;Livrets en braille ; &lt;/li&gt;&lt;li&gt;Documents FALC visant à permettre l’accessibilité des œuvres ;&lt;/li&gt;&lt;li&gt;Outils et dispositifs d’accompagnement à la rencontre avec œuvres pour les personnes ayant des troubles autistique ou un handicap mental ; &lt;/li&gt;&lt;li&gt;Signalétique accessible ; &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Formation à la prise en main et à l’utilisation de ces outils…&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères de non-éligibilité du projet&lt;/strong&gt;&lt;/section&gt;&lt;section&gt;Ne sont pas éligibles :&lt;/section&gt;&lt;section&gt;&lt;ul&gt;&lt;li&gt;Les projets d’action culturelle ou d’éducation artistique et culturelle ;&lt;/li&gt;&lt;li&gt;les interventions sur le cadre bâti ;&lt;/li&gt;&lt;li&gt;les projets de formation n’incluant pas la prise en main et l’utilisation de ces outils.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/section&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/fonds-d-accessibilite-des-oeuvres</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service déconcentré du ministère de la Culture territorialement compétent (DRAC)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fonds-daccessibilite-des-oeuvres/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>120641</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Faire découvrir des lieux patrimoniaux, leur histoire et leurs collections aux jeunes et à leurs familles à travers une pratique artistique</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>C&amp;apos;est mon Patrimoine !</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les soutiens apportés par le ministère de la culture et de la communication en faveur des orgues sont répartis entre : les aides pour les instruments protégés au titre des monuments historiques et les aides qui concernent la restauration d&amp;#039;instruments non protégés et la création d&amp;#039;instruments neufs.
-[...46 lines deleted...]
-  un avant projet des travaux souhaités
+ La découverte et la familiarisation des enfants et des adolescents à la culture passe par la découverte d&amp;#039;un patrimoine et d&amp;#039;une pratique artistique. Le ministère de la Culture soutient ces actions en allouant une subvention aux porteurs de projets dans le cadre de l&amp;#039;appel à projets &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lancée en 2005 par le ministère de la Culture (&amp;#34;Les Portes du temps&amp;#34;), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; contribue à l&amp;#039;émancipation des jeunes par les arts et la culture et repose sur les trois piliers de l&amp;#039;éducation artistique et culturelle (EAC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rencontre avec les artistes et les œuvres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la connaissance des arts et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  et la pratique artistique.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les dossiers sont évalués par la direction générale de la création artistique (délégation à la musique et inspection de la création), après avis de la direction régionale des affaires culturelles compétente, y compris, en cas d&amp;#039;orgue situé dans un édifice protégé, de l&amp;#039;avis du conservateur régional des monuments historiques.
-[...13 lines deleted...]
- Selon région
+ Cette opération a vocation à s&amp;#039;inscrire dans les projets de territoire contractualisés. Elle encourage des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; est coordonné, au niveau national, par la délégation générale à la transmission, aux territoires et à la démocratie culturel (DG2TDC) du ministère de la Culture et l&amp;#039;Agence nationale de la cohésion des territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; s&amp;#039;appuie sur l&amp;#039;intervention de divers professionnels du monde de la culture et de l&amp;#039;éducation populaire. Cet appel à projets, qui implique une pratique artistique, doit permettre aux jeunes et à leurs familles de s&amp;#039;approprier de façon originale les lieux patrimoniaux, leur histoire et leurs collections.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisée en partenariat avec l&amp;#039;Agence nationale de la cohésion des territoires (ANCT), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; poursuit des objectifs communs de cohésion sociale, d&amp;#039;accès à l&amp;#039;offre culturelle des personnes qui en sont les plus éloignées et de participation à la vie culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte de création
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accès aux patrimoines (architecture, musées, monuments, archéologie, patrimoine immatériel, paysages, archives, etc.) occupe une place significative et structurante dans les parcours d&amp;#039;éducation artistique et culturelle à destination des enfants et adolescents et constitue l&amp;#039;un des leviers des politiques territorialisées de démocratisation culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; vise à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  couvrir la diversité des territoires urbains, périphériques et ruraux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à toucher des publics diversifiés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  prendre en compte la pluralité des patrimoines (ensembles urbains, patrimoine immatériel, patrimoine rural de proximité, friches industrielles par exemple),
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en avant des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;enjeu reste toutefois prioritairement la découverte et l&amp;#039;accès à des lieux patrimoniaux dont la fréquentation spontanée par les publics visés peut rencontrer des freins.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle tend aussi à développer de nouvelles temporalités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Possibilité de dérouler les activités durant l&amp;#039;ensemble du temps extrascolaire, sur tous les temps de vacances scolaires (pas uniquement sur la période estivale) ou jours isolés dans l&amp;#039;année (mercredis, samedis)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en avant des temps de restitution des projets, ouverts à tous les publics, par exemple en lien avec les Journées européennes du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention versée par l&amp;#039;État ne peut excéder 80 % du budget total du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financement &amp;#34;politique de la ville&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets visent l&amp;#039;ensemble des territoires prioritaires, dont les territoires ruraux. Pour être éligible à un financement spécifique des crédits politiques de la ville, le public bénéficiaire visé par le projet doit être composé d&amp;#039;au moins 60 % de jeunes issus des quartiers prioritaires de la politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets touchant majoritairement d&amp;#039;autres publics éloignés peuvent être financés sur d&amp;#039;autres crédits, notamment apportés par le ministère de la Culture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
-Spectacle vivant</t>
-[...2 lines deleted...]
-      <c r="O56" s="1" t="inlineStr">
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...40 lines deleted...]
-  Régions
+ Pour être éligibles à un financement, les projets devront remplir les conditions suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Co-construction et co-financement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être co-construit entre professionnels de différentes disciplines : médiateurs des patrimoines, artistes professionnels, acteurs de l&amp;#039;enfance et de la jeunesse, du secteur public ou de l&amp;#039;éducation populaire, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur un partenariat impliquant au moins un service ou une structure patrimoniale : le partenaire patrimonial est pleinement associé à l&amp;#039;élaboration et à la réalisation du projet. Deux services différents d&amp;#039;une même collectivité, patrimoine et jeunesse, peuvent par dérogation être considérés comme partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...29 lines deleted...]
-      <c r="S56" s="1" t="inlineStr">
+ Une formation préalable est attendue pour chaque projet à destination des différents acteurs, notamment les animateurs encadrant les jeunes. Cette formation peut être dispensée par l&amp;#039;établissement patrimonial, par une structure d&amp;#039;accueil de jeunes et/ou un réseau d&amp;#039;éducation populaire (dans le cadre d&amp;#039;un seul projet ou pour un territoire plus vaste et pour plusieurs projets mutualisés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités se dérouleront durant le temps extrascolaire, ou périscolaire dans le cas du plan mercredi.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet global comportera au moins 7 jours, pour une participation à la journée ou sous forme de stage de plusieurs jours.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du plan mercredi, des demi-journées peuvent être programmées, à condition que chacun des participants soit bénéficiaire d&amp;#039;un minimum de 2 demi-journées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Publics cibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit viser particulièrement les jeunes de 6 à 18 ans et notamment les adolescents. Les parents et les familles peuvent être associés à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de partenariats avec des structures d&amp;#039;accueil, l&amp;#039;opération est également ouverte aux jeunes placés sous-main de justice, aux personnes en situation de handicap, ainsi qu&amp;#039;aux réfugiés et migrants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités doivent se dérouler sur un site patrimonial (ou plusieurs) et/ou s&amp;#039;articuler autour d&amp;#039;éléments du patrimoine culturel immatériel de la région concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Restitution
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La restitution, à laquelle sont conviés les familles, les amis et si possible le grand public, prend la forme d&amp;#039;une exposition avec un temps de réunion type inauguration ou d&amp;#039;un spectacle impliquant les jeunes (spectacle vivant avec présence des jeunes sur le plateau ou projection d&amp;#039;une œuvre réalisée par/avec eux).
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures sont encouragées à prévoir un temps de restitution des projets pendant les Journées européennes du patrimoine (16, 17 et 18 septembre 2022). Les réalisations des jeunes seront valorisées auprès d&amp;#039;un large public.
+&lt;/p&gt;
+&lt;p&gt;
+ La réalisation du projet fera l&amp;#039;objet d&amp;#039;une valorisation sur le site internet de l&amp;#039;établissement patrimonial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles les projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  qui ne respectent pas la composition du public cible (jeunes de 6 à 18 ans, issus à 60% minimum des quartiers prioritaires de la ville),
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne comportant pas d&amp;#039;axe de pratique artistique avec un professionnel du domaine artistique concerné,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le partenaire patrimonial n&amp;#039;est pas explicitement impliqué dans l&amp;#039;élaboration et la réalisation du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne reposant pas sur plusieurs financements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une simple visite au musée ou dans un monument historique, sans contrepartie créative de la part des jeunes, n&amp;#039;est pas considérée comme déterminante dans la validation des projets.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X56" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/c-est-mon-patrimoine</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- DGCA &amp;gt; Délégation à la musique
-[...1 lines deleted...]
-  demarches-sv-dgca&amp;#64;culture.gouv.fr
+ Pour toute question sur l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la DRAC :
+  &lt;a href="mailto:CMP.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   CMP.drac.hdf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au SGAR :
+  &lt;a href="mailto:sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr" rel="noopener" target="_blank"&gt;
+   sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a2f0-cest-mon-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>94984</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche et à la création dans le domaine des arts visuels</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la recherche et à la création – Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à projets vise à soutenir la recherche et la création artistique d&amp;#039;aujourd&amp;#039;hui en matière d&amp;#039;arts visuels ou toute forme relevant de ce secteur et mettant l&amp;#039;accent sur la pluridisciplinarité, à promouvoir le rayonnement de la création et de la production artistique en région et au-delà, à accompagner les filières professionnelles au travers du soutien aux projets de création.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>08/08/2017</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   artistes professionnels du champ des arts visuels ayant une activité régulière de création et de diffusion d&amp;#039;œuvres originales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   associations, porteurs juridiques du projet de création de l&amp;#039;artiste ou du collectif d&amp;#039;artistes, dont l&amp;#039;activité principale est la création artistique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h2&gt;
+ Projets éligibles
+&lt;/h2&gt;
+&lt;p&gt;
+ Pour être éligible, le bénéficiaire respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être implanté en région Grand Est et y mener son activité de manière effective,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de son statut d&amp;#039;artiste professionnel – numéro Siret, inscription à la Maison des artistes ou à l&amp;#039;Agessa – ou d&amp;#039;indépendant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un projet de recherche ou de création d&amp;#039;œuvres inédites.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-a-recherche-a-creation-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0117/depot/simple</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des demandes
+ &lt;/strong&gt;
+ : 30 septembre de l&amp;#039;année n-1 (Ex: 30 septembre 2020 pour un projet se déroulant en 2021)
+&lt;/p&gt;
+&lt;p&gt;
+ Candidatures à envoyer à :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+  culture-subvention&amp;#64;grandest.fr
  &lt;/a&gt;
- ; 01 40 15 80 00
-[...501 lines deleted...]
-  mesdemarches.iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+  versements-creation&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94c6-aide-a-la-recherche-et-a-la-creation-arts-vis/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G61" s="1" t="inlineStr">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>120336</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création et à la résidence</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>AIDES A LA CREATION DANS LES TERRITOIRES</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H61" s="1" t="inlineStr">
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
-[...34 lines deleted...]
- Pièces justifiant la bonification si sollicitation
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les projets de création artistique professionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;émergence et la professionnalisation artistique drômoises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;accueil d&amp;#039;une équipe artistique portant un projet de création en lien avec le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Encourager la mise en réseau et la collaboration des structures d&amp;#039;accueil de projets artistiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses artistiques (doivent représenter au moins 50% des dépenses subventionnables) : cachets des artistes ou des techniciens, frais liés à la création des décors ou costumes, location de matériels, locaux, honoraires et prestations de service ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses de production,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses de diffusion (premières publiques &amp;#43; pré-achats)
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de fonctionnement (structures ou réseau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses relatives à l&amp;#039;objet subventionné prises en compte pour le calcul de l&amp;#039;aide qui serait éventuellement accordée devront être postérieures à la date du dépôt du dossierauprès des services du Département
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les créations et les résidences :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ les aides sont comprises entre 1 000 € et 5 000 € et ne peuvent excéder 50 % du budget réalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les projets coopératifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ les aides sont comprises entre 10 000 € et 15 000 € et ne peuvent excéder 50 % du budget réalisé
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces administratives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Statuts et procès verbal de la dernière Assemblée Générale pour les associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relevé d&amp;#039;identité bancaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel annuel,
+  &lt;br /&gt;
+  bilan comptable et compte de résultat
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces spécifiques à cette demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note d&amp;#039;intention artistique qui doit traduire la volonté et le sens du projet de création
+ &lt;/li&gt;
+ &lt;li&gt;
+  calendrier prévisionnel de diffusion du spectacle ou du support (contrats de cession ou lettres d&amp;#039;engagement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  CV du ou des artistes / auteurs concernés  et nombre de représentations et/ou de ventes des créations précédentes
+ &lt;/li&gt;
+ &lt;li&gt;
+  liste des partenaires de la production
+ &lt;/li&gt;
+ &lt;li&gt;
+  note d&amp;#039;intention des actions culturelles susceptibles d&amp;#039;être proposées autour de la création
+ &lt;/li&gt;
+ &lt;li&gt;
+  budget équilibré (vérité des coûts, adéquation avec les moyens mis en œuvre et l&amp;#039;ambition affichée, rémunération des équipes mobilisées pour le projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans le cas où le travail de création a déjà commencé, fournir un descriptif du travail déjà réalisé et des dépenses engagées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme :
+ &lt;strong&gt;
+  Drôme Démat&amp;#039;.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Culture et Patrimoine
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Création résidence
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier réputé complet est instruit par le Service Développement Culturel. En complément du dossier papier, celui-ci peut solliciter un rendez-vous avec le porteur de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Au moins une session est proposée chaque année aux porteurs de projets. Cette commission rend un avis consultatif.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;avis de la commission est ensuite soumis à la délibération de la Commission permanente du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas d&amp;#039;acceptation, une notification est alors adressée au porteur de projet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Le porteur de projet aura jusqu&amp;#039;au 31 décembre de l&amp;#039;année suivant l&amp;#039;année du vote pour justifier de la réalisation du projet, en fournissant un bilan budgétaire et qualitatif.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve la possibilité de proratiser l&amp;#039;aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s&amp;#039;engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve le droit de demander toute pièce justificative.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 24 novembre 2014.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°7528 du 27 avril 2020
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
-[...3 lines deleted...]
-Réhabilitation
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
-[...17 lines deleted...]
-  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions générales d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être titulaire d&amp;#039;une licence d&amp;#039;entrepreneur de spectacle lorsque l&amp;#039;activité de l&amp;#039;association l&amp;#039;exige,
+ &lt;/li&gt;
+ &lt;li&gt;
+  structure existante depuis 2 ans au minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  rémunérer les artistes et les techniciens professionnels impliqués sur ces temps de travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter des actions actions en lien avec le territoire et ses habitants (actions culturelles, médiation, présentation publique, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir bénéficié d&amp;#039;une aide à la résidence mutualisée ou non, ou à la création pour le même projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir reçu un avis défavorable lors d&amp;#039;une session précédente  pour le même projet, à moins de justifier de changements significatifs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Conditions spécifiques
-[...4 lines deleted...]
-  Respect de la politique du Conseil départemental de soutien aux enseignements artistiques et aux pratiques artistiques amateurs : nécessité d&amp;#039;une réflexion à l&amp;#039;échelle communautaire pour travail en réseau, justification de l&amp;#039;équipement au regard du maillage d&amp;#039;équipements culturels et des activités proposées sur le territoire, avis technique possible dans le cadre d&amp;#039;un aménagement de salle culturelle...
+  Conditions d&amp;#039;éligibilité spécifiques à la création
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être un artiste, une équipe artistique, un auteur domicilié dans la Drôme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un calendrier de création et une stratégie de diffusion.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
-[...17 lines deleted...]
-  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité spécifiques à la résidence :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposer de manière temporaire ou permanente d&amp;#039;un lieu adapté aux besoins techniques du projet artistique et les mettre à disposition au moins 5 jours,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être un lieu de résidence artistique domicilié dans la Drôme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réunir les moyens techniques, financiers et humains (communication, administration, technique) nécessaires à la conception, l&amp;#039;écriture, l&amp;#039;achèvement, la production d&amp;#039;une œuvre nouvelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  créer les conditions d&amp;#039;une présentation au public dans le lieu de résidence ou dans un lieu de diffusion partenaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour l&amp;#039;accueil d&amp;#039;une équipe émergente (en cours de professionnalisation), le solliciteur doit préciser les outils et réseaux mobilisés pour favoriser la plus large diffusion dans la Drôme et plus largement de la création accompagnée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour l&amp;#039;accueil d&amp;#039;une équipe ayant un projet artistique en lien avec le territoire, le solliciteur doit avoir mobilisé les partenaires lui permettant de développer ce lien.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  DÉPENSES ÉLIGIBLES
-[...22 lines deleted...]
-  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  Conditions d&amp;#039;éligibilité spécifiques aux projets coopératifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réunir plusieurs lieux de résidence artistique domiciliés dans la Drôme, accueillant une même équipe
+  &lt;br /&gt;
+  artistique autour d&amp;#039;un même projet de création,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer de manière temporaire ou permanente d&amp;#039;un minimum de 3 lieux adaptés aux besoins
+  &lt;br /&gt;
+  techniques et artistiques du projet artistique, et les mettre à disposition au moins 12 jours au total,
+ &lt;/li&gt;
+ &lt;li&gt;
+  créer les conditions d&amp;#039;une présentation au public dans au moins un des lieux d&amp;#039;accueil du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...22 lines deleted...]
-  Les travaux d&amp;#039;assainissement non-collectif.
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Collectivités, associations, scop, scic, artistes auteurs ou créateurs (justifier l&amp;#039;adhésion à une caisse de cotisations sociales – URSSAF, AGESSA , Maison des Artistes -, ou artiste libre – disposer d&amp;#039;un n° de SIREN et code APE fourni par l&amp;#039;URSSAF, statut 9003 B ou A).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aides-a-la-creation-dans-les-territoires/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction CULTURE ET PATRIMOINE – Service Développement Culturel –
+   Tél : 04 75 79 26 01
+  –
+  &lt;a href="mailto:culture&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+   culture&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/780c-aides-a-la-creation-et-a-la-residence/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...114 lines deleted...]
-      <c r="G63" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>30561</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet culturel : "Le Lauragais dans les arts"</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Lauragais</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J45" s="1" t="inlineStr">
+        <is>
+          <t>Plafonnée à 2000€</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le « Lauragais dans les arts » est un programme éducatif et culturel qui vise à mettre en pratique sur le territoire du PETR du Pays Lauragais les trois grands principes ou « piliers » de l&amp;#039;Education Artistique et Culturelle : 1°pratique avec un professionnel, 2°rencontre avec les œuvres et les artistes, 3°fréquentation des lieux culturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Le « Lauragais dans les arts » vise à favoriser la connaissance, la compréhension et 
+ l&amp;#039;appropriation du patrimoine culturel du Lauragais par ses habitants, notamment les enfants et les 
+jeunes, à travers une lecture artistique originale de cet héritage commun
+ : transformer la vision que les publics ont du patrimoine grâce à une proposition artistique 
+immersive et participative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;action doit :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être portée par un établissement du périmètre du PETR du Pays Lauragais,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir lieu sur le territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  se dérouler au bénéfice de publics résidant de préférence sur le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les établissements bénéficiaires
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etablissements culturels structurants : musées et centres d&amp;#039;interprétation, 
+médiathèques et bibliothèques, écoles de musique et écoles des arts, salles de spectacle et de cinéma...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements scolaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement de l&amp;#039;animation et de l&amp;#039;éducation populaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements de la sphère sociale et médico-sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations soutenues 
+:
+ &lt;/strong&gt;
+ Les projets aidés doivent s&amp;#039;inscrire dans les domaines des arts visuels, des arts
+ vivants, des savoirs-faire et métiers d&amp;#039;art locaux. Ils doivent porter sur au moins un élément constitutif du 
+patrimoine culturel du Lauragais, à des fins de valorisation et de diffusion auprès des 
+habitants, particulier des jeunes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contenu du projet 
+:
+ &lt;/strong&gt;
+ Le projet donne lieu à une mise en valeur et à une meilleure compréhension 
+du patrimoine, culturel du Lauragais en se basant sur les trois piliers de l&amp;#039;Education Artistique et Culturelle 
+(1°pratique avec un professionnel, 2°rencontre avec les œuvres et les artistes, 3°fréquentation des 
+lieux culturels).
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet repose sur un partenariat avec un/des artistes ou compagnies artistiques exerçant 
+dans les domaines des arts vivants ou des arts visuels, ou 
+ un/des artisans d&amp;#039;art ou entreprises 
+artisanales détenteurs d&amp;#039;un savoir-faire représentatif du patrimoine culturel du Lauragais.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après l&amp;#039;édition 2018 qui a vu la concrétisation de 13 projets portés par des établissements scolaires ou des équipements culturels, l&amp;#039;Appel à Projet va permettre d&amp;#039;accompagner 16 projets d&amp;#039;ici la fin de l&amp;#039;année 2019 !
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Voici la liste de nos partenaires porteurs de projets pour cette année :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le Réseau Lecture Publique de la Communauté de Communes Castelnaudary Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;Ecole de Musique Intercommunale Castelnaudary Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Syndicat Lauragais Audois
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Lycées agricole Pierre-Paul Riquet de Castelnaudary (3 projets)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;Ecole Jean Côme Noguès de Soupex
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Lycée des métiers du bois et de l&amp;#039;ameublement de Revel
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Réservoir, Espace découverte du canal du Midi (3 projets)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Réseau Lecture Publique de la Communauté de Communes Piège Lauragais Malepère
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Service Jeunesse de la Communauté de Communes Piège Lauragais Malepère
+  &lt;/li&gt;
+  &lt;li&gt;
+   La Médiathèque d&amp;#039;Avignonet-Lauragais
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Collège Nicolas de Condorcet de Nailloux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le Service Enfance-Jeunesse de la Communauté de Communes des Terres du Lauragais
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être en cohérence avec les objectifs et orientations d
+e la CGEAC du Pays Lauragais et s&amp;#039;appuyer sur au moins l&amp;#039;un d&amp;#039;entre eux
+:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Développer et soutenir la présence d&amp;#039;artistes sur le territoire grâce à la découverte et à la pratique sur le temps scolaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutenir et structurer les pratiques amateurs en dehors du temps scolaire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Favoriser les actions visant un accès et une plus grande
+ implication de tous les publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit satisfaire des critères de qualité artistique, culturelle et éducative
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Compétences reconnues de la structure et professionnalisme des intervenant (agrément Education Nationale si sur le temps scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité de médiation, approche pluridisciplinaire et transversale en termes de 
+champs culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation par les services de l&amp;#039;Education Nationale si sur le temps scolaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être élaboré et mis en œuvre en partenariat avec au moins un 
+établissement du territoire:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etablissements culturels structurants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Equipement ou  service éducatif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissement de la sphère sociale et médico
+-sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le projet doit être construit pour 
+au moins un type de public (par ordre de priorité) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  publics cibles : enfants et jeunes de 3 à 18 ans en temps scolaire et hors temps
+ scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  publics spécifiques et éloignés : Zone Revitalisation Rurale, culture/justice, 
+culture/santé, culture/handicap, éducation prioritaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  public familial, notamment dans u
+ne relation parent/enfant
+ &lt;/li&gt;
+ &lt;li&gt;
+  les habitants du territoire, en privilégiant la mixité sociale et intergénérationnelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet fait l&amp;#039;objet d&amp;#039;une restitution.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet intègre une démarche de développement durable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet porte une attention particulière à la promotion de l&amp;#039;égalité fille
+-garçons / femmes-hommes et à la prévention et la lutte contre toutes formes de discriminations.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays Lauragais</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>http://www.payslauragais.com/le-pays-en-action/projet-artistique-pedagogique</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>http://www.payslauragais.com/sites/scot-lauragais/files/fichiers/aap_lauragais_dans_les_arts_2020_cahier_des_charges.pdf</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ PETR du Pays Lauragais
+&lt;/p&gt;
+&lt;p&gt;
+ 04 68 60 56 54
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission Culture : William Dupré
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : culture.payslauragais&amp;#64;orange.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>sylvie.forestier@payslauragais.com</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbd5-projet-culturel-le-lauragais-dans-les-arts/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>95004</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les émergences Arts Visuels</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux émergences Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région souhaite valoriser la diversité des esthétiques des arts visuels du territoire régional, encourager la création, la diffusion et la rencontre entre les publics et les artistes émergents.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;artiste émergent ou la structure d&amp;#039;accompagnement. L&amp;#039;artiste émergent doit relever du champ des arts visuels et exercer une activité régulière dans la région Grand Est.
+La structure d&amp;#039;accompagnement est une structure culturelle de droit public ou privé ; la collectivité territoriale doit être implantée sur le territoire national.
+&lt;/p&gt;
+&lt;h3&gt;
+ Calendrier
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôts des demandes : 31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;artiste émergent doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;une formation supérieure dans le champ artistique ou d&amp;#039;une première expérience artistique significative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement à ses côtés d&amp;#039;un professionnel qui l&amp;#039;accompagnera dans son parcours, présentera ses travaux à des professionnels et pourra mettre à sa disposition des espaces de travail.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La structure d&amp;#039;accompagnement doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être un équipement professionnel, inséré dans les réseaux professionnels régionaux ou nationaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédiger un diagnostic artistique, technique et promotionnel détaillé de l&amp;#039;artiste émergent,
+ &lt;/li&gt;
+ &lt;li&gt;
+  définir conjointement avec l&amp;#039;artiste émergent un programme d&amp;#039;accompagnement personnalisé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;engager à conclure une convention avec l&amp;#039;artiste émergent.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appel-a-projets-soutien-aux-emergences-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatures à envoyer à :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Demandes de paiement :
+ &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+  versements-creation&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dad0-soutien-aux-emergences-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>95245</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Intervenir en faveur du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet de règlement se présente sous la forme de 3 dispositifs visant une réponse globale aux attentes des acteurs et aux spécificités du domaine :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides à l&amp;#039;organisation de festivals, manifestations et programmations artistiques comprenant des représentations de spectacles et des activités culturelles accessibles au grand public.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides à la production de spectacles destinés à une diffusion au sein des réseaux professionnels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides en faveur des structures artistiques permanentes assurant la gestion d&amp;#039;un équipement ou d&amp;#039;un projet itinérant sur le territoire dans le cadre d&amp;#039;une saison culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le dispositif n°1, le Département apporte son concours à l&amp;#039;organisation de festivals, manifestations et programmations artistiques comprenant des représentations de spectacles, des concerts et des activités culturelles (stages, ateliers de sensibilisation, résidences d&amp;#039;artistes) accessibles du grand public.
+ Les projets doivent comporter des recettes propres (billetterie, vente de marchandises) à l&amp;#039;exception des propositions dans l&amp;#039;espace public reposant sur une démarche artistique singulière (espace scénique, mise en valeur du patrimoine).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°2, l&amp;#039;action du Département dans le domaine du spectacle vivant a pour objectifs de favoriser l&amp;#039;accès du public à des propositions culturelles et artistiques de qualité, de soutenir la création artistique et d&amp;#039;accompagner les professionnels du secteur dans la recherche d&amp;#039;une économie viable de leurs activités. E
+ n la matière, le Département apporte son concours aux structures artistiques (collectif d&amp;#039;artistes, compagnie dramatique ou chorégraphique, entreprise artistique et culturelle etc.) pour la production de spectacles destinés à une diffusion au sein des réseaux professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°3, l&amp;#039;action du Département dans le domaine du spectacle vivant a pour objectifs de favoriser l&amp;#039;accès du public à des propositions culturelles et artistiques de qualité et de soutenir les professionnels du secteur. Elle vise notamment à consolider l&amp;#039;offre d&amp;#039;accueil et de diffusion sur le territoire départemental et son insertion dans les réseaux régionaux et nationaux du spectacle.
+ En la matière, le Département apporte son concours aux structures associatives et  publiques pour la réalisation d&amp;#039;un projet de développement artistique et culturel global.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°1 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Première édition d&amp;#039;un festival ou manifestation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet contenant une seule représentation d&amp;#039;un spectacle ou concert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet réservé à une catégorie particulière de public (spectacles en entreprises, spectacles destinés à des élèves en milieu scolaire, kermesses, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestation artistique pour le compte d&amp;#039;un commanditaire dans le cadre d&amp;#039;une relation marchande (agence d&amp;#039;évènementiel, tourneur)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Association, collectivité territoriale, établissement public Société (SA, SNC etc.) pour la réalisation d&amp;#039;un projet culturel d&amp;#039;intérêt général
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat à une aide est titulaire de la licence d&amp;#039;entrepreneur du spectacle dans les cas prévus par la réglementation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La structure exerce à titre principal une activité dans le spectacle vivant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elle exerce à titre occasionnel une activité dans le domaine mais organise plus de 6 représentations professionnelles par an
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les associations justifient au moment de la demande d&amp;#039;au moins une année d&amp;#039;existence à partir de la date de publication au JO. Elles doivent avoir leur siège social dans l&amp;#039;Aude ou, pour les structures domiciliées dans un autre Département, faire la démonstration d&amp;#039;une activité régulière sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts artistiques et techniques (achat, rémunération, location etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Droits d&amp;#039;auteur et voisins, impôts et taxes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;administration, communication et de fourniture imputables au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fonctionnement général de la structure, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation comptable du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°2 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale concerne les activités suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création artistique (écriture, répétitions et filage)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montage et administration de la production
+ &lt;/li&gt;
+ &lt;li&gt;
+  Action culturelle associée à la création de l&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;outils de communication et d&amp;#039;opérations promotionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préparation de tournées et représentation en public pour une première exploitation (jusqu&amp;#039;à 6 mois suivant la première représentation au public)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation dans la mise en scène et l&amp;#039;interprétation d&amp;#039;une œuvre en vue d&amp;#039;une reprise de l&amp;#039;exploitation après une période d&amp;#039;interruption d&amp;#039;un an
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets portant exclusivement sur l&amp;#039;enseignement et l&amp;#039;intervention pédagogique (se référer en cela au Schéma départemental des enseignements artistiques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;administration ou de diffusion dans le cadre d&amp;#039;une relation marchande (agent d&amp;#039;artiste, producteur phonographique, bureau de production)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Association et société (SA, SARL, SCOP etc.) assurant une mission de production ou de production déléguée de spectacles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates à une aide dispose d&amp;#039;une organisation administrative et de la licence nécessaire à l&amp;#039;exercice de l&amp;#039;activité. Elles justifient au moment de la demande d&amp;#039;au moins une année d&amp;#039;existence à partir de la date de publication au JO ou de l&amp;#039;immatriculation.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles doivent avoir leur siège social dans l&amp;#039;Aude. Une exception s&amp;#039;adresse aux structures domiciliées dans un autre Département qui assurent la production déléguée pour le compte d&amp;#039;une équipe artistique implantée dans l&amp;#039;Aude ou bénéficiant d&amp;#039;un accompagnement par un établissement culturel audois.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts artistiques et techniques (rémunération, défraiement, achat, location)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Droits d&amp;#039;auteur et voisins, taxes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matières et fournitures consommables, services liés au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;administration et de communication imputables au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Frais à caractère généraux, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation comptable du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Dispositif n°3 :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Association, collectivité territoriale, établissement public
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations disposent d&amp;#039;une organisation stable, d&amp;#039;un personnel administratif permanent et de la (les) licence(s) nécessaire(s) à l&amp;#039;exercice de l&amp;#039;activité. Elles doivent avoir leur siège social dans l&amp;#039;Aude.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêts débiteurs, frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de biens durables, dotations aux amortissements et provisions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation du bénévolat et des mises à disposition en nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Les dépenses d&amp;#039;investissement des structures publiques (construction de bâtiment, réhabilitation etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/des-aides-pour-soutenir-le-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Culture
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Secrétaire - Audrey De Bentzmann
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+   audrey.debentzmann&amp;#64;aude.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone :
+ 04.68.11.64.95
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il faut adresser votre dossier de demande avant le 31 décembre de l&amp;#039;année précédant votre action assorti d&amp;#039;un courrier d&amp;#039;accompagnement adressé à M. le Président du Conseil Départemental, à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   CONSEIL DÉPARTEMENTAL DE L&amp;#039;AUDE
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Culture
+  &lt;/li&gt;
+  &lt;li&gt;
+   allée Raymond-Courrière
+  &lt;/li&gt;
+  &lt;li&gt;
+   11855 CARCASSONNE cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b2d9-intervention-en-faveur-du-spectacle-vivant/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>95128</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Intervenir en faveur des arts plastiques et visuels</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H63" s="1" t="inlineStr">
+Particulier</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Le montant d'aide varie selon le dispositif</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
-[...58 lines deleted...]
-      <c r="AA63" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département de l&amp;#039;Aude met en place plusieurs dispositifs dans le domaine des arts plastiques et visuels:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions en direction des arts plastiques et visuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création en arts plastiques et visuels dans le cadre du 1% artistique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la diffusion d&amp;#039;œuvres plastiques et visuelles dans les bâtiments départementaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;action du Département, dans le dispositif n°1, vise à soutenir la diffusion des arts plastiques et visuels auprès du tout public avec une ambition qualitative, à favoriser l&amp;#039;équilibre de l&amp;#039;offre culturelle sur le territoire et à accompagner les professionnels du secteur.
+ Le Département apporte son concours à des projets de diffusion d&amp;#039;œuvres et d&amp;#039;accompagnement à la création artistique comprenant la réalisation d&amp;#039;actions de médiation, de sensibilisation et d&amp;#039;éveil à l&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif n°2 concerne les réalisations artistiques suivantes : dessin, peinture, sculpture, gravure, lithographie, œuvres graphiques et typographiques, œuvres photographiques, œuvres utilisant la lumière, installation, œuvres appartenant à la catégorie des arts appliqués, œuvres utilisant le numérique.
+ Il comprend également les interventions spécialement prévues pour le lieu d&amp;#039;installation de l&amp;#039;ouvrage telles que la conception d&amp;#039;un aménagement d&amp;#039;espaces paysagers ou la création d&amp;#039;un mobilier original.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le dispositif n°3, le Département apporte son concours à des projets d&amp;#039;exposition d&amp;#039;œuvres plastiques et visuelles comportant la réalisation d&amp;#039;animations culturelles (rencontre d&amp;#039;artiste, visites commentées, ateliers d&amp;#039;initiation etc.).
+ Ce concours prend la forme de la mise à disposition temporaire des bâtiments départementaux et de moyens techniques, logistiques et humains.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;expositions temporaires, festivals
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation des lieux permanents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de résidences d&amp;#039;artistes visant la mise à disposition de moyens de production (atelier de travail, hébergement) et la rencontre avec le public
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;em&gt;
+  Dispositif n°1 :
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+ les activités des musées portant sur la conservation et la gestion des collections permanentes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes et Etablissements publics à l&amp;#039;exclusion des communautés d&amp;#039;agglomération et des villes de plus de 30 000 hab.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures culturelles associatives ayant pour objet principal la promotion et la diffusion des arts plastiques et visuels (centre d&amp;#039;art contemporain, artothèque, collectif d&amp;#039;artistes et d&amp;#039;artisans d&amp;#039;art)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Galeries d&amp;#039;art du secteur privé marchand (SA, SARL) à condition que soit assurée une mission d&amp;#039;accompagnement des artistes, de diffusion et de médiation culturelle clairement identifiée et distincte de l&amp;#039;activité de vente
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ Organisations de mécénat culturel, Fond régional d&amp;#039;art contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rémunération et défraiements des artistes, prestations et honoraires (commissaire d&amp;#039;exposition, médiateur, critique d&amp;#039;art, régisseur etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de transport et d&amp;#039;assurance des œuvres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;impression du matériel de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de petit matériel et de fournitures consommables nécessaires au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fonctionnement général de la structure (fluides, location de locaux, etc.), frais financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Edition de catalogues d&amp;#039;exposition, de monographies d&amp;#039;artiste
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;œuvres, opérations de conservation et de gestion des collections
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Dispositif n°2 :
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+ Les œuvres artistiques non pérennes de type performances
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Artistes auteurs d&amp;#039;œuvres plastiques et visuelles assujettis à la Maison des Artistes ou l&amp;#039;Agessa
+ &lt;/li&gt;
+ &lt;li&gt;
+  Designers et paysagistes DPLG immatriculés au Registre du commerce et des sociétés ou au Répertoire des métiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Pour le lauréat, sont éligibles les dépenses nécessaires à l&amp;#039;exécution de la commande (honoraires, achat de matières premières et fournitures, rémunération du personnel auxiliaire).
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;em&gt;
+  Dispositif n°3 :
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne concerne pas :
+ &lt;/strong&gt;
+ Les espaces dédiés au travail de création et l&amp;#039;hébergement de l&amp;#039;artiste.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Artistes auteurs d&amp;#039;œuvres plastiques et visuelles affiliés à la Maison des Artistes ou l&amp;#039;Agessa.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition gracieuse de locaux au sein des bâtiments départementaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en charge de l&amp;#039;assurance relative à la responsabilité civile et à la protection des œuvres
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide à la conception de la scénographie et des activités pédagogiques par le personnel départemental (Conservation départementale des musées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;appui au montage et démontage de la structure par le personnel départemental (technicien des arts du spectacle)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en charge des frais de réception (vernissage) et de communication (affiches)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Défraiement des repas sous réserve de la présence effective de l&amp;#039;artiste sur le lieu
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Le dispositif n&amp;#039;est pas qualifiable en résidence d&amp;#039;artiste et ne prend pas en charge, de ce fait la rémunération, les coûts de déplacement et d&amp;#039;hébergement des artistes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/arts-plastiques</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil Général de l&amp;#039;Aude - Service culture
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétaire - Audrey De Bentzmann
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04.68.11.64.95
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  audrey.debentzmann&amp;#64;aude.fr
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:culture&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+  culture&amp;#64;cg11.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/42dc-intervenir-en-faveur-des-arts-plastiques-et-v/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="64" spans="1:27" customHeight="0">
-      <c r="A64" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>162756</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Soutenir les lieux : musique, théâtre, arts du mouvement, arts visuels</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Soutien aux lieux : musique, théâtre, arts du mouvement, arts visuels</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible et de qualité toute l’année, complémentaires aux festivals et manifestations&lt;/li&gt; 	&lt;li&gt;Favoriser la présence d’artistes sur le territoire et accompagner les artistes, notamment régionaux, dans leur parcours et soutenir l’emploi des professionnels&lt;/li&gt; 	&lt;li&gt; Accueillir les artistes et les œuvres majeures de l’art d’aujourd’hui dans le domaine des arts visuels&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et à l’attractivité économique et touristique du territoire&lt;/li&gt; 	&lt;li&gt;Favoriser la rencontre de l’offre culturelle avec les publics les plus diversifiés, par des actions de diffusion, de médiation, de participation et de recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; Encourager la coopération professionnelle et territoriale dans une dynamique de filière et de mutualisations&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;&lt;span&gt;Sont éligibles à une aide régionale :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;&lt;span&gt; &lt;/span&gt;les lieux et structures de production et/ou de diffusion dirigés par des artistes ou des professionnels du monde culturel,&lt;/li&gt; 	&lt;li&gt;ayant un établissement ou une succursale situés en région Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote,&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée,&lt;/li&gt; 	&lt;li&gt;le droit de la propriété intellectuelle et du travail,&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Et présentant un dossier complet :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; - Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;br /&gt; - Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les spectacles de cabaret ou pratiquant uniquement de l’achat de spectacles&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P64" s="1" t="inlineStr">
+      <c r="P49" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H65" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>163717</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Orchestres</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux Orchestres</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les compagnies artistiques professionnelles et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/soutien-aux-orchestres-0</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les compagnies artistiques professionnelles et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-orchestres/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>95033</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux outils de promotion - Arts visuels et Spectacles Vivants</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K65" s="1" t="inlineStr">
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  DESCRIPTION DU DISPOSITIF
-[...20 lines deleted...]
- Plancher de la subvention : 500 euros
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Arts visuels
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  artiste professionnel du champ des arts visuels exerçant une activité régulière dans la région Grand Est,
+ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  association, porteur juridique du projet du collectif d¡¦artistes installée dans la région Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Spectacle vivant
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  équipe artistique professionnelle de spectacle vivant du Grand Est ou bureau de production accompagnant les équipes artistiques dans leurs projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   taux max 50%
+  &lt;/li&gt;
+  &lt;li&gt;
+   plafond 7 500€
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne sont pas éligibles les structures bénéficiant d&amp;#039;un label national ainsi que les structures conventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une activité artistique régulière et reconnue depuis plus de deux ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   témoigner d&amp;#039;une actualité justifiant la demande,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un plan de valorisation de l&amp;#039;outil de promotion et son intérêt dans le parcours artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : avoir déjà bénéficié d&amp;#039;une aide de la Région au titre de la politique culturelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les arts visuels : les publications sur support papier ou numérique des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : les supports de promotion audio et audiovisuels réalisés dans des conditions professionnelles et ne faisant pas l&amp;#039;objet d&amp;#039;une commercialisation, ainsi que les support papier,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles les documents de communication : flyers, affiches, tracts.
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts de conception et de fabrication de l&amp;#039;outil. Ne sont pas éligibles les dépenses de valorisation, d&amp;#039;ajustements comptables et d&amp;#039;investissement, les frais bancaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R65" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-outils-de-promotion/</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0015/depot/simple</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...84 lines deleted...]
- Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée.
+ Demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
  &lt;br /&gt;
-&lt;/p&gt;</t>
-[...27 lines deleted...]
-      <c r="X65" s="1" t="inlineStr">
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80b5-aide-aux-outils-de-promotion-arts-visuels-et-/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>120951</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Permettre à de jeunes artistes de 18 à 30 ans d'être aidés financièrement et accompagnés pour leur première œuvre professionnelle en Île-de-France</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Régional pour les Talents Emergents (FoRTE) - Bourse aux Jeunes artistes (2025)</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...34 lines deleted...]
-  Consulter l&amp;#039; éco-charte
+ Afin de soutenir la jeune création, la Région a lancé le Fonds régional pour les talents émergents, qui permet à de jeunes artistes de 18 à 30 ans d&amp;#039;être aidés financièrement et accompagnés pour leur première œuvre professionnelle en Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de la 6ème édition du
+ &lt;a href="https://https//www.iledefrance.fr/forte-le-fonds-regional-pour-les-talents-emergents-dile-de-france" rel="noopener" target="_blank"&gt;
+  dispositif annuel FoRTE, lancé en 2017.
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>21/10/2024</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FoRTE s&amp;#039;adresse aux jeunes artistes et créateurs de 18 à 30 ans, diplômés d&amp;#039;une école d&amp;#039;art ou de culture ou justifiant d&amp;#039;une formation qualifiante dans ce domaine, et qui résident en Île-de-France pour la majorité du temps du projet soumis.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils co-candidatent impérativement avec une structure qui s&amp;#039;engage à les accompagner dans la réalisation de leur projet et dans leur insertion professionnelle, pour une durée soumise n&amp;#039;excédant pas 10 mois.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif a notamment pour objectif de permettre aux jeunes artistes et créateurs de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser leur première œuvre en disposant de moyens leur permettant d&amp;#039;atteindre leur meilleur niveau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mieux appréhender le domaine de création dans lequel ils souhaitent faire carrière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accéder à un réseau de professionnels reconnus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obtenir une visibilité à l&amp;#039;échelle régionale, nationale, voire internationale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La bourse d&amp;#039;aide pour l&amp;#039;émergence artistique correspond à la rémunération du jeune talent pour son travail artistique au cours du conventionnement, de 10 mois maximum, ainsi qu&amp;#039;aux dépenses directement afférentes à son projet.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A noter : seuls les projets démarrant à compter de septembre 2023 seront retenus dans le cadre de cette 6ème édition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La bourse peut représenter jusqu&amp;#039;à l&amp;#039;équivalent de 2.500€ par mois,
+ sachant qu&amp;#039;elle est versée en 2 fois (une première moitié au début du projet, une seconde moitié à la production du livrable).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide ne sera pas cumulable avec des aides régionales issues d&amp;#039;autres dispositifs régionaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de candidature peuvent concerner les champs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arts plastiques et visuels au sens large (comprenant architecture, design, mode, photographie...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cinéma- vidéo,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts de la scène (théâtre, danse, cirque...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tout champ hybride entre les disciplines ci-dessus, à rattacher à l&amp;#039;un de ces 4 champs principaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Partenaire de l&amp;#039;organisation des Jeux Olympiques et
+Paralympiques de 2024, la Région participe à la mise en œuvre de l&amp;#039;Olympiade
+culturelle, qui se déroulera de 2021 à 2024.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans
+ce contexte, dès cette année, les candidats qui le souhaitent pourront proposer
+des projets artistiques s&amp;#039;inscrivant dans cet enjeu et faisant dialoguer
+culture, art et sport.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Pour bénéficier de l&amp;#039;aide FoRTE, vous devez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous assurer de remplir les conditions d&amp;#039;éligibilité, ainsi que votre structure et le projet présenté (voir ci-dessus),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obtenir l&amp;#039;engagement d&amp;#039;une structure professionnelle de vous accompagner,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposer un dossier de co-candidature (Jeune artiste – Structure) sur notre plateforme en ligne
+  &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+   mesdemarches.iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ À noter : 2 modalités d&amp;#039;entrée sont offertes pour FoRTE :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit un (une) jeune artiste accompagné(e) d&amp;#039;une structure dépose une demande de bourse.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit une structure accompagnant un (plusieurs) jeune(s) artiste(s) présente une demande de subvention,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Selon les cas (ex : impossibilité de verser l&amp;#039;aide direct au jeune artiste, projet mobilisant non pas un artiste mais un collectif d&amp;#039;artistes...), il pourra être préférable que ce soit plutôt la structure qui dépose une demande de subvention. Elle aura alors la charge du projet et de la rémunération des jeunes artistes.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-regional-pour-les-talents-emergents-forte-bourse-aux-jeunes-artistes-2025</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture / Équipe FoRTE :
+ &lt;a href="mailto:forte&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  forte&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6add-fonds-regional-pour-les-talents-emergents-for/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>120950</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Permettre à de jeunes artistes de 18 à 30 ans d'être aidés financièrement et accompagnés pour leur première œuvre professionnelle en Île-de-France</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Fonds régional pour les talents émergents (FoRTE) - Subvention aux structures (2025)</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...1 lines deleted...]
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;p&gt;
-[...405 lines deleted...]
-  foret_energie_biosources&amp;#64;iledefrance.fr
+ Afin de soutenir la jeune création, la Région propose le Fonds régional pour les talents émergents, qui permet à de jeunes artistes de 18 à 30 ans d&amp;#039;être aidés financièrement et accompagnés pour leur première œuvre professionnelle en Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de la 6ème édition du
+ &lt;a href="https://https//www.iledefrance.fr/forte-le-fonds-regional-pour-les-talents-emergents-dile-de-france" rel="noopener" target="_blank"&gt;
+  dispositif annuel FoRTE, lancé en 2017.
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="L69" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>21/10/2024</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...45 lines deleted...]
-  exigence de qualité :
+ La structure d&amp;#039;accompagnement FoRTE doit être une structure professionnelle œuvrant dans le domaine artistique ou culturel (association, institution, collectivité...).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle doit résider et avoir son activité en Île-de-France, à l&amp;#039;exclusion des seules domiciliations postales franciliennes.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure doit avoir 2 ans d&amp;#039;existence et être indépendante du (des) jeune(s) artiste(s) présenté(s).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle doit s&amp;#039;engager, à travers une lettre détaillée, à accompagner le jeune talent/le collectif de jeunes artistes, cet accompagnement devant viser à lui permettre de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser une première œuvre en disposant de moyens leur permettant d&amp;#039;atteindre leur meilleur niveau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mieux appréhender le domaine de création dans lequel il souhaite faire carrière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accéder à un réseau de professionnels reconnus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obtenir une visibilité à l&amp;#039;échelle régionale, nationale, voire internationale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- - du chemin créé (qualité paysagère, amélioration du réseau existant...)
-[...12 lines deleted...]
-  tous les chemins inscrits au PDIPR par le maître d&amp;#039;ouvrage doivent être en bon état
+ Afin d&amp;#039;accueillir et d&amp;#039;accompagner les talents émergents dans la conception, la réalisation et la diffusion de leur projet artistique, les structures professionnelles bénéficient d&amp;#039;une subvention régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette subvention est calculée sur la base des dépenses éligibles, qui incluent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La rémunération du ou des jeunes créateurs, pour 10 mois maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais artistiques, techniques, de communication et autres frais directement liés à la réalisation du projet artistique pour lequel l&amp;#039;artiste a été choisi,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de fonctionnement généraux relatifs au projet d&amp;#039;accompagnement, qui peuvent être pris en compte dans la limite de 20% du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le soutien régional est plafonné à 80% maximum des dépenses éligibles, dans la limite d&amp;#039;une subvention régionale de 50.000€.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Opérations subventionnées :
-[...9 lines deleted...]
-  sont exclus les travaux d&amp;#039;entretien de chemins existants
+ Le Fonds régional pour les talents
+émergents (FoRTE) est un dispositif transdisciplinaire d&amp;#039;aide à la création
+artistique et de professionnalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds
+  a pour vocation de soutenir et
+d&amp;#039;accompagner les jeunes artistes dans la production de leur première création
+professionnelle en Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures peuvent concerner
+les champs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arts plastiques au sens large
+     (architecture, design, mode, photographie...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cinéma- vidéo
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts de la scène
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tout champ hybride entre ces
+     disciplines, à rattacher au champ principal.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...8 lines deleted...]
-  le cas échéant, extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant :
+ Partenaire
+de l&amp;#039;organisation des Jeux Olympiques et Paralympiques de 2024, la Région
+participe à la mise en œuvre de l&amp;#039;Olympiade culturelle, qui se déroulera de
+2021 à 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce contexte, dès
+cette année, les candidats qui le souhaitent pourront proposer des projets
+artistiques s&amp;#039;inscrivant dans cet enjeu et faisant dialoguer culture, art et
+sport.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;aide FoRTE, vous devez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous assurer que vous-même ainsi que le (les) jeune(s) artiste(s) que vous vous proposez d&amp;#039;accompagner et le projet proposé remplissez les conditions d&amp;#039;éligibilité (synthétisées ci-dessus),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposer un dossier de co-candidature avec le (les) jeune(s) artiste(s)  sur notre plateforme en ligne
+  &lt;a href="https://mesdemarches.iledefrance.fr." rel="noopener" target="_blank"&gt;
+   mesdemarches.iledefrance.fr.
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- - la nature de l&amp;#039;opération envisagée
-[...19 lines deleted...]
- Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+ À noter : 2 modalités d&amp;#039;entrée sont offertes pour FoRTE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit une structure accompagnant un (plusieurs) jeune(s) artiste(s) présente une demande de subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit un (une) jeune artiste accompagné(e) d&amp;#039;une structure dépose une demande de bourse.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Selon les cas (ex : projet d&amp;#039;un seul artiste, champs des Arts plastiques...), il pourra être préférable que ce soit plutôt le (la) jeune artiste qui dépose une demande de bourse.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X69" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/fonds-regional-pour-les-talents-emergents-forte-subvention-aux-structures-2025</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...6 lines deleted...]
-  http://portail.citoyen.lacharente.fr/espace-demarches
+ Direction de la Culture / Équipe FoRTE :
+ &lt;a href="mailto:forte&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  forte&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...23 lines deleted...]
- &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6191-fonds-regional-pour-les-talents-emergents-for/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...648 lines deleted...]
-      <c r="E73" s="1" t="inlineStr">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>162757</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
-[...757 lines deleted...]
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible, diversifiée et de qualité,&lt;/li&gt; 	&lt;li&gt; Favoriser la programmation d’artistes professionnels régionaux, nationaux, internationaux&lt;/li&gt; 	&lt;li&gt;Soutenir l’emploi et participer à l’émergence d’artistes et au développement des carrières,&lt;/li&gt; 	&lt;li&gt; Développer des événements artistiques, festivals et expositions dans le domaine des arts visuels,&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et au développement économique et touristique des territoires,&lt;/li&gt; 	&lt;li&gt; Favoriser la rencontre avec un public large et diversifié, en période estivale et aussi toute l’année,&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt;Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (collectivités, Etat, Europe...)&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Et présentant un dossier complet :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt; Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations portés par les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les grands orchestres, opéras, ballets et centres chorégraphiques nationaux&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P77" s="1" t="inlineStr">
+      <c r="P54" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...26 lines deleted...]
-      <c r="H78" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>95003</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la diffusion régionale, nationale, internationale - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la diffusion régionale, nationale, internationale - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I78" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="O78" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à projets vise à soutenir la diffusion ponctuelle des créations des artistes régionaux en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion en France et à l&amp;#039;étranger, à promouvoir le rayonnement de la création et de la production artistique en région et au-delà, en partenariat avec les lieux de diffusion ayant une responsabilité essentielle dans ces domaines, à accompagner les filières professionnelles et soutenir l&amp;#039;emploi culturel au travers de l&amp;#039;aide aux projets de diffusion.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les artistes ou les collectifs d&amp;#039;artistes professionnel sous forme associative du champ des arts visuels ayant une activité régulière de création et de diffusion d&amp;#039;œuvres originales en région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Calendrier
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt des demandes : 31 octobre de l&amp;#039;année n-1 (Ex : 31 octobre 2019 pour un projet se déroulant en 2020).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P78" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="S78" s="1" t="inlineStr">
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Projets éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et réglementaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être implanté en région Grand Est et y mener son activité de manière effective,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de son statut d&amp;#039;artiste professionnel – numéro Siret, inscription à la Maison des artistes ou à l&amp;#039;Agessa -, ou d&amp;#039;indépendant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier d&amp;#039;un projet de diffusion en France ou à l&amp;#039;étranger accueilli par une structure professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement et de l&amp;#039;implication de la structure d&amp;#039;accueil,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépôt d&amp;#039;un seul dossier pour l&amp;#039;année civile et par bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X78" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appel-a-projets-aide-a-diffusion-regionale-nationale-internationale-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute information complémentaire,
-[...1 lines deleted...]
-  vous pouvez contacter votre direction régionale
+ Candidatures à envoyer à :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+  culture-subvention&amp;#64;grandest.fr
  &lt;/a&gt;
- .
+&lt;/p&gt;
+&lt;p&gt;
+ Demandes de paiement :
+ &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+  versements-creation&amp;#64;grandest.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68b3-aide-a-la-diffusion-regionale-nationale-inter/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...301 lines deleted...]
-      <c r="E82" s="1" t="inlineStr">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>163718</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Labels d’Etat ou assimilés</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Labels d’Etat ou assimilés</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="U82" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;intervention régionale en faveur du Spectacle Vivant est une aide annuelle au fonctionnement.
+Elle a pour objectif de soutenir les lieux culturels de proximité et les labels d&amp;#039;Etat et assimilés et favoriser le développement des interactions entre les artistes, les personnes et les structures diffusant, produisant des spectacles vivants. Encourager l’habitation des forces artistiques sur les territoires ;
+	Soutenir la structuration du secteur du spectacle vivant en Région Nouvelle-Aquitaine ;
+	Accompagner la création artistique et la rencontre entre les œuvres et les personnes.</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/labels-detat-ou-assimiles</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/labels-detat-ou-assimiles/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-[...1119 lines deleted...]
-      <c r="E89" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>162386</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’acquisition d’instruments de musique</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’acquisition d’instruments de musique : INSTRUMENTARIUM</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association</t>
-[...2 lines deleted...]
-      <c r="H89" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="O89" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif accompagne les musiciens, qu’ils soient amateurs ou futurs professionnels. Il finance l’acquisition d’instruments de musique par les conservatoires et écoles de musique publiques ; la Région Sud apporte ainsi son concours à un enseignement artistique de qualité, garantit une équité territoriale, encourage les projets collectifs.&lt;/p&gt; &lt;p&gt;Les établissements d’enseignement artistique publics, communaux, intercommunaux, conservatoires à rayonnement communal, intercommunal, départemental ou régional, les pôles supérieurs d’enseignement artistique, les établissements d’enseignement supérieur artistique conventionnés par la Région ou en délégation de service public.&lt;/p&gt;
+&lt;p&gt;Ne sont pas éligibles : les écoles de musique associatives, les ensembles instrumentaux, vocaux professionnels ou amateurs (orchestre, harmonie, chorale…) et toute autre structure n’ayant pas pour objet l’enseignement artistique.&lt;/p&gt; &lt;p&gt;L’aide permet de cofinancer l’acquisition d’instruments rares ou onéreux ou spécifiques, ou bien des programmes globaux d’équipements d’instruments, en vue de l&amp;#039;enseignement artistique général et/ou de projets culturels et de pratique menés par l&amp;#039;établissement.&lt;/p&gt; &lt;p&gt;Pour bénéficier de l’aide, les projets devront justifier d’un projet sur un et/ou deux volets ci-dessous et présenter la liste et les devis (ou accord-cadre) du plan d&amp;#039;acquisition des instruments :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Équipement en vue d’un enseignement artistique de qualité et accessible : justifier le projet en nombre d’élèves, de classes, d’enseignants et de pédagogie.&lt;/li&gt; 	&lt;li&gt;Équipement en vue d’un rayonnement territorial, d’accès à la culture et de formation des publics : présentation du projet culturel faisant apparaître a minima : des pratiques collectives et participatives, une diffusion en et hors les murs, une articulation avec le territoire.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Lorsque la structure reçoit une aide de la Région, elle est tenue de faire apparaître sur ses supports de communication deux éléments : la mention « « Projet réalisé avec le soutien de la Région Sud Provence-Alpes-Côte d’Azur » et le logo à télécharger sur le site &lt;a href="http://www.maregionsud.fr/" rel="noreferrer noopener" target="_blank"&gt;www.maregionsud.fr&lt;/a&gt;.   &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Education et renforcement des compétences
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P89" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S89" s="1" t="inlineStr">
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>10/10/2023</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour bénéficier de l’aide, les projets devront justifier d’un projet sur un et/ou deux volets ci-dessous et présenter la liste et les devis (ou accord-cadre) du plan d&amp;#039;acquisition des instruments :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Équipement en vue d’un enseignement artistique de qualité et accessible : justifier le projet en nombre d’élèves, de classes, d’enseignants et de pédagogie.&lt;/li&gt; 	&lt;li&gt;Équipement en vue d’un rayonnement territorial, d’accès à la culture et de formation des publics : présentation du projet culturel faisant apparaître a minima : des pratiques collectives et participatives, une diffusion en et hors les murs, une articulation avec le territoire.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Le dossier de demande de subvention est à déposer au moins 3 mois avant le début des acquisitions en cliquant sur le bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dinstruments-de-musique-instrumentarium</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_INSTRUMENTARI/depot/simple</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la Culture / Service création artistique&lt;br /&gt; &lt;span&gt;&lt;a href="mailto:culture&amp;#64;maregionsud.fr"&gt;culture&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; tel : 04 88 73 66 76&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dinstruments-de-musique-instrumentarium/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H90" s="1" t="inlineStr">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>95034</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations d’envergure - Arts Visuels</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L90" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectif :
-[...48 lines deleted...]
- &lt;/strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements est recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures culturelles de droit public ou privé à but non lucratif ayant leur siège en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être manifestation relevant du champ des arts visuels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être manifestation dont une 1ère édition a déjà eu lieu au cours des deux dernières années,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à une majorité d&amp;#039;artistes professionnels – ayant un N° Siret, une inscription à la Maison des artistes, à l&amp;#039;Agessa, ou ayant le statut d&amp;#039;indépendant et intégrer des artistes en activité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;appui d&amp;#039;au moins une collectivité territoriale ou de l&amp;#039;Etat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure/</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0017/depot/simple</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
  &lt;br /&gt;
- &lt;strong&gt;
-[...23 lines deleted...]
-&lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   &lt;span&gt;
-[...28 lines deleted...]
-   &lt;br /&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ffac-soutien-aux-festivals-et-manifestations-denve/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>92587</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une attention particulière sera portée aux manifestations organisées sur des secteurs géographiques isolés et/ou hors période estivale, ainsi qu&amp;#039;à celles œuvrant à la promotion des talents émergents, aux créations inédites ou à l&amp;#039;innovation artistique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;envergure du festival et de la manifestation constituera un critère d&amp;#039;appréciation du projet. Cette dimension sera évaluée de la façon suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Dimension nationale ou internationale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fréquentation supérieure à 10 000 spectateurs par édition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Manifestation reconnue par les professionnels dans l&amp;#039;esthétique qu&amp;#039;elle représente et identifiée comme l&amp;#039;une des plus importantes au niveau national
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnels permanents affectés au festival
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de communication multiple par le biais de supports et médias nationaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retombées médiatiques nationales ou internationales, presse grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répercussions directes et chiffrables sur l&amp;#039;économie locale en termes d&amp;#039;emplois et/ou de chiffre d&amp;#039;affaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact sur l&amp;#039;attractivité touristique du territoire et articulation avec les acteurs du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Dimension structurante pour le département
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée du festival d&amp;#039;un minimum de 2 jours, consécutifs ou non
+ &lt;/li&gt;
+ &lt;li&gt;
+  Part du budget artistique (contrats de cession, cachet des artistes, déplacements, hébergement, restauration, mission de direction artistique) dans le budget global du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fréquentation significative dépassant le seul public local
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères spécifiques d&amp;#039;appréciation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   - Arts plastiques, numériques, graphiques :
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion d&amp;#039;artistes professionnels (inscrits à la Maison des artistes par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interventions et rencontres avec des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions et outils de médiation associés à la manifestation (cartels, livrets pédagogiques, visites accompagnées...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Cinéma :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nombre et caractéristiques des films programmés (cinéma d&amp;#039;auteurs, premiers films, thématiques,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interventions et rencontres avec des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de médiation
+o Jurys et prix
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Festivals et manifestations culturelles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Se déroulant sur le territoire départemental
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faisant appel à des artistes professionnels rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
-Médias et communication</t>
-[...2 lines deleted...]
-      <c r="O90" s="1" t="inlineStr">
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires visés par l&amp;#039;aide :
-[...2 lines deleted...]
-&lt;/p&gt;
+  Sont éligibles les festivals et manifestations culturelles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Se déroulant sur le territoire départemental
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faisant appel à des artistes professionnels rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
- Associations, particuliers, collectivités
-[...1 lines deleted...]
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les festivals et manifestations dont la programmation est déléguée à des organisateurs de tournées à but lucratif et dont l&amp;#039;organisation ne s&amp;#039;inscrit pas dans une politique publique d&amp;#039;action culturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les restitutions d&amp;#039;ateliers de travail, colloques, conférences, salons, expositions-ventes à but commercial ou dans lesquels les artistes doivent s&amp;#039;acquitter d&amp;#039;un droit de participation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets initiés par un lieu permanent ou une structure de diffusion recevant une subvention pour son activité annuelle (volet 1 du présent dispositif)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide variable en fonction de la nature et de l&amp;#039;intérêt du projet de la structure, de son implantation, des actions et partenariats menés pendant l&amp;#039;année, des co-financements mobilisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Assiette éligible : intégralité du budget prévisionnel sur lequel porte la demande de subvention, à l&amp;#039;exception des contributions en nature.
+Sera également prise en compte dans l&amp;#039;analyse des demandes la pluralité des financements alloués au projet. Une participation financière significative de la collectivité organisatrice (commune ou EPCI) sera attendue.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc2a-soutenir-les-festivals-et-manifestations-cult/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>105313</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les expositions et manifestations consacrées aux arts plastiques</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Culture - arts plastiques - expositions et manifestations consacrés aux arts plastiques</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations et organismes de droit privé&lt;/li&gt;
+ &lt;li&gt;
+  Artiste plasticien professionnel ayant une activité depuis plus de 3 ans (étude du dossier au cas par cas)
+ &lt;/li&gt;&lt;li&gt;Autres organismes de droit privé&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Faciliter l’accès à la découverte des arts plastiques sur l’ensemble du territoire par la mise en place d’une manifestation consacrée aux arts plastiques et graphiques avec la mise en place d’une ou plusieurs expositions d’artistes professionnels rémunérés ou dédommagés par des droits d’auteurs et de présentation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention du Département pour un projet : 30 % sur la rémunération/droits de présentation publique &amp;#43; matériaux/matériels (devis).
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de subvention : 4.000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher d&amp;#039;intervention : 1 000 €
+&lt;/p&gt;
+&lt;p&gt;Au cas par cas, le Département, au regard de l’exposition et des œuvres présentées, se réserve la possibilité de flécher au-delà de ce financement accordé pour le projet un montant lié à de la mise à disposition d’œuvres ou module(s) d’exposition. Ces œuvres ou modules pourront ensuite être proposé(e)s dans un ou plusieurs lieux choisis par le Département.&lt;/p&gt;&lt;p&gt;Par ailleurs, les collèges pourront bénéficier d’une prise en charge de leur transport lorsqu’ils se déplaceront sur une exposition proposée par Chabram², IMIS ou Les Modillons. Ce volet sera étudié au cas par cas en concertation avec les lieux d’exposition et le Département. Pour les collèges retenus, le Département remboursera 100 % des dépenses engagées par l’établissement sur présentation de la facture acquittée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NE SONT PAS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets portés par des communes sans accompagnement avéré de l’EPCI du secteur de la manifestation&lt;/li&gt;&lt;li&gt;Centre sociaux&lt;/li&gt;&lt;li&gt;Projets basés sur un rapport de diffusion de contenus captés n’impliquant pas d’écriture multimédia et numérique spécifique (projection vidéo sur plateau faisant office de décor…)&lt;/li&gt;&lt;li&gt;Ateliers de pratique en amateur&lt;/li&gt;&lt;li&gt;Projet para ou péri-scolaire&lt;/li&gt;&lt;li&gt;Projets accompagnés au titre de l’image par le Département de la Charente (pas de cumul d’aides)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;Présence d’artistes professionnels rémunérés ou dédommagés par des droits de présentation publique en amont et lors de la manifestation&lt;/li&gt;&lt;li&gt;Concernant les artistes en individuel, les partenariats publics et/ou privés seront exigés&lt;/li&gt;&lt;li&gt;L’action doit avoir une résonance sur le territoire charentais et auprès du public charentais &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : est entendue comme artiste professionnel une personne déclarée soit à la Maison des artistes, ou à la Chambre des métiers, ou à l’Agessa, ou en tant qu’artiste libre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;que le ou les artiste(s) professionnel(s) exposé(s) ou présent(s) lors de la manifestation soi(en)t rémunéré(s) dans le respect de la réglementation et la législation sociale en vigueur ou dédommagé(s) par l’application du droit de présentation publique dans le cas où les œuvres seraient simplement présentées&lt;/li&gt;&lt;li&gt;que des actions de sensibilisation (ateliers, médiation entre artistes et publics ; actions auprès des scolaires ou du jeune public…) soient menées en amont ou lors de la manifestation&lt;/li&gt;&lt;li&gt;que la manifestation/l’exposition distingue clairement, si elle mêle œuvres d’artistes professionnels et créations amateurs, les artistes autorisés à commercialiser leurs créations et ceux qui ne peuvent y prétendre&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Nota : en effet, seuls les artistes professionnels et les artistes amateurs s’acquittant de leurs cotisations sociales sur la base des bénéfices non commerciaux sont autorisés à commercialiser leur création :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;que la manifestation/l’exposition se déroule dans un lieu de qualité (lumières, espace, équipement, scénographie) ou de passage (collèges, centres médico-sociaux…)&lt;/li&gt;&lt;li&gt;la réalisation d’un outil de communication (affiche, visuel, catalogue, programme) sur lequel l’engagement du Département sera visible&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ou les devis des artistes
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : Un premier acompte de 50 % maximum sera effectué à la notification de décision ou dès signature de la convention, au prorata des dépenses artistiques et techniques réellement engagées.&lt;/p&gt;&lt;p&gt;Le solde sera versé au prorata des dépenses artistiques et techniques définitivement engagées, après réalisation de la manifestation, sous réserve de transmission des factures acquittées et de la complétude du dossier, du budget réalisé définitif (ou provisoire, le cas échéant) et du bilan de fréquentation.&lt;/p&gt;&lt;p&gt;Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...12 lines deleted...]
-      <c r="X90" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/Arts_Plastiques_Photographie.pdf</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction CULTURE  ET PATRIMOINE – Service Développement Culturel
-[...5 lines deleted...]
-  &lt;/strong&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 3 mois avant le début du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039;éco-charte
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a61-soutenir-les-expositions-et-manifestations-co/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G91" s="1" t="inlineStr">
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>19894</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Diffuser l'art contemporain en organisant des expositions, des résidences, des événements et des festivals</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte tenu de la richesse de l&amp;#039;art contemporain en région, mais aussi des fragilités identifiées dans ce secteur, la Région Occitanie a souhaité en faire un axe fort de sa politique régionale Culture et Patrimoine.
+ Aussi, la Région impulse, facilite et accompagne des initiatives dont la vocation est de porter l&amp;#039;art contemporain au plus près de chacun avec une ambition qualitative et une volonté de rayonnement régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement d&amp;#039;artistes professionnels vivant et travaillant sur le territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional, national ou international.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide est défini en fonction de la dimension du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant d&amp;#039;un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt de la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt de la demande doit être antérieur à la réalisation du projet.
+ Il doit être fait avant l&amp;#039;échéance fixée pour ce dispositif et pour l&amp;#039;exercice concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande doit impérativement être déposée au moyen du dossier type de demande de subvention (plus envoi par email) intégrant l&amp;#039;ensemble des pièces à fournir et accompagné d&amp;#039;un RIB et d&amp;#039;un courrier de demande de soutien adressé à la Présidente de la Région Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   A/ Aide aux expositions, résidences et événements de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ concerné est celui de l&amp;#039;art contemporain et de l&amp;#039;architecture contemporaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des structures conventionnées et bénéficiant éventuellement d&amp;#039;un label d&amp;#039;État (centre d&amp;#039;art, FRAC, ...) pour l&amp;#039;ensemble de leur programme d&amp;#039;activité, c&amp;#039;est-à-dire pour leur programmation artistique et culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des structures non conventionnées, pour le soutien à une manifestation, un projet spécifique, ou un volet de leur activité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de nouvelles organisations basées sur les principes de coopération et de mutualisation comme les tiers-lieux, les espaces de co-working et de fabrique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les actions soutenues sont des actions de diffusion de l&amp;#039;art contemporain (expositions, performances...) de rayonnement régional ou national, voire international, et qui intègrent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une dimension de soutien à la création (production, résidences)
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions en direction des publics (médiation, sensibilisation, éducation artistique)
+  &lt;/li&gt;
+  &lt;li&gt;
+   des partenariats artistiques et des actions territoriales associés
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   proposer sur le territoire une programmation artistique et culturelle de rayonnement au moins régional présentant des artistes professionnels (assujettis ou affiliés à la Maison des Artistes ou à l&amp;#039;Agessa ou diplômés d&amp;#039;un établissement supérieur d&amp;#039;enseignement artistique/architecture) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une programmation basée sur des invitations faites à des artistes extérieurs à la structure porteuse du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   affirmer un engagement auprès d&amp;#039;artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmer des actions culturelles en direction des publics, en lien avec la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscrire leur activité dans une complémentarité et des synergies avec l&amp;#039;environnement local et départemental (partenariats, ancrage affirmé) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de locaux et/ou moyens techniques mobilisables permettant des conditions professionnelles de monstration et de conservation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les salons et foires d&amp;#039;art contemporain sur le territoire sauf s&amp;#039;ils s&amp;#039;intègrent dans une démarche de projet de réseau professionnel de rayonnement a minima régional et de portage associatif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Seront appréciés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la cohérence, l&amp;#039;indépendance, le caractère singulier de la ligne artistique et l&amp;#039;ambition de la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication dans l&amp;#039;accompagnement des artistes par des (co)productions ou des résidences par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;attention portée à l&amp;#039;émergence de nouveaux talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre de partenariats riches et diversifiés tant au niveau artistique dans les réseaux professionnels spécialisés (coproduction, coédition...) qu&amp;#039;au niveau culturel avec la société civile (les entreprises, les milieux associatifs et scolaires). Aussi bien à une échelle de proximité que régionale et au-delà ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le caractère actif et inventif des actions culturelles ou éducatives ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme de la gestion de l&amp;#039;activité et de la communication ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la part du budget consacrée à la rémunération des artistes (honoraires) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   B/ Aide aux festivals de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne les festivals :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de rayonnement régional, national, voire international ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui œuvrent pour la promotion de la création et de la diversité de l&amp;#039;offre culturelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui permettent la diffusion et l&amp;#039;accès aux œuvres auprès d&amp;#039;un large public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui participent à l&amp;#039;économie du territoire et à son attractivité en terme touristique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   démontrer la viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une durée minimale du festival de 2 jours.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les festivals off ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront appréciés les points suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1) La qualité de la programmation qui sera évaluée selon les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en œuvre une ligne artistique cohérente faisant intervenir des artistes et des photographes professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à la diversité artistique, à la singularité et à l&amp;#039;innovation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;émergence des talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée aux artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmation au minimum de 5 expositions monographiques ou collectives ou événements réparties sur au moins deux jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à une part significative du budget consacrée aux dépenses artistiques, et en particulier à la rémunération des artistes, à la production d&amp;#039;œuvres.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 2) Diffusion (politique des publics)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accessibilité et actions auprès des publics (médiation notamment, tarifs attractifs...) visant à l&amp;#039;élargissement des publics, notamment des publics empêchés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3) Attractivité économique et tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   échanges avec le secteur touristique et ses principaux opérateurs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   retombées économiques de la manifestation pour son territoire d&amp;#039;implantation et pour la région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 4) Développement territorial
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   complémentarité et synergie avec l&amp;#039;environnement local et départemental (partenariats avec d&amp;#039;autres opérateurs culturels du territoire de proximité) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamique de réseau et lien de coopération avec d&amp;#039;autres partenaires régionaux et nationaux voire internationaux, d&amp;#039;autres territoires (Régions, Euro-région,...), d&amp;#039;autres festivals, dans la perspective d&amp;#039;optimiser la circulation des œuvres et des artistes (inscription dans les réseaux d&amp;#039;art contemporain) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement et dynamisation du territoire. Mise en œuvre d&amp;#039;actions de décentralisation avec une attention portée aux territoires ruraux et péri-urbains ainsi qu&amp;#039;à la dynamique sociale (mobilisation de la population locale...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 5) Développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   promotion du développement durable par la mise en place de dispositifs spécifiques pendant la durée du festival (transports peu polluants, gestion des déchets et de la ressource...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ Sont éligibles : Toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention (dépenses artistiques et pédagogiques, frais de personnel, de communication, de transport, ...) quelle que soit la date à laquelle la dépense est réalisée, à la condition qu&amp;#039;elles soient en lien direct et justifié avec le programme subventionné.
+&lt;p&gt;
+ Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la valorisation du bénévolat et des mises à disposition en nature ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dotations aux amortissements et aux provisions ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les intérêts des emprunts et les agios ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les impôts et taxes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Art-contemporain-Dispositif-d-aide-a-la-diffusion-Expositions</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11, 30, 34, 48 et 66 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Montpellier 201 avenue de Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurianne.hidalgo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Toulouse 22 boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : clement.montel&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0479-art-contemporain-aide-a-la-diffusion-expositi/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>144485</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la diffusion du spectacle vivant : Aide aux festivals - Aide aux saisons culturelles</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la diffusion du spectacle vivant : Aide aux festivals - Aide aux saisons culturelles</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I91" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K91" s="1" t="inlineStr">
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>La subvention ne peut excéder 40% du budget global du projet</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le règlement « Aide au spectacle vivant » vise à soutenir les associations, les communes et EPCI dans les projets de création des compagnies professionnelles, de diffusion du spectacle vivant et de production d&amp;#039;évènements d&amp;#039;envergure régionale, nationale et internationale, sur le territoire haut-marnais.
+ Dans le domaine de la diffusion du spectacle vivant, quelle que soit la discipline proposée, l&amp;#039;intervention de la collectivité départementale vise à soutenir les organisateurs de manifestations culturelles ou de saisons culturelles, qui proposent sur le territoire landais une programmation fondée sur des créations menées par des artistes professionnels, qui aménagent des lieux pour accueillir au mieux les œuvres, les publics et les artistes, et qui mettent en place un mode d&amp;#039;actions susceptible de fidéliser les spectateurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Parmi ses priorités d&amp;#039;intervention, le Département s&amp;#039;attache à accompagner les projets qui s&amp;#039;engagent à favoriser un accès qualitatif à la culture pour les publics qui en sont les plus éloignés, ainsi que ceux qui développent des programmes d&amp;#039;actions qui contribuent à l&amp;#039;éducation artistique et culturelle des plus jeunes. Il porte également une attention particulière aux projets qui visent à assurer la diversité de l&amp;#039;offre de spectacle vivant sur le territoire landais, en favorisant les esthétiques et les disciplines les moins présentes, et à ceux qui soutiennent l&amp;#039;exigence artistique professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale a pour objectif de renforcer celle apportée localement par les communes, groupements de communes ou autres partenaires publics. Elle vient accompagner l&amp;#039;effort financier engagé en termes de programmation et de régie technique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;intervention du Département tient donc compte de la pluralité du financement, du montant d&amp;#039;engagement des différents échelons institutionnels, et de la capacité du porteur de projet à mobiliser des recettes propres (billetterie, fonds propres, buvette, etc.). Il tient également compte du soutien en nature éventuellement apporté par le Département dans le cadre de son règlement départemental de mise à disposition de matériels scéniques et muséographiques, et/ou de celui des collectivités de proximité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les dossiers seront examinés au regard des éléments suivants :
-[...1 lines deleted...]
-&lt;p&gt;
+ &lt;strong&gt;
+  AIDE AUX FESTIVALS :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout dossier déposé au titre du soutien aux festivals doit obligatoirement remplir les conditions d&amp;#039;éligibilité suivantes :
+ &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   la qualité artistique et culturelle du projet,
-[...8 lines deleted...]
-   la diversité des publics cibles.
+   Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » à partir de 6 spectacles proposés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une programmation sur une durée minimale de deux jours consécutifs pour être qualifié de « festival ».
+  &lt;/li&gt;
+  &lt;li&gt;
+   Faire obligatoirement appel à l&amp;#039;intervention rémunérée d&amp;#039;artistes et de techniciens professionnels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer un renouvellement artistique de la programmation d&amp;#039;année en année.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prédominance de la part consacrée à la programmation artistique (coûts de cession des spectacles, accueil logistique des artistes et mise en œuvre technique) au regard du budget global.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Valoriser la manifestation et le soutien du Département par une communication adaptée avec des supports dédiés (imprimés ou numériques).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une politique tarifaire adaptée aux différents publics (minimum : tarif plein/ tarif réduit).
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;
-[...2 lines deleted...]
-&lt;p&gt;
+ &lt;strong&gt;
+  AIDE AUX SAISONS CULTURELLES :
+ &lt;/strong&gt;
+&lt;p&gt;
+ Tout dossier déposé au titre du soutien aux saisons culturelles doit obligatoirement remplir les conditions d&amp;#039;éligibilité suivantes :
+ &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   la réalisation de spectacles professionnels,
-[...32 lines deleted...]
-   le dossier complet.
+   Programmer un minimum de 4 spectacles professionnels par an, avec une régularité minimale d&amp;#039;un spectacle par trimestre, dans des lieux publics aménagés techniquement pour recevoir publics et artistes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » selon la réglementation en vigueur.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Disposer d&amp;#039;une équipe dédiée, bénévole ou professionnelle, pour la programmation, l&amp;#039;organisation et le développement de la saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assurer la rémunération de tous les artistes et techniciens professionnels engagés dans la saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une programmation renouvelée chaque année, reposant sur un projet clairement défini dans ses objectifs artistiques et de développement de saison culturelle.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programmer chaque année un ou plusieurs artistes professionnels landais ou régionaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développer des actions de sensibilisation en lien direct avec la programmation de la saison : représentations scolaires, ateliers de pratique, rencontres avec l&amp;#039;artiste, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Valoriser la saison culturelle et le soutien du Département par une communication adaptée avec des supports dédiés (imprimés ou numériques).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposer une politique tarifaire adaptée aux différents publics
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=53</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09de-aider-a-la-diffusion-du-spectacle-vivant-aide/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>105319</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux culturels et saisons</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Culture - lieux culturels et saisons</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département apporte, via des conventions d&amp;#039;objectifs, un soutien en fonctionnement aux établissements culturels, répondant plus particulièrement aux critères ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TYPOLOGIES DES LIEUX
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le classement des financements départementaux s&amp;#039;établit selon la reconnaissance ou non par l&amp;#039;Etat et la Région, les jauges de chaque salle et par la mise en place d&amp;#039;une programmation professionnelle régulière soit plus d&amp;#039;1 spectacle professionnel par mois acheté par le lieu lui-même (pas de simple mise à disposition d&amp;#039;espace).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Scène nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scène conventionnée d&amp;#039;intérêt national
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance régionale – jauge supérieure à 500 places assises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance régionale – jauge comprise entre 300 et 500 places assises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance régionale – jauge inférieure à 300 places assises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Scènes à résonnance départementale – lieu qui n&amp;#039;est pas financé par l&amp;#039;Etat / la Région mais reconnu d&amp;#039;intérêt départemental (zone rurale ou quartier sensible) proposant une programmation d&amp;#039;au moins 1 spectacle professionnel par mois soumis à billetterie proposée par un référent professionnel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNE NATIONALE
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global &amp;gt; 1 500 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 160 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Label &amp;#34;scène conventionnée&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété nationale voire internationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un manifestation au sein du lieu / territorialisation de programmations / actions vers le jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence des arts plastiques dans le lieu
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNE CONVENTIONNÉE D&amp;#039;INTÉRÊT NATIONAL
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global  entre 500 000 € et &amp;lt; 1 500 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 56 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Label national &amp;#34;scène conventionnée&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété nationale voire internationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territorialisation de la programmations / actions vers le jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un manifestation au sein du lieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence des arts plastiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE RÉGIONALE – jauge supérieure à 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global compris entre 250 000 € et 1 000 000 € &amp;#43; jauge supérieure à 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 65 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financement régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété régionale voire nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une manifestation au sein du lieu / territorialisation de programmations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE RÉGIONALE – jauge comprise entre 300 et 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget global compris entre 250 000 € et 1 000 000 € &amp;#43; jauge comprise entre 300 et 500 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 40 000 €
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants : (sans entrer dans les calculs de subvention)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financement régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété régionale voire nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une manifestation au sein du lieu / territorialisation de programmations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE RÉGIONALE – jauge inférieure à 300 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget artistique compris entre 20 000 € et 250 000 € &amp;#43; jauge inférieure à 300 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 20 % plafonnées à 20 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financement régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;artistes de notoriété régionale voire nationale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;une manifestation au sein du lieu / territorialisation de programmations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; SCÈNES A RÉSONNANCE DÉPARTEMENTALE – lieu qui peut être ou non financé par l&amp;#039;Etat / la Région, reconnu d&amp;#039;intérêt départemental (zone rurale ou quartier sensible) proposant une programmation de plus d&amp;#039;un spectacle professionnel par mois soumis à billetterie et acheté par le lieu demandeur, proposée par un référent professionnel
+&lt;/p&gt;
+&lt;p&gt;
+ Base : budget artistique compris entre 20 000 € et 250 000 € &amp;#43; jauge inférieure à 300 places assises
+&lt;/p&gt;
+&lt;p&gt;
+ Budget artistique : 15 % plafonnées à 9 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Sont observés les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Financements CDC / commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Territorialisation milieu rural / secteur sensible
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation régulière, professionnelle et pluridisciplinaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions en direction du jeune public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Arts plastiques prof. rémunérés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nota : bien qu&amp;#039;inscrits sur ce dispositif, ces éléments ne concernent pas les scènes Musiques Actuelles ni la Maison Maria Casarès
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITÈRES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la professionnalisation d&amp;#039;artistes programmés
+ &lt;/li&gt;
+ &lt;li&gt;
+  la permanence d&amp;#039;une équipe professionnelle pour la mise en place de la programmation
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en œuvre d&amp;#039;une saison culturelle : 1 spectacle professionnel/mois a minima, soumis à contrat et billetterie
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien à la création et aux résidences d&amp;#039;artistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  les relations étroites avec les partenaires locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  les actions en direction du jeune public (et pour certains lieux dont les jauges excèderaient 150 places assises fixes, l&amp;#039;accueil des collèges dans le cadre de l&amp;#039;opération départementale « Collège au spectacle ») hors scènes Musiques Actuelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;une politique tarifaire adaptée
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en place d&amp;#039;expositions valorisant les œuvres d&amp;#039;artistes plasticiens professionnels rémunérés ou dédommagés par des droits d&amp;#039;auteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  licence de catégorie 1 (exploitation d&amp;#039;une salle) en cours de validité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  la programmation année N
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bilan quantitatif et qualitatif de la saison culturelle N-1
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : 80 % à la signature de la convention et le solde au cours du dernier trimestre de l&amp;#039;année civile et sur présentation des comptes clos (compte de résultat et bilan)
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
-[...453 lines deleted...]
-      <c r="U92" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V92" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/lieux_culturels_et_saisons.pdf</t>
         </is>
       </c>
-      <c r="W92" s="1" t="inlineStr">
+      <c r="W63" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X92" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : janvier de l&amp;#039;année en cours
 &lt;/p&gt;
 &lt;p&gt;
  Service évènements culturels ; Tél. : 05 16 09 72 96
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
 &lt;/p&gt;
 &lt;p&gt;
  Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
  &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
   Consulter l&amp;#039; éco-charte
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z92" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2491-soutenir-les-lieux-culturels-et-saisons/</t>
         </is>
       </c>
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G93" s="1" t="inlineStr">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>153932</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les écoles de musique, danse, théâtre, art du cirque et arts visuels</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Écoles de musique, danse, théâtre, art du cirque et arts visuels</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide est à la fois:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une aide au fonctionnement, égalitaire, prenant en compte à la fois le nombre d&amp;#039;élèves (tous les élèves, enfants et adultes confondus, suivant un cursus ou des ateliers en musique, danse, théâtre, arts du cirque et/ou arts visuels), la masse salariale, l&amp;#039;accessibilité des tarifs et le niveau de formation des enseignants. Cette aide est par ailleurs modulée en fonction de la richesse des territoires (cf. politique contractuelle du département) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une aide au(x) projet(s) mis en place au cours de l&amp;#039;année scolaire, inscrits dans l&amp;#039;une des 5 thématiques prédéfinies et répondant aux critères de recevabilité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une aide à l&amp;#039;investissement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Le Conseil départemental apporte un soutien aux projets répondant à l&amp;#039;une des 5 thématiques suivantes :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    La diversification des disciplines et des esthétiques;
+   &lt;/li&gt;
+   &lt;li&gt;
+    La diversification des parcours et des approches pédagogiques;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le travail avec le milieu scolaire et l&amp;#039;action culturelle sur le territoire;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Le travail avec des artistes (ou des équipes artistiques) professionnels extérieurs, en lien avec les lieux de diffusion et/ou d&amp;#039;autres structures du territoire;
+   &lt;/li&gt;
+   &lt;li&gt;
+    La résidence d&amp;#039;artiste(s) dans les établissements d&amp;#039;enseignement artistique
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Comment bénéficier de l&amp;#039;aide ?
+   &lt;/strong&gt;
+  &lt;/p&gt;
+ &lt;p&gt;
+  Le soutien du Conseil départemental est conditionné au respect des critères du Schéma départemental de l&amp;#039;enseignement, des pratiques et de l&amp;#039;éducation artistiques :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Présence d&amp;#039;un directeur ou d&amp;#039;un professeur coordinateur clairement identifié et rémunéré;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Existence d&amp;#039;un projet d&amp;#039;établissement pluriannuel vivant et concerté, évalué à échéance régulière ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Enseignement au minimum de 5 disciplines cohérentes entre elles et permettant les pratiques d&amp;#039;ensemble ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Enseignants formés (niveau DE souhaité, DEM requis ou en cours de formation) ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Soutien affiché des collectivités locales, assurant le bon fonctionnement de l&amp;#039;école ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Minimum de 50 enfants
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaque école peut déposer chaque année 3 projets maximum (6 pour les territoires fusionnant leurs établissements à l&amp;#039;occasion de regroupements intercommunaux), qu&amp;#039;il s&amp;#039;agisse de projets d&amp;#039;école ou de projets de réseau (rassemblant plusieurs écoles), inscrits dans l&amp;#039;une et/ou l&amp;#039;autre des 5 thématiques prédéfinies et répondant aux critères de recevabilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/ecoles-de-musique-danse-theatre-art-du-cirque-et-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 05 96 47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/547c-ecoles-de-musique-danse-theatre-art-du-cirque/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>162647</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Innover en soutenant et en développant des projets préservant une vie locale dynamique et attractive, proches de l’environnement</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 5 - Innover en soutenant et en développant des projets préservant une vie locale dynamique et attractive, proches de l’environnement</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 40 000 €</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’offre culturelle, sportive et de loisirs est à la fois peu nombreuse et qualitativement en retrait au regard des besoins attendus par la population du Pays (en termes de diffusion artistique, de pratique et d’enseignement artistiques au-delà de l’agglomération périgourdine).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Et surtout, elle ne relie pas assez l’homme et la nature, à l’heure du changement climatique. Le besoin de se réconcilier est réel. Ce que permet la présence d’artistes sur le territoire, dans la mesure où ils savent créer un imaginaire, des ponts entre les différentes identités culturelles, qui composent notre société. Nous et nos territoires sommes tous porteurs de culture. Nous avons tous des valeurs, des histoires, des convictions, des traditions, des savoirs, des modes de vie et des pratiques artistiques, qui ne demandent qu’à s’exprimer, à&lt;br /&gt;se confronter pour faire société, dans un rapport à l’autre et à la nature apaisée. Cette définition élargie de la culture valorise le patrimoine culturel de chacun et de chacun de nos territoires.&lt;/p&gt;&lt;p&gt;Au-delà de l’offre culturelle, l’offre sportive, récréative et de loisirs a besoin d’être encouragée afin de monter en qualité et son nombre, tant pour les populations locales que pour les jeunes, désireux d’un dynamisme nouveau pour leur territoire, d’équipements permettant la rencontre et de tisser des liens.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les actions seront également pensées pour la vitalité sociale du territoire. Il s’agit par ailleurs d’apporter un appui au tissu associatif en améliorant son offre ou ses évènementiels et de les faire davantage fréquenter par la population.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Il s’agit aussi ici de co-construire dans la durée des actions culturelles avec des artistes et des habitants, afin que chacun se retrouve&lt;br /&gt;dans l’offre proposée. En partant des envies, des pratiques et des savoir-faire des personnes (promotion des droits culturels).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Encourager des actions en lien avec la thématique de l’Isle et de l’eau (dans sa dimension symbolique, fonctionnelle et environnementale) et sur les autres versants du patrimoine matériel et immatériel du territoire (gastronomie, forêt, biodiversité, bâti, histoire) …&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Opérations liées à la préservation et la valorisation de la rivière Isle et son milieu&lt;br /&gt;• Créations d’espace écologique&lt;br /&gt;• Zones d’éducation …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer la pratique récréative, sportive et de loisirs tout en permettant de créer et développer du lien social&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Équipements et sites de loisirs sportifs / récréatifs&lt;br /&gt;• Espaces concourant à soutenir et développer une vie locale dynamique et attractive&lt;br /&gt;• Aires de jeux&lt;br /&gt;• City-stades et Pumptracks …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer des actions de diffusion et de pratique artistique dans et hors les murs (en privilégiant les zones blanches, l’usage de l’espace public et des espaces transitoires, la convivialité et l’accès au plus grand nombre)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Spectacles&lt;br /&gt;• Expositions dans les murs et hors les murs&lt;br /&gt;• Ateliers (itinérants) de pratique artistique&lt;br /&gt;• Évènementiels …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Initier des projets de médiation culturelle et scientifique (sensibilisation sur les ressources du territoire)&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées, manifestations, sensibilisation&lt;br /&gt;• Résidences d’artistes avec des actions pédagogiques&lt;br /&gt;• Évènementiels&lt;br /&gt;• Festivals qui valorisent les ressources du territoire&lt;br /&gt;• Art visuel pour valorisation du patrimoine&lt;br /&gt;• Ingénierie liée à l’organisation et l’animation d’ateliers&lt;br /&gt;• Land art&lt;br /&gt;• Prestations artistiques&lt;br /&gt;• Pôle multiculturel …&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Animation et mise en réseau
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;/p&gt;&lt;p&gt;- Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants&lt;br /&gt;- Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;- Les opérations relevant de l’éducation à l’environnement portant un intérêt régional &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA5-Vie-locale-et-Environnement.pdf</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-soutenant-et-en-developpant-des-projets-preservant-une-vie-locale-dynamique-et-attractive-proches-de-lenvironnement/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>1081</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et manifestations de spectacle vivant d'envergure</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...4 lines deleted...]
-      <c r="H93" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  participer au rééquilibrage du territoire en termes d&amp;#039;offre culturelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel régional et la promotion des équipes artistiques/artistes du territoire prenant part à ces manifestations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner les festivals dans leur effort de rayonnement régional, national ou international et promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les manifestations soucieuses du développement durable et des partenariats locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certains festivals structurants et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être une manifestation relevant du champ des arts de la scène – théâtre, danse, cirque, marionnette, arts de la parole), de la musique (actuelle, classique et contemporaine -, des arts de la rue ou pluridisciplinaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
+  &lt;/li&gt;
+  &lt;li&gt;
+   être une manifestation dont une 1ère édition a déjà eu lieu, se déroulant sur une durée minimale de 3 jours ou justifiant d&amp;#039;un minimum de 9 représentations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel exclusivement à des artistes professionnels et intégrer des artistes en activité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les projets à but strictement commercial.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure-2/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef8f-soutien-aux-festivals-et-manifestations-denve/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>111647</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets culturels de territoire</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Culture et action extérieure : Accompagnement des territoires et opérateurs culturels</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Contrat culturel de territoire (CCT) annuel ou triennal.</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrats culturels de territoire (CCT) : aide apportée pour le développement des projets dans les domaines de la lecture publique, de la valorisation du patrimoine, des enseignements artistiques, de l&amp;#039;éducation artistique et culturelle, des arts vivants, du cinéma et des arts visuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention annuelle ou triennale.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-02-0023 (AD du 27/06/2016)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture et de l&amp;#039;action internationale
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 93 52
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/07bb-developper-des-projets-culturels-de-territoir/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>163061</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les résidences d’écriture pour le cinéma et l’audiovisuel</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux résidences d’écriture pour le cinéma et l’audiovisuel</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="O93" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Soutenir la professionnalisation des auteurs, réalisateurs et scénaristes permet d’accompagner la création cinématographique et audiovisuelle, d’encourager les formes innovantes et l’émergence de nouveaux talents.&lt;/p&gt;
+&lt;p&gt;Ces espaces de création offrent aux auteurs les moyens et les conditions pour mener à bien leur travail d’écriture et favorisent leurs rencontres avec l’ensemble de la filière professionnelle et les publics. La Région privilégie les approches inclusives, favorisant la diversité et la mixité dans la sélection des candidats, des projets et des professionnels intervenants. Elle met en place une politique écoresponsable et de développement durable visant à rationaliser et à quantifier les actions en la matière.&lt;/p&gt; &lt;p&gt;Les associations dont l’objet statutaire est en lien avec le cinéma ou l’audiovisuel, qui peuvent justifier d’au moins une année de fonctionnement, qui présentent un compte de résultat équilibré à l’année N-1.&lt;/p&gt; &lt;p&gt;Les résidences doivent répondre à la définition et aux exigences de la circulaire du ministère de la Culture et de la communication du 8 juin 2016 relative au soutien d’artistes et d’équipes artistiques dans le cadre de résidences.&lt;/p&gt;
+&lt;p&gt;Ce dispositif concerne les résidences destinées aux auteurs, réalisateurs et scénaristes de fiction, documentaire, animation et œuvres immersives.&lt;/p&gt;
+&lt;p&gt;Les résidences proposées doivent aussi répondre aux conditions d’éligibilité suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;proposer une durée de résidence supérieure ou égale à 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;être destinées uniquement aux professionnels du cinéma et de l’audiovisuel ou aux auteurs, réalisateurs ou scénaristes en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;mettre en place des modalités de sélection des projets et des candidats par appels à projets et sur des critères artistiques avec une forte sélectivité, et laissant une place à l’émergence dans le choix des candidats ;&lt;/li&gt; 	&lt;li&gt;assurer un encadrement et un suivi de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;fournir aux résidents un accompagnement à même de faire fructifier leur projet ;&lt;/li&gt; 	&lt;li&gt;attester d’une direction artistique affirmée avec un travail de fond sur l’écriture des œuvres cinématographiques ou audiovisuelles ;&lt;/li&gt; 	&lt;li&gt;organiser des interactions avec les publics (master-class, conférence, lecture publique, atelier de pratique artistique, etc.) ;&lt;/li&gt; 	&lt;li&gt;créer des espaces de rencontre avec les acteurs de la filière (participation à des festivals, événements professionnels type marché, organisation de pitch pour les résidents, etc.) ;&lt;/li&gt; 	&lt;li&gt;garantir une sélection des candidats par un comité indépendant et composé de professionnels du secteur concerné ;&lt;/li&gt; 	&lt;li&gt;présenter des implications financières multiples : publiques et privées, et en particulier une aide significative des collectivités locales (communes et/ou communauté de communes, département) manifestant ainsi leur intérêt et leur soutien pour les projets présentés. La Région n’intervient pas isolément des autres partenaires institutionnels qui partagent avec elle la responsabilité du territoire de Provence-Alpes-Côte d’Azur ; elle ne peut donc être appelée en substitution aux carences des autres collectivités publiques ;&lt;/li&gt; 	&lt;li&gt;témoigner d’une complémentarité avec la politique régionale menée sur le cinéma et l&amp;#039;audiovisuel et s’inscrire dans une démarche partenariale (information, communication, suivi, bilan) avec l&amp;#039;institution régionale pour favoriser la dimension territoriale régionale et la dynamique culturelle en termes de diffusion, de création (soutien aux artistes régionaux), et de communication avec les autres manifestations ;&lt;/li&gt; 	&lt;li&gt;s&amp;#039;inscrire dans une démarche écoresponsable afin de réduire l’empreinte carbone de la résidence et sensibiliser à cette démarche ;&lt;/li&gt; 	&lt;li&gt;avoir une attention aux approches inclusives qui privilégient la diversité et la mixité dans la sélection des candidats, des projets et des professionnels intervenants.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P93" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S93" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les résidences doivent répondre à la définition et aux exigences de la circulaire du ministère de la Culture et de la communication du 8 juin 2016 relative au soutien d’artistes et d’équipes artistiques dans le cadre de résidences.&lt;/p&gt;
+&lt;p&gt;Ce dispositif concerne les résidences destinées aux auteurs, réalisateurs et scénaristes de fiction, documentaire, animation et œuvres immersives.&lt;/p&gt;
+&lt;p&gt;Les résidences proposées doivent aussi répondre aux conditions d’éligibilité suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;proposer une durée de résidence supérieure ou égale à 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;être destinées uniquement aux professionnels du cinéma et de l’audiovisuel ou aux auteurs, réalisateurs ou scénaristes en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;mettre en place des modalités de sélection des projets et des candidats par appels à projets et sur des critères artistiques avec une forte sélectivité, et laissant une place à l’émergence dans le choix des candidats ;&lt;/li&gt; 	&lt;li&gt;assurer un encadrement et un suivi de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;fournir aux résidents un accompagnement à même de faire fructifier leur projet ;&lt;/li&gt; 	&lt;li&gt;attester d’une direction artistique affirmée avec un travail de fond sur l’écriture des œuvres cinématographiques ou audiovisuelles ;&lt;/li&gt; 	&lt;li&gt;organiser des interactions avec les publics (master-class, conférence, lecture publique, atelier de pratique artistique, etc.) ;&lt;/li&gt; 	&lt;li&gt;créer des espaces de rencontre avec les acteurs de la filière (participation à des festivals, événements professionnels type marché, organisation de pitch pour les résidents, etc.) ;&lt;/li&gt; 	&lt;li&gt;garantir une sélection des candidats par un comité indépendant et composé de professionnels du secteur concerné ;&lt;/li&gt; 	&lt;li&gt;présenter des implications financières multiples : publiques et privées, et en particulier une aide significative des collectivités locales (communes et/ou communauté de communes, département) manifestant ainsi leur intérêt et leur soutien pour les projets présentés. La Région n’intervient pas isolément des autres partenaires institutionnels qui partagent avec elle la responsabilité du territoire de Provence-Alpes-Côte d’Azur ; elle ne peut donc être appelée en substitution aux carences des autres collectivités publiques ;&lt;/li&gt; 	&lt;li&gt;témoigner d’une complémentarité avec la politique régionale menée sur le cinéma et l&amp;#039;audiovisuel et s’inscrire dans une démarche partenariale (information, communication, suivi, bilan) avec l&amp;#039;institution régionale pour favoriser la dimension territoriale régionale et la dynamique culturelle en termes de diffusion, de création (soutien aux artistes régionaux), et de communication avec les autres manifestations ;&lt;/li&gt; 	&lt;li&gt;s&amp;#039;inscrire dans une démarche écoresponsable afin de réduire l’empreinte carbone de la résidence et sensibiliser à cette démarche ;&lt;/li&gt; 	&lt;li&gt;avoir une attention aux approches inclusives qui privilégient la diversité et la mixité dans la sélection des candidats, des projets et des professionnels intervenants.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Sauf dérogation exceptionnelle, les demandes de subvention doivent être déposées au plus tard trois mois avant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;le début de l’exercice comptable concerné de la structure pour les subventions d’exploitation (subvention de fonctionnement) ;&lt;/li&gt; 	&lt;li&gt;la date prévisionnelle de début de réalisation du projet concernant les subventions spécifiques de fonctionnement.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-residences-decriture-pour-le-cinema-et-laudiovisuel</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Charlotte Le Bos-Schneegans : &lt;a href="mailto:clebos&amp;#64;maregionsud.fr"&gt;clebos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Jocelyne Rogliano : &lt;a href="mailto:jrogliano&amp;#64;maregionsud.fr"&gt;jrogliano&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-residences-decriture-pour-le-cinema-et-laudiovisuel/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>127472</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la culture pour tous</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Culture - projet &amp;#34;culture pour tous&amp;#34;</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H94" s="1" t="inlineStr">
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I94" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L94" s="1" t="inlineStr">
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Région soutient les opérateurs proposant une offre culturelle et artistique riche, diversifiée et de qualité  dont l&amp;#039;aide  à la création et à la rénovation des équipements culturels et aux lieux de diffusion professionnels.
-[...7 lines deleted...]
-  contribuer à une mise en réseau de cet équipement au niveau régional / départemental et/ou intercommunal.
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement ponctuel de projets culturels, faisant intervenir des artistes professionnels rémunérés en direction de publics dits « fragiles » notamment les publics jeunes qui seraient éloignés de la culture pour des raisons de handicap ou de maladie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% des charges artistiques et techniques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de subvention : 4 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de subvention : 500 euros
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITÈRES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet culturel de qualité faisant intervenir des spectacles et/ou des artistes, des écrivains, des plasticiens professionnels ou amateurs, qui ne serait par ailleurs pas éligible sur d&amp;#039;autres dispositifs départementaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  volonté d&amp;#039;ouverture du projet vers des publics-cibles (handicap/maladie/dépendance) pour permettre un accès au plus grand nombre
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;</t>
-[...114 lines deleted...]
-      <c r="AA94" s="1" t="inlineStr">
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les collectivités, l&amp;#039;extrait de la délibération précisant la nature de l&amp;#039;opération envisagée et sollicitant l&amp;#039;aide du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé (date, lieu, objectif, communication, &lt;strong&gt;public concerné&lt;/strong&gt; par l&amp;#039;action...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel de l&amp;#039;action soulignant les charges artistiques et techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;&lt;li&gt;pour les associations et les organismes de droits privés, susceptibles de bénéficier d&amp;#039;une subvention supérieure à 23 000 € pour laquelle la conclusion d&amp;#039;une convention est obligatoire, le Fichier des Ecritures Comptables (FEC) est à fournir lors du dépôt de la demande de subvention. Celui-ci est disponible sur vos logiciels de comptabilité et auprès de vos experts comptables.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à la notification de décision ou de la convention, sous réserve de la complétude du dossier
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de versements multiples (acompte &amp;#43; solde), le versement du solde se fera à la réception du compte rendu financier de l&amp;#039;action subventionnée. Pour les associations avec lesquelles une convention est conclue, ce compte rendu sera accompagné, si nécessaire, de la liste des clés de répartition utilisées et des comptes détaillés par activités ou actions de la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/projet_culture_pour_tous.pdf</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches ».
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 3 mois avant la manifestation
+&lt;/p&gt;
+&lt;p&gt;
+ Service évènements culturels ; Tél. : 05 16 09 72 96 / 05 16 09 74 51
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 : Consulter l&amp;#039;éco-charte
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/37d1-favoriser-la-culture-pour-tous/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G95" s="1" t="inlineStr">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>1075</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets d'arts visuels structurants</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...4 lines deleted...]
-      <c r="H95" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants des arts visuels, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;autres partenaires publics pour leur fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certaines manifestations structurantes et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique global de qualité comprenant un volet diffusion et médiation, et pouvant s&amp;#039;accompagner d&amp;#039;autres actions – ex : production, résidences, formation – sur une durée minimum d&amp;#039;une année,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer d&amp;#039;un lieu mobilisable ou de moyens dédiés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir la valorisation ou l&amp;#039;accompagnement d&amp;#039;artistes ou collectifs d&amp;#039;artistes installés dans le Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;appui d&amp;#039;une autre collectivité territoriale ou de l&amp;#039;Etat est un atout.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
-  &lt;/p&gt;&lt;p&gt;
-[...18 lines deleted...]
-  inscrire de manière cohérente et pertinente la création ou la rénovation de l&amp;#039;équipement au sein du territoire concerné.
+  Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bebc-aides-aux-lieux-et-projets-structurants-arts-/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>94981</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel scénique ou scénographique</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;implantation ou conforter la présence d&amp;#039;équipes et de projets artistiques
+de qualité sur l&amp;#039;ensemble des territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre une meilleure irrigation culturelle des territoires dans des lieux de
+spectacles culturels ou d&amp;#039;exposition dotés d&amp;#039;équipements scéniques ou
+scénographiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  offrir des conditions optimales d&amp;#039;accueil aux formations artistiques
+professionnelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner et encourager la pratique et la diffusion des oeuvres sur tout le territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-[...8 lines deleted...]
-      <c r="O95" s="1" t="inlineStr">
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les lieux de diffusion bénéficiant d&amp;#039;un label national ou d&amp;#039;un conventionnement pluriannuel et pluripartite ou les lieux portant un projet structurant de développement culturel inscrit dans les priorités de la politique régionale, implanté sur le territoire et conventionné par le Conseil régional,
+&lt;/p&gt;
+&lt;p&gt;
+ Les personnes morale de droit public ou privé situées sur le territoire de la région Grand Est.
+&lt;/p&gt;
+&lt;h3&gt;
+ Nature des projets
+&lt;/h3&gt;
+&lt;p&gt;
+ Dans le domaine du spectacle vivant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition de matériel scénique et de diffusion de lieux de spectacle assurant une
+programmation artistique professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition de matériel nécessaire aux répétitions, à l&amp;#039;enregistrement ou plus
+généralement à l&amp;#039;accueil d&amp;#039;équipes artistiques en résidence de création.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le domaine des arts visuels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition d&amp;#039;équipement scénographique de lieux d&amp;#039;exposition assurant une
+programmation artistique professionnelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention et est plafonnée à 30 %.
+Le montant de l&amp;#039;intervention régionale est déterminé au cas par cas, comme suit, en fonction
+de l&amp;#039;intérêt du projet et de sa pertinence :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;aide concernant des projets d&amp;#039;aménagements d&amp;#039;équipements est accordée dans la limite
+d&amp;#039;un plafond de dépenses HT de 500 000 €,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;une manière générale, l&amp;#039;aide est arrêtée à 30% au maximum du coût HT des
+équipements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;une  lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet incitatif. Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne peut être accordée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
-[...27 lines deleted...]
-  départements.
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Dépenses éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour les lieux de spectacles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;équipements scéniques : éclairage scénique, matériel de sonorisation,
+équipement de tenture, équipement audiovisuel.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-[...93 lines deleted...]
-      <c r="AA95" s="1" t="inlineStr">
+&lt;p&gt;
+ Le soutien pour les équipements scéniques ne peut être remobilisé qu&amp;#039;à l&amp;#039;issue d&amp;#039;un délai de 10
+ans entre deux demandes, délai réduit à 5 ans pour les matériels de sonorisation.
+Pour les lieux de répétition ou d&amp;#039;enregistrement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les équipements nécessaires aux répétitions ou à l&amp;#039;enregistrement : matériel informatique
+et logiciels permettant la MAO, les équipements de sonorisations et d&amp;#039;enregistrement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien en acquisition d&amp;#039;équipement ne peut intervenir que tous les 5 ans.
+Pour les lieux d&amp;#039;exposition et de production :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les frais d&amp;#039;équipements scénographiques : aménagement et matériel d&amp;#039;exposition, éclairage,
+équipement audiovisuel et numérique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien pour les équipements scénographiques ne peut être remobilisé qu&amp;#039;à l&amp;#039;issue d&amp;#039;un
+délai de 10 ans entre deux demandes, 5 ans pour le matériel audiovisuel et numérique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-a-lacquisition-de-materiel-scenique-ou-scenographique/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Siège du conseil régional,
+   Strasbourg : 03 88 15 68 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Metz : 03 87 33 60 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hôtel de Région,
+   Châlons-en-Champagne : 03 26 70 31 31
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4bee-aide-a-lacquisition-de-materiel-scenique-ou-s/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...701 lines deleted...]
-      <c r="G98" s="1" t="inlineStr">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>58698</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Arts de la Scène - Aide à la diffusion de proximité</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="F72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...2 lines deleted...]
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...15 lines deleted...]
-      <c r="L98" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Notre association a pour but de rassembler et d&amp;#039;œuvrer pour le développement et la professionnalisation des garages et loueurs solidaires qui interviennent en faveur de la mobilité pour tous. En 2023, il regroupe 50 structures sur l&amp;#039;ensemble du territoire.
-[...2169 lines deleted...]
- &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="L104" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Avec 68 000 créations d&amp;#039;entreprise par an en Nouvelle-Aquitaine, la Région apporte son soutien prioritairement aux projets de création présentant un caractère innovant, ou en lien avec les filières prioritaires, ou implantés dans les territoires vulnérables. 
-[...50 lines deleted...]
-  dont le siège social ou établissement secondaire est domicilié en Nouvelle-Aquitaine.
+ Éligibilité du diffuseur
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le prix de vente pour chaque spectacle faisant l&amp;#039;objet de la demande ne peut être inférieur à 1 000 € HT (hors frais annexes).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, manifestations diverses) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est sollicitée pour une seule représentation par spectacle programmé, hors séances scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dispositif peut être mobilisé un maximum de 5 fois par année civile par le même programmateur et par un même lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Activités inéligibles : cf liste des activités inéligibles à télécharger
-[...18 lines deleted...]
-  subvention de 4 000 €  à 10 000 € maximum et plafonnée au montant des fonds propres et/ou quasi fonds propres (apports personnels, prêt d&amp;#039;honneur, micro-crédit). L&amp;#039;impact environnemental du projet et sa capacité à générer de l&amp;#039;emploi seront pris en considération.
+ Éligibilité des spectacles programmés
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un spectacle peut faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 4 années civiles suivant l&amp;#039;année de sa création, dans la limite de 12 représentations maximum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le spectacle doit être proposé par une équipe artistique repérée dans les réseaux de diffusion régionaux, attestant d&amp;#039;un répertoire, d&amp;#039;une diffusion antérieure, d&amp;#039;une activité exercée exclusivement à titre professionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de contrat de cession, l&amp;#039;équipe artistique doit être portée par une structure juridique de production (licence d&amp;#039;entrepreneur notamment), domiciliée en région Occitanie, dont les conditions réglementaires d&amp;#039;embauche et de rémunération des artistes et techniciens sont respectées (présence d&amp;#039;un personnel administratif notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont concernés les spectacles de création, mobilisant des formes et écritures artistiques contemporaines dans le domaine des arts de la scène, de la rue ou de la piste.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres propositions, notamment les productions relevant d&amp;#039;autres disciplines artistiques, du répertoire traditionnel, de l&amp;#039;animation ou de l&amp;#039;action pédagogique ne sont pas visées par les dispositifs régionaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière est accordée aux équipes artistiques ayant bénéficié d&amp;#039;un soutien de la Région au cours des 3 exercices précédant la demande (aide à la création notamment).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...167 lines deleted...]
- Dates limites de dépôt des dossiers : avant le 15 décembre, le 15 mars ou le 30 juin. Le projet ne doit pas avoir débuté à date de sa présentation en commission, qui intervient environ 4 mois après la date-limite de dépôt. Les dépenses ne doivent pas être engagées avant la date de la commission.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="R105" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...4 lines deleted...]
- Librairies indépendantes franciliennes, personnes morales de droit privé.
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ artsdelascene&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
-[...48 lines deleted...]
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0df-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-[...134 lines deleted...]
-      <c r="G107" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>94886</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Se former à la création d’entreprise - Forma CREA</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>2. Formation à la création d’entreprise</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K107" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...43 lines deleted...]
-  et pouvant être qualifiée de startup*. Dans ce cas de figure, le Contrat Expertises sera mobilisé.
+ Forma CREA, complémentaire à Chèque CREA, vise à consolider le projet du créateur ou repreneur d&amp;#039;entreprise par un parcours de formation adapté. Il permet d&amp;#039;acquérir les connaissances nécessaires pour gérer son entreprise (aspects administratifs, comptables, vente, RH...) et de se familiariser avec l&amp;#039;environnement du digital ou des spécificités liées à l&amp;#039;Economie Sociale et Solidaire (ESS).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contenu du parcours :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le créateur bénéficiera d&amp;#039;un parcours de formation individualisé d&amp;#039;une durée comprise entre 90 heures et 202 heures, articulé autour d&amp;#039;un tronc commun, adapté en fonction de ses besoins et prérequis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les fondamentaux de la création d&amp;#039;entreprise
+ &lt;/strong&gt;
+ (Tronc commun) : durée 90 h
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modules optionnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;approche administrative et comptable de l&amp;#039;entreprise, (21 h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les techniques de vente (dont vente en ligne), (21h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Opportunités du numérique, (création de site web, réseaux sociaux) (14h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Ressources humaines adaptées aux TPE (21h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprendre en ESS (35h)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les bénéficiaires devront obligatoirement être accompagnés par une structure spécialisée publique ou privée, basée en région (incubateur, pépinière, chambre consulaire...). Ces structures seront notamment en charge de vérifier que le demandeur réponde à la définition de la startup (caractérisation de l&amp;#039;innovation : nature, objet et intensité, hyper-croissance...) et qu&amp;#039;une équipe est en cours de constitution pour mener à bien le projet.
-[...32 lines deleted...]
-  Nautisme.
+ &lt;strong&gt;
+  Comment s&amp;#039;inscrire ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Si vous êtes demandeur d&amp;#039;emploi ?
+  Vous devez contacter votre conseiller Pôle Emploi.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si vous êtes salarié de CAE ou si vous êtes artiste auteur ou intermittent du spectacle, du cinéma, de l&amp;#039;audio-visuel ou si vous êtes licencié économique :
+  &lt;a href="https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0037/depot/simple"&gt;
+   Déposez votre demande en ligne
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...246 lines deleted...]
-Consultez la
+ Une question ? C
+ onsultez la
  &lt;a href="https://www.grandest.fr/faq-cheques-crea/"&gt;
   FAQ
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Formation professionnelle
 Revitalisation
 Emploi
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P108" s="1" t="inlineStr">
+      <c r="P73" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires :
-[...14 lines deleted...]
-      <c r="S108" s="1" t="inlineStr">
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Forma CREA s&amp;#039;adresse prioritairement aux demandeurs d&amp;#039;emploi : futurs créateurs ou jeunes créateurs depuis moins de 6 mois et à leurs conjoint/associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est également accessible aux licenciés économiques et aux artistes-auteurs et intermittents du spectacle, du cinéma et de l&amp;#039;audiovisuel non ayant droits auprès de leur OPCO, a
+ insi qu&amp;#039;aux salariés depuis moins de 6 mois en CAE (Coopérative d&amp;#039;Activité et d&amp;#039;Emploi) en SCOP ( Société Coopérative et Participative) en SCIC (Société Coopérative d&amp;#039;Intérêt Collectif) en Couveuse.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X108" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/formation-crea-entreprise/</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0037/depot/simple</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute question sur les chèques CREA, merci d&amp;#039;écrire à l&amp;#039;adresse
-[...2 lines deleted...]
-  &lt;br /&gt;
+ Pour toute question :
+ &lt;a href="mailto:formation.crea&amp;#64;grandest.fr"&gt;
+  formation.crea&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acd6-2-formation-a-la-creation-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-[...34 lines deleted...]
-      <c r="L109" s="1" t="inlineStr">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>127926</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pôles de coopération territoriale dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>La Région encourage les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant.
+&lt;br /&gt;
+&lt;p&gt;
+ Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Objectifs
-[...17 lines deleted...]
- Information
+ Personnes morales de droit public ou privé ayant au moins 1 an d&amp;#039;existence et pouvant justifier du soutien financier avéré d&amp;#039;un partenaire public (État, EPCI ou collectivités territoriales) autre que la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates sont des lieux ou opérateurs culturels dont l&amp;#039;activité relève du champ du spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures adhérant à la convention collective nationale du spectacle vivant privén, ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques, ne sont pas éligible au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates doivent être situées
+ &lt;strong&gt;
+  dans des communes franciliennes rurales ou périurbaines
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de moins de 20.000 habitants
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ou dans des communes de la grande couronne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien régional est plafonné à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ du budget du projet
+ &lt;strong&gt;
+  dans la limite de 100.000€.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des autres cofinanceurs éventuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont les dépenses artistiques, techniques, logistiques, de communication ainsi qu&amp;#039;une part des coûts de structures de l&amp;#039;organisme limitée à 30% du budget du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit reposer sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des partenaires avec d&amp;#039;autres structures culturelles, dans une logique de coopération et de mutualisation de moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des partenariats locaux de nature diverse à l&amp;#039;échelle d&amp;#039;un bassin de vie significatif, dans une logique de maillage territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit aussi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;articuler autour de la diffusion itinérante de spectacles sur le territoire et d&amp;#039;actions artistiques et culturelles avec les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inclure des rémunérations artistiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il peut par ailleurs comporter des résidences ainsi qu&amp;#039;un volet de soutien à la création ou de coproduction.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec la chargée de mission dédiée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
-[...550 lines deleted...]
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
-[...4787 lines deleted...]
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
-[...95 lines deleted...]
-      <c r="R139" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aide-aux-poles-de-cooperation-territoriale-dans-le-domaine-du-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Modalités d&amp;#039;intervention et conditions d&amp;#039;éligibilité :
-[...1829 lines deleted...]
- &lt;/span&gt;
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
-   Pour quel type de projet ?
+   Chargés de mission :
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;span&gt;
-[...59 lines deleted...]
- &lt;/span&gt;
+ Selon le département d&amp;#039;implantation du projet :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
+   Marion Langlois de Septenville |95|
+   &lt;a href="mailto:marion.langlois-de-septenville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    marion.langlois-de-septenville&amp;#64;iledefrance.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
    &lt;span&gt;
-    les organismes d&amp;#039;HLM mentionnés à l&amp;#039;article L.411-2 du CCH ainsi que les SEM de construction ;
-[...11 lines deleted...]
-     article L. 423-1-1 du CCH
+    Isabelle Roux |77|
+    &lt;a href="mailto:isabelle.roux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+     isabelle.roux&amp;#64;iledefrance.fr
      &lt;span&gt;
       Ouvre une nouvelle fenêtre
      &lt;/span&gt;
     &lt;/a&gt;
-    ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
-    les SEM visées à l&amp;#039;
-[...1 lines deleted...]
-     article L. 481-1 du CCH
+    En cours de recrutement |91 et 78|
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Gestionnaire du dispositif :
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Audrey Bosché
+   &lt;/span&gt;
+   &lt;span&gt;
+    |
+   &lt;/span&gt;
+   &lt;span&gt;
+    &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+     audrey.bosche&amp;#64;iledefrance.fr
      &lt;span&gt;
       Ouvre une nouvelle fenêtre
      &lt;/span&gt;
     &lt;/a&gt;
-    ;
    &lt;/span&gt;
-  &lt;/li&gt;
-[...158 lines deleted...]
-   établissements publics de coopération intercommunale (EPCI) à fiscalité propre
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b88-aide-aux-poles-de-cooperation-territoriale-da/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-[...3630 lines deleted...]
-      <c r="G174" s="1" t="inlineStr">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>121757</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les pôles de coopération territoriale dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pôles de coopération territoriale dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J174" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K174" s="1" t="inlineStr">
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>La Région encourage les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant.
+&lt;br /&gt;
+&lt;p&gt;
+ Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les projets de résidence-association soutenus par la Région doivent permettre de :
-[...15 lines deleted...]
-  Assurer un maillage équilibré du territoire régional.
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Personnes morales de droit public ou privé ayant au moins 1 an d&amp;#039;existence et pouvant justifier du soutien financier avéré d&amp;#039;un partenaire public (État, EPCI ou collectivités territoriales) autre que la Région.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les structures candidates sont des lieux ou opérateurs culturels dont l&amp;#039;activité relève du champ du spectacle vivant.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les structures adhérant à la convention collective nationale du spectacle vivant privé, ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques, ne sont pas éligible au dispositif.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les structures candidates doivent être situées
+   &lt;strong&gt;
+    dans des communes franciliennes rurales ou périurbaines
+   &lt;/strong&gt;
+   &lt;strong&gt;
+    de moins de 20.000 habitants
+   &lt;/strong&gt;
+   &lt;strong&gt;
+    ou dans des communes de la grande couronne.
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le soutien régional est plafonné à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ du budget du projet
+ &lt;strong&gt;
+  dans la limite de 100.000€.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des autres cofinanceurs éventuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont les dépenses artistiques, techniques, logistiques, de communication ainsi qu&amp;#039;une part des coûts de structures de l&amp;#039;organisme limitée à 30% du budget du projet.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet doit reposer sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des partenaires avec d&amp;#039;autres structures culturelles, dans une logique de coopération et de mutualisation de moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des partenariats locaux de nature diverse à l&amp;#039;échelle d&amp;#039;un bassin de vie significatif, dans une logique de maillage territorial.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Cette aide concerne un projet associant au moins 2 structures de la région Occitanie autour d&amp;#039;un projet de création de spectacle réalisé par une équipe artistique implantée en région (siège social ou activité principale en Occitanie).
-[...12 lines deleted...]
- &lt;li&gt;
+ Le projet doit aussi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;articuler autour de la diffusion itinérante de spectacles sur le territoire et d&amp;#039;actions artistiques et culturelles avec les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inclure des rémunérations artistiques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
+ Il peut par ailleurs comporter des résidences ainsi qu&amp;#039;un volet de soutien à la création ou de coproduction.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec la chargée de mission dédiée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="R174" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-aux-poles-de-cooperation-territoriale-dans-le-domaine-du-spectacle-vivant</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Partenaires :
-[...537 lines deleted...]
-  dispositif annuel FoRTE, lancé en 2017.
   &lt;span&gt;
-   Ouvre une nouvelle fenêtre
+   Chargés de mission :
   &lt;/span&gt;
- &lt;/a&gt;
-[...122 lines deleted...]
-   mesdemarches.iledefrance.fr.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Selon le département d&amp;#039;implantation de la résidence :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Camille Hervé |75 et 92|
+  &lt;a href="mailto:camille.herve&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    &lt;span&gt;
-    Ouvre une nouvelle fenêtre
+    camille.herve&amp;#64;iledefrance.fr
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
- &lt;/li&gt;
-[...13 lines deleted...]
- Selon les cas (ex : projet d&amp;#039;un seul artiste, champs des Arts plastiques...), il pourra être préférable que ce soit plutôt le (la) jeune artiste qui dépose une demande de bourse.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Marion Langlois de Septenville |75 et 95|
+  &lt;a href="mailto:marion.langlois-de-septenville&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    marion.langlois-de-septenville&amp;#64;iledefrance.fr
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Olivier Moreau |75 et 93|
+  &lt;a href="mailto:olivier.moreau&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    olivier.moreau&amp;#64;iledefrance.fr
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Anne Routin |75 et 94|
+  &lt;a href="mailto:anne.routin&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    anne.routin&amp;#64;iledefrance.fr
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Isabelle Roux |75 et 91|
+  &lt;a href="mailto:isabelle.roux&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    isabelle.roux&amp;#64;iledefrance.fr
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  En cours de recrutement |77 et 78|
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Gestionnaire du dispositif :
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  Audrey Bosché
+ &lt;/span&gt;
+ &lt;span&gt;
+  |
+ &lt;/span&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    audrey.bosche&amp;#64;iledefrance.fr
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc63-aide-aux-poles-de-cooperation-territoriale-da/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-[...124 lines deleted...]
-Région
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>131790</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Aider les auteurs en Grand Est : bourses d’aide à la création, résidences de médiation littéraire et résidences de création littéraire</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux auteurs en Grand Est : aide à la création et aux résidences de création littéraire</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L178" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
-[...88 lines deleted...]
- &lt;/strong&gt;
+ Le dispositif &amp;#34;Aide aux auteurs&amp;#34; comprend trois volets :
  &lt;br /&gt;
-&lt;p&gt;
-[...36 lines deleted...]
- &lt;/strong&gt;
+ - les bourses d&amp;#039;aide à la création littéraire ;
  &lt;br /&gt;
-&lt;p&gt;
-[...922 lines deleted...]
- L&amp;#039;aide départementale a pour objectif de renforcer celle apportée localement par les communes, groupements de communes ou autres partenaires publics. Elle vient accompagner l&amp;#039;effort financier engagé en termes de programmation et de régie technique.
+ - les résidences de médiation littéraire ;
  &lt;br /&gt;
-&lt;/p&gt;
-[...23 lines deleted...]
- Tout dossier déposé au titre du soutien aux festivals doit obligatoirement remplir les conditions d&amp;#039;éligibilité suivantes :
+ - les résidences de création littéraire.
  &lt;br /&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...273 lines deleted...]
- Cette page présente les spécificités des aides au projet en théâtre, arts de la rue et arts du cirque.
+ Ces subventions permettent de soutenir la littérature en région.
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
-&lt;p&gt;
-[...3 lines deleted...]
- Présentation générale des ADSV
+&lt;h3&gt;
+ Qu&amp;#039;est-ce que l&amp;#039;aide aux auteurs ?
+&lt;/h3&gt;
+&lt;p&gt;
+ Les projets de créations et de résidences littéraires et de médiation sont soutenus dans la mesure où ils permettent de dynamiser la création littéraire en région Grand Est, de faire émerger et connaître des talents, de contribuer à la qualité et la diversité de la création littéraire.
+ &lt;strong&gt;
+  Le terme de &amp;#34;littéraire&amp;#34; s&amp;#039;entend ici au sens large et concerne aussi bien l&amp;#039;illustration, le dessin que le texte.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif comprend trois types d&amp;#039;aides différentes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les bourses d&amp;#039;aide à la création littéraire, uniquement financées par la Région Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les résidences de médiation littéraire, financées conjointement par la Région Grand Est et la DRAC Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les résidences de création littéraire, financées conjointement par la Région Grand Est et la DRAC Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Trois sessions sont organisées chaque année (une seule pour les résidences de médiation).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ Bourses d&amp;#039;aide à la création littéraire
+&lt;/h3&gt;
+&lt;p&gt;
+ Les bourses d&amp;#039;aide à la création littéraire s&amp;#039;adressent aux écrivains, traducteurs, illustrateurs, scénaristes et dessinateurs de bande-dessinée et autres, personnes physiques majeures domiciliées en région Grand Est et ayant un projet de publication à compte d&amp;#039;éditeur et n&amp;#039;ayant pas bénéficié de bourse d&amp;#039;écriture la même année civile que celle de la demande. Il est nécessaire d&amp;#039;être enregistré en tant qu&amp;#039;artiste-auteur auprès de l&amp;#039;URSSAF.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont les projets inédits et non achevés de fiction (roman, nouvelles, théâtre, poésie, bandes-dessinées, illustration) ou de non fiction (essais...), à l&amp;#039;exclusion des ouvrages de certains domaines (voir le règlement complet à télécharger ci-dessous).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant annuel maximal est de 5 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Règlement bourse d&amp;#039;aide à la création littéraire 2023.pdf
+&lt;/p&gt;
+pdf - 677 Ko
+&lt;a&gt;
  &lt;span&gt;
-  Ouvre une nouvelle fenêtre
+  Règlement bourse d&amp;#039;aide à la création littéraire 2023.pdf
  &lt;/span&gt;
 &lt;/a&gt;
+Télécharger
 &lt;h3&gt;
- L&amp;#039;aide déconcentrée au spectacle vivant en théâtre, arts de la rue et arts du cirque
+ Résidences de médiation littéraire
 &lt;/h3&gt;
 &lt;p&gt;
- L&amp;#039;aide au projet en théâtre, arts de la rue et arts du cirque est une aide ponctuelle, qui contribue à la production d&amp;#039;une création, d&amp;#039;une recréation ou d&amp;#039;une reprise et concoure prioritairement :
-[...9 lines deleted...]
-  à la reprise d&amp;#039;un spectacle au répertoire de la compagnie, précédemment aidé ou non et faisant suite à une interruption prolongée de l&amp;#039;exploitation
+ Les résidences de médiation littéraire sont un nouveau dispositif, mis en place conjointement par la Région Grand Est, le CNL (Centre national du livre) et la DRAC Grand Est, résolument orienté vers la médiation et la transmission aux publics. En cela, elles viennent compléter les résidences de création qui existent déjà depuis plusieurs années.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe de ces résidences est de présenter une programmation culturelle basée sur le travail et la présence de l&amp;#039;artiste ou des artistes et sur l&amp;#039;instauration d&amp;#039;une relation avec le public. D&amp;#039;une durée de 2 à 8 mois, la résidence de médiation se déroulera en région, dans une relative proximité du domicile ou du lieu de travail de l&amp;#039;artiste.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les objectifs de ce dispositif sont de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les actions qui permettent l&amp;#039;instauration d&amp;#039;une relation de longue durée (entre 2 et 8 mois) entre un ou des auteur(s) et des publics, au sein d&amp;#039;une structure culturelle, éducative ou sociale du Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager la valorisation du travail et des œuvres publiées des auteurs du Grand Est sur leur propre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser les actions de transmission à destination de la jeunesse, voire d&amp;#039;actions d&amp;#039;éducation artistique et culturelle.
  &lt;/li&gt;
 &lt;/ul&gt;
+&lt;p&gt;
+ La résidence ne nécessite pas que l&amp;#039;auteur rompe avec ses autres activités professionnelles et son environnement familier. Il s&amp;#039;agit d&amp;#039;encourager la valorisation des auteurs du Grand Est sur leur propre territoire et de permettre le développement de projets littéraires entre un ou des auteurs du Grand Est et une structure du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, nous vous invitons à consulter le cahier des charges ci-dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ Règlement Aide aux résidences de médiation 23-25.pdf
+&lt;/p&gt;
+pdf - 584 Ko
+&lt;a&gt;
+ &lt;span&gt;
+  Règlement Aide aux résidences de médiation 23-25.pdf
+ &lt;/span&gt;
+&lt;/a&gt;
+Télécharger
+&lt;h3&gt;
+ Résidences de création littéraire
+&lt;/h3&gt;
+&lt;p&gt;
+ Les résidences de création littéraire sont financées conjointement par la Région Grand Est et la DRAC Grand Est. S&amp;#039;appuyant sur le riche réseau régional d&amp;#039;établissement culturels (centres, bibliothèques...), le dispositif a pour objectif de favoriser la création littéraire en région Grand Est en favorisant l&amp;#039;émergence de talents et en soutenant les artistes.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur une durée de résidence de 2 à 4 mois, l&amp;#039;artiste consacrera 70 % de son temps à la création, les 30 % restants étant dédié à un programme de médiation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, nous vous invitons à consulter le cahier des charges ci-dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ Règlement Aide aux résidences de création littéraire 23-25.pdf
+&lt;/p&gt;
+pdf - 585 Ko
+&lt;a&gt;
+ &lt;span&gt;
+  Règlement Aide aux résidences de création littéraire 23-25.pdf
+ &lt;/span&gt;
+&lt;/a&gt;
+Télécharger
 &lt;h2&gt;
  Suis-je concerné(e) par cette démarche ?
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Qui peut déposer un dossier ?
  &lt;/a&gt;
 &lt;/h2&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
-  Communes
-[...1 lines deleted...]
- &lt;li&gt;
   Entreprises privées
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises publiques locales
  &lt;/li&gt;
  &lt;li&gt;
   EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Critères d&amp;#039;éligibilité du demandeur
+  Bourses d&amp;#039;aide à la création littéraire
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...6 lines deleted...]
- Dans l&amp;#039;hypothèse d&amp;#039;un soutien spécifique au titre du lieu, celui-ci doit faire l&amp;#039;objet d&amp;#039;une convention distincte, le cas échéant avec les collectivités du territoire d&amp;#039;implantation.
+&lt;h4&gt;
+ Les bénéficiaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Elles s&amp;#039;adressent aux écrivains, traducteurs, illustrateurs, scénaristes et dessinateurs de bande-dessinée et autres, personnes physiques majeures domiciliées en région Grand Est et ayant un projet de publication à compte d&amp;#039;éditeur et n&amp;#039;ayant pas bénéficié de bourse d&amp;#039;écriture la même année civile que celle de la demande. Il est nécessaire d&amp;#039;être enregistré en tant qu&amp;#039;artiste-auteur auprès de l&amp;#039;URSSAF.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du demandeur
+&lt;/h4&gt;
+&lt;p&gt;
+ Est entendu à compte d&amp;#039;éditeur la collaboration avec un éditeur répondant aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  production d&amp;#039;un catalogue régulier et composé d&amp;#039;au moins 50% d&amp;#039;ouvrages écrits par d&amp;#039;autres auteurs que le responsable de la structure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposition et signature d&amp;#039;un contrat en bonne et due forme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pratique du dépôt légal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des règles du code de la propriété intellectuelle et des usages professionnels en vigueur dans la chaine du livre et notamment la prise en charge du risque économique par l&amp;#039;éditeur sans aucune intervention financière de l&amp;#039;auteur ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;auteur devra prouver qu&amp;#039;il pourra se rendre disponible pour son projet littéraire, en particulier s&amp;#039;il mène en parallèle une autre activité professionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Un délai de carence de deux ans est à observer entre deux demandes.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Les projets éligibles sont des projet inédits et non achevés relevant des domaines littéraires soutenus par le CNL (Centre national du livre).
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères de non éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Ne sont pas éligibles : les guides pratiques, cartes, ; scolaires ; parascolaire et outils pédagogiques ; universitaire ; technique et professionnel, y compris juridique ; art contemporain ; livres de jeux ; jeux de rôle ; entretiens de type journalistique ; catalogues, répertoires, bibliographies, chronologies non raisonnées, almanachs, annuaires, brochures et dépliants divers ; dictionnaires et encyclopédies courants sans dimension critique : recueils de sources et documents non commentés ; livrets d&amp;#039;opéra et partitions de musique ; publication à caractère apologétique ou confessionnel ; ouvrage ésotérique.
 &lt;/p&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Critères d&amp;#039;éligibilité du projet
+  Résidences de médiation littéraire
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...15 lines deleted...]
-&lt;/p&gt;
 &lt;h4&gt;
- Première demande
+ Les bénéficiaires
 &lt;/h4&gt;
 &lt;p&gt;
- Aucune condition d&amp;#039;éligibilité en terme de nombre de créations, représentations et partenaires préalables n&amp;#039;existe pour les premières demandes.
+ Le dispositif se fonde sur la collaboration entre un auteur (écrivain, illustrateur, traducteur,...) et une structure d&amp;#039;accueil.
 &lt;/p&gt;
 &lt;h4&gt;
- Renouvellement
+ Critères d&amp;#039;éligibilité du demandeur
 &lt;/h4&gt;
 &lt;p&gt;
- Pour les
-[...13 lines deleted...]
-  justifier d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant (apport en numéraire)
+ L&amp;#039;aide s&amp;#039;adresse à des binômes formés par :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1°
+ &lt;/strong&gt;
+ Une structure porteuse située en région Grand Est, publique ou privée, implantée sur le territoire régional et souhaitant travailler sur un projet lié au livre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les lieux de référence de la filière du livre, maisons d&amp;#039;édition, librairies, bibliothèques/médiathèques, maisons d&amp;#039;écrivains, musées littéraires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérateurs culturels et manifestations littéraires, les centres sociaux et médico-sociaux, les collectivités territoriales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous les lieux d&amp;#039;accueil des jeunes hors temps scolaire, voulant initier un projet de découverte de la création littéraire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont le siège social ou l&amp;#039;implantation principale est dans le Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ayant plus d&amp;#039;un an d&amp;#039;existence.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les représentations prévues devront faire l&amp;#039;objet de contrats de cession ou de co-réalisations avec un minimum garanti permettant de couvrir le coût du plateau. Une exploitation dans au moins 2 lieux différents est attendue.
-[...16 lines deleted...]
-  d&amp;#039;au moins 1 partenariat stable avec un entrepreneur de spectacle vivant
+ &lt;strong&gt;
+  2°
+ &lt;/strong&gt;
+ Un ou des artistes réunis en collectif (écrivain, traducteur, essayiste, scénariste, illustrateur et dessinateur de bande dessinée) vivant et travaillant en région et ayant publié au moins une fois (papier ou numérique) à compte d&amp;#039;éditeur durant les cinq dernières années.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour être éligibles, les projets proposés doivent répondre aux critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La structure présente un projet d&amp;#039;ensemble, lequel inclut le programme d&amp;#039;actions culturelles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet global doit s&amp;#039;inscrire sur une durée comprise entre 2 et 8 mois et favoriser une relation de proximité entre les professionnels du livre, les publics et l&amp;#039;auteur, sur le territoire du Grand Est.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit comporter des temps de rencontres des publics avec l&amp;#039;auteur et ses œuvres.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière sera portée à l&amp;#039;ancrage territorial du projet et à la portée littéraire des actions proposées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La résidence de médiation littéraire peut comporter un volet de création ou commande de texte mais cela ne constitue pas une obligation. Si c&amp;#039;est le cas, le budget global fera apparaître une juste rémunération de la création de l&amp;#039;auteur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet explicite la convention conclue entre l&amp;#039;auteur et la structure, indiquant les modalités de rémunération en fonction de la durée, de la nature et du nombre des interventions de l&amp;#039;auteur.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
+&lt;h4&gt;
+ Critères de non éligibilité
+&lt;/h4&gt;
+&lt;p&gt;
+ Ne sont pas éligibles à ce dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les auteurs édités à compte d&amp;#039;auteur ou autoédités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les auteurs ayant un lien permanent avec la structure demandeuse ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les actions relevant de l&amp;#039;activité régulière d&amp;#039;une structure.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Critères de non-éligibilité du projet
+  Résidences de création littéraire
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...3 lines deleted...]
- Elle est en revanche cumulable avec d&amp;#039;autres aides du ministère (aides à la création dans les domaines des arts de la rue et des arts du cirque, aide au compagnonnage, aide à la recherche, etc.).
+&lt;h4&gt;
+ Les bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les structures porteuses, publiques ou privées, implantées sur le territoire régional et travaillant dans le secteur du livre : bibliothèque de collectivité territoriale, structure organisatrice d&amp;#039;un festival du livre ou de littérature, maison d&amp;#039;édition, librairie indépendante, association spécialisée dans le livre ou la lecture (hors centres de ressources), collectivité territoriale.
+  &lt;br /&gt;
+  Les autres structures pourront se rapprocher des services instructeurs pour vérifier leur éligibilité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les artistes individuels ou réunis en collectif (écrivain, traducteur, essayiste, scénariste, illustrateur et dessinateur de bande dessinée) résidant ou non en France et proposant un projet d&amp;#039;écriture ou d&amp;#039;illustration à développer avec une structure du livre du Grand Est. Les artistes auront publié au moins une fois (papier ou numérique) à compte d&amp;#039;éditeur durant les cinq dernières années.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Critères de non éligibilité du demandeur
+&lt;/h4&gt;
+&lt;p&gt;
+ Les structures déjà conventionnées par ailleurs pour des actions d&amp;#039;accueil d&amp;#039;artistes ou d&amp;#039;auteurs en résidence ne sont pas éligibles.
+&lt;/p&gt;
+&lt;h4&gt;
+ Critères d&amp;#039;éligibilité du projet
+&lt;/h4&gt;
+&lt;p&gt;
+ Les projets éligibles auront une vocation de résidence d&amp;#039;auteur (résidence d&amp;#039;écriture littéraire, de poésie, de traduction, d&amp;#039;illustration) avec une co-construction entre un auteur et une structure porteuse.
+&lt;/p&gt;
+&lt;p&gt;
+ La résidence pourra durer entre deux et quatre mois. Au-delà de cette durée d&amp;#039;autres formes de financements devront être recherchées. Les modalités de présence de l&amp;#039;auteur sur le territoire de la région Grand Est seront précisées dans le projet global de la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ La structure veillera à ce qu&amp;#039;une présence soit organisée de manière continue ou régulière. Le temps de la résidence peut éventuellement être fractionné sous réserve que le demandeur et la structure qui l&amp;#039;accueille en justifie par écrit la nécessité et ce qui est mis en œuvre pour maintenir la cohérence du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ La résidence comporte un volet de création égal ou supérieur à 70 % du temps total de la résidence et un volet d&amp;#039;actions culturelles (y compris les actions auprès des jeunes notamment en temps scolaire) représentant au maximum 30 % du temps de la résidence.
 &lt;/p&gt;
 &lt;h2&gt;
  Procédure
 &lt;/h2&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Montant de la subvention
+  Bourses d&amp;#039;aide à la création littéraire
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...12 lines deleted...]
-&lt;/p&gt;
+&lt;h4&gt;
+ Montant de la subvention
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide est plafonnée à 5 000 € bruts, versée sous forme de droits d&amp;#039;auteurs. Elle est versée uniquement par la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Au moment du versement du solde de la subvention, l&amp;#039;auteur devra être en possession du contrat d&amp;#039;édition daté et signé relatif au projet pour lequel le financement est sollicité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dossiers seront examinés selon les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le parcours de l&amp;#039;auteur et son œuvre antérieure ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité littéraire, artistique du projet d&amp;#039;écriture présenté et son ambition littéraire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les conditions de publication professionnelle et de diffusion du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Modalités d&amp;#039;évaluation des dossiers
+  Résidences de médiation littéraire
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...8 lines deleted...]
-&lt;/p&gt;
 &lt;h4&gt;
- Première demande
+ Montant de la subvention
 &lt;/h4&gt;
 &lt;p&gt;
- Une attention particulière sera portée à l&amp;#039;accompagnement professionnel (résidence, compagnonnage, coproduction, etc.) dont bénéficie le projet et aux perspectives avérées de diffusion.
-[...2 lines deleted...]
- Au moins 5 dates feront l&amp;#039;objet d&amp;#039;un contrat de cession ou de co-réalisation.
+ Le montant de l&amp;#039;aide dépend de la durée de la résidence et est plafonné à 10 000 €.
+ &lt;br /&gt;
+ Le montant de l&amp;#039;aide sera versé à la structure d&amp;#039;accueil.
 &lt;/p&gt;
 &lt;h4&gt;
- Renouvellement
+ Modalités d&amp;#039;évaluation des dossiers
 &lt;/h4&gt;
 &lt;p&gt;
- L&amp;#039;attribution d&amp;#039;une nouvelle aide au projet doit prendra en compte l&amp;#039;évolution de son parcours et de sa démarche de création. Les perspectives avérées de diffusion constitueront un critère prioritaire dans l&amp;#039;attribution de l&amp;#039;aide.
-&lt;/p&gt;
+ Les critères de sélection et d&amp;#039;analyse des dossiers par la commission &amp;#34;Vie littéraire&amp;#34; sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la qualité et l&amp;#039;originalité du projet d&amp;#039;action culturelle et de médiation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité du volet pédagogique proposé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le nombre de rencontres avec le public et la variété des publics visés dans le cadre du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la structuration et la place de la résidence dans le projet global de la structure d&amp;#039;accueil ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilisation de partenariats locaux et la recherche de financements croisés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une attention particulière sera apportée aux projets prévoyant une itinérance sur un territoire donné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Résidences de création littéraire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;h4&gt;
+ Montant de la subvention
+&lt;/h4&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide dépend de la durée de la résidence et est plafonné à 11 200 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est composée de deux montants distincts :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un forfait de 2 400 € bruts par mois de résidence versé sous forme de droits d&amp;#039;auteurs à l&amp;#039;auteur accueilli. Cette rémunération peut être versée selon deux modalités différentes :
+  &lt;br /&gt;
+  - par la structure d&amp;#039;accueil : dans ce cas de figure, la structure d&amp;#039;accueil perçoit une subvention et l&amp;#039;utilise pour rémunérer l&amp;#039;auteur, et s&amp;#039;engage par là-même à s&amp;#039;acquitter des cotisations sociales afférentes, en fonction du régime fiscal de l&amp;#039;auteur ;
+  &lt;br /&gt;
+  - par les financeurs DRAC ou Région : dans ce cas de figure, l&amp;#039;auteur reçoit directement l&amp;#039;aide sous forme de droits d&amp;#039;auteurs, charge aux financeurs de s&amp;#039;acquitter des cotisations sociales afférentes, en fonction du régime fiscal de l&amp;#039;auteur.
+  &lt;br /&gt;
+  Le choix du mode de rémunération doit être fait dès le dépôt de la demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide de 400 € maximum par mois de présence, versée, si besoin, à la structure porteuse pour la prise en charge des frais d&amp;#039;organisation (hébergement, transport et restauration, temps de conception et de coordination du projet, communication, actions de médiation). Dans ce cadre, une attention particulière sera apportée aux projets prévoyant une itinérance sur un territoire donné.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation des dossiers
+&lt;/h4&gt;
+&lt;p&gt;
+ Les critères de sélection et d&amp;#039;analyse des dossiers par la commission &amp;#34;Vie littéraire&amp;#34; sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la qualité et à l&amp;#039;originalité du projet de création et d&amp;#039;action culturelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualité du volet pédagogique proposé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le temps passé par l&amp;#039;auteur sur le territoire Grand Est ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la garantie donnée à l&amp;#039;auteur de pouvoir mener un travail personnel d&amp;#039;écriture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la structuration et la place de la résidence dans le projet global de la structure d&amp;#039;accueil ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilisation de partenariats locaux et la recherche de financements croisés.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
   Calendrier
  &lt;/a&gt;
 &lt;/h2&gt;
-&lt;p&gt;
-[...10 lines deleted...]
-&lt;ol&gt;
+&lt;h5&gt;
+ SESSION 1 (Bourses - Résidences de création littéraire)
+&lt;/h5&gt;
+&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Avant tout dépôt, il est nécessaire de prendre contact avec votre DRAC/DAC de référence pour vérifier la recevabilité de votre demande
+   Date limite de dépôt des dossiers : 31 mars 2023, 23h59 (heure de Paris).
   &lt;/strong&gt;
-  et vous orienter en fonction de l&amp;#039;évaluation du projet (aide au projet) ou du projet global de l&amp;#039;artiste/équipe (conventionnement).
-[...20 lines deleted...]
-&lt;/h2&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;h5&gt;
- Vous trouverez ci-dessous les modalités de dépôt et les contacts en fonction du lieu de réalisation de votre projet. Merci de vous reporter aux informations régionales ci-dessous pour connaître le calendrier mis en place par la DRAC ou DAC qui vous concerne.
+ SESSION 2 (Bourses - Résidences de création littéraire - Résidences de médiation littéraire)
 &lt;/h5&gt;
-&lt;h2&gt;
-[...10 lines deleted...]
- &lt;/li&gt;
+&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris)
+   Date limite de dépôt des dossiers : 30 juin 2023, 23h59 (heure de Paris).
   &lt;/strong&gt;
-  . Aucun dossier ne pourra être déposé ou pris en compte après cette date.
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...25 lines deleted...]
-  Stéphanie LAFFORGUE, Assistante-gestionnaire, stephanie.lafforgue&amp;#64;culture.gouv.fr
+&lt;h5&gt;
+ SESSION 3 (Bourses - Résidences de création littéraire)
+&lt;/h5&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Date limite de dépôt des dossiers : 31 octobre 2023, 23h59 (heure de Paris).
+  &lt;/strong&gt;
+  Aucun dossier ne pourra être déposé ou pris en compte après cette date.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;
  &lt;a&gt;
-  Bourgogne-Franche-Comté
-[...337 lines deleted...]
-          <t>10.000 € minimum
+  Comment &lt;/a&gt;&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+périmètre de l&amp;#039;aide: [&amp;#039;Grand Est&amp;#039;]
 &lt;br /&gt;
-périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
-[...4 lines deleted...]
-      <c r="S184" s="1" t="inlineStr">
+date de clôture de l&amp;#039;aide : Selon session</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-aux-auteurs-en-grand-est-aide-a-la-creation-et-aux-residences-de-creation-litteraire</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction régionale des affaires culturelles Grand Est (DRAC)
+Pôle démocratisation et industries culturelles
+Services Livre et lecture
+demarches.livre.lecture.drac.grandest&amp;#64;culture.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6326-aide-aux-auteurs-bourses-daide-a-la-creation-/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="H185" s="1" t="inlineStr">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>128179</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir et accompagner les projets de musiciens amateurs, regroupés en association, dans le cadre de fanfares et d’orchestres d’harmonie</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Plan fanfare</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
-[...2283 lines deleted...]
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
-[...1806 lines deleted...]
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le plan en faveur des fanfares, mis en œuvre en 2021 et 2022 s&amp;#039;inscrit dans le cadre d&amp;#039;un soutien renforcé aux  pratiques culturelles et artistiques des français. Il vise à soutenir et accompagner les projets de musiciens amateurs, regroupés en association, dans le cadre de fanfares et d&amp;#039;orchestres d&amp;#039;harmonie.  Fort de sa réussite, ce plan a été reconduit et amplifié en 2023
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Qu&amp;#039;est-ce que le plan Fanfare ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le plan en faveur des fanfares et de manière générale des ensembles musicaux de
  &lt;strong&gt;
   pratique en amateur a pour but d&amp;#039;accompagner et de valoriser une pratique artistique et culturelle collective
  &lt;/strong&gt;
  fédérant des personnes de tous âges et tous horizons autour de projets musicaux partagés. Il vise en priorité :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les territoires ruraux
  &lt;/li&gt;
  &lt;li&gt;
   les ensembles musicaux amateurs
  &lt;/li&gt;
  &lt;li&gt;
   le développement ou le renforcement des partenariats avec les collectivités territoriales
@@ -40984,94 +16266,94 @@
   → Objectifs de la démarche
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce fonds de soutien vise l&amp;#039;accompagnement des artistes amateurs, le développement de partenariats et les initiatives structurantes rayonnant sur un territoire et permet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;instauration d&amp;#039;un dialogue fécond entre les fédérations musicales, les partenaires locaux et les services déconcentrés de l&amp;#039;État. Cette interconnaissance favorise une dynamique de projets de territoires et la qualification des propositions artistiques et culturelles.
  &lt;/li&gt;
  &lt;li&gt;
   une forte attention portée aux territoires prioritaires avec une large inscription en zones rurales
  &lt;/li&gt;
  &lt;li&gt;
   la reconnaissance et la valorisation des pratiques en amateur par le ministère de la Culture au plus près des habitants
  &lt;/li&gt;
  &lt;li&gt;
   la relance d&amp;#039;une dynamique culturelle dans des territoires bouleversés par la crise sanitaire et par la désertion des praticiens amateurs
  &lt;/li&gt;
  &lt;li&gt;
   la prise en compte du volet transmission vers la jeunesse
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M199" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Dans les coulisses du trombone (Bourgogne-Franche-Comté)
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce projet à dimension interdépartementale est porté par l&amp;#039;Orchestre d&amp;#039;harmonie de la Ville d&amp;#039;Héricourt en Bourgogne-Franche-Comté.
 &lt;/p&gt;
 &lt;p&gt;
  Il mettra à l&amp;#039;honneur un instrument de musique en créant un grand ensemble de trombones rassemblant l&amp;#039;association, l&amp;#039;école de musique du Pays d&amp;#039;Héricourt et les conservatoires du Grand Belfort et du Pays de Montbéliard Agglomération, ouvert à l&amp;#039;ensemble des trombonistes du territoire. Plusieurs actions à destination des scolaires du territoire seront également organisées en amont des concerts.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Orchestre éphémère du Pays de Mormal (Hauts-de-France)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les musiciens de la société musicale La Licorne à Gommegnies, ont mené un projet pour Orchestre éphémère du Pays de Mormal en Hauts-de-France, visant à relancer l&amp;#039;art musical en milieu rural en rassemblant plusieurs harmonies du pays de Mormal autour d&amp;#039;un programme de huit pièces musicales.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Enfant&amp;#039;fare (Pays de la Loire)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Enfant&amp;#039;fare est un projet en territoire rural de la Sarthe, en Pays de la Loire, destiné à la création d&amp;#039;un orchestre périscolaire de 24 enfants qui seront initiés à la pratique musicale en partenariat avec les écoles de musique locales ainsi qu&amp;#039;avec les orchestres du territoire communautaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le plan en faveur des fanfares et ensembles musicaux amateurs soutient des projets déposés par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les unions et fédérations départementales ou régionales
  &lt;/li&gt;
  &lt;li&gt;
   les sociétés musicales, qu&amp;#039;elles soient affiliées ou non à une fédération
@@ -41087,73 +16369,73 @@
 &lt;/p&gt;
 &lt;p&gt;
  Un même projet ne pourra pas être soutenu dans le cadre du plan Fanfare
  &lt;strong&gt;
   ET
  &lt;/strong&gt;
  dans le cadre du
  &lt;a rel="noopener" target="_blank"&gt;
   Fonds d&amp;#039;encouragement aux initiatives artistiques et culturelles des amateurs (FEIACA)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Nature des dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien financier du ministère de la Culture ne pourra pas porter exclusivement sur l&amp;#039;achat d&amp;#039;instruments de musique : celui-ci est conditionné à la mise en œuvre d&amp;#039;un projet artistique et culturel le justifiant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/plan-fanfare</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour en savoir plus sur la procédure mise en place dans votre région, merci de vous reporter aux onglets ci-dessous.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Auvergne-Rhône-Alpes
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question sur la plan Fanfare en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
  Une question ?
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question sur la plan Fanfare en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Jacqueline BROLL, directrice du pôle action culturelle et territoriale :
   &lt;a href="mailto:jacqueline.broll&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    jacqueline.broll&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
@@ -41555,60 +16837,1110 @@
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Mayotte
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question sur la plan Fanfare à Mayotte, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Benoît BAVOUSET, conseiller création et éducation artistique :
   &lt;a href="mailto:benoit.bavouset&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    benoit.bavouset&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ac16-plan-fanfare/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>103477</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux pôles de coopération territoriale dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>maximum de 100.000€</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région encourage les lieux, les opérateurs et les collectivités à développer des synergies et à mutualiser leurs moyens en matière de spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;h4&gt;
+  Nature de l&amp;#039;aide et montant
+ &lt;/h4&gt;
+ &lt;p&gt;
+  Le soutien régional est prioritairement accordé aux structures qui ne bénéficient pas d&amp;#039;une aide régionale au titre d&amp;#039;autres dispositifs de soutien au spectacle vivant.
+ &lt;/p&gt;
+ &lt;p&gt;
+  L&amp;#039;aide au projet de pôle de coopération territoriale n&amp;#039;est cumulable ni avec l&amp;#039;aide aux festivals et manifestations à rayonnement régional, ni avec l&amp;#039;aide à la résidence territoriale, ni avec l&amp;#039;aide au projet mutualisé pour les territoires ruraux et périurbains, ni avec l&amp;#039;aide à l&amp;#039;accompagnement de projet artistique dans le domaine du spectacle vivant.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Le soutien régional est plafonné à 50% du budget du projet dans la limite de 100.000€ .
+ &lt;/p&gt;
+ &lt;p&gt;
+  Le niveau de financement régional tiendra compte du niveau d&amp;#039;engagement financier des autres collectivités, de l&amp;#039;État ou des autres cofinanceurs éventuels.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les dépenses éligibles sont les dépenses artistiques, techniques, logistiques, de communication ainsi qu&amp;#039;une part des coûts de structures de l&amp;#039;organisme, limitée à 30% du budget du projet.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles : Personnes morales de droit public ou privé ayant au moins un an d&amp;#039;existence et pouvant justifier du soutien financier avéré d&amp;#039;un partenaire public (Etat, EPCI ou collectivités territoriales) autre que la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates sont des lieux ou opérateurs culturels, dont l&amp;#039;activité relève du champ du spectacle vivant.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures adhérant à la convention collective nationale du spectacle vivant privé ainsi que celles dont l&amp;#039;activité principale concerne les enseignements artistiques, ne sont pas éligible au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures candidates doivent être situées
+ &lt;strong&gt;
+  dans des communes franciliennes rurales ou périurbaines
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de moins de 20.000 habitants
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ou dans des communes de la grande couronne.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet doit reposer sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des partenaires avec d&amp;#039;autres structures culturelles, dans une logique de coopération et de mutualisation de moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des partenariats locaux de nature diverse à l&amp;#039;échelle d&amp;#039;un bassin de vie significatif, dans une logique de maillage territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit concerner plusieurs équipes artistiques professionnelles ou projets artistiques professionnels. 
+Il doit s&amp;#039;articuler autour de la diffusion itinérante de spectacles sur le territoire et d&amp;#039;actions artistiques et culturelles avec les publics. Il peut comporter des résidences ainsi qu&amp;#039;un volet de soutien à la création ou de coproduction.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit aussi inclure des rémunérations artistiques.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au moins 6 mois avant le début du projet ou dès lors que vous envisagez de solliciter ce dispositif, prenez contact avec la chargée de mission dédiée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/rJsWIXNIt</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Chargée de mission développement territorial
+ &lt;/strong&gt;
+ | Peggy Chazarain |
+ &lt;a href="mailto:peggy.chazarain&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  peggy.chazarain&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestionnaire du dispositif
+ &lt;/strong&gt;
+ | Audrey Bosché
+ &lt;span&gt;
+  |
+ &lt;/span&gt;
+ &lt;a href="mailto:audrey.bosche&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  audrey.bosche&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/682c-aide-aux-poles-de-cooperation-territoriale-da/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>92588</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’animation culturelle locale et la culture provençale</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets et manifestations favorisant les échanges artistiques et culturels à un niveau local ou la promotion de la culture provençale.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide variable en fonction de la nature et de l&amp;#039;intérêt du projet de la structure, de son implantation, des actions et partenariats menés pendant l&amp;#039;année, des co-financements mobilisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Assiette éligible : intégralité du budget prévisionnel sur lequel porte la demande de subvention, à l&amp;#039;exception des contributions en nature... Sera également prise en compte dans l&amp;#039;analyse des demandes la pluralité des financements alloués au projet. Une participation financière significative de la collectivité organisatrice (commune ou EPCI) sera attendue.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Animation culturelle locale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Proposer au moins 3 dates, expositions ou projets d&amp;#039;action culturelle sur une année (hors cérémonies officielles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des actions ouvertes au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travailler en lien avec des professionnels
+Culture provençale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une activité régulière d&amp;#039;animation, de promotion ou de transmission de la culture et de la langue provençales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des actions ouvertes au grand public (actions de sensibilisation)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES GENERAUX D&amp;#039;APPRECIATION :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Capacité à renouveler les publics et à mener des actions de médiation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partenariats menés avec les autres associations du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Part du budget artistique (contrats de cession, cachet des artistes, déplacements, hébergement, restauration, mission de direction artistique) dans le budget global du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7f1d-soutenir-lanimation-culturelle-locale-et-la-c/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>164104</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les initiatives locales, culturelles, patrimoniales et citoyennes</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action  10</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher: 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs Stratégiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Valoriser l’identité territoriale plurielle autour d’initiatives culturelles, patrimoniales ou citoyennes &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer de la cohésion sociale sur le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir le modèle associatif&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Qualifier et valoriser le patrimoine naturel et culturel local, participant à l’identité du territoire du Calaisis (bâti et non bâti)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Conforter l’offre culturelle et la création artistique, vectrice d’attractivité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Former des ambassadeurs du territoire du GAL&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Améliorer la diffusion de l’offre culturelle&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager les actions de mutualisation, de partenariats, de mise en réseau des structures à vocation artistiques, culturelles, citoyennes ou patrimoniales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Impliquer les habitants dans les projets associatifs &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Sensibiliser la population locale à son environnement proche&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Soutenir la création d’associations à vocation artistique, culturelle, citoyenne ou patrimoniales  &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a71c0522-cf33-4d6c-8a23-b2e9d2e1a5a8/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q80" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/725ad43d-eaa8-4c22-b568-02eefef89ed9/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 10&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-encourager-les-initiatives-locales-culturelles-patrimoniales-et-citoyennes/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>154982</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'attractivité et l'identité du territoire</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°2</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif cette subvention est de développer les services, tout en favorisant l&amp;#039;innovation et les approches collaboratives pour renforcer l&amp;#039;attractivité et l&amp;#039;identité du territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maintenir et développer les services qui répondent aux besoins de la population
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Adapter l&amp;#039;offre de soins aux besoins actuels et futurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Favoriser le développement culturel et artistique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la définition et la mise en place des projets culturels des Communautés de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider la création culturelle et l&amp;#039;organisation de manifestations culturelles sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la présence artistique dans les territoires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Création/développement/équipement d&amp;#039;un EVS itinérant/des lieux de vie partagés
+ &lt;br /&gt;
+ •    Création/développement/modernisation des maisons de santé ; favoriser le développement des Communauté Professionnelle Territoriale de Santé
+ &lt;br /&gt;
+ •    Développement d&amp;#039;une manifestation culturelle itinérante sur le territoire ;
+ &lt;br /&gt;
+ •    Aménagement d&amp;#039;espaces multiculturel
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Santé
+Commerces et services
+Revitalisation
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7eee-developper-lattractivite-et-lidentite-du-terr/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>163066</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création et à la production d’œuvres de web-création</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la création et à la production d’œuvres de web-création</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En partenariat avec le CNC (Centre national du cinéma et de l’image animée), la Région Sud aide à la création et à la production d’œuvres cinématographiques et audiovisuelles de qualité dans toute leur diversité.&lt;/p&gt;
+&lt;p&gt;Le fonds d’aide à la production de court métrage de fiction a pour but de contribuer :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;au soutien d’œuvres de qualité ;&lt;/li&gt; 	&lt;li&gt;au développement de la diversité culturelle ;&lt;/li&gt; 	&lt;li&gt;à l’émergence de nouveaux talents ;&lt;/li&gt; 	&lt;li&gt;à la structuration en Provence-Alpes-Côte d’Azur d’une filière professionnelle solide et reconnue au niveau national et international (auteurs, réalisateurs, techniciens, producteurs, prestataires de services) ;&lt;/li&gt; 	&lt;li&gt;au dynamisme et à l’attractivité de son territoire en favorisant l’accueil et la localisation des tournages générateurs d’emplois, de retombées économiques, touristiques et d’image ;&lt;/li&gt; 	&lt;li&gt;à la transition écologique et énergétique dans les secteurs du cinéma et de l’audiovisuel.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les sociétés de production déléguée disposant d’un code APE de production de films cinématographiques (siège social en France ou dans un autre état membre de l’Union européenne ou de l’Espace économique européen) qui présentent des œuvres de web-création et sont détentrice de la majorité des droits sur l’œuvre ou sont cosignataires des contrats de cession ou d’option de droits d’auteurs. Le demandeur ne peut avoir plus de trois aides régionales en cours sans signe d’avancement.&lt;/li&gt; 	&lt;li&gt;Des associations dont l’activité principale est la production d’œuvres audiovisuelles et disposant d’un code APE de production de films cinématographiques ou de vidéos et   de programmes audiovisuels.&lt;/li&gt; 	&lt;li&gt;Dans le cas d’une coproduction, la société sollicitant l’aide doit être la société de production déléguée signataire des contrats de cession de droits d’auteurs.&lt;/li&gt; 	&lt;li&gt;Le créateur vidéo du projet devra justifier d’au moins 10.000 abonnées sur sa chaine ou avoir été primé dans un festival de catégorie 1 (tel que défini par le CNC) au cours des cinq dernières années (voir liste des festivals éligibles en annexe) ou avoir participé à une résidence d’écriture qui répond aux critères de qualité définis dans l’annexe de ce document.&lt;/li&gt; 	&lt;li&gt;Pour la bourse d’écriture en résidence : des autrices et auteurs, réalisatrices et réalisateurs ou scénaristes uniquement (un seul projet par session, une bourse maximum par année civile). L’auteur, réalisateur ou scénariste doit avoir été accepté par une résidence d’écriture pour des professionnels (hors action de formation professionnelle financée par un opérateur de compétence).&lt;/li&gt; 	&lt;li&gt;La proportion de l’apport d’aide publique ne pourra excéder 50% du budget total prévisionnel et définitif.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;em&gt;Les projets éligibles doivent être d’expression originale française de tous formats (court, moyen, long métrage, web-série…) et de tous genres (fiction, documentaire, docu-fiction, etc.), avec un travail de scénarisation, de réalisation, un intérêt culturel et une vraie réflexion. Sont exclus : les projets institutionnels et promotionnels, les clips vidéo et captation de concerts.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
+&lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Aide à la production de web-création&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Ces aides concernent les projets d’œuvres :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Les projets éligibles doivent être d’expression originale française de tous formats (court, moyen, long métrage, web-série…) et de tous genres (fiction, documentaire, docu-fiction, etc.), avec un travail de scénarisation, de réalisation, un intérêt culturel et une vraie réflexion. Sont exclus : les projets institutionnels et promotionnels, les clips vidéo et captation de concerts.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Bourse d’écriture en résidence&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Le projet pour lequel l’auteur est sélectionné doit avoir un lien géographique avec le territoire ou un lien culturel fort avec le territoire : sujet lié aux caractéristiques culturelles, historiques, sociales, économiques.&lt;/p&gt;
+&lt;p&gt;La résidence doit répondre aux critères de qualité suivant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;modalités de sélection des candidats et des projets par appels à projets et sur des critères artistiques avec une forte sélectivité ;&lt;/li&gt; 	&lt;li&gt;résidences destinées uniquement aux professionnels du cinéma et à l’audiovisuel ou aux auteurs en voie de professionnalisation ;&lt;/li&gt; 	&lt;li&gt;durée de la résidence minimum d’une semaine ou 5 jours ouvrés ;&lt;/li&gt; 	&lt;li&gt;encadrement de la résidence par des professionnels reconnus dans le secteur concerné ;&lt;/li&gt; 	&lt;li&gt;mise en place d’une interaction avec les publics (master-class, conférence, lecture publique, ateliers de pratique artistique, …).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Aide à la production de web-création&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Ces aides concernent les projets d’œuvres :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;avec un lien culturel ou géographique avec Provence-Alpes-Côte d&amp;#039;Azur ;&lt;/li&gt; 	&lt;li&gt;avec un temps de fabrication significatif sur le territoire régional ;&lt;/li&gt; 	&lt;li&gt;n’ayant pas commencé la fabrication au moment du dépôt de la demande ;&lt;/li&gt; 	&lt;li&gt;ne dépassant pas les seuils d’intensité d’aides publiques déterminés par le Règlement général des aides financières du CNC ;&lt;/li&gt; 	&lt;li&gt;ayant établi un plan d’actions visant à réduire l’impact écologique de la fabrication de l’œuvre ;&lt;/li&gt; 	&lt;li&gt;ayant réalisé un bilan carbone prévisionnel venant compléter le plan d’actions dès lors qu’un outil de mesure est mis à disposition des sociétés de production par le CNC ;&lt;/li&gt; 	&lt;li&gt;justifiant lors du dépôt du dossier de financements acquis correspondant à 20 % du budget du film hors part producteur, coproducteur, participation et crédit d’impôt.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-la-creation-et-a-la-production-doeuvres-de-web-creation</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Florian Cabane :&lt;a href="mailto:fcabane&amp;#64;maregionsud.fr"&gt; &lt;/a&gt;&lt;a href="mailto:fcabane&amp;#64;maregionsud.fr"&gt;fcabane&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Isabelle Manca : &lt;a href="mailto:imanca&amp;#64;maregionsud.fr"&gt;imanca&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-creation-et-a-la-production-doeuvres-de-web-creation/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>90836</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir et adapter aux nouvelles technologies du matériel et équipement culturel.</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise le maintien mais aussi l&amp;#039;adaptation aux nouvelles technologies du matériel et équipement culturel.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  participer au maintien d&amp;#039;une activité artistique et culturelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  préserver la vitalité du réseau d&amp;#039;équipements existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider ces équipements à s&amp;#039;adapter aux nouvelles technologies et aux enjeux de la création contemporaine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions nécessaires à remplir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  structure professionnelle reconnue et déjà soutenue pour son projet artistique et culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  La structure ne devra pas avoir fait de demande similaire dans les 5 années précédentes ladite demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  équipements en lien avec le projet artistique et culturel : équipements scéniques, matériel son, audiovisuel et lumière...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont exclus les achats de matériel informatique, d&amp;#039;instruments, de mobilier et de véhicules.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/achat-de-materiel-re-equipement-culturel</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>Direction de la Culture et du Patrimoine
+Service Aménagement culturel du territoire
+&lt;br /&gt;
+05 55 45 54 44 / 05 55 45 18 56</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d34a-achat-de-materiel-re-equipement-culturel/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>162760</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Souenir l'investissement pour musiques, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'investissement pour musiques, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif doit soutenir nos partenaires culturels professionnels sur l’ensemble du territoire, offrir aux publics et aux artistes des conditions techniques et d’accueil optimales et permettre une transition vers des investissements durables et éco-responsables.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Les structures:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;bénéficiant d’un soutien régional au fonctionnement ou d’une convention particulière avec la Région, ayant un établissement ou une succursale,&lt;/li&gt; 	&lt;li&gt;situés en Région Provence-Alpes-Côte d’Azur et ayant au moins une année d’existence à la date du vote.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les bâtiments privés, obligation est faite de détenir un bail non précaire d’une durée au moins égale à la durée d’amortissement des travaux.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les studios d’enregistrement&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique (hors Pôles d’enseignement supérieur)&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures non financées en fonctionnement par la Culture&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable (voir annexes pour la prise en compte des critères et pièces spécifiques).&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le demandeur ne pourra présenter une nouvelle aide à l’investissement qu&amp;#039;après présentation des justificatifs définitifs de réalisation du projet pour lequel il a déjà été aidé.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux, de l&amp;#039;acquisition....&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P84" s="1" t="inlineStr">
+        <is>
+          <t>24/05/2024</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable (voir annexes pour la prise en compte des critères et pièces spécifiques).&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le demandeur ne pourra présenter une nouvelle aide à l’investissement qu&amp;#039;après présentation des justificatifs définitifs de réalisation du projet pour lequel il a déjà été aidé.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-linvestissement-pour-musiques-theatre-arts-du-mouvement-arts-visuels</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-linvestissement-pour-musiques-theatre-arts-du-mouvement-arts-visuels/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>