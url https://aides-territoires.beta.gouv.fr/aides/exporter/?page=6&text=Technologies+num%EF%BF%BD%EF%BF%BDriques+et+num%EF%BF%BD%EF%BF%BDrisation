--- v0 (2025-11-27)
+++ v1 (2026-02-02)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA145"/>
+  <dimension ref="A1:AA136"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,3420 +228,115 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>121995</v>
+        <v>90733</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Financer la recherche-développement (R&amp;D) en sciences du numérique appliquée à la culture</t>
-[...4 lines deleted...]
-          <t>Convention Culture-Inria</t>
+          <t>Financer des prestations d’études et de conseil (diagnostic, expertise, AMOA) permettant de définir une stratégie de transformation numérique et/ou de cybersécurité</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
-        <is>
-[...3298 lines deleted...]
-      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine
 Commission européenne</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I21" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J21" s="1" t="inlineStr">
+      <c r="J2" s="0" t="inlineStr">
         <is>
           <t>Plafonné à 30 000€</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif a pour but d&amp;#039;accompagner le financement des prestations d&amp;#039;études et de conseil (diagnostic, expertise, AMOA) permettant de définir votre stratégie de transformation numérique et/ou votre stratégie cybersécurité.
 &lt;/p&gt;
 &lt;strong&gt;
  Objectif
 &lt;/strong&gt;
 : A
 ccélérer l&amp;#039;appropriation des usages avancés du numérique des entreprises en les accompagnant grâce à des prestations de conseil spécialisé en vue de la future mise en oeuvre de projets numériques.</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  PME, ETI et associations ayant des activités lucratives avec un impact économique implantées en région Nouvelle-Aquitaine..
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent à des prestations externes : frais d&amp;#039;études et de conseil (diagnostic en vue de définir votre projet de transformation numérique et/ou de cybersécurité, AMOA...)
  &lt;br /&gt;
  Taux d&amp;#039;intervention jusqu&amp;#039;à 50%, plafonné à 30 000€
  &lt;br /&gt;
  Base réglementaire SA 40453 PME
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -3649,776 +344,296 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La transformation numérique accompagne une transformation globale et continue qui nécessite d&amp;#039;agir sur 4 leviers :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le client : Mettre le client final au cœur de la stratégie de développement et de la valeur de l&amp;#039;offre de l&amp;#039;entreprise et le transformer en ressource active, personnalisation
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;organisation interne : Rendre son organisation plus agile, injecter de la transversalité et du mode projet, refondre ses dispositifs managériaux, mieux gérer ses stocks et ses flux
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;usage : passer du produit ou  du service à l&amp;#039;usage, proposer des offres globales incluant produit et services
  &lt;/li&gt;
  &lt;li&gt;
   Les partenaires : mieux associer ses partenaires pour créer plus de valeur, savoir se coordonner et s&amp;#039;interfacer avec ses partenaires
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans cette perspective, une attention particulière sera portée aux engagements de l&amp;#039;entreprise en matière de RSE. Il est attendu que la transformation numérique de l&amp;#039;entreprise tienne compte des enjeux de sobriété et de sécurité numériques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/conseil-en-strategie-numerique</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délégation numérique
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Si vous êtes une PME ou une ETI non-industrielle : transfonum&amp;#64;nouvelle-aquitaine.fr
  &lt;/li&gt;
  &lt;li&gt;
   Les PME et les ETI industrielles sont invitées à prendre directement contact avec nos services à l&amp;#039;adresse suivante : aides.eco&amp;#64;nouvelle-aquitaine.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c102-conseil-en-strategie-numerique/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>162301</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Proposer aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Manuels scolaires numériques</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La Région Sud met tout en oeuvre pour que les élèves bénéficient des meilleures conditions d’apprentissage et poursuit la transition numérique des établissements et propose désormais aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Depuis la rentrée scolaire 2019, la Région met à la disposition des lycéens et des professeurs des manuels scolaires numériques sur une tablette tactile pour en permettre la lecture sans avoir besoin d’une connexion permanente.&lt;/p&gt; &lt;p&gt;Les élèves de seconde et première depuis septembre 2019 inscrits dans les 86% de lycées de la Région ayant opté pour les manuels scolaires numériques. Ceux de terminale en bénéficieront à la rentrée 2020.&lt;/p&gt; &lt;p&gt;Permettre toutes les nouvelles formes d&amp;#039;enseignement avec l&amp;#039;usage d&amp;#039;un équipement identique, intégrant tous les nouveaux programmes, pour tous les lycéens.&lt;/p&gt;
+&lt;h5&gt;Les avantages&lt;/h5&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Pour les élèves :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Un poids du cartable allégé.&lt;/li&gt; 		&lt;li&gt;Un manuel enrichi : la version numérique du manuel scolaire propose de nombreuses ressources supplémentaires (vidéos, sons, animations) et des fonctionnalités interactives. &lt;/li&gt; 		&lt;li&gt;Une meilleure accessibilité pour les élèves à besoins éducatifs particuliers : Les textes peuvent être zoomés ou écoutés, les couleurs et polices changées, etc.&lt;/li&gt; 		&lt;li&gt;Un accès en ligne de tout point connecté à internet.&lt;/li&gt; 		&lt;li&gt;La facilité de récupérer un document oublié.&lt;/li&gt; 		&lt;li&gt;Plus de nécessité d&amp;#039;un accès en ligne une fois téléchargé, pour l&amp;#039;essentiel du manuel.&lt;/li&gt; 		&lt;li&gt;La possibilité de télécharger le manuel sur plusieurs supports personnels ou familiaux.&lt;/li&gt; 		&lt;li&gt;La possibilité d&amp;#039;annoter le manuel, d&amp;#039;exporter des extraits dans d&amp;#039;autres documents.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="S22" s="1" t="inlineStr">
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
-[...28 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/manuels-scolaires-numeriques</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Région :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;l-ec&amp;#64;maregionsud.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Délégations Académiques au Numérique Educatif :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Aix-Marseille : ce.dan&amp;#64;ac-aix-marseille.fr&lt;/li&gt; 		&lt;li&gt;Nice : dane&amp;#64;ac-nice.fr,&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Direction Régionale de l&amp;#039;Alimentation, de l&amp;#039;Agriculture et de la Forêt (DRAAF).&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;drtic.paca&amp;#64;educagri.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/manuels-scolaires-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...408 lines deleted...]
-      <c r="A26" s="1">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
         <v>95031</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Soutenir les festivals et aux manifestations dans les secteurs de l’économie culturelle et de la création numérique</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Soutien aux festivals et aux manifestations dans les secteurs des industries créatives</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour le secteur du cinéma et de l&amp;#039;audiovisuel :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   faciliter la rencontre entre créateurs, diffuseurs et publics, et participer à la cohérence du territoire en termes culturels,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir l&amp;#039;emploi culturel et la pérennité des équipes de création en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion,
  &lt;/li&gt;
  &lt;li&gt;
   participer à la promotion des équipes artistiques en région, et au-delà du territoire régional,
  &lt;/li&gt;
  &lt;li&gt;
   promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour le secteur du livre :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soutenir et accompagner la création littéraire contemporaine,
  &lt;/li&gt;
  &lt;li&gt;
   dynamiser le développement de la vie littéraire en région,
  &lt;/li&gt;
  &lt;li&gt;
   favoriser la professionnalisation et la coopération des acteurs du livre en région,
  &lt;/li&gt;
  &lt;li&gt;
   faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention est déterminé en fonction de la nature, de l&amp;#039;ampleur, de la qualité du projet ainsi que des partenariats financiers établis. Une subvention pluriannuelle peut être proposée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P26" s="1" t="inlineStr">
+      <c r="P4" s="1" t="inlineStr">
         <is>
           <t>03/08/2017</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les associations et structures culturelles de droit public ou privé ayant leur siège en région Grand Est, dont le projet est entièrement dédié à la promotion des oeuvres cinématographiques, audiovisuelles, nouveaux medias, du livre ou de la lecture et dont l&amp;#039;action se déroule en région Grand Est. Les collectivités territoriales. Les bénéficiaires doivent être implantés en région Grand Est ou y mener leur activité de façon effective.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature des projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les festivals et manifestations relevant du cinéma ou de l&amp;#039;audiovisuel , le projet respecte les critères suivants :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    développer un projet culturel et artistique identifié et de qualité sur le territoire,
   &lt;/li&gt;
   &lt;li&gt;
    s&amp;#039;entourer d&amp;#039;une équipe compétente ou de professionnels pour l&amp;#039;organisation et la programmation du festival ou de la manifestation, respecter les conditions de rémunération des artistes,
   &lt;/li&gt;
@@ -4450,71 +665,71 @@
    faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire,
   &lt;/li&gt;
   &lt;li&gt;
    développer une manifestation avec une programmation cohérente et de qualité,
   &lt;/li&gt;
   &lt;li&gt;
    participer au développement de l&amp;#039;économie du livre à l&amp;#039;échelle régionale,
   &lt;/li&gt;
   &lt;li&gt;
    développer une stratégie de rayonnement régional voire national ou international,
   &lt;/li&gt;
   &lt;li&gt;
    bénéficier d&amp;#039;une pluralité de financements et d&amp;#039;une part significative dédiée aux frais artistiques.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des coûts liés à l&amp;#039;organisation des festivals et des manifestations sont éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-aux-manifestations-secteurs-de-leconomie-culturelle-de-creation-numerique/</t>
         </is>
       </c>
-      <c r="W26" s="1" t="inlineStr">
+      <c r="W4" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0022/depot/simple</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
     livre&amp;#64;grandest.fr
    &lt;/a&gt;
    /
    &lt;a href="mailto:cinema.audiovisuel&amp;#64;grandest.fr"&gt;
     cinema.audiovisuel&amp;#64;grandest.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Pour les demandes de paiement :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
     versements-ecoculture&amp;#64;grandest.fr
@@ -4536,102 +751,102 @@
   &lt;/li&gt;
   &lt;li&gt;
    &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
     Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Dépôt des dossiers :
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   La date de réception par la Région du dossier complet doit être antérieure au démarrage de l&amp;#039;opération d&amp;#039;au moins 4 mois. L&amp;#039;ensemble de la procédure de dépôt des dossiers, dossier administratif et dossier de projet, ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée Le dépôt de dossier s&amp;#039;effectue par voie électronique à l&amp;#039;une des adresses suivantes :
   &lt;a rel="noopener" target="_blank"&gt;
    cinema.audiovisuel&amp;#64;grandest.fr
   &lt;/a&gt;
   ou
   &lt;a rel="noopener" target="_blank"&gt;
    livre&amp;#64;grandest.fr
   &lt;/a&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8aee-soutien-aux-festivals-et-aux-manifestations-d/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>98465</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Mutualiser un responsable des services informatiques</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le GIP RECIA propose aux collectivités qui le désirent de
  &lt;strong&gt;
   mutualiser la direction des services informatiques (DSI)
  &lt;/strong&gt;
  afin d&amp;#039;optimiser les ressources numériques et de vous accompagner dans le pilotage de vos prestataires locaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce service permet aux collectivités territoriales et à leurs groupements de bénéficier des services d&amp;#039;un responsable des services informatiques mutualisé qui pourra
  &lt;strong&gt;
   assister les élus et les directions dans la définition d&amp;#039;une stratégie numérique
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Dans une petite collectivité, le responsable des services informatiques mutualisé remplace le service informatique manquant, conseille la collectivité à la fois sur les choix stratégiques mais aussi sur l&amp;#039;accompagnement des services dans l&amp;#039;évolution des pratiques numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Dans une collectivité plus importante, sans se substituer à la DSI en place, le responsable des services informatiques mutualisé apporte sa connaissance et son expertise pour aider la DSI et les services à s&amp;#039;organiser pour réussir leur transition numérique.
 &lt;/p&gt;
 &lt;h4&gt;
  Les avantages
 &lt;/h4&gt;
 &lt;ul&gt;
@@ -4708,156 +923,156 @@
  &lt;li&gt;
   Rédaction de PCA (Plan de continuité de l&amp;#039;activité)
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de PRA (Plan de reprise d&amp;#039;activité)
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de PSSI (Plan de sécurisation des systèmes d&amp;#039;information)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Ressources utiles
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;a href="https://www.solaere.recia.fr/" rel="noopener" target="_blank"&gt;
   https://www.solaere.recia.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
   https://www.snc.recia.fr/contactus
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:info&amp;#64;recia.solutions" rel="noopener" target="_blank"&gt;
   info&amp;#64;recia.solutions
  &lt;/a&gt;
  &lt;br /&gt;
  Tél : 02 38 42 24 59
  &lt;em&gt;
   (choix 4)
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>olivier.jouin@recia.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/786b-copie-12h51-mutualiser-un-delegue-a-la-protec/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>98466</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec sa plate-forme Solaere et son pôle E-administration, le GIP RECIA offre un
  &lt;strong&gt;
   ensemble de services cohérents et innovants
  &lt;/strong&gt;
  couvrant
  &lt;strong&gt;
   la chaine de dématérialisation des documents et des échanges
  &lt;/strong&gt;
  dans sa globalité, à travers un
  &lt;strong&gt;
   portail sécurisé et unifié
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Des outils et des services d&amp;#039;e-administration qui ont pour objectif de
  &lt;strong&gt;
   simplifier la communication entre les services, les élus, les administrations et les citoyens
  &lt;/strong&gt;
  et de
  &lt;strong&gt;
   faciliter les usages et les échanges entre collectivités et les services de l&amp;#039;État
  &lt;/strong&gt;
@@ -4919,2030 +1134,5276 @@
  &lt;/li&gt;
  &lt;li&gt;
   Archivage électronique
  &lt;/li&gt;
  &lt;li&gt;
   Gestion des flux bons de commandes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Ressources utiles :
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.recia.fr/nos-services/e-administration/" rel="noopener" target="_blank"&gt;
    https://www.recia.fr/nos-services/e-administration/
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
    https://www.snc.recia.fr/contactus
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a rel="noopener" target="_blank"&gt;
   info&amp;#64;recia.solutions
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 02 38 42 24 59
  &lt;em&gt;
   (choix 1)
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>olivier.jouin@recia.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/243a-copie-13h06-mutualiser-un-delegue-a-la-protec/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>50278</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser le déploiement du numérique à l'école</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires met à votre disposition eCarto, un outil développé de manière collaborative par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Caisse des Dépôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Ministère de l&amp;#039;Éducation nationale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ eCarto vous permet de prendre connaissance du déploiement du numérique éducatif au sein des 63 000 établissements scolaires français. Pour cela, il se base sur les données en open data relatives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la connectivité des établissements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux ressources ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et aux expérimentations.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_ecole_psat</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/27c6-obtenir-un-outil-permettant-de-visualiser-le-/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>162507</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Financer les achats d'outils pédagogiques numériques des établissements d'enseignements artistiques</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>ACHAT D'OUTILS PEDAGOGIQUES NUMERIQUES</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K29" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="O29" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aider les établissements artistiques à investir dans des outils numériques permettant la
+pédagogie auprès des élèves : tableaux numériques, appareils photos,
+outils pour pratiquer la MAO, etc…&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Groupements de communes dont syndicats intercommunaux possédant un établissement d’enseignement artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Outils
+numériques mis à disposition des élèves et/ou des enseignants: tableaux
+numériques, appareils photos, outils pour pratiquer la MAO, etc&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Critères :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viabilité financière du projet&lt;/li&gt;&lt;li&gt;Empreinte environnementale des outils (durabilité)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La date limite de dépôt de la demande est fixée au 30 mars de l’année de l’investissement.&lt;/p&gt;&lt;p&gt;Cette aide est mobilisable chaque année, mais priorité sera donnée aux établissements ne l’ayant pas sollicité l’année n-1 ou n’ayant jamais bénéficié de cette aide.&lt;/p&gt;&lt;p&gt;Les dossiers seront étudiés en fonction de l’enveloppe globale disponible pour cette aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/achat-doutils-pedagogiques-numeriques/</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-achats-doutils-pedagogiques-numeriques-des-etablissements-denseignements-artistiques/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...517 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>72812</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'e-administration et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>e-Collectivités (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le syndicat mixte régional e-Collectivités, opérateur public de services numériques, est une structure dédiée au développement de l&amp;#039;administration électronique et à la transformation numérique des collectivités territoriales de la région Pays de la Loire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;ecollectivites.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>cedric.macaud@ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e14f-developper-le-administration-et-accompagner-l/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>74198</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance numérique</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...5 lines deleted...]
-      <c r="H33" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
-[...19 lines deleted...]
- &lt;br /&gt;
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur les
+ &lt;strong&gt;
+  logiciels métiers d&amp;#039;administration publique
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence technique vous propose également l&amp;#039;assistance et paramétrage d&amp;#039;un
+ &lt;strong&gt;
+  profil acheteur marché publics.
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O33" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Administration numérique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance et paramétrage sur les logiciels métiers : État Civil, paie, déclaration sociale, comptabilité, élections, registre de délibération, facturation, emprunt, gestions des biens, populations, PayFip
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission des flux en trésorerie et des actes en préfecture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocation électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certificats de signature électronique (Chambersign) et pour l&amp;#039;état civil (Comedec), parapheur électronique (Sésile)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet : Gestion des domaines et création de compte client de messagerie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils collaboratifs : Gestion Electronique des Documents, Visioconférence, agendas partagés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Profil acheteur Marchés Publics [plateforme de dématérialisation]
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance et paramétrage du profil acheteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à mise en ligne et fin de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des agents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
-[...16 lines deleted...]
-  les initiatives numériques libres sont encouragées sur votre territoire ...
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
   &lt;br /&gt;
  &lt;/li&gt;
-&lt;/ul&gt;
-[...130 lines deleted...]
-  Favoriser la création ou le développement des projets d&amp;#039;inclusion numérique : formation, mise à disposition d&amp;#039;outils et recherche de financement.
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
-[...187 lines deleted...]
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
-[...47 lines deleted...]
-   &lt;/span&gt;
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
   &lt;/a&gt;
- &lt;/li&gt;
-[...18 lines deleted...]
-   &lt;/span&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Yann Bogdanovic - Responsable du service Administration Numérique
+ -
+  &lt;a href="mailto:san&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   san&amp;#64;atd16.fr
   &lt;/a&gt;
  &lt;/li&gt;
-&lt;/ul&gt;</t>
-[...12 lines deleted...]
-      <c r="AA35" s="1" t="inlineStr">
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09b8-beneficier-dune-maintenance-informatique-et-d/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>149151</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités aux usages numériques</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Soutien des collectivités aux usages numériques - Vidéoprotection - WiFi ou ADSL</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par Wifi ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € par commune : Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une Commune
  &lt;/li&gt;
  &lt;li&gt;
   Un établissement public de coopération intercommunale ou un syndicat mixte dans le cadre de l&amp;#039;exercice de la compétence de la prévention de la délinquance
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et si votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;installation (création et extension) de caméras sur la voie publique ou aux abords de lieux ouverts au public, au titre de l&amp;#039;exercice de la compétence de prévention de la délinquance, dans toutes les communes du Grand Est.
 &lt;/p&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/plan-regional-de-soutien-des-collectivites-aux-usages-numeriques/</t>
         </is>
       </c>
-      <c r="W36" s="1" t="inlineStr">
+      <c r="W11" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0067%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.gr</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à
  &lt;a target="_self"&gt;
   numerique&amp;#64;grandest.fr
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir (cf règlement, ci dessous) disponible.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4936-soutien-des-collectivites-aux-usages-numeriqu/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>72809</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le SIEEEN, guichet unique informatique des collectivités nivernaises
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ En 1992, le SIEEEN reprend le programme d&amp;#039;informatisation des mairies initié quelques années plus tôt par l&amp;#039;Union Amicale des Maires de la Nièvre.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2010, le Syndicat fonde le Service d&amp;#039;Informations TErritoriales des Collectivités (SITEC) afin d&amp;#039;optimiser son offre.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SITEC s&amp;#039;affirme  comme guichet unique informatique pour les collectivités. Il s&amp;#039;appuie sur des partenariats avec les éditeurs nationaux de logiciels collectivités présents sur le territoire nivernais.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : proposer un service et un accompagnement optimisés en représentant plus de 90 % des collectivités nivernaises.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Aujourd&amp;#039;hui, le SIEEEN met à disposition des collectivités de la Nièvre un véritable pôle de compétences numériques. Celui-ci intègre le conseil, les outils, l&amp;#039;expertise technique, la gestion des données complétées par les services habituels.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, le SITEC est structuré en 6 pôles de compétences :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Administration.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniques d&amp;#039;Information et de Communication (TIC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructure et Projets (IP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique (SIG)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Investissements.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Il accompagne 284 collectivités, 6 communautés de communes, 10 structures, ainsi que l&amp;#039;Agence Technique Départementale (ATD) dans la mise en œuvre de l&amp;#039;e-administration.
+&lt;/p&gt;
+&lt;p&gt;
+ Un Pack Services pour faciliter la transition numérique des collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le  SITEC regroupe au sein de son Pack Services une gamme enrichie de solutions matérielles et logicielles pour faciliter la transition numérique des collectivités. Celles-ci permettent la gestion, l&amp;#039;exploitation, l&amp;#039;optimisation et la sécurisation des systèmes d&amp;#039;information et du parc informatique. Le Pack Services est accessible aux collectivités adhérentes à la compétence statutaire numérique des services du SIEEEN.
+&lt;/p&gt;
+&lt;p&gt;
+ Il comprend notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès libre à un programme annuel de formations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;installation de matériels, logiciels et certificats.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La location de matériels ; l&amp;#039;assistance sur site matérielle et logicielle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La veille et l&amp;#039;information en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plate-forme de dématérialisation des actes comptables et à Géo SIEEEN, le Système d&amp;#039;Information Géographique syndical.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise à disposition d&amp;#039;un connecteur PASRAU (Prélèvement à la Source pour les Revenus Autres).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La sauvegarde externalisée des données sur Datacenter
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion au Pack Services est de 5 € par habitant pour les communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communautés de communes, elle est calculée en fonction du pourcentage de la population, complétée par un forfait selon le nombre de postes à gérer.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les autres collectivités, elle est déterminée selon leur bilan comptable. Les non-adhérents peuvent également bénéficier de l&amp;#039;ingénierie numérique du SIEEEN grâce aux prestations de services.
+&lt;/p&gt;
+&lt;p&gt;
+ La compétence NTIC du SIEEEN ou l&amp;#039;infogérance adaptée aux collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les collectivités adhérentes au Pack Services ou recourant aux prestations de services SIEEEN bénéficient :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une assistance en hotline ou sur site : logiciels métiers, logiciels SIEEEN, matériels informatiques, Déclaration automatisée des données sociales unifiées (DADSU).
+&lt;/p&gt;
+&lt;p&gt;
+ De la maintenance matérielle.
+&lt;/p&gt;
+&lt;p&gt;
+ Des fournitures et des installations de matériels informatiques et de logiciels bureautiques et métiers.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un accompagnement stratégique : dématérialisation, certificat électronique, audit du système d&amp;#039;information, conseil aux choix de matériels et logiciels, aide à la décision et journées thématiques destinés aux décideurs et agents...
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un enrichissement de données stratégiques : cartographie et Plan de Corps de Rue Simplifié (PCRS).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un programme de formations annuelles...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ À travers l&amp;#039;offre globale et la gamme complète de services du SITEC, les collectivités nivernaises peuvent disposer d&amp;#039;un service d&amp;#039;infogérance expert et se concentrer pleinement sur leurs missions.
+&lt;/p&gt;
+&lt;p&gt;
+ Quelques chiffres clés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 200 Postes informatiques en maintenance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 Ecoles et 41 autres (SIAEP, coopératives, maison de l&amp;#039;emploi, ....)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 207 installations, dépannages et migrations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  8 000 appels en hotline /an
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Informatisation complètes d&amp;#039;écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et accompagnement technique sur l&amp;#039;opendata
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;une plateforme de messagerie à destination des collectivités adhérentes
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent du Sieeen de manière statutaire ou en prestations
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieeen.fr</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ franck.lanfranchi&amp;#64;sieeen.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>franck.lanfranchi@sieeen.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833a-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>77361</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès aux services publics digitalisés avec le programme France Services</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>subvention maximale de 30 000 euros par projet</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la digitalisation des services publics, la Banque des Territoires accompagne les collectivités territoriales et les associations dans la création d&amp;#039;une structure France Services sur leur territoire, et notamment dans l&amp;#039;animation, la formation des agents et l&amp;#039;outillage numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec l&amp;#039;offre France Services, vous accompagnez les usagers dans la réalisation de leurs démarches administratives en ligne et proposez un service public de proximité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_public_digitalisation_psat</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez : busfranceservices&amp;#64;caissedesdepots.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f8c-decouvrir-le-programme-france-services-et-bus/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>161669</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Développer les usages innovants du numérique</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Développer les usages  innovants du numérique</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I37" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Min : 50</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour favoriser leur duplicabilité et/ou leur extension par :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La mise en place ou le développement de projets expérimentaux, pilotes et/ou innovants&lt;/p&gt;&lt;p&gt;• Le soutien de poste d’animateur dédié au développement des usages et projets numériques répondant aux spécificités territoriales&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour favoriser l&amp;#039;innovation collective, le partage d’information et la transmission de &lt;/strong&gt;&lt;strong&gt;compétences grâce à la création des tiers-lieux numériques. &lt;/strong&gt;La Région finance les tiers-lieux d’idéation-expérimentation et de fabrication et médiation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour accompagner le développement des Micro-Folies. &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour la Région, la transformation numérique passe par le développement d’usages innovants dans de nombreux domaines : tourisme / patrimoine, éducation, e-santé, agriculture … La collectivité accompagne les expérimentations de nouveaux usages du numérique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Tourisme
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q37" s="1" t="inlineStr">
+      <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>02/01/2027</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les projets seront sélectionnés selon
 plusieurs critères techniques : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;- &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’aspect
 innovant (expérimentation ou action novatrice territoriale) ou pilote
 (déploiement d’une expérimentation) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 portée territoriale du projet (les projets de portée intercommunale et au-delà
 seront privilégiés) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 proposition de contenus et de services numériques mis en œuvre ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’intégration
 de dispositif d’animation favorisant une bonne appropriation de l’action par le
 public cible ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;leur
 réplicabilité et interopérabilité ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;la
 participation aux réseaux (Ex : Association des tiers-lieux, Micro-Folies) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux de la donnée (ouverture,
 valorisation, protection, sécurisation…) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux du numérique
 responsable sur la base des 4 piliers du numérique responsable : numérique
 sobre, numérique au service du bien commun, numérique éthique et l’inclusion
 numérique …)&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.bourgognefranchecomte.fr/</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Délégation à la Transformation Numérique  - contacts : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;France Guillemin 06 74 97 43 20 - &lt;a target="_self"&gt;france.guillemin&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;       &lt;/p&gt;&lt;p&gt;Anne-Claire Sanz 06 59 42 51 65  &lt;a href="mailto:anneclaire.sanz&amp;#64;bourgognefranchecomte.fr"&gt;anneclaire.sanz&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>france.guillemin@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-usages-innovants-du-numerique/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>72490</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence Landaise Pour l'Informatique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...33 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis sa création en 1985, l&amp;#039;Agence Landaise Pour l&amp;#039;Informatique, syndicat mixte, répond  aux  besoins  numériques  dans  le  département  des  Landes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la sécurité informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de sites web
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  DPO mutualisé, stratégie et accompagnement technique surOpen Data
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animateur du réseau départemental d&amp;#039;inclusion numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Registre dématérialisé des enquêtes publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Applicatifs métiers des collectivités
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication (reportages, images en drone)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S38" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhérer à l&amp;#039;ALPI
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alpi40.fr/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ direction&amp;#64;alpi40.fr
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;alpi40.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>karene.courtesseyre@alpi40.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3760-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="K39" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>77078</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence Alpine des Territoires (AGATE) - OPSN et CPIE</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O39" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous accompagnons aujourd&amp;#039;hui les collectivités locales dans leur transformation numérique afin qu&amp;#039;elle profite à leurs services et à tous les acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous les aidons également au quotidien dans l&amp;#039;utilisation de leurs logiciels de gestion communale grâce à notre équipe de spécialistes des logiciels BERGER LEVRAULT (éditeur de logiciels). Notre équipe les forme (sur site ou en séminaire) et les dépanne via notre ligne dédiée à l&amp;#039;assistance téléphonique (hotline).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Notre équipe géomatique est quant à elle une ressource à la fois interne et à disposition des collectivités pour structurer et exploiter les données, les spatialiser dans des bases de données et les rendre compréhensibles via des représentations efficaces et innovantes : cartographique ou datavisualisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement en matière d&amp;#039;inclusion numérique : diagnostic territoriaux, formation, animation de réseau, support  au déploiement de dispositifs - lieu de médiation numérique etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement en matière de gestion de projet numérique : incubateur de projet, formations aux usages numériques, démarche d&amp;#039;openData
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en gestion de données géographiques, production cartographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation, formation, assistance sur les logiciels de gestion de collectivité Berger-Levrault
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion à AGATE et/ou conventionnement en fonction du type d&amp;#039;aide ou d&amp;#039;accompagnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://agate-territoires.fr/domaines-dintervention/transition-numerique-geomatique-informatique/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ numerique&amp;#64;agate-territoires.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>edmond.wach@agate-territoires.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df1f-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G40" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>73837</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Pôle Numérique du CDG46 (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K40" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O40" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Centre de Gestion de la Fonction Publique Territoriale du Lot conseille et accompagne, dans le domaine du numérique, autour de 5 services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Protection des données (RGPD)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Progiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation (Actes / Hélios / marchés publics / convocations aux assemblées / etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet (création de sites web, messagerie, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Préparation et accompagnement du changement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de transformation numérique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et création de sites web de services publics.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation continue des agents publics sur les outils numériques des services du CDG.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S40" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le numérique étant une mission facultative, les collectivités et établissements publics du Lot qui veulent en bénéficier doivent conventionner.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdg46.fr/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le formulaire de contact sur https://www.cdg46.fr/
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>frederic.frances@cdg46.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbdc-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G41" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>90901</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Aider au recrutement pour gérer la transformation numérique</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif permettra aux PME, aux ETI et aux associations avec une activité économique de recruter un(e) chef(fe) de projets transformation numérique. Ce(tte) dernier(ère) vous permettra d&amp;#039;assurer la mise en œuvre et le suivi du projet de transformation numérique au sein de l&amp;#039;entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Piloter la stratégie de transformation numérique au sein de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ PME, ETI ou association avec activité économique disposant d&amp;#039;une stratégie de transformation numérique clairement définie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Recrutement en CDI d&amp;#039;un cadre qualifié en charge du projet de transformation numérique
+ &lt;br /&gt;
+ Prise en charge des 12 premiers mois du salaire brut charges sociales et patronales incluses
+ &lt;br /&gt;
+ Condition : création d&amp;#039;une fonction nouvelle dans l&amp;#039;entreprise et recrutement en CDI sur un statut de cadre ayant en charge la mise en œuvre de la stratégie de transformation numérique de l&amp;#039;entreprise. Cette fonction est de celle différente d&amp;#039;un DSI.
+ &lt;br /&gt;
+ Base réglementaire De Minimis
+ &lt;br /&gt;
+ Taux d&amp;#039;intervention jusqu&amp;#039;à 50% plafonné à 40 000 euros.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Si vous êtes une PME ou une ETI (hors industrie)
+  &lt;/strong&gt;
+  , vous pouvez télécharger le document de pré demande ci dessous et en le renvoyant dûment complété à l&amp;#039;adresse mail de contact indiquée dans la fiche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les entreprises industrielles
+  &lt;/strong&gt;
+  sont invités à prendre directement contact avec nos services à l&amp;#039;adresse suivante :
+  aides.eco&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-recrutement-transformation-numerique</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>Délégation numérique
+14. rue francois de sourdis
+&lt;br /&gt;
+33000
+                                                    Bordeaux</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c11f-aide-au-recrutement-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>92602</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’animation d’ateliers collectifs de médiation numérique sur le territoire du département de Vaucluse</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K41" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Animation d&amp;#039;ateliers collectifs de médiation numérique comportant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;ateliers collectifs de médiation numérique par la structure subventionnée (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des ateliers qui s&amp;#039;inscrivent dans les grands enjeux des Schémas départementaux identifiés ci-dessus, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse et ce, en pleine complémentarité avec les initiatives lancées autour de l&amp;#039;Appel à projet concernant le Réseau d&amp;#039;inclusion numérique de Vaucluse (fin 2019/début 2020) et le réseau des Espaces France Services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une présentation de la programmation du contenu et des thématiques qui seront traités dans les ateliers sur l&amp;#039;année ainsi que les modalités d&amp;#039;animation projetées (exemples non exhaustifs : «Découverte d&amp;#039;Internet, de la tablette et premiers apprentissages », « Rester connecté avec son territoire », « Rester connecté avec sa famille et ses amis », « Les démarches administratives en ligne »...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation des ateliers de médiation numérique avec dispositifs informatiques ad-hoc par un/des salarié(s) qualifié(s) sur les thématiques traitées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des ateliers mis en place physiquement dans la structure bénéficiaire de la subvention mais qui pourront également, après avis des services départementaux, être organisés, dans une entité publique du territoire (commune ou EPCI)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de la subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500 € de subvention par atelier collectif organisé par le demandeur (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier) soit 12 000 € au maximum par an dans la limite de 24 ateliers subventionnés
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions seront allouées après examen des projets déposés dans la limite des crédits disponibles et votés au budget départemental.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais de location de locaux et/ou de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets d&amp;#039;investissement et/ou d&amp;#039;achat de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses liées à l&amp;#039;Appel à Projets réseau départemental d&amp;#039;inclusion numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8463-soutenir-lanimation-dateliers-collectifs-de-m/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>164372</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités sur l'utilisation du logiciel Berger Levrault</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités sur le logiciel Berger Levrault</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financée par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
 structures diverses, communautés de communes et le Département de la
 Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
 attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
 propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
 adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
 E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
 la mise en œuvre et l’exploitation du logiciel métier (installation, support,
 télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance technique, fonctionnelle dans l’utilisation des logiciels
 de comptabilité, paye, élection, état civil et facturation du logiciel Magnus. &lt;/li&gt;&lt;li&gt;Assure des formations aux collectivités sur l’application métier et
 les accompagne pour la mise en œuvre des applications légales (prélèvement à la
 source, actes, budget etc.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Installation, formation, assistance sur les
 logiciels de gestion de collectivité Berger Levrault&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Etre une
 collectivité adhérente à l’agence technique Ingénierie70 pour la compétence informatique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-collectivites-sur-le-logicel-berger-levrault/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>92609</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le déploiement des outils et projets numériques au service du développement touristique</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Aide maximale de 10 K€ par projet dans la limite de 50 K€ par an</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs du tourisme, afin de mieux répondre aux attentes des visiteurs et renouveler les expériences de découverte des sites et lieux qu&amp;#039;ils promeuvent ou gèrent, doivent s&amp;#039;adapter et proposer des solutions innovantes pour contribuer à bâtir le tourisme de demain.
+En matière d&amp;#039;attractivité touristique et d&amp;#039;outil de découverte, le numérique a un rôle fort à jouer et est indispensable pour le renforcement de l&amp;#039;attractivité des sites touristiques du Vaucluse.
+Le Département souhaite fournir des services innovants et de qualité aux touristes et accompagner financièrement les EPCI, OT et OTI dans leurs projets de développement numériques afin de stimuler l&amp;#039;innovation au sein de la filière du tourisme.
+L&amp;#039;usage du numérique devra par ailleurs aider les acteurs du secteur touristique à intégrer plus rapidement des innovations utiles à leur développement dans la période post-épidémie Covid 19.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de mise en place d&amp;#039;outils de découverte et de valorisation numérique,  applications numériques ou parcours numériques individualisés ou collectifs (sites intérieurs ou extérieurs).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme communaux ou intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière sera portée :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;articulation du projet avec les acteurs du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la dimension durable du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7b5-soutenir-le-deploiement-des-outils-et-projets/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>90723</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives incluant le développement de technologies, services ou produits numériques innovants - Prototypes numériques</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite d’un plafond de 100 000 €</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démontrer et expérimenter avec des utilisateurs la pertinence des applications, technologies, contenus, services ou usages numériques novateurs avant leur phase de déploiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Susciter des opportunités de marchés pour les entreprises de la filière numérique régionale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer de nouveaux services et usages répondant aux évolutions sociétales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les soumissionnaires doivent être localisés sur le territoire régional (ils doivent pouvoir justifier, à la date du dépôt du dossier, de l&amp;#039;existence d&amp;#039;un établissement en région).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants. Sont visés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets nécessitant la production d&amp;#039;un prototype validé avant leur déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets permettant un gain significatif en compétitivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront démontrer une innovation (technique, d&amp;#039;usage, sociale, sociétale, etc.) et faire apparaître une création de valeur (emploi, montée en compétence, retombées économiques directes et indirectes, efficacité et efficience du service rendu, etc.) sur le territoire régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, seront particulièrement appréciés les projets intégrant une ou plusieurs des bonnes pratiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Confiance numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux solutions produites sous licence libre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interopérabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérience utilisateur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts doivent être justifiés comme nécessaires à la phase de prototypage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de conception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de marketing / communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts matériels pour la réalisation du prototype
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de personnels mobilisés sur le projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût réel chargé pour les salariés (sur justifications des bulletins de salaires),
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût valorisé pour les non-salariés (utilisation de la grille des salaires du Syntec numérique) et dans la limite de 30 % du coût total du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts des services de consultants ou prestataires, utilisés exclusivement pour le projet (études d&amp;#039;ingénierie technique, études juridiques, test d&amp;#039;usages, coûts de maquettage, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prototypes-numeriques</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Paul Chiron
+Délégation numérique : 05 57 57 83 49
+&lt;/p&gt;
+&lt;p&gt;
+ Myriam Drouet
+Délégation numérique : 05 57 57 74 08
+&lt;/p&gt;
+&lt;p&gt;
+ Cyrille Harnay
+Délégation numérique : 05 57 57 86 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/217d-prototypes-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>161864</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l’autonomie numérique - Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>Mission Société Numérique</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif Conseiller numérique a été lancé en 2021 dans le cadre du volet inclusion numérique du plan France Relance. Aujourd&amp;#039;hui,  4000 conseillers numériques sont déployés partout en France pour accompagner les citoyens dans leurs usages quotidiens du numérique. &lt;/p&gt;&lt;p&gt;Les Conseillers numériques accompagnent les Français sur trois thématiques considérées comme
+prioritaires : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutenir les Français dans leurs usages quotidiens du numérique : travailler à distance,
+consulter un médecin, vendre un objet, acheter en ligne, etc. ;&lt;/li&gt;&lt;li&gt;Sensibiliser aux enjeux du numérique et favoriser des usages citoyens et critiques : s’informer et
+apprendre à vérifier les sources, protéger ses données personnelles, maitriser les réseaux sociaux,
+suivre la scolarité de ses enfants, etc. ;&lt;/li&gt;&lt;li&gt;Accompagner les Français vers l’autonomie pour réaliser des démarches administratives en
+ligne seul.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les structures d&amp;#039;accueil, publiques ou privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) doivent s&amp;#039;inscrire sur la plateforme conseiller-numérique.gouv.fr. Leur candidature sera alors étudiée par leur préfecture de rattachement, chargée de donner un avis motivé à l&amp;#039;Agence nationale de la Cohésion des Territoires, qui attribue les postes dans le cadre d&amp;#039;un Comité de sélection national.  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier de l&amp;#039;Etat s&amp;#039;organise selon les modalités suivantes : &lt;a href="https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/" target="_self"&gt;https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A l’issue de sa formation initiale, le Conseiller numérique pourra engager des actions d’accompagnement auprès de tous types de publics au travers d’ateliers de groupes, de présentations et d’accompagnements individuels :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prendre en main un équipement informatique (ordinateur, smartphone, tablette, etc.) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Naviguer sur internet ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer, recevoir, gérer ses courriels ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Installer et utiliser des applications utiles sur son smartphone ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer et gérer (stocker, ranger, partager) ses contenus numériques ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaître l’environnement et le vocabulaire numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre les bases du traitement de texte ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Échanger avec ses proches ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Trouver un emploi ou une formation ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner son enfant ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre ce que le numérique peut apporter à sa TPE/PME ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre la culture numérique.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les structures d’accueil, publiques et privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) France Services doivent s’inscrire sur la plateforme conseiller-numerique.gouv.fr. Leur candidature sera alors étudiée par la préfecture de département, chargée de donner un avis motivé à l’Agence nationale de la cohésion des territoires, qui attribue les postes dans le cadre d’un Comité de sélection national.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour les structures publiques, ce dispositif est ouvert aux :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collectivités territoriales et leurs groupements au sens de l’article L. 5111-1 du Code général des collectivités territoriales, la Métropole du Grand Paris ainsi que les établissements publics territoriaux et la Métropole de Lyon, les territoires et collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;établissements publics locaux qui leur sont rattachés : CCAS, CIAS, Offices publics de l’habitat… ;&lt;/li&gt;&lt;li&gt;GIP constitués de personnes morales de droit public ;&lt;/li&gt;&lt;li&gt;chambres consulaires, établissements publics administratifs sous tutelle de l’État ;&lt;/li&gt;&lt;li&gt;EPIC préalablement identifiés par l’État.&lt;/li&gt;&lt;li&gt;les services déconcentrés de l’État ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les structures privées listées ci-dessous peuvent aussi accueillir des Conseillers numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;associations déclarées au sens de la loi du 1er juillet 1901 (loi 1908 en Alsace-Moselle) ;&lt;/li&gt;&lt;li&gt;entreprises relevant de l’économie sociale et solidaire au sens de la loi n°2014-856 du 31 juillet 2014 ;&lt;/li&gt;&lt;li&gt;entreprises sociales pour l’habitat ;&lt;/li&gt;&lt;li&gt;toute personne morale de droit privé poursuivant une mission d’intérêt général et n’ayant pas, à titre exclusif, un but lucratif.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des Conseillers numériques France Services. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l’ensemble du territoire. Les initiatives coordonnées sur un même territoire sont donc à favoriser.&lt;/span&gt;&lt;p&gt;&lt;span&gt;Un projet peut être porté par plusieurs structures, qu’elles soient publiques ou privées, dans la mesure où le Conseiller numérique exerce bien les activités présentées dans l’offre de services. Dans ce cas, une seule structure d’accueil sera identifiée pour instruire la demande de subvention, signaler la convention et percevoir la subvention. Elle sera l’employeur du Conseiller numérique et signataire à ce titre du contrat de travail.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conformément à la &lt;/span&gt;&lt;a href="https://cdn.conseiller-numerique.gouv.fr/cir_45126.pdf" target="_blank" rel="noopener noreferrer" role="link"&gt;circulaire interministérielle du 26 janvier 2021 relative à la mise en œuvre du volet « inclusion numérique » du plan France Relance&lt;/a&gt;&lt;span&gt; : « un Conseiller numérique ne peut venir qu’en complément des deux agents (ou plus) animant la France Services, sur les missions de conseil numérique qui sont les siennes ». Un Conseiller numérique ne peut pas être un des deux ETP d’un espace France Services.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/aide-structure</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:conseiller-numerique&amp;#64;anct.gouv.fr" target="_self"&gt;conseiller-numerique&amp;#64;anct.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>societe.numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-vers-lautonomie-dans-lusage-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>77364</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets autour de l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure d’insertion par l’activité économique ou adaptée aux personnes en
+situation de handicap, une entreprise engagée dans l’inclusion numérique
+relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
+circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
+sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
+bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
+long terme via des dispositifs adaptés ? La Banque des Territoires vous
+accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
+de l’économie inclusive : insertion par l’activité économique, inclusion
+numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
+social. Le financement peut se faire sous forme d’investissement direct en
+fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
+la Banque des Territoires soutient également l’opérationnalisation de
+programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
+numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Economie sociale et solidaire
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>72405</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Centre de Gestion de la Fonction Publique Territoriale de Lot et Garonne - CDG 47  (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le CDG 47 s&amp;#039;est investi en faveur de l&amp;#039;informatisation des collectivités lot-et-garonnaises au travers d&amp;#039;étapes importantes.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement dans l&amp;#039;usage de progiciels de gestion depuis 1984;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en oeuvre du projet élu rural numérique en 2010 composé de quatre axes (la dématérialisation, la sécurité du système d&amp;#039;information, les services internet, l&amp;#039;information géographique);
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signature d&amp;#039;un partenariat avec la DDFIP depuis 2013 afin d&amp;#039;avoir un rôle moteur dans le processus de dématérialisation de la chaîne comptable et financière.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Notre objectif constant est de jouer un rôle moteur dans l&amp;#039;optimisation de la gestion publique locale en développant en matière informatique et numérique une gamme d&amp;#039;outils et de services en lien avec les besoins du monde territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les champs de compétences :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Logiciels métiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurité du système d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation de la chaine comptable et budgétaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation des procédures de marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télétransmission des actes soumis au contrôle de légalité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parapheur électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocations électroniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication électronique professionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délégué à la protection des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites Internet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et organisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdg47.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 05.53.48.00.70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Courriel :
+   contact&amp;#64;cdg47.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>olivier.pommaret@cdg47.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b4a-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>63649</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale 24 - ATD (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis plus de 25 ans, l&amp;#039;ATD24 assiste les collectivités dans leur usage
+numérique quotidien et cherche les solutions innovantes pour faciliter la
+transformation et bénéficier au maximum des possibilités offertes par les outils numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les 348 collectivités adhérentes au service ont accès aux
+logiciels : Paie, Gestion financière, Élection, Etat-civil.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ceuxci sont en lien automatisé avec les différentes plateformes
+nationales, Chorus, Helios, Net-Entreprises, Insee.
+&lt;/p&gt;
+&lt;p&gt;
+ Nos missions :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fourniture et maintenance des logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement des logiciels et des données dans les infrastructures
+du Département
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage des comptes utilisateurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage des logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations initiales et complémentaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunions d&amp;#039;informations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance quotidienne
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous convention
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>http://atd24.fr</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD24
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Gestion des territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 05 53 06 65 65
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ atd24&amp;#64;atd24.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>d.papon@atd24.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2152-accompagnement-a-la-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>65834</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Numérique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 10 ans, le syndicat Mixte Gironde Numérique propose aux établissements de coopération intercommunale un projet de mutualisation de services numériques pour les collectivités de son territoire, avec pour objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir leur autonomie de Gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer la sécurisation de leur patrimoine numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter leurs obligations réglementaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+L&amp;#039;ingénierie proposée vise à accompagner la transformation numérique de toutes les communes autour d&amp;#039;un socle de base de services :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sécurisation externalisée des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délégué à la protection des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  site internet
+ &lt;/li&gt;
+ &lt;li&gt;
+  adresse mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  télétransmission vers les services de l&amp;#039;état
+ &lt;/li&gt;
+ &lt;li&gt;
+  signature électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  open data
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mais aussi des outils pour simplifier l&amp;#039;information des organisations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  espace collaboratif
+ &lt;/li&gt;
+ &lt;li&gt;
+  cloud
+ &lt;/li&gt;
+ &lt;li&gt;
+  webconférence
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion au syndicat
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.girondenumerique.fr/services-numeriques.html</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ services&amp;#64;girondenumerique.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>services@girondenumerique.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/92af-accompagner-les-collectivites-a-la-transforma/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>70231</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>SOLURIS (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projets locaux, intercommunaux et public-privé.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux élus et aux cadres territoriaux sur la transformation numériques des collectivités (mairies, intercommunalités, autres établissements publics locaux ).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique, financier et organisationnel.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Axes prioritaires : cybersécurité/RGPD, inclusion numérique, numérique responsable, SIG, open data
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de dématérialisation, infrastructure locale et cloud.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centrale d&amp;#039;achat, dispense de marchés publics. Tarifs mutualisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Préparation et accompagnement du changement.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de transformation numérique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et création de sites web de services publics.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations à l&amp;#039;inclusion numérique, mise à disposition de médiateurs numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la création de tiers-lieux et de Maisons France Services.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et accompagnement technique sur l&amp;#039;opendata.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent de Soluris.
+&lt;/p&gt;
+&lt;p&gt;
+ Exception : Assistance en cas de cybermalveillance pour toute collectivité même non adhérente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime, Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.soluris.fr/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;soluris.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>b.lienard@soluris.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c2-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>127289</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une
+ &lt;strong&gt;
+  subvention d&amp;#039;un taux maximum de 40%
+ &lt;/strong&gt;
+ du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Héloise Maillé - heloise.maille-virole&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b09-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>65565</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ADICO (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adico accompagne depuis 30 ans ses adhérents dans le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela l&amp;#039;Adico s&amp;#039;est organisée autour de 4 objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement logiciels (aide à l&amp;#039;utilisation des logiciels métiers et formation des agents),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appuis technique des collectivités dans l&amp;#039;écriture d&amp;#039;un cahier des charges pour le développement d&amp;#039;un nouveau site internet (respect des obligations RGAA),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit d&amp;#039;accessibilité de sites publics,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audit portant sur le référentiel général de sécurité,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Iot (qualité de l&amp;#039;air dans les établissements scolaires),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de charte graphique, logo...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il est nécessaire d&amp;#039;être adhérent de l&amp;#039;Association
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Départements 60-27-76-95-77</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adico.fr</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adico.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>emmanuel.vive@adico.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e24-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>92584</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement de pratiques numériques dans les bibliothèques/médiathèques</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à 20 % du coût total d’investissement</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Doter les bibliothèques/médiathèques de matériel informatique et/ou de lecture à même de lutter contre la fracture numérique, et encourager en leur sein le développement de pratiques numériques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Acquisitions de bornes Wifi, postes informatiques dédiés, tablettes, liseuses etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de câblage, de maintenance et d&amp;#039;abonnement à Internet ne sont pas pris en charge.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+ Communes de moins de 15 000 habitants ou les intercommunalités (E.P.C.I.)
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;ateliers de découverte, de sensibilisation et de pratique numérique, conjointement avec les enjeux du Schéma Départemental d&amp;#039;Amélioration d&amp;#039;Accessibilité des Services au Public (S.D.A.A.S.P.) et du Schéma Directeur Territorial d&amp;#039;Aménagement Numérique (S.D.T.A.N.) au sein de la bibliothèque.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet présenté s&amp;#039;appliquera à détailler les modalités de mise en oeuvre, en lien avec les schémas précités, et le fonctionnement de la bibliothèque.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Communes du Vaucluse inférieures à 15000 habitants</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6b6-aider-le-developpement-de-pratiques-numerique/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>72750</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>SITIV (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la modernisation numérique des collectivités territoriales
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en conformité RGS, RGI, RGAA et à la sécurisation des Systèmes d&amp;#039;information
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de plateformes numériques de services
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Infrastructure,  télécoms, sécurité, système d&amp;#039;information, support et formations
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ adhésion et/ou conventionnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Rhône et Loire</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sitiv.fr</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ svangheluwe&amp;#64;sitiv.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>svangheluwe@sitiv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b35f-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>72205</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Recruter et accueillir des conseillers numériques</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>50 000 euros par poste</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à manifestation d&amp;#039;intérêt est lancé pour la première vague de candidatures des collectivités territoriales et leurs groupements au recrutement et à l&amp;#039;accueil de conseillers numériques dans le cadre de France Relance. Il vise à recueillir les premières propositions des territoires prêts à porter les contrats de travail de ces conseillers en contrepartie du financement par l&amp;#039;État de leur formation et de leur activité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Gouvernement agit sur trois axes :
+ &lt;br /&gt;
+ 1- 4000 conseillers numériques formés proposant des ateliers d&amp;#039;initiation au numérique au plus proche des Français ;
+ &lt;br /&gt;
+ 2- Un soutien aux réseaux de proximité qui proposent des activités numériques, par la conception de dispositifs qui facilitent la formation des habitants ;
+ &lt;br /&gt;
+ 3- Des outils simples et sécurisés indispensables aux aidants (travailleurs sociaux, agents de collectivité territoriale, etc.) pour leur permettre de mieux accompagner les Français qui ne peuvent pas faire leurs démarches administratives seuls.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces trois axes sont déclinés sous forme de nouvelle offre de services disponible pour les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;appel à manifestation d&amp;#039;intérêt permet de candidater pour devenir structure accueillante d&amp;#039;un ou de plusieurs conseillers
+ &lt;/strong&gt;
+ (donc en charge de porter le contrat de travail)
+ &lt;strong&gt;
+  et d&amp;#039;obtenir leur affectation avec une prise en charge financière modulée selon la durée du contrat souhaitée
+ &lt;/strong&gt;
+ . Allouée sous la forme d&amp;#039;une subvention d&amp;#039;un montant de 50 000 euros par poste (et majorée selon les dispositions réglementaires en vigueur en outre-mer le cas échéant), cette prise en charge par l&amp;#039;État sera versée en trois tranches auprès de la collectivité territoriale qui aura pour charge de rémunérer le conseiller à hauteur du SMIC au minimum.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>17/11/2020</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des conseillers numériques. L&amp;#039;ANCT étudiera au fil de l&amp;#039;eau, tous les 15 du mois, les candidatures reçues et affectera le nombre de conseillers en fonction des conseillers déjà accueillis sur le même territoire. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l&amp;#039;ensemble du territoire. Les initiatives coordonnées sur un même territoire seront donc à favoriser.
+&lt;/p&gt;
+&lt;p&gt;
+ La mise à disposition de conseillers numériques à des structures associatives est autorisée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/250-meu-pour-faciliter-le-numerique-du-quotidien-310</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une webconférence est organisée les 03 et 10 décembre 2020 pour répondre aux questions des collectivités. D&amp;#039;autres webconférences pourront être organisées autant que de besoin.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32ff-recruter-et-accueillir-des-conseillers-numeri/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>72749</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Somme Numérique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Somme Numérique accompagne ses membres le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de dématérialisation (PES V2, Actes, signature électronique, plateforme de marchés publics...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique éducatif (Espace Numérique de Travail, TBI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement physique dans Datacenter Tiers 3
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marché télécom : fourniture de solutions de communication (tél. fixe et mobile, MtM, SMS...) à prix négociés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sauvegarde de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de sites internet - gestion de domaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Messagerie collaborative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bornes wifi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Archivage électronique à valeur probante (SESAM)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Hébergement et formation de la messagerie collaborative de la collectivité
+   &lt;/strong&gt;
+   : sécurité et fluidité des échanges entre agents/élus.
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dématérialisation des marchés publics
+  &lt;/strong&gt;
+  : accompagnement des collectivités pour la dématérialisation des marchés publics sur notre plateforme régionale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mise à disposition d&amp;#039;outils de communication
+  &lt;/strong&gt;
+  : nom de domaine, site internet, application mobile
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Toutes les communautés de communes, communes, syndicats situés sur le département de la Somme
+   &lt;br /&gt;
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ courrier&amp;#64;sommenumerique.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>l.cartier@sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfaf-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>116786</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales - Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>ADULLACT (Association des Développeurs et Utilisateurs de Logiciels Libres pour les Administrations et les Collectivités Territoriales)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2016, le label Territoire Numérique Libre encourage les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales, en valorisant les choix stratégiques et techniques mis en place sur le territoire : mise en place d&amp;#039;une stratégie en faveur du libre, utilisation de logiciels et systèmes libres, mise à disposition des données publiques (open data), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Il récompense la mutualisation des ressources, le bon usage de l&amp;#039;argent public, et toutes les initiatives en faveur des biens communs numériques sur le territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le label Territoire Numérique Libre a été créé pour mettre en lumière les initiatives libres des collectivités, pour les promouvoir auprès des élus, des autres collectivités et des citoyens. C&amp;#039;est un marqueur fort pour toutes les collectivités engagées dans une démarche &amp;#34;Libre&amp;#34;.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La candidature au label Territoire Numérique Libre est gratuite, et ne nécessite aucune adhésion préalable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://territoire-numerique-libre.org/le-label/" rel="noopener" target="_blank"&gt;
+  Visitez notre site web pour plus d&amp;#039;informations.
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  votre collectivité utilise au moins un logiciel libre, dans ses services ou établissements scolaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous avez entrepris d&amp;#039;ouvrir vos données publiques (open data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous favorisez l&amp;#039;utilisation de formats de fichiers ouverts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les initiatives numériques libres sont encouragées sur votre territoire ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ... alors, vous êtes déjà un Territoire Numérique Libre !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les collectivités territoriales françaises de métropole ou d&amp;#039;outre-mer peuvent participer : villes, métropoles, communautés de communes, communautés d&amp;#039;agglomération, départements, régions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Il suffit de désigner un·e élu·e référent et un·e personne responsable de la candidature, et de compléter le questionnaire de candidature en ligne. La participation au label est entièrement gratuite, seule la fabrication de la signalétique est à la charge des collectivités lauréates.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez davantage d&amp;#039;informations sur notre page pour
+ &lt;a href="https://territoire-numerique-libre.org/candidat/" rel="noopener" target="_blank"&gt;
+  Être candidat
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://territoire-numerique-libre.org/le-label/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Camille TILLATTE
+ &lt;br /&gt;
+ Chargée de Marketing et Communication à l&amp;#039;ADULLACT
+ &lt;br /&gt;
+ label&amp;#64;territoire-numerique-libre.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>camille.tillatte@adullact.org</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e457-encourager-les-usages-numeriques-libres-ouver/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>117490</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'inclusion numérique du territoire</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un accompagnement visant à l&amp;#039;inclusion numérique par le biais de 15 Hubs territoriaux. Il s&amp;#039;adresse aux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acteurs de l&amp;#039;inclusion numérique : identification comme acteur dédié, formation des médiateurs numériques, mise en place d&amp;#039;un projet d&amp;#039;inclusion numérique (montage financier, recherche de financement, conception de l&amp;#039;offre, etc.), organisation d&amp;#039;un événement consacré à l&amp;#039;inclusion numérique, information et actualités sur le sujet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux collectivités territoriales : diagnostic de l&amp;#039;inclusion numérique territoriale (acteurs en présence, offres, etc.), création d&amp;#039;une politique publique d&amp;#039;inclusion numérique, formation des agents et organisation d&amp;#039;événements dédiés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise plusieurs objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer des synergies entre les écosystèmes d&amp;#039;inclusion numérique : identification des lieux de médiation, évaluation des capacités territoriales, étude de l&amp;#039;accessibilité des services et analyse de leur adéquation avec les besoins des territoires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la création ou le développement des projets d&amp;#039;inclusion numérique : formation, mise à disposition d&amp;#039;outils et recherche de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_inclusif_psat</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contactez le Hub de votre région
+  : AAP-Hubsinclusifs&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/efd8-etre-accompagne-dans-linclusion-numerique-du-/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>101570</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir un tiers-lieu de formation numérique "Village Afpa"</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale pour la Formation Professionnelle des Adultes (AFPA)</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez développer sur votre territoire un espace de formation numérique à destination de vos habitants et entreprises.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;AFPA propose de travailler avec les collectivités à la création et l&amp;#039;animation d&amp;#039;un tiers-lieu d&amp;#039;insertion professionnelle et de formation numérique à distance (création d&amp;#039;espaces de CoLearning (Offre Territoire digital de l&amp;#039;Afpa) et d&amp;#039;espaces de coworking (Programme « Village Afpa »)).  Ces espaces permettent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à des équipements numériques pour suivre une formation ou bénéficier d&amp;#039;un accompagnement à distance;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présence d&amp;#039;un facilitateur numérique de formation pour encadrer les apprentissages et les parcours, recruté localement par la structure d&amp;#039;exploitation de l&amp;#039;espace et formé par l&amp;#039;Afpa pour mener à bien cette mission (titre professionnel de « Responsable d&amp;#039;espace de médiation numérique » du ministère du travail);
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plateforme de e-Learning Métis regroupant plus de 250 parcours de formation et des dispositifs d&amp;#039;accompagnement vers l&amp;#039;emploi (Prépa compétences en ligne) et s&amp;#039;enrichissant en permanence de parcours proposés par ses partenaires;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation à distance des formations et prestations d&amp;#039;accompagnement par un réseau de formateurs (Afpa et partenaires) répartis sur l&amp;#039;ensemble du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accueil sur place pour informer sur les dispositifs d&amp;#039;insertion professionnelle (La promo 16.18 pour les décrocheurs scolaires, Prépa compétences pour les demandeurs d&amp;#039;emploi, Hope pour les réfugiés, Déclic pour l&amp;#039;action pour les 16-25 ans...) et pour conseiller sur les parcours de formation professionnelle et d&amp;#039;&amp;#039;apprentissage permettant d&amp;#039;évoluer professionnellement ou de retrouver un emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Chris Trouvat :
+ &lt;a href="mailto:chris.trouvat&amp;#64;afpa.fr" rel="noopener" target="_blank"&gt;
+  chris.trouvat&amp;#64;afpa.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d278-accueillir-un-tiers-lieu-de-formation-numeriq/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>101580</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer le numérique dans le quotidien des artisans</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez que les artisans s&amp;#039;engagent dans une démarche de développement numérique pour accroître leur compétitivité et adapter leurs services aux attentes des consommateurs dans un contexte économique et sanitaire en évolution.
+&lt;br /&gt;
+&lt;br /&gt;
+Les chambres de métiers et de l&amp;#039;artisanat vous propose d&amp;#039;opérer un dispositif d&amp;#039;accompagnement comprenant : ·une communication et une sensibilisation auprès des artisans sur les possibilités d&amp;#039;augmenter leur chiffre d&amp;#039;affaires et leur rentabilité par le numérique, et accroitre l&amp;#039;usage des technologies numériques dans l&amp;#039;entreprise ·la réalisation d&amp;#039;un diagnostic de maturité digitale et proposition de plan d&amp;#039;action par un conseiller CMA en présentiel (possible en distanciel) ·un accompagnement à la mise en oeuvre du projet par une aide à la concrétisation dans le cadre d&amp;#039;un investissement matériel ou immatériel ou l&amp;#039;orientation vers les expertises des activateurs France NUM.</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre des métiers et de l&amp;#039;artisanat : https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite/annuaire-des-cma
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e992-integrer-le-numerique-dans-le-quotidien-des-a/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>103486</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J39" s="1" t="inlineStr">
+        <is>
+          <t>1 million € maximum</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention d&amp;#039;un taux maximum de 40% du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
+&lt;/p&gt;
+&lt;h4&gt;
+ Cofinancements possibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires cibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Cécile Chenot -
+  &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   cecile.chenot&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou Véronique Cagnon -
+  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   veronique.cagnon&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
+   cinema.audiovisuel&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dae5-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>120286</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Installer et maintenir des systèmes informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Systèmes Informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Installation et maintenance d&amp;#039;équipements, infrastructures associées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -7004,150 +6465,150 @@
   Service de sauvegarde de données externalisée
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Hébergement dans un DataCenter 100% public :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réservations et dépôts de noms de domaine
  &lt;/li&gt;
  &lt;li&gt;
   Hébergement de sites web
  &lt;/li&gt;
  &lt;li&gt;
   Messagerie électronique et calendriers partagés
  &lt;/li&gt;
  &lt;li&gt;
   Hébergement de serveurs dédiés
  &lt;/li&gt;
  &lt;li&gt;
   Virtualisation de serveurs métiers pour un travail à distance
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/systemes-informatiques-reseaux/</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Mixte Numérian
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 30 13 13
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.numerian.fr/"&gt;
   www.numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
   contact&amp;#64;numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/94f3-systemes-informatiques-et-reseaux/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
         <v>120287</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de logiciels et d'applications de gestion</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Logiciels et applications</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mise à disposition de logiciels de gestion à l&amp;#039;échelle communale et intercommunale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -7193,150 +6654,150 @@
   &lt;br /&gt;
   – Logiciel d&amp;#039;aide à la rédaction des marchés publics
   &lt;br /&gt;
   – Logiciel de gestion des Autorisations du Droit du Sol
   &lt;br /&gt;
   – Cloud, espace de stockage en ligne partagé pour un travail collaboratif
   &lt;br /&gt;
   – Liste de diffusion mails
   &lt;br /&gt;
   – Enquêtes en ligne
   &lt;br /&gt;
   – Applications en ligne de gestion du cadastre et autorisations du droit du sol
  &lt;/li&gt;
  &lt;li&gt;
   Choix des outils, installation et déploiement au sein de la collectivité ou en mode hébergé pour un accès distant
  &lt;/li&gt;
  &lt;li&gt;
   Formation des utilisateurs
  &lt;/li&gt;
  &lt;li&gt;
   Service d&amp;#039;assistance par nos agents au quotidien
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/logiciels-applications/</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Mixte Numérian
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 30 13 13
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="http://www.numerian.fr"&gt;
   www.numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
   contact&amp;#64;numerian.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a06-logiciels-et-applications/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-      <c r="A44" s="1">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
         <v>120288</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des process de dématérialisation et des téléprocédures (e-administration)</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>E-Administration</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dématérialisation et téléprocédures.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -7369,156 +6830,156 @@
   – Délivrance de certificat de signature électronique sur site
   &lt;br /&gt;
   – Plateforme de dématérialisation des marchés publics
   &lt;br /&gt;
   – Tiers de Télétransmission vers la préfecture et la trésorerie
   &lt;br /&gt;
   – Dématérialisation des actes réglementaires et budgétaires
   &lt;br /&gt;
   – Dématérialisation des bordereaux comptables
   &lt;br /&gt;
   – Parapheur électronique en ligne avec circuits de validation
   &lt;br /&gt;
   – Service de Correspondant Informatique et Libertés
   &lt;br /&gt;
   – Audits dans le cadre de la loi sur le RGPD
  &lt;/li&gt;
  &lt;li&gt;
   Formation des utilisateurs
  &lt;/li&gt;
  &lt;li&gt;
   Service d&amp;#039;assistance par nos agents au quotidien
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/e-administration/</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Syndicat Mixte Numérian
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04 75 30 13 13
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="https://www.numerian.fr/"&gt;
     www.numerian.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
     contact&amp;#64;numerian.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3cad-e-administration/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-      <c r="A45" s="1">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>120289</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de formations et d'actions de sensibilisation aux nouveaux usages numériques</t>
         </is>
       </c>
-      <c r="D45" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Nouveaux usages numériques</t>
         </is>
       </c>
-      <c r="E45" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G45" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H45" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Formations, actions de sensibilisation, ateliers spécifiques, conseil et accompagnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
   Informations générales
@@ -7559,150 +7020,150 @@
  &lt;/li&gt;
  &lt;li&gt;
   Prestations de conseil pour l&amp;#039;organisation d&amp;#039;événements
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la définition de la stratégie numérique des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Maîtrise d&amp;#039;œuvre (intervention payante) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Animation de formations numériques à destination des agents de la collectivité
   &lt;/li&gt;
   &lt;li&gt;
    Organisation de Café-outils ou « 1h pour... » dans les territoires
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N45" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O45" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/nouveaux-usages-numeriques/</t>
         </is>
       </c>
-      <c r="X45" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Moulin Digital
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 83 50 58
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;lemoulindigital.fr"&gt;
   contact&amp;#64;lemoulindigital.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://lemoulindigital.fr/"&gt;
   www.lemoulindigital.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/177f-nouveaux-usages-numeriques/</t>
         </is>
       </c>
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
         <v>120311</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Être accompagné à l'informatisation de sa bibliothèque</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Informatisation des bibliothèques</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Opérations d&amp;#039;informatisation ou de ré-informatisation de bibliothèque ou de réseau de bibliothèques.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -7719,195 +7180,195 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Visite sur place ou accompagnement à distance
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;expression du besoin et à la définition du projet
  &lt;/li&gt;
  &lt;li&gt;
   Présentation des offres des fournisseurs existantes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Visite sur place ou accompagnement à distance Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet Aide à la méthode de gestion projet (organisation du chantier, calendrier)
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la sélection du prestataire et au suivi du chantier
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/informatisation-des-bibliotheques/</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Services des médiathèques
 &lt;/p&gt;
 &lt;p&gt;
  Pôle Informatique et Numérique
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 78 41 90
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:jrieu&amp;#64;ladrome.fr"&gt;
   jrieu&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9000-informatisation-des-bibliotheques/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-      <c r="A47" s="1">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
         <v>90946</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Soutenir les entreprises touristiques dans leurs démarches de transformation numérique et l'expérimentation d'outils métiers</t>
         </is>
       </c>
-      <c r="E47" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K47" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   &lt;/p&gt;&lt;p&gt;
    &lt;/p&gt;&lt;p&gt;
     &lt;/p&gt;&lt;p&gt;
      Cette aide soutient les entreprises touristiques dans leurs démarches de transformation numérique et l&amp;#039;expérimentation d&amp;#039;outils métiers.
     &lt;/p&gt;
     &lt;p&gt;
      &lt;/p&gt;&lt;ul&gt;
       &lt;li&gt;
        &lt;strong&gt;
         Objectifs
        &lt;/strong&gt;
        :
       &lt;/li&gt;
       &lt;li&gt;
        accompagner la transformation numérique de la filière touristique comme facteur de développement et d&amp;#039;attractivité des territoires
       &lt;/li&gt;
       &lt;li&gt;
        favoriser l&amp;#039;émergence et l&amp;#039;expérimentation de nouveaux outils métiers permettant aux acteurs institutionnels et professionnels du tourisme de la Nouvelle-Aquitaine d&amp;#039;améliorer la lisibilité/visibilité de leur destination et de répondre efficacement aux changements de comportements et d&amp;#039;usages des clientèles touristiques.
       &lt;/li&gt;
      &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrages publics et privés. Les SCI sont exclues du champ des aides.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   50% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 60 000 € HT
  &lt;/li&gt;
  &lt;li&gt;
   Montant minimum des dépenses : 8 000 €.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
@@ -7916,506 +7377,631 @@
    &lt;/strong&gt;
    : prestation de développement, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux outils, ...
    Expérimentation, d&amp;#039;intérêt régional,  de nouveaux outils métiers et/ou nouvelles compétences partagées :
    démarches collectives (acteurs institutionnels et professionnels du tourisme) ancrées sur le territoire de la Nouvelle-Aquitaine
    initiatives individuelles, pour les professionnels du tourisme, en vue d&amp;#039;un déploiement potentiel à la filière.
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  : diagnostic, tests utilisateurs et expérimentation territoriale, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux nouveaux outils.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez prendre contact afin de connaître les démarches à effectuer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/transformation-numerique</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Site de Limoges (départements 87-23-19)
 Direction du tourisme
 27, boulevard de la Corderie. CS 3116, 87031
                                                     Limoges Cedex 1
 05 55 45 00 30
  &lt;/li&gt;
  &lt;li&gt;
   Site de Poitiers (départements 79-86-17-16)
 Direction du tourisme
 15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
                                                     Poitiers
 05 16 01 40 55
  &lt;/li&gt;
  &lt;li&gt;
   Site de Bordeaux (départements 33-24-47-40-64)
 Direction du tourisme
 14, rue François de Sourdis CS 81383, 33077
                                                     Bordeaux cedex
 05 57 57 83 09.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6727-transformation-numerique/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...122 lines deleted...]
-      <c r="A49" s="1">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
         <v>159422</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Développer l'e-tourisme</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G49" s="1" t="inlineStr">
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I49" s="1" t="inlineStr">
+      <c r="I46" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J49" s="1" t="inlineStr">
+      <c r="J46" s="1" t="inlineStr">
         <is>
           <t>Montant maximum de subvention : 5.000€</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une aide pourra être accordée pour le développement de l&amp;#039;e-tourisme.
 &lt;/p&gt;
 &lt;p&gt;
  Nature des dépenses subventionnables : création d&amp;#039;outils, de contenus numériques (photos, vidéos, audio...) et de services touristiques numériques innovants (outils numériques liés à la mobilité, Wifi territorial, espaces publics connectés).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Technologies numériques et numérisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    L&amp;#039;association Landes Attractivité validera la compatibilité du projet avec les autres systèmes numériques et avec le système régional d&amp;#039;information touristique SIRTAQUI ;
   &lt;/li&gt;
   &lt;li&gt;
    Programme s&amp;#039;inscrivant dans le cadre d&amp;#039;une stratégie numérique de territoire ;
   &lt;/li&gt;
   &lt;li&gt;
    Convention avec l&amp;#039;association Landes Attractivité pour l&amp;#039;information des adhérents en matière de commercialisation (référence à la &amp;#34;place de marché départementale&amp;#34; organisée par Landes Attractivité).
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T49" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V49" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=115</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
   tourisme&amp;#64;landes.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/68b1-developpement-du-e-tourisme/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="50" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H50" s="1" t="inlineStr">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>101593</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transformation écologique et numérique des entreprises</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de contribuer à la transition écologique de votre territoire, les associations Initiative France proposent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de sensibiliser les porteurs de projets dans votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;analyser la &amp;#34;responsabilité écologique&amp;#34; des projets entrepreneuriaux du territoire lors de leur passage en comités d&amp;#039;agrément ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de mobiliser des experts sur la thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de valoriser des projets à forte dimension sociale et environnementale via le label Initiative Remarquable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser la transition écologique agricole en soutenant les projets d&amp;#039;agriculture biologique, les circuits-courts, la diversification, les technologies agricoles performantes au niveau environnemental...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, pour accélérer la transformation numérique des TPE du territoire, le réseau Initiative France pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à disposition des élus son réseau de partenaires  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  intégrer la dimension numérique dans la stratégie de développement des entreprises soutenues par le réseau Initiative France ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser des experts sur les questions numériques pour accompagner les entrepreneurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La capacité d&amp;#039;action du réseau sera conditionnée par les moyens mis à disposition des associations  France, qui pourront être co-construits avec les différents partenaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir cartographie sur
+ &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer" rel="noopener" target="_blank"&gt;
+  https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a303-accelerer-la-transformation-ecologique-et-num/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
-[...68 lines deleted...]
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-      <c r="A51" s="1">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
         <v>145007</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Déployer le réseau WIFI 43</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>KIT WIFI 43</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J51" s="1" t="inlineStr">
+      <c r="J49" s="1" t="inlineStr">
         <is>
           <t>Financement des frais d'accès au service WIFI43 soit 250€ HT pour 2 bornes maxi par structure publique</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département finance un kit Wifi 43 comprenant l&amp;#039;activation et le matériel nécessaires au fonctionnement des bornes, soit un coût de 250€ HT pour le kit de 2 bornes (ces frais sont à votre charge pour toute borne supplémentaire). Cette prise en charge ne comprend pas la pose des bornes.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;abonnement, à la charge de la collectivité ou de l&amp;#039;établissement bénéficiaire, sera de 288€ HT / an (il ne comprend pas l&amp;#039;abonnement ADSL/Fibre/...) pour les 2 bornes. Pour toute borne supplémentaire, le bénéficiaire devra s&amp;#039;acquitter d&amp;#039;un abonnement supplémentaire de 144€ HT/an auprès du fournisseur
  (la société YZIACT - &lt;a href="https://www.google.com/maps/place//data&amp;#61;!4m2!3m1!1s0x47f557fa9db027ed:0xeae53dc45fead0ac?sa&amp;#61;X&amp;amp;ved&amp;#61;1t:8290&amp;amp;ictx&amp;#61;111" tabindex="0"&gt;&lt;span&gt;ZA de Clairac, 30 Rue Maryse Bastié, 26760 Beaumont-lès-Valence&lt;/span&gt;&lt;/a&gt;&lt;span&gt;- tel &lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;a href="https://www.google.com/search?client&amp;#61;firefox-b-e&amp;amp;q&amp;#61;YZIACT#"&gt;&lt;span&gt;04 75 78 28 35&lt;/span&gt;&lt;/a&gt;)&lt;/span&gt;&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Centre de soins&lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le kit Wifi 43  comprend 2 portails :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - portail captif pour l&amp;#039;authentification des usagers
  &lt;br /&gt;
  - un portail d&amp;#039;administration à destination de la structure publique pour gérer les bornes (exemple : limiter les accès pendant les heures d&amp;#039;ouverture de la mairie,...)
@@ -8426,438 +8012,515 @@
   Public concerné :  tout public
  &lt;/li&gt;
  &lt;li&gt;
   Pièces à fournir : Délibération de la structure publique selon modèle pouvant être fourni par le Département&lt;br /&gt;&lt;/li&gt;
  &lt;li&gt;
   Récurrence de l&amp;#039;aide : souscription possible  jusqu&amp;#039;à fin 2024 &lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M51" s="1" t="inlineStr">
+      <c r="M49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Plus de 95 structures publiques  équipées
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Accès aux services
 Cohésion sociale et inclusion
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Animation et mise en réseau
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les pré-requis pour bénéficier du kit Wifi 43 :
   &lt;br /&gt;
   - Etre une structure publique
   &lt;br /&gt;
   - Disposer d&amp;#039;une ligne et d&amp;#039;un abonnement internet ADSL ou autre (Fibre, Wifimax, Satellite, 4G fixe)
   &lt;br /&gt;
   - Emettre une délibération de votre assemblée délibérante (un modèle peut vous être fourni)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Il est recommandé d&amp;#039;avoir un débit supérieur à 2mb/s pour pouvoir utiliser les bornes dans de bonnes conditions.
   &lt;br /&gt;
   &lt;br /&gt;
   NB : Vous pouvez tester votre débit sur le site
   suivant, par exemple : https://www.degrouptest.com/test-debit.php
   &lt;br /&gt;
   Vous pouvez également, si besoin, tester l&amp;#039;éligibilité de votre ligne pour passer sur du Très Haut Débit : https://www.auvergnetreshautdebit.fr/reseau-et-couverture/eligibilite-de-votre-ligne/
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
+      <c r="V49" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction du Numérique (DNUM)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:dnum&amp;#64;hauteloire.fr" target="_self"&gt;
   dnum&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z49" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b800-beneficier-du-reseau-wifi-43/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G52" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>157092</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...31 lines deleted...]
- Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un patrimoine vernaculaire valorisé (clos masure notamment)
+&lt;/p&gt;
+&lt;p&gt;
+ - Un allongement de la durée des séjours touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des parcours résidentiels facilités pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des centres bourgs dynamiques, des services proches des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - UN vieillissement de la population mieux anticipé et accompagné
+&lt;/p&gt;
+&lt;p&gt;
+ - Une offre locale de formation renforcée et adaptée
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accès aux services de soins facilité par des initiatives innovantes
+&lt;/p&gt;
+&lt;p&gt;
+ - Un maillage de solutions de mobilités adaptées au territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M52" s="1" t="inlineStr">
-[...28 lines deleted...]
-Tiers-lieux
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de nouveaux services numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services à la population.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de l&amp;#039;offre de santé sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de partenariats avec des centres de formations locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Formation professionnelle
+Equipement public
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
-[...69 lines deleted...]
- Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
-[...22 lines deleted...]
- Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-      <c r="A53" s="1">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
         <v>155106</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Équipements publics de santé (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G51" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
 &lt;/p&gt;
 &lt;p&gt;
  Pour rappel :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
   &lt;/li&gt;
   &lt;li&gt;
    Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
   &lt;/li&gt;
   &lt;li&gt;
    Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
@@ -8869,64 +8532,64 @@
   Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
  &lt;/p&gt;
  &lt;p&gt;
   Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    PIÈCES À FOURNIR
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Projet de santé validé par le comité opérationnel départemental
    &lt;/li&gt;
    &lt;li&gt;
     Pour les rénovations, document de diagnostic énergétique
    &lt;/li&gt;
    &lt;li&gt;
     Pièces justifiant la bonification si sollicitation
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Santé
 Revitalisation
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
  &lt;/li&gt;
  &lt;li&gt;
   A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
  &lt;/li&gt;
  &lt;li&gt;
   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -9001,612 +8664,306 @@
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T53" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W53" s="1" t="inlineStr">
+      <c r="W51" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.96.17
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
         </is>
       </c>
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C54" s="1" t="inlineStr">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>162524</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Développer un territoire inclusif et cohésif</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
-[...305 lines deleted...]
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E52" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F55" s="1" t="inlineStr">
+      <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H52" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I55" s="1" t="inlineStr">
+      <c r="I52" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K52" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P55" s="1" t="inlineStr">
+      <c r="P52" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q55" s="1" t="inlineStr">
+      <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-      <c r="A56" s="1">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>117550</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H56" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ingénierie technique
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...2 lines deleted...]
-      <c r="K56" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L56" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
  &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
   formations thématiques
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
 &lt;/p&gt;
 &lt;p&gt;
  Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M56" s="1" t="inlineStr">
+      <c r="M53" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
  &lt;br /&gt;
  Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
  &lt;br /&gt;
  Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
  &lt;br /&gt;
  Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de sessions d&amp;#039;information thématiques :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : dispositif département Jura subventions DETR DSIL FNADT
  &lt;br /&gt;
  Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
  &lt;br /&gt;
@@ -9621,51 +8978,51 @@
  Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de formations thématiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : comment mobiliser les fonds européens sur son territoire
  &lt;br /&gt;
  Ex : mécénat et financement participatif
  &lt;br /&gt;
  Ex : marchés publics - comment acheter local
  &lt;br /&gt;
  Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
  &lt;br /&gt;
  Ex : réalisation des travaux
  &lt;br /&gt;
  Ex :
  comment associer les habitants à un projet communal ou intercommunal
  &lt;br /&gt;
  Ex le projet culturel du territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
@@ -9675,193 +9032,193 @@
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T56" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>http://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Madame la Présidente
  &lt;/li&gt;
  &lt;li&gt;
   AMJ
  &lt;/li&gt;
  &lt;li&gt;
   2 rue de Pavigny 39000 Lons-le-Saunier
  &lt;/li&gt;
  &lt;li&gt;
   Tél 03-84-86-07-07
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service assistance juridique, administrative et financière :
   &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    juridique&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service formation :
   &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    formation&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-      <c r="A57" s="1">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
         <v>120897</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Innov'up Expérimentation Transition écologique des territoires</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H57" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 45</t>
         </is>
       </c>
-      <c r="J57" s="1" t="inlineStr">
+      <c r="J54" s="1" t="inlineStr">
         <is>
           <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bpifrance
  &lt;/strong&gt;
  accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cap Digital
  &lt;/strong&gt;
  est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La Fondation Solar Impulse
  &lt;/strong&gt;
  vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Construire au Futur, Habiter le Futur
@@ -9893,62 +9250,62 @@
   &lt;li&gt;
    Adaptation et résilience,
   &lt;/li&gt;
   &lt;li&gt;
    Nature et biodiversité.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
  &lt;/span&gt;
  &lt;br /&gt;
  &lt;ul&gt;
   &lt;li&gt;
    Acteurs publics locaux (communes, EPCI, syndicats...),
   &lt;/li&gt;
   &lt;li&gt;
    Acteurs privés en situation de délégation de service public,
   &lt;/li&gt;
   &lt;li&gt;
    Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
 &lt;/p&gt;
 &lt;p&gt;
  Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
 &lt;/p&gt;
 &lt;p&gt;
  Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
  &lt;strong&gt;
   une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
@@ -9970,407 +9327,138 @@
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit être déposée
  &lt;strong&gt;
   avant le démarrage du projet.
  &lt;/strong&gt;
  Toute dépense antérieure ne pourra pas être prise en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
 &lt;/p&gt;
 &lt;p&gt;
  Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  innovup-transition-ecologique&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="H58" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I58" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
-[...268 lines deleted...]
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -10382,262 +9470,262 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T59" s="1" t="inlineStr">
+      <c r="T55" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U59" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V59" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X59" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y59" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z59" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>119942</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="C60" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Dotation politique de la ville (DPV)</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I60" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J60" s="1" t="inlineStr">
+      <c r="J56" s="1" t="inlineStr">
         <is>
           <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
 &lt;/p&gt;
 &lt;p&gt;
  Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent par exemple concerner :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
  &lt;/li&gt;
  &lt;li&gt;
   La transition écologique : par exemple, la rénovation énergétique des bâtiments
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
  &lt;/li&gt;
  &lt;li&gt;
   La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1.    Les communes doivent :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
  &lt;/li&gt;
  &lt;li&gt;
   soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
@@ -10666,1396 +9754,426 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
 &lt;/p&gt;
 &lt;p&gt;
  Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets envisagés doivent répondre aux exigences suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
  &lt;/li&gt;
  &lt;li&gt;
   se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="K61" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
-[...19 lines deleted...]
- &lt;br /&gt;
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Acquisition
-[...11 lines deleted...]
-  Renaturation
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Montant de l&amp;#039;aide :
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
   &lt;br /&gt;
- &lt;/strong&gt;
-[...195 lines deleted...]
-  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
-[...98 lines deleted...]
-Sports et loisirs
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
 Tourisme
-Forêts
-[...445 lines deleted...]
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
-Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...8 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-Emploi
-International
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...272 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
-Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
-Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
-[...2 lines deleted...]
- Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
-[...52 lines deleted...]
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>139927</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12101,191 +10219,778 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P67" s="1" t="inlineStr">
+      <c r="P58" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q67" s="1" t="inlineStr">
+      <c r="Q58" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T67" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
         <v>120596</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E62" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I68" s="1" t="inlineStr">
+      <c r="I62" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J68" s="1" t="inlineStr">
+      <c r="J62" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N62" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12313,66 +11018,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P68" s="1" t="inlineStr">
+      <c r="P62" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q68" s="1" t="inlineStr">
+      <c r="Q62" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -12384,12087 +11089,440 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T68" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-[...116 lines deleted...]
-      <c r="G70" s="1" t="inlineStr">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>139434</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les risques naturels et technologiques</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...59 lines deleted...]
-      <c r="S70" s="1" t="inlineStr">
+Région</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région des Hauts-de-France est exposée à de multiples risques naturels : inondation, mouvements de terrains, présence de cavités ou risques propres au littoral. De plus, le passé industriel des Hauts-de-France a légué un certain nombre de sites présentant des risques technologiques (périmètres SEVESO) et miniers. L&amp;#039;Etablissement Public Foncier Hauts de France est donc amené à intervenir pour maîtriser les fonciers exposés à ces risques, déconstruire les biens les plus exposés et renaturer les emprises acquises. L&amp;#039;établissement accompagne également les collectivités dans la mobilisation des dispositifs financiers dédiés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les sites classés à risque sur sollicitation des collectivités, de la Direction Régionale de Environnement, de l&amp;#039;Aménagement et du Logement (DREAL) et des entreprises concernées par les risques technologiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de démolition et de déconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Foncier du Plan de Prévention des Risques Technologiques des sites EPV et Antargaz, Thiant (Nord)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF intervient dans le cadre de la mise en œuvre des mesures foncières du Plan de Prévention des Risques Technologiques du parc d&amp;#039;activités Haulchin-Thiant. Il a acquis et démoli les habitations et bâtiments situés à proximité de deux sites classés SEVESO (stockage et distribution de butane et propane et entrepôt pétrolier).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thivencelle, berges de l&amp;#039;Hogneau (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF poursuit son intervention à Thivencelle sur les berges de l&amp;#039;Hogneau, afin de démolir cinq habitations situées en PPRI risquant de s&amp;#039;effondrer. La déconstruction de ces habitations permettra de redéfinir le plan d&amp;#039;aménagement de la digue gauche de la rivière.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bords de falaise, Wimereux (Pas-de-Calais)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Côte d&amp;#039;Opale est soumise à l&amp;#039;érosion progressive de ses falaises qui menace les villas qui y sont implantées. En réponse, la préfecture du Pas-de-Calais a instauré en octobre 2007 un Plan de Prévention des Risques Littoraux (PPRL) qui concerne notamment la commune de Wimereux. Ne disposant pas de l&amp;#039;ingénierie technique et financière nécessaire pour mettre en œuvre les dispositions du PPRL, la commune de Wimereux a sollicité l&amp;#039;intervention de l&amp;#039;EPF en 2009 pour acquérir cinq maisons, procéder à leur déconstruction et restaurer les habitats naturels présents en bord de falaise. Acteur de la préservation du capital environnemental régional, l&amp;#039;EPF a pris en compte lors de la phase de chantier les espèces protégées et patrimoniales (crambe, armérie, lavatère arbustif) et a permis la restauration des pelouses aérohalines. Une partie des acquisitions et travaux a été prise en charge par les fonds Barnier et le foncier a été restitué à la collectivité sous forme d&amp;#039;espace de nature.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...28 lines deleted...]
-      <c r="AA70" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0dd8-gerer-les-risques-naturels-et-technologiques/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-[...473 lines deleted...]
-      <c r="G73" s="1" t="inlineStr">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K73" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
-[...767 lines deleted...]
- &lt;/a&gt;
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
-[...259 lines deleted...]
- Les opérations éligibles sont des projets de services, d&amp;#039;usages ou de contenus innovants répondant aux enjeux d&amp;#039;ampleur départementale sus-mentionnés. La sélection des projets s&amp;#039;appuiera notamment sur les critères suivants : caractère innovant du projet, compétences du porteur, méthodologie employée, place de l&amp;#039;usager dans le projet, qualité et engagement des partenaires, viabilité et pérennité du projet.
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
-[...10230 lines deleted...]
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -24507,740 +11565,11928 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;ul&gt;
-[...30 lines deleted...]
-&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W142" s="1" t="inlineStr">
-[...16 lines deleted...]
- adhesion&amp;#64;agence-france-locale.fr
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G143" s="1" t="inlineStr">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>98525</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Consigner pour faire face aux risques technologiques</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>La consignation pour faire face aux risques technologiques</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre d&amp;#039;un Plan de Prévention des Risques Technologiques (PPRT), la Banque des Territoires vous accompagne grâce à une offre de consignation des montants arrêtés dans une convention financière tripartite (industriel, collectivité et État).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/consignations/consignation-risques-technologiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Consignations&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=risques_tech_psat</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c1f-faire-face-aux-risques-technologiques-grace-a/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>165329</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement de briques technologiques et services par des PME pour la décarbonation de l’industrie (IBaC PME)</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Développement de briques technologiques et services par des PME pour la décarbonation de l’industrie (IBaC PME) </t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP &lt;strong&gt;« IBaC PME »&lt;/strong&gt; s’inscrit dans le cadre de la &lt;strong&gt;stratégie d’accélération « Décarbonation de l’industrie »&lt;/strong&gt;, dont l’un des objectifs est de soutenir l’innovation pour une &lt;strong&gt;I&lt;/strong&gt;ndustrie &lt;strong&gt;B&lt;/strong&gt;as &lt;strong&gt;C&lt;/strong&gt;arbone, en ciblant tout particulièrement les &lt;strong&gt;PME&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’AAP vise à financer des projets mono-partenaires d’innovation portés par des petites et moyennes entreprises au potentiel particulièrement fort pour l’économie française. Il permet de cofinancer des &lt;strong&gt;projets de recherche, développement et innovation&lt;/strong&gt;, dont les coûts totaux sont &lt;strong&gt;inférieurs à 1,5 M€&lt;/strong&gt;, et contribue à accélérer le développement et la mise sur le marché de solutions et technologies innovantes.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 09/02/2027 à 15h (heure de Paris).&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2027</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP vise à financer des projets mono-partenaires d’innovation portés par des petites et moyennes entreprises (PME).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/developpement-de-briques-technologiques-et-services-par-des-pme-pour-la-decarbonation-de-lindustrie-ibac-pme</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developpement-de-briques-technologiques-et-services-par-des-pme-pour-la-decarbonation-de-lindustrie-ibac-pme/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K143" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
-[...6 lines deleted...]
- (DSIL) a été créée en 2016 afin de soutenir l&amp;#039;investissement local des collectivités du bloc communal, d&amp;#039;accompagner et de favoriser la transformation des territoires. Les décisions d&amp;#039;attribution de la DSIL relèvent du préfet de région et les crédits de cette dotation sont destinés à financer des opérations entrant dans l&amp;#039;une des 6 thématiques fixées par l&amp;#039;article L. 2334-42 du CGCT :
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Rénovation thermique, transition énergétique, développement des énergies renouvelables
-[...14 lines deleted...]
-  Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La dotation est également destinée à financer la réalisation d&amp;#039;opérations visant au développement des territoires ruraux inscrites dans un contrat signé avec le représentant de l&amp;#039;Etat.
-[...40 lines deleted...]
- &lt;br /&gt;
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M143" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="N143" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>anne.durand@cd08.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P68" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q68" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>77381</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Financer les services numériques pour accélérer et sécuriser la transition numérique des territoires</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Financement de vos projets de services numériques</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+portez un projet de services numériques en tant que collectivité locale,
+entreprise publique locale, entreprise ou acteur financier privé, association
+représentative d’élus et de collectivités, société innovante ou bailleur
+social ? Vous êtes à la recherche d’un financement pour un projet lié à la
+souveraineté numérique, à l’accompagnement de territoires intelligents ou
+encore à la transition numérique ? La Banque des Territoires peut investir
+dans le développement de services numériques contribuant au développement
+économique sobre et à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
+d’investissement concerne quatre domaines de services numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;la gestion de la donnée territoriale
+;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les services numériques liés aux
+villes et territoires intelligents ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la
+souveraineté numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les services numériques liés à
+l’habitat.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le
+financement proposé peut se faire sous la forme d’apports en capitaux en fonds
+propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Technologies numériques et numérisation
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=services_numeriques_psat</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>162749</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’équipement informatique et numérique du réseau régional de lecture publique</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’équipement informatique et numérique du réseau régional de lecture publique</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les objectifs de cette mesure sont :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de participer à l’amélioration des conditions de gestion informatique des fonds de livres et documents conservés en région,&lt;/li&gt; 	&lt;li&gt;d’accompagner la transition numérique dans le réseau régional de lecture publique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les collectivités territoriales pour leur bibliothèque.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles dans ce cadre les projets d’acquisition :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de matériel informatique pour la gestion des collections des bibliothèques et médiathèques,&lt;/li&gt; 	&lt;li&gt;de matériel numérique pour la diffusion des œuvres sur les nouveaux supports.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles dans ce cadre les projets d’acquisition :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de matériel informatique pour la gestion des collections des bibliothèques et médiathèques,&lt;/li&gt; 	&lt;li&gt;de matériel numérique pour la diffusion des œuvres sur les nouveaux supports.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lequipement-informatique-et-numerique-du-reseau-regional-de-lecture-publique</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Valérie Miletto: &lt;a href="mailto:vmiletto&amp;#64;maregionsud.fr"&gt;vmiletto&amp;#64;maregionsud.fr &lt;/a&gt; &lt;br /&gt; Tél:  04 88 73 67 06 / 06 86 53 56 77 &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Gestionnaire pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Estelle Monier : &lt;a href="mailto:emonier&amp;#64;maregionsud.fr"&gt;emonier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Tél: 04 91 57 59 69&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lequipement-informatique-et-numerique-du-reseau-regional-de-lecture-publique/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>163685</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les innovations et nouvelles technologies numériques au service des transitions</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Innovation numérique responsable</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide à l&amp;#039;innovation numérique responsable vise à encourager les innovations et nouvelles technologies numériques au service des transitions (innovations à impact environnemental, social, sociétal, territorial) et/ou qui visent à diminuer leur propre empreinte environnementale (enjeu de sobriété).
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Les projets devront répondre à un ou plusieurs des objectifs suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un numérique sobre : en réduisant sa consommation énergétique et donc son empreinte environnementale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique durable : qui tienne compte du cycle de vie ou qui augmente la durée de vie des matériels et services numériques ou leur recyclabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique maîtrisé : par le développement de solutions open source ou de communs numériques, par le renforcement de la cybersécurité et l’interopérabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique inclusif : qui agit pour plus d’accessibilité et d’égalité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique accélérateur des ambitions de la feuille de route régionale Néo Terra.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention. &lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention de la subvention est défini en fonction de la nature du porteur de projet et des dépenses éligibles. Il ne peut pas excéder 50%, sauf le développement de logiciels libres et de communs numériques qui pourra être soutenu jusqu’à 60% d&amp;#039;intervention. Pour cela, le demandeur devra être en mesure de justifier d’une stratégie de création de communauté pertinente et d’un modèle économique durable adapté.&lt;/p&gt;&lt;p&gt;La subvention n&amp;#039;est pas accordée à titre général mais affectée à la réalisation du projet (pas de soutien au fonctionnement des structures).&lt;/p&gt;&lt;p&gt;Une part d&amp;#039;autofinancement est attendue des porteurs de projets.&lt;/p&gt;&lt;p&gt;Coûts éligibles :&lt;/p&gt;&lt;p&gt;Coûts de conception &lt;/p&gt;&lt;p&gt;Coûts de développement &lt;/p&gt;&lt;p&gt;Dépenses de personnels mobilisées sur le projet : &lt;/p&gt;&lt;p&gt;au coût réel chargé sur justifications des salaires ; &lt;/p&gt;&lt;p&gt;au coût valorisé pour les non-salariés qui ne pourra pas excéder 30% du montant des dépenses éligibles (la prise en compte des dépenses de personnels non salariés sera limitée aux porteurs de projets de type association ou entreprises de moins de 3 ans) &lt;/p&gt;&lt;p&gt;Frais de déplacements nécessaires au projet (limité à 5 % de l’assiette éligible) &lt;/p&gt;&lt;p&gt;Frais généraux (limité à 20 % des dépenses de personnel) &lt;/p&gt;&lt;p&gt;Coûts des services de consultants ou prestataires (y compris les études) utilisés exclusivement pour le projet &lt;/p&gt;&lt;p&gt;Investissements matériels&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Des projets individuels ou collaboratifs pourront être soutenus. &lt;/p&gt;&lt;p&gt;Pour les projets d’innovation technologique : &lt;/p&gt;&lt;p&gt;Entreprises et associations des filières numérique, robotique et électronique &lt;/p&gt;&lt;p&gt;Le caractère innovant du projet sera déterminant. &lt;/p&gt;&lt;p&gt;Pour les innovations à visée collective :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités et autres acteurs publics et parapublics. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le caractère d’intérêt général et/ou les retombées sur le territoire du projet seront déterminants.&lt;/p&gt;&lt;p&gt;Critères de sélection : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Dimension innovante en termes d’usages, de services et/ou de technologies &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Impact / création de valeur : environnementale, sociale, territoriale, économique, d’intérêt général &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Viabilité, pérennité technique et opérationnelle du projet &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Interopérabilité, réutilisabilité, ouverture du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Capacité du porteur de projet &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Utilisation éthique des données&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Partenariats et collaboration avec les acteurs locaux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’intensité de l’aide régionale sera modulée suivant le cumul de plusieurs critères : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Création ou utilisation d’un ou plusieurs communs numériques et utilisation des technologies libres&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cybersécurité &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’éco-conception numérique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Impact environnemental, social et sociétal démontré &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Analyse cycle de vie du produit&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/innovation-numerique-responsable</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Afin d&amp;#039;étudier l&amp;#039;éligibilité de votre demande, la fiche de renseignements est à renvoyer dûment complétée à la Délégation Numérique : innovation-numerique&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innovation-numerique-responsable/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>164157</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Financer des technologies propres</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 65</t>
+        </is>
+      </c>
+      <c r="J72" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zone AFR</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Est considéré comme une technologie propre éligible, un investissement de lutte contre la pollution ou 
+contribuant à l’adaptation ou l’atténuation au changement climatique, faisant partie intégrante de la chaine de 
+production.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles, les investissements de 
+lutte contre la pollution ou 
+contribuant à l’adaptation ou 
+l’atténuation au changement 
+climatique, faisant partie intégrante 
+de la chaine de production. &lt;/p&gt;&lt;p&gt;Pour microentreprises concernant la 
+pollution classique : sont éligibles les 
+actions exclusivement groupées sur les 
+secteurs où un enjeu relatif à la 
+pollution classique a été démontré.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-operations-preliminaires-a-lepuration-ou-a-un-raccordement/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>94896</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la digitalisation des commerces</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les modèles économiques des commerces sont depuis plusieurs années fragilisés du fait principalement de l&amp;#039;évolution des modes de consommation (mobilité des consommateurs, digitalisation de l&amp;#039;acte d&amp;#039;achat...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces évolutions se sont accélérées avec la crise sanitaire et
+ &lt;strong&gt;
+  imposent aujourd&amp;#039;hui à tout commerce de repenser sa stratégie de digitalisation et d&amp;#039;accélérer sa mise en œuvre
+ &lt;/strong&gt;
+ .
+Il est ainsi proposé de mettre l&amp;#039;accent sur la digitalisation des entreprises et notamment des commerces dans le cadre d&amp;#039;un programme sur mesure &amp;#34;
+ &lt;strong&gt;
+  Grand Est Transformation Digitale
+ &lt;/strong&gt;
+ &amp;#34;.
+Le dispositif propose un parcours de digitalisation articulé autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI / communes / Union de Commerçants ...), dans la définition et la mise en œuvre de plans d&amp;#039;actions collectifs en faveur des commerces avec 2 volets d&amp;#039;accompagnement :
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     Volet 1
+    &lt;/strong&gt;
+    : un accompagnement des EPCI / Communes en ingénierie par la CCI Grand Est ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     Volet 2
+    &lt;/strong&gt;
+    : un accompagnement opérationnel aux projets coopératifs/collectifs de plateformes d&amp;#039;achat, marketplace, plateforme de réservation...qui font suite à l&amp;#039;accompagnement de la CCI Grand Est ;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises et qui fait l&amp;#039;objet d&amp;#039;un règlement dédié ...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mode de réception des demandes et des dossiers : au fil de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h2&gt;
+ Territoires éligibles
+&lt;/h2&gt;
+&lt;p&gt;
+ Les territoires ciblés de manière prioritaire correspondent aux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  18 EPCI situées au croisement des démarches POCE, Territoire d&amp;#039;Industrie et Coeur de Ville et aux Communes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centralités Rurales (Présence d&amp;#039;au moins 15 équipements de type intermédiaire - définition INSEE),
+Population de moins de 8 000 habitants pour l&amp;#039;année 2013,
+Appartenance à un bassin de vie de moins de 100 000 habitants) : communes ou EPCI composés majoritairement de centralités rurales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres collectivités pour des problématiques liées aux hyper-centre sous réserve d&amp;#039;une validation préalable par la Région.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;h3&gt;
+ Volet 1
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement en ingénierie par la CCI Grand Est
+Sont éligibles les EPCI/Communes de l&amp;#039;EPCI n&amp;#039;ayant pas transféré la compétence à l&amp;#039;EPCI des territoires précisés ci-dessus.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Volet 2
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement aux projets coopératifs/collectifs de plateforme d&amp;#039;achat, marketplace...
+Sont éligibles les EPCI/Communes de l&amp;#039;EPCI n&amp;#039;ayant pas transféré la compétence à l&amp;#039;EPCI des territoires précisés ci-dessus mais également d&amp;#039;autres types de porteurs (associations, GIP, Département, Syndicat mixte, établissements publics...) – le projet concerné aura fait l&amp;#039;objet d&amp;#039;un accompagnement de la CCI Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Nature et montant de l&amp;#039;aide
+&lt;/h2&gt;
+&lt;h3&gt;
+ Aide au conseil (Volet 1)
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : Subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : Fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux : 80% de l&amp;#039;effort consenti par l&amp;#039;EPCI ou la Commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;aide : 50 000 € par EPCI ou Commune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Aide à l&amp;#039;investissement (Volet2)
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : Subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : Investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux : 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;aide : 20 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Volet 1
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement en ingénierie sera réalisé par la CCI Grand Est qui définira en lien avec l&amp;#039;EPCI ou la commune le besoin d&amp;#039;accompagnement. Celui-ci sera donc adapté aux territoires et personnalisé selon le tissu commercial du territoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet 2
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;acquisition de solutions digitales permettant la mise en œuvre de marketplace, plateforme d&amp;#039;achat, plateforme commerciale, plateforme de réservation... et figurant dans la liste ci-dessous : Dépenses d&amp;#039;investissements éligible Type de dépenses Logiciels/Sites Web marchands / Applications mobiles / Outils de travail collaboratifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de licences et logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de développement, de paramétrage et de conception
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissement liés au développement d&amp;#039;un service (site internet / intranet / application)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les abonnements, contrats et autres services ne sont pas éligibles
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-collectif/</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande fait l&amp;#039;objet d&amp;#039;un dossier de candidature qui sera adressé à
+ &lt;a href="mailto:transfodigitale.parcourscollectif&amp;#64;grandest.fr"&gt;
+  transfodigitale.parcourscollectif&amp;#64;grandest.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/580f-grand-est-transformation-digitale-parcours-co/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>165511</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l&amp;apos;utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;6 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 750 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Financer les activités des centres nationaux ou régionaux indépendants afin d&amp;#039;assurer la couverture des zones géographiques couvertes par les centres EDMO dont le financement prend fin en 2026&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : renforcer la surveillance et l&amp;#039;analyse de l&amp;#039;environnement informationnel en ligne, détecter et dénoncer les campagnes de désinformation, dans le but de contribuer à la connaissance de la situation dans l&amp;#039;ensemble de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : soutenir l&amp;#039;intégrité des élections en surveillant et en analysant les campagnes de désinformation et les manipulations liées aux élections&lt;/li&gt;    &lt;li&gt;Priorité n° 3 : mettre l&amp;#039;accent sur le renforcement de la résilience sociale et l&amp;#039;intensification des efforts de sensibilisation et de communication afin de toucher un large public et de concevoir des réponses efficaces adaptées aux publics nationaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats indépendants (bénéficiaires ; pas d&amp;#039;entités affiliées) doit être constitué et le coordinateur du consortium doit être établi dans un État membre de l&amp;#039;UE couvert par le pôle.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 18 mois&lt;/li&gt;    &lt;li&gt;Contact : &lt;a href="https://european-union.europa.eu/contact-eu/write-us_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-bestuse-tech-edmo-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-BESTUSE-TECH-EDMO-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-accelerer-lutilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>131407</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.4 Numérique, Industrie et Espace - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Technologies numériques et émergentes au service de la compétitivité et de l&amp;#039;adaptation au Pacte Vert qui vise à réaliser et à exploiter des avancées majeures dans le domaine de la science et de la technologie, à maintenir l&amp;#039;excellence scientifique de l&amp;#039;Europe et à garantir la souveraineté de ces technologies clés qui devraient avoir une incidence sur la société en contribuant à relever les grands défis sociétaux touchant à l&amp;#039;environnement.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Montant par topic :
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : 15 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04: 60 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : 18 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22 : 13,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03 : 30 millions d&amp;#039;euros
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ TOPICS
+&lt;/span&gt;
+:   A venir
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : Usine d&amp;#039;innovation photonique pour l&amp;#039;Europe (Partenariat photonique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04 : Leadership industriel en matière d&amp;#039;IA, de données et de robotique au service de la compétitivité et de la transition écologique (Partenariat IA, données et robotique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : Photonique intelligente pour la communication, la détection et l&amp;#039;accès conjoints partout (Partenariat Photonique) (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22: Fondamentaux du génie logiciel (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03: Nouveaux paradigmes et approches, vers des robots alimentés par l&amp;#039;IA - changement d&amp;#039;étape dans la fonctionnalité (Partenariat IA, données et robotique) (RIA)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL4-2024-DIGITAL-EMERGING-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43120193;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355292;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction Générale (EN)
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43; (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>120433</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Développer les usages, services et infrastructures numériques, projets innovants en lien avec le numérique</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>DEVELOPPEMENT DES USAGES, SERVICES ET INFRASTRUCTURES NUMERIQUES, PROJETS INNOVANTS EN LIEN AVEC LE NUMERIQUE</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie numérique départementale visant à soutenir le développement des usages, services et infrastructures numériques s&amp;#039;articule autour de 4 axes :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Accompagner les publics dans leur appropriation du numérique,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Soutenir l&amp;#039;innovation, la compétitivité et l&amp;#039;attractivité du territoire grâce aux infrastructures numériques,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Développer l&amp;#039;administration numérique tournée vers l&amp;#039;usager : &amp;#64;services , Accompagner les collectivités du territoire dans leur transition numérique.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Ce dispositif a pour but de soutenir des projets innovants de développement de technologies, d&amp;#039;usages, de services et de contenus numériques en cohérence avec la feuille de route départementale, privilégiant un maillage territorial et une coordination d&amp;#039;actions en faveur des usages numériques dans tout le Département.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Type d&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Type : Subventions d&amp;#039;investissement et de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux sera apprécié en fonction des critères d&amp;#039;innovation, du budget global présenté et de la dépense éligible (prestations de services, de travaux liées au projet, achat de matériel dédié, frais de personnel dédié, dépenses de communication).
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total des aides publiques en investissement ne peut excéder 80 % du coût HT du projet.
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ Les demandes devront être déposées sous forme dématérialisée sur la plateforme de dépôt en ligne des demandes de subventions auprès du Département, accessible sur le site
+ &lt;a href="http://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers - Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;instruction des dossiers est réalisée par la Mission Développement Numérique du Conseil départemental et l&amp;#039;avancée de l&amp;#039;instruction sera consultable sur la plateforme. Les projets recevant un avis favorable à l&amp;#039;issue de l&amp;#039;instruction seront présentés au vote de la Commission permanente pour délibération. Les aides ainsi octroyées seront notifiées par voie postale aux porteurs de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Communication et numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif :
+  &lt;/strong&gt;
+  Développement des usages, services et infrastructures numériques, projets innovants en lien avec le numérique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les aides à l&amp;#039;investissement sont versées suivant le règlement financier général du Département.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aides au fonctionnement sont versées selon les modalités définies sur la lettre de notification.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+ Les opérations éligibles sont des projets de services, d&amp;#039;usages ou de contenus innovants répondant aux enjeux d&amp;#039;ampleur départementale sus-mentionnés. La sélection des projets s&amp;#039;appuiera notamment sur les critères suivants : caractère innovant du projet, compétences du porteur, méthodologie employée, place de l&amp;#039;usager dans le projet, qualité et engagement des partenaires, viabilité et pérennité du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ collectivités territoriales et leurs regroupements, associations, syndicats mixtes, organismes publics et leurs groupements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/developpement-des-usages-services-et-infrastructures-numeriques-projets-innovants-en-lien-avec-le-numerique/</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme – Direction Générale Adjointe du Développement – Mission Développement Numérique
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél :
+ &lt;strong&gt;
+  04.75.79.81.77
+ &lt;/strong&gt;
+ – Courriel :
+ &lt;a href="mailto:numerique&amp;#64;ladrome.fr"&gt;
+  numerique
+ &lt;/a&gt;
+ &lt;a href="mailto:numerique&amp;#64;ladrome.fr"&gt;
+  &amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/531e-developpement-des-usages-services-et-infrastr/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>165330</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’innovation en promouvant le développement de briques technologiques, les actions de DEMonstration et l’appropriation par les Industriels de solutions de product(DEMIBaC)</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Développement de briques technologiques et démonstrateurs - Réalisations de premières industrielles associant l'offre et la demande (DEMIBaC)</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’AAP (appel à projets) « DEMIBaC » s’inscrit dans le cadre de la stratégie d’accélération « Décarbonation de l’industrie », dont l’un des objectifs est de soutenir l’innovation en promouvant le développement de briques technologiques, les actions de &lt;strong&gt;DEM&lt;/strong&gt;onstration et l’appropriation par les &lt;strong&gt;I&lt;/strong&gt;ndustriels de solutions de production &lt;strong&gt;Ba&lt;/strong&gt;s &lt;strong&gt;C&lt;/strong&gt;arbone. &lt;/p&gt;&lt;p&gt;Le présent AAP comporte deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le volet 1 concerne des &lt;strong&gt;projets pour le développement de briques technologiques innovantes&lt;/strong&gt; et d’actions de démonstration, dont les consortiums sont généralement constitués par des académiques et des industriels de l’offre.&lt;/li&gt;&lt;li&gt;Le volet 2 cible des projets portés par des &lt;strong&gt;consortiums constitués d’un ou plusieurs industriels proposant une offre de décarbonation et d’un ou plusieurs industriels côté demande&lt;/strong&gt; prêts à accueillir les solutions innovantes proposées sur leurs sites de production.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 09/03/2027 à 15h (heure de Paris).&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Industrie</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2027</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet AAP vise à &lt;strong&gt;soutenir des projets d’innovation portés par des entreprises&lt;/strong&gt; (TPE, PME, ETI, GE), qui accélèrent la mise sur le marché de technologies et/ou de &lt;strong&gt;solutions ambitieuses et durables&lt;/strong&gt;, depuis les phases de recherche industrielle jusqu’à la démonstration de leur intérêt dans leur environnement opérationnel. Il est possible de déposer un projet qui s’inscrit en même temps sur les deux volets. Les coûts projet doivent être &lt;strong&gt;supérieurs à 1,5 M€.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/developpement-de-briques-technologiques-et-demonstrateurs-realisations-de-premieres-industrielles-associant-loffre-et-la-demande-demibac</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developpement-de-briques-technologiques-et-demonstrateurs-realisations-de-premieres-industrielles-associant-loffre-et-la-demande-demibac/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>139937</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Informer sur la mise en œuvre des usages numériques. Accompagner pour le développement du numérique éducatif. Proposer un accès gratuit à des plateformes de dématérialisation.</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Usages numériques</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires propose des prestations d&amp;#039;accompagnement, d&amp;#039;AMO, de conseil dans le domaine du numérique. L&amp;#039;agence propose également des outils mutualisés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ecoles numériques du Cantal : ENT (environnements numérique de travail),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mission de maintenance et assistance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et expertise sur le volet équipements et réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation de la commande publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation des flux vers les services de l&amp;#039;État (contrôle de légalité, hélios...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Appui méthodologique
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre adhérent à CIT
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;essentiel des services sont accessibles  gratuitement sous condition d&amp;#039;adhésion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrat de maintenance et AMO: services payants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/85ea-informer-sur-la-mise-en-uvre-des-usages-numer/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>164371</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une sauvegarde informatique</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Sauvegarde</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financé par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
+propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
+adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
+E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
+la mise en œuvre et l’exploitation du logiciel métier (installation, support,
+télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/p&gt;&lt;p&gt;Ingénierie 70 a fait le choix de
+candidater à l&amp;#039;appel à projet sur la cybersécurité lancé par l&amp;#039;ANSSI pour
+permettre à chaque collectivité de bénéficier d&amp;#039;une sauvegarde externalisée.
+Cette décision fait suite à une longue réflexion sur la nécessité de protéger
+les données des logiciels e.Magnus, mais également des données des utilisateurs.
+En effet, les collectivités stockent sur leurs postes des données dites
+sensibles qu&amp;#039;il convient de sécuriser. L&amp;#039;externalisation de la sauvegarde
+permet ainsi d&amp;#039;avoir une copie afin de se prémunir de tout dégât physique dans
+les locaux ou dégât sur le matériel. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 supports &lt;/strong&gt;distincts :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sauvegarde
+automatique, &lt;/li&gt;&lt;li&gt;Sauvegarde
+3-2-1 (3 copies de fichiers, sur 2 supports différents dont 1 copie hors site)&lt;/li&gt;&lt;li&gt;Sauvegarde
+déconnectée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Etre une
+collectivité adhérente à l’agence technique Ingénierie70 pour  la compétence informatique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sauvegarde-informatique/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>60939</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet de partenariat technologique (APT)</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="J80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention plafonnée à 50.000€</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La BPI participe au financement de votre projet de partenariat innovant.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Toutes les dépenses internes ou externes de préparation d&amp;#039;un partenariat : recherche de partenaire(s), négociation de l&amp;#039;accord de consortium, recours à des conseils ou prestataires spécialisés, préparation des réponses aux appels à projets, des accords et des candidatures, assistance et conseil juridique, participation à un salon professionnel, notamment.
+&lt;/p&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h4&gt;
+&lt;p&gt;
+ Participation au financement du projet de partenariat principalement sous forme de subvention plafonnée à 50 000 euros ou sous forme d&amp;#039;Avance récupérable au-delà.
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la préparation du partenariat dans le cadre d&amp;#039;un projet innovant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter la participation des entreprises françaises à des projets collaboratifs de RDI nationaux ( PSPC. ..), transnationaux (ERA-Net), intergouvernementaux ( EUREKA , Eurostars ) européens ( Programme Horizon 2020 , Instrument PME-Phase2 si le projet est partenarial, Fast Track to Innovation) ou via des coopérations bilatérales extra-européennes.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous innovez avec des partenaires français ou étrangers.
+&lt;/p&gt;
+&lt;h4&gt;
+ Entreprises éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ PME(1) et entreprises de moins de 2 000 salariés(2).
+&lt;/p&gt;
+&lt;p&gt;
+ ______________
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Selon la définition européenne de la PME : entreprise de moins de 250 salariés déclarant soit un CA annuel inférieur à 50 millions d&amp;#039;euros, soit un total de bilan n&amp;#039;excédant pas 43 millions d&amp;#039;euros. Elle doit être indépendante, c&amp;#039;est-à-dire ne pas être détenue à plus de 25 % par une ou plusieurs entités qui ne sont pas des PME.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indépendante d&amp;#039;un groupe de plus de 2 000 personnes.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Aides-a-l-innovation-projets-individuels/Aide-au-partenariat-technologique-APT</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Contactez directement la BPI
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/25a5-aide-au-partenariat-technologique-apt/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>163920</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir à la maturation technologique</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la maturation technologique</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Située en aval de la recherche et d&amp;#039;une éventuelle pré-maturation, la maturation doit s’insérer dans une stratégie de transfert définie et portée par les ayants droits de la technologie protégée ou ses mandataires.  &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;Contexte &lt;/p&gt;&lt;p&gt; Les entreprises ne sont pas toujours en capacité d’exploiter directement les résultats de la recherche académique, ceux-ci étant trop éloignés de leurs problématiques, de leur marché, ou situés trop en amont de la réalité d’une production industrielle et de ses contraintes. &lt;/p&gt;&lt;p&gt; Ainsi, de nombreuses innovations de rupture (deep tech) ne peuvent être transférées et ainsi bénéficier à la société, et ce même si d’importants investissements publics ont pu être réalisés en amont pour nourrir la recherche à ce sujet. &lt;/p&gt;&lt;p&gt; Définition &lt;/p&gt;&lt;p&gt; Située entre la recherche et le transfert, la maturation d’un projet d’innovation est définie comme le processus global qui permet d’atteindre la maturité nécessaire à son transfert vers le monde socio-économique. &lt;/p&gt;&lt;p&gt; Objectifs &lt;/p&gt;&lt;p&gt; Ce dispositif régional vise exclusivement à accompagner la maturation scientifique et technologique de projets portés parles structures de transfert et les offices de valorisation des universités (OTT) du territoire. &lt;/p&gt;&lt;p&gt; Le transfert se matérialise spécifiquement par une cession ou une concession de droits d&amp;#039;exploitation vers une entreprise existante ou une start-up créée spécifiquement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>Les dépenses éligibles sont celles de l&amp;#039;office de transfert de technologies pour la mise en oeuvre du programme de maturation, à l&amp;#039;exception de ses dépenses de fonctionnement internes:
+	ressources humaines (salaires bruts chargés non environnés) dédiées à 100% au programme de maturation technologique ;
+	dépenses de petit matériel ou achats nécessaires à la réalisation du programme ;
+	sous-traitances éventuelles nécessaires à la réalisation du programme ;
+	amortissements d&amp;#039;équipements utilisés dans le programme au prorata de leur temps d&amp;#039;utilisation, et s&amp;#039;ils n&amp;#039;ont pas déjà été financés par une entité publique.</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Emploi</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Universités, établissements d&amp;#039;enseignement supérieur et de recherche &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Entreprises et associations assurant la mission de valorisation des résultats issus de la recherche publique&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection : &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;objet du programme dematuration est une technologie ayant préalablement atteint le stade d&amp;#039;un POC (TRL 3) issue d&amp;#039;un laboratoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Cette technologie fait l&amp;#039;objet d&amp;#039;une stratégie de transfert mise en oeuvre par un office de transfert de technologies, national ou situé sur le territoire néo aquitain ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La cible de transfert est identifiée : une entreprise sur le territoire ou un projet de création de start up sur le territoire ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme de maturation s&amp;#039;appuie sur un actif de PI déposé, décrit, ou protégé ; &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le programme décrit les étapes de la maturation scientifique / technologique d&amp;#039;une innovation en vue de son transfert vers une entreprise et un marché.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/soutien-la-maturation-technologique</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>Le dépôt se fait au fil de l&amp;#039;eau, les dossiers étant instruits selon le calendrier des commissions permanentes. Une première prise de contact avec la personne référente permettra de se procurer un dossier de soumission et d&amp;#039;être accompagné dans le processus de dépôt.</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-maturation-technologique/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>103253</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Ouverture permanente
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien à la numérisation des collections :
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention est de 30 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût d&amp;#039;acquisition du logiciel et des prestations de numérisation et d&amp;#039;indexation, hors coût du contrat de garantie et de maintenance.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est plafonnée à 30 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ &lt;span&gt;
+  , la plateforme des aides régionales.
+ &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HyI4AOCmi</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3878-aide-a-la-construction-la-restauration-lamena/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>90915</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Prototyper les innovations pour un numérique responsable</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la feuille de route régionale pour un Numérique Responsable 2020-2022, la Région Nouvelle-Aquitaine souhaite favoriser l&amp;#039;émergence de solutions numériques au bénéfice de la transition sociale et environnementale, en permettant le prototypage d&amp;#039;innovations numériques à impact positif.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;émergence de solutions numériques à impact environnemental positif en soutenant le prototypage des technologies, services, produits et outils innovants, durables, et à fort potentiel, dédiés à la protection de l&amp;#039;environnement et à la transition environnementale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;innovation numérique pouvant conduire à la création d&amp;#039;outils, de services ou de produits à impact social positif en matière notamment d&amp;#039;insertion professionnelle et d&amp;#039;employabilité, d&amp;#039;accès et de maintien dans l&amp;#039;emploi, d&amp;#039;inclusion, de médiation, d&amp;#039;éducation, de santé, de solidarité, d&amp;#039;accès au logement, de lutte contre les discriminations, de lutte contre la pauvreté ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider la filière numérique à innover dans les technologies, les process de création ou encore les modèles économiques pour concevoir ses produits et services de façon moins impactante.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Biodiversité
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ C&amp;#039;est un appel à projets permanent
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Les entreprises (sauf les autoentrepreneurs et les micro-entrepreneurs) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations et les syndicats professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les collectivités et établissements publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats doivent impérativement justifier, à la date du dépôt de dossier, d&amp;#039;avoir leur siège social en Nouvelle-Aquitaine et s&amp;#039;engagent à réaliser la majorité des travaux relatifs au projet sur le territoire régional.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Pertinence du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact : gain environnemental et/ou social attendu à l&amp;#039;issue du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dimension innovante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nécessité de prototyper et méthodologie de tests
+ &lt;/li&gt;
+ &lt;li&gt;
+  Méthodologie de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compétences du porteur de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partenariats et collaboration avec les acteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Viabilité du modèle économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérennité technique et opérationnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation des technologies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation des technologies libres ou utilisation éthique des données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Comment faire ma demande ?
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Il est recommandé de prendre contact avec le service en amont du dépôt de candidature.
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Télécharger et remplir le dossier de candidature, ainsi que le modèle de budget fourni ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Préparer les pièces justificatives demandées dans le dossier de candidature ;Renvoyer le dossier par e-mail à :
+   protoimpact&amp;#64;nouvelle-aquitaine.fr
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/proto-impact-prototyper-les-innovations-pour-un-numerique-responsable</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délégation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1bc-proto-impact-prototyper-les-innovations-pour-/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>72302</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements numériques des Artisans/Commerçants</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de Relance, la Région Hauts-de-France renforce son soutien aux Artisans-Commerçants dans leur reprise d&amp;#039;activité.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif financier vise à accompagner les artisans/commerçants et les entreprises de l&amp;#039;Economie Sociale et Solidaire (ESS) dans leur transition numérique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses doivent faire l&amp;#039;objet de facturation au nom de l&amp;#039;entreprise bénéficiaire, elles peuvent être de l&amp;#039;acquisition, de la prestation ou de l&amp;#039;abonnement, incluant les frais de conseil amont ou d&amp;#039;installation et de formation aval. Sont éligibles les équipements :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en capacité de vente en ligne (site nouveau ou évolution de site existant),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion de la relation client (GRC ou CRM en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en système de gestion intégrée (PGI ou ERP en anglais),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en progiciels « métiers » (spécifique à un type d&amp;#039;entreprise, à ses fonctions de gestion, ressources humaines, aide à la décision...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et l&amp;#039;organisation de l&amp;#039;entreprise autour de ses données (collecte, structuration, hébergement, exploitation...), voire l&amp;#039;équipement en logiciel d&amp;#039;intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils favorisant la transversalité et le travail collaboratif (présentiel ou distanciel ; visioconférence, espace de travail et de créativité partagé, travail en mode projet...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en application mobile multicanale pour le client ou les collaborateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel numérique ou connecté (caisse, brodeuse, machine de production, appareil robotisé...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en impression additive (impression 3D ; imprimante ou scanner),
+ permettant (pour le client ; pour les collaborateurs) l&amp;#039;usage de la réalité augmentée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matériel informatique rendu nécessaires dans le cadre d&amp;#039;équipement tels qu&amp;#039;évoqués ci-dessus (tablette, smartphone, terminal mobile...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  en outils de webmarketing (mesure de l&amp;#039;activité publicitaire, collecte et gestion de données, optimisation de la relation client...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  en migration complète ou partielle vers l&amp;#039;informatique en nuage (Cloud).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne pourront être éligibles que les dépenses réalisées a posteriori de la date de création de demande d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Emploi</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les artisans/commerçants doivent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être inscrits au RCS et/ou au RM ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CCI, CMA, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser moins de 2 M€ de chiffre d&amp;#039;affaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Entreprise de l&amp;#039;Economie Sociale et Solidaire doivent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être des sociétés de capitaux (SARL, SA, SAS, ...) ayant obtenu l&amp;#039;agrément ESUS,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des sociétés coopératives de production (SCOP),
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des associations employeuses ayant une activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des structures de l&amp;#039;insertion par l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des groupements d&amp;#039;employeurs d&amp;#039;insertion qualification,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être des entreprises existantes, en création ou en reprise, situées sur le territoire des Hauts-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un CA &amp;lt; 2 M€,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un effectif &amp;lt; 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être à jour de ses obligations fiscales et sociales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas répondre à la définition d&amp;#039;entreprise en difficulté,
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un projet de transformation numérique (ce projet doit être certifié par un tiers de confiance : CRESS, IRIAE, URSCOP,, structures d&amp;#039;accompagnement partenaires de la Région, Hauts-de-France Innovation Développement, OPCO, EPCI, tout cabinet conseil spécialisé).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne peuvent pas bénéficier de ce soutien :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les professions libérales réglementées et non réglementées ou assimilées (pharmacies,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les activités financières et immobilières (banques, assurances, agences immobilières,...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les organismes de formation, conseil, bureaux d&amp;#039;études,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le commerce de gros,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les structures agréées ACI (Ateliers Chantiers d&amp;#039;Insertion),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les entreprises de l&amp;#039;ESS et toute entreprise ayant le numérique pour cœur d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.hautsdefrance.fr/sub/extranet/dispositif-consulter.sub?sigle=INAC</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+ez votre conseil régional au 0 800 02 60 80
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f84f-soutenir-les-investissements-numeriques-des-a/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>129711</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement d’infrastructures numériques au sein des territoires</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet d’infrastructures numériques en tant que collectivité
+locale, entreprise publique locale, entreprise, opérateur ou exploitant de
+réseau ou acteur financier ? Vous êtes à la recherche d’un financement
+pour développer le Très Haut Débit fixe ou mobile au sein d’un territoire ? La
+Banque des Territoires peut investir dans le développement d’infrastructures
+contribuant à l’amélioration de la connectivité, la création d’emploi, la
+transformation numérique ou encore à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
+d’investissement concerne les projets portant sur :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les réseaux 4G/5G ;&lt;/li&gt;&lt;li&gt;la sécurisation des réseaux ;&lt;/li&gt;&lt;li&gt;les réseaux fixes des territoires ;&lt;/li&gt;&lt;li&gt;les data centers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;En tant
+que « tiers de confiance », la Banque des Territoires propose de
+financer les projets portant une logique d’intérêt général sous la forme
+d’apports en capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=infrastructures_numeriques_psat</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>133061</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la cybersécurité et la souveraineté numérique</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Financement de vos projets de services numériques</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;🚩&lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos enjeux de cybersécurité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes une collectivité locale et vous souhaitez protéger et gérer les données de vos infrastructures sensibles ou stratégiques, renforcer la sécurité numérique des hôpitaux, administrations ou tout autre acteur territorial ou encore garantir un numérique de confiance à vos administrés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un porteur de projet (entreprise, investisseur, exploitant...) et vous souhaitez développer des solutions numériques éprouvées et accessibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour accompagner les territoires dans leur transition numérique face à une numérisation croissante et à une recrudescence du risque cyber, la Banque des Territoires propose une offre d&amp;#039;investissements pour financer des solutions innovantes autour de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la confiance numérique : identité numérique, signature électronique... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cybersécurité : solutions de gestion du risque cyber, sensibilisation, protection et assurance cyber, détection... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de la data : services de protection de la donnée personnelle et territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cybersecurite_souverainete_numerique</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>121764</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la construction, la restauration, l'aménagement des musées et la numérisation des collections</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 1 000 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Soutien à la numérisation des collections :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le taux d&amp;#039;intervention est de 30 % maximum des dépenses éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses éligibles correspondent au coût d&amp;#039;acquisition du logiciel et des prestations de numérisation et d&amp;#039;indexation, hors coût du contrat de garantie et de maintenance.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide régionale est plafonnée à 30 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale permet de financer en investissement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  .Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;/span&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ &lt;span&gt;
+  , la plateforme des aides régionales.
+ &lt;/span&gt;
+</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-construction-la-restauration-lamenagement-des-musees-et-la-numerisation-des-collections</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+ &lt;br /&gt;
+ Service Patrimoines et inventaire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+ &lt;br /&gt;
+ Héloïse Maillé
+ &lt;br /&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c054-aide-a-la-construction-la-restauration-lamena/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>165507</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent réseau des pôles européens d'innovation numérique (EDIH) IA - 2026</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent EDIH IA - 2026</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;79,2 millions d&amp;#039;euros &lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 79,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 1 million d&amp;#039;euros et 3 millions d&amp;#039;euros par projet.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  La subvention accordée peut être inférieure au montant demandé  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Consolider le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) afin de couvrir toutes les régions de l&amp;#039;Union Européenne et des pays associés en renforçant ses performances et sa capacité à répondre aux besoins locaux, régionaux, nationaux et européens en matière de numérisation&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes afin de faire progresser les objectifs collectifs de l&amp;#039;Europe en matière de climat et d&amp;#039;environnement&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par des pôles d&amp;#039;innovation numérique européens candidats issus de pôles EDIH existants financés par le programme « Europe numérique » et de pôles EDIH ayant obtenu le label d&amp;#039;excellence, tels qu&amp;#039;énumérés dans la &lt;a href="https://eur-lex.europa.eu/eli/dec_impl/2023/1534/oj" target="_blank" rel="nofollow noopener"&gt;décision d&amp;#039;exécution 2023/1534 de la Commission&lt;/a&gt; établissant le réseau initial de pôles EDIH.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-eu-eaa-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-EDIH-EU-EEA-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECT-DIH&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>90847</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Construire une stratégie globale numérique (NOTT)</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne les maîtres d&amp;#039;ouvrage sélectionnées dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique » pour construire et développer une stratégie numérique. Cette stratégie est
+ établie en cohérence notamment avec le Schéma d&amp;#039;Accueil et de Diffusion de l&amp;#039;Information et le Schéma Numérique de Territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtres d&amp;#039;ouvrages publics et privés
+  sélectionnés dans le cadre de l&amp;#039;appel à projet territorial  &amp;#34;Nouvelle Organisation Territoriale Touristique&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% maximum d&amp;#039;un montant de dépenses éligibles d&amp;#039;un coût plafonné annuellement à 150.000 € HT ou TTC.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bornes et site Internet, wifi territorial, accueil numérique et info tourisme, contenus numériques (photos, vidéo, audio...), outils métiers... Les dépenses relatives aux actions de commercialisation ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/strategie-numerique-nott</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (87, 86, 23, 19) : tourisme-limoges&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79,86,17,16) : tourisme-poitiers&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33,24,47,40,64) : tourisme&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f59-strategie-numerique-nott/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>115168</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les archives communales et intercommunales numériques</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des archives communales et intercommunales numériques</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les communes dans leurs obligations règlementaires de conservation et de communication de leurs documents numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Prestation réglementaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Champs d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collecte automatisée des documents.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conservation et communication réglementaires des documents.
+ &lt;/li&gt;
+ &lt;li&gt;
+  À terme, possibilité de gérer les procédures d&amp;#039;élimination réglementaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Signer une convention tripartite entre le représentant légal de la commune ou de l&amp;#039;EPCI, le Président du Conseil départemental et le directeur des archives départementales, chargé du contrôle scientifique et technique des archives publiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes et EPCI de moins de 20.000 habitants adhérents à la société SPL-Xdemat.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/91/18-gestion-des-archives-communales-et-intercommunales-numeriques.htm</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  departement&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/485f-gerer-les-archives-communales-et-intercommuna/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>104534</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création cinématographique, audiovisuelle et numérique en Pays de la Loire.</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;aide à la création cinématographique, audiovisuelle et numérique</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la production 50 % du coût prévisionnel du film, dans la limite de 30 000 €</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le soutien à la création est l&amp;#039;une des priorités de la politique culturelle régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Dans le domaine du cinéma, de l&amp;#039;audiovisuel et de la création numérique, les aides régionales visent à soutenir les productions d&amp;#039;auteurs et de structures régionales et d&amp;#039;attirer en Pays de la Loire des projets de qualité.
+ &lt;br /&gt;
+ En partenariat avec le CNC, le fonds d&amp;#039;aide à la création a ainsi pour objectif de soutenir la diversité de la création, conforter la filière régionale et contribuer à la valorisation du territoire, dans toutes ses dimensions.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région aide la production de longs métrages, fictions télévisées, magazines, documentaires, courts métrages et œuvres numériques, en partenariat avec le CNC.
+ &lt;br /&gt;
+ Elle propose également des aides au développement, destinées à financer la réalisation de pilotes, la réécriture de scénarios de fictions, le développement de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Technologies numériques et numérisation
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tous les types de projets, les dates limites de dépôt des dossiers sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;le lundi 27 janvier 2025,&lt;/li&gt;
+&lt;li&gt;le lundi 19 mai 2025,&lt;/li&gt;
+&lt;p&gt;le lundi 18 août 2025,&lt;/p&gt;
+&lt;li&gt;le lundi 13 octobre 2025.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Le dépôt des dossiers de demande d’aide à la création cinématographique, audiovisuelle et numérique est dématérialisé via l’outil Portail des Aides – voir onglet « Déposer un dossier ».&lt;/p&gt;
+&lt;p&gt;Il vous faut, en parallèle, adresser l’ensemble des éléments déposés en un seul fichier pdf à l’adresse &lt;a href="mailto:cinema&amp;#64;paysdelaloire.fr"&gt;cinema&amp;#64;paysdelaloire.fr&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/fonds-daide-la-creation-cinematographique-audiovisuelle-et-numerique</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/aides/#/prod/connecte/CREATION_CINE/depot/simple</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la culture, du sport et des associations&lt;/p&gt;&lt;p&gt; Service Culture&lt;/p&gt;&lt;p&gt;Guylaine Hass&lt;br /&gt;&lt;strong&gt;Longs métrages, fictions tv, numérique&lt;/strong&gt;&lt;br /&gt;02 28 20 51 30&lt;br /&gt;&lt;a href="mailto:guylaine.hass&amp;#64;paysdelaloire.fr"&gt;guylaine.hass&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Xénia Buet&lt;br /&gt;&lt;strong&gt;Documentaires, courts métrages&lt;/strong&gt;&lt;br /&gt;02 28 20 52 19&lt;br /&gt;&lt;a href="mailto:xenia.buet&amp;#64;paysdelaloire.fr"&gt;xenia.buet&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2fc2-fonds-daide-a-la-creation-cinematographique-a/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>94792</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une maintenance du parc informatique</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champ d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur la
+ &lt;strong&gt;
+  maintenance informatique
+ &lt;/strong&gt;
+ et vous propose une
+ &lt;strong&gt;
+  centrale d&amp;#039;achat à prix coûtant
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Maintenance informatique
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépannage et assistance informatique en ligne ou sur place
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centrale d&amp;#039;achat à prix coûtant de matériels et logiciels informatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage, installation et reprise des données lors d&amp;#039;un remplacement de postes, livraison
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils à la mise en œuvre de l&amp;#039;infrastructure informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenance et logiciels pour les établissements scolaires (expérimentation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt de matériel informatique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet numérique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sébastien Briongos - Responsable du service Matériel Système et Réseaux
+ -
+  &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   sbriongos&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Juliette Dufloux - Assistante achat -
+  &lt;a href="mailto:jdufloux&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   jdufloux&amp;#64;atd16.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0a2f-copie-14h49-beneficier-dune-assistance-inform/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>165508</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent AI - 2026</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent AI - 2026</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;60,2 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 60,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE: 17.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP: 14.4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA: 1 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE: 3.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA: 1.8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP: 17 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE: 17.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP: 14.4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA: 1 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE: 3.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA: 1.8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP: entre 8 et 9 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Améliorer l&amp;#039;infrastructure européenne de données génomiques en soutenant le déploiement d&amp;#039;outils avancés pour la conservation des donnée&lt;/li&gt;    &lt;li&gt;Renforcer la capacité des États membres à séquencer les génomes humains en développant des environnements dédiés et sécurisés de stockage et de traitement des données&lt;/li&gt;    &lt;li&gt;Accélérer l&amp;#039;adoption de solutions européennes basées sur l&amp;#039;IA qui sont prêtes à être déployées dans les établissements de santé pour les soins aux patients et à des fins de recherche&lt;/li&gt;    &lt;li&gt;Renforcer la compétitivité et le leadership en matière d&amp;#039;innovation du secteur automobile européen&lt;/li&gt;    &lt;li&gt;Coordonner et soutenir les projets pilotes mettant en œuvre l&amp;#039;intelligence artificielle générative (GenAI)&lt;/li&gt;    &lt;li&gt;Accroître la productivité et la capacité d&amp;#039;innovation grâce à des technologies de pointe dans le domaine des mondes virtuel&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP entre 48 et 60 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-ai-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-AI-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://digital-strategy.ec.europa.eu/en/activities/digital-programme" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN): &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P93" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/span&gt;&lt;br /&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE (à l&amp;#039;exception des thèmes soumis à des restrictions ; voir dans le call document)&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation). Pour la validation, ils seront invités à télécharger des documents attestant leur statut juridique et leur origine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités de 5 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-DS-HEALTH-STORAGE, DIGITAL-2026-AI-09-DS-HEALTH-TOOLS)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 7 entités de 7 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 3 entités de 3 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-GENAI-PA)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 3 entités doit être constitué (DIGITAL-2026-AI-09-ECAVA)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 4 entités de 3 pays éligibles différents dont : au moins un organisme de recherche et au moins une entreprise privée par secteur identifié dans l&amp;#039;appel (DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-ai-2026/</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=DIGITAL-2026-AI-09&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-ai-2026/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>92939</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Inciter les entreprises à acquérir les compétences permettant la maitrise du digital pour devenir une entreprise digitale</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce parcours s&amp;#039;inscrit dans le cadre de la politique régionale en faveur de la transition numérique et tout particulièrement du Business Act dont la transition numérique est l&amp;#039;un des 3 moteurs. La Région Grand Est souhaite proposer des accompagnements adaptés aux besoins en matière de transition numérique des différentes typologies d&amp;#039;entreprises régionales (TPE, PME, ETI).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est souhaite accélérer la digitalisation des petites entreprises afin de leur permettre de faire face aux évolutions des modes de consommation de la population, aux effets de la fracture urbain/rural, aux nouvelles habitudes en terme de mobilité ou encore aux nouvelles contraintes sanitaires avec pour objectif de maintenir, sur tous les territoires de la région, des commerces et services de proximité, des artisans, des activités touristiques...
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Transformation Digitale propose un accompagnement complet qui vise à inciter les entreprises à acquérir les compétences permettant la maitrise du digital mais également à faciliter l&amp;#039;acquisition des équipements nécessaires pour devenir une entreprise digitale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif propose un parcours de digitalisation articulé autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI/communes/Union de Commerçants...), dans la définition et la mise en œuvre de projets collectifs notamment de plateformes d&amp;#039;achat local, la CCI Grand Est est mobilisée sur ce parcours – ce parcours fait l&amp;#039;objet d&amp;#039;un dispositif dédié ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises avec : un accompagnement au déploiement du digital via des prestataires labellisés par la Région et une aide à l&amp;#039;acquisition de solutions digitales qui vise à rendre opérationnelle l&amp;#039;intégration du digital dans l&amp;#039;entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les entreprises remplissant les critères suivants
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Moins de 20 salariés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un chiffre d&amp;#039;affaires annuel n&amp;#039;excédant pas 2 millions d&amp;#039;euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;au moins un exercice fiscal clos à compter de la date de la demande d&amp;#039;aide (sauf en cas de reprise d&amp;#039;entreprise assortie d&amp;#039;une nouvelle immatriculation ou de création d&amp;#039;un établissement secondaire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Immatriculées au Registre du Commerce et de l&amp;#039;industrie et/ou au Répertoire des métiers et de l&amp;#039;Artisanat et/ou bénéficiant d&amp;#039;une attestation MSA – pour les activités touristiques et agricoles les associations sont éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant une activité relevant d&amp;#039;un code NAF de la liste suivante : Secteur commerce / artisanat    Secteur tourisme    Secteur agricole, 10 à 33 hors 3250A, 43 à 47 hors 4773Z-4774Z-4791A et B, 49 hors (NAF secteur tourisme), 50 (hors NAF secteur tourisme), 51 (hors NAF secteur tourisme), 56, 5914Z, 7420Z, 81, 9003, 95 et 96    4932Z, 4939, 5010Z, 5030Z, 5110Z, 55, 7010Z, 7711A, 7721Z, 79, 8230Z, 8532Z, 8551Z, 8559B, 8899B, 9102Z, 9103Z, 9104Z, 9312 et 9313, 9321 et 9329, 9491Z, 9499Z    0111Z, 0121Z, 0124Z à 0129Z, 0141Z, 0142Z, 0145Z à 0147Z, 0149Z, 0150Z, 0312Z, 0322Z, 1102A
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exerçant une activité marchande majoritairement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En situation régulière au regard des obligations fiscales, sociales et environnementales ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les activités sous forme de franchises ne sont pas éligibles.
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide sous forme de chèque numérique qui comprendra une aide au conseil et prestation numérique réalisée auprès d&amp;#039;un/d&amp;#039;opérateur(s) labellisé(s) par la Région ainsi qu&amp;#039;une aide à l&amp;#039;acquisition de solutions digitales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement proposé par les opérateurs labellisés visera à intégrer, selon les besoins et spécificités de l&amp;#039;activité, les compétences suivantes dans l&amp;#039;entreprise : « je souhaite connaitre et maitriser les outils digitaux permettant d&amp;#039;optimiser l&amp;#039;organisation interne de l&amp;#039;entreprise »,
+&lt;/p&gt;
+« j&amp;#039;adapte mon local, mon environnement pour optimiser l&amp;#039;utilisation d&amp;#039;outils numériques »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de commercialisation multicanale en ligne »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de communication multicanale en ligne ».
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après réalisation du diagnostic de maturité digitale, les demandes se font par l&amp;#039;intermédiaire de la plateforme de téléservice dédiée. Un accusé de réception sera envoyé à réception de la demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien :
+ &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/" rel="noopener" target="_blank"&gt;
+  https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>audrey.lemaire@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87f5-grand-est-transformation-digitale-parcours-in/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>117579</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'inclusion numérique des TPE au sein du territoire</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose une offre d&amp;#039;accompagnement pour favoriser l&amp;#039;inclusion numérique des TPE au sein du territoire. À cet effet, un AMI (Appel à Manifestation d&amp;#039;Intérêt) a été lancé en novembre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du Plan de Relance, différentes actions ont déjà été entreprises. C&amp;#039;est notamment le cas de l&amp;#039;expérimentation du service Clic&amp;amp;Connect qui avait permis d&amp;#039;apporter un soutien numérique aux TPE et PME (assistance par téléphone et Internet pour accompagner les petites entreprises dans leurs défis numériques du quotidien).
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires s&amp;#039;appuie sur de nombreuses expériences en matière d&amp;#039;inclusion numérique pour accompagner les TPE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement auprès de l&amp;#039;opérateur du Pass Numérique #APTIC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des Hubs pour favoriser un numérique inclusif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation au déploiement du programme France Services ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mandat des conseillers numériques du programme France Services pour le compte de l&amp;#039;État.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_numerique_tpe_psat</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d03-favoriser-linclusion-numerique-des-tpe-au-sei/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>111653</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter de nouvelles ressources numériques pour les bibliothèques et médiathèques</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Culture et action extérieure : Bibliothèques et médiathèques</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>2.000€ maximum par territoire.</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bibliothèques et médiathèques : aide aux intercommunalités du Nord-Essonne, pour expérimenter de nouvelles ressources numériques visant à enrichir les offres numériques existantes des intercommunalités.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel, renouvelable un an pour la même ressource.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-02-0021 (AD du 13/11/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Technologies numériques et numérisation
+Animation et mise en réseau
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Intercommunalités du Nord-Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture et de l&amp;#039;action internationale
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 93 52
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7a2b-experimenter-de-nouvelles-ressources-numeriqu/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>101387</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer la santé numérique et les services liés au prendre soin</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+entreprise privée (opérateur, investisseur, exploitant ou société de services
+portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
+entreprise à mission ou corporate venture) et vous développez un projet de
+services relatifs à la santé et au prendre soin ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des Territoires vous permet de
+bénéficier d’un financement adapté à votre projet, de profiter de l’expertise
+d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
+propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
+service lié à la e-santé et au médico-social, comme la transition numérique des
+établissements de santé, l’usage du numérique pour la prévention, les
+technologies innovantes au service des soignants, ou encore un service à impact
+social lié au prendre soin dans la santé, le vieillissement, le handicap, la
+petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
+« tiers de confiance », la Banque des Territoires propose de financer
+les projets portant une logique d’intérêt général sous la forme d’apports en
+capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
+d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
+aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
+la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
+données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
+de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
+sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
+des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
+&lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
+l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
+transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
+et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Santé
+Technologies numériques et numérisation
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>97286</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une sauvegarde informatique et d'usage collaboratifs</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence technique met en place une
+ &lt;strong&gt;
+  sauvegarde de vos données
+ &lt;/strong&gt;
+ conformément aux standards de l&amp;#039;ANSSI
+ &lt;strong&gt;
+  en 3 supports
+ &lt;/strong&gt;
+ distincts dont une sauvegarde externalisée avec l&amp;#039;engagement de retrouver vos données sous 72 heures.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, l&amp;#039;ATD16 propose un
+ &lt;strong&gt;
+  cloud
+ &lt;/strong&gt;
+ souverain pour un
+ &lt;strong&gt;
+  usage collaboratif
+ &lt;/strong&gt;
+ de vos données en
+ &lt;strong&gt;
+  mode nomade
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sauvegarde 3,2,1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer des 3 copies de vos données, stockées sur 2 supports différents et une sauvegarde externalisée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils collaboratifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un cloud souverain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accéder à ses données en synchronisation locale depuis différents appareils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, option Sauvegarde 3,2,1 et usages collaboratifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W98" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sébastien Briongos - Responsable du service Matériel Systèmes et Réseaux -
+  &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   sbriongos&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b2fe-copie-13h15-beneficier-dune-assistance-numeri/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>60927</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la coopération technologique européenne - Label EUREKA</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le labeL EUREKA est une Initiative intergouvernementale de soutien à la coopération technologique européenne permettant aux bénéficiaires d&amp;#039;obtenir un label et un accès aux financements nationaux de leur projet collaboratif de RDI.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Chaque partenaire est susceptible de bénéficier d&amp;#039;une aide nationale, en France par Bpifrance.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le projet cible un produit, procédé ou service innovant proche du marché dont la phase de développement est de trois ans maximum avec une commercialisation rapide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le consortium doit être composé d&amp;#039;au moins deux partenaires implantés dans deux pays membres du réseau
+  &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
+   EUREKA
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Application des règles et procédures qui régissent le programme de financement éventuellement mobilisé [programmes d&amp;#039;Aide à l&amp;#039;Innovation (AI),...].
+&lt;/p&gt;
+&lt;h4&gt;
+ Finalité
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Attribuer un label EUREKA de qualité à des projets collaboratifs transnationaux de Recherche, Développement et Innovation (RDI) ciblant un produit, procédé ou service innovant proche du marché, tous domaines technologiques confondus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter l&amp;#039;accès à des financements nationaux pour les partenaires impliqués dans ces projets.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la notoriété internationale des participants et de leur offre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous participez à un projet collaboratif transnational.
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires éligibles
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;p&gt;
+  Tous les projets collaboratifs impliquant au moins deux participants indépendants implantés dans deux pays membres du réseau EUREKA (liste sur le site
+  &lt;a href="https://www.eurekanetwork.org/eureka-countries"&gt;
+   EUREKA
+  &lt;/a&gt;
+  ).
+ &lt;/p&gt;
+ &lt;p&gt;
+  Indirectement tous les partenaires de ces projets.
+ &lt;/p&gt;
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Aides-concours-et-labels/Labels/Label-EUREKA</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.bpifrance.fr/Contactez-nous"&gt;
+  Bpifrance de votre région
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ et la Direction du Développement et Support Innovation/Programmes Internationaux Innovation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:mael.mbaye&amp;#64;bpifrance.fr"&gt;
+  Mael Mbaye
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:odile.henin&amp;#64;bpifrance.fr"&gt;
+  Odile Hénin
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c277-label-eureka/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>165131</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous êtes un office de tourisme dans le Grand Est et vous souhaitez acquérir des solutions digitales et d’équipements innovants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale d’un montant maximum de 5 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses (minimum de 10 000 €) remboursées jusqu’à 50% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre projet concerne l’acquisition de&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Progiciels &lt;/strong&gt;: progiciel de gestion, de gestion commerciale ou de relation client, de gestion et contrôle, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Logiciels&lt;/strong&gt;: logiciel de gestion RH/comptable/gestion électronique des documents, logiciel de visites virtuelles, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Sites web marchand&lt;/strong&gt;: site internet permettant d’acheter ou de réserver en ligne, création de contenu, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Applications mobiles &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Outils de travail collaboratifs&lt;/strong&gt;: intranet, logiciel de gestion de projet global, plateforme collaborative d’échanges… ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Equipements &lt;/strong&gt;: matériel nécessaire à l’utilisation optimale d’une solution développée ci-dessus en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Expérience augmentée &lt;/strong&gt;: matériels, applications et logiciels permettant l’accès à une réalité virtuelle pour les utilisateurs&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Prestation de photos ou vidéos &lt;/strong&gt;: images permettant la valorisation du territoire concerné pour alimenter un site internet ou une animation spécifique&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le montant minimum de dépenses devra atteindre au moins 10 000 €. Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT/TTC.&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Plafond de 5 000 €&lt;/strong&gt; (pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous)&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les achats de licences et logiciels&lt;/li&gt;
+&lt;li&gt;Les frais de paramétrage et de conception d’une solution numérique&lt;/li&gt;
+&lt;li&gt;Les frais de formation inhérent aux nouveaux équipements&lt;/li&gt;
+&lt;li&gt;Les investissements liés au développement d’un service (site internet/intranet/application)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à des prestations visuelles valorisant le territoire concerné (vidéos, photos…)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à l’expérience augmentée : casques immersifs, vidéos 3D, hologrammes, tables interactives et/ou immersives, bornes interactives, objets connectés, solutions innovantes d’aide à la visite ou d’interprétation, applications, logiciels, etc.&lt;/li&gt;
+&lt;li&gt;Tous les équipements nécessaires à l’utilisation optimale d’une solution développée en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus :&lt;br /&gt;
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le renouvellement du parc informatique seul&lt;/li&gt;
+&lt;li&gt;Les abonnements&lt;/li&gt;
+&lt;li&gt;Les contrats et autres services en location&lt;/li&gt;
+&lt;li&gt;Les frais d’expédition&lt;/li&gt;
+&lt;li&gt;Les contrats de maintenance&lt;/li&gt;
+&lt;li&gt;Les petites fournitures et accessoires&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début de l’achat. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.²&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P100" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2024</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/offices-tourisme-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0270/depot/simple</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez :&lt;/p&gt;&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-offices-de-tourisme-a-la-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>164713</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les Technologies et les vecteurs énergétiques innovants</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Technologies et vecteurs énergétiques innovants</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02. Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet
+Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Aide à l&amp;#039;investissement &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt; Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;/p&gt;&lt;p&gt; Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.
+Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.
+Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/technologies-et-vecteurs-energetiques-innovants</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/technologies-et-vecteurs-energetiques-innovants/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>165510</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;1,8 million d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la coordination et le renforcement des capacités des points de contact nationaux (PCN) pour le programme&lt;/li&gt;    &lt;li&gt;Stimuler la mise en œuvre des politiques numériques de l&amp;#039;UE, la visibilité et l&amp;#039;impact du programme, ainsi que la diffusion et l&amp;#039;exploitation à long terme des résultats&lt;/li&gt;    &lt;li&gt;Renforcer le caractère transnational des activités du réseau, dans le but d&amp;#039;encourager davantage la collaboration&lt;/li&gt;    &lt;li&gt;Aider les PCN à mieux faire connaître le programme « Europe numérique » et les politiques numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : faciliter la coopération transnationale entre les PCN&lt;/li&gt;    &lt;li&gt;Priorité 2 : fournir un cadre qui favorisera la participation au programme et maximisera la sensibilisation générale à celui-ci&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Activités sur-mesure&lt;/li&gt;    &lt;li&gt;Activités transfrontalières&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles si elles sont dument justifiées par un amendement&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-support-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-SUPPORT-09-NCP-NETWORK?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-SUPPORT-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q102" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité :&lt;/p&gt;&lt;p&gt;- Etre des personnes morales (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Etre établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/p&gt;&lt;p&gt;- Un consortium composé d&amp;#039;au moins une entité établie dans un État membre et d&amp;#039;au moins deux candidats indépendants supplémentaires, chacun établi dans un État membre ou un pays associé différent, doit être constitué.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>165506</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;8 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 2 666 666 millions et 4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 50% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Compléter le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) depuis la Suisse&lt;/li&gt;    &lt;li&gt;Continuer à fournir l&amp;#039;ensemble des services d&amp;#039;un EDIH, y compris l&amp;#039;infrastructure nécessaire, en se concentrant principalement sur des zones géographiques spécifiques&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : soutenir le secteur privé et public local dans sa transformation numérique, en mettant particulièrement l&amp;#039;accent sur le soutien au développement, au déploiement de formations et à l&amp;#039;adoption de l&amp;#039;IA européenne.&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Fournir un accès à l&amp;#039;expertise technique et aux installations d&amp;#039;expérimentation&lt;/li&gt;    &lt;li&gt;Formation et développement des compétences  Aide à l&amp;#039;identification et à l&amp;#039;accès à des sources de financement potentielles&lt;/li&gt;    &lt;li&gt;Favoriser un écosystème d&amp;#039;innovation et les opportunités de réseautage&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-ac-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-EDIH-AC-09-COMPLETION-STEP?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-EDIH-AC-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://digital-strategy.ec.europa.eu/en/activities/digital-programme" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN): &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé uniquement de candidats présélectionnés pour les pôles européens d&amp;#039;innovation numérique de Suisse, désignés par leur pays associé respectif, doit être présenté.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-EDIH-AC-09-COMPLETION-STEP?isExactMatch=true&amp;status=31094501,31094502,31094503&amp;callIdentifier=DIGITAL-2026-EDIH-AC-09&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>92601</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en œuvre d’actions innovantes en matière d’usages et de services numériques</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions (y compris études préalables) relatives aux réponses à améliorer en matière de services offerts aux habitants grâce à des services et outils numériques en lien avec les compétences et les politiques publiques départementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions financées devront s&amp;#039;inscrire dans les grands enjeux des Schémas départementaux, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets participant directement ou indirectement à une aide à une entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets ne rentrant pas dans les domaines de compétence soutenables par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de location de locaux et/ou de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renouvellement d&amp;#039;un soutien d&amp;#039;une action déjà subventionnée par le Département
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5aca-soutenir-la-mise-en-uvre-dactions-innovantes-/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>147307</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition écologique et numérique : sciences du climat et réponses</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Sciences du climat et réponses - 2024</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.5 Climat, Energie et Mobilité - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Le cluster &amp;#34;Climate Energy and Mobility&amp;#34; vise à accélérer la double transition verte et numérique et la transformation associée de notre économie, de notre industrie et de notre société en vue d&amp;#039;atteindre la neutralité climatique en Europe d&amp;#039;ici 2050.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 103 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget total par topic :
+  &lt;ul&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-01 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-02 : 22 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-03 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-04: 12 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-05 : 14 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-06 : 5 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-07 : 20 millions d&amp;#039;euros
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Certains budgets Horizon Europe sont structurés en réponse à des ambitions politiques (&amp;#34;destinations&amp;#34;) et déployés par le biais d&amp;#039;appels à propositions ciblant des thèmes/secteurs plus spécifiques (&amp;#34;sujets&amp;#34;). Ainsi, votre candidature doit être liée à un thème d&amp;#039;un appel à propositions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Différentes catégories de projets sont éligibles :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Actions de Recherche et d&amp;#039;Innovation : Recherche fondamentale et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Actions d&amp;#039;innovation : Prototypes, essais, démonstrations, projets pilotes, mise sur le marché. Ces actions peuvent inclure des activités limitées de R&amp;amp;D.
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Actions de coordination et de soutien : Mise en réseau, études et conférences, communication, études pour de nouvelles infrastructures de recherche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Actions Marie Skłodowska-Curie / subventions individuelles du CER : Réseaux de formation pour les chercheurs, bourses individuelles pour les chercheurs expérimentés, échange de personnel - mobilité pour les chercheurs et le personnel non scientifique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   En outre, les appels précisent les catégories de bénéficiaires éligibles :
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composés d&amp;#039;un coordinateur et de plusieurs organisations partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets à bénéficiaire unique, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes aux personnes physiques en leur nom propre avec leur institution d&amp;#039;origine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  TOPICS
+ &lt;/span&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ A venir
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-01: Amélioration de la quantification et de la compréhension des émissions et des puits de méthane naturels et anthropiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-02 : Glaces continentales, y compris la couverture neigeuse, les glaciers, les nappes glaciaires et le pergélisol, et leur interaction avec le changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-03: La science du paléoclimat pour une meilleure compréhension de l&amp;#039;évolution à court et à long terme du système terrestre
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-04: Boîte à outils améliorée pour l&amp;#039;évaluation des impacts climatiques et environnementaux des politiques commerciales
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-05: Prochaine génération de trajectoires à faibles émissions et résilientes au changement climatique et NDCs pour un avenir aligné sur l&amp;#039;Accord de Paris
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-06: Le rôle de la prospective du changement climatique pour l&amp;#039;approvisionnement en matières premières primaires et secondaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-07: Quantification du rôle des principaux écosystèmes terrestres dans le cycle du carbone et les effets climatiques connexes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl5-2024-d1-01-04;callCode&amp;#61;HORIZON-CL5-2024-D1-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;0,1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site de la Direction générale
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/cluster-5-climate-energy-and-mobility_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e536-horizon-europe-sciences-du-climat-et-reponses/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>164819</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les défis Numériques des Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Programme : les défis numériques des Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite favoriser toutes les évolutions qui permettront à l’entreprise de transformer son système d’information et d’apporter un service supplémentaire et plus qualitatif au client final. Elle propose un parcours d’accompagnement des très petites entreprises (TPE) à la transformation numérique intitulé « Défis numériques ». &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;DÉFI 1 : Conquérir le WEB &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : créer votre première vitrine Google &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : déployer votre présence digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer mon site vitrine &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 2 : Rayonner en ligne &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : optimiser votre présence naturelle &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : créer votre stratégie de contenus &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : lancer vos premières campagnes d’acquisition &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 3 : Transformer le digital en business &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : vendre via les plateformes existantes &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : lancer votre boutique digitale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : créer une expérience d’achat unique &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 4 : Établir une bonne relation clients &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : dialoguer avec vos clients &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : construire votre communauté &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : développer votre programme relationnel &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; DÉFI 5 : Propulser votre entreprise avec le numérique &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : digitaliser vos opérations essentielles &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : piloter grâce à des tableaux de bord et indicateurs clés &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : unifier votre gestion digitale adaptée à votre taille &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 6 : Sécuriser votre environnement digital &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : adopter les réflexes cyber &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : cartographier vos risques &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : mettre en conformité votre environnement numérique &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; DÉFI 7 : Tendre vers la sobriété numérique &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Niveau 1 : comprendre votre impact &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 2 : mesurer votre empreinte &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Niveau 3 : construire votre transition écodigitale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>Prise en charge financière du parcours « défis numériques » jusqu’à 4 jours d’intervention sans reste à charge pour l’entreprise grâce au soutien financier des fonds européens et des réseaux consulaires.</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise immatriculée au Registre national des entreprises &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE de moins de 10 salariés &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;TPE réalisant moins de 2 millions de chiffre d&amp;#039;affaires &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Critères de sélection :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Pour entrer dans le programme régional, le chef d’entreprise recevra de son conseiller numérique un lien pour saisir sa demande sur « mes démarches simplifiées » &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Saisie de la demande sur mes démarches simplifiées et entrée dans le parcours.
+		Le parcours se déroule en une première phase comprenant un diagnostic et un plan d’action et une deuxième phase comprenant l’accompagnement dans la mise en œuvre du projet. &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réalisation d’un diagnostic et une définition des défis numériques (1 jour) &lt;/span&gt;A minima, à la fin du diagnostic et avant le démarrage ou non de la deuxième phase (accompagnement), un échange entre le conseiller numérique et le chargé de mission référent de l’économie territoriale sera réalisé sur les modalités de poursuite dans le programme du dirigeant selon plusieurs cas de figure :
+		Pas d’accompagnement post diagnostic,
+		Accompagnement post diagnostic court ou long sans demande de subvention,
+		Accompagnement post diagnostic court ou long avec une demande de subvention &lt;/li&gt;&lt;li&gt;Accompagnement à la réalisation des défis numériques (1 j à 3 jours) selon les besoins identifiés dans le plan d’action.
+		Soit un parcours global (diagnostic et accompagnement) de 2 à 4 jours comprenant l’administratif dont la saisie sur MDS et le Reporting.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>Pour bénéficier d’un accompagnement à la transformation numérique, le chef d’entreprise doit contacter le conseiller numérique de la chambre consulaire (Chambre de Métiers et de l&amp;#039;Artisanat ou Chambre de Commerce et d&amp;#039;Industrie) de son département (voir la liste des conseillers numériques disponible en bas de page).
+Après échange et présentation des besoins, il sera proposé au dirigeant :
+	soit d’entrer dans le dispositif régional,
+	soit un accompagnement autre (formations, prestations etc…).</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-les-defis-numeriques-des-tres-petites-entreprises-tpe/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>103252</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de restauration et de numérisation d’œuvre d’un fonds patrimonial identifié</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration et numérisation d'œuvre d'un fonds patrimonial identifié</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient la préservation et la conservation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié. Constitutives du patrimoine matériel et immatériel, ces archives présentent un réel intérêt à être valorisées auprès du public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux coûts de la restauration de l&amp;#039;œuvre, des travaux de numérisation et d&amp;#039;indexation des données, sur la base du devis présenté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des dépenses éligibles est plafonné à 1 000 000 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit être financé à hauteur de 20 % minimum par la structure porteuse du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide porte sur les travaux de restauration et de numérisation d&amp;#039;archives photographiques, audiovisuelles, papier qu&amp;#039;elles soient privées ou publiques en lien avec l&amp;#039;histoire et la mémoire de l&amp;#039;Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes d&amp;#039;aide devront être déposées sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , la plateforme des aides régionales. La plateforme sera accessible à compter d&amp;#039;avril 2019.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-numerisation-doeuvre-dun-fonds-patrimonial-identifie</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture
+&lt;/p&gt;
+&lt;p&gt;
+ Service Patrimoines et inventaire
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour les départements 75, 77, 92, 93
+&lt;/p&gt;
+&lt;p&gt;
+ Héloïse Maillé
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 66 27
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
+   heloise.maille-virole&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour les départements 78, 91, 94, 95
+ &lt;br /&gt;
+ Kamel Kacihi
+ &lt;br /&gt;
+ Tél. : 01 53 85 64 72
+ &lt;br /&gt;
+ &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  kamel.kacihi&amp;#64;iledefrance.fr
+  &lt;br /&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c39-aide-a-la-restauration-et-numerisation-duvre-/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>104478</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Valider la faisabilité d'un projet (projets d'innovation peu ou pas technologiques)</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire Accès Innovation</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire
+Bpifrance</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>Montant d'intervention maximum : 50.000€</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renforcer le financement de l&amp;#039;innovation au sein d&amp;#039;une entreprise, définie comme un processus visant à industrialiser et commercialiser de nouveaux produits, procédés ou services.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;innovation constitue un levier puissant de différenciation compétitive. La Région et Bpifrance ont décidé de coordonner leurs actions et de renforcer le soutien à l&amp;#039;innovation à travers leur partenariat Pays de la Loire Innovation. Pays de la Loire Accès Innovation vise à valider la faisabilité du projet (projets d&amp;#039;innovation peu ou pas technologiques).
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement apporté à l&amp;#039;entreprise couvrira jusqu&amp;#039;à 50% de l&amp;#039;assiette des dépenses HT retenues et l&amp;#039;aide est plafonnée à 50 K€.
+&lt;/p&gt;
+&lt;p&gt;
+ Type de procédure : Papier
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de projets soutenus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études préalables aux activités de recherche industrielle et/ou de développement expérimental,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux de conception et de définition du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  planification et validation de la faisabilité technico-économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  veille et étude de positionnement stratégique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Consommation et production
+Innovation, créativité et recherche
+Emploi
+Attractivité économique
+Artisanat
+Industrie
+Fiscalité des entreprises</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P108" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q108" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+ Une entreprise qui souhaite se lancer dans un projet d&amp;#039;innovation en s&amp;#039;appuyant sur des compétences publiques ou privées externes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-acces-innovation</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;entreprise et de l&amp;#039;innovation /
+ Bpifrance
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 51 72 94 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf9a-pays-de-la-loire-acces-innovation/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>90836</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir et adapter aux nouvelles technologies du matériel et équipement culturel.</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise le maintien mais aussi l&amp;#039;adaptation aux nouvelles technologies du matériel et équipement culturel.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  participer au maintien d&amp;#039;une activité artistique et culturelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  préserver la vitalité du réseau d&amp;#039;équipements existants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider ces équipements à s&amp;#039;adapter aux nouvelles technologies et aux enjeux de la création contemporaine
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions nécessaires à remplir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  structure professionnelle reconnue et déjà soutenue pour son projet artistique et culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  La structure ne devra pas avoir fait de demande similaire dans les 5 années précédentes ladite demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  équipements en lien avec le projet artistique et culturel : équipements scéniques, matériel son, audiovisuel et lumière...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont exclus les achats de matériel informatique, d&amp;#039;instruments, de mobilier et de véhicules.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/achat-de-materiel-re-equipement-culturel</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>Direction de la Culture et du Patrimoine
+Service Aménagement culturel du territoire
+&lt;br /&gt;
+05 55 45 54 44 / 05 55 45 18 56</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d34a-achat-de-materiel-re-equipement-culturel/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>71329</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de faisabilité ou la démonstration de technologies vertes et innovantes - FASEP</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Économie, des Finances et de la Souveraineté industrielle et numérique</t>
+        </is>
+      </c>
+      <c r="F110" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale du Trésor</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>De 100 000 à 800 000 euros</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds d&amp;#039;études et d&amp;#039;aide au secteur privé (FASEP) est une subvention ou une avance remboursable destinée à financer des études de faisabilité ou des démonstrateurs de technologies innovantes, offerts par la France à un État étranger.
+&lt;/p&gt;
+&lt;p&gt;
+ Il permet de positionner les entreprises françaises en amont de projets d&amp;#039;infrastructures (étude de faisabilité) ou d&amp;#039;obtenir un effet vitrine (démonstrateur). Il permet ainsi à l&amp;#039;entreprise française bénéficiaire de démontrer l&amp;#039;efficacité de ses méthodes et d&amp;#039;acquérir une référence dans le pays partenaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Il se décline en deux catégories :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;a href="https://www.tresor.economie.gouv.fr/services-aux-entreprises/le-fasep/le-fasep-etudes"&gt;
+    Le FASEP Études
+   &lt;/a&gt;
+  &lt;/strong&gt;
+  finance une étude de faisabilité. En se positionnant au plus proche de la réalisation du projet (rédaction des documents d&amp;#039;appels d&amp;#039;offres), il a pour objectif de faire émerger un projet à forte valeur ajoutée française.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;a href="https://www.tresor.economie.gouv.fr/services-aux-entreprises/le-fasep/le-fasep-innovation-verte"&gt;
+    Le FASEP Innovation Verte
+   &lt;/a&gt;
+  &lt;/strong&gt;
+  permet de financer tout ou partie d&amp;#039;un démonstrateur de technologies « vertes ». L&amp;#039;objectif est de démontrer au pays bénéficiaire l&amp;#039;efficacité de certaines technologies françaises pour répondre à leurs besoins prioritaires de développement durable. Il permet à l&amp;#039;entreprise d&amp;#039;acquérir une première référence à l&amp;#039;export  dans le pays visé, dans l&amp;#039;objectif de répliquer le projet et/ou de le déployer à grande échelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un comité interministériel, composé de la Direction Générale du Trésor, du ministère de la Transition Écologique et Solidaire, du ministère de l&amp;#039;Europe et des Affaires Étrangères, de l&amp;#039;Agence Française de Développement, de la Direction du Budget, de la Direction Générale des Entreprises et d&amp;#039;autres ministères selon la nature du projet, évalue mensuellement les projets selon la grille d&amp;#039;analyse suivante:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effet levier	
+:
+ &lt;/strong&gt;
+ Le projet doit pouvoir générer des retombées, ce qui est notamment évalué en fonction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour le FASEP études, des chances que l&amp;#039;étude débouche directement sur un appel d&amp;#039;offres;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour le FASEP innvation verte, des chances de réplication ou de passage à l&amp;#039;échelle du projet dans le pays ou au voisinage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la soutenabilité du modèle économique présenté, et donc des chances de financement aval
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Appropriation locale
+ &lt;/strong&gt;
+ : Le projet doit susciter l&amp;#039;adhésion auprès des autorités locales :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet correspond aux priorités politiques du pays ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bénéficiaire a clairement manifesté son intérêt pour la solution ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bénéficiaire est en mesure de s&amp;#039;approprier le démonstrateur, d&amp;#039;en maîtriser la technicité et de l&amp;#039;utiliser sur le long terme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à l&amp;#039;export
+ &lt;/strong&gt;
+ : Le projet doit favoriser le soutien à l&amp;#039;export pour les entreprises françaises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet lui-même est à forte composante française (85% de valeur ajoutée produite en France, des flexibilités étant possibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet peut permettre de générer des retombées pour d&amp;#039;autres entreprises françaises, figurant notamment dans le club de suivi.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Innovation
+ &lt;/strong&gt;
+ : Le caractère innovant du projet sera évalué :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le projet présente une innovation, technologique ou non (organisationnelle, de services, s&amp;#039;agisse d&amp;#039;une innovation technique...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la solution est innovante par rapport à la situation dans le pays cible ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la solution doit bénéficier d&amp;#039;un niveau de maturité minimum, éprouvée sur le sol français ou ailleurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Impacts environnementaux et sociaux
+ &lt;/strong&gt;
+ : Impact positif du projet en termes de lutte contre le changement climatique, de protection de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Impact sociaux positifs du projet
+ &lt;/strong&gt;
+ : création d&amp;#039;emplois, intégration de l&amp;#039;économie informelle, lutte contre la pauvreté, formation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres critères d&amp;#039;appréciatio
+ &lt;/strong&gt;
+ n
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancement identifié pour compléter l&amp;#039;enveloppe FASEP, que ce soit de la part du bénéficiaire public, de l&amp;#039;entreprise elle-même, ou d&amp;#039;autres financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation de partenaires locaux (PME, ONG)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de la dimension égalité hommes-femmes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Consommation et production
+Innovation, créativité et recherche
+International</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les entreprises sont éligibles au FASEP, notamment les PME à condition que le projet présenté respecte les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une part française de 85 % minimum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des perspectives de retombées aval importantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un intérêt du bénéficiaire local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une solution innovante,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prise en compte des enjeux environnementaux et sociaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tresor.economie.gouv.fr/services-aux-entreprises/le-fasep</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises souhaitant déposer une demande de FASEP peuvent contacter les services de la DG Trésor à cette adresse :
+ &lt;a rel="noopener" target="_blank"&gt;
+  aide-projet&amp;#64;dgtresor.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/84d7-financer-des-etudes-de-faisabilite-ou-la-demo/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>92101</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Gagner en efficacité opérationnelle grâce à la digitalisation de votre organisme</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Notre service digital de pré-remplissage automatique de vos données (text mining)</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les organismes de logements sociaux dans leur digitalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre a pour objectif de faire gagner en efficacité les organismes en facilitant leurs démarches de prêt.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/presentation-service-preremplissage-automatique-donnees-textmining?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_con</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+  https://www.banquedesterritoires.fr/directions-regionales
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+  Contactez-nous à travers notre formulaire de contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6f56-accelerer-la-digitalisation-de-votre-organism/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>163639</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les énergies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Energies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements.&lt;/p&gt;&lt;p&gt;1. Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;2. Aide à l&amp;#039;investissement&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q112" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/system/files/specific_pj_files/Dossier_candidatureAAPtechnologies2025_2026_VF%20%281%29.docx</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En amont du dépôt de candidature à une aide aux études et/ou à l’investissement, le maître d’ouvrage devra contacter le coordinateur de l’appel à projets afin d’échanger sur la nature du projet, l’éligibilité des dépenses, les modalités de l’appel à projets et sur les éléments attendus.&lt;/p&gt;&lt;p&gt;Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>60930</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Sourcer les meilleures startups B2B françaises - Le Hub Digital</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La plateforme de référence pour sourcer les meilleures startups B2B françaises.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La BPI met gratuitement à disposition une plateforme pour vous permettre d&amp;#039;identifier et de contacter les startups qui correspondent le mieux à vos critères en plus de vous donner un accès rapide à des informations sur leurs produits, leurs équipes, leurs clients et bien plus..
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ La plateforme est ouverte et consultable par tous, en créant un compte les internautes auront accès à des services supplémentaires (contacter et avoir plus d&amp;#039;informations sur les startups, créer des listes, poster des appels à projets..).
+&lt;/p&gt;
+&lt;p&gt;
+ Les startups voulant se référencer peuvent postuler directement depuis le site.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Partenaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Le réseau Bpifrance accélère la collaboration entre les entreprises traditionnelles et la crème des startups françaises. Une initiative soutenue par la French Tech et La French Fab.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Finalités
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Pour le Grand Groupe/PME/ETI :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sourcer et contacter en un rien de temps les meilleures startups B2B françaises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sauvegarder et partager ses recherches avec ses collaborateurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  poster ses appels à projets auprès d&amp;#039;une communauté de plus de 1 100 startups B2B,
+ &lt;/li&gt;
+ &lt;li&gt;
+  être accompagné sur la définition de ses besoins d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour la start-up :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  booster sa visibilité gratuitement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  accélérer son business en multipliant les opportunités commerciales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  consulter et postuler à des appels à projets de Grands Groupes/PME/ETI.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes un Grand Groupe/PME/ETI avec des enjeux d&amp;#039;innovation ? Vous cherchez des solutions concrètes et actionnables pour développer votre business ? Vous souhaitez être accompagné par une équipe d&amp;#039;experts ?
+&lt;/p&gt;
+&lt;h4&gt;
+ Bénéficiaires
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Grands Groupes/PME/ETI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Start-ups
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Accompagnement/Mises-en-reseau/Le-Hub-Digital</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ N&amp;#039;attendez plus pour rejoindre la
+ &lt;a href="https://lehub.web.bpifrance.fr/corporates"&gt;
+  plateforme Business du Hub
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>julien.cholin@bpifrance.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82e4-le-hub-digital/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>104486</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le rapprochement avec un laboratoire de recherche pour des projets peu ou pas technologiques</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire Accès Recherche</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire
+Bpifrance</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>Montant d'intervention maximum : 50.000€</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renforcer le financement de l&amp;#039;innovation au sein d&amp;#039;une entreprise, définie comme un processus visant à industrialiser et commercialiser de nouveaux produits, procédés ou services.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;innovation constitue un levier puissant de différenciation compétitive. La Région et Bpifrance ont décidé de coordonner leurs actions et de renforcer le soutien à l&amp;#039;innovation à travers leur partenariat Pays de la Loire Innovation. Pays de la Loire Accès Recherche vise à faciliter le rapprochement avec un laboratoire de recherche pour des projets peu ou pas technologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement apporté à l&amp;#039;entreprise couvrira jusqu&amp;#039;à 50% de l&amp;#039;assiette des dépenses HT retenues et l&amp;#039;aide est plafonnée à 50 K€.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples de projets soutenus : après vérification de l&amp;#039;opportunité du projet (études d&amp;#039;intérêt et de positionnement économique, vérification de propriété intellectuelle...), le projet de maturation vise à conduire les développements techniques (preuve de concept, prototypage) et la stratégie de transfert et de propriété intellectuelle nécessaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P114" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q114" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+ Une entreprise qui souhaite se lancer dans un projet d&amp;#039;innovation en s&amp;#039;appuyant sur des compétences d&amp;#039;un laboratoire de recherche.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-acces-recherche</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 51 72 94 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e471-pays-de-la-loire-acces-recherche/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>154417</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Identifier des solutions numériques innovantes et bénéficier d’un appui méthodologique à l’innovation</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Appui à l’innovation et à la data dans les projets territoriaux</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une collectivité territoriale ou un opérateur des collectivités, et vous souhaitez mettre en place une démarche d&amp;#039;innovation, l&amp;#039;utilisation de solutions digitales ou la gestion de données territoriales ? Les experts de la Banque des Territoires vous accompagnent dans la conduite de vos projets innovants.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous intervenons de deux manières différentes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit en mobilisant des experts pour accompagner les expérimentations ou mener les études amont aux projets (aide à la qualification des besoins, appui à rédaction de CCTP) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit par le biais du cofinancement d&amp;#039;études réalisées par un cabinet extérieur dans la limite de 50% du montant TTC de l&amp;#039;étude (80% en Outre-mer).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;appui à l&amp;#039;innovation et à la data dans les projets territoriaux est destiné en priorité à accélérer la transformation écologique des territoires, et à renforcer la cohésion sociale et territoriale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/appui-innovation-data-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=appui_innovation_data_territor</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/19ef-identifier-des-solutions-numeriques-innovante/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>143292</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux (via Modélisation numérique)</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mieux appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour représenter schématiquement un site ou un phénomène dans le but de comprendre et d&amp;#039;expliquer son fonctionnement mais également de prévoir son comportement comme par exemple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaître les courants (champs de vitesse) des voies navigables à différents niveaux de débits (étiage, moyen, crue) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les courants en amont immédiat d&amp;#039;ouvrages hydrauliques transversaux des voies navigables (barrages, seuils...) à différents niveaux de débits (étiage, moyen, crue) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les conditions de navigation sur une voie navigable (simulateur trajectographie) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître l&amp;#039;agitation (états de mer), les vitesses de courants et le niveau marin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la dynamique de la propagation d&amp;#039;une crue ou d&amp;#039;une submersion marine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les champs d&amp;#039;expansion des crues ou de submersion marine (interaction niveau d&amp;#039;eau et Modèle numérique de terrain) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un outil de prévision des inondations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la modélisation numérique des phénomènes hydrauliques en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La récupération des différentes données de terrains et hydrauliques existantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;analyse et la construction du modèle numérique spécifique à la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le calage du modèle en fonction d&amp;#039;éléments ou d&amp;#039;événements connus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sorties graphiques d&amp;#039;études et rapports d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation potentielle des futurs utilisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude qualitative et quantitative de l&amp;#039;aléa inondation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Appui méthodologique
+Valorisation d'actions
+Mers et océans
+Mobilité fluviale
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/modelisation-numerique-hydraulique-maritime-fluviale</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c2a-apprehender-les-phenomenes-hydrauliques-dans-/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>104796</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au premier équipement des jeunes en lycées professionnels, technologiques et agricoles</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Crédit premier équipement professionnel</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser l&amp;#039;égalité des chances en matière d&amp;#039;éducation et de formation, en accordant un soutien particulier aux élèves de l&amp;#039;enseignement professionnel et technologique pour l&amp;#039;achat le leur premier équipement professionnel
+&lt;/p&gt;
+&lt;p&gt;
+ les formations éligibles accueillent
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des élèves de lycées professionnels, technologiques et agricoles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les étudiants de niveau III (BTS), en formation dans les lycées technologiques et agricoles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les élèves des établissements de formation sanitaire de niveau V.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les jeunes en situation de handicap scolarisés en classes ULIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P117" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2007</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/credit-premier-equipement-professionnel</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des lycées
+ &lt;br /&gt;
+ Service Action éducative et civisme
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Fabienne Rigoli
+   &lt;br /&gt;
+   02 28 20 58 76
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c8cb-credit-premier-equipement-professionnel/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>103324</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Santé numérique et innovation</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I118" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Innovation en santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intelligence artificielle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télémédecine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléconsultation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléexpertise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des professionnels de santé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la prise en charge des patients.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention en fonctionnement :
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention régionale est fixée à 50% de la dépense subventionnable (total des dépenses éligibles). Le montant de subvention est fixé au plafond de 50.000€ par an et par opérateur pour un même projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À noter
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P118" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2019</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets innovants et emblématiques :
+  &lt;/strong&gt;
+  les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les projets de recherche :
+  &lt;/strong&gt;
+  les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service santé :
+ &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  sante&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et
+ &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  pierre.faivre&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01.53.85.53.85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>152558</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal - 2024</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Horizon Europe vise à renforcer la base scientifique et technologique de l&amp;#039;UE et l&amp;#039;Espace européen de la recherche (EER), à stimuler la capacité d&amp;#039;innovation, la compétitivité et l&amp;#039;emploi en Europe, et à répondre aux priorités des citoyens, en soutenant notre modèle et nos valeurs socio-économiques.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+133,5 millions d&amp;#039;euros
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 133,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant par topic :
+  &lt;ul&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-1: 60 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-2: 3,5 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-3: 3 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-5: 19 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-6: 8 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-7: 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-8: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-9: 6 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-10: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-11: 3 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-12: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL6-2024-GOVERNANCE-01-13: 4 millions d&amp;#039;euros
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Différentes catégories de projets sont éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions: Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions: Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions: Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  De même, les appels précisent les bénéficiaires attendus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  TOPICS:
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A venir
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-1: Activités supplémentaires pour le Partenariat européen pour une économie bleue climatiquement neutre, durable et productive
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-2: Des écosystèmes régionaux d&amp;#039;innovation pour favoriser la transformation des systèmes alimentaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-3: Le rôle des médias grand public, des médias sociaux et du marketing dans la promotion de modes de consommation sains et durables et la manière d&amp;#039;encourager les bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-5: Personnalisation/pré-opérationnalisation de prototypes de services aux utilisateurs finaux dans le domaine de l&amp;#039;adaptation au changement climatique et de l&amp;#039;atténuation de ses effets
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-6: Développer des applications innovantes pour soutenir le Green Deal européen, en s&amp;#039;appuyant sur des données météorologiques par satellite
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-7: Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-8: Élargir les résultats du groupe opérationnel du EIP au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-9: Des réseaux thématiques pour compiler et partager des connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-10: Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager les connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-11: Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-12: Développement de réseaux consultatifs de l&amp;#039;UE dans le domaine de la sylviculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-13: Développement de réseaux de conseil de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (EN)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL6-2024-GOVERNANCE-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;null;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;callTopicSearchTableState" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la DG
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/944c-heu-gouvernance-innovante-observations-enviro/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>104611</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Aider les petites entreprises  pour l’acquisition et l’appropriation d’outils numériques à forte valeur ajoutée</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire Investissement numérique</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I120" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J120" s="1" t="inlineStr">
+        <is>
+          <t>plafond fixé à 15 000 euros</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif est une première déclinaison concrète et opérationnelle du Plan Régional pour l&amp;#039;Economie Numérique (PREN) voté en juin 2017. Pays de la Loire Investissement numérique complète l&amp;#039;accompagnement du parcours de la numérisation aux côtés des actions de sensibilisation et d&amp;#039;aide au conseil (Pays de la Loire Conseil).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour qui ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises de moins de 50 salariés, créées depuis plus de 2 ans exerçant une activité marchande majoritairement et ayant un chiffre d&amp;#039;affaires n&amp;#039;excédant pas 10 M€, implantées dans la région Pays de la Loire (siège social, filiale, établissement), sous réserve que l&amp;#039;investissement envisagé concerne directement ladite implantation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le bénéficiaire doit prouver que l&amp;#039;investissement envisagé s&amp;#039;intègre dans une démarche stratégique, par la production d&amp;#039;un rapport d&amp;#039;étude et de préconisations rédigé par un conseil externe, ou par l&amp;#039;entreprise elle-même à l&amp;#039;issue d&amp;#039;une réflexion interne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secteurs inéligibles : professions non commerciales réglementées, entreprises et établissements publics et para-publics, professionnels du e-commerce.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+International
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P120" s="1" t="inlineStr">
+        <is>
+          <t>25/08/2018</t>
+        </is>
+      </c>
+      <c r="Q120" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour quels projets ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisitions de solutions immatérielles à forte valeur ajoutée, dans le cadre d&amp;#039;un projet de développement significatif en terme de chiffre d&amp;#039;affaires ou/et de performance interne. Les dépenses éligibles sont les coûts d&amp;#039;acquisition, les frais d&amp;#039;installation des logiciels, les coûts de maintenance et d&amp;#039;abonnement pour une durée maximale d&amp;#039;un an, les frais de formation liés à l&amp;#039;intégration des logiciels acquis (hors pris en charge par un Organisme Paritaire Collecteur Agréé - OPCA). Ex : ERP, solutions de collecte ou sécurisation des données, intranet, outil de gestion de maintenance, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions financées par crédit-bail ou location financière sont inéligibles, les factures devant être libellées au nom du bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-investissement-numerique</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/aides/#/prod/connecte/PDL_INVNUM/depot/simple</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ numerique&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numéro VERT : 0 800 04 11 11
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fe2c-pays-de-la-loire-investissement-numerique/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>90782</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le transfert de technologie et/ou de connaissances issues d’un laboratoire public pour des applications économiques</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;objectif est d&amp;#039;accompagner les porteurs de projets ou/les entreprises favorisant un transfert de technologie et/ou de connaissances en lien ou issu d&amp;#039;un laboratoire public pour des applications économiques sur le territoire de la Nouvelle-Aquitaine.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ Transfert de technologie ou de connaissances en lien ou issu d&amp;#039;un laboratoire public
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Structures d&amp;#039;incubation
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Créateurs d&amp;#039;entreprises innovantes
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprises toutes tailles
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles : t
+ outes dépenses liées au projet
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;intervention : Subvention maximum de 100%
+&lt;/p&gt;
+&lt;p&gt;
+ Base règlementaire : SA 40391 RDI – SA 40453 PME
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-en-lien-ou-issus-dun-laboratoire-public</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux
+&lt;/p&gt;
+&lt;p&gt;
+ Usagers
+Direction de l&amp;#039;enseignement supérieur recherche et transfert de technologie
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c6b-projets-en-lien-ou-issus-dun-laboratoire-publ/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>90923</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les structures d'interface scientifique et technologique favorisant un transfert de compétence vers les entreprises</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Structures d’interface scientifique et technologique</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;accompagner des structures d&amp;#039;interface scientifique et technologique favorisant ou réalisant un transfert de compétences en direction des entreprises de la région Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Soutien aux structures d&amp;#039;interface scientifique et technologique favorisant un transfert de compétence vers les entreprises
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Centres de développement scientifique et technologique
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les structures en création : toutes dépenses liées au projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les structures existantes : dépenses des programmes de ressourcement scientifique et technologique ; dépenses en équipement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;intervention
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;assiette est composée de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Activité non économique : 100% maximum des investissements et du fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Activité économique : 50% maximum des investissements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Base règlementaire
+&lt;/h3&gt;
+&lt;p&gt;
+ SA 40391 RDI – SA 40957 R&amp;amp;D agricole
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/structures-dinterface-scientifique-et-technologique</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>Service Relation aux Usagers
+Direction de l&amp;#039;enseignement supérieur recherche et transfert de technologie
+05 49 38 49 38
+Du lundi au vendredi de 9h à 18h sans interruption</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3f04-structures-dinterface-scientifique-et-technol/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>104801</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des équipements discriminants sur une technologie de rupture ayant pour objet de démontrer un potentiel d’industrialisation d’une solution</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Démonstrateur de recherche académique</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Recherche</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir l&amp;#039;investissement dans un équipement ou ensemble d&amp;#039;équipements destinés à apporter la preuve d&amp;#039;un potentiel d&amp;#039;industrialisation à partir de résultats de travaux de recherche académiques dont le concept a été préalablement validé en laboratoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Acteur académique de la recherche implanté en Pays de la Loire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P123" s="1" t="inlineStr">
+        <is>
+          <t>30/09/2020</t>
+        </is>
+      </c>
+      <c r="Q123" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Principaux critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le projet doit porter sur une technologie de rupture ou sur un agrégat de briques technologiques donnant lieu à un démonstrateur en rupture avec les technologies existantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit être issu des travaux de la recherche publique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet présente un potentiel de valorisation économique pouvant positionner la région sur des technologies clefs visibles à l&amp;#039;échelle nationale voire internationale et conférera un impact significatif en termes de compétitivité et/ou d&amp;#039;emploi au plan national voire international ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les résultats de la recherche ont déjà fait l&amp;#039;objet, a minima, de validation du principe scientifique par un prototype en laboratoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le secteur dans lequel les équipements évoluent correspond à un domaine économique stratégique de la Région;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le démonstrateur à soutenir ne peut trouver de financement via la création de start up.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le soutien de la Région prend la forme d&amp;#039;un concours financier couvrant une partie des coûts de conception, développement, construction et utilisation d&amp;#039;équipement dans le cadre d&amp;#039;une stratégie de valorisation explicitée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La sélection s&amp;#039;opère en plusieurs phases :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Dépôt d&amp;#039;un pré-projet simplifié en réponse à l&amp;#039;appel à projet ouvert en continu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation du pré-projet devant un comité de pré-sélection
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de pré-sélection, possibilité de déposer un dossier complet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise du dossier complet par des experts extérieurs qui émettent un avis consultatif motivé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décision de la Région
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/demonstrateur-de-recherche-academique</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;enseignement supérieur et de la recherche
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Recherche
+  &lt;br /&gt;
+  Cécile André
+  &lt;br /&gt;
+  &lt;a rel="noopener" target="_blank"&gt;
+   cecile.andre&amp;#64;paysdelaloire.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+  02 28 20 61 71
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c729-demonstrateur-de-recherche-academique/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>120435</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la diffusion de technologies utilisant l'énergie solaire à des fins thermiques</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>ENERGIES RENOUVELABLES DEVELOPPEMENT DE L'ENERGIE SOLAIRE THERMIQUE</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Favoriser la diffusion de technologies utilisant l&amp;#039;énergie solaire à des fins thermiques (eau chaude sanitaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide et montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type : Subvention d&amp;#039;Investissement
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : communes : taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10%,  appliqué sur le montant HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : EPCI : 30 % (taux du règlement d&amp;#039;aide aux territoires drômois en vigueur,  majoré de 10 % pour l&amp;#039;utilisation d&amp;#039;énergies renouvelables), appliqué sur le montant HT.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics du secteur du logement social
+  &lt;/strong&gt;
+  : complément des aides ADEME / Région dans la limite du plafond d‘aides publiques autorisé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide Départementale plafonnée à 50 % du montant HT ou TTC des travaux selon le régime de TVA du Maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers - Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ Par le Service Environnement Sports Nature qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accuse réception du dossier et de sa date de dépôt,
+ &lt;/li&gt;
+ &lt;li&gt;
+  instruit avec consultation d&amp;#039;administrations ou d&amp;#039;organismes partenaires si nécessaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  notifie la subvention au maître d&amp;#039;ouvrage, après vote en Commission permanente ; sont précisés le montant de la subvention attribuée, sa validité, les justificatifs que le maître d&amp;#039;ouvrage devra transmettre au Département pour déclencher le paiement de la subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A noter
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont susceptibles d&amp;#039;être financés dans
+ &lt;strong&gt;
+  la limite des crédits disponibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas de projets importants, il est conseillé aux demandeurs d&amp;#039;informer et d&amp;#039;associer le Département le plus en amont possible, dès l&amp;#039;élaboration du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Energie et Déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Au vu d&amp;#039;une demande de versement de la subvention attribuée, accompagnée de la (des) facture(s)
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ et de l&amp;#039;attestation de mise en service signées du maître d&amp;#039;ouvrage et de l&amp;#039;installateur, ainsi que d&amp;#039;une photo de l&amp;#039;installation
+ &lt;em&gt;
+  .
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement se fait dans la limite des crédits de paiements inscrits au budget départemental, et peut-être étalé dans le temps en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention peut se faire, pour les bénéficiaires de droit public  (communes, groupements de communes, syndicats mixtes, ASA, Établissements Public, Chambres Consulaires...) selon :
+&lt;/p&gt;
+&lt;p&gt;
+ 1)
+ &lt;strong&gt;
+  Acomptes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des acomptes de subvention pourront être versés au fur et à mesure de la réalisation de l&amp;#039;opération au vu, pour les bénéficiaires de droit public : des états d&amp;#039;avancement, visés par le Maître d&amp;#039;Ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le total des acomptes
+ &lt;/strong&gt;
+ versés au vu d&amp;#039;états d&amp;#039;avancements
+ &lt;strong&gt;
+  ne pourra excéder 80 %
+ &lt;/strong&gt;
+ de la subvention départementale prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Au delà de 80 %, il pourra être versé des acomptes
+ &lt;strong&gt;
+  jusqu&amp;#039;à 95 %
+ &lt;/strong&gt;
+ de la subvention départementale prévue,
+ &lt;strong&gt;
+  au vu de justificatifs de dépenses
+ &lt;/strong&gt;
+ , de même nature que les pièces nécessaires au solde.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois il ne sera pas versé d&amp;#039;acomptes d&amp;#039;un montant inférieur à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   1 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit privé (particuliers, associations,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2)
+ &lt;strong&gt;
+  Solde de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera soldée au vu des justificatifs de dépenses arrivés au Conseil Départemental avant la date de
+ &lt;em&gt;
+  fin
+ &lt;/em&gt;
+ de validité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant définitif de la subvention à verser sera arrêté au prorata des dépenses réellement justifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les justificatifs de dépenses à fournir en
+ &lt;strong&gt;
+  &lt;em&gt;
+   1 exemplaire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ sont pour les bénéficiaires de droit public,  les suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ – attestation d&amp;#039;achèvement ou de mise en service, établie par le Maître d&amp;#039;Ouvrage, et certifiant une réalisation conforme à l&amp;#039;opération subventionnée (cette attestation peut-être intégrée dans le certificat justificatif de dépenses).
+&lt;/p&gt;
+&lt;p&gt;
+ – justificatifs des dépenses (signés en original)
+&lt;/p&gt;
+&lt;p&gt;
+ – certificat du maire ou du président – (ordonnateur des dépenses du bénéficiaire de droit public) indiquant le montant total HT et TTC des dépenses réalisées éligibles pour l&amp;#039;opération subventionnée, ainsi que la liste détaillée des justificatifs de dépenses correspondantes (références des factures ou décomptes – date – prestataires – objet – montant HT et TTC).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : les factures et décomptes ne sont pas à transmettre au Département, mais doivent être tenus à sa disposition pour consultation éventuelle sur sa demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ la facturation doit être postérieure à la date de réception du dossier complet par le Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chauffe-Eau Solaires Collectifs (surface efficace de capteurs &amp;gt; 7 m 2 ).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant HT ou TTC selon le régime de TVA du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Obligation de pose du matériel par un installateur qualité RGE « Reconnu Garant de l&amp;#039;Environnement »
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    nécessité d&amp;#039;une étude de faisabilité pour les installations collectives,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Mise en place d&amp;#039;un comptage (équipements) et mise en place d&amp;#039;un plan de suivi et analyse (interne ou externe).
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions / Ne sont pas éligibles :
+ &lt;/strong&gt;
+ Programmes neufs des promoteurs immobiliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage public du secteur du logement social.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/energies-renouvelables-developpement-de-lenergie-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Environnement – Service Environnement Sports Nature
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chef de Service Mme
+ &lt;strong&gt;
+  Isabelle POCHELON
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Chargée de l&amp;#039;instruction
+ &lt;strong&gt;
+  Monique VOLLE
+ &lt;/strong&gt;
+ –
+ &lt;strong&gt;
+  Tél : 04.75.79.81.76
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9e1a-energies-renouvelables-developpement-de-lener/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>162895</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les résidences de création d’une durée de 2 à 10 mois s’inscrivant dans le champ des arts plastiques, numériques et urbains</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Programme régional de résidences d'artistes - arts plastiques, numériques et urbains</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>Le programme de résidences d’artistes vise à soutenir les résidences de création d’une durée de 2 à 10 mois s’inscrivant dans le champ des arts plastiques, numériques et urbains et favorisant une relation vivante des publics à la création.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+      <c r="Q125" s="1" t="inlineStr">
+        <is>
+          <t>18/03/2026</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Peuvent bénéficier du programme régional de résidences d’artistes :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Les artistes &lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;professionnels&lt;/strong&gt; inscrits à la &lt;span&gt;Sécurité sociale des artistes&lt;/span&gt; auteurs.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Les lieux culturels implantés en      Île-de-France&lt;/strong&gt;, et tout particulièrement les lieux dédiés aux arts      plastiques, numériques et urbains, de droit public et de droit privé ainsi que les &lt;strong&gt;autres&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt; lieux publics ou privés &lt;/strong&gt; &lt;strong&gt;porteurs d’un projet culturel &lt;/strong&gt;&lt;em&gt;(Ces structures doivent avoir la capacité de mener des projets culturels et d&amp;#039;accompagner l&amp;#039;artiste tout au long de sa résidence)&lt;/em&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Le programme propose à la fois : &lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;Une aide à la création pour l&amp;#039;artiste &lt;/strong&gt;par le versement d&amp;#039;une bourse d&amp;#039;un montant de 2.000€ net par mois ;&lt;span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une aide au projet&lt;/strong&gt; par le versement éventuel d’une subvention à la structure pour la mise en place du projet d’actions culturelles (correspondant à 50 % des dépenses imputables au projet de résidence). &lt;em&gt;Cette subvention et plafonnée à 30 000 €. L&lt;/em&gt;&lt;span&gt;&lt;em&gt;es structures bénéficiant du soutien de la Région dans le cadre d’une convention de développement culturel ou d’une convention « Fabriques de culture Arts visuels » ne peuvent pas solliciter cette subvention.&lt;/em&gt;&lt;/span&gt;&lt;span&gt;&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Le programme de résidences d’artistes de la Région Île-de-France vise à soutenir les résidences de création d’une&lt;strong&gt; durée de 2 à 10 mois&lt;/strong&gt; s’inscrivant dans le champ des arts plastiques, numériques et urbains et favorisant une relation vivante des publics franciliens à la création contemporaine. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ces résidences s’articulent autour d’un projet de création ou de recherche propre à un artiste accueilli par une structure, et d’un projet d’actions culturelles&lt;/strong&gt;, en direction et avec les publics, coconstruit par l’artiste et la structure (rencontres, ateliers, visites...).&lt;span&gt;&lt;br /&gt;&lt;br /&gt;Ils peuvent comporter un certain nombre d’hybridations avec d&amp;#039;autres champs disciplinaires (édition, cinéma, spectacle vivant…) mais &lt;strong&gt;&lt;span&gt;les arts plastiques, numériques et/ou urbains doivent être leur fondement.&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les candidature au programme régional de résidences d’artistes doivent être déposées sur la plateforme des aides régionales &lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;m&lt;/a&gt;&lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;&lt;span&gt;esdemarches.iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;L’artiste et la structure d’accueil déposent chacun une partie du dossier. Pour cela, ils doivent chacun disposer d’un compte sur &lt;em&gt;Mes démarches&lt;/em&gt;. Si ce n’est pas encore le cas, ils doivent en créer un.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;Le dépôt se fait en &lt;/strong&gt;&lt;strong&gt;deux étapes&lt;/strong&gt; : &lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;La structure d’accueil se connecte à la plateforme avec son compte, sélectionne le dispositif &lt;strong&gt;&lt;em&gt;Programme régional de résidences d’artistes – dossier structure &lt;/em&gt;&lt;/strong&gt;et renseigne ce dernier&lt;em&gt;.&lt;/em&gt;&lt;strong&gt;&lt;em&gt; &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;A l’issue de son dépôt, elle note son numéro de dossier, télécharge le récapitulatif de sa demande, et les transmet à l’artiste.&lt;/li&gt;&lt;li&gt; L’artiste se connecte à la plateforme avec son compte, sélectionne le dispositif &lt;strong&gt;&lt;em&gt;Programme régional de résidences d’artistes – dossier artiste &lt;/em&gt;&lt;/strong&gt;et renseigne ce dernier. Il lui sera demandé, dans le cadre de sa procédure de dépôt, de fournir le numéro de dossier de la structure et le récapitulatif de la demande de cette dernière. Cela permet à la Région de s’assurer de la collaboration de la structure et de l’artiste. &lt;br /&gt;&lt;/li&gt;&lt;/ol&gt; &lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/programme-regional-de-residences-dartistes-arts-plastiques-numeriques-et-urbains</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Direction de la culture, s&lt;/span&gt;&lt;span&gt;ervice EAC et résidences &lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vania Marty&lt;/strong&gt;&lt;span&gt;, chargée de mission résidences : &lt;a href="mailto:vania.marty&amp;#64;iledefrance.fr" target="_blank"&gt;vania.marty&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Laurie Pozzetto&lt;/strong&gt;, chargée de mission EAC et résidences : &lt;a href="mailto:laurie.pozzetto&amp;#64;iledefrance.fr" target="_blank"&gt;laurie.pozzetto&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Delphine Barberolle&lt;/strong&gt;, assistante de gestion : &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" target="_blank"&gt;delphine.barberolle&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-de-residences-dartistes-arts-plastiques-numeriques-et-urbains-1/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>95039</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer des technologies et des méthodes de production nouvelles - Diagnostic de performance industrielle, artisanale et agricole</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide d&amp;#039;accompagner les entreprises à devenir des entreprises 4.0 en leur proposant un diagnostic régional.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;br /&gt;
+&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Entreprises ayant bénéficié de ce dispositif
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.arcgis.com/apps/Embed/index.html?webmap&amp;#61;3a7e55732fdd440cafdd9bedbfc0dae7&amp;amp;extent&amp;#61;1.8032,47.1179,9.9166,50.3727&amp;amp;zoom&amp;#61;true&amp;amp;scale&amp;#61;true&amp;amp;details&amp;#61;true&amp;amp;disable_scroll&amp;#61;true&amp;amp;theme&amp;#61;light" rel="noopener" target="_blank"&gt;
+    Agrandir la carte
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les principaux bénéficiaires sont les entreprises industrielles, artisanales et agricoles qui souhaitent transformer leur modèle d&amp;#039;affaires, leur organisation, leur mode de conception et de commercialisation dans les quatre axes relevant de la performance industrielle. Sont concernées plus particulièrement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les petites et moyennes entreprises - PME implantées dans le Grand Est, ayant une activité de production, désireuses d&amp;#039;être plus compétitives en entrant dans une dynamique entreprises 4.0,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises de taille intermédiaire – ETI et les grandes entreprises ayant un site de production situé dans le Grand Est et présentant une autonomie de décision et de financement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Il est demandé à l&amp;#039;entreprise de produire un argumentaire démontrant l&amp;#039;intérêt du diagnostic « Industrie du Futur » par rapport au site régional. Les PME, ETI et grandes entreprises justifient d&amp;#039;une situation financière saine sur les trois derniers exercices fiscaux et ne sont pas en procédure collective ou judiciaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet éligible
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un groupement d&amp;#039;experts sélectionné par la Région Grand Est intervient durant près de 5 jours sur quatre axes décrit dans le règlement. A l&amp;#039;issue du diagnostic, l&amp;#039;entreprise dispose d&amp;#039;un rapport écrit qui décrit :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;analyse de la situation actuelle de l&amp;#039;entreprise et de son projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les pistes de progrès sur le plan des outils de production, de l&amp;#039;organisation et des ressources, avec une estimation des gains potentiels réalisables,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une proposition de plan d&amp;#039;actions pragmatique permettant d&amp;#039;obtenir rapidement des résultats tangibles, adaptés à la maturité de l&amp;#039;entreprise.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Modalités
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Les dossiers sont reçus au fil de l&amp;#039;eau.
+  &lt;br /&gt;
+  Toute demande fait l&amp;#039;objet d&amp;#039;une déclaration d&amp;#039;intention. Le formulaire de déclaration d&amp;#039;intention est délivré par les services de la Région. Le bénéficiaire s&amp;#039;engage à mentionner le soutien financier de la Région dans tout support de communication. Le bénéficiaire s&amp;#039;engage à communiquer à la Région toute information relative à l&amp;#039;impact de l&amp;#039;aide régionale non couverte par le secret des affaires, afin de lui permettre de disposer des données nécessaires au suivi et à l&amp;#039;évaluation des politiques publiques économiques.
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/diagnostic-de-performance-industrielle-artisanale-agricole/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:industriedufutur&amp;#64;grandest.fr"&gt;
+  industriedufutur&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/74b4-diagnostic-de-performance-industrielle-artisa/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>103463</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition énergétique avec des projets présentants un caractère disruptif sur le plan technologique ou méthodologique</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Solutions innovantes de rupture - Énergie climat</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J127" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 30% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 1 M€.</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p width="100%;"&gt;
+ &lt;/p&gt;&lt;p&gt;
+  En déclinaison de sa Stratégie énergie-climat, la Région soutient les projets visant à accélérer la transition énergétique et présentant un caractère disruptif sur le plan technologique ou méthodologique. Ce dispositif est éligible au
+  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+   budget participatif écologique de la Région Île-de-France
+  &lt;/a&gt;
+  .
+ &lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement des investissements pour des projets en phase expérimentale ou en déploiement, concernant des installations et des équipements ou des développements numériques, notamment :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Solutions de gestion intelligente du réseau adapté à des contraintes locales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Solutions intégrées de gestion intelligente de sites reliés à un périmètre électrique privé,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Outils juridiques et organisationnels pour accompagner les projets d&amp;#039;autoconsommation collective autour du concept de personne morale organisatrice,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Étude du comportement des utilisateurs pour analyser l&amp;#039;acceptabilité et l&amp;#039;appropriation durable de nouveaux produits, services et tarifications énergétiques associées,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Partage et augmentation des données (cadastres, plateformes administrées par et pour la communauté),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sécurisation des données privées télérelevées, transmises et stockées...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le projet doit être suffisamment mature pour une faisabilité opérationnelle rapide et ne doit pas porter sur les projets de production d&amp;#039;énergies renouvelables faisant l&amp;#039;objet d&amp;#039;appels à projets spécifiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur mesdemarches.iledefrance.fr préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Toutes personnes morales, à l&amp;#039;exception de l&amp;#039;État et de ses établissements publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 30% du montant TTC - ou HT en cas de récupération de la TVA (subvention max : 1 M€).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aucune indemnité ne sera versée pour les frais engagés pour l&amp;#039;élaboration du dossier et la participation à l&amp;#039;appel à projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/solutions-innovantes-de-rupture-energie-climat</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-projets-innovants&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aap-projets-innovants&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;br /&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5204-solutions-innovantes-de-rupture/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>117631</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Créer des centres de formation ou développer de nouvelles formations  pour accompagner l'innovation et la transformation digitale dans l'industrie</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Offre d’amorçage pour la création de centres de formation</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne dans votre projet de création d&amp;#039;un centre de formation ou de développement de nouvelles formations dans une structure existante. Objectif : soutenir l&amp;#039;innovation, la transformation digitale, la reconversion des industries ou encore rendre plus attractif les métiers industriels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=centre_formation_psat</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+  Votre contact en région
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9101-creer-des-centres-de-formation-ou-developper-/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P129" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q129" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
 Sports et loisirs
+Tourisme
+Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
 Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
+Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
+Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
 Sécurité
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O143" s="1" t="inlineStr">
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
-[...11 lines deleted...]
- De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
-[...9 lines deleted...]
- &lt;br /&gt;
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W130" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>127288</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
+   Investissement culturel – Aide aux investissements numériques
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P131" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2019</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention, d&amp;#039;un
+ &lt;strong&gt;
+  montant maximum de 30% des dépenses éligibles
+ &lt;/strong&gt;
+ , avec un plafond de dépense de 6,5 M€ pour les travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements, les dépenses éligibles correspondent aux montants des devis des acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet le soutien à la construction et la restructuration des équipements culturels relevant des quatre disciplines suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Enseignement artistique :
+  &lt;/strong&gt;
+  conservatoires agrées par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant :
+  &lt;/strong&gt;
+  lieux de répétition, de formation et de diffusion du spectacle vivant, lieux labellisés par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques :
+  &lt;/strong&gt;
+  centres d&amp;#039;art, espace collectifs de travail, ateliers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   livre et lecture :
+  &lt;/strong&gt;
+  bibliothèques, médiathèques et lieux de vie littéraire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif permet également l
+ e soutien à la rénovation, l&amp;#039;extension ou l&amp;#039;aménagement
+ &lt;strong&gt;
+  des cinémas classés art et essai.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le dispositif permet le soutien à
+ &lt;strong&gt;
+  l&amp;#039;acquisition d&amp;#039;équipements
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier lié à l&amp;#039;accueil du public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fonds initial de la collection d&amp;#039;une nouvelle bibliothèque,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel numérique et scénographique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
+ &lt;/strong&gt;
+ (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
+ &lt;br /&gt;
+ La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
+ &lt;strong&gt;
+  dossier de candidature complet
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En fonction du secteur dont relève le projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant et enseignement artistique
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Christine Vacher -
+  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   christine.vacher&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Livre et lecture
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>163593</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif d&amp;#039;accompagnement des projets collaboratifs de R&amp;amp;D portés par des entreprises. Les entreprises, positionnées sur leur marché et disposant d&amp;#039;une stratégie de R&amp;amp;D à long terme, décident, face à un verrou technologique ou scientifique, de s&amp;#039;adjoindre les compétences d&amp;#039;un laboratoire public, ou/et d&amp;#039;un centre de transfert de technologies et de méthodologies, dans le cadre d&amp;#039;un partenariat pour mettre en oeuvre un projet de R&amp;amp;D collaboratif.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif a pour objectif d’aider les entreprises régionales dans leurs démarches d’innovation, pour améliorer leur positionnement concurrentiel sur le marché et ainsi favoriser le développement économique du territoire.&lt;/p&gt;&lt;p&gt;Le dispositif d’accompagnement au transfert de technologies, cible les collaborations de R&amp;amp;D entre les entreprises et les centres de compétences en accord avec la priorité 2 du schéma régional de développement économique régional : renforcer notre souveraineté par l&amp;#039;innovation responsable, et ainsi s&amp;#039;appuyer sur la recherche pour dynamiser l&amp;#039;innovation, les sauts technologiques, et le transfert vers les entreprises.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;assiette éligible comprend toutes les dépenses de l&amp;#039;entreprise liées au projet. &lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;aide sera calculé après instruction en fonction de la typologie de projet, de la typologie d&amp;#039;entreprise et de sa capacité financière.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie locale et circuits courts
+Innovation, créativité et recherche
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles localisées en Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;être localisée en Nouvelle-Aquitaine (NA);&lt;/p&gt;&lt;p&gt;avoir un projet de partenariat R&amp;amp;D avec un centre de compétences situé dans ou hors du territoire de NA ;&lt;/p&gt;&lt;p&gt;avoir un niveau de fonds propres en adéquation avec sa demande d&amp;#039;aide ;&lt;/p&gt;&lt;p&gt;respecter les règles d&amp;#039;éco-socio conditionnalités mises en place par la Région ;&lt;/p&gt;&lt;p&gt;ne pas distribuer de dividendes issus de la subvention ;&lt;/p&gt;&lt;p&gt;signer un accord de partenariat définissant notamment les règles de confidentialité, de répartition/protection et d&amp;#039;exploitation des résultats issus du projet collaboratif.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La demande devra être faite directement auprès du service concerné, avant le début du projet qui fait l&amp;#039;objet de la demande de subvention. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction de l’enseignement supérieur recherche et transfert de technologie&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de-technologies-et-de-methodologies-et-ou-laboratoires-publics/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>162848</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine apporter des réponses concrètes aux problèmes de désertification médicale</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la télémédecine</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>La Région souhaite faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine qui peuvent permettre, selon le contexte local, d’apporter des réponses concrètes aux problèmes de désertification médicale.&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région peut prendre en charge 50% de la dépense subventionnable à hauteur de 20.000€ pour les équipements mobiles (chariot, mallette, objets portatifs...) et non mobiles (télécabines…).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles peuvent comprendre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’acquisition du matériel nécessaire à la téléconsultation (chariot, ordinateur, matériel connecté, imprimante, terminal de carte Vitale…),&lt;/li&gt;&lt;li&gt;Les solutions informatiques permettant la prise en charge de la consultation.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; La Région entend soutenir prioritairement les projets d&amp;#039;acquisition de matériels légers de téléconsultation mobiles ou non, inscrits dans un parcours de soins et ayant reçu l&amp;#039;aval des autorités de santé.&lt;br /&gt; &lt;p&gt;Dépôt du dossier sur la plateforme régionale &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (sélectionner le dispositif « Soutien à la télémédecine »).&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-la-telemedecine</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:sante&amp;#64;iledefrance.fr" target="_blank"&gt;sante&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-telemedecine-1/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>119980</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
-[...63 lines deleted...]
-      <c r="M144" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X144" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I135" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W135" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>117496</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement des villes</t>
         </is>
       </c>
-      <c r="C145" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K145" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les transports propres et de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
@@ -25264,112 +23510,112 @@
   Traiter les friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour de tels projets, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études visant à structurer le montage économique, financier et juridique ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser un accompagnement en ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>