--- v0 (2025-10-24)
+++ v1 (2026-01-25)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA96"/>
+  <dimension ref="A1:AA27"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,1547 +228,3886 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>119942</v>
+        <v>44633</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
-[...9 lines deleted...]
-          <t>Dotation politique de la ville (DPV)</t>
+          <t>Développer un projet ou une politique culturelle</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Préfectures de département</t>
+          <t>Conseil départemental du Tarn</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+          <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
-[...2 lines deleted...]
- Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ Appui  la mise en place d&amp;#039;un projet culturel de territoire ou projet d&amp;#039;action culturelle des collectivités s&amp;#039;inscrivant dans les orientations de la politique culturelle du Conseil départemental :
+&lt;/p&gt;
+&lt;p&gt;
+ -	encourager la mixité culturelle et l&amp;#039;accessibilité aux pratiques culturelles pour le plus grand nombre
+&lt;/p&gt;
+&lt;p&gt;
+ -	soutien à la structuration et au développement d&amp;#039;actions et équipements culturels
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 90 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participation à la conception d&amp;#039;une nouvelle salle polyvalente à dominante spectacle
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un espace de vie culturel autour d&amp;#039;une Micro-Folie
+&lt;/p&gt;
+&lt;p&gt;
+ Prise de compétence Enseignement et éducation artistique
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
-[...31 lines deleted...]
-      </c>
       <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/23e2-developper-un-projet-ou-une-politique-culture/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>144489</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'édition d'ouvrages</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'édition d'ouvrages</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 45</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Aide ⩽ 45 % du coût de réalisation de l'ouvrage restant à la charge du porteur du projet</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide départementale peut être octroyée à un éditeur, un particulier, une association, une commune ou un groupement de communes pour l&amp;#039;édition d&amp;#039;un ouvrage ou une revue dans un format imprimé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets aidés doivent présenter un intérêt départemental, soit par la thématique abordée ou le lien avec la politique culturelle du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront prioritairement retenus les dossiers présentant des garanties professionnelles (éditeur, diffuseur professionnel, diffusion en librairie). L&amp;#039;originalité du projet et sa valorisation (rencontres, salons, formations, expositions, animations en bibliothèques...), les modes de diffusion de l&amp;#039;ouvrage, les qualités rédactionnelles et formelles, ainsi qu&amp;#039;une fiabilité scientifique avérée pour les publications à caractère patrimonial, seront aussi prises en compte pour l&amp;#039;attribution de l&amp;#039;aide départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=55</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mediatheque&amp;#64;landes.fr" target="_self"&gt;
+  mediatheque&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6a2-aider-a-ledition-douvrage/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>117399</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la prise de compétence culture et son développement</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre aux communes et EPCI de définir leur politique culturelle :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etat des lieux du territoire
+  &lt;/li&gt;
+  &lt;li&gt;
+   Diagnostic et préconisations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;une étude du territoire par la rencontre des acteurs concernés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Constitution d&amp;#039;un comité de pilotage pour le suivi de la réalisation de l&amp;#039;étude jusqu&amp;#039;à la remise des préconisations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
-Sports et loisirs
-[...25 lines deleted...]
-Emploi
+Appui méthodologique
 Animation et mise en réseau
-Transports collectifs et optimisation des trafics routiers
-[...10 lines deleted...]
-      <c r="O2" s="0" t="inlineStr">
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
-[...52 lines deleted...]
- Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56ee-accompagner-les-collectivites-dans-la-prise-d/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>144492</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Musées, le Patrimoine et l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Réglement des aides départementales aux Musées, au Patrimoine, et à l'Archéologie des Landes : Aide aux Musées de France - Aide aux autres acteurs patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Reconnaissant le patrimoine comme facteur d&amp;#039;identité et d&amp;#039;attractivité des territoires, de développement personnel du citoyen, le Département des Landes soutient et promeut une action culturelle et patrimoniale globale s&amp;#039;appuyant sur un réseau de partenaires structurants, qui vise la qualité, l&amp;#039;accessibilité pour tous les publics, l&amp;#039;implication des territoires et des populations, et l&amp;#039;équité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du règlement d&amp;#039;aide à la restauration du patrimoine protégé des communes et de leur groupement, le présent règlement d&amp;#039;aides aux musées, au patrimoine et à l&amp;#039;archéologie des Landes a pour objectifs de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Les projets envisagés doivent répondre aux exigences suivantes :
-[...10 lines deleted...]
- Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   conforter les musées de France comme des acteurs-équipements structurants de cette dynamique par leurs missions permanentes réglementaires inscrites dans un projet scientifique et culturel pluriannuel (telles que définies à l&amp;#039;article L441-2 du Code du Patrimoine, et conformément à la loi du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine).
+  &lt;/li&gt;
+  &lt;li&gt;
+   renforcer les actions en réseau, afin de mieux valoriser les Landes comme destination muséale et patrimoniale.
+  &lt;/li&gt;
+  &lt;li&gt;
+   soutenir des actions d&amp;#039;études, recherches et inventaires qui favorisent des projets territoriaux, en matière de culture, tourisme et patrimoine, ou y participent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   valoriser le patrimoine landais auprès du plus grand nombre par des expositions et manifestations présentant un caractère départemental et un intérêt scientifique et culturel avérés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser le &amp;#34;&amp;#34;parcours d&amp;#039;éducation artistique et culturelle&amp;#34;&amp;#34; de l&amp;#039;élève, instauré par la loi du 8 juillet 2013 d&amp;#039;orientation et de programmation pour la refondation de l&amp;#039;école de la République et formalisé dans la loi du 7 juillet 2016 relative à la liberté de création, à l&amp;#039;architecture et au patrimoine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   encourager le partage, la mutualisation d&amp;#039;expériences, la formation des acteurs du territoire, l&amp;#039;implication citoyenne.&amp;#34;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide départementale sera octroyée à partir des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la spécificité des territoires concernés (rural, urbain, éloigné ou proche d&amp;#039;une offre culturelle et patrimoniale) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les caractéristiques des projets (intérêt départemental, cohérence de la programmation, qualité des contenus scientifiques et culturels, respect des cadres réglementaires et déontologiques, intérêt éducatif, originalité, accessibilité, pertinence des actions proposées et leur adéquation avec les publics visés) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la contribution au renforcement du réseau ou au projet territorial ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la concertation avec la conservation départementale et la cohérence des projets avec les missions et prérogatives des services de l&amp;#039;Etat (DRAC Nouvelle-Aquitaine) et de la Région Nouvelle-Aquitaine.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide départementale tiendra compte d&amp;#039;une éventuelle contribution en nature du Département. En outre, ne seront pas retenues dans le cadre du présent règlement les actions déjà financés par ailleurs par la politique culturelle et patrimoniale du Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=90</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ee-soutenir-les-musees-le-patrimoine-et-larcheol/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>135556</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et enrichir les patrimoines détenus dans les musées (schéma départemental des musées)</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Shéma départemental des musées</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>Aide allant de 20% à 10% suivant la maîtrise d ouvrage</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préserver et enrichir les patrimoines détenus dans les musées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir :  &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Description du projet&lt;/li&gt;&lt;li&gt;Délibération (pour EPCI / communes)&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété ( CERFA / Spécifique)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention EN FONCTIONNEMENT : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt; &lt;/p&gt;&lt;p&gt;Pour
+le formulaire spécifique de
+demande de subvention : se rapprocher du gestionnaire&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Acquisition d&amp;#039;œuvre d&amp;#039;art : exemple le reliquaire de Chamalières entré au musée Crozatier
+&lt;/p&gt;
+&lt;p&gt;
+ Création, réaménagement, extension (Investissement)
+&lt;/p&gt;
+&lt;p&gt;Exposition, colloque, publication, communication, collection (Fonctionnement)&lt;/p&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Musée</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être inscrit dans le schéma muséal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet émargeant à la liste des projets accompagnés dans le cadre du schéma.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les dépenses d&amp;#039;investissement (bâtiments, collections) : 10 à 20% et pour les dépenses de fonctionnement (médiation) : 10 à 20% maximum&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine : culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76&lt;/p&gt;&lt;p&gt;Gestionnaire : Angélique LAFABRIE RAMONA : &lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;angelique.lafabrie&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 40 85
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dcac-preserver-et-enrichir-les-patrimoines-detenus/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>90731</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'organisation de manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Manifestations culturelles</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Nouvelle-Aquitaine accompagne l&amp;#039;organisation des manifestations culturelles implantées sur l&amp;#039;ensemble de son territoire en cohérence avec un des axes majeurs de sa politique culturelle : l&amp;#039;aménagement culturel durable du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement culturel durable du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diversité des expressions artistiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès à la culture pour l&amp;#039;ensemble des personnes et notamment les jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Partenariats et ancrage territorial
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Budget plancher de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 000 € pour les esthétiques suivantes : spectacle vivant, musiques, cinéma.
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 000 € pour les esthétiques : livre, arts plastiques, langues et cultures régionales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Valorisation des contributions volontaires en nature: Le budget prévisionnel peut intégrer des contributions volontaires relatives au bénévolat, à la mise à disposition gratuite de prestations et de biens. Ce montant ne peut excéder 30% du budget prévisionnel global ; il doit apparaître en dépenses et recettes.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond du taux d&amp;#039;aide : 20% du budget.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fin de dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avant le 31 décembre 2020 pour les manifestations ayant lieu entre le 1er janvier et le 31 mai 2021,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant le 28 février 2021 pour les manifestations ayant lieu entre le 1er juin et le 30 septembre 2021,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant le 30 avril 2021 pour les manifestations ayant lieu entre le 1er octobre et le 31 décembre 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etude des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vie d&amp;#039;un dossier après son dépôt par voie dématérialisée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Envoi d&amp;#039;un accusé de réception d&amp;#039;enregistrement du dossier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction par le service d&amp;#039;un accusé de réception de dossier complet ou incomplet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction de la demande par le service &amp;#34;Aménagement culturel du territoire&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echanges entre le porteur de projets et le service instructeur, si besoin, pour des éléments ou pièces complémentaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des projets en Commission Permanente avec vote des élus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Notification d&amp;#039;attribution ou de refus selon la décision des élus.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prise de décision :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La décision est prise en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé (association, entreprise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit public (Collectivité, établissement public)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le service instructeur de la Région étudie l&amp;#039;ensemble de votre dossier de demande et les pièces justificatives fournies.
+ &lt;br /&gt;
+ L&amp;#039;attribution de l&amp;#039;aide repose sur les critères suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un ancrage territorial par des partenariats avec des structures locales notamment culturelles et artistiques et par l&amp;#039;implication des habitants dans la mise en œuvre de la manifestation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Se dérouler à une fréquence annuelle ou biannuelle :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Pour le spectacle vivant et le cinéma : avec une programmation d&amp;#039;au moins 6 propositions professionnelles différentes sur une durée minimale de 2 jours,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour le livre : sur une durée minimale de 2 jours,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les arts plastiques et visuels : sur une durée minimale de 4 jours.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre soutenu financièrement par au moins une collectivité locale dont celle du lieu de réalisation de la manifestation, que ce soit en subvention ou en valorisation par mise à disposition de compétences ou de matériels.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/manifestations-culturelles</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Relation aux Usagers
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05 49 38 49 38
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 18h sans interruption
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e30e-manifestations-culturelles/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>95033</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Aider aux outils de promotion - Arts visuels et Spectacles Vivants</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Arts visuels
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  artiste professionnel du champ des arts visuels exerçant une activité régulière dans la région Grand Est,
+ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  association, porteur juridique du projet du collectif d¡¦artistes installée dans la région Grand Est.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Spectacle vivant
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  équipe artistique professionnelle de spectacle vivant du Grand Est ou bureau de production accompagnant les équipes artistiques dans leurs projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   taux max 50%
+  &lt;/li&gt;
+  &lt;li&gt;
+   plafond 7 500€
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne sont pas éligibles les structures bénéficiant d&amp;#039;un label national ainsi que les structures conventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier d&amp;#039;une activité artistique régulière et reconnue depuis plus de deux ans,
+  &lt;/li&gt;
+  &lt;li&gt;
+   témoigner d&amp;#039;une actualité justifiant la demande,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un plan de valorisation de l&amp;#039;outil de promotion et son intérêt dans le parcours artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : avoir déjà bénéficié d&amp;#039;une aide de la Région au titre de la politique culturelle,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les arts visuels : les publications sur support papier ou numérique des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le spectacle vivant : les supports de promotion audio et audiovisuels réalisés dans des conditions professionnelles et ne faisant pas l&amp;#039;objet d&amp;#039;une commercialisation, ainsi que les support papier,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles les documents de communication : flyers, affiches, tracts.
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts de conception et de fabrication de l&amp;#039;outil. Ne sont pas éligibles les dépenses de valorisation, d&amp;#039;ajustements comptables et d&amp;#039;investissement, les frais bancaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-outils-de-promotion/</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0015/depot/simple</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80b5-aide-aux-outils-de-promotion-arts-visuels-et-/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>137949</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les organisateurs d événements culturels - Festivals</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant - Festival (accompagnement des organisateurs d événements culturels)</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Aides selon le lieu de la manifestation, l’originalité du thème, la période, la fréquentation.</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;:&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir la diffusion et la programmation des différentes disciplines artistiques par des évènements porteurs d&amp;#039;une identité départementale, et par des évènements de moindre ampleur mais qui permettent l&amp;#039;animation de territoires ruraux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département  en relation avec leur territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre demande&lt;/li&gt;&lt;li&gt;Dossier artistique&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;li&gt;Budget&lt;/li&gt;&lt;li&gt;Bilan
+de l&amp;#039;année N-1 (si une aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Dossier de demande de subvention complété
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour
+les demandes de subvention en fonctionnement
+: &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf) &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au financement de manifestations organisées (plus d&amp;#039;une dizaine de festivals : Festival Musiques en Vivarais Lignon...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cca9-soutenir-la-diffusion-et-la-programmation-des/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>95024</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Aider les lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dépôt des dossiers :
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures pouvant s&amp;#039;entourer ou étant dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;une autre collectivité ou de l&amp;#039;Etat pour leur fonctionnement. Ne sont pas concernées par ce dispositif les structures disposant d&amp;#039;un label national au titre de la circulaire du 31 août 2010 du Ministère de la culture et de la communication, ou du programme de scène conventionnée au titre de la circulaire du 5 mai 1999 du Ministère de la culture et de la communication.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-lieux-projets-annuels-structurants/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980b-aide-aux-lieux-et-projets-annuels-culturels-d/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>150686</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les archives communales d'intérêt historique</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la restauration d'archives communales d'intérêt historique</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Cumulable avec la subvention de la Direction Régionale des Affaires Culturelles</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique culturelle, le Département peut accorder aux communes une aide financière pour les aider à restaurer leurs archives patrimoniales en mauvais état. Le Département a souhaité compléter les subventions de l&amp;#039;État versées par la Direction régionale des affaires culturelles (DRAC), en y apportant sa propre contribution pour rendre le dispositif plus attractif. Au-delà d&amp;#039;une aide financière, l&amp;#039;objectif poursuivi par ce dispositif est de sauvegarder le patrimoine écrit local, en garantissant des travaux de restauration de qualité, respectant l&amp;#039;intégrité des archives traitées, ainsi que la réversibilité et la durabilité des matériaux utilisés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Restauration des registres de délibérations ou d&amp;#039;état civil, plans cadastraux du XIXe siècle...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout document d&amp;#039;archives communales antérieur à 1940 (à simple titre d&amp;#039;exemple : registres de délibérations ou d&amp;#039;état civil, plans cadastraux du XIXe siècle...). Il peut être dérogé à la date butoir de 1940 si l&amp;#039;intérêt historique d&amp;#039;un document plus récent est avéré.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions de versement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Respect de la procédure d&amp;#039;instruction du dossier :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Visite préalable des Archives départementales de la Somme pour un diagnostic matériel des documents en mairie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avis technique des Archives départementales préconisant le choix du devis s&amp;#039;inscrivant le mieux dans une démarche de préservation sur le long terme des documents à restaurer.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Après rapport des Archives départementales, délibération de la commission permanente du Conseil départemental pour l&amp;#039;attribution de la subvention.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Envoi d&amp;#039;un courrier de notification à la mairie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Versement de la subvention sur présentation d&amp;#039;une facture acquittée.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ La commune ne doit pas engager les travaux de restauration avant d&amp;#039;avoir reçu le courrier de notification du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire dispose de 12 mois maximum à compter de la notification de l&amp;#039;acte attributif de subvention pour justifier du commencement de l&amp;#039;opération de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Courrier de demande de subvention du Maire à adresser au Président du Conseil départemental de la Somme.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Délibération du conseil municipal décidant la restauration des documents en désignant le devis choisi conformément à l&amp;#039;avis technique des Archives départementales et sollicitant la subvention du Département.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Avis technique des Archives départementales de la Somme
+  &lt;/li&gt;
+  &lt;li&gt;
+   Devis signé et daté par la société en charge des travaux de restauration.
+  &lt;/li&gt;
+  &lt;li&gt;
+   RIB de la commune.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/culture-et-patrimoine/les-aides-culturelles/restauration-archives-communales/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme.
+&lt;/p&gt;
+&lt;p&gt;
+ Archives départementales
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03.60.03.49.50
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:archives&amp;#64;somme.fr" target="_self"&gt;
+  archives&amp;#64;somme.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>auboyer@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87f8-restaurer-les-archives-communales-dinteret-hi/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>105315</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets nouveaux via  "coup de projecteur"</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Culture - projets "coup de projecteur"</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BÉNÉFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres organismes privés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Accompagnement ponctuel de projets culturels nouveaux ou inédits sur examen &lt;/li&gt;&lt;li&gt;Deux temps d’examen : mai/juin et novembre de l’année en cours&lt;/li&gt;&lt;li&gt;Un temps de rencontre avec l’élu en charge de la politique culturelle pourra être sollicité afin de présenter le projet.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;30 % des charges artistiques et techniques&lt;/li&gt;&lt;li&gt;Plafond de subvention : 4 000 euros&lt;/li&gt;&lt;li&gt;Plancher de subvention : 500 euros&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le montant de la subvention est attribué en fonction de la nature du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITÈRES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evénement culturel innovant, atypique, ponctuel, de qualité, première édition d’une manifestation, développant un projet artistique, ayant une résonance départementale sur le territoire charentais, faisant intervenir des spectacles et/ou des artistes professionnels rémunérés, des écrivains, des plasticiens professionnels ou amateurs, qui ne serait par ailleurs pas éligible sur d’autres dispositifs départementaux&lt;/li&gt;&lt;li&gt;Projet s’adressant au plus grand nombre / public-cible (jeune public, public fragilisé...)&lt;/li&gt;&lt;li&gt;Collaboration menée avec les partenaires locaux (associations, commerces, milieu éducatif, collectivités locales...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;PIÈCES A FOURNIR&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres...
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les collectivités, l&amp;#039;extrait de la délibération précisant la nature de l&amp;#039;opération envisagée et sollicitant l&amp;#039;aide du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet détaillé (date, lieu, objectif, communication...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à la notification de décision ou de la convention, sous réserve de la complétude du dossier
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...16 lines deleted...]
- Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/01-Action_culturelle/coup_de_projecteur.pdf</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Culture - Subventions de fonctionnement ou d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 3 mois avant la manifestation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service évènements culturels ; Tél. : 05 16 09 74 51
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eco-charte : Pour vous guider dans l&amp;#039;élaboration de votre projet, le Département a rédigé une charte reprenant les thèmes de l&amp;#039;Agenda 2030 :
+ &lt;a href="https://www.lacharente.fr/fileadmin/user_upload/Medias/2-le_departement/competences_du_departement/action_culturelle/Pdf/Eco_Charte.pdf" rel="noopener" target="_blank"&gt;
+  Consulter l&amp;#039; éco-charte
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a05e-soutenir-les-projets-coup-de-projecteur/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>95032</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux et centres de ressources spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux et centres de ressources spectacle vivant et Arts visuels</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les structures professionnelles positionnées en réseaux ou en centres de ressources et qui contribuent, via l&amp;#039;animation de réseaux et des actions d&amp;#039;information, de médiation ou de formation, à l&amp;#039;accompagnement des acteurs culturels et au développement de la culture sur le territoire et en direction de tous les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités d&amp;#039;accès à la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+Recommandation : le versement du solde de l&amp;#039;aide antérieure est demandé au plus tard à la date du dépôt du nouveau dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
  &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier de son rôle de réseau ou de centre de ressources pour les acteurs culturels et du rayonnement territorial de la structure, être en relation partenariale avec d&amp;#039;autres acteurs de la vie culturelle régionale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ présenter un projet artistique et culturel global comprenant un ou plusieurs des volets suivants :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   veille sur un sujet déterminé du développement culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ingénierie, expertise, conseil aux porteurs de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conception et diffusion d&amp;#039;outils d&amp;#039;appui, d&amp;#039;études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ressources en diffusion ou en matériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   animation, structuration de réseau,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement, appui, conseil, formation en direction d&amp;#039;artistes professionnels ou en voie de professionnalisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement des pratiques amateurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   actions culturelles en direction de publics spécifiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles adaptées à la nature du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir conventionné avec d&amp;#039;autres partenaires publics – Etat, Villes notamment – constitue un atout,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un budget global de fonctionnement de la structure sur 3 ans si le projet s&amp;#039;inscrit sur une durée de 3 ans dans le cadre d&amp;#039;une convention, sur la base de budgets prévisionnels annuels détaillés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0018/depot/simple</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc33-soutien-aux-reseaux-et-centres-de-ressources-/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>104534</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création cinématographique, audiovisuelle et numérique en Pays de la Loire.</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d&amp;apos;aide à la création cinématographique, audiovisuelle et numérique</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la production 50 % du coût prévisionnel du film, dans la limite de 30 000 €</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le soutien à la création est l&amp;#039;une des priorités de la politique culturelle régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Dans le domaine du cinéma, de l&amp;#039;audiovisuel et de la création numérique, les aides régionales visent à soutenir les productions d&amp;#039;auteurs et de structures régionales et d&amp;#039;attirer en Pays de la Loire des projets de qualité.
+ &lt;br /&gt;
+ En partenariat avec le CNC, le fonds d&amp;#039;aide à la création a ainsi pour objectif de soutenir la diversité de la création, conforter la filière régionale et contribuer à la valorisation du territoire, dans toutes ses dimensions.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région aide la production de longs métrages, fictions télévisées, magazines, documentaires, courts métrages et œuvres numériques, en partenariat avec le CNC.
+ &lt;br /&gt;
+ Elle propose également des aides au développement, destinées à financer la réalisation de pilotes, la réécriture de scénarios de fictions, le développement de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Technologies numériques et numérisation
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tous les types de projets, les dates limites de dépôt des dossiers sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;le lundi 27 janvier 2025,&lt;/li&gt;
+&lt;li&gt;le lundi 19 mai 2025,&lt;/li&gt;
+&lt;p&gt;le lundi 18 août 2025,&lt;/p&gt;
+&lt;li&gt;le lundi 13 octobre 2025.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Le dépôt des dossiers de demande d’aide à la création cinématographique, audiovisuelle et numérique est dématérialisé via l’outil Portail des Aides – voir onglet « Déposer un dossier ».&lt;/p&gt;
+&lt;p&gt;Il vous faut, en parallèle, adresser l’ensemble des éléments déposés en un seul fichier pdf à l’adresse &lt;a href="mailto:cinema&amp;#64;paysdelaloire.fr"&gt;cinema&amp;#64;paysdelaloire.fr&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/fonds-daide-la-creation-cinematographique-audiovisuelle-et-numerique</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CREATION_CINE/depot/simple</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la culture, du sport et des associations&lt;/p&gt;&lt;p&gt; Service Culture&lt;/p&gt;&lt;p&gt;Guylaine Hass&lt;br /&gt;&lt;strong&gt;Longs métrages, fictions tv, numérique&lt;/strong&gt;&lt;br /&gt;02 28 20 51 30&lt;br /&gt;&lt;a href="mailto:guylaine.hass&amp;#64;paysdelaloire.fr"&gt;guylaine.hass&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Xénia Buet&lt;br /&gt;&lt;strong&gt;Documentaires, courts métrages&lt;/strong&gt;&lt;br /&gt;02 28 20 52 19&lt;br /&gt;&lt;a href="mailto:xenia.buet&amp;#64;paysdelaloire.fr"&gt;xenia.buet&amp;#64;paysdelaloire.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2fc2-fonds-daide-a-la-creation-cinematographique-a/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>94924</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux initiatives artistiques et culturelles locales</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Recherche</t>
-[...49 lines deleted...]
- Calendrier
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide &amp;#34;Soutien aux initiatives artistiques et culturelles locales&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif : Par ce dispositif, la Région Grand Est décide de contribuer au développement culturel des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Ouverture du dépôt des dossiers : 02 juin 2023.
-[...8 lines deleted...]
-  Annonce des résultats : les projets retenus seront informés par email, au plus tard le 31 juillet 2023 (à l&amp;#039;adresse utilisée pour compléter le dossier sur Démarches Simplifiées).
+  soutenir des projets culturels ponctuels sur les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives enrichissant l&amp;#039;offre culturelle dans les territoires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des projets de diffusion culturelle et participer à une démarche d&amp;#039;irrigation des territoires associant praticiens amateurs encadrés par des artistes et des techniciens professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir des initiatives associatives portant un projet relevant d&amp;#039;une démarche artistique et culturelle favorisant l&amp;#039;accès des citoyens aux différentes formes d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le bilan du projet devra être transmis au plus tard le 31 mars 2024.
-[...51 lines deleted...]
- Ont déjà été soutenus des projets de création chorégraphique, participatifs, impliquant des sportifs amateurs.
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles ou porteuses d&amp;#039;un projet culturel ayant leur siège dans la région Grand Est, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide revêt la forme d&amp;#039;une subvention de fonctionnement. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande d&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont traités au fil de l&amp;#039;eau. La date de réception par la Région du dossier complet doit être antérieure de 4 mois avant la date de démarrage de l&amp;#039;opération.
+ &lt;strong&gt;
+  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
+ &lt;/strong&gt;
+ Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
-Musée
-[...108 lines deleted...]
- Les dépenses éligibles concernent les coûts directement liés à la conception et à la mise en œuvre du projet artistique (dépenses artistiques : recherche, production, diffusion ; techniques ; médiation avec les publics ; administration du projet).
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>18/06/2019</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter dans la programmation une ligne éditoriale artistique identifiée et répondant aux exigences techniques et artistiques indispensables à la bonne conduite d&amp;#039;un tel projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire appel à des artistes et des techniciens professionnels,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour les manifestations, être d&amp;#039;une durée minimale de 3 jours pour les arts visuels et spectacle vivant ou donner au moins 6 représentations pour le spectacle vivant,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   faire apparaitre clairement la part artistique dans le budget,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale sachant que la Région ne saurait être le premier financeur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;inscrire dans une dynamique et un rayonnement a minima intercommunal,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant et de arts visuels.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+  &lt;/strong&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/initiatives-artistiques-et-culturelles-locales/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier de demande de subvention à retourner par email au minimum 4 mois avant la date de démarrage de l&amp;#039;opération à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  culture-subvention&amp;#64;grandest.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
-[...61 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>1067</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux et les projets de spectacle vivant structurants</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H4" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J4" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...2 lines deleted...]
- Les objectifs sont multiples et visent à
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>http://culture-subvention@grandest.fr</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ culture-subvention&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/47f8-aide-aux-lieux-et-projets-annuels-structurant/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>135555</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la présence de grandes expositions dans les sites emblématiques du Département</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux grandes expositions</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>10% du budget de l exposition avec un plafond d aide maximum de 30.000€</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la diffusion de grandes expositions dans les sites emblématiques du département ; mettre en place des actions en direction des publics cibles identifiés par le Département ; permettre aux publics d&amp;#039;accéder sur différents territoires à une offre culturelle diversifiée structurée et adaptée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA)&lt;/li&gt;&lt;li&gt;Délibération (EPCI / Communes)&lt;/li&gt;&lt;li&gt;Description du projet&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ permanente&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention EN FONCTIONNEMENT : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;br /&gt;&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exposition Dubuffet à l&amp;#039;hôtel du Doyenné de Brioude ou Japon au musée Crozatier du Puy en Velay en 2025.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 3 types d&amp;#039;expositions distinguées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  grandes expositions à budget minimum de 100 000 euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  expositions intermédiaires à budget compris entre 50 000 et 100 000 euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  expositions découvertes à budget minimum de 20 000 euros.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutes doivent disposer d&amp;#039;un service des publics et/ou éducatif
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
  &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - &lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;culture.patrimoine&amp;#64;hauteloire.fr&lt;/a&gt; - 04 71 07 43 76&lt;/p&gt;&lt;p&gt;Gestionnaire : Angélique LAFABRIE RAMONA - angelique.lafabrie&lt;a href="mailto:aurelie.deladeuille&amp;#64;hauteloire.fr" target="_self"&gt;&amp;#64;hauteloire.fr&lt;/a&gt;  - 04 71 07 40 85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8edf-aider-aux-grandes-expositions/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>161861</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les archives et le patrimoine des communes et intercommunalités</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation des archives et du patrimoine des communes et intercommunalités</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le projet
+valorisation des archives et du patrimoine des communes s’adresse à l’ensemble
+des collectivités territoriales du département de Seine-et-Marne qui souhaitent
+valoriser une histoire, un bâtiment ou produire toute manifestation culturelle
+s’appuyant sur les archives présentes en commune et/ou aux Archives
+départementales.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p align="left"&gt;&lt;strong&gt;La nature des projets : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La condition principale étant de s’appuyer sur les sources
+archivistiques, les collectivités disposent d’une liberté d’action importante
+dans la nature des projets proposés. Pouvant prendre la forme d’une exposition,
+d’un parcours historique ou encore d’une collecte de témoignages oraux en lien
+avec une thématique historique. L’originalité, la créativité ou encore la
+faisabilité de la proposition sont autant de critères conditionnant la prise en
+charge du projet par le Département.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les acteurs du partenariat :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le partenariat est établi entre le Département, représenté
+par la direction des archives départementales, et les collectivités locales. L’objectif
+est également d’associer les acteurs issus du tissu local comme les
+associations d’histoire ou les érudits locaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contenu :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recherches documentaires et archives ;&lt;/li&gt;&lt;li&gt;Accompagnement dans le processus de définition du projet (contenu, support,…) ;&lt;/li&gt;&lt;li&gt;La direction des Archives Départementales travaillant en amont du projet avec les collectivités candidates, l’objectif est de définir un projet cohérent permettant d’être financé dans le cadre de la politique culturelle du Département.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Appui méthodologique
+Valorisation d'actions
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S&amp;#039;adresse aux collectivités de Seine-et-Marne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sylvie ROGNON, Directrice du GIP ID77&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-archives-et-le-patrimoine-des-communes-et-intercommunalites/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>162795</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mobilité des éditeurs de Provence-Alpes-Cote d'Azur</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la mobilité des éditeurs de Provence-Alpes-Cote d'Azur</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de sa politique culturelle, la Région Provence-Alpes-Côte d&amp;#039;Azur propose un soutien spécifique aux maisons d&amp;#039;édition professionnelles souhaitant participer à des événements situés hors région et cohérents avec leur positionnement éditorial, pour favoriser leur notoriété et leur développement en France ou à l&amp;#039;étranger.&lt;/p&gt; &lt;p&gt;Editeurs indépendants, disposant d&amp;#039;un établissement ou d&amp;#039;une succursale dans la région.&lt;/p&gt; &lt;p&gt;Les éditeurs indépendants, disposant d’un établissement ou d’une succursale dans la région. Ce dispositif exclut le financement des éditeurs souhaitant bénéficier d’une aide pour une participation à un salon ou un évènement déjà pris en charge par une association professionnelle d’éditeurs soutenue par la Région. De plus, l’aide de la Région à un éditeur pour participer à un salon ne sera cumulable en aucune façon à un soutien par un réseau d’éditeurs pour le même événement.&lt;br /&gt; &lt;br /&gt; Les éditeurs peuvent bénéficier d’aides pour participer à des événements hors Provence-Alpes-Côte d&amp;#039;Azur, en France ou à l’étranger.&lt;br /&gt; Ils présentent un programme prévisionnel de participations sur une année, et ne peuvent solliciter cette aide qu’une fois par an.&lt;br /&gt; Les manifestations littéraires proposées doivent être en cohérence avec le positionnement éditorial de l’éditeur, qui présentera de manière précise les motivations de ses choix d’événements, en démontrant leur pertinence. Ces manifestations devront permettre à l’éditeur d’accroître sa notoriété et de réaliser pendant l’événement des ventes d’ouvrages qu’il a publiés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les éditeurs indépendants, disposant d’un établissement ou d’une succursale dans la région. Ce dispositif exclut le financement des éditeurs souhaitant bénéficier d’une aide pour une participation à un salon ou un évènement déjà pris en charge par une association professionnelle d’éditeurs soutenue par la Région. De plus, l’aide de la Région à un éditeur pour participer à un salon ne sera cumulable en aucune façon à un soutien par un réseau d’éditeurs pour le même événement.&lt;br /&gt; &lt;br /&gt; Les éditeurs peuvent bénéficier d’aides pour participer à des événements hors Provence-Alpes-Côte d&amp;#039;Azur, en France ou à l’étranger.&lt;br /&gt; Ils présentent un programme prévisionnel de participations sur une année, et ne peuvent solliciter cette aide qu’une fois par an.&lt;br /&gt; Les manifestations littéraires proposées doivent être en cohérence avec le positionnement éditorial de l’éditeur, qui présentera de manière précise les motivations de ses choix d’événements, en démontrant leur pertinence. Ces manifestations devront permettre à l’éditeur d’accroître sa notoriété et de réaliser pendant l’événement des ventes d’ouvrages qu’il a publiés.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-la-mobilite-des-editeurs-de-provence-alpes-cote-dazur</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Valérie Miletto: &lt;a href="mailto:vmiletto&amp;#64;maregionsud.fr"&gt;vmiletto&amp;#64;maregionsud.fr &lt;/a&gt; &lt;br /&gt; Tél:  04 88 73 67 06 / 06 86 53 56 77 &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Gestionnaire pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Estelle Monier : &lt;a href="mailto:emonier&amp;#64;maregionsud.fr"&gt;emonier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Tél: 04 91 57 59 69&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-mobilite-des-editeurs-de-provence-alpes-cote-dazur/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>19894</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Diffuser l'art contemporain en organisant des expositions, des résidences, des événements et des festivals</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte tenu de la richesse de l&amp;#039;art contemporain en région, mais aussi des fragilités identifiées dans ce secteur, la Région Occitanie a souhaité en faire un axe fort de sa politique régionale Culture et Patrimoine.
+ Aussi, la Région impulse, facilite et accompagne des initiatives dont la vocation est de porter l&amp;#039;art contemporain au plus près de chacun avec une ambition qualitative et une volonté de rayonnement régional.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  renforcer l&amp;#039;attractivité et le rayonnement du territoire notamment après des jeunes
-[...54 lines deleted...]
-  Emergence, modernisation et développement de lieux pluri-acteurs et/ou pluri-disciplines dédiés exclusivement à la pratique culturelle et artistique
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement d&amp;#039;artistes professionnels vivant et travaillant sur le territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional, national ou international.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;</t>
-[...21 lines deleted...]
- &lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide est défini en fonction de la dimension du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant d&amp;#039;un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt de la demande :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt de la demande doit être antérieur à la réalisation du projet.
+ Il doit être fait avant l&amp;#039;échéance fixée pour ce dispositif et pour l&amp;#039;exercice concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande doit impérativement être déposée au moyen du dossier type de demande de subvention (plus envoi par email) intégrant l&amp;#039;ensemble des pièces à fournir et accompagné d&amp;#039;un RIB et d&amp;#039;un courrier de demande de soutien adressé à la Présidente de la Région Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
-[...216 lines deleted...]
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
-Sports et loisirs
-[...7 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
-[...8 lines deleted...]
- Les projets doivent :
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;aides et dispositions spécifiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   A/ Aide aux expositions, résidences et événements de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ concerné est celui de l&amp;#039;art contemporain et de l&amp;#039;architecture contemporaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des structures conventionnées et bénéficiant éventuellement d&amp;#039;un label d&amp;#039;État (centre d&amp;#039;art, FRAC, ...) pour l&amp;#039;ensemble de leur programme d&amp;#039;activité, c&amp;#039;est-à-dire pour leur programmation artistique et culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   des structures non conventionnées, pour le soutien à une manifestation, un projet spécifique, ou un volet de leur activité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de nouvelles organisations basées sur les principes de coopération et de mutualisation comme les tiers-lieux, les espaces de co-working et de fabrique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les actions soutenues sont des actions de diffusion de l&amp;#039;art contemporain (expositions, performances...) de rayonnement régional ou national, voire international, et qui intègrent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une dimension de soutien à la création (production, résidences)
+  &lt;/li&gt;
+  &lt;li&gt;
+   un volet d&amp;#039;actions en direction des publics (médiation, sensibilisation, éducation artistique)
+  &lt;/li&gt;
+  &lt;li&gt;
+   des partenariats artistiques et des actions territoriales associés
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   proposer sur le territoire une programmation artistique et culturelle de rayonnement au moins régional présentant des artistes professionnels (assujettis ou affiliés à la Maison des Artistes ou à l&amp;#039;Agessa ou diplômés d&amp;#039;un établissement supérieur d&amp;#039;enseignement artistique/architecture) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir une programmation basée sur des invitations faites à des artistes extérieurs à la structure porteuse du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   affirmer un engagement auprès d&amp;#039;artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmer des actions culturelles en direction des publics, en lien avec la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscrire leur activité dans une complémentarité et des synergies avec l&amp;#039;environnement local et départemental (partenariats, ancrage affirmé) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de locaux et/ou moyens techniques mobilisables permettant des conditions professionnelles de monstration et de conservation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les salons et foires d&amp;#039;art contemporain sur le territoire sauf s&amp;#039;ils s&amp;#039;intègrent dans une démarche de projet de réseau professionnel de rayonnement a minima régional et de portage associatif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Seront appréciés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la cohérence, l&amp;#039;indépendance, le caractère singulier de la ligne artistique et l&amp;#039;ambition de la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication dans l&amp;#039;accompagnement des artistes par des (co)productions ou des résidences par exemple ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;attention portée à l&amp;#039;émergence de nouveaux talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en œuvre de partenariats riches et diversifiés tant au niveau artistique dans les réseaux professionnels spécialisés (coproduction, coédition...) qu&amp;#039;au niveau culturel avec la société civile (les entreprises, les milieux associatifs et scolaires). Aussi bien à une échelle de proximité que régionale et au-delà ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le caractère actif et inventif des actions culturelles ou éducatives ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le professionnalisme de la gestion de l&amp;#039;activité et de la communication ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la part du budget consacrée à la rémunération des artistes (honoraires) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   B/ Aide aux festivals de création visuelle
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide concerne les festivals :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   de rayonnement régional, national, voire international ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui œuvrent pour la promotion de la création et de la diversité de l&amp;#039;offre culturelle ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui permettent la diffusion et l&amp;#039;accès aux œuvres auprès d&amp;#039;un large public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   qui participent à l&amp;#039;économie du territoire et à son attractivité en terme touristique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces opérateurs doivent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   démontrer la viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   prévoir une durée minimale du festival de 2 jours.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les festivals off ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seront appréciés les points suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1) La qualité de la programmation qui sera évaluée selon les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme et/ou la reconnaissance de la direction artistique ou du commissaire invité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en œuvre une ligne artistique cohérente faisant intervenir des artistes et des photographes professionnels ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à la diversité artistique, à la singularité et à l&amp;#039;innovation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;équilibre femme/ homme dans la programmation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à l&amp;#039;émergence des talents ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée aux artistes professionnels vivant et travaillant en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmation au minimum de 5 expositions monographiques ou collectives ou événements réparties sur au moins deux jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   attention portée à une part significative du budget consacrée aux dépenses artistiques, et en particulier à la rémunération des artistes, à la production d&amp;#039;œuvres.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 2) Diffusion (politique des publics)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   accessibilité et actions auprès des publics (médiation notamment, tarifs attractifs...) visant à l&amp;#039;élargissement des publics, notamment des publics empêchés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3) Attractivité économique et tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   échanges avec le secteur touristique et ses principaux opérateurs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   retombées économiques de la manifestation pour son territoire d&amp;#039;implantation et pour la région.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 4) Développement territorial
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   complémentarité et synergie avec l&amp;#039;environnement local et départemental (partenariats avec d&amp;#039;autres opérateurs culturels du territoire de proximité) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamique de réseau et lien de coopération avec d&amp;#039;autres partenaires régionaux et nationaux voire internationaux, d&amp;#039;autres territoires (Régions, Euro-région,...), d&amp;#039;autres festivals, dans la perspective d&amp;#039;optimiser la circulation des œuvres et des artistes (inscription dans les réseaux d&amp;#039;art contemporain) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aménagement et dynamisation du territoire. Mise en œuvre d&amp;#039;actions de décentralisation avec une attention portée aux territoires ruraux et péri-urbains ainsi qu&amp;#039;à la dynamique sociale (mobilisation de la population locale...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à mobiliser des financements publics autres que la subvention régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 5) Développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   promotion du développement durable par la mise en place de dispositifs spécifiques pendant la durée du festival (transports peu polluants, gestion des déchets et de la ressource...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ Sont éligibles : Toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention (dépenses artistiques et pédagogiques, frais de personnel, de communication, de transport, ...) quelle que soit la date à laquelle la dépense est réalisée, à la condition qu&amp;#039;elles soient en lien direct et justifié avec le programme subventionné.
+&lt;p&gt;
+ Sont exclus de l&amp;#039;assiette subventionnable et donc de la dépense éligible :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la valorisation du bénévolat et des mises à disposition en nature ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dotations aux amortissements et aux provisions ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les intérêts des emprunts et les agios ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les impôts et taxes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Art-contemporain-Dispositif-d-aide-a-la-diffusion-Expositions</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11, 30, 34, 48 et 66 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Montpellier 201 avenue de Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : laurianne.hidalgo&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 12, 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+ Région Occitanie – site de Toulouse 22 boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : clement.montel&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0479-art-contemporain-aide-a-la-diffusion-expositi/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>20428</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Financer des festivals d'arts de la scène</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Occitanie est une région particulièrement riche en festivals. Les festivals sont d&amp;#039;importants diffuseurs de la culture. Ils participent à la circulation des artistes et permettent à un large public de découvrir des œuvres de qualité. Ils renforcent la cohésion territoriale et sociale par la mobilisation d&amp;#039;un important bénévolat, par la conduite d&amp;#039;actions hors période festivalière (programmation à l&amp;#039;année, actions  de médiation : stages, rencontres, échanges). Ils contribuent ainsi à la démocratisation culturelle et à l&amp;#039;aménagement du territoire, en palliant parfois le manque d&amp;#039;infrastructure, notamment en milieu rural.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, les festivals œuvrent pour la valorisation du patrimoine régional et pour le développement du tourisme. Leur rôle est conséquent en matière économique directe et indirecte (hôtels, restaurants, campings...). Ils jouent un rôle croissant dans le champ du développement durable. La Région soutient de nombreux festivals et promeut leur action via son site Web.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  être déposés par une structure culturelle ayant pour objectifs principaux, établis dans ses statuts, la création et la diffusion d&amp;#039;œuvres artistiques, culturelles, patrimoniales ou scientifiques et techniques : association culturelle, compagnie, artiste inscrit à la maison des artistes, musée, médiathèque, lieu patrimonial, structure de diffusion scientifique et technique à l&amp;#039;exception des établissements publics nationaux du ministère de la Culture, etc.
-[...2 lines deleted...]
-  s&amp;#039;adresser aux habitants d&amp;#039;un quartier politique de la ville.
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un soutien à l&amp;#039;économie des festivals et au tourisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une aide pour développer des actions en faveur du développement durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Critères d&amp;#039;éligibilité des projets
-[...99 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant est déterminé en fonction des critères énoncés ci-dessus et de l&amp;#039;économie globale du projet. Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides s&amp;#039;adressent aux festivals ayant au minimum un an d&amp;#039;existence.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets, pour bénéficier de l&amp;#039;aide de la Région, doivent répondre aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Implantation et activité en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Durée minimale : 2 jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Situation régulière au regard des obligations réglementaires en matière de spectacle vivant (obligations fiscales et sociales, licence d&amp;#039;entrepreneur de spectacles...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Budget réalisé de la dernière édition du festival : 25 000 € minimum.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses artistiques, techniques et administratives, à l&amp;#039;exception de la valorisation du bénévolat, des mises à disposition en nature, des dotations aux amortissements, des provisions, des intérêts des emprunts et des agios. Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-Festivals</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2eb1-arts-de-la-scene-aide-aux-festivals/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...223 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>162808</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Viser à la régulation des initiatives en matière d’inventaire du patrimoine matériel et à la mise en place de pratiques cohérentes</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine - Recherche en partenariat et soutien aux projets de recherche</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...9 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="O7" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Axer la politique patrimoniale sur la connaissance scientifique implique d&amp;#039;étendre et de renforcer cette connaissance afin qu&amp;#039;elle puisse fournir une expertise la plus large et la plus approfondie possible sur un spectre de plus en plus grand d&amp;#039;objets et de territoires.&lt;/p&gt;
+&lt;p&gt;Ce dispositif vise à la régulation des initiatives en matière d’inventaire du patrimoine matériel, à la mise en place de pratiques cohérentes, et à susciter l&amp;#039;émergence de projet de haute qualité scientifique.&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Recherche partenariale&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Collectivité territoriale ou groupement de collectivités compris sur le territoire régional&lt;/li&gt; 	&lt;li&gt; Association dont l&amp;#039;objet patrimonial est ancré sur le territoire régional&lt;/li&gt; 	&lt;li&gt;Université ou unité de recherche du CNRS&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Soutien aux projets de recherche&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Universités ou unité de recherche du CNRS&lt;/li&gt; 	&lt;li&gt;Associations dont l&amp;#039;objet patrimonial est ancré sur le territoire régional&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;La recherche en partenariat&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Cadre réglementaire : loi 2004-809 Libertés et responsabilités locales, article 95&lt;/li&gt; 	&lt;li&gt;Domaine éligible : toute étude d&amp;#039;inventaire topographique ou thématique du patrimoine culturel matériel (architectural ou mobilier) situé sur le territoire géographique de la région Provence-Alpes-Côte d&amp;#039;Azur, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent (champ de compétence chronologique de l&amp;#039;Inventaire général du patrimoine culturel).&lt;/li&gt; 	&lt;li&gt; Une convention entre la Région et le partenaire précise les conditions administratives, juridiques, financières et scientifiques du partenariat. Toute convention doit être accompagnée d&amp;#039;un cahier des clauses scientifiques et techniques en annexe.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Tout inventaire conduit ou soutenu par la Région doit respecter les normes et la méthodologie nationale de l&amp;#039;Inventaire général.&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les résultats de l&amp;#039;opération doivent être publics sans restriction pour ce qui concerne les œuvres de propriété publique. La diffusion des informations sur les œuvres de propriété privée est soumise aux restrictions d&amp;#039;usage (droit à l&amp;#039;image des personnes, protection de la vie privée).&lt;/li&gt; 	&lt;li&gt;Le service de l&amp;#039;Inventaire conserve, quels que soient les termes de la convention, le contrôle scientifique et technique de l&amp;#039;opération. Il est le seul habilité à valider les résultats de l&amp;#039;opération pour versement dans le système d&amp;#039;information documentaire national du patrimoine culturel aux fins de mise à disposition du public.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Le soutien aux projets de recherche&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Domaine éligible : étude du patrimoine culturel matériel situé sur le territoire régional, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; 	&lt;li&gt;Existence d&amp;#039;un protocole scientifique rédigé ou validé par un chercheur universitaire compétent dans le domaine visé.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
-[...58 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;La recherche en partenariat&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Cadre réglementaire : loi 2004-809 Libertés et responsabilités locales, article 95&lt;/li&gt; 	&lt;li&gt;Domaine éligible : toute étude d&amp;#039;inventaire topographique ou thématique du patrimoine culturel matériel (architectural ou mobilier) situé sur le territoire géographique de la région Provence-Alpes-Côte d&amp;#039;Azur, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent (champ de compétence chronologique de l&amp;#039;Inventaire général du patrimoine culturel).&lt;/li&gt; 	&lt;li&gt; Une convention entre la Région et le partenaire précise les conditions administratives, juridiques, financières et scientifiques du partenariat. Toute convention doit être accompagnée d&amp;#039;un cahier des clauses scientifiques et techniques en annexe.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Tout inventaire conduit ou soutenu par la Région doit respecter les normes et la méthodologie nationale de l&amp;#039;Inventaire général.&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les résultats de l&amp;#039;opération doivent être publics sans restriction pour ce qui concerne les œuvres de propriété publique. La diffusion des informations sur les œuvres de propriété privée est soumise aux restrictions d&amp;#039;usage (droit à l&amp;#039;image des personnes, protection de la vie privée).&lt;/li&gt; 	&lt;li&gt;Le service de l&amp;#039;Inventaire conserve, quels que soient les termes de la convention, le contrôle scientifique et technique de l&amp;#039;opération. Il est le seul habilité à valider les résultats de l&amp;#039;opération pour versement dans le système d&amp;#039;information documentaire national du patrimoine culturel aux fins de mise à disposition du public.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Le soutien aux projets de recherche&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Domaine éligible : étude du patrimoine culturel matériel situé sur le territoire régional, compris dans une fourchette chronologique entre le 5e siècle de notre ère et 30 ans avant le présent.&lt;/li&gt; 	&lt;li&gt;Existence d&amp;#039;un protocole scientifique rédigé ou validé par un chercheur universitaire compétent dans le domaine visé.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/patrimoine-recherche-en-partenariat-et-soutien-aux-projets-de-recherche</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chef de service adjoint&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pascal Guillermin :&lt;a href="mailto:pguillermin&amp;#64;maregionsud.fr"&gt; pguillermin&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/patrimoine-recherche-en-partenariat-et-soutien-aux-projets-de-recherche/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>94983</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Soutenir la coopération culturelle transfrontalière</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Soutien à la coopération culturelle transfrontalière</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes un acteur culturel et vous portez un projet transfrontalier à impact pour le Grand Est en lien avec ses voisins belges, luxembourgeois, allemands ou suisses ? La Région Grand Est peut vous apporter son soutien.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif « Soutien à la coopération culturelle transfrontalière » contribue à la mise en œuvre de la feuille de route en matière de politique culturelle transfrontalière et européenne de la Région Grand Est, élaborée en coopération avec les acteurs culturels régionaux réunis au sein du Conseil Consultatif de la Culture. Il s&amp;#039;inscrit ainsi dans l&amp;#039;objectif ambitieux de permettre l&amp;#039;essor d&amp;#039;un espace culturel transfrontalier entre le Grand Est et ses pays voisins.
 &lt;/p&gt;
 &lt;p&gt;
  À cet effet, ce dispositif vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Améliorer la connaissance réciproque et développer les collaborations entre structures, réseaux et acteurs culturels de part et d&amp;#039;autre de la frontière ;
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser les projets culturels construits entre le Grand Est et les pays voisins ;
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir l&amp;#039;activité transfrontalière des entreprises culturelles et créatives ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribuer au rayonnement des acteurs culturels de la région Grand Est en dehors de son territoire, auprès des professionnels de la culture mais également des publics ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribuer à la mise en œuvre de stratégies communes de coopération culturelle transfrontalière et au développement d&amp;#039;un cadre structurant et durable pour les échanges culturels transfrontaliers.
@@ -1815,17893 +4154,1311 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   31 janvier de l&amp;#039;année N pour les projets débutant entre juin et septembre de l&amp;#039;année N
  &lt;/li&gt;
  &lt;li&gt;
   31 mai de l&amp;#039;année N pour les projets débutant entre octobre de l&amp;#039;année N et janvier de l&amp;#039;année N&amp;#43;1
  &lt;/li&gt;
  &lt;li&gt;
   15 octobre de l&amp;#039;année N pour les projets débutant entre février et mai de l&amp;#039;année N&amp;#43;1
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nous vous invitons à lire attentivement le contenu de l&amp;#039;appel à projet en annexe précisant notamment l&amp;#039;ensemble des critères d&amp;#039;éligibilité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h2&gt;
  Appel à projet spécifique
 &lt;/h2&gt;
 &lt;p&gt;
  Actuellement aucun appel à projet spécifique n&amp;#039;est en cours.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P23" s="1" t="inlineStr">
         <is>
           <t>09/08/2017</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-la-cooperation-culturelle-transfrontaliere/</t>
         </is>
       </c>
-      <c r="W8" s="1" t="inlineStr">
+      <c r="W23" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0033/depot/simple</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
   Guide utilisateurs du portail des aides dématérialisées
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
   Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Contact :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour toute question, vous pouvez envoyer un mail à l&amp;#039;adresse suivante :
  &lt;br /&gt;
  &lt;a href="mailto:culture-europe-transfrontalier&amp;#64;grandest.fr"&gt;
   culture-europe-transfrontalier&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour l&amp;#039;appel à projet spécifique
  &lt;/strong&gt;
  : aucun appel à projet spécifique n&amp;#039;est en cours.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e621-soutien-a-la-cooperation-culturelle-transfron/</t>
-        </is>
-[...2390 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/36db-residence-territoriale-artistique-et-culturel/</t>
         </is>
       </c>
       <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:27" customHeight="0">
       <c r="A24" s="1">
-        <v>94962</v>
+        <v>90803</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Coopérer avec le Canton de Fribourg (Suisse)</t>
+          <t>Restaurer et valoriser des sites patrimoniaux</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>Coopération culturelle avec le Canton de Fribourg (Suisse)</t>
+          <t>Opérations globales de valorisation de sites patrimoniaux</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
-        <is>
-[...3248 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I43" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N43" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le patrimoine doit être considéré comme une ressource pour les territoires, parfois la seule dans les zones rurales, dans une perspective d&amp;#039;aménagement et de développement socio-économique et touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations globales de valorisation concernent des sites ou édifices majeurs, mais aussi des entités patrimoniales plus modestes, reconnus de préférence par un label patrimonial, qui présentent un intérêt tout particulier par leur forte singularité historique ou architecturale, dans une optique d&amp;#039;aménagement maillant le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ De tels sites ou monuments, à l&amp;#039;attractivité touristique potentielle ou avérée, peuvent contribuer au développement économique local s&amp;#039;ils sont suffisamment mis en valeur et accessibles au public. Ils doivent correspondre à des programmes d&amp;#039;investissement, à la fois matériels et immatériels, comprenant nécessairement plusieurs volets : restauration – cristallisation / création de contenus de supports de visite, scénographie, muséographie  / aménagements liés à l&amp;#039;accueil du public, prestations intellectuelles, outils de médiation, mise en tourisme...
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de favoriser les pratiques culturelles et de découvertes et notamment des formes de valorisation nouvelles et originales, aujourd&amp;#039;hui sous-exploitées, et le développement des activités de service et de tourisme correspondantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets seront, si nécessaire, examinés, voire instruits et soutenus de manière transversale en mobilisant toutes les politiques régionales potentiellement concernées, et tout particulièrement celle du tourisme à travers ses dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, Établissements publics de coopération intercommunale (communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...), Départements, Associations, Entreprises (à l&amp;#039;exclusion de SCI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25 % du coût total HT, avec un montant de subvention plafonné à 500 000 € par opération, hors bonification éventuelle.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 % du coût total HT, si le projet bénéficie d&amp;#039;une aide du FEADER ou du FEDER, avec un montant de subvention plafonné à 300 000 € par opération, hors bonification éventuelle.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans tous les cas, une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (cf. carte EPCI en annexe).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
-Culture et identité collective
-[...29 lines deleted...]
-      <c r="T43" s="1" t="inlineStr">
+Tourisme
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité (tous ces critères sont obligatoires):
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sites patrimoniaux publics et privés (hors particuliers et SCI), protégés ou non
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites disposant d&amp;#039;une billetterie (gratuite ou payante)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites ouverts au public au minimum de 3 à 6 mois dans l&amp;#039;année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites gérés par une équipe professionnelle (permanente ou saisonnière) et adhérant à l&amp;#039;office tourisme local
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet envisagé de manière globale et faisant (ou ayant fait) l&amp;#039;objet d&amp;#039;une étude préalable de développement et de faisabilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet comprenant plusieurs volets, dont un volet médiation obligatoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Critères de priorisation :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet structurant pour le territoire (notoriété, intérêt patrimonial, fréquentation, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site en gestion publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites inscrits sur un territoire engagé dans une démarche de qualité, dans un dispositif de reconnaissance officielle de son patrimoine (labélisation, protection, UNESCO...) ou de mise en réseau de sites....
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet aidé au titre des dispositifs de la politique touristique de la Région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiaire dans un territoire en situation de vulnérabilité socio-économique relative (Carte EPCI en annexe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte du patrimoine culturel immatériel dans l&amp;#039;ensemble du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte d&amp;#039;une approche environnementale dans la conception du projet pour réduire les coûts de fonctionnement sur les postes : gestion des déchets, restauration du bâti, médiation, scénographie, muséographie, aménagements liés à l&amp;#039;accueil du public. Exemplarités dans les économies de flux (eau, électricité, ...). Encouragement aux déplacements doux et actifs. Prise en compte de l&amp;#039;accessibilité au public handicapé. Utilisation de matériaux et de produits locaux. Inscription du projet dans son environnement par l&amp;#039;intégration paysagère des équipements liés à l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de l&amp;#039;innovation et du numérique dans les outils de médiation et l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site faisant l&amp;#039;objet d&amp;#039;une animation culturelle spécifique (festivals, spectacles vivants, arts plastiques, expositions temporaires, etc...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Volet restauration et cristallisation :
+ &lt;/strong&gt;
+ les dépenses portant sur la restauration d&amp;#039;un édifice ou d&amp;#039;un site, ou la cristallisation de vestiges faisant partie intégrante du site remarquable. Dans certains cas, les fouilles archéologiques complémentaires, nécessaires à la compréhension et la visite du site. La maîtrise d&amp;#039;œuvre associée aux travaux de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, les travaux d&amp;#039;urgence qui constituent un préalable indispensable à la mise en œuvre d&amp;#039;un projet de valorisation du site, pourront être retenus. Le projet devra alors être défini dans ses grandes lignes et sa mise en œuvre devra être prévue, sans en être encore au stade de la programmation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Volet médiation/scénographie/muséographie :
+ &lt;/strong&gt;
+ pour les aménagements scénographiques ou muséaux, les dépenses matérielles et les prestations intellectuelles pour réaliser les outils de médiation et leurs contenus. La maîtrise d&amp;#039;œuvre associée aux travaux de scénographie/muséographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Volet accueil du public.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La répartition précise des postes de dépenses entre les politiques « patrimoine » et « tourisme », voire d&amp;#039;autres politiques régionales, sera établie par les directions concernées au moment de l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région devra être associée au projet par le maitre d&amp;#039;ouvrage en tant que membre du Comité de pilotage ou de suivi.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préalables à la définition du projet et de son programme sont éligibles au titre du dispositif 2.3 du présent règlement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Parkings, voiries et réseaux.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de simple entretien du site.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses générales de fonctionnement et frais de communication.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-globales-de-valorisation-de-sites-patrimoniaux</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Laurence Fouquet
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  (P
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  our les Départements 24-33-40-47-64)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 14, Rue François de Sourdis
+ &lt;br /&gt;
+ 33077
+                                                    Bordeaux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05.57.57.74.10
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nadia Jabnoun-Verger (Pour les Départements 19-23-87)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie.
+&lt;/p&gt;
+&lt;p&gt;
+ CS 3116
+ 87031
+                                                    Limoges Cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ 05.55.45.19.61
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aurélie Riffaud (Pour les Départements 16-17-79-86)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 15, rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ 86021
+                                                    Poitiers CS 70575
+&lt;/p&gt;
+&lt;p&gt;
+ 0549363005
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5e22-operations-globales-de-valorisation-de-sites-/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...954 lines deleted...]
-      <c r="G47" s="1" t="inlineStr">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>10215</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Organiser une manifestation audiovisuelle</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Association</t>
-[...9145 lines deleted...]
-          <t>Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I85" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
-[...17 lines deleted...]
- Les coûts de fonctionnement de la structure sont plafonnés à 30% du budget du projet.
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les manifestations audiovisuelles occupent une place importante dans la diffusion des œuvres audiovisuelles et cinématographiques. Elles renforcent la cohésion territoriale et sociale par la mobilisation d&amp;#039;un important bénévolat, par la conduite d&amp;#039;actions hors période festivalière (programmation à l&amp;#039;année, actions de médiation, notamment). Elles contribuent ainsi à la démocratisation culturelle et à l&amp;#039;aménagement du territoire, en palliant parfois le manque d&amp;#039;infrastructure, notamment en milieu rural ou péri-urbain.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, ces manifestations œuvrent pour la valorisation du patrimoine régional et pour le développement du tourisme. Leur rôle est conséquent en matière économique directe et indirecte (hôtels, restaurants, campings...). Elles jouent un rôle croissant dans le champ du développement durable. La Région soutient de nombreuses manifestations audiovisuelles et promeut leur action via son site internet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser la diffusion et la démocratisation culturelle auprès d&amp;#039;un large public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer à la diffusion audiovisuelle de qualité et au renouvellement de la diversité culturelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer l&amp;#039;attractivité des territoires pour lesquels ces manifestations peuvent également générer d&amp;#039;importantes retombées économiques et touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la structuration de la filière audiovisuelle régionale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Occitanie est une aide sélective. Le chiffrage des aides tient notamment compte des critères énoncés ci-dessus et de l&amp;#039;économie globale du projet. La décision relative à l&amp;#039;attribution éventuelle d&amp;#039;une subvention et à son montant est prise par l&amp;#039;assemblée délibérante de la Région Occitanie / Pyrénées-Méditerranée.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie précisera au bénéficiaire les conditions de l&amp;#039;aide par arrêté ou convention. Les modalités de versement seront précisées dans les arrêtés et conventions. L&amp;#039;aide peut prendre la forme d&amp;#039;une subvention de financement spécifique (si l&amp;#039;opération pour laquelle l&amp;#039;aide est sollicitée ne représente qu&amp;#039;une partie des opérations conduites par le bénéficiaire) ou d&amp;#039;une subvention de fonctionnement général.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la politique culturelle régionale et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en oeuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Date limite d&amp;#039;envoi des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Avant le 15 novembre
+  &lt;/strong&gt;
+  de l&amp;#039;année précédente pour les manifestations se déroulant durant le premier semestre (proposition de vote d&amp;#039;une aide éventuelle en avril)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Avant le 24 janvier
+  &lt;/strong&gt;
+  pour les manifestations se déroulant durant le second semestre (proposition de vote d&amp;#039;une aide éventuelle en juin)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La manifestation doit présenter une viabilité économique satisfaisante et doit pouvoir justifier du soutien financier significatif d&amp;#039;autres partenaires. Le budget réalisé de la précédente édition de la manifestation (hors bénévolat et prestations en nature) doit être au minimum de 20 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La manifestation doit se dérouler sur un minimum de 2 jours. Son implantation principale doit être située sur le territoire régional. Les salles de cinéma de proximité, voire au-delà, devront être associées au projet sous une forme ou une autre. Les conditions du partenariat (financières, matérielles, logistiques, de communication) avec la ou les salles doivent être explicitées.
+&lt;/p&gt;
+&lt;p&gt;
+ La manifestation devra être insérée dans la chaîne de la création cinématographique ou audiovisuelle en faisant appel aux auteurs, réalisateurs, collaborateurs artistiques, producteurs et diffuseurs. Les auteurs, réalisateurs ou collaborateurs artistiques qui participent à la manifestation, à l&amp;#039;exception des présentations de films en avant-première ou en pré-distribution ou distribution, seront rémunérés pour leurs interventions lorsque celles-ci impliquent un travail défini avec l&amp;#039;organisateur de la manifestation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conditions de projection devront être de qualité professionnelle (support, écran, son,...).
+&lt;/p&gt;
+&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
-[...68 lines deleted...]
- , la plateforme des aides régionales.
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Cinema-Audiovisuel-Multimedia-Aide-a-une-manifestation</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour l&amp;#039;envoi des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par voie postale : Région Occitanie / Pyrénées-Méditerranée DCP - Service Industries Créatives - Site de Montpellier 201, Avenue de la Pompignane 34064 Montpellier Cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ et par courrier électronique : film&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour tout renseignement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En cas d&amp;#039;avis favorable des instances délibératives de la Région, le site de Montpellier de la Direction de la Culture et du Patrimoine - Service Industries Créatives, vous adressera la notification d&amp;#039;attribution de l&amp;#039;aide et suivra les mandatements.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez l&amp;#039;interroger pour le suivi de votre demande, les éléments complémentaires, les notifications, arrêtés ou conventions, les modalités et délais de paiement des subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 80 74
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : film&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Le site de Toulouse de la Direction de la Culture et du Patrimoine – Service Industries Créatives est votre interlocuteur pour la programmation à venir, les évènements liés aux films et aux professionnels régionaux ou à la représentation de la Région durant votre manifestation.
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 61 39 62 19
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : film&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
-[...62 lines deleted...]
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f49d-cinemaaudiovisuelmultimedia-aide-a-une-manife/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G86" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>120623</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Culture et Justice</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Ministère de la Justice</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale des Affaires culturelles (DRAC) — Grand Est</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...1556 lines deleted...]
-Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="N96" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture et le ministère de la Justice soutiennent le développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse, en allouant une subvention aux organisateurs de tels projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Depuis le premier protocole d&amp;#039;accord signé en 1986, la politique interministérielle Culture &amp;amp; Justice a pour objectif de mettre en œuvre, pour les personnes placées sous main de justice, une politique culturelle de qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans cette optique, le ministère de la Culture favorise l&amp;#039;accès de tous et de chacun, et notamment des personnes les plus éloignées voire exclues, à l&amp;#039;art et à la culture. L&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; soutient, dans les établissements pénitentiaires et les services de la protection judiciaire, un programme d&amp;#039;actions culturelles en liaison avec les collectivités territoriales et les organismes qui souhaiteraient s&amp;#039;associer au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions culturelles prennent en compte la diversité des secteurs d&amp;#039;expression et des modes d&amp;#039;interventions tels que : le livre et la lecture, le théâtre, les arts du cirque, la musique et la danse, les arts plastiques, le cinéma, l&amp;#039;audiovisuel, le multimédia et le patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Un plan de développement des bibliothèques et de la lecture est mis en œuvre ainsi que des actions culturelles et artistiques en direction des publics relevant du ministère de la Justice dans le cadre des politiques d&amp;#039;insertion et d&amp;#039;éducation. Ce plan favorise l&amp;#039;accès aux pratiques culturelles et artistiques et doit contribuer à la lutte contre l&amp;#039;illettrisme par l&amp;#039;appropriation et la réappropriation de la culture. L&amp;#039;évaluation des actions culturelles et des pratiques artistiques réalisées ces dernières années confirme leur capacité à susciter l&amp;#039;expression des personnes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce partenariat se situe dans le contexte du grand projet national pour l&amp;#039;éducation artistique et culturelle. Ainsi, considérant que l&amp;#039;éducation artistique et culturelle, placée dans un principe de continuité des politiques publiques menées en lien par l&amp;#039;État et les collectivités territoriales, participe à la réussite personnelle des individus et notamment des jeunes. Elle contribue à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la construction de la personnalité et à l&amp;#039;acquisition des savoirs et compétences nécessaires à la vie en société,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la créativité, la capacité d&amp;#039;Initiative et l&amp;#039;esprit d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réduction des inégalités et permet la construction de l&amp;#039;Identité culturelle de chacun dans l&amp;#039;ouverture aux cultures des autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Ce partenariat vise à privilégier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le développement d&amp;#039;activités culturelles spécifiques dans les établissements pénitentiaires co-construit avec les acteurs de la justice et en faveur du plus grand nombre de détenus (résidence, programme thématique...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement de la lecture et la maîtrise de la langue au sein d&amp;#039;actions valorisant les bibliothèques/médiathèques des trois établissements pénitentiaires concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement des liens avec les réseaux artistiques  et culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;inscription des établissements pénitentiaires dans les manifestations culturelles nationales et locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  la valorisation à l&amp;#039;extérieur des activités menées en milieu pénitentiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → L&amp;#039;Académie Fratellini et la Maison d&amp;#039;arrêt de Villepinte (93) - 2021
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Académie Fratellini a développé en 2021 à la Maison d&amp;#039;arrêt de Villepinte (93) des ateliers de découverte des arts du cirque, orchestrés de manière à ce que les personnes détenues puissent découvrir plusieurs agrès au fil des séances.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs suivis :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  valorisation des capacités et qualités individuelles au sein du groupe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  apprentissage de l&amp;#039;écoute de l&amp;#039;autre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  retrouver la confiance en soi et dans les autres.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Passage / Parenthèse et l&amp;#039;Agence régionale du livre PACA - 2022
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention versée : 30.000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Passage&amp;#34; et &amp;#34;Parenthèse&amp;#34; sont deux dispositifs portés par l&amp;#039;Agence Régionale du Livre Provence-Alpes-Côte d&amp;#039;Azur en direction des publics placés sous main de justice.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, &amp;#34;Passage&amp;#34; s&amp;#039;attache à aménager et à animer des espaces de lecture dans les foyers de la Protection judiciaire de la jeunesse. &amp;#34;Parenthèse&amp;#34;, initié en 2015, contribue au développement des bibliothèques en milieu carcéral pour les populations majeures et mineures et à la mise en œuvre d&amp;#039;actions culturelles de sensibilisation à la lecture (ateliers d&amp;#039;écriture journalistique, résidences d&amp;#039;auteurs etc).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
-Spectacle vivant</t>
-[...58 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles à l&amp;#039;appel à projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les structures ayant pour principal objectif la création et la diffusion d&amp;#039;œuvres artistiques et culturelles. Pour les institutions culturelles relevant du ministère de la Culture (structures labellisées aidées au fonctionnement : centres dramatiques nationaux, scènes nationales, scènes de musiques actuelles, centres d&amp;#039;art etc.), un bilan préalable sera demandé dans le cadre de leur CPO (convention pluriannuelle d&amp;#039;objectifs)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les artistes, collectifs d&amp;#039;artistes ou professionnels de la culture (journaliste etc.) justifiant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ - d&amp;#039;une structuration juridique au moment de leur inscription (intermittence, maison des artistes, autoentrepreneur etc.) ou ayant recours à une personne morale pour soutenir leur activité (ex. : coopérative d&amp;#039;activité et d&amp;#039;emploi
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;span&gt;
+ - d&amp;#039;une actualité de création et d&amp;#039;une expérience artistique reconnue, attestées par l&amp;#039;envoi d&amp;#039;un CV
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les établissements et services pénitentiaires et de la protection judiciaire de la jeunesse
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet artistique mené par une même équipe artistique ne pourra pas être soutenu au-delà de trois appels à projets successifs. L&amp;#039;équipe artistique est invitée à se tourner vers de nouveaux établissements pénitentiaires, services pénitentiaires d&amp;#039;insertion et de probation ou établissements et services sociaux et médico-sociaux partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées constituent une participation financière au projet et ne sauraient constituer une prise en charge globale. Elles sont fléchées exclusivement sur les dépenses artistiques, qui comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rémunération des artistes (pour rappel, la participation financière de la DRAC à la rémunération des artistes est de 60€/h)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de transport, d&amp;#039;hébergement et de restauration, qui ne peuvent excéder 50% du coût total du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  le matériel nécessaire à l&amp;#039;action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce dispositif n&amp;#039;a pas vocation à financer des frais de coordination. Les porteurs de projet sont incités à trouver des cofinancements (collectivités locales, mécénat, contributions volontaires en nature...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la DRAC et le SPIP (Service pénitentiaire d&amp;#039;insertion et probation), la mise en paiement de la subvention nécessite l&amp;#039;envoi préalable d&amp;#039;un dossier Cerfa au service référent dont les coordonnées figurent ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ Le règlement de la part PJJ (Protection judiciaire de la jeunesse) est réalisé via un système de facturation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un comité de sélection, associant des représentants de la DISP, de la DIRPJJ Grand Est et de la DRAC se réunira courant décembre 2023 pour sélectionner les projets et déterminer le montant des subventions accordées.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée aux éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité du projet artistique et culturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adéquation avec les objectifs de l&amp;#039;accompagnement des personnes placées sous main de justice
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modalités de mise en œuvre du partenariat artiste / structure / bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouverture culturelle proposée aux bénéficiaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertinence des objectifs et des modalités pratiques de l&amp;#039;évaluation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-justice</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question sur l&amp;#039;opération Culture et Justice en Grand Est, vous êtes invités à vous adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DRAC Grand Est :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Département des Ardennes :
+  &lt;a href="mailto:frederique.petit&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   frederique.petit&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 60 44 22 84
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de l&amp;#039;Aube et de la Haute-Marne :
+  &lt;a href="mailto:pascale.valentin-bemmert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pascale.valentin-bemmert&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 98 73 96 74
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Marne :
+  &lt;a href="mailto:elise.merigeau&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   elise.merigeau&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 34 08 96 23
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meurthe-et-Moselle et de la Moselle :
+  &lt;a href="mailto:emmanuelle.brandenburger&amp;#64;culture.gouv.fr" target="_self"&gt;
+   emmanuelle.brandenburger&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 60 39 22 69
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements de la Meuse et des Vosges :
+  &lt;a href="mailto:anais.guedon&amp;#64;culture.gouv.fr" target="_self"&gt;
+   anais.guedon&amp;#64;culture.gouv.fr
+  &lt;/a&gt;
+  ; 06 64 37 61 61
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements du Bas-Rhin et du Haut-Rhin :
+  &lt;a href="mailto:pierre.vogler&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   pierre.vogler&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ; 06 27 26 12 82
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - À la DISP Grand Est-Strabourg :
+ &lt;/strong&gt;
+ &lt;a href="mailto:elodie.roche&amp;#64;justice.fr" rel="noopener" target="_blank"&gt;
+  elodie.roche&amp;#64;justice.fr
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ ; 03 88 56 81 72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b040-culture-justice/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>30745</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux structurants dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région Occitanie souhaite conforter le maillage de son territoire au travers d&amp;#039;un ensemble d&amp;#039;établissements culturels « de référence » à l&amp;#039;échelle régionale, mais également nationale et internationale pour certains d&amp;#039;entre eux.  Ces lieux structurants oeuvrent activement tout au long de l&amp;#039;année en faveur de la diffusion, de la création, de l&amp;#039;action en direction des publics et du développement territorial. Ils intègrent la diversité des esthétiques des arts de la scène. Ils jouent un rôle spécifique au sein d&amp;#039;une filière du spectacle vivant ou d&amp;#039;un territoire. Ils peuvent bénéficier ou pas d&amp;#039;un label ou d&amp;#039;un conventionnement d&amp;#039;Etat. Dans le cadre d&amp;#039;une convention d&amp;#039;objectifs, ils répondent à un cahier des charges impliquant  une programmation professionnelle exigeante, un soutien à la création  et aux compagnies régionales, un programme d&amp;#039;action culturelle en direction des publics, une inscription dans les réseaux professionnels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;
+ Bénéficiaires
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  personnes morales de droit privé (associations, sociétés) titulaires d&amp;#039;une licence d&amp;#039;entrepreneur du spectacle en cours de validité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  personnes morales de droit public : collectivités territoriales (dont communes et communautés de communes) et établissements publics domiciliés en région titulaires d&amp;#039;une licence d&amp;#039;entrepreneur de spectacles en cours de validité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Sélection
+&lt;/h3&gt;
+&lt;p&gt;
+ Est notamment appréciée la capacité des lieux à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès de tous les publics à une offre artistique et culturelle de qualité
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une recherche de complémentarité et de coopération vis-à-vis du réseau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en œuvre des démarches d&amp;#039;action culturelle actives, riches et inventives
+ &lt;/li&gt;
+ &lt;li&gt;
+  agir pour la promotion des disciplines insuffisamment représentées de la création contemporaine (danse contemporaine, musique contemporaine, théâtre d&amp;#039;objets-marionnettes) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accueillir au moins 30% d&amp;#039;équipes régionales professionnelles dans la programmation en veillant à l&amp;#039;équilibre des esthétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la circulation des créations régionales soutenues dans les lieux structurants de la région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la création régionale en partageant les outils et les moyens (co-production, production déléguée...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la présence artistique en leur sein et sur leur territoire (résidences, compagnies associées...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer au repérage et à l&amp;#039;émergence des talents.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;aide annuelle apportée est évaluée au regard de l&amp;#039;implication du lieu structurant dans les différentes missions évoquées ci-dessus et en fonction des critères de sélection détaillés plus haut.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ces structures doivent présenter une stabilité structurelle quant à l&amp;#039;exercice de leurs missions de service aux publics :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   professionnalisme de la gestion et permanence de l&amp;#039;équipe administrative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   indépendance des choix artistiques de la direction ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation d&amp;#039;une programmation ambitieuse et de qualité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   spectacles professionnels de rayonnement a minima régional, choix traduisant une ligne artistique définie, complémentarités et synergie avec l&amp;#039;environnement local et départemental) ; locaux et moyens techniques mobilisables (plateau en ordre de marche) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   fréquentation stable et significative ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   implication dans l&amp;#039;accompagnement des artistes par des coproductions, le cas échéant des productions déléguées, et des résidences pluridisciplinaires de longue durée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   ancrage local et rayonnement régional confirmés ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mobilisation d&amp;#039;autres financements publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   part du budget consacré aux dépenses artistiques d&amp;#039;au moins 30 %.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux festivals.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+ toutes les charges directes liées à l&amp;#039;opération faisant l&amp;#039;objet de la demande de subvention : charges de fonctionnement de la structure, rémunération du personnel de la structure, charges artistiques (achats de spectacles, coproductions, frais d&amp;#039;approche et de séjour, droits d&amp;#039;auteur, actions culturelles (location de matériel technique, salaires de personnels intermittents).
+&lt;/p&gt;
+&lt;p&gt;
+ Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+ la valorisation du bénévolat, des mises à disposition et les aides en nature, les dotations aux amortissements et aux provisions, les intérêts des emprunts et les agios.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-lieux-structurants</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e635-arts-de-la-scene-aide-aux-lieux-structurants/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>