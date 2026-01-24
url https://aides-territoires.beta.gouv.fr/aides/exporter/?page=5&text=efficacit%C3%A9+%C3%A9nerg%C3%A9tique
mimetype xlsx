--- v0 (2025-11-06)
+++ v1 (2026-01-24)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA176"/>
+  <dimension ref="A1:AA145"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,204 +228,505 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>162710</v>
+        <v>127933</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Valoriser vos économies d'énergie avec les CEE</t>
+          <t>Accorder jusqu'à 10.000€ aux TPE-PME franciliennes de moins de 20 salariés pour les aider à faire face à la crise énergétique</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Les Certificats d'économie d'énergie</t>
+          <t>Chèque efficacité énergétique</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Territoire d'Energie Var - Symielec (TE83)</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune
-[...1 lines deleted...]
-Département</t>
+          <t>Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Certificat d'économie d'énergie (CEE)</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Les
-[...46 lines deleted...]
-          <t>&lt;p&gt;Rénovation d&amp;#039;une école varoise avec 290 000 € de travaux, la valorisation des CEE a permis d&amp;#039;obtenir en plus des nombreuses subventions un versement de 9 500 €.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Exemple-6661881bbca98.png" /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ La Région accorde jusqu&amp;#039;à 10.000€ aux TPE-PME franciliennes de moins de 20 salariés pour les aider à faire face à la crise énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec le
+ &lt;a href="https://www.iledefrance.fr/cheque-numerique-pour-un-commerce-connecte" rel="noopener" target="_blank"&gt;
+  Chèque numérique pour un commerce connecté
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ volet 1, en faveur des artisans et commerçants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Transition énergétique
-[...7 lines deleted...]
-Réduction de l'empreinte carbone</t>
+          <t>Biodiversité
+Attractivité économique</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>01/01/2023</t>
-[...4 lines deleted...]
-          <t>31/12/2025</t>
+          <t>30/11/2022</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;La liste des travaux éligibles aux CEE se trouve &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" title="Fiches standardisées CEE" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Travaux-eligibles-CEE-6661874abdd17.png" /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Sont éligibles les TPE-PME :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Sous forme de société ou d&amp;#039;entreprise individuelle, notamment les artisans et commerçants franciliens qui constituent la cible prioritaire,
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   De tout secteur d&amp;#039;activité*,
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avec un effectif inférieur à 20 salariés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Dont l&amp;#039;établissement est situé en Île-de-France et a été créé au moins 1 an avant la date de la demande,
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Inscrites au Registre du Commerce et/ou
+  &lt;/span&gt;
+  Registre National des Entreprises (RNE) pour les artisans
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * Hormis les codes NAF suivants : 49 à 53, 64 à 66, 84, 85.1 à 85.4, 86 à 88, 97 à 99.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est une subvention pouvant aller jusqu&amp;#039;à 10.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tout secteur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ (hors 10.71*)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Montant HT des dépenses éligibles
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Montant du Chèque
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 1.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 2.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   1.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 3.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   1.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 4.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   2.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 5.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   2.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 6.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   3.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 7.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   3.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 8.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   4.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 9.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   4.500€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 10.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   5.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 12.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   6.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 14.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   7.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 16.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   8.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 18.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   9.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  À partir de 20.000€
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   10.000€
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *
+ &lt;/span&gt;
+ &lt;span&gt;
+  Le secteur de la boulangerie-pâtisserie (10.71) bénéficie d&amp;#039;une grille spécifique consultable dans la notice dédiée.
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Seules sont éligibles les dépenses :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;investissement Hors Taxes listées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comptabilisées à l&amp;#039;actif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagées dans un délai max. de 1 an avant la date de la demande,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portant sur une période de 1 an maximum,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qui ont été RÉGLÉES (avec preuve du règlement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Chèque efficacité énergétique à destination des TPE-PME franciliennes vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Diminuer les consommations d&amp;#039;énergie (pompes à chaleur, luminaires LED, appareils      frigorifiques professionnels, radiateurs basse température, isolation de la      devanture...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Diminuer les consommations d&amp;#039;eau (mousseurs...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Améliorer la qualité de l&amp;#039;air intérieur (ventilation, purificateurs d&amp;#039;air, matériel      de filtration...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Développer les mobilités douces (vélos cargo, points de recharge...),
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Développer la consigne pour réemploi et la gestion des déchets (contenants consignés,      bacs de tri, broyeurs, composteurs...).
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Les dépenses éligibles sont exclusivement les dépenses d&amp;#039;investissement détaillées dans
+&lt;strong&gt;
+ la notice téléchargeable ci-dessous.
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+Pour vous aider, n&amp;#039;hésitez pas également à consulter la fiche « Tableau explicatif des dépenses » ainsi que la FAQ dédiée.
+&lt;ol&gt;
+ &lt;li&gt;
+  Vous pouvez bénéficier d&amp;#039;un diagnostic gratuit de transition écologique et d&amp;#039;un accompagnement personnalisé auprès de la
+  &lt;a href="https://www.entreprises.cci-paris-idf.fr/web/pme/diagnostic-ecologique" rel="noopener" target="_blank"&gt;
+   CCI Paris Ile-de-France (commerces)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou de la
+  &lt;a href="https://www.cma-idf.fr/fr/appui-aux-entreprises/vers-une-demarche-de-developpement-durable/diagnostic-transition-ecologique.html" rel="noopener" target="_blank"&gt;
+   CMA Ile-de-France (artisans)
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunissez les pièces nécessaires, une fois vos dépenses réalisées :
+  &lt;br /&gt;
+  Un extrait Kbis (ou RNE pou les artisans) de moins de 3 mois, Un RIB au nom de l&amp;#039;entreprise, Un justificatif comptable attestant de l&amp;#039;activité de l&amp;#039;entreprise*, Les factures acquittées des dépenses réalisées dans un délai max. d&amp;#039;1 an avant la date de la demande, telles que définies comme dépenses éligibles et indiquant que les dépenses ont bien été réglées (n° de chèque, règlement CB, virement, mention « payé » ou relevé de compte)**, Le formulaire DVS téléchargeable en ligne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposez votre demande d&amp;#039;aide sur
+  &lt;a href="http://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+   mesdemarches.iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après examen de votre demande, un avis de décision vous sera transmis dans un délai max. de 1 mois. Le versement sera directement effectué sur le compte bancaire indiqué dans un délai max. de 2 mois.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *
+  &lt;strong&gt;
+   &lt;span&gt;
+    Au choix
+   &lt;/span&gt;
+  &lt;/strong&gt;
+  (année n, n-1) : attestation d&amp;#039;un expert-comptable :
+  &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2022/11/Attestation1_Entreprise_avec_expert_comptable.docx" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    modèle 1
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  (entreprises avec expert-comptable) ou
+  &lt;a href="http://www.iledefrance.fr/sites/default/files/medias/2022/11/Attestation2_Entreprise_recente.docx" rel="noopener" target="_blank"&gt;
+   &lt;span&gt;
+    modèle 2
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  (entreprise récente) ; liasse fiscale ; bilan simplifié (DGFiP N° 2033-A-SD) ; récépissé du dépôt d&amp;#039;un acompte provisionnel de TVA (formulaire 11744*10) pour les entreprises au régime réel simplifié de création récente ; attestation de CA de l&amp;#039;URSSAF pour les micro-entrepreneurs.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  **
+ &lt;/span&gt;
+ &lt;span&gt;
+  En cas d&amp;#039;achat d&amp;#039;appareils frigorifiques, de hottes ou de lave-linge, une preuve de remplacement d&amp;#039;un matériel existant sera demandée (attestation de reprise ou de dépôt à la déchetterie).
+ &lt;/span&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
-          <t>Dépenses d’investissement</t>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>Var</t>
+          <t>Île-de-France</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://te83.fr/competences/la-transition-energetique/</t>
+          <t>https://www.iledefrance.fr/cheque-efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energétique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Aide ouverte à compter du 1er décembre 2022.
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est attribuée dans les limites du budget alloué au dispositif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour toute information générale sur l&amp;#039;aide :
+   &lt;a href="mailto:aides.economiques&amp;#64;iledefrance.fr"&gt;
+    aides.economiques&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour toute question sur votre dossier :
+   &lt;a href="mailto:cheque-efficacite-energetique&amp;#64;cci-paris-idf.fr"&gt;
+    cheque-efficacite-energetique&amp;#64;cci-paris-idf.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>mehdi.rassoul@symielecvar.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-vos-economies-denergie-avec-les-cee/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec01-cheque-efficacite-energetique/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
         <v>50028</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
@@ -520,3820 +821,10898 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>95073</v>
+        <v>56180</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Financer la rénovation énergétique des bâtiments publics et associatifs</t>
-[...4 lines deleted...]
-          <t>Rénovation énergétique des bâtiments publics et associatifs</t>
+          <t>Améliorer l'efficacité énergétique de son patrimoine bâti avec le Conseil en Energie Partagé (CEP)</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...537 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
-[...26 lines deleted...]
- Pour les opérations en rénovation globale d&amp;#039;un ou plusieurs bâtiments publics :
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement réalisé par le SDEC ENERGIE,  qui prend en charge une partie de son coût.</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil en Energie Partagé (CEP) est un accompagnement pour améliorer la performance énergétique du patrimoine bâti des collectivités. Il se décline en 3 niveaux.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Réduire de 50% minimum les consommations énergétiques de la ou des surface(s) concernée(s). Le gain énergétique devra être justifié par une étude thermique précisant les consommations énergétiques avant et après travaux.
+  Niveau 1 : Suivre ses consommations et ses dépenses d&amp;#039;énergies. Mise à disposition d&amp;#039;un logiciel de gestion et de suivi des consommations d&amp;#039;énergies,  réunion de suivi annuel d&amp;#039;aide au repérage des bâtiments à enjeux de rénovation (dont décret tertiaire)
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;span&gt;
-[...1 lines deleted...]
-&lt;/span&gt;
+&lt;p&gt;
+ coût : 500€/an &amp;#43; 50€/bâtiment/an
+ &lt;br /&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;span&gt;
-[...1 lines deleted...]
-  &lt;/span&gt;
+  Niveau 2 : Élaborer et suivre sa stratégie de rénovation. Prédiagnostic (visite), analyse des contrats d&amp;#039;énergies, réalisation d&amp;#039;un audit énergétique externalisé, définition d&amp;#039;une stratégie de rénovation, réalisation d&amp;#039;études ou accompagnement à leur réalisation selon les besoins (enregistrement de température, thermographie infrarouge), aide à la saisie des données sur la plateforme OPERAT (décret tertiaire)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;span&gt;
-[...11 lines deleted...]
- Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+ coût : 5500€/bâtiment
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau 3 (expérimental) : Réaliser ses travaux de rénovation. Appui à l&amp;#039;obtention des aides financières mobilisables, maîtrise d&amp;#039;ouvrage des travaux de rénovation (mandat), réalisation du marché de maîtrise d&amp;#039;oeuvre, suivi de la réalisation et de l&amp;#039;efficacité des travaux de rénovation en lien avec la maîtrise d&amp;#039;oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ coût : 5% du coût des travaux
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
-[...1654 lines deleted...]
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre adhérent au SDEC ENERGIE.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Souscrire au niveau 1 pour bénéficier du niveau 2 et souscrire au niveaux 1 et 2 pour bénéficier du niveau 3
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.sdec-energie.fr/sites/sdec.createurdimage.fr/files/sdec_guide_aides_230412_v6.pdf</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
   energie&amp;#64;sdec-energie.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 31 06 61 80
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>flemaire@sdec-energie.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/202f-realiser-un-diagnostic-du-patrimoine-public-d/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>56127</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Etendre, renouveler ou améliorer l'efficacité énergétique de son éclairage public</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 60</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Travaux réalisés par le SDEC ENERGIE dans le cadre d'un transfert de compétence</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les installations d&amp;#039;éclairage public concourent à la sécurité des biens et des personnes. La maîtrise des consommations énergétiques et la lutte contre la pollution lumineuse incitent  au  renouvellement  des  installations  les  plus anciennes et énergivores. les actions réalisées sont la création, l&amp;#039;extension, le renouvellement (passage en LED), la mise en œuvre de la trame noire (adaptation de la température d&amp;#039;éclairement en fonction de l’enjeu de biodiversité), la programmation d&amp;#039;extinction nocturne, la variation d&amp;#039;intensité lumineuse
+ en cours de nuit ou la mise en place d&amp;#039;un système de détection permettant l&amp;#039;allumage et l&amp;#039;extinction de l&amp;#039;éclairage en fonction du besoin. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide dépend de l&amp;#039;action sollicitée et de la catégorie de la commune.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un soutien spécifique est accordé dans le cadre du programme R30 pour le renouvellement des foyers de plus de 30 ans&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du SDEC ENERGIE intervient dans le cadre d&amp;#039;un transfert de compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes et communautés de communes adhérentes au syndicat, qui lui ont transféré leur compétence d&amp;#039;éclairage public.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/eclairage-public</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail : eclairage&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 65
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/34d2-etendre-renouveler-ou-ameliorer-lefficacite-e/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>90777</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'efficacité énergétique des navires de pêche et atténuer le changement climatique</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
-[...15 lines deleted...]
-&lt;p&gt;
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Cette aide vise à financer des études
+  Améliorer l&amp;#039;efficacité énergétique des navires afin de réduire les émissions de gaz à effet de serre et autres polluants tout en contribuant à améliorer la rentabilité et la compétitivité des entreprises de pêche
  &lt;/strong&gt;
- pour l&amp;#039;accompagnement de plans stratégiques patrimoniaux portant sur le diagnostic d&amp;#039;un ensemble de bâtiments du patrimoine de la collectivité, afin d&amp;#039;établir un plan pluriannuel d&amp;#039;investissement.
-[...5 lines deleted...]
- Jusqu&amp;#039;à 50 % du montant éligible TTC - ou HT en cas de récupération de la TVA - (subvention maximale : 50 000 €).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audits énergétiques et programmes visant à identifier les priorités et à optimiser les choix d&amp;#039;investissements en matière d&amp;#039;amélioration de l&amp;#039;efficacité énergétique des navires de pêche ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement ou modernisation des moteurs principaux ou auxiliaires des navires de pêche visant à réduire l&amp;#039;émission de polluants ou de gaz à effet de serre ou à augmenter l&amp;#039;efficacité énergétique des navires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements à bord autres que les moteurs, y compris les engins de pêche, visant à réduire l&amp;#039;émission de polluants ou de gaz à effet de serre ou à augmenter l&amp;#039;efficacité énergétique des navires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études destinées à évaluer la contribution que de nouveaux systèmes de propulsion ou modèles de coques peuvent apporter à l&amp;#039;efficacité énergétique des navires de pêche, sous forme de test, de mesure des performances ou encore de suivis de consommation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ Les propriétaires de navires de pêche
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;p&gt;
+ 1/ Motorisation
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher d&amp;#039;éligibilité de 3 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond d&amp;#039;éligibilité de 25 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ 2/ Hors motorisation
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond d&amp;#039;éligibilité de 70 000 € d&amp;#039;aides publiques
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="O17" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Consommation et production
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
-[...61 lines deleted...]
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critère de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;efficacité énergétique actuelle du navire ainsi que le pourcentage prévisionnel d&amp;#039;amélioration de l&amp;#039;efficacité énergétique du navire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le nombre de navires concernés par le projet ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La prévision d&amp;#039;une diffusion des résultats du projet.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les investissements dans des mécanismes de stabilité tels que les quilles de roulis et les étraves à bulbe qui contribuent à la tenue en mer et à la stabilité ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coûts liés à l&amp;#039;usage des produits antisalissures non toxiques tels que les revêtements cuivrés afin de réduire les frottements ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les hélices économes en énergie, y compris les arbres de transmission ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les catalyseurs ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les générateurs économes en énergie, tels que ceux utilisant l&amp;#039;hydrogène ou le gaz naturel ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les éléments de propulsion fonctionnant aux énergies renouvelables, tels que les voiles, les cerfs-volants, les moteurs éoliens ou les panneaux solaires ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le remplacement des engins remorqués par d&amp;#039;autres engins de pêche ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements destinés à améliorer la réfrigération, la congélation ou les systèmes d&amp;#039;isolation des navires de moins de 18 ans ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements destinés à encourager le recyclage de la chaleur dans le navire, la chaleur étant récupérée et réutilisée pour des opérations auxiliaires à bord.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coûts relatifs aux entretiens planifiés ou préventifs de toute partie d&amp;#039;équipement permettant de maintenir un dispositif en état de marche ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le matériel d&amp;#039;occasion ou reconditionné.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/efficacite-energetique-navires-de-peche-et-attenuation-du-changement-climatique</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>Gaëtan BAELEN - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 57 57 55 82
+Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 56 56 38 10</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-efficacite-energetique-navires-de-peche-et-at/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...288 lines deleted...]
-      <c r="G20" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>129727</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer l'efficacité énergétique de l'éclairage public et réduire son impact environnemental</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Maîtrise de la demande en énergie (MDE)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K20" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
-[...11 lines deleted...]
- Service cofinancé par l&amp;#039;ADEME Ile de France, la Région, le Département et l&amp;#039;EPCI.
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDED 52 dispose de la compétence dite &amp;#34;éclairage public&amp;#34; depuis 2008, avec pour objectif de proposer aux collectivités adhérentes au Syndicat un service optimisé de maintenance de leurs installations d&amp;#039;éclairage public, ainsi qu&amp;#039;un programme d&amp;#039;investissement permettant d&amp;#039;agir sur les foyers lumineux, les réseaux électriques d&amp;#039;alimentation et les organes de commande d&amp;#039;allumage et d&amp;#039;extinction.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces investissements, conçus avec les collectivités adhérentes et validés chaque année par le comité syndical, participent à l&amp;#039;atteinte de 3 objectifs majeurs :
+ &lt;br /&gt;
+ 1) réduire la consommation énergétique du parc d&amp;#039;éclairage public,
+ &lt;br /&gt;
+ 2) atteindre une meilleure efficacité de l&amp;#039;éclairage tout en veillant à réduire son impact environnemental,
+ &lt;br /&gt;
+ 3) sécuriser son fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDED 52 assure la maîtrise d&amp;#039;ouvrage et la maîtrise d&amp;#039;œuvre de ces opérations et appelle, selon les dispositions de son règlement financier, une participation de la commune comprise entre 30% et 80% du montant HT des travaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Commune de Langres : rénovation de l&amp;#039;éclairage public du centre ancien avec programme de réduction d&amp;#039;intensité en milieu de nuit, ajusté avec un système de détection de présence.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...8 lines deleted...]
-      <c r="O20" s="1" t="inlineStr">
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="S20" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier de cette aide, les collectivités doivent être adhérentes au SDED 52 et avoir procédé au transfert de la compétence éclairage public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
-[...30 lines deleted...]
- &lt;br /&gt;
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sded52.fr/eclairage-public</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute interrogation :
+&lt;/p&gt;
+&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et des Déchets 52
+ &lt;br /&gt;
+ 40 bis avenue Foch
+ &lt;br /&gt;
+ 52 000 Chaumont
+&lt;/p&gt;
+&lt;p&gt;
+ 03 25 35 09 29
+&lt;/p&gt;
+&lt;p&gt;
+ sded52&amp;#64;sded52.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>sded52@sded52.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c2c9-ameliorer-lefficacite-energetique-de-leclaira/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>60102</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Investir en faveur de l’efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants - ELENA</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>Banque Européenne d'Investissement (BEI)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...5 lines deleted...]
-          <t>Subvention
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
 Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le mécanisme ELENA fournit une assistance technique pour les investissements en faveur de l&amp;#039;efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités qui peuvent faire l&amp;#039;objet de subventions ELENA sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études techniques, audits énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  business plans et conseils financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseils juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation de procédures d&amp;#039;appels d&amp;#039;offres
+ &lt;/li&gt;
+ &lt;li&gt;
+  regroupement de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion de projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ELENA soutient généralement des programmes d&amp;#039;investissement
+ &lt;strong&gt;
+  supérieurs à 30 millions d&amp;#039;euros
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  , avec une période d&amp;#039;exécution de trois ans pour l&amp;#039;efficacité énergétique
+ &lt;/strong&gt;
+ (y compris s&amp;#039;agissant des projets résidentiels) et une période de
+ &lt;strong&gt;
+  quatre ans pour les transports urbains et la mobilité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA apporte son assistance à trois secteurs différents, d&amp;#039;où l&amp;#039;existence de trois enveloppes distinctes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Efficacité énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA soutient l&amp;#039;élaboration de projets qui améliorent l&amp;#039;efficacité énergétique et favorisent le recours aux énergies renouvelables dans les bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles couvrent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;efficacité énergétique dans les bâtiments résidentiels et non résidentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les énergies renouvelables intégrées dans le bâti (panneaux solaires, par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  le chauffage urbain (centrales de cogénération et chaufferies à biomasse, notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les réseaux intelligents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Résidentiel durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA aide les particuliers et les associations de propriétaires à préparer et à réaliser des rénovations d&amp;#039;efficacité énergétique et des projets axés sur les énergies renouvelables dans les bâtiments résidentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les logements individuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements sociaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Transport et mobilité en ville
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA appuie également les projets innovants liés aux transports et à la mobilité dans les zones urbaines qui permettent de réaliser des économies d&amp;#039;énergie et de réduire les émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets admissibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements visant à encourager l&amp;#039;utilisation et l&amp;#039;intégration de solutions innovantes axées sur les combustibles de substitution dans le domaine de la mobilité urbaine, par exemple ceux ayant trait aux véhicules et aux installations de recharge
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements promouvant l&amp;#039;introduction à grande échelle de nouveaux modes de transport plus économes en énergie, qui, dans les zones urbaines, peuvent revêtir de nombreuses formes, comme par exemple : mobilité partagée, logistique urbaine, systèmes de transport intelligents, infrastructures urbaines (y compris les investissements dans les modes de déplacement doux ou dans la mobilité qui ne repose pas sur les transports motorisés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/map.htm" rel="noopener" target="_blank"&gt;
+  Exemples de projets en cours
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/completed-projects/index.htm"&gt;
+  Exemples de projets achevés
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Réhabilitation
+Logement et habitat
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets d&amp;#039;assistance technique relevant d&amp;#039;ELENA ne doivent pas poursuivre de but lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est la Commission européenne qui donnera son approbation définitive, sur la base de l&amp;#039;évaluation de la BEI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eib.org/fr/products/advising/elena/index.htm</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour présenter une demande initiale de financement, contactez directement la Banque Européenne d&amp;#039;Investissement par courriel à l&amp;#039;adresse elena&amp;#64;eib.org et utilisez
+ &lt;a href="https://www.eib.org/attachments/documents/elena-pre-application-formfr.docx"&gt;
+  le formulaire de préadmission
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour soumettre sa candidature :
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/index.htm" rel="noopener" target="_blank"&gt;
+  https://www.eib.org/fr/products/advising/elena/index.htm
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b772-investir-en-faveur-de-lefficacite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>111760</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Maitriser et réduire la consommation d’énergie du patrimoine public</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en Energie Partagé</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Audits décret tertiaire subventionné à 50% (sous réserve de disponibilité des fonds)</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Répondre aux enjeux de la transition énergétique en bénéficiant d&amp;#039;un accompagnement technique et financier ajusté à ses besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être accompagné par un économe de flux spécialisé et disponible au quotidien
+ &lt;/li&gt;
+ &lt;li&gt;
+  établir la carte énergétique de la collectivité (avec audits énergétiques des bâtiments sélectionnés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  établir et présenter des bilans énergétiques annuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en travaux d&amp;#039;efficacité énergétique et en énergies renouvelables
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide dans les obligations du Décret Tertiaire (Définition de l&amp;#039;année de référence, transmission des données dans OPERAT, Elaboration du dossier technique...) pour tous les bâtiments concernés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à la définition des plans pluriannuels d&amp;#039;investissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à la recherche de financement (DSIL, DERT, CEE...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  identification des certificats d&amp;#039;économie d&amp;#039;énergie (CEE) valorisables et gestion administrative de leur valorisation financière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  bénéficier des marchés techniques du SDEEG (Energies renouvelables, rénovation, commissionnement, contrat d&amp;#039;exploitation/maintenance des installations thermiques ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédaction des cahiers des charges techniques dans le cadre de lancement d&amp;#039;études spécifiques et de travaux en fonction des besoins identifiés (l&amp;#039;ensemble de nos marchés suivent les préconisations de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  suivi de l&amp;#039;élaboration des études et des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner la réalisation d&amp;#039;un Schéma Directeur Immobilier (SDI) :
+ Elaborer une feuille de route sur les moyens et longs termes de la stratégie patrimoniale globale et du programme d&amp;#039;investissements à la lecture du diagnostic de l&amp;#039;état du patrimoine, de son occupation et de son coût.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LIVRABLES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rapports d&amp;#039;audit énergétique pour les bâtiments diagnostiqués
+ &lt;/li&gt;
+ &lt;li&gt;
+  bilan énergétique annuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise à disposition d&amp;#039;un logiciel de suivi énergétique et patrimoniale
+ &lt;/li&gt;
+ &lt;li&gt;
+  cahier des charges techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport de commissionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  dossier de dépôt des CEE
+ &lt;/li&gt;
+ &lt;li&gt;
+  un document unique de programmation formalisée du SDI
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseillers en Energies Partagés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au changement de contrat d&amp;#039;Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation du fonctionnement des dispositifs de chauffage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;un bâtiment (AMO, MOE....)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation des travaux effectué via les CEE (certificats d&amp;#039;Economie d&amp;#039;Energie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation de système de production d&amp;#039;Energies renouvelables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation du confort d&amp;#039;été ....
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la transition énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention ECOBAT dans le cas de la mise à disposition d&amp;#039;un économe de flux et des outils en lien avec cet accompagnement patrimonial.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du devis d&amp;#039;intervention proposé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/313-conseil-en-energie-partage-cep.html</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ William RAVAILLE&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1965-maitriser-er-reduire-la-consommation-denergie/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>16244</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets de construction, rénovation et transformation des bâtiments éducatifs</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EduRénov</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Edu Prêt pour soutenir vos investissement dans l'école de demain</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  🚩
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Vous êtes une
+collectivité territoriale ou un groupement, une entreprise publique locale
+(SEM, SPL,…), un établissement public local (OPH et EPSMS) ou un établissement
+public national ? L&amp;#039;Edu Prêt est une solution de financement proposée par la
+Banque des Territoires pour accompagner la modernisation des bâtiments
+scolaires et périscolaires. Ce prêt permet aux collectivités de financer leurs
+projets d&amp;#039;acquisition, de construction et de rénovation avec des conditions
+avantageuses.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Grâce à l&amp;#039;Edu
+Prêt, vous pouvez bénéficier :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;D’un
+     taux bonifié pour les opérations les plus vertueuses.&lt;/li&gt;
+ &lt;li&gt;De
+     prêts à taux compétitif, quelle que soit la nature de votre projet.&lt;/li&gt;
+ &lt;li&gt;D’un
+     taux fixe, rendu possible par le partenariat entre la Banque des
+     Territoires et la BEI.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Que votre
+projet concerne des écoles, collèges, lycées ou équipements périscolaires comme
+les internats et espaces culturels, l&amp;#039;Edu Prêt vous offre une solution sur
+mesure. L’objectif est d’assurer des financements accessibles et pérennes pour
+soutenir la qualité et l’efficacité énergétique des infrastructures éducatives.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Si vous
+souhaitez en savoir plus, vous pouvez consulter la page dédiée à l&amp;#039;Edu Prêt et
+découvrir comment structurer votre projet avec un accompagnement adapté.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/edu-pret-investir-dans-les-projets-du-secteur-educatif</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c660-edu-pret/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>162889</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d’implantation d’une première usine tournée vers la décarbonation, l’efficacité énergétique et la circularité des processus de production</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>PM'up Jeunes pousses industrielles</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;La Région aide les entreprises de moins de 250 salariés qui implantent pour la première fois une usine en suivant une stratégie de décarbonation, d’efficacité énergétique et un processus de production circulaire. &lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;Attention, ne sont pas éligibles  :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les entreprises concernées par les exclusions prévues à l’article 1 §2 – 3 et 5 du règlement général d’exemption par catégorie n°651/2014 modifié.  &lt;/li&gt;&lt;li&gt;Les entreprises répondant à la notion d’entreprises en difficulté au sens de l’article 2 § 18 du règlement général d’exemption par catégorie n°651/2014 modifié.  &lt;/li&gt;&lt;li&gt;Les entreprises faisant l’objet d’une injonction de récupération suivant une décision de la Commission européenne non exécutée déclarant les aides illégales et contraires au marché commun (Article 1 § 4 point a du règlement général d’exemption par catégorie n°651/2014 modifié).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>03/11/2025</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2026</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Sont éligibles les petites et moyennes entreprises (PME) : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Quelle que soit leur forme juridique, y compris les associations ayant une activité économique,&lt;/li&gt;&lt;li&gt;Employant moins de 250 salariés,&lt;/li&gt;&lt;li&gt;Dont le chiffre d’affaires n’excède pas 50 M€ et/ou dont le bilan total n’excède pas 43 M€, &lt;/li&gt;&lt;li&gt;Ayant au moins 1 établissement en Île-de-France ou projetant une ouverture en Île-de-France.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;Une aide en subvention plafonnée à 1.000.000€ par projet. &lt;/strong&gt; &lt;br /&gt;&lt;br /&gt;Le plafond de l’aide pourra être porté exceptionnellement à 1.200.000€ pour soutenir des projets localisés en zone de reconquête économique.  &lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Le taux de subvention ne peut dépasser 50% des dépenses éligibles,&lt;/strong&gt; dans la limite des plafonds autorisés par les régimes d’aides et le règlement de minimis mobilisés. &lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Les dépenses éligibles sont prises en compte à partir de la date de validation du dossier. &lt;/strong&gt;&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Liste des dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ligne de production : investissements matériels et immatériels,&lt;/li&gt;&lt;li&gt;Conseil industriel,&lt;/li&gt;&lt;li&gt;Recrutements de fonctions industrielles,&lt;/li&gt;&lt;li&gt;Innovations industrielles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour plus de précisions, consultez le règlement d’intervention et le cahier des charges téléchargeables sur cette page.&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Dans le cadre de &lt;a href="https://www.iledefrance.fr/la-region-lance-impact-2028-sa-nouvelle-strategie-economique-face-aux-grands-defis-de-demain" target="_blank"&gt;sa stratégie « Impact 2028 »,&lt;/a&gt; la Région s’engage dans la défense de la souveraineté industrielle en renforçant son soutien à une industrie circulaire et décarbonée, porteuse d’innovations et créatrice d’emplois.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PM&amp;#039;up Jeunes pousses industrielles soutient les projets d’implantation d’une première usine tournée vers la décarbonation, l’efficacité énergétique et la circularité des processus de production.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ces projets peuvent prendre l&amp;#039;une de ces formes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une première unité de production industrielle, après une phase de prototypage,&lt;/li&gt;&lt;li&gt;Une ligne pilote de production industrielle, en interne ou chez un tiers situé en Île-de-France, à condition que sa production soit destinée à de premières commercialisations,&lt;/li&gt;&lt;li&gt;La transformation d’une unité de production pilote à une unité de production industrielle&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;La demande est à déposer sur la plateforme régionale &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; entre le 24 octobre 2023 et le 22 mars 2024 (midi). &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les entreprises lauréates deviennent&lt;/strong&gt; &lt;strong&gt;membres du Réseau Île-de-France Entreprises. &lt;/strong&gt;Ce réseau unique, qui compte plus de 5.000 membres, propose des opportunités d’affaires, des mises en relation exclusives, des occasions de partage d’expérience et de visibilité pour accompagner leur croissance en complément de l’aide financière régionale. &lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Nous vous proposons des webinaires de présentation du dispositif &lt;/strong&gt;&lt;strong&gt;PM&amp;#039;up Jeunes pousses industrielles, pour une réindustrialisation décarbonée.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prochain webinaire :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;/strong&gt;&lt;strong&gt;&lt;a href="https://s.region.iledefrance.fr/6314/www/0001cc0047966869.html"&gt;Mardi 5 mars 2024 à 9h30&lt;/a&gt;&lt;/strong&gt;&lt;strong&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/pmup-jeunes-pousses-industrielles</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:jeunespoussesindustrielles&amp;#64;iledefrance.fr" target="_blank"&gt;jeunespoussesindustrielles&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pmup-jeunes-pousses-industrielles/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>1065</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Investir sur les procédés de production existants permettant une réduction significative des consommations d’énergie</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Plafond 200.000€ / bonus de +10% pour les structures s’engageant dans une stratégie d’investissement</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concourir à la mutation nécessaire du monde économique vers la sobriété énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérenniser l&amp;#039;activité économique et l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Limiter les émissions de gaz à effet de serre (GES)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Cette aide est renouvelable 3 ans après la décision de la Commission Permanente du Conseil Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les investissements portant sur les procédés de production innovants ou procédés classiques permettant une réduction significative des consommations d&amp;#039;énergie, ainsi que le pilotage performant de ces procédés (nouveau système ou optimisation de l&amp;#039;existant). Les investissements portant sur les utilités permettant une réduction significative des consommations d&amp;#039;énergie grâce à des techniques plus efficaces ou des systèmes de récupération de chaleur fatale (optimisation de la ventilation, de l&amp;#039;air comprimé, de la production et de la distribution de vapeur, du froid, de la force motrice, de l&amp;#039;éclairage...engendrant des économies d&amp;#039;énergie).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts d&amp;#039;investissement HT supplémentaires nécessaires pour parvenir à un niveau d&amp;#039;efficacité énergétique supérieur. Ils sont déterminés comme suit : a) si les coûts de l&amp;#039;investissement dans l&amp;#039;efficacité énergétique peuvent être identifiés comme investissement distinct dans les coûts d&amp;#039;investissement totaux, ces coûts liés à l&amp;#039;efficacité énergétique constituent les coûts admissibles ; b) dans tous les autres cas, les coûts de l&amp;#039;investissement dans l&amp;#039;efficacité énergétique sont déterminés par référence à un investissement similaire, favorisant moins l&amp;#039;efficacité énergétique, qui aurait été plausible en l&amp;#039;absence d&amp;#039;aide. La différence entre les coûts des deux investissements représente les coûts liés à l&amp;#039;efficacité énergétique et constitue les coûts admissibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lefficacite-energetique-des-procedes/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 64 96
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Metz : 03 87 33 62 85
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Châlons : 03 26 70 66 08
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a4d-efficacite-energetique-des-procedes-grandest/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>1069</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Financer de l'ingénierie aux territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, le Région Grand Est décide de donner aux territoires ruraux des moyens d&amp;#039;animation et de mise en réseau des acteurs publics et privés afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  connecter ou mutualiser les projets pour développer des services, des activités et des emplois,
+ &lt;/li&gt;
+ &lt;li&gt;
+  valoriser les partenariats locaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  décliner les politiques régionales à l&amp;#039;échelle des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire émerger des projets structurants et articulés entre eux : prise en compte la trame verte et bleue dans les projets des communes et des EPCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la transition énergétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer l&amp;#039;artisanat local
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Les pôles d&amp;#039;équilibre territorial et rural, les syndicats mixtes ou les associations de Pays.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Postes de chargé(e)s de mission généralistes ou thématiques, hors postes de direction et fonctionnels, secrétariat et finances.
+&lt;/p&gt;
+&lt;p&gt;
+ Financement de deux postes maximum par territoire hors communauté urbaine et métropole, et d&amp;#039;un poste pour les territoires comprenant une communauté d&amp;#039;agglomération.
+&lt;/p&gt;
+&lt;p&gt;
+ Une bonification au titre du Pacte pour la ruralité est prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le cofinancement d&amp;#039;un poste financé au titre du Gal Leader est exclu ; celui d&amp;#039;un poste financé par l&amp;#039;État au titre d&amp;#039;un contrat de ruralité est possible dans la limite totale de 80% du coût chargé.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces missions doivent favoriser la prise en compte des politiques sectorielles de la Région en lien avec les contrats de ruralité de l&amp;#039;État ; elles contribueront à la mise en œuvre du dispositif régional en faveur des EPCI par une mise en cohérence des projets entre eux et au regard des orientations des documents stratégiques et de planification, ex : SRADDET, SCOT, projet de territoire.
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Les salaires bruts et les charges patronales ; les coûts associés ne sont pas pris en charge.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Territoire hors zone pacte ruralité et n&amp;#039;intégrant pas de communauté d&amp;#039;agglomération : 40% / 20 000 € /2 postes maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire en zone pacte ruralité et n&amp;#039;intégrant pas de communauté d&amp;#039;agglomération : 50% / 30 000 € / 2 postes maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire hors zone pacte ruralité et intégrant une communauté d&amp;#039;agglomération : 40% / 20 000 € / 1 poste maximum
+  &lt;/li&gt;
+  &lt;li&gt;
+   Territoire en zone pacte ruralité et intégrant une communauté d&amp;#039;agglomération : 40% / 20 000 € /2 postes maximum
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ingenierie-territoriale-2018-2021/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ territoiresetruralites&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b495-ingenierie-territoriale-2018-2021-grandest/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>71652</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner votre ville dans la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>ENEDIS</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...21 lines deleted...]
- &lt;br /&gt;
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Enedis est le gestionnaire du réseau public de distribution d&amp;#039;électricité sur 95 % du territoire français métropolitain et à ce titre est présente sur 199 des 222 villes du Programme. En signant la convention nationale « Action Cœur de Ville », Enedis affiche sa volonté d&amp;#039;accompagner les villes adhérentes pour favoriser des projets de développement local, en lien avec les enjeux de transition écologique :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+ mise à disposition de données énergétiques ou cartographiques
+&lt;/li&gt;
+ &lt;li&gt;
+  appui à la maîtrise énergétique des bâtiments communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  appui à la réalisation d&amp;#039;un éco-quartier
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  appui au développement de la mobilité électrique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  appui aux projets d&amp;#039;autoconsommation individuelle et collective.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Enedis apportera son expertise et son ingénierie en s&amp;#039;appuyant notamment sur l&amp;#039;utilisation des compteurs communicants et la mise à disposition des données.
+&lt;/p&gt;
+&lt;p&gt;
+ Enedis propose ainsi, dans le strict respect de ses missions de service public, un panel de solutions d&amp;#039;accompagnement qui soutiennent les axes de revalorisation du Programme Action Cœur de Ville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
-[...2 lines deleted...]
- Depuis 2018, Hellio a versé plus de 30 millions d&amp;#039;euros pour la rénovation de ces bâtiments divers :
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>03/09/2020</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Villes sous contrat avec ENEDIS
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.enedis.fr/actualites/enedis-signe-la-convention-nationale-action-coeur-de-ville-pour-accelerer-le-deploiement</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Interlocuteur local ENEDIS
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>actioncoeurdeville@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46c1-accompagner-votre-ville-dans-la-transition-en/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>12476</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui technique de proximité à la mise en œuvre des politiques publiques prioritaires</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>DDT de la Lozère</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La direction départementale des Territoires de la Lozère est l&amp;#039;interlocuteur de proximité des élus qui souhaitent être accompagnés et soutenus dans la mise en œuvre de projets relevant des politiques publiques prioritaires suivantes : aménagement de bourgs, transition énergétique, publicité, sécurité routière, bâtiment durable et accessibilité, risques, urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau. Suivant le besoin identifié, elle peut revêtir différentes formes : pré-diagnostic ou diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, étude de faisabilité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de projets réalisés grâce à cette aide :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  278 écoles
-[...53 lines deleted...]
-Economie d'énergie et rénovation énergétique
+  aménagements d&amp;#039;espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation thermique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  agendas d&amp;#039;accessibilité programmée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics publicité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics de sécurité routière ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aires d&amp;#039;accueil des gens du voyage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plans communaux de sauvegarde.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Risques naturels
 Equipement public
 Bâtiments et construction
 Réhabilitation
-Logement et habitat</t>
-[...2 lines deleted...]
-      <c r="O21" s="1" t="inlineStr">
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S21" s="1" t="inlineStr">
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Lozère</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction départementale des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Délégué à l&amp;#039;action territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ddt-action-territoriale.direction&amp;#64;lozere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>sylvie.pascal@lozere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d2f-appui-technique-de-proximite-a-la-mise-en-uvr/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>73928</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>ALME Mulhouse sud Alsace - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ALME Mulhouse Sud Alsace
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>CA Mulhouse Alsace Agglomération</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alme-mulhouse.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Elodie Passat, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ elodie.passat&amp;#64;mulhouse-alsace.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/22c8-se-faire-accompagner-par-lalec-nancy-grands-t/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>73932</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Montpellier Métropole - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Montpellier Métropole
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Montpellier Méditerranée Métropole</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-montpellier.org/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjorie Salaün-Rovira, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ marjorie.salaun&amp;#64;alec-montpellier.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c36-se-faire-accompagner-par-lale-08/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>73936</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Lozère Energie - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Lozère Energie
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Lozère</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>http://energie.lozere.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mathieu Couderc, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;energie.lozere.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1bc-se-faire-accompagner-par-lalec-quercy-energie/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>73876</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>ALEPTE  - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEPTE
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Paris Terres d'Envol (EPT)</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alepte.fr/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mourad Boukrara, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ mourad.boukrara&amp;#64;alepte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/231a-se-faire-accompagner-par-lalec-plaine-commune/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>73877</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>ALEC GPSO Energie - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  GPSO Energie
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Grand Paris Seine Ouest (EPT)</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gpso-energie.fr/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Muriel Leboulanger, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ muriel.leboulanger&amp;#64;gpso-energie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a27f-se-faire-accompagner-par-lalepte/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>73878</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>ALEC POLD - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  POLD
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U21" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Paris Ouest La Défense (EPT)</t>
         </is>
       </c>
       <c r="V21" s="1" t="inlineStr">
         <is>
-          <t>https://www.hellio.com/solutions/collectivites</t>
+          <t>https://www.alec-pold.org/</t>
         </is>
       </c>
       <c r="X21" s="1" t="inlineStr">
         <is>
-          <t>&lt;ul&gt;
-[...13 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;
+ Tony Ferreira, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ t.ferreira&amp;#64;alec-pold.org
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y21" s="1" t="inlineStr">
         <is>
-          <t>lmonnier@hellio.com</t>
+          <t>contact@federation-flame.org</t>
         </is>
       </c>
       <c r="Z21" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-valorisation-des-travaux-de-re/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cb0-se-faire-accompagner-par-alec-pold/</t>
         </is>
       </c>
       <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:27" customHeight="0">
       <c r="A22" s="1">
-        <v>101597</v>
+        <v>73880</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Accélérer la rénovation énergétique des bâtiments publics</t>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires
-[...1 lines deleted...]
-ADEME</t>
+          <t>ALEC SQY - Agence Locale de l'Energie et du Climat</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  SQY
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Centre et sud Yvelines</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alecsqy.org/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sébastien Mellé, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ sebastien.melle&amp;#64;alecsqy.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f90-se-faire-accompagner-par-lalec-ouest-essonne/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>73882</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Seine et Marne Environnement - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Seine et Marne Environnement
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mme Céline HENRY, Directrice&lt;/p&gt;&lt;p&gt;direction&amp;#64;seme-id77.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff6d-se-faire-accompagner-par-lalec-sud-parisienne/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>73940</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Agence des Politiques énergétiques du Var
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://cofor83.fr/agence-des-politiques-energetiques-du-var</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sophie Perchat, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ sophie.perchat&amp;#64;cofor83.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8f26-se-faire-accompagner-par-lalec-de-la-metropol/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>73934</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Quercy Energies - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC Quercy
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  Energies
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>http://www.quercy-energies.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Alban Aubert, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ alban.aubert&amp;#64;quercy-energies.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3049-se-faire-accompagner-par-lalec-montpellier-me/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>73881</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Sud Parisienne - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Sud Parisienne
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>CA Grand Paris Sud Seine Essonne Sénart</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>http://alec-sudparisienne.org/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adèle Baud, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ a.baud&amp;#64;alec-sudparisienne.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e87-se-faire-accompagner-par-lalec-sqy/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>73922</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays de Rennes - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC du Pays de Rennes
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE RENNES</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-rennes.org/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Claire Le Gentil, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ claire.le-gentil&amp;#64;alec-rennes.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01c1-se-faire-accompagner-par-lalec-du-departement/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>73946</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>ALOEN - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ALOEN
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DE LORIENT</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://aloen.fr/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marie-Laure Lamy, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ marielaurelamy&amp;#64;aloen.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3919-se-faire-accompagner-par-energence/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>73923</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>ENER'GENCE - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ENER&amp;#039;GENCE
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE BREST</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>http://www.energence.net/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gladys Douilly, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ gladys.douilly&amp;#64;energence.net
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/31ee-se-faire-accompagner-par-lalec-du-pays-de-ren/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>73924</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Pays St Brieuc - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  du Pays de Saint-Brieuc
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Saint-Brieuc (PETR)</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec-saint-brieuc.org/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Charline Lasterre, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ charline.lasterre&amp;#64;alec-saint-brieuc.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5ce3-se-faire-accompagner-par-energence/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>73925</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>ALECOB - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  ALECOB
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU CENTRE OUEST BRETAGNE</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://alecob.jimdofree.com/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Benoit Aignel, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ benoit.aignel&amp;#64;wanadoo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a8b1-se-faire-accompagner-par-lalec-du-pays-de-sai/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>73926</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>HEOL - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  HEOL
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Morlaix (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>http://www.heol-energies.org/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bertrand Mear, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ bertrand.mear&amp;#64;heol-energies.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e01-se-faire-accompagner-par-lalecob/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>73938</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 18 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC 18
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://alec18.fr/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Pierre Claustres, Directeur :
+ &lt;a target="_self"&gt;
+  jean-claustres&amp;#64;alec18.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/687e-se-faire-accompagner-par-lalec-37/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>73931</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>ALE 08 - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALE
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  08
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ale08.org/</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christel Sauvage, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ c.sauvage&amp;#64;ale08.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87dc-se-faire-accompagner-par-lalec-du-pays-messin/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>73933</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>SOLEVAL - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALE
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  C SOLEVAL
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>CA du Sicoval</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>http://www.soleval.org/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Laure Barthelemy-Blanc, Directrice /
+ &lt;a href="mailto:laurebb&amp;#64;soleval.org" target="_self"&gt;
+  laurebb&amp;#64;soleval.org
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact du secrétariat : Tél. : 09 62 21 95 85 /
+ &lt;a href="mailto:contact&amp;#64;soleval.org" target="_self"&gt;
+  contact&amp;#64;soleval.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2e94-se-faire-accompagner-par-lalec-montpellier-me/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>73884</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Grenoble - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Grenoble
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes-Métropole</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec-grenoble.org/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marie Filhol, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ marie.filhol&amp;#64;alec-grenoble.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ce4-se-faire-accompagner-par-lalec-de-la-metropol/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>73935</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>ALEDA - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC ALEDA
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Ariège</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>http://aleda09.fr/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe Bonrepaux, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ p.bonrepaux&amp;#64;sde09.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35df-se-faire-accompagner-par-lalec-montpellier-me/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>73885</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 01 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC
+01
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec01.fr/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marie Moissenet, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ m.moissenet&amp;#64;alec01.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a7a-se-faire-accompagner-par-lalec-de-la-metropol/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>73887</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 42 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC 42
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec42.org/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Richard Gonnet, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ richard.gonnet&amp;#64;alec42.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/43a3-se-faire-accompagner-par-lalec-du-departement/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>73886</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 07 - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC
+07
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec07.org/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Joseph Bourez, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ bourez&amp;#64;alec07.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/124e-se-faire-accompagner-par-lalec-du-departement/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>73883</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Lyon
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Alex Dellong, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ alex.dellong&amp;#64;alec-lyon.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/27ae-se-faire-accompagner-par-seine-et-marne-envir/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>154976</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Aider au maintien et au développement des établissements scolaires publics du 1er degré, des locaux périscolaires et des accueils de loisirs</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>ÉTABLISSEMENTS SCOLAIRES PUBLICS DU 1ER DEGRÉ, LOCAUX PÉRISCOLAIRES ET ACCUEILS DE LOISIRS</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>- Taux ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - Dispositif concerné par les bonifications environnementale et insertion</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider au maintien et au développement des établissements de l&amp;#039;enseignement public du 1er degré, de leurs locaux d&amp;#039;animation, des garderies périscolaires, des accueils de loisirs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Toutes dépenses d&amp;#039;investissement pour l&amp;#039;achat d&amp;#039;un bâtiment (suivi ou non de travaux), la construction, l&amp;#039;extension ou la réhabilitation d&amp;#039;un bâtiment ayant vocation à en augmenter la valeur ou la durée d&amp;#039;usage (y compris la végétalisation des murs et toitures) à usage scolaire et/ou d&amp;#039;animation, de garderies périscolaires, d&amp;#039;accueil de loisirs, de cantines (y compris leur cuisine si utilisation exclusivement scolaire du 1er degré), &lt;/li&gt;&lt;li&gt;L&amp;#039;aménagement des cours d&amp;#039;école&lt;/li&gt;
+ &lt;li&gt;Les aires de jeux inclusives comportant au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences qu&amp;#039;il soit moteur, auditif, visuel ou mental
+ &lt;/li&gt;
+ &lt;li&gt;Les clôtures et portails (dans le cadre de la sécurisation du site)&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Dans le cadre d&amp;#039;un projet global, les travaux de mise en accessibilité peuvent être inclus dans la dépense éligible si leur coût est inférieur à 50% du coût total H.T. du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses concomitantes éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démolitions et/ou désamiantage liés au projet, (uniquement si accompagnés de travaux de (re)construction, extension, réhabilitation),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions de mobilier et de gros matériel fixe (cuisine) uniquement si elles sont liées à un projet de construction, d&amp;#039;extension ou de création,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études d&amp;#039;investissement préalables, ingénierie, assistance à maîtrise d&amp;#039;ouvrage si elles ont fait l&amp;#039;objet d&amp;#039;un mandat dans les 3 ans précédant la date du dépôt de la demande de subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions foncières et / ou bâtimentaires si la date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans les 3 ans précédant la date de dépôt de la demande de subvention,
+ &lt;/li&gt;
+ &lt;li&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/etablissements-scolaires-publics-du-1er-degre-locaux-periscolaires-et-accueils-de-loisirs/</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0e3-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>73873</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>APC - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  APC
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.apc-paris.com/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Karine Bidart, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ karine.bidart&amp;#64;apc-paris.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c70e-se-faire-accompagner-par-une-agence-locale-de/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>73874</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>ALEC MVE - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  MVE
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>EPT Est Ensemble, Grand Paris Grand Est, Paris Est Marne et Bois</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-mve.org/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Brigitte Corinthios, Directrice
+&lt;/p&gt;
+&lt;p&gt;
+ bcorinthios&amp;#64;agence-mve.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8c51-se-faire-accompagner-par-lagence-parisienne-d/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>73875</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Plaine Commune - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Plaine Commune
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Plaine Commune (EPT)</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-plaineco.org/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Michael Evrard, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ m.evrard&amp;#64;alec-plaineco.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/63b3-se-faire-accompagner-par-lalec-mve/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>73927</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Nancy Grands Territoires - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  Nancy Grands Territoires
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Nancy</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>http://alec-nancy.fr/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Guillaume Lavier, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ guillaume.lavier&amp;#64;alec-nancy.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7830-se-faire-accompagner-par-heol/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>73930</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Pays Messin - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC
+ &lt;strong&gt;
+  du Pays Messin
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DE L'AGGLOMERATION MESSINE</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>http://www.alec-paysmessin.fr/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jérémy Marx, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ direction&amp;#64;alec-paysmessin.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0377-se-faire-accompagner-par-lalec-epinal-centre-/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>73941</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole bordelaise et Gironde - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;
+ &lt;strong&gt;
+  ALEC de la métropole bordelaise et de la Gironde
+ &lt;/strong&gt;
+ , outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil FAIRE (Info Énergie) et les Plateformes Territoriales de Rénovation
+ Énergétique de l&amp;#039;Habitat (PTRE), le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Romain Harrois, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ romain.harrois&amp;#64;alec-mb33.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/536a-se-faire-accompagner-par-lagence-des-politiqu/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>116231</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maîtrises d'ouvrage publiques dans l'amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Programme pour l'efficacité énergétique dans les bâtiments en France d'Outre-mer</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+ADEME</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Min : 100</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PEEB Outre-Mer est une facilité d&amp;#039;assistance technique financée sur ressources du Fonds Outre-Mer visant à accompagner les maîtrises d&amp;#039;ouvrage publiques dans l&amp;#039;amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les prestations incluent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les diagnostics et audits énergétique (selon les méthodologies de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les simulations thermiques dynamiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bilans carbone
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégration des enjeux énergétiques et environnementaux dans les documents d&amp;#039;appels d&amp;#039;offre
+ &lt;/li&gt;
+ &lt;li&gt;
+  La révision de plans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le chiffrage de mesures d&amp;#039;efficacité énergétique et de production ENR
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement pour la certification des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études environnementales, sociales et de genre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les analyses parasismique, para-cyclonique, inondations et plan de retrait amiante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formations et ateliers à l&amp;#039;attention des acteurs du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit être éligible au Fonds Outre-mer.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit viser l&amp;#039;amélioration significative de la performance énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études des performances énergétiques et environnementales ne doivent pas avoir été contractualisées avec un prestataire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit faire une requête explicite au PEEB après une première analyse réalisée par le chargé d&amp;#039;affaires AFD ou ADEME.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les chargés d&amp;#039;affaires AFD et les ingénieurs ADEME locaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts directions d&amp;#039;agences AFD :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1bc1-peeb-outre-mer/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>75457</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et valoriser les « Grands sites patrimoniaux »</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I50" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renforcer l&amp;#039;attractivité de la Bourgogne-Franche-Comté par la restauration et la mise en valeur des sites patrimoniaux majeurs de la région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets patrimoniaux inscrits aux contrats de plan État-région 2015-2020,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les grands sites patrimoniaux qui s&amp;#039;inscrivent dans des projets de développement culturel et touristique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Dépenses éligibles :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une étude afin de définir le projet culturel lié au monument ou au site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration d&amp;#039;éléments d&amp;#039;architecture ou de confortation du site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation d&amp;#039;un monument ou un site par la mise en œuvre de dispositifs permanents à destination de publics variés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Subvention d&amp;#039;investissement.
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;ingénierie de projet : dépense minimale 10 000 €, taux maximal 40 %,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de restauration : dépense minimale 50 000 €, taux maximal 20 %,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisation : dépense minimale 30 000 €, taux maximal 40 %.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre du plan d&amp;#039;accélération de l&amp;#039;investissement régional, une bonification de 10 % est possible pour les travaux de restauration du patrimoine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt patrimonial et qualité du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conduite du projet sur l&amp;#039;ensemble de la chaîne patrimoniale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit avoir fait l&amp;#039;objet d&amp;#039;une réflexion pluridisciplinaire préalable au regard des enjeux et besoins du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Efficacité énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/node/395</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ patrimoineculturel&amp;#64;bourgognefranchecomte.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4381-restaurer-valoriser-grands-sites-patrimoniaux/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>101597</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
         <is>
           <t>Certificat d'économie d'énergie (CEE)</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K51" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez réduire l&amp;#039;empreinte environnementale de votre patrimoine communal ou intercommunal, réaliser des économies d&amp;#039;énergie, répondre aux aspirations citoyennes et vous engager dans une démarche exemplaire.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez agir sur l&amp;#039;emploi local et mobiliser artisans et entreprises de la construction grâce à la mise en chantier de travaux de rénovation énergétique.
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez moderniser et valoriser vos infrastructures, améliorer leur confort et mieux protéger le public en particulier les plus fragiles (enfants et personnes âges) face aux conséquences à venir du changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  En complément du soutien apporté par la dotation de soutien à l&amp;#039;investissement local (cf. fiche «Financer des équipements publics pour une relance locale rapide»), vous pouvez bénéficier de l&amp;#039;accompagnement et des ressources du programme ACTEE. Porté par la fédération nationale des collectivités concédantes et régies (FNCCR) dans le cadre des certificats d&amp;#039;énergie, ACTEE apporte un panel d&amp;#039;outils et de financement pour faciliter la rénovation énergétique de vos bâtiments publics.
 &lt;/p&gt;
 &lt;p&gt;
  Ce programme transversal vous apporte :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une cellule de soutien pour répondre rapidement à vos interrogations via un numéro et un mail dédié.
   &lt;/li&gt;
   &lt;li&gt;
    Des appels à manifestation d&amp;#039;intérêt (AMI) pour vous financer sur 4 postes potentiels : poste d&amp;#039;économe de flux ; outils de mesure et petits équipements ; audits et stratégies pluriannuelles d&amp;#039;investissement ; aide au financement de la maîtrise d&amp;#039;œuvre ou assistance à maîtrise d&amp;#039;ouvrage pour la mise en place d&amp;#039;un contrat de performance énergétique ;
   &lt;/li&gt;
   &lt;li&gt;
    Des sous-programmes pour les projets de rénovation de piscine et bâtiments classés appelant une approche spécifique.
   &lt;/li&gt;
   &lt;li&gt;
    Une boîte à outils d&amp;#039;accompagnement et d&amp;#039;aide à la décision indispensable: guides, cahier des charges type, fiches pratiques, simulateur de travaux.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;h4&gt;
   La Banque des territoires :
  &lt;/h4&gt;
  La Banque des territoires a développé une offre large à destination des collectivités locales pour les accompagner dans leur projet de rénovation énergétiuqe : ingénierie territoriale, offres de financement en prêt, avances remboursables (dispositif d&amp;#039;intracting) et participation à des sociétés de projet. Cette offre peut être mise à profit par les collectivités dans les phases préparatoires aux projets, pour l&amp;#039;élaboration de stratégies patrimoniales sur les parcs de bâtiments publics notamment scolaires.
  &lt;br /&gt;
  La mobilisation des crtificats d&amp;#039;économie d&amp;#039;énergie :
  &lt;br /&gt;
  Les certificats d&amp;#039;économies d&amp;#039;énergie (CEE) représentent un outil incontournable de financement de la maîtrise de l&amp;#039;énergie pour les collectivités. Dans le cadre par exemple du remplacement de votre éclairage, de votre système de production de chaud ou de froid, de vos fenêtres leur valorisation permet de faire baisser le cout des travaux, sous réserve que les équipements choisis répondent à des standards élevés de performance et d&amp;#039;efficacité énergétique.
  &lt;br /&gt;
  Le kit &amp;#34;rénovation énergétique des bâtiments des collectivités locales - comprendre et se lancer&amp;#34; du MTE :
  &lt;br /&gt;
  Ce kit a vocation à synthétiser les enjeux et les bénéfices de la rénovation énergétique du patrimoine des collectivités et faciliter le passage à l&amp;#039;action en décrivant les leviers pour agir, les différentes étapes d&amp;#039;une démarche de rénovation énergétique, les outils juridiques, financiers et techniques pouvant accompagner les élus dans leur projet.
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou une intercommunalité du programme Petites villes de demain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U51" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V51" s="1" t="inlineStr">
         <is>
           <t>https://www.programme-cee-actee.fr</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez la cellule de soutien : renovation.actee&amp;#64;fnccr.asso.fr
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre conseiller en énergie partagée ou appuyez- vous sur un économe de flux financé par le programme ACTEE pour vous aider dans vos démarches. Retrouver les fiches standardisés CEE (https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie) et estimer les CEE valorisation grâce au calculateur CEE ADEME (http://calculateur-cee.ademe.fr
 &lt;/p&gt;
 &lt;p&gt;
  Retrouver les appels à manifestation d&amp;#039;intérêt en cours et la banque de ressources sur le site d&amp;#039;ACTEE : https://www.programme-cee-actee.fr
 &lt;/p&gt;
 &lt;p&gt;
  Voir fiches :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    «Bénéficier d&amp;#039;un &amp;#34;Conseil en énergie partagé»
   &lt;/li&gt;
   &lt;li&gt;
    «Financer des équipements publics pour une relance locale rapide »
   &lt;/li&gt;
   &lt;li&gt;
    «Obtenir un investissement de la Banque des Territoires dans des sociétés porteuses de projets de revitalisation»
   &lt;/li&gt;
   &lt;li&gt;
    «Bénéficier d&amp;#039;expertises thématiques pour mettre en œuvre des projets de revitalisation»
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Kit élus :
  &lt;a href="https://www.ecologie.gouv.fr/sites/default/files/Re%CC%81novation%20e%CC%81nerge%CC%81tique%20des%20ba%CC%82timents%20des%20collectivite%CC%81s%20locales_07_2020.pdf" rel="noopener" target="_blank"&gt;
   https://www.ecologie.gouv.fr/sites/default/files/Re%CC%81novation%20e%CC%81nerge%CC%81tique%20des%20ba%CC%82timents%20des%20collectivite%CC%81s%20locales_07_2020.pdf
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z51" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d5a7-accelerer-la-renovation-energetique-des-batim/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>144503</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets innovants dans le cadre des Contrats de Relance et de Transition Ecologique (CRTE)</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Subvention
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de dépense subventionnable : 500.000€ HT</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les dossiers portés par les collectivités locales (Communes, EPCI) concernant leur patrimoine immobilier communal et/ou intercommunal, à usage public uniquement ou à usage de logements sociaux et retenus par l&amp;#039;Etat au titre du CRTE pourront prétendre à une aide complémentaire du Département, dans la mesures où ces projets ne peuvent être subventionnés par aides dépendant des règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides financières portent sur les investissements suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réalisation de travaux de rénovation énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation de travaux pour le changement de mode de chauffage fioul ou gaz, par une source de chaleur renouvelable (biomasse, géothermie et solaire thermique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;installation de panneaux photovoltaïques pour l&amp;#039;autoconsommation seulement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de versement fixées par convention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sollicitant l&amp;#039;aide du Département devront être déposés avant tout investissement ou démarrage des travaux. Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention doit être déposé au titre de la DETR et DSIL sur la plateforme « démarches simplifiées » accompagné d&amp;#039;un courrier de saisie de Monsieur le Président du Conseil départemental et doit comprendre :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit énergétique ou étude de faisabilité EnR chaleur (ce document pourra être fourni ultérieurement, étant précisé qu&amp;#039;un engagement sur l&amp;#039;honneur de réaliser cette étude devra être fourni) et faisant état d&amp;#039;une réduction d&amp;#039;au moins 30% de consommations énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;installation de panneaux photovoltaïques, une étude technique détaillée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le devis estimatif retenu ou l&amp;#039;acte d&amp;#039;engagement accompagné du Détail Quantitatif et Estimatif (DQE) dans le cadre d&amp;#039;un marché ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si nécessaire, la délibération de l&amp;#039;assemblée délibérante de la commune ou de l&amp;#039;EPCI décidant la réalisation des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plan de financement de l&amp;#039;opération, faisant apparaître les autres demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Si la demande d&amp;#039;aide intervient dans le cadre d&amp;#039;un dossier de rénovation globale d&amp;#039;un bâtiment, les postes relatifs à la rénovation énergétique devront être distincts des autres postes de dépense sur le devis ou le bordereau des prix.</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle Développement Territorial Intégré et Ingénierie de Projets
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat : 05 58 05 40 22
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
+  developpement.territorial&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du Département
+&lt;/p&gt;
+&lt;p&gt;
+ 23 rue Victor Hugo
+&lt;/p&gt;
+&lt;p&gt;
+ 40025 MONT-DE-MARSAN CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f000-accompagner-les-projets-innovants-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>103464</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Rénover les bâtiments tertiaires publics de manière exemplaire (démarche Bâtiments durables).</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments publics durables</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p width="100%;"&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation exemplaire de bâtiments tertiaires publics.
+  &lt;/p&gt;
+&lt;p&gt;
+ Les projets présentés doivent porter sur les travaux de rénovation énergétique et climatique ambitieuse des bâtiments tertiaires publics, incluant une démarche Bâtiments durables franciliens (BDF) ou une démarche équivalente au choix du porteur de projet et un bouquet de travaux adossés aux CEE.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront respecter les performances minimales figurant dans les annexes.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs sont encouragés à intégrer
+ &lt;a href="https://www.iledefrance.fr/reflexe-bois-biosources" rel="noopener" target="_blank"&gt;
+  le dispositif « Réflexe bois-biosourcés »
+ &lt;/a&gt;
+ dans leurs réflexions de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de notification de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Biodiversité
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2018</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 k€ par projet, portée à 300 k€ en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l&amp;#039;élaboration des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur mesdemarches.iledefrance.fr préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/batiments-publics-durables</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    aap-batiments-durables&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82d5-batiments-publics-durables/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>140755</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un bilan énergétique du patrimoine communal</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Au cas par cas</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
-[...10 lines deleted...]
- &lt;br /&gt;
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner dans la transition énergétique
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  pour tout travaux éligible aux CEE - 50 %
-[...12 lines deleted...]
-  &lt;br /&gt;
+  Dispositif d&amp;#039;accompagnement :
+  Conseil en Energie Partagé (CEP)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectif:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - établir un inventaire du patrimoine communal
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -effectuer un bilan énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ - définir un programme d&amp;#039;actions
+&lt;/p&gt;
+&lt;p&gt;
+ - diminuer les consommations et dépenses énergétiques
+&lt;/p&gt;
+&lt;p&gt;
+ - réduire les émissions de gaz à effet de serre
+&lt;/p&gt;
+&lt;p&gt;
+ - améliorer le confort des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhérer au service Conseil en Energies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fournir les factures et éléments nécessaires à l&amp;#039;analyse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouvrir les bâtiments à la visite
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
-[...6 lines deleted...]
- &lt;br /&gt;
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cep&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 83 00
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O23" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/630f-realiser-un-bilan-energetique-du-patrimoine-c/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>22271</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans l'agritourisme (PASS Agritourisme)</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Plafond d'aide : 20 000 € / Plancher de dépenses matérielles éligibles : 12 000 € / Plancher de dépe</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  PASS Agritourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a pour objectif de répondre de manière ciblée, calibrée et réactive à un besoin de court terme d&amp;#039;investissement agritouristique matériel ou immatériel. Ce dispositif simple et réactif permettra d&amp;#039;accompagner des lancements d&amp;#039;activité sur ce secteur, de créer une nouvelle offre agritouristique à l&amp;#039;échelle d&amp;#039;une exploitation dans un objectif de diversification de revenus, de mener des investissements de faible ampleur dans un objectif de professionnalisation, amélioration ou développement d&amp;#039;une offre existante.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
-[...6 lines deleted...]
- &lt;br /&gt;
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les
+  &lt;strong&gt;
+   i
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   nvestissements matériels
+  &lt;/strong&gt;
+  : construction, rénovation et aménagement de biens immeubles dont travaux de mise en accessibilité, de sécurité incendie et d&amp;#039;efficacité énergétique ; aménagements extérieurs ; matériels et équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  les
+  &lt;strong&gt;
+   investissements immatériels
+  &lt;/strong&gt;
+  : conseil externe et étude, création d&amp;#039;outils numériques, conception et dépôt de marques commerciales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/PASS-Agritourisme</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;Agriculture, de l&amp;#039;Agro-alimentaire et de la Forêt
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soizic JEAN-BAPTISTE
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : soizic.jean-baptiste&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 79 10
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
-[...34 lines deleted...]
- &lt;br /&gt;
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/70a8-pass-agritourisme/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>73872</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le patrimoine pour réduire les consommations énergétiques du parc public et développer les énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>SCOT Grand Douaisis (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la mise en oeuvre du Plan Climat et de sa politique « Douaisis Territoire d&amp;#039;Excellence Environnementale et Energétique » (DT3E), le SCOT Grand Douaisis a décidé depuis 2011 de développer les conditions favorables à l&amp;#039;amélioration du patrimoine des collectivités à travers la stratégie patrimoine communal.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette stratégie se compose de différentes actions dont le conseil et l&amp;#039;accompagnement des communes dans l&amp;#039;amélioration de leur patrimoine afin de réduire fortement les consommations énergétiques du parc public et développer les énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service permet aux communes de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recevoir une expertise avertie sur les problématiques énergétiques et patrimoniales, sur les dispositifs en vigueur, les opportunités...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser et réduire leurs consommations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser des rénovations importantes et adaptées à leur patrimoine
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;utilisation et/ou la production d&amp;#039;autres sources d&amp;#039;énergie, notamment renouvelables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En effet, en plus du suivi des consommations, les communes sont confrontées à de nombreuses problématiques énergétiques : rénovation basse consommation, éclairage public, ouverture des marchés de l&amp;#039;énergie, développement des énergies renouvelables, groupements, formations des agents en interne...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce conseil et cet accompagnement est dispensé par le Service Energie Collectivité (SEC) porté par le SCOT Grand Douaisis qui
+ propose un service permettant de généraliser le passage à l&amp;#039;action de toutes les communes qui le souhaitent. Les missions du SEC sont réalisées par des agents du SCOT, conseillers en énergie partagés (CEP) qui possèdent chacun un portefeuille de plusieurs communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service bénéficie également de l&amp;#039;expertise du pôle urbanisme du SCOT.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
-[...125 lines deleted...]
-  un document unique de programmation formalisée du SDI
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  diminution du budget de fonctionnement (flux) des communes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renégociation des contrats d&amp;#039;énergie développement de réseaux de chaleur urbain
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation de mairie, d&amp;#039;écoles, de salles de sport....
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  constructions visant la neutralité carbone (médiathèque, écoles...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accès aux aides régionales et nationales (FRAMEE, Fonds Chaleur, Plan de Relance, TEPCV...) en accompagnant la constitution des dossiers
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes du territoire sont éligibles au dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif se fait par période de 3 ans. Tous les 3 ans, le SCOT lance un appel à manifestation d&amp;#039;intérêt auprès des communes du Grand Douaisis pour qu&amp;#039;elles candidatent à ce conventionnement de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la période 2021-2023, les candidatures sont à déposer jusqu&amp;#039;au 30 novembre 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ La cotisation annuelle est calculée en fonction du nombre d&amp;#039;habitant de la commune. Le taux est révisé tous les 3 ans, en fin de période de conventionnement.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU GRAND-DOUAISIS</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://grand-douaisis.com/plan-climat-territoire/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marielle DIVAY, Directrice : 03 27 98 21 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>bmeley@grand-douaisis.org</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dbd-service-energie-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>111763</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Former et sensibiliser aux Enjeux Energie Climat</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
+&lt;/p&gt;
+&lt;p&gt;
+ Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
+&lt;/p&gt;
+&lt;p&gt;
+ Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
+&lt;/p&gt;
+&lt;p&gt;
+ Créer des synergies
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
+&lt;/p&gt;
+&lt;p&gt;
+ Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Réduction de l'empreinte carbone</t>
-[...2 lines deleted...]
-      <c r="O24" s="1" t="inlineStr">
+Prévention des risques
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S24" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aucunes conditions particulières pour participer aux autres accompagnements
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>112011</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2011, le Syndicat Départemental propose une plateforme de valorisation des Certificats d&amp;#039;Economies Energie (CEE) pour les Collectivités  de la Gironde .
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif permet de récupérer une aide financière pour les collectivités qui effectuent des opération d&amp;#039;amélioration de la performance énergétique de leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SDEEG assure une prise en charge complète des dossiers depuis la définition des travaux éligibles jusqu&amp;#039;au versement de la contribution obtenues par la vente des CEE ( 75% du produit de la vente sont reversés, les 25% restants servent à couvrir les frais de gestion).
+&lt;/p&gt;
+&lt;p&gt;
+ En participant à ce dispositif, chaque collectivité bénéficie :
+&lt;/p&gt;
+&lt;p&gt;
+ *  de conseils et d&amp;#039;accompagnement tout au long des travaux,
+&lt;/p&gt;
+&lt;p&gt;
+ *  d&amp;#039;une gestion des dossiers simplifiée,
+&lt;/p&gt;
+&lt;p&gt;
+ *  de la réduction des charges et des coûts administratifs grâce à la mutualisation de l&amp;#039;accompagnement pour l&amp;#039;ensemble des bénéficiaires,
+&lt;/p&gt;
+&lt;p&gt;
+ *  d&amp;#039;une valorisation financière optimale des opérations, en complément des économies d&amp;#039;énergies dues aux travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Signature d&amp;#039;un accord de regroupement.
+ Ce document fixe les engagements du SDEEG et du bénéficiaire, ainsi que les conditions financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/312-les-certificats-d-economies-d-energie-cee.html</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  William RAVAILLE – Ingénieur Efficacité Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa27-valoriser-les-certificats-deconomie-denergie/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>312</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui en expertise sur les thématiques de transitions écologique et énergétique et d'aménagement durable</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les questions d&amp;#039;environnement, d&amp;#039;énergie, de mobilité et d&amp;#039;aménagement urbain sont au cœur du développement de votre territoire.
+La Banque des territoires mobilise de l&amp;#039;ingénierie en faveur d&amp;#039;un développement durable des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le chemin vers des territoires plus durables et plus résilients comporte de nombreux défis, dont celui de disposer d&amp;#039;une ingénierie adéquate. Nous pouvons mobiliser des experts pour vous accompagner dans l&amp;#039;identification de vos enjeux, notamment de vulnérabilité, mais aussi dans la mise en lumière de vos atouts imaginer avec vous les pistes d&amp;#039;actions et quantifier les moyens à mobiliser.
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse de vous proposer un appui à l&amp;#039;élaboration d&amp;#039;une stratégie globale de transition ou de mobiliser une expertise précise (énergie, littoral, changement climatique, biodiversité...), nos experts vous accompagnent dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ Elément essentiel de toute stratégie d&amp;#039;aménagement durable, la mise en œuvre d&amp;#039;une stratégie foncière est indispensable afin de créer les conditions de la réussite de nombreuses politiques publiques, qu&amp;#039;il s&amp;#039;agisse de développement économique, de production de logements ou encore de la protection d&amp;#039;espaces remarquables. Nos experts peuvent vous appuyer dans le choix des outils réglementaires, financiers et opérationnels mobilisables. Nous pouvons également vous aider à identifier les acteurs locaux et nationaux mobilisables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/accompagnement-pour-lelaboration-dune-strategie-de-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://mon-compte.banquedesterritoires.fr/#/contact/form/produit/47021</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ffe7-expertise-transition-ecologique-energetique-e/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>162443</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Maîtriser l'énergie dans les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 60</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Outre ses missions sur le réseau d&amp;#039;électricité et de gaz, Territoire d&amp;#039;énergie Mayenne accompagne les communes qui le souhaitent pour mettre en place une politique énergétique maîtrisée et agir concrètement sur leur patrimoine pour réaliser des économies. &lt;/p&gt;&lt;p&gt;Pour les communes relevant d&amp;#039;un EPCI ayant signé la convention-cadre avec TEM, le syndicat aide au financement des audits énergétiques. Le syndicat dépose et instruit les dossiers pour le compte des collectivités auprès de la FNCCR dans le cadre des programmes ACTEE pour des aides financières. Des outils de suivis sont également mis à disposition.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les collectivités adhérentes au syndicat, TEM prend en charge 40 % du coût de l&amp;#039;audit énergétique, pour les collectivité non adhérente 20 % &lt;span&gt;du coût de l&amp;#039;audit énergétique. L&amp;#039;aide est soumise à&lt;/span&gt;&lt;span&gt; un plafond de 700€ maximum par audit, et 1500€  par collectivité par an.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agnès BOUSSARD - Chargée de missions Maîtrise de l&amp;#039;énergie - &lt;a target="_self"&gt;agnes.boussard&amp;#64;te53.fr&lt;/a&gt; - 06 89 53 68 54&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/maitrise-de-lenergie-dans-les-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>162652</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Programme ACTEE - SDE35</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>162651</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement vos bâtiments publics via le programme SERENE</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Programme SERENE - Service de Rénovation énergétique du SDE35</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possible ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les travaux accompagnés ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations de rénovation globale&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;efficacité énergétique avec priorité donnée aux travaux éligibles à l&amp;#039;intracting (remplacement des équipements de chauffage, relamping, GTB)&lt;/li&gt;&lt;li&gt;Possibilité de confier les travaux lourds de rénovation : en coordination avec les offres existantes des SEM : Territoires, SEM Breizh, Orchestr&amp;#039;Am, Terres et toits.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement technique&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation des travaux « d’efficacité énergétique » par le SDE35 sous mandat de maitrise d’ouvrage déléguée, afin de mutualiser le suivi et les achats ou achats&lt;/li&gt;&lt;li&gt;Ou réalisation des travaux en Assistance à Maitrise d’Ouvrage (AMO) pour vous garantir que les moyens sont en adéquation avec vos objectifs de performances énergétiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement financier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mutualisation du financement des travaux de rénovation à l’échelle du SDE35, comprenant la recherche de financements extérieurs (subventions) et le portage des emprunts via un partenariat engagé avec la Banque des Territoires (pour les temps de retour sur investissement inférieur à 13 ans) ou des banques privées (pour les TRI &amp;gt; 13 ans).&lt;/li&gt;&lt;li&gt;Remboursement différé des annuités après la mise en service de la rénovation, afin de permettre à la collectivité propriétaire de dégager des capacités de remboursement par les économies de fluides réalisées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Coût pour les collectivités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cession des CEE des travaux au SDE35&lt;/li&gt;&lt;li&gt;Frais de commissionnement allant de 1 à 5 % suivant l&amp;#039;ingénierie demandée&lt;/li&gt;&lt;li&gt;Conventionnement adapté sur la durée avec les communes en fonction de chaque projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets en délégation de maitrise d&amp;#039;ouvrage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/20240111-140256-66742bd853de6.jpg" alt /&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Remplacement du système de chauffage par création d&amp;#039;une chaufferie et d&amp;#039;un réseau technique - Budget prévisionnel de l&amp;#039;opération HT : 345 000 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectif : 35 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une chaudière à granulés avec son silo&lt;/p&gt;&lt;p&gt;Création d&amp;#039;un réseau technique reliant 2 bâtiments&lt;/p&gt;&lt;p&gt;Rénovation du site existant&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/bain-ext-66742c8b48e7e.jpg" alt /&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Rénovation d&amp;#039;une salle polyvalente - Budget prévisionnel de l&amp;#039;opération HT : 254 730 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectifs : 56 % de réduction des consommations énergétiques et 54 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Mise en place d&amp;#039;une Gestion Technique Centralisée de bâtiment&lt;/p&gt;&lt;p&gt;Changement des menuiseries et installation de filtres solaires&lt;/p&gt;&lt;p&gt;Abaissement et isolation de plafond&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une Centrale de Traitement d&amp;#039;Air double-flux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité au dispositif SERENE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La collectivité reverse la totalité ou une partie de la TCFE au SDE35&lt;/li&gt;&lt;li&gt;La collectivité conventionne avec le service CEP sur son territoire. Les territoires non couverts par un CEP sont invités à s&amp;#039;adresser directement au SDE35.&lt;/li&gt;&lt;li&gt;La collectivité a réalisé un audit énergétique ou un pré-diagnostic du CEP avant l&amp;#039;intervention de SERENE.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thomas BERTHIAU - responsable du pôle SERENE - &lt;a target="_self"&gt;t.berthiau&amp;#64;sde35.fr&lt;/a&gt; - 07 56 05 45 65&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I63" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 62</t>
         </is>
       </c>
-      <c r="J25" s="1" t="inlineStr">
+      <c r="J63" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
  &lt;/li&gt;
  &lt;li&gt;
   Installation de fenêtres à double vitrage
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du réseau de chauffage urbain à Chaleurville
  &lt;/li&gt;
  &lt;li&gt;
   Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
  &lt;/li&gt;
  &lt;li&gt;
   Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation énergétique des bâtiments historiques du Vieilbourg
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;div&gt;
   &lt;table&gt;
    &lt;tbody&gt;
     &lt;tr&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Dépenses éligibles
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Taux de financement
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
@@ -4771,496 +12150,1483 @@
        20 000 € HT
       &lt;/p&gt;
      &lt;/td&gt;
     &lt;/tr&gt;
    &lt;/tbody&gt;
   &lt;/table&gt;
  &lt;/div&gt;
 &lt;p&gt;
  * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    travaux d&amp;#039;entretien.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W25" s="1" t="inlineStr">
+      <c r="W63" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G26" s="1" t="inlineStr">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>95073</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics et associatifs</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air intérieur des bâtiments et la qualité de vie des occupants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les consommations d&amp;#039;énergie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participer à la conservation du patrimoine des communes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre la montée en compétence des professionnels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre aux objectifs régionaux des Schémas Régionaux Climat Air Energie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de Gaz à Effet de Serre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets portés par des grandes agglomérations, des départements et l&amp;#039;Etat ou leurs opérateurs sont exclus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rénovation basse consommation de tout type de bâtiments publics et/ou associatifs quelle soit leur typologie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant d&amp;#039;aide forfaitaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire :
+Aide aux travaux comportant une prime de base à laquelle se rajoute une aide au m2.
+Prime de base fixe : de 5.000 € à 15.000 € selon le nombre de travaux constituant le bouquet.
+Aide en €/m2 : de 20 €/m2 à 85 €/m2 selon la nature du bouquet de travaux et le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport à la moyenne de la strate. Voir détail Annexe 3.
+• Plafonds : 1 250 m2 de surface de plancher (SDP) et 250 €/m2 SDP pour l&amp;#039;aide aux travaux.
+• Bonus : Bonus BBC : 10.000 € si atteinte du niveau de performance BBC rénovation tel que défini par la Région. La production photovoltaïque locale ou d&amp;#039;une autre énergie renouvelable ne pourra pas être déduite du bilan des consommations du bâtiment. Voir détail Annexe 4
+Bonus éco-materiaux : 20 % du montant de l&amp;#039;aide aux travaux (hors bonus) pour le recours à des matériaux biosourcés (issus de fibres végétales ou animales) pour l&amp;#039;isolation des murs extérieurs.
+Bonus pour la création de logements conventionnés :
+Si, pour les communes éligibles au pacte de ruralité de la Région, la rénovation du bâtiment donne lieu à la création de logements locatifs faisant l&amp;#039;objet d&amp;#039;un conventionnement (PLAI, PLUS
+ou PLS), la Région accorde une aide complémentaire à hauteur de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 €/m2 SDP si les logements sont créés sans changement de destination de tout ou partie du bâtiment rénové ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 €/m2 SDP si les logements sont créés par changement de destination de tout ou partie du bâtiment rénové.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ • Energies renouvelables :
+Pour toute installation d&amp;#039;un équipement d&amp;#039;énergies renouvelables sur le bâtiment rénové, les aides sectorielles de la Région et de l&amp;#039;ADEME consacrées aux énergies renouvelables viennent s&amp;#039;ajouter selon les modalités en vigueur dans le cadre du CPER ADEME-Région en cours. Les aides consacrées aux énergies renouvelables doivent faire l&amp;#039;objet d&amp;#039;une demande spécifique. Pour plus d&amp;#039;informations, prendre contact avec les services de la Région ou consulter le site
+ &lt;a href="https://www.climaxion.fr"&gt;
+  climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-renovation-batiments-publics-associatifs" rel="noopener" target="_blank"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/renovation-energetique-batiments-publics-associatifs/</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de la région Grand-Est pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/883d-renovation-energetique-des-batiments-publics-/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>126158</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités et leurs groupements à la mise en oeuvre des projets énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Intercommunal de l'Electricité et du Gaz de l'Eure (SIEGE 27)</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Autre aide financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Photovoltaïque sur bâtiments et ombrières de parkings publics : le SIEGE 27 accompagne les collectivités et leurs groupements pour des installations photovoltaïques en assurant les études nécessaires puis la maîtrise d&amp;#039;ouvrage des projets ainsi que leur exploitation (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-pv-bat.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-pv-bat.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois énergie : le SIEGE 27 propose aux communes un accompagnement complet des études à l&amp;#039;exploitation des installations avec prise en charge financière des coûts d&amp;#039;investissement à hauteur de 80% hors réseau hydraulique interne (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-bois.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-bois.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eolien / photovoltaïque au sol : le SIEGE 27 co-développe de tels projets en cas de délibération favorable de la commune d&amp;#039;étude ainsi que de son intercommunalité. L&amp;#039;objectif recherché par le SIEGE 27 est de garantir l&amp;#039;appropriation, le suivi et l&amp;#039;implication du territoire, soutenir des projets publics et citoyens, contribuer au capital/compte courant des sociétés de projet et ainsi accéder à leur gouvernance et optimiser les retombées économiques locales. Le portage du risque financier est assuré par le SIEGE 27 (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-pv-sol.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-pv-sol.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   et
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-eolien.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-eolien.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Méthanisation : le SIEGE 27 accompagne les collectivités et leurs groupements à faire émerger des projets, en participant notamment financièrement aux maillages et renforcements des réseaux, soutient les porteurs de projet en leur donnant les conditions les plus favorables possibles en lien avec GRDF et les intercommunalités (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-metha.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-metha.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Plus d&amp;#039;informations par le biais des fiches thématiques disponibles sur le bouton descriptif complet.
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Photovoltaïque sur ombrière : parking de la salle des fêtes de Verneusses, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Photovoltaïque sur bâtiments publics : toitures d&amp;#039;école (Thuit de l&amp;#039;Oison, Tillières sur Avre, Saint André de l&amp;#039;Eure,...), de salles des fêtes (Bourg Beaudoin,...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois énergie : mairie/école de Surtauville,...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Photovoltaïque au sol : sur casiers de centres d&amp;#039;enfouissement de déchets (SDOMODE, SETOM), anciennes pistes bétonnées d&amp;#039;aérodrome (Saint André de l&amp;#039;Eure), anciennes carrières (Martot,...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eolien : Mesnil-Rousset, Vraiville/Mandeville/Surtauville/Terres de Bord/La Haye Malherbe, ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.siege27.fr/categories/les-fiches-du-siege27</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ te&amp;#64;siege27.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 32 39 82 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.girard@siege27.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a272-accompagnement-des-collectivites-et-de-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>10207</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et qualifier des espaces publics pour embellir et valoriser les communes de moins de 3000 habitants.</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K26" s="1" t="inlineStr">
+      <c r="J66" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 25% des dépenses éligibles. Plafond de subvention : 100.000 €.</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
-[...10 lines deleted...]
-&lt;p&gt;
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La valorisation et l&amp;#039;embellissement de nos villes et villages constituent des facteurs indéniables d&amp;#039;attractivité et de vitalité de nos territoires. C&amp;#039;est pourquoi  la Région pourra accompagner les communes et les intercommunalités dans leurs projets d&amp;#039;aménagements urbains et paysagers des espaces publics, de requalification des centres anciens et des centres villes, d&amp;#039;aménagements qualitatifs des entrées de villages ou de villes et de cheminements doux ou piétons.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les opérations situées dans les communes de moins de 3000 habitants hors Métropoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1000 € ne seront pas recevables (dépenses éligibles &amp;lt; 4000 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les opérations d&amp;#039;aménagements urbains et paysagers des espaces publics, de requalification des centres anciens et des centres villes, d&amp;#039;aménagements qualitatifs des entrées de villages ou de villes...
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations doivent être facteurs de vitalité et d&amp;#039;attractivité, en lien avec les priorités des politiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles ou la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ En matière d&amp;#039;éclairage public, une attention particulière sera portée aux projets intégrant une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément à la loi Notre, seront exclues du champ des dépenses éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses de revêtement de voirie (hors itinéraires d&amp;#039;intérêt régional identifiés par le SRADDET),
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses de réseaux humides (assainissement, eau potable...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses de réseaux secs (gaz, électricité...).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Toutefois, certaines dépenses de type pavage en lien avec un aménagement public, peuvent être considérées comme des qualifications paysagères et pourront être éligibles (exemple : calade).
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations ponctuelles ne constituant pas des aménagements publics ne seront pas retenues.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Amenagement-et-qualification-des-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  Programme non soumis à la réalisation préalable d&amp;#039;un audit énergétique du SIEDS.
+  Adresser tous les courriers à :
  &lt;/strong&gt;
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements :9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/54a8-amenagement-et-qualification-des-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>164435</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Décarbonner le tertiaire</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>DÉTER - DÉcarboner le TERtiaire</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le dispositif a pour objectif de &lt;strong&gt;promouvoir la production et l’utilisation de chaleur renouvelable&lt;/strong&gt; et l’&lt;strong&gt;amélioration de l’efficacité énergétique&lt;/strong&gt;, notamment par le biais d’aides issues du dispositif Fonds Chaleur opéré par l’ADEME.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP donnera lieu à des conventions d&amp;#039;aide groupées qui lieront le bénéficiaire et l’ADEME, et assureront des aides :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aux études de faisabilité de production de chaleur EnR&amp;amp;R (Énergies renouvelables et de récupération) éligibles au Fonds Chaleur.&lt;/li&gt;&lt;li&gt;Aux investissements à engager pour la production de cette chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En contrepartie de l’aide apportée, le bénéficiaire sera soumis à des exigences d’efficacité énergétique s’inscrivant dans une logique d’accélération des objectifs du DEET et de décarbonation de la chaleur. En particulier, le dispositif doit promouvoir une démarche conjuguée d’efficacité énergétique et de couverture par des EnR&amp;amp;R des besoins de chaleur du candidat, sur le périmètre identifié.&lt;/p&gt;&lt;p&gt;Cet engagement se matérialisera par les deux objectifs suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Objectif d’efficacité énergétique : &lt;/strong&gt;sur l’ensemble des sites identifiés, les actions conjuguées d’efficacité et d’approvisionnement énergétiques, tous usages confondus, doivent conduire à une baisse globale des consommations, en énergie finale, d’au moins 50 % à l’issue des conventions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Objectif de couverture EnR&amp;amp;R : &lt;/strong&gt;il est attendu une couverture minimum de 65 % des besoins de chaleur de l’ensemble des bâtiments identifiés par des EnR&amp;amp;R.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le bilan énergétique de chaque site sera établi selon le périmètre consigné sur la plateforme OPERAT.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>06/02/2025</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/deter-decarboner-le-tertiaire</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deter-decarboner-le-tertiaire-1/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>383</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt bonifié Vert</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>PSP Vert</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les territoires ultramarins sont de plus en plus sensibles
+ aux impacts du changement climatique et aux risques
+ naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
+ des investissements s&amp;#039;inscrivant dans les objectifs
+ d&amp;#039;atténuation des effets du changement climatique, de
+ protection de la biodiversité, et de réduction des vulnérabilités
+ liées aux aléas climatiques, afin d&amp;#039;accélérer et
+ d&amp;#039;amplifier le
+ développement durable et la résilience de
+ ces territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification : 15 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances
+constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
-[...3 lines deleted...]
- &lt;br /&gt;
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet d&amp;#039;investissement intégrant une dimension en
+faveur de l&amp;#039;atténuation au changement climatique et
+ de la préservation de la biodiversité ou de l&amp;#039;adaptation
+ au changement climatique et de la réduction des vulnérabilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+  Atténuation et biodiversité » :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Intégration de robinet thermostatique auto-équilibrant et tête thermostatique ;
-[...23 lines deleted...]
-  Installation de sous-compteurs d&amp;#039;énergie MBUS.
+  Efficacité et transition énergétique (production
+   d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éco-quartiers (construction HQE ou norme équivalente) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et mise à niveau d&amp;#039;équipements et d&amp;#039;infrastructures de transport durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement intégrant une dimension atténuation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports collectifs et mobilités douces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits d&amp;#039;approvisionnement courts, investissements liés à la mise en œuvre du Plan Climat-Air-Énergie Territorial (PCAET) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parc naturel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration des écosystèmes fragiles ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+   Adaptation et vulnérabilité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévention des risques climatiques y compris les inondations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les algues sargasses ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les épisodes de sécheresse ou canicules ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etc.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>163081</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Agir sur la maîtrise de l'énergie de mon patrimoine public</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La collectivité est accompagnée dans le suivi énergétique de ses bâtiments publics et bénéficie d’un soutien technique dans la réalisation des travaux préconisés par l’ALEC.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rencontre avec la collectivité et les partenaires concernés &lt;/li&gt;&lt;li&gt;Visite technique des bâtiments publics (système constructif, état et épaisseur des isolants existants, menuiseries, système de chauffage et climatisation, régulation…) • Analyse des consommations des trois dernières années &lt;/li&gt;&lt;li&gt;Suivi des consommations d’énergie et d’eau des bâtiments et éclairage public &lt;/li&gt;&lt;li&gt;Préconisation d’actions d’économie d’énergie sur les bâtiments étudiés &lt;/li&gt;&lt;li&gt;Réalisation d’un plan pluriannuel d’investissement en concertation avec l’équipe municipale &lt;/li&gt;&lt;li&gt;Identification de potentiel en énergies renouvelables &lt;/li&gt;&lt;li&gt;Sensibilisation des usagers des bâtiments publics aux économies d’énergie &lt;/li&gt;&lt;li&gt;Proposition de programmes pluriannuels d’investissement sur chaque bâtiment public (régulation et programmation du chauffage, isolation, chauffage performant renouvelable…) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ALEC s’adapte aux besoins de la collectivité et peut réaliser l’intégralité de l’accompagnement cité ci-dessus ou uniquement une partie.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/collectivites/agir-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-sur-la-maitrise-de-lenergie-de-mon-patrimoine-public/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>120978</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil et accompagnement afin de prioriser les bâtiments les plus énergivores en fonction de leurs usages, et recherche de financement en vue de la rénovation des bâtiments publics de la collectivité, dans le cadre du décret n°2019-771 du 23/07/2019 dit décret tertiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;après les factures d&amp;#039;énergie et consommation, et une visite des bâtiments, un rapport est rendu sur l&amp;#039;évaluation thermique des bâtiments communaux et, des propositions de solution et une priorisation des actions à mettre en œuvre et des bâtiments à traiter. Une sensibilisation peut aussi avoir lieu (voir offre sensibilisation environnementales des élus ou des agents).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement est réalisé en coordination avec le SDESM pour les communes adhérentes à ce Syndicat et/ou conventionnées avec le SURE.
+&lt;/p&gt;
+&lt;p&gt;
+ Service cofinancé par l&amp;#039;ADEME Ile de France, la Région, le Département et l&amp;#039;EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Equipement public
 Bâtiments et construction
-Réhabilitation</t>
-[...2 lines deleted...]
-      <c r="O26" s="1" t="inlineStr">
+Réhabilitation
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
-[...7 lines deleted...]
- &lt;br /&gt;
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide aux Communes de Seine-et-Marne, de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  ATTENTION : la Commune doit pouvoir fournir les factures d&amp;#039;énergies et les points de raccordement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ adresse mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/622a-accompagner-les-collectivites-pour-la-renovat/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>152925</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Prioriser la rénovation énergétique des bâtiments publics</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Prioréno</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="G27" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>GRDF
+Banque des Territoires
+ENEDIS</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
  Le service Prioréno permet aux collectivités d&amp;#039;identifier les rénovations énergétiques à mener en priorité sur leur parc immobilier public.
 &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;
  Prioréno met à disposition des collectivités
  &lt;strong&gt;
   une vision cartographique de leur parc de bâtiments publics
  &lt;/strong&gt;
  ainsi que des données de consommations d&amp;#039;électricité et de gaz. Ce service offre la possibilité à ses utilisateurs d&amp;#039;être davantage autonome grâce à
  &lt;strong&gt;
   une vision globale des consommations énergétiques de ses bâtiments
  &lt;/strong&gt;
  et aide à établir un plan de rénovation énergétique pertinent.
 &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;
  Prioréno répond aux problématiques de terrain :
 &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Des collectivités qui manquent d&amp;#039;informations sur leur patrimoine et leurs consommations
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Des services numériques proposés complexes et qui nécessitent le recours à une expertise externe
   &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;
  Faciliter la décision publique locale pour la rénovation énergétique de bâtiments publics :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;
  Sur cet outil, la Banque des territoires regroupe un ensemble de données fournies par ses partenaires (dont Enedis) lui permettant de générer une
  &lt;strong&gt;
   analyse précise de la consommation énergétique d&amp;#039;environ 500.000 bâtiments publics
  &lt;/strong&gt;
  présents sur le territoire français. Prioréno en identifie les 10 à 20% de parc sur lesquels les élus locaux peuvent concentrer leurs efforts en matière de rénovation énergétique : études puis mise en chantier !
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;&lt;em&gt;
   * Les pays ne sont pas bénéficiaires de l&amp;#039;aide.
  &lt;/em&gt;&lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour bénéficier de l&amp;#039;aide, il faut :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Avoir un compte sur le site de la Banque des Territoires
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Connaitre sa liste de PRMs
 &lt;/p&gt;
 &lt;p&gt;
  Donner l&amp;#039;autorisation à la Banque des Territoires d&amp;#039;accéder aux données de la collectivité locale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Territoires Enedis</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/prioreno-un-nouveau-service-data-de-renovation-energetique</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W71" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/directions-regionales</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact-prioreno&amp;#64;caissedesdepots.fr" target="_self"&gt;contact-prioreno&amp;#64;caissedesdepots.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
  Interlocuteur Privilégié Enedis : &lt;a href="https://www.enedis.fr/jaccede-mon-portail-collectivites"&gt;J&amp;#039;accède à mon Portail Collectivités | Enedis&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>pauline.wissocq@enedis.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1d57-prioriser-la-renovation-energetique-des-batim/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>49783</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la rénovation énergétique du patrimoine public</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Soutien aux programmes Action Cœur de Ville</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K28" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose des solutions d&amp;#039;accompagnement er de financement des projets de rénovation énergétique du patrimoine public, et ce, dans le cadre du programme national Action Cœur de Ville. Vous pouvez y prétendre si vous souhaitez :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -5292,16780 +13658,5110 @@
   Traiter des friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil dédiées aux personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études préalables visant à déterminer l&amp;#039;opportunité et le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études de structuration du montage juridique, économique et financier ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser une prise de participation en fonds propres et quasi fonds propres dans les sociétés de projet et les Sociétés d&amp;#039;Économie Mixte agissant en qualité d&amp;#039;aménageurs ou d&amp;#039;opératrices ;
  &lt;/li&gt;
  &lt;li&gt;
   Assurer un accompagnement en ingénierie sur les projets identifiés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Commerces et services
 Innovation, créativité et recherche
 Equipement public
 Réhabilitation
 Transports collectifs et optimisation des trafics routiers
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Action cœur de ville</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/soutien-aux-programmes-action-coeur-de-ville?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Financer&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=soution_programme_acv_osat</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez votre contact régional sur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c235-etre-soutenu-dans-vos-projets-cur-de-ville-pr/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...308 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>24806</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation énergétique des bâtiments publics (ERP)</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K31" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 25</t>
+        </is>
+      </c>
+      <c r="J73" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles avec un plafond de subvention de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
-[...216 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;em&gt;
+   Ce dispositif en faveur de la rénovation des bâtiments publics pour une meilleure performance énergétique s&amp;#039;inscrit dans le cadre de la nouvelle génération de Politique Contractuelle Territoriale Occitanie 2022-2028 qui a vocation à décliner le Pacte Vert Occitanie dans chacun de nos territoires et inviter nos partenaires territoriaux à s&amp;#039;engager dans une démarche de progrès, en faveur du changement de modèle de développement, pour réussir ensemble le rééquilibrage territorial et favoriser l&amp;#039;adaptation et la résilience aux impacts du changement climatique.
+  &lt;/em&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans un souci de réduction de l&amp;#039;empreinte environnementale et de développement de la sobriété énergétique, la Région
+ &lt;/span&gt;
+ &lt;span&gt;
+  Occitanie souhaite accélérer la rénovation du patrimoine bâti public local.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Pour cela, un financement sera apporté aux projets de rénovation des Equipements Recevant du Public (ERP) poursuivant un objectif d&amp;#039;amélioration de la performance énergétique et de sortie de la dépendance aux énergies fossiles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Au travers de ce dispositif, la Région souhaite accompagner les collectivités locales vers une meilleure gestion énergétique de leur patrimoine bâti dans le cadre de la stratégie « Région à Energie Positive » et dans l&amp;#039;optique d&amp;#039;une optimisation de leurs budgets de fonctionnement.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  NATURE DES PROJETS ÉLIGIBLES :
+  &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
-[...4 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  MODALITÉS FINANCIÈRES :
+  Dépenses éligibles
  &lt;/strong&gt;
-&lt;/p&gt;
-[...51 lines deleted...]
- &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
-[...99 lines deleted...]
-  Les travaux d&amp;#039;assainissement non collectif.
+  les frais liés au DPE et/ou aux études thermiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les fournitures et pose d&amp;#039;équipements/produits et ouvrages améliorant la performance énergétique :
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique des murs, des toitures, des parois vitrées et des portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amélioration thermique des vitrages et menuiseries existantes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de systèmes de chauffage, de ventilation et/ou de production d&amp;#039;eau chaude sanitaire, performants et/ou utilisant une source d&amp;#039;énergie renouvelable (hors système éligible par ailleurs à une autre aide de la Région, par exemple chaufferie bois, géothermie, solaire... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  organes de pilotages des installations (GTC, régulation...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  maîtrise d&amp;#039;œuvre au prorata des dépenses concernées, plafonnée à 10%.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
-[...368 lines deleted...]
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
-Réhabilitation
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les Equipements recevant du Public appartenant aux communes ou EPCI sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans le cadre général, la collectivité doit justifier, après travaux du ou des bâtiments :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit un gain énergétique d&amp;#039;au moins 30% sur la consommation énergétique et l&amp;#039;atteinte de la classe énergétique C minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit l&amp;#039;atteinte de la classe énergétique B
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes de &amp;#43; de 10 000 habitants, situées en Métropole ou Communauté d&amp;#039;Agglomération ou Urbaine, l&amp;#039;atteinte de la classe énergétique B minimum est attendue.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit disposer d&amp;#039;un document cadre de gestion du volet énergétique de son patrimoine immobilier, par exemple : schéma directeur de rénovation énergétique, schéma directeur immobilier, bilan énergétique global du patrimoine communal ou de l&amp;#039;EPCI, ... ou tout autre document assimilable permettant de mettre en lumière la priorisation du ou des bâtiments faisant l&amp;#039;objet de la demande de subvention pour améliorer le bilan énergétique global de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus de ce dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les bâtiments générateurs de recettes commerciales (par exemple : bar, restaurant, camping communal, gîte ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements faisant l&amp;#039;objet de dispositifs régionaux spécifiques (par exemple : bâtiment culturel, sportif, touristique, tiers lieux ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région est plafonnée au montant cumulé des participations du bloc local (commune, EPCI, groupement de communes...). Par ailleurs, il est demandé un autofinancement du maître d&amp;#039;ouvrage au moins à hauteur de 20% du coût éligible du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ A titre dérogatoire, ce dispositif est cumulable avec le dispositif en faveur de la mise en accessibilité des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région n&amp;#039;interviendra pas plusieurs fois, au titre de la rénovation énergétique, sur un même ERP et ce sur une période de 6 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un porteur de projet a déjà bénéficié d&amp;#039;une aide de la Région, aucune nouvelle demande de sa part sur le même dispositif d&amp;#039;intervention ne sera recevable si le précédent projet aidé n&amp;#039;a pas fait l&amp;#039;objet soit d&amp;#039;un début de réalisation attesté par le dépôt d&amp;#039;une demande d&amp;#039;acompte recevable à hauteur au moins de 20% des dépenses éligibles envisageables, soit d&amp;#039;une demande d&amp;#039;annulation de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Renovation-energetique-des-batiments-publics-ERP-pour-une-meilleure-performance#:~:text=Le%20dispositif%20prend%20la%20forme,%C3%A0%2050%20000%E2%82%AC%20HT.</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renseignements : Secrétariat de Direction
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Montpellier : Tél : 04 67 22 97 02
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toulouse : Tél : 05 61 33 50 20
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresser tous les courriers à : Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée - A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 11-12-30-34-48-66
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   201 avenue de la Pompignane
+  &lt;/li&gt;
+  &lt;li&gt;
+   34064 Montpellier Cedex 2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les départements : 9-12-31-32-46-65-81-82
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région
+  &lt;/li&gt;
+  &lt;li&gt;
+   22, bd Maréchal Juin
+  &lt;/li&gt;
+  &lt;li&gt;
+   31406 Toulouse Cedex 9
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3608-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>163078</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Identification et quantification des potentiels de réduction des consommations d’énergie et de développement des énergies renouvelables, en lien avec les démarches énergie-climat et enjeux locaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités :&lt;/p&gt;&lt;p&gt;Sur la base de l’état des lieux énergétique, et au regard des objectifs énergie-climat à atteindre (SRADDET, neutralité carbone, PCAET…), élaboration d’études de potentiels et/ou de scénarisations prospectives : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Estimation du potentiel de réduction des consommations d’énergie par secteur et/ou par usage : rénovation thermique des bâtiments, éclairage public… &lt;/li&gt;&lt;li&gt;Evaluation des potentialités de mutation énergétique (conversion des énergies fossiles vers les énergies renouvelables) &lt;/li&gt;&lt;li&gt;Estimation du potentiel de développement des différentes filières énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude des potentiels de développement des EnR à l’échelle des différents EPCI dans une logique de coopérations territoriales avec Bordeaux Métropole &lt;/li&gt;&lt;li&gt;Etude du potentiel d’implantation de méthaniseurs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/identifier-le-potentiel-en-economies-denergie-et-en-energies-renouvelables-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...297 lines deleted...]
-      <c r="A37" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>163082</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Rénover et construire durablement un bâtiment public</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Rénover et construire durablement un bâtiment public</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Alec métropole bordelaise et Gironde</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribution à la réflexion en amont du projet et aide à la programmation et aux études préalables pour : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter le coût d’investissement en optimisant les choix &lt;/li&gt;&lt;li&gt;avoir des consommations d’énergie conformes au niveau attendu &lt;/li&gt;&lt;li&gt;assurer le confort en toute saison&lt;/li&gt;&lt;li&gt; faciliter l’exploitation future d’un bâtiment &lt;/li&gt;&lt;li&gt;intégrer éventuellement une solution d’énergie renouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;MODALITES :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un objectif de performance énergétique&lt;/li&gt;&lt;li&gt;visite du bâtiment et analyse des consommations &lt;/li&gt;&lt;li&gt;Proposition de solutions d’amélioration&lt;/li&gt;&lt;li&gt;Aide à la rédaction du cahier des charges technique (choix assistance à maîtrise d’ouvrage, maîtrise d’œuvre) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation au concours d’architecte lancé par la collectivité &lt;/li&gt;&lt;li&gt;Analyse des dossiers techniques dans les différentes phases du projet (avant-projet sommaire, avant-projet définitif, dossier de consultation des entreprises, exécution, exploitation…) &lt;/li&gt;&lt;li&gt;Participation aux différentes réunions du projet &lt;/li&gt;&lt;li&gt;Suivi des travaux et échanges avec les entreprises et la maîtrise d’ouvrage &lt;/li&gt;&lt;li&gt;Validation du niveau de performance attendu &lt;/li&gt;&lt;li&gt;Accompagnement de la société d’exploitation durant la phase de réglages des installations techniques &lt;/li&gt;&lt;li&gt;Suivi du fonctionnement général de tous les systèmes thermiques du bâtiment pendant la phase de parfaite achèvement des travaux &lt;/li&gt;&lt;li&gt;Bilan des consommations sur les premières années d’utilisation du bâtiment&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rénovation globale de bâtiments (isolation des murs, des toitures, remplacement des menuiseries, réflexion sur le système de chauffage en place) &lt;/li&gt;&lt;li&gt;Participation au jury des concours d’architecture et analyse des documents dans les différentes phases du projet&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Bâtiments et construction
 Réhabilitation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.alec-mb33.fr/collectivites/etre-accompagne-projets/</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sébastien DURAND, &lt;a target="_self"&gt;sebastien.durand&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>thi.gref@alec-mb33.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renover-et-construire-durablement-un-batiment-public/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>71870</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné en ingénierie pour la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments tertiaires</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires facilite les études nécessaires à la mise en œuvre des projets de rénovation énergétiques des collectivités. Nous pouvons également soutenir les rénovations des universités dans certaines conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement concerne 2 types d&amp;#039;études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les schémas directeurs immobiliers énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  les montages juridiques et financiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plusieurs modalités d&amp;#039;intervention sont envisageables : soit la mobilisation d&amp;#039;experts pour mener les études, soit un cofinancement dans la limite de 50 % du montant TTC de l&amp;#039;étude (80 % en outremer), avec un plafond à 50 K€ pour les schémas directeurs immobiliers et 10 K€ pour les montages juridiques et financiers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/renovation-energetique-batiments-tertiaires?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=rebtcl_otat#segment-13071</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Nous contacter par mail via notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1836-assurer-la-transition-energetique-de-votre-pa/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>129719</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant au développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>131802</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études pour la rénovation énergétique des bâtiments publics pour les collectivités de moins de 20 000 habitants</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide vise à financer des études
+ &lt;/strong&gt;
+ pour l&amp;#039;accompagnement de plans stratégiques patrimoniaux portant sur le diagnostic d&amp;#039;un ensemble de bâtiments du patrimoine de la collectivité, afin d&amp;#039;établir un plan pluriannuel d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 50 % du montant éligible TTC - ou HT en cas de récupération de la TVA - (subvention maximale : 50 000 €).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse électronique de contact pour cette aide est la suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ aap-batiments-durables&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830917.3355645565&amp;amp;zoom&amp;#61;3" target="_self"&gt;
+  Trouver un conseiller
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/afd5-etudes-pour-la-renovation-energetique-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>121473</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre projet de rénovation énergétique sur bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Programme de rénovation énergétique SIEDS/ETAT</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J79" s="1" t="inlineStr">
+        <is>
+          <t>plafonné</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de renforcer et soutenir les projets des communes 
+et des intercommunalités dans le domaine de la 
+rénovation énergétique des bâtiments publics, le 
+SIEDS et la Préfecture des Deux-Sèvres ont souhaité 
+s’associer pour coordonner leurs dispositifs de soutien 
+financier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les &lt;strong&gt;communes &lt;/strong&gt;et EPCI adhérentes au SIEDS.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser des travaux de rénovation énergétique sur son patrimoine.
+ &lt;/li&gt;
+ &lt;li&gt;Réaliser un audit énergétique,&lt;/li&gt;&lt;li&gt;Bénéficier d&amp;#039;une aide de l&amp;#039;État (DETR, DSIL, Fonds Vert) en 2023.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Financement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;30% de l’assiette éligible (hors travaux d&amp;#039;extension ou de création) :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- plafonné à 300 000 € pour les communes reversant la TICFE au SIEDS&lt;/p&gt;&lt;p&gt;- plafonné à 100 000 € pour les communes conservant la TICFE&lt;/p&gt;&lt;p&gt;Possibilité de cumul avec des aides d’État sous réserve du respect du minimum de subvention prévu à l’article L1111-10 du CGT.&lt;/p&gt;&lt;p&gt;Le SIEDS rétrocède au maître d&amp;#039;ouvrage les CEE générés par les travaux de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieds.fr/financement-travaux-collectivite/renovation-energetique-batiments-publics/soutien-investissement-renovation-energetique/</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://espacecollectivite.sieds.fr/login</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;renovation&amp;#64;sieds.fr&lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>anivelle@sieds.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5b0-financer-des-travaux-de-renovation-energetiqu/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>121472</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de rénovation énergétique à gain rapide, sur bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Actions rapides dans la rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>SIEDS (Syndicat d'Énergie des Deux-Sèvres)</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70</t>
+        </is>
+      </c>
+      <c r="J80" s="1" t="inlineStr">
+        <is>
+          <t>plafonné à 5 000€ / an / collectivité</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La rénovation des bâtiments publics est un enjeu majeur de la transition énergétique.
+ &lt;br /&gt;
+ Le SIEDS accompagne les collectivités dans leurs travaux de rénovation énergétique à gain rapide, sur leurs bâtiments publics.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement et financement d&amp;#039;actions standartisées (liste ci-dessous) dans les bâtiments pour lesquels aucun travaux de réhabilitation lourde n&amp;#039;est prévu à l&amp;#039;échéance de 4/5 ans. Les actions dans les bâtiments publics sont dites à gain rapide car elles permettent de maîtriser les coûts, d&amp;#039;éviter les dérives de consommation et de préparer les bâtiments à une réhabilitation complète.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme non soumis à la réalisation préalable d&amp;#039;un audit énergétique du SIEDS.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions standardisées sont :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intégration de robinet thermostatique auto-équilibrant et tête thermostatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation de combles / Plancher bas ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Calorifuge des réseaux / Point singulier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relamping LED / Détection de présence dans les sanitaires et les zones de passage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de prises programmables (imprimante, box internet salle informatique...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;horloge sur les caissons de VMC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à jour des plans des bâtiments/ Schéma de principe des équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désembouage/ rinçage des installations. Nettoyage/ramonage des VMC et des bouches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de sous-compteurs d&amp;#039;énergie MBUS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes et EPCI adhérentes au SIEDS, avec un projet situé sur une zone intégrée à la concession du SIEDS.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Réaliser des actions standardisées d&amp;#039;amélioration et de maîtrise des consommations énergétiques dans ses bâtiments publics.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieds.fr/financement-travaux-collectivite/renovation-energetique-batiments-publics/programme-actions-gain-rapide/</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://espacecollectivite.sieds.fr/login</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;renovation&amp;#64;sieds.fr&lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>anivelle@sieds.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db11-etudier-la-renovation-energetique-dun-batimen/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>116416</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Utiliser le bois local dans les projets de rénovation et constructions (LEADER / Fiche action 4)</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets déposés devront relever des thématiques
+ sur l&amp;#039;accompagnement et l&amp;#039;utilisation du bois local dans les projets de rénovation et construction à des fins économiques, touristiques et culturelles &amp;#61; FICHE ACTION 4.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la construction et/ou la rénovation de bâtiments publics et privés ayant recours au matériau bois dans une optique de promotion d&amp;#039;une identité architecturale (actions d&amp;#039;animations visant à développer les échanges entre les différents acteurs locaux du bâtiment; études visant à renforcer l&amp;#039;utilisation des bois locaux dans ce type de bâtiments; utilisation du bois local dans les aménagements intérieurs de bâtiments, mobilier extérieur s&amp;#039;inscrivant dans un projet à vocation administrative, économique, touristique, culturelle; action de communication et de promotion de la forêt et de l&amp;#039;utilisation des bois extraits sur les projets réalisés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la fonction « loisirs » de la forêt, à travers l&amp;#039;organisation de manifestations « tout public » sensibilisant aux différentes fonctions de la forêt
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier du financement au titre de la
+ &lt;strong&gt;
+  FICHE ACTION 4 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations (loi 1901 et 1908) et leurs fédérations
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME / TPE / Micro-entreprises au sens communautaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous types d&amp;#039;établissements publics, notamment EPIC locaux et nationaux,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chambres consulaires,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers disposant d&amp;#039;un numéro SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agriculteurs : Exploitants à titre principal ou secondaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Conditions requises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Epinal, Cœur des Vosges</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 Avenue de la République Le port du canal 88000 EPINAL
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  leader&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ludmilla HELLOT,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cécile PIERRE,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 54 96
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>contact@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/837a-accompagner-les-changements-de-pratiques-pour/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>94848</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les structures d’hébergement touristiques collectifs</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I82" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 300.000€ / Plancher : 50.000€</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;encourager la transformation de l&amp;#039;offre en hébergements touristiques vers un tourisme plus responsable, plus respectueux de l&amp;#039;environnement, plus connecté (SMART) et plus durable, la Région a mis en place un nouveau dispositif de soutien aux structures de tourisme pour tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise à consolider et améliorer l&amp;#039;offre existante en matière d&amp;#039;hébergement touristique collectif afin de proposer une offre en cohérence avec les attentes de la clientèle actuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 20%
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond : 500.000€
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher : 30.000€
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : Une période de franchise de 3 ans est appliquée avant toute nouvelle demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier complet de demande de subvention doit être déposé avant le
+ &lt;strong&gt;
+  31 décembre 2022.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les pièces justificatives des travaux réalisés devront être transmises
+ &lt;strong&gt;
+  au plus tard 24 mois après la date de notification de la subvention sauf mention contraire prévue dans la convention de financement.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Les villages de vacances, les maisons familiales de vacances, les centres de vacances, les centres internationaux de séjour, les auberges de jeunesse...situés sur le territoire de la Région Grand Est : hébergements d&amp;#039;une capacité minimum de 60 lits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ les centres appartenant à un Comité d&amp;#039;Entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement de groupe et dont la dépense éligible est supérieure à 50 000 € HT &amp;#43; honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le coût du diagnostic d&amp;#039;efficacité énergétique (prise en charge régionale de 80% maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le coût de la procédure de labellisation auprès de l&amp;#039;organisme certificateur (prise en charge régionale de 90% maximum).
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;implantation d&amp;#039;au moins un point de charge pour véhicules à assistance électrique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ mobilier, matériel, éléments non fixes de décoration, literie, travaux d&amp;#039;entretien courant, factures de matériaux ainsi que les acquisitions immobilières et foncières et les investissements prévisibles et réglementaires (travaux de mise aux normes seuls).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutenir-les-structures-de-tourisme-pour-tous/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 33 67 21
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fde4-soutenir-les-structures-de-tourisme-pour-tous/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>55820</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de rénovation énergétique des bâtiments de plus de deux ans</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Tarn - SDET</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les certificats d&amp;#039;économie d&amp;#039;énergie sont un dispositif permettant de financer les travaux de rénovation énergétique des bâtiments de plus de deux ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales sont éligibles aux CEE, ainsi, elles peuvent bénéficier d&amp;#039;un financement dans le cadre des rénovations énergétiques de leur patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Le syndicat départemental d&amp;#039;énergies du Tarn propose de monter les dossiers de CEE et de valoriser ceux-ci puis de restituer les montants valorisés aux communes adhérentes.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter : jusqu&amp;#039;au 31 décembre 2021, les CEE sont bonifiés sur les opérations de remplacement des organes de chauffage à combustible fossile.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Remplacement d&amp;#039;une chaudière fioul.
+&lt;/p&gt;
+&lt;p&gt;
+ Isolation des combles ou des parois verticales.
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;une ventilation mécanique double flux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te81.fr/transition-energetique/cee/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Thibaud Mahul
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission rénovation énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ t.mahul&amp;#64;te81.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 06 47 90 37 58
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>p.vienne@te81.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c293-valorisation-des-certificats-deconomie-denerg/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>112126</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la réalisation de travaux de rénovation énergétique du patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie de la Savoie (SDES73)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>*sous adhésion</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDES participe financièrement aux travaux d&amp;#039;investissement de rénovation énergétique du patrimoine bâti de ses communes adhérentes.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La participation financière du SDES est octroyée aux seules communes adhérentes au SDES, à l&amp;#039;exception de celles &amp;gt; 2 000 habitants n&amp;#039;ayant pas intégré par délibération concordante à celle du SDES, le dispositif de répartition des recettes issues de la TICFE.La participation financière du SDES s&amp;#039;applique comme suit sur les montants HT des travaux de rénovation énergétique réalisés sur le patrimoine bâti des communes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;40 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 40 %;
+ &lt;/li&gt;
+ &lt;li&gt;50 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 50 %
+ &lt;/li&gt;
+ &lt;li&gt;60 % de participation financière si économies d&amp;#039;énergie supérieures ou égales à 60 %.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée. &lt;/p&gt;&lt;p&gt;Pour les seuls matériaux isolants biosourcés, &amp;#34;un bonus biosourcé&amp;#34; sera attribué égal à 10 % de leur montant HT. Les économies d&amp;#039;énergies ci-dessus sont calculées sur la base de l&amp;#039;énergie finale économisée. &lt;br /&gt;Cette participation financière est plafonnée à 80 000 € / an, quel que soit le nombre de dossiers présentés sur l&amp;#039;année civile. &lt;/p&gt;
+&lt;p&gt;
+ Les travaux réalisés doivent à minima respecter les exigences de performances énergétiques et les critères techniques des fiches CEE.
+ &lt;br /&gt;
+ Aucune participation financière n&amp;#039;est accordée si le Temps de Retour sur Investissement (TRI) de l&amp;#039;opération globale est inférieur à 7 ans. Pour chaque dossier, tous les CEE (hors CEE « Coup de pouce Chauffage bâtiment tertiaire ») issus des travaux de rénovation énergétique des bâtiments communaux sont cédés au SDES. Celui-ci les valorise et conserve le montant de cette valorisation.&lt;/p&gt;&lt;p&gt;Adhésion à la compétence transition énergétique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdes73.com/transition-energetique/batiment/renovation-des-batiments/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ sdes&amp;#64;sdes73.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 79 26 42 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>j.fournier@sdes73.com</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c040-copie-10h57-aide-a-la-realisation-daudits-ene/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>73104</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments publics tertiaire en Ardèche</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Energies de l’Ardèche (SDE 07)</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I85" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 75</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions apportés s&amp;#039;appuient sur le mécanisme des Certificats économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions attribuées sur la base des dépenses retenues sont plafonnées dans la limite des seuils suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Montant de la dépense (HT) retenue - L&amp;#039;enveloppe éligible est de 30 000 €
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour tout travaux éligible aux CEE - 50 %
+  d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux - 60% d&amp;#039;aide
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de recours à des matériaux biosourcés - 60 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un bonus est apporté en cas de bouquet de travaux ayant recours à des matériaux biosourcés - 75%
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la rénovation énergétique des bâtiments communaux : isolation, changement de fenêtre, pose de VMC, changement de système de chauffage, etc.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit être adhérente au service énergie du SDE 07 pour être éligible, il s&amp;#039;agit d&amp;#039;une adhésion de 70 centimes par habitant et par an.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères techniques minimaux sont ceux permettant la valorisation des Certificats économies d&amp;#039;énergie (CEE).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde07.com/communes-collectivites-ardeche/maitrise-des-energies/</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Julien CARONNET - j.caronnet&amp;#64;sde07.com - 04 75 66 09 27
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>j.caronnet@sde07.com</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a77-accompagner-la-renovation-energetique-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>94230</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Intégralement pris en charge par la Banque des Territoires, le Diagnostic énergétique des bâtiments publics s&amp;#039;adresse aux communes souhaitant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover des établissements scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chiffrer le coûts des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les gains énergétiques de chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prioriser les travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics prend la forme d&amp;#039;une mission de conseil spécialisée permettant d&amp;#039;identifier et de chiffrer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les coûts de chaque action envisagée pour un bâtiment ou un ensemble de bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les gains énergétiques et les réductions carbone permis par chacune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux à prioriser.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Diagnostic énergétique des bâtiments publics a plusieurs rôles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étudier la situation à partir de l&amp;#039;analyse des consommations énergétiques (factures des 3 dernières années), d&amp;#039;entretiens réalisés sur le terrain et de la documentation disponible ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer plusieurs bouquets de travaux présentant un impact positif sur les consommations énergétiques et le confort d&amp;#039;usage des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;enveloppe nécessaire aux travaux et définir le programme technique précis à mettre en œuvre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous permettre de définir le périmètre des travaux en fonction de vos priorités et des travaux nécessaires (extension, transformation, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/diagnostic-performance-energetique-dpe?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_energie_bat_public_osat</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec74-obtenir-un-diagnostic-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>120959</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20.000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50 % du montant éligible TTC - ou HT en cas de récupération de la TVA - (subvention maximale : 50 000 €).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune indemnité ne sera versée pour les frais engagés pour participer au présent appel à projets et à l&amp;#039;élaboration des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement de plans stratégiques patrimoniaux portant sur le diagnostic d&amp;#039;un ensemble de bâtiments du patrimoine de la collectivité, afin d&amp;#039;établir un plan pluriannuel d&amp;#039;investissement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation globale de bâtiments tertiaires publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation par étapes : au minimum 2 actions « geste par geste »  (isolation des murs, planchers bas et toiture, menuiseries extérieures...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Les projets devront respecter des performances minimales indiquées dans le règlement du dispositif et le recours à des matériaux biosourcés ou la production d&amp;#039;énergies renouvelables sur site seront valorisés.
+&lt;/span&gt;
+&lt;p&gt;
+ Les dossiers peuvent être déposés toute l&amp;#039;année sur
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ préalablement au commencement du projet. Un démarrage anticipé peut être autorisé, mais il ne préjuge pas de la décision de la Commission permanente de l&amp;#039;octroi de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé et les travaux ne doivent pas avoir débuté avant la date de clôture de l&amp;#039;appel à projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat qui présente plus d&amp;#039;un projet, doit réaliser autant de dossiers de candidature que de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:aap-batiments-durables&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  aap-batiments-durables&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830818.116616119&amp;amp;zoom&amp;#61;3" rel="noopener" target="_blank"&gt;
+  Trouver un conseiller
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2fa1-renovation-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>58075</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la valorisation des travaux de rénovation grâce aux Certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Hellio Solutions</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I88" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 100</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hellio est expert de la réglementation des CEE pour les collectivités et les territoires. Nous déployons des solutions sur-mesure destinées au secteur public,
+ au travers de son pôle dédié. Grâce à une pluralité de métiers complémentaires, nos équipes accompagnent les collectivités étape par étape,
+ jusqu&amp;#039;à
+ l&amp;#039;optimisation des performances énergétiques de leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement tout le long du cycle de vie des projets d&amp;#039;économies d&amp;#039;énergie et cela inclut notamment les axes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- L&amp;#039; identification des gisements d&amp;#039;économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Des recommandations techniques sur les projets à venir
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le montage et la validation des dossiers CEE
+&lt;/p&gt;
+&lt;p&gt;
+ Tout cet accompagnement est articulé autour d&amp;#039;une mobilisation optimale du dispositif CEE comme levier de financement  pour accélérer et améliorer les travaux réalisés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2018, Hellio a versé plus de 30 millions d&amp;#039;euros pour la rénovation de ces bâtiments divers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  278 écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  175 mairies
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  138 salles des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43; de 200 logements communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Exemple de rénovation d&amp;#039;un bâtiment scolaire dans la Marne (51)
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  isolation des combles, de la toiture-terrasse, des murs et du plancher : 73 600 € de versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement des menuiseries : 1000 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pose d&amp;#039;une pompe à chaleur air/eau : 9760 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un système de gestion technique du bâtiment pour le chauffage et l&amp;#039;eau chaude sanitaire : 1 700€ versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au total, le montant de prime versé a été de 86 060 € ce qui a couvert 37% du montant total des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible aux dispositif des CEE, chaque opération doit respecter des critères spécifiques définis. Au cas par cas, nous vous indiquerons si votre opération est éligible aux CEE et nous serons force de propositions et préconisations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hellio.com/solutions/collectivites</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Léa Monnier
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Responsable développement commercial - Secteur Public - Hellio
+  &lt;br /&gt;
+  01 44 94 21 36
+  &lt;br /&gt;
+  &lt;a href="mailto:lmonnier&amp;#64;hellio.com" target="_self"&gt;
+   lmonnier&amp;#64;hellio.com
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>lmonnier@hellio.com</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-valorisation-des-travaux-de-re/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>131800</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de rénovation énergétique du patrimoine bâti public</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En déclinaison de sa Stratégie énergie-climat, la Région soutient les opérations de rénovation énergétique du patrimoine bâti public
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif favorise des projets de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les opérations en rénovation globale d&amp;#039;un ou plusieurs bâtiments publics :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réduire de 50% minimum les consommations énergétiques de la ou des surface(s) concernée(s). Le gain énergétique devra être justifié par une étude thermique précisant les consommations énergétiques avant et après travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Pour les opérations de rénovation « par étapes » : au minimum 2 actions « geste par geste » (isolation des murs, des planchers bas et de la toiture, rénovation des menuiseries extérieures, ventilation, production de chauffage et d&amp;#039;eau chaude sanitaire etc.)
+&lt;/span&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Respecter les critères techniques des fiches standardisées CEE.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les projets de réhabilitation doivent être au moins en phase avant-projet définitif (APD) validé
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 50% du montant TTC - ou HT en cas de récupération de la TVA - du coût des travaux (subvention maximale : 200 000 € par projet, portée à 300 000 € en cas de production d&amp;#039;énergies renouvelables sur site, ou d&amp;#039;usage de matériaux biosourcés à hauteur de 12 kg/m2 de surface de plancher).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités franciliennes de moins de 20 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/renovation-energetique-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse électronique de contact pour cette aide est la suivante : aap-batiments-durables&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Les Agences Locales de l&amp;#039;Energie (ALEC) et structures assimilées en Île-de-France
+&lt;/p&gt;
+&lt;p&gt;
+ Interlocuteurs clés pour déployer la transition énergétique dans les territoires, elles fournissent un conseil neutre et personnalisé sur les projets.
+ &lt;a href="https://cartoviz.institutparisregion.fr/?id_appli&amp;#61;ALEC_IDF&amp;amp;x&amp;#61;676719.6126569527&amp;amp;y&amp;#61;6830917.3355645565&amp;amp;zoom&amp;#61;3" target="_self"&gt;
+  Trouver un conseiller
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/29cf-travaux-de-renovation-energetique-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>90876</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Développer une aquaculture respectueuse des milieux</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette mesure vise le développement d&amp;#039;une aquaculture respectueuse des milieux (investissements en faveur de mode de production biologique, réduisant les impacts négatifs sur l&amp;#039;environnement, renforçant la résilience des activités, augmentant l&amp;#039;efficacité énergétique, favorisant la conversion à des sources d&amp;#039;énergie renouvelables...).
+    &lt;/p&gt;
+    &lt;p&gt;
+     Les sous-mesures &amp;#039;&amp;#039;Environnement&amp;#039;&amp;#039; et &amp;#039;&amp;#039;Energie&amp;#039;&amp;#039; sont concernées par ce dispositif.
+    &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises aquacoles et leurs groupements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exploitations des établissements de formation aquacole pour des projets se rapportant à leur activité de production donnant lieu à une commercialisation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pisciculteurs d&amp;#039;étang justifiant d&amp;#039;une production piscicole significative à titre commercial.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les entreprises d&amp;#039;élevages d&amp;#039;escargots et de production de plantes halophytes (salicorne, asters, oreilles de cochon...) et les entreprises de saliculture ne sont pas éligibles.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de 5 000 € d&amp;#039;aides publiques
+ &lt;br /&gt;
+ Plafond de 120 000 € d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez
+ &lt;a href="https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aquaculture-investissements-sous-mesures-environnement-et-energie" rel="noopener" target="_blank"&gt;
+  sur cette page
+ &lt;/a&gt;
+ le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure sur le site de «
+ l&amp;#039;Europe s&amp;#039;engage en France
+ » . Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aquaculture-investissements-sous-mesures-environnement-et-energie</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Elodie VANBRABANT - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche : 05 57 57 73 50
+  &lt;/li&gt;
+  &lt;li&gt;
+   Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche : 05 56 56 38 10
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/85a0-aquaculture-investissements-sous-mesures-envi/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>129712</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation énergétique des bâtiments publics - SYDEV</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Programme rénovation</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d’Énergie et d’équipement de Vendée (SYDEV)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J91" s="1" t="inlineStr">
+        <is>
+          <t>Variable en fonction de la typologie du projet, piscine 250 k€, autres bâtiments 120 k€</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La rénovation énergétique des bâtiments est un axe majeur dans la transition énergétique et les collectivités territoriales ont un rôle prépondérant dans l&amp;#039;atteinte des objectifs que se sont fixés la France ainsi que la Région des Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2005, plus de 1 700 audits énergétiques ont été menés sur le patrimoine des collectivités vendéennes. Cela a permis de constater que 72 millions d&amp;#039;euros sont nécessaires pour améliorer significativement la performance du patrimoine bâti des collectivités vendéennes.
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de ce constat, le SYDEV a décidé en 2020 de poursuivre son action en faveur des économies d&amp;#039;énergie en accompagnant les collectivités territoriales dans la réalisation de travaux de rénovation énergétique sur leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV consacre ainsi 20 millions d&amp;#039;euros jusqu&amp;#039;en 2026 pour soutenir les collectivités dans l&amp;#039;atteinte de cet objectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles sont l&amp;#039;ensemble des bâtiments publics des collectivités adhérentes au SYDEV, dans la mesure où, si des systèmes de chauffage fioul et propane existent, ils seront remplacés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bâtiments éligibles sont divisés en 4 catégories et classés par surface, &amp;gt; ou &amp;lt; à 150 m2 de SHON.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers sont instruits et les aides accordées selon les critères d&amp;#039;éligibilité en vigueur à la date de présentation du dossier complet au Bureau du SYDEV. L&amp;#039;ensemble des critères d&amp;#039;éligibilité doivent être respectés pour que le dossier soit recevable.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier du soutien financier du SYDEV, le maître d&amp;#039;ouvrage doit associer le pôle Services aux Territoires du SYDEV tout au long du projet de rénovation énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela implique notamment sa présence aux phases suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À l&amp;#039;élaboration du programme afin de conseiller la collectivité pour définir ses objectifs de performance énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la consultation de la maîtrise d&amp;#039;œuvre afin de transcrire ces objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection de la maîtrise d&amp;#039;œuvre pour apprécier la prise en compte des aspects énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au stade des études de projet (PRO : APS et APD) afin d&amp;#039;apprécier les choix techniques proposés et d&amp;#039;effectuer une estimation de la subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la validation du DCE travaux pour assurer la cohérence avec l&amp;#039;étude thermique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lors de la sélection des entreprises afin d&amp;#039;apprécier l&amp;#039;impact des solutions proposées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  À la réception afin de contrôler que les solutions retenues sont correctement mises en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers sont séparès en deux catégories :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bâtiments inférieurs à 150 m2 de SHON
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bâtiments supérieurs à 150 m2 de SHON
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;lt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera demandé la réalisation d&amp;#039;un bouquet de travaux comprenant au minimum deux actions parmi la liste suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Isolation de combles / toiture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation du sol / plancher bas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Isolation des murs donnant sur l&amp;#039;extérieur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remplacement des menuiseries donnant sur l&amp;#039;extérieur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaque poste de travaux devra respecter les critères des certificats d&amp;#039;économies d&amp;#039;énergie (CEE) définis par l&amp;#039;Etat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une programmation / régulation du ou des système(s) de chauffage / ventilation / climatisation devra être mise en place.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les bâtiments &amp;gt; 150 m2 de SHON
+ :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SYDEV soutient les travaux d&amp;#039;amélioration de la performance énergétique selon les modalités suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ Catégorie 1 Catégorie 2 Catégorie 3
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Caractéristique du bâti (Ubat) &amp;lt; 0,6 W/m2.K*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dérogation possible à 0,7 W/m2.K en cas d&amp;#039;utilisation de matériaux biosourcés sur l&amp;#039;ensemble des murs extérieurs ou des planchers hauts.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; Cep réf- 40%
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 2 Catégorie 3
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consommation d&amp;#039;énergie primaire (Cep 5 postes) &amp;lt; 80 kWhep/m2.an
+&lt;/p&gt;
+&lt;p&gt;
+ Une étude réglementaire thermique Th-C-Ex sera demandée, elle permettra de clairement identifier les gains énergétiques induits par les travaux sur le projet.
+ &lt;br /&gt;
+ Le périmètre d&amp;#039;étude correspond à la SHON thermique (SHOB de la zone traité thermiquement et isolé - zone de stationnement, non aménagée pour l&amp;#039;utilisation du bâtiment, HSP &amp;lt; 1,8 m).
+ &lt;br /&gt;
+ Elle est défini en partenariat avec le chargé d&amp;#039;affaire SYDEV du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Catégorie 4 (Piscine)
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter directement le SYDEV.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://sydev-vendee.fr/transition-energetique/efficacite-energetique/batiments-publics</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Secteur
+ :
+ &lt;br /&gt;
+ Île d&amp;#039;Yeu / CC de l&amp;#039;île de Noirmoutier / CC Océan Marais de Monts / Challans-Gois Communauté / CC de Vie et Boulogne / La Roche-sur-Yon agglomération
+ &lt;br /&gt;
+ &lt;em&gt;
+  Pierre GORSIC : Animateur de secteur / 02 51 45 93 23 / p.gorsic&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Terres de Montaigu agglomération / CC St Fulgent - Les Essarts / CC Pays de Mortagne / CC Pays des Herbiers / CC pays de Pouzauges / CC Pays de Chantonnay
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Vincent BILLAUD : Animateur de secteur / 02 51 45 88 96 / v.billaud&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC du Pays de St Gilles Croix de Vie / Les Sables d&amp;#039;Olonne Agglomération / CC du Pays des Achards / Vendée Grand Littoral Talmont Moutiers Communauté
+ &lt;br /&gt;
+ &lt;em&gt;
+  Arnaud CHAILLOU : Animateur de secteur / 02 51 45 88 61 / a.chaillou&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CC Sud Vendée Littoral / CC Pays de la Chatigneraie / CC Pays de Fontenay-Vendée / Vendée, Sèvre, Autise
+ &lt;br /&gt;
+ &lt;em&gt;
+  Elodie TRAINEAU : Animatrice de secteur / 02 51 45 93 19 / e.traineau&amp;#64;sydev-vendee.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>b.guilbaud@sydev-vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7923-aide-a-la-renovation-energetique-des-batiment/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>74155</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction ou la restructuration d'une école rurale</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>20% d'aide maxi dans la limite de 100 000€ et de 70% d'aides publiques</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide départementale pour la construction ou la restructuration de bâtiments scolaires dans les communes de moins de 2000 habitants : coût des travaux de plus de 150 000€ HT (commune) à 240 000€ HT (EPCI)
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;ouverture de classe : coût des travaux supérieur à 80 000€ HT (commune) à 150 000€ HT (EPCI).
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond des dépenses subventionnables : 1 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Aide conditionnée à l&amp;#039;obtention d&amp;#039;une aide financière au titre du  Fonds d&amp;#039;Aménagement Rural (FAR)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouverture de classe, construction et réhabilitation de bâtiments scolaires (restauration, garderie, etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ collectivités éligibles au FAR, opération située sur une commune de moins de 2000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Ruralité et Economie Résidentielle :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christelle ASENSIO : 05 62 56 78 34 (christelle.asensio&amp;#64;ha-py.fr)
+&lt;/p&gt;
+&lt;p&gt;
+ Sophie HONDAA : 05 62 56 77 87 (sophie.hondaa&amp;#64;ha-py.fr)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d5b-financer-la-construction-dune-ecole-rurale/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>97602</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser ou maintenir des bâtiments scolaires</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du Département de l&amp;#039;Aude est d&amp;#039;aider les communes et leurs groupements à réaliser ou à maintenir en bon état les bâtiments publics permettant la scolarisation et éventuellement la restauration des jeunes enfants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Constructions, restructurations et aménagements de bâtiments scolaires : classes maternelles et élémentaires, restaurants scolaires 1er degré et locaux annexes (préau, cour, salle de jeu, bureaux d&amp;#039;enseignants, locaux de rangement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne seront pris en compte que les projets qui intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite et qui feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...)
+&lt;/p&gt;
+&lt;p&gt;
+ Seront examinés favorablement et prioritairement les projets qui favorisent la mutualisation des équipements pour plusieurs communes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Dépenses de mobilier et d&amp;#039;entretien courant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/equipements-scolaires</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/239e-aider-a-la-realisation-ou-a-la-maintenance-de/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>90931</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes pêcheurs à s'installer en créant une entreprise de pêche</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer la relève générationnelle d&amp;#039;entreprises économiquement performantes, respectueuses de la ressource halieutique et économes en énergies sur des segments de flotte en équilibre. Il s&amp;#039;agit d&amp;#039;aider les jeunes à s&amp;#039;installer en créant une entreprise de pêche. Elle cible les activités de pêche rentables, compétitives et durables et en favorisant dans chaque segment les projets qui présentent la meilleure efficacité énergétique et la plus grande sélectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Mers et océans</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes pêcheurs :
+ &lt;strong&gt;
+  personne physique
+ &lt;/strong&gt;
+ qui souhaite acquérir pour la première fois un navire de pêche et qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à la date d&amp;#039;enregistrement du dépôt de la demande, est âgée de moins de 40 ans,
+ &lt;/li&gt;
+ &lt;li&gt;
+  a travaillé au moins cinq ans en tant que pêcheur ou a acquis une formation professionnelle équivalente,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dispose des brevets de commandement nécessaires pour son projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comporte un plan d&amp;#039;entreprise qui démontre notamment la faisabilité technique et financière du projet et les objectifs de développement de l&amp;#039;entreprise (cf. annexes spécifiques à la mesure du formulaire d&amp;#039;aide pour la description du plan d&amp;#039;entreprise).
+ &lt;br /&gt;
+ Pour toute demande déposée à partir du 29 mars 2016, le dossier comporte une expertise maritime détaillant l&amp;#039;état du navire, son adaptation à l&amp;#039;activité projetée et une estimation des éventuels investissements à prévoir au regard de l&amp;#039;état du navire.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 5 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 75 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts liés à l&amp;#039;acquisition du navire équipé pour la pêche maritime
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des actions inéligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le rachat de tout ou partie du capital social d&amp;#039;une société existante ou en création,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de matériel de pêche ou d&amp;#039;équipements dont le prix de cession est individualisé,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études préalables à l&amp;#039;opération pouvant être de nature technique, scientifique, juridique, environnementale ou économique et frais de conseil.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+ &lt;br /&gt;
+ Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France »ci-dessous. Nous vous invitons alors à consulter régulièrement ce site afin de prendre connaissance des mises à jour.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP" rel="noopener" target="_blank"&gt;
+  http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/creation-dentreprise-pour-jeune-pecheur</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gaëtan BAELEN - Instructeur
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture :
+ 05 57 57 55 82
+&lt;/p&gt;
+&lt;p&gt;
+ Joëlle LIRIA-GIMENEZ - Secrétariat
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+Service Pêche et Aquaculture :
+ 05 56 56 38 10
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet doit adresser sa demande d&amp;#039;aide écrite au : Conseil régional Nouvelle-Aquitaine
+&lt;/p&gt;
+&lt;p&gt;
+ Unité Pêche Aquaculture
+&lt;/p&gt;
+&lt;p&gt;
+ 14 rue François de Sourdis
+&lt;/p&gt;
+&lt;p&gt;
+ 33 077 BORDEAUX CEDEX
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c40-creation-dentreprise-pour-jeune-pecheur/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>10206</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Garantir l'accessibilité des personnes handicapées aux bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 30% des dépenses éligibles. Plafond de subvention : 50.000 €.</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a comme objectif de contribuer aux objectifs fixés par la loi du 11 février 2005 « pour l&amp;#039;égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées » qui précise notamment que « les établissements existants recevant du public doivent être tels que toute personne handicapée puisse y accéder, y circuler et y recevoir les informations qui y sont diffusées, dans les parties ouvertes au public. L&amp;#039;information destinée au public doit être diffusée par des moyens adaptés aux différents handicaps ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Handicap
+Equipement public
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1 000 € ne seront pas recevables (dépenses éligibles &amp;lt; 3 333 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les rampes d&amp;#039;accès, cheminements dédiés aux personnes à mobilité réduite, ascenseurs ou élévateurs, sanitaires, signalétique adaptée...,
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les places de parking, voirie et toilettes publiques dans le cadre de bâtiments isolés (la mise en accessibilité des toilettes dans le cadre d&amp;#039;un projet global de mise en accessibilité d&amp;#039;un bâtiment est éligible),
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement régional doit permettre la mise en accessibilité globale du ou des bâtiments concernés,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables,
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les Équipements recevant du public appartenant aux communes ou EPCI avec ou sans fiscalité propre sont éligibles,
+&lt;/p&gt;
+&lt;p&gt;
+ Seule 1 opération (pouvant regrouper plusieurs bâtiments) pourra être accompagnée par an et par commune,
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif « accessibilité des bâtiments publics » n&amp;#039;est cumulable qu&amp;#039;avec le dispositif de rénovation énergétique des bâtiments publics sur la base de dépenses éligibles distinctes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Mise-en-accessibilite-des-batiments-publics</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6163-mise-en-accessibilite-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>10205</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Construire des espaces associatifs et/ou mutualisés (de types Maisons France Service ou Tiers lieux)</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 25% des dépenses éligibles. Plafond de subvention : 100.000 €.</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans un souci de vitalité et de développement du lien social dans les territoires, notamment les territoires ruraux, la Région soutiendra la construction d&amp;#039;espaces associatifs sur la base de critères qualitatifs (dimensionnement et diversité des usages) mais également le développement de nouveaux espaces de type « espaces mutualisés » tels que les Maisons de Services aux Publics ou encore les bâtiments associatifs incluant les tiers-lieux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Tiers-lieux
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dossiers dont la subvention serait inférieure à 1000 € ne seront pas recevables (dépenses éligibles &amp;lt; 4000 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les opérations de :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   construction d&amp;#039;espaces associatifs sur la base de critères qualitatifs de dimensionnement et d&amp;#039;usages. Seront exclues les salles utilisées majoritairement pour les activités scolaires et périscolaires, ainsi que les salles des mariages ou du conseil municipal. Une attention particulière sera portée sur le dimensionnement de la salle par rapport au nombre d&amp;#039;habitants du territoire et sur les usages prévisionnels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   construction ou extension d&amp;#039;équipements de services mutualisés de type Maison des Services au Public, bâtiments associatifs incluant les tiers-lieux,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les acquisitions immobilières et achat d&amp;#039;équipements ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de maitrise d&amp;#039;œuvre seront retenus au prorata des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aménagement des abords de l&amp;#039;équipement public ne sera pas retenu au titre de ce dispositif (exemple : parking).
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces critères seront assouplis pour les communes faiblement peuplées situées dans un territoire lui-même peu dense.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Equipements-publics-Creation-d-espaces-associatifs-et-ou</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/450c-equipements-publics-creation-despaces-associa/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)
+Fédération nationale des collectivités concédantes et régies (FNCCR)
+Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
 Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="I38" s="1" t="inlineStr">
+Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
 Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
 de mettre à disposition et financer des outils d’aide à la décision pour les
 groupements de collectivités qui souhaitent développer des projets de
 rénovation énergétique des bâtiments publics. A l’échelle du Var ce
 programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
 COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
 permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
 conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;o&lt;span&gt;  
 &lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
 différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
 ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
 de flux ACTEE83 avec le
 recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
 collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
 collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
 des collectivités sur l’amélioration énergétique des bâtiments publics en
 communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
 du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
 de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
 AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Consommation et production
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P38" s="1" t="inlineStr">
+      <c r="P97" s="1" t="inlineStr">
         <is>
           <t>01/09/2023</t>
         </is>
       </c>
-      <c r="Q38" s="1" t="inlineStr">
+      <c r="Q97" s="1" t="inlineStr">
         <is>
           <t>01/09/2026</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Var</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>mehdi.rassoul@symielecvar.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E39" s="1" t="inlineStr">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>163577</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement la mise en place de "Guichet Unique de l'Habitat" par les EPCI</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J98" s="1" t="inlineStr">
+        <is>
+          <t>0.20 centimes par habitant / an</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;Energie Somme participe à la lutte contre la précarité énergétique des ménages les plus modestes du territoire, en soutenant financièrement la mise en place de &amp;#34;Guichet Unique de l&amp;#039;Habitat&amp;#34; par les EPCI (ou pour les pays pour le compte de leurs intercommunalités).&lt;/p&gt;&lt;p&gt;Ces guichets ont vocation à aider les ménages les plus modestes à réaliser des travaux d’efficacité énergétique dans leurs logements et à les accompagner pour bénéficier de toutes les aides possibles. Une démarche préventive et vertueuse qui s&amp;#039;inscrit pleinement dans la transition écologique en réduisant le nombre de logements sujets à d&amp;#039;importantes déperditions énergétiques.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;EPCI adhérents à Territoire d&amp;#039;Energie Somme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/pcaet</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/precarite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>165656</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études d'opportunité multi-EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Étude d'opportunité multi-EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="O39" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude d’opportunité permet au maitre d’ouvrage d’avoir une &lt;strong&gt;vision exhaustive des solutions de chaleur et de froids renouvelables&lt;/strong&gt; compatibles techniquement avec les besoins de son bâtiment ou ses bâtiments. L’étude des solutions sera complétée d’une analyse multicritère afin d’identifier la ou les solutions énergétiques les plus pertinentes en suivant la démarche EnR&amp;#039;Choix.&lt;/p&gt;&lt;p&gt;Ainsi, cette étude comprendra notamment :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;un      &lt;strong&gt;état des lieux énergétique&lt;/strong&gt; succinct du ou des bâtiments existants ;&lt;/li&gt;&lt;li&gt;l’&lt;strong&gt;identification      de solutions de sobriété et d’efficacité énergétique&lt;/strong&gt; à mettre en place      afin d’établir un bilan énergétique de référence réaliste des années      futures ;&lt;/li&gt;&lt;li&gt;l’&lt;strong&gt;analyse de l’ensemble des ressources énergies renouvelables disponibles&lt;/strong&gt; (raccordement      à un réseau      de chaleur et de froid urbain ou à une      boucle d’eau tempérée géothermique, récupération et/ou valorisation de      chaleur fatale, géothermies, solaire thermique,      bois énergie, aérothermie) ;&lt;/li&gt;&lt;li&gt;l’&lt;strong&gt;étude      de l’adéquation des besoins énergétiques&lt;/strong&gt; du ou des bâtiments et des      ressources disponibles ;&lt;/li&gt;&lt;li&gt;une      &lt;strong&gt;analyse multicritère pour comparer ces scénarios techniques&lt;/strong&gt; entre eux et      identifier la ou les solutions les plus pertinentes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le &lt;a href="https://data.ademe.fr/datasets/liste-des-entreprises-rge-2" target="_blank"&gt;portail Open data de l’ADEME&lt;/a&gt;. Une fois sur la page, cliquez sur le symbole du tableau placé sur la droite. &lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers la solution la plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Un contact préalable auprès de votre direction régionale ADEME est fortement recommandé avant toute demande d’aide.&lt;/p&gt;&lt;p&gt;Enfin, pour les collectivités se questionnant sur les solutions de chaleur renouvelable pour leurs bâtiments, mais n’ayant pas réalisé une première étape d’audit énergétique, il est conseillé de se tourner vers les aides du programme &lt;a href="https://programme-cee-actee.fr/" target="_blank"&gt;ACTEE&lt;/a&gt; (Action des Collectivités Territoriales pour l’Efficacité Énergétique) qui couple à la fois audit énergétique et étude d’opportunité multi-EnR.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S39" s="1" t="inlineStr">
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>regions_02_04_06_11_27_28_32_44_53_75_76_84_93_94</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etude-dopportunite-multi-enrr</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etude-dopportunite-multi-enrr?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000882" target="_self"&gt;CONTACTER L&amp;#039;ADEME&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-d-opportunite-multi-enr-r/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...1201 lines deleted...]
-      <c r="G47" s="1" t="inlineStr">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>57481</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Installer du photovoltaïque raccordé réseau</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
+Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K47" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 30</t>
+        </is>
+      </c>
+      <c r="J100" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire : 200 €/kWc</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
-[...25 lines deleted...]
- Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Sud met le cap sur les énergies renouvelables et accompagne les installations photovoltaïques (PV) raccordées au réseau, prioritairement les projets de grappes permettant de valoriser le maximum de toitures sur un territoire précis.
+&lt;/p&gt;
+&lt;p&gt;
+ Projets éligibles : installations photovoltaïques (PV) raccordées au réseau (injection totale) avec une puissance supérieure à 10 kWc. Le devis doit être fourni au dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autre part, le projet doit comporter une action d&amp;#039;efficacité énergétique (management de l&amp;#039;énergie, réduction des consommations, etc).
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;aide maximum (hors bonification) : entre 200 et 300 € le kWc, avec un plafond de 30 % de l&amp;#039;assiette éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M47" s="1" t="inlineStr">
-[...57 lines deleted...]
-      <c r="N47" s="1" t="inlineStr">
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ TROIS CENTRALES CITOYENNES PV DANS LA CITE PHOCEENNE : Massilia Sun System est un nouveau groupe citoyen qui réunit une vingtaine de citoyen∙e∙s marseillais∙es désireux de s&amp;#039;engager dans des projets de production d&amp;#039;énergie renouvelable pilotés directement en interne. Trois installations photovoltaïques seront réalisées en 2020 équivalent à une puissance de 145 kWc : une sur le toit d&amp;#039;une ombrière de parking à l&amp;#039;IRSAM de Provence d&amp;#039;une puissance de 98 kWc, une autre sur le toit de « La déviation » situé à l&amp;#039;Estaque d&amp;#039;une puissance de 36 kWc et une dernière sur le toit d&amp;#039;une maison d&amp;#039;un particulier d&amp;#039;une puissance de 9 kWc. Ces installations produiront plus de 180 MWh par an, représentant la consommation électrique annuelle de 154 personnes (hors chauffage et eau chaude sanitaire).
+&lt;/p&gt;
+&lt;p&gt;
+ Centrales pour les agriculteurs, les entreprises, etc
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://oreca.maregionsud.fr/fileadmin/Documents/Appels_a_projets/2020_-_Dispositif_Injection_reseau.pdf</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marie-Aimée Quadrio : maquadrio&amp;#64;maregionsud.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Gaetan Burle : gburle&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>acoussy@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d597-installer-du-photovoltaique-raccorde-reseau/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>164079</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Choisir une solution de chauffage gaz performante</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Happy Gaz Collectivités</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Alsace</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation d’études thermiques proposant une solution gaz, si la solution gaz est retenue : Jusqu’à 7 000 €, dans la limite de 80 % de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un rendez-vous avec un Ingénieur Efficacité Energétique de GRDF pour analyser les résultats de l’étude : Offert&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Installation d’une chaudière 100% gaz ou hybride gaz par un artisan agréé PG : 2 000 €&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Souscription d’une offre Gaz Vert : 1 000 €&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Branchement au réseau GRDF :Offert jusqu’à 35 mètres, &lt;span&gt;aide jusqu’à 1 000 € au-delà&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...15 lines deleted...]
-      <c r="O47" s="1" t="inlineStr">
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q101" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’offre est valable pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Tous les bâtiments publics tertiaires situés dans les 158 communes concernées par le Contrat de concession liant Territoire d’Énergie Alsace et GRDF, propriétés des communes ou de leurs groupements. Les bâtiments mixtes sont éligibles s’ils sont soumis au Décret Eco Energie Tertiaire (DEET) issu de l’article 175 de la loi ELAN ;&lt;/li&gt;&lt;li&gt;En rénovation ou en construction neuve ;&lt;/li&gt;&lt;li&gt;Les demandes déposées jusqu’au 31/12/2026, avec un délai de 24 mois à compter de la date de validation par Territoire d’Énergie Alsace pour terminer les travaux et remettre le dossier final ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Alsace</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://te.alsace</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Téléphone : 03 89 21 11 60&lt;/p&gt;&lt;p&gt;Courriel : &lt;a target="_self"&gt;aides&amp;#64;te.alsace&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Courrier : 11 rue du 1er Cuirassiers, 68000, COLMAR&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te.alsace</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/choisir-une-solution-de-chauffage-gaz-performante/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>119941</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans vos projets de construction et rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivité</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ASDER est un acteur majeur de la transition énergétique en Savoie depuis plus de 40 ans. Nous accompagnons les communes et territoires dans leur politique de transition énergétique, notre spécialité étant l&amp;#039;énergie.
+ &lt;br /&gt;
+ L&amp;#039;ASDER peut vous accompagner du début à la fin de votre projet ou intervenir ponctuellement pour vous apporter des conseils sur le volet énergétique.
+ &lt;br /&gt;
+ Nous visitons le bâtiment et vous faisons un pré-diagnostic et des préconisations d&amp;#039;amélioration.
+ &lt;br /&gt;
+ Si vous décidez de lancer le projet nous sommes à vos côtés pour vous conseiller sur les choix les plus à même d&amp;#039;assurer la qualité environnementale du projet.
+ &lt;br /&gt;
+ Nous pouvons, avec vous, analyser les propositions qui vous sont faites, vous proposer une grille d&amp;#039;analyse pour faire ressortir les éléments essentiels pour réaliser un projet efficace et respectueux de l&amp;#039;environnement.
+ &lt;br /&gt;
+ L&amp;#039;objectif de notre accompagnement est de vous amener vers un projet le plus vertueux possible, avantageux pour la maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons accompagné plusieurs communes pour la rénovation de leur école, dans une réflexion très en amont avec le CAUE de la Savoie (pré-diagnostic ; pré-programme). Nous accompagnons les maîtres d&amp;#039;ouvrage tout au long des projets, ce qui nous permet d&amp;#039;avoir une bonne expérience.
+ &lt;br /&gt;
+ Nous intervenons régulièrement pour les communes, sur tout type de bâtiments (mairie ; école ; salle polyvalente ; logements communaux ; ...) et à différents stades de leurs projets de patrimoine (programme, pré-diagnostic, consultations des entreprises, suivi des installations, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes communes et EPCI de Savoie sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
-[...15 lines deleted...]
- karine.bidart&amp;#64;apc-paris.com
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christian Fleury - Responsable du pôle collectivités et territoires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  christian.fleury&amp;#64;asder.asso.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 04 79 85 88 50
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e84c-etre-accompagner-dans-vos-projets-de-construc/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...9954 lines deleted...]
-      <c r="G101" s="1" t="inlineStr">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>90776</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Développer les ports de pêche, sites de débarquement, halles de criée et abris</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...304 lines deleted...]
-Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière
-Ingénierie technique</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- _________________________________________________________________
-[...11 lines deleted...]
- Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+ &lt;strong&gt;
+  Qualité, traçabilité, efficacité énergétique, environnement, sécurité (ports)
+	Prise en charge de toutes les captures débarquées (ports)
+	Construction ou modernisation des abris (ports)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
-[...26 lines deleted...]
-  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+  Investissements des halles à marée, des sites de débarquement et des abris permettant d&amp;#039;améliorer la prise en charge des produits dans le but de valoriser la qualité assurée par le producteur, d&amp;#039;en assurer la traçabilité, d&amp;#039;améliorer l&amp;#039;efficacité énergétique de la place portuaire halieutique, de réduire l&amp;#039;incidence de ses activités sur l&amp;#039;environnement ou encore de favoriser l&amp;#039;attractivité des métiers en améliorant les conditions de travail et de sécurité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en charge des produits soumis à l&amp;#039;obligation de débarquement dans des conditions optimales de sécurité, de qualité et d&amp;#039;ergonomie.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Pour de tels projets, la Banque des Territoires peut :
+ Bénéficiaires :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
-[...10 lines deleted...]
-&lt;/ul&gt;</t>
+  Les concessionnaires des ports de pêche, les gestionnaires des halles à marée, les concédants portuaires ou encore les autorités portuaires ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises privées, les organisations de pêcheurs ou autres bénéficiaires de projets collectifs, les collectivités territoriales et leurs groupements, portant et finançant un projet sur le domaine public portuaire, pour un usage collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande répond aux objectifs régionaux (document « PROEPP » à télécharger ci-dessous).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher d&amp;#039;éligibilité de 12 000 € d&amp;#039;aides publiques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;éligibilité de 600 000 € d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de candidature :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez ci-dessous le lien vous permettant de télécharger le formulaire, la notice, les annexes techniques et le cadre méthodologique (qui rappelle les critères d&amp;#039;éligibilité et de sélection) spécifique à cette mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez télécharger les documents sur le site de «l&amp;#039;Europe s&amp;#039;engage en France » :
+ &lt;a href="http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP" rel="noopener" target="_blank"&gt;
+  http://www.europe-en-france.gouv.fr/L-Europe-s-engage/Fonds-europeens-2014-2020/Politique-de-la-peche-et-des-affaires-maritimes/FEAMP
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous invitons alors à consulter régulièrement le site de la Région afin de prendre connaissance des mises à jour.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N103" s="1" t="inlineStr">
         <is>
-          <t>Sports et loisirs
-[...3 lines deleted...]
-Economie locale et circuits courts</t>
+          <t>Agriculture et agroalimentaire
+Mers et océans</t>
         </is>
       </c>
       <c r="O103" s="1" t="inlineStr">
         <is>
-          <t>Permanente</t>
-[...5 lines deleted...]
-Mise en œuvre / réalisation</t>
+          <t>Récurrente</t>
         </is>
       </c>
       <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U103" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V103" s="1" t="inlineStr">
         <is>
-          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/ports-de-peche-sites-de-debarquement-halles-de-criee-et-abris</t>
         </is>
       </c>
       <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...10 lines deleted...]
-&lt;/ul&gt;</t>
+ Gaëtan BAELEN - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 57 57 55 82
+Joëlle LIRIA-GIMENEZ - Service Pêche et Aquaculture
+Direction de l&amp;#039;agriculture des IAA et de la pêche
+05 56 56 38 10
+&lt;/p&gt;
+&lt;p&gt;
+ Informations Région Nouvelle-Aquitaine : utiliser le formulaire &amp;#039;&amp;#039;Contactez-nous&amp;#039;&amp;#039; sur le site de la Région
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y103" s="1" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z103" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1268-ports-de-peche-sites-de-debarquement-halles-d/</t>
         </is>
       </c>
       <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:27" customHeight="0">
       <c r="A104" s="1">
-        <v>139936</v>
+        <v>83479</v>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d’un accompagnement de projets et d’une aide à la programmation sur le volet bâtiments et espaces publics</t>
-[...2958 lines deleted...]
-        <is>
           <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE des Hauts de France
 Union régionale des CAUE Normands
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -22123,77 +18819,77 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
  &lt;/li&gt;
  &lt;li&gt;
   Animations interprofessionnelles, mise en réseaux des acteurs du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M117" s="1" t="inlineStr">
+      <c r="M104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -22215,79 +18911,79 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>http://www.fncaue.fr</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts des unions régionales :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -22320,4853 +19016,425 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-[...455 lines deleted...]
-      <c r="G120" s="1" t="inlineStr">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>42869</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>S'engager dans le programme de labellisation Climat-Air-Énergie Cit'ergie</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-[...26 lines deleted...]
-      <c r="K120" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
-[...59 lines deleted...]
-      <c r="N120" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cit&amp;#039;ergie est un programme de management et de labellisation qui
+ récompense les collectivités pour la mise en œuvre d&amp;#039;une politique climat­-air-énergie ambitieuse.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide consiste en un accompagnement financier par un conseiller Cit&amp;#039;ergie accrédité par l&amp;#039;ADEME et un accompagnement technique à la prise en main de la démarche d&amp;#039;évaluation et de labellisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour répondre au défi que constitue le changement climatique, les collectivités locales ont un rôle déterminant à jouer dans la définition et la mise en œuvre d&amp;#039;actions visant à la réduction des émissions de gaz à effet de serre, l&amp;#039;amélioration de l&amp;#039;efficacité énergétique, la réduction de la pollution atmosphérique, le développement des énergies renouvelables ou encore l&amp;#039;adaptation au changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est maintenant acquis qu&amp;#039;un engagement fort de la collectivité dans la transition énergétique est synonyme de développement économique, d&amp;#039;attractivité et de qualité de vie pour ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Cependant, même motivées pour agir, les collectivités se trouvent face à de nombreuses interrogations :
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place une politique énergétique efficace ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quelle méthode suivre pour conduire et réussir un Plan Climat Air Energie Territorial (PCAET) ambitieux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Comment s&amp;#039;intégrer dans les objectifs air-énergie-climat régionaux et nationaux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le label européen European Energy Award (EEA), décliné en France via le programme Cit&amp;#039;ergie, est destiné en particulier aux intercommunalités souhaitant conduire des politiques actives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label Cit&amp;#039;ergie évalue les collectivités sur les actions qu&amp;#039;elles conduisent dans le cadre de leurs compétences propres et dans leur sphère d&amp;#039;influence. Via un catalogue de mesures concrètes, la labellisation prend en compte tous les leviers possibles pour l&amp;#039;engagement d&amp;#039;actions énergie climat sur le territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Structuration, suivi, et évaluation du plan climat-air-énergie (PCAET)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...886 lines deleted...]
-Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Accessibilité
-[...1 lines deleted...]
-Mobilité partagée
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
-Bibliothèques et livres</t>
-[...2 lines deleted...]
-      <c r="O125" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="S125" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un seul déposant est attendu par dossier ; les projets collaboratifs ne sont pas éligibles. Il est vivement conseillé de contacter l&amp;#039;ADEME en amont du dépôt du dossier pour tous renseignements ou conseils relatifs au montage et à la soumission de votre dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr</t>
+        </is>
+      </c>
+      <c r="W105" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr/contact/</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:citergie&amp;#64;ademe.fr?subject&amp;#61;Contact%20via%20aides-territoires.beta.gouv.fr"&gt;
+  citergie&amp;#64;ademe.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 15 09 82 07 (permanence de 9h à 12h30 et de 14h à 16h30, du lundi au vendredi)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.vallee@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3ba-sengager-dans-le-programme-de-labellisation-c/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-[...287 lines deleted...]
-      <c r="G127" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>1071</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le changement de comportement des ménages en matière d'énergie</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...7 lines deleted...]
-      <c r="K127" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Montant forfaitaire : Subvention forfaitaire d'un montant de 12 000 € par ETP/an sur 3 ans</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
-[...143 lines deleted...]
- La
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  dotation de soutien à l&amp;#039;investissement local
+  Objectifs :
  &lt;/strong&gt;
- (DSIL) a été créée en 2016 afin de soutenir l&amp;#039;investissement local des collectivités du bloc communal, d&amp;#039;accompagner et de favoriser la transformation des territoires. Les décisions d&amp;#039;attribution de la DSIL relèvent du préfet de région et les crédits de cette dotation sont destinés à financer des opérations entrant dans l&amp;#039;une des 6 thématiques fixées par l&amp;#039;article L. 2334-42 du CGCT :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Rénovation thermique, transition énergétique, développement des énergies renouvelables
-[...14 lines deleted...]
-  Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants
+  Déployer et animer la mission Espace Info Energie (charte nationale ADEME) à destination du grand public et contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux du Climat de l&amp;#039;Air et de l&amp;#039;Energie en matière d&amp;#039;efficacité énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer la mission de service public d&amp;#039;information/conseil définie par le Plan de Rénovation Energétique de l&amp;#039;Habitat (PREH) au travers du guichet unique national des Points Rénovation Info Service (PRIS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des offres d&amp;#039;accompagnement complet des ménages (technique et financier) dans le cadre de projets de rénovation globale et performante, comme par exemple le Service Intégré de Rénovation Energétique Oktave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimenter de nouveaux outils et services destinés à être mis en œuvre et diffusés au travers d&amp;#039;un réseau de Plateformes Territoriales de Rénovation Energétique de l&amp;#039;Habitat.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La dotation est également destinée à financer la réalisation d&amp;#039;opérations visant au développement des territoires ruraux inscrites dans un contrat signé avec le représentant de l&amp;#039;Etat.
-[...4 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Règles de répartition des enveloppes régionales
+  Projet / Dépense éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;enveloppe totale de DSIL est répartie entre les régions de métropole et d&amp;#039;outre-mer, ainsi que le département de Mayotte :
-[...1297 lines deleted...]
-          <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Photovoltaïque sur bâtiments et ombrières de parkings publics : le SIEGE 27 accompagne les collectivités et leurs groupements pour des installations photovoltaïques en assurant les études nécessaires puis la maîtrise d&amp;#039;ouvrage des projets ainsi que leur exploitation (
-[...6 lines deleted...]
-   ).
+   Financement de poste de Conseillers Info Énergie
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque :
+ &lt;/strong&gt;
+ Intervention complémentaire Région-ADEME. L&amp;#039;ADEME intervient directement selon son système d&amp;#039;aide, à savoir pour 3 ans 24 000 €/an/ETP et 20 000 €/an maximum pour les actions d&amp;#039;animation et de communication par structure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagner-changement-de-comportement-menages-grand/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LES PORTEURS DE PROJETS SONT INVITES A PRENDRE CONTACT LE PLUS EN AMONT POSSIBLE DES PROJETS AVEC L&amp;#039;INTERLOCUTEUR DE LA REGION CORRESPONDANT A LA LOCALISATION DU PROJET :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Strasbourg : 03 88 15 64 96
   &lt;/li&gt;
   &lt;li&gt;
-   Bois énergie : le SIEGE 27 propose aux communes un accompagnement complet des études à l&amp;#039;exploitation des installations avec prise en charge financière des coûts d&amp;#039;investissement à hauteur de 80% hors réseau hydraulique interne (
-[...6 lines deleted...]
-   ).
+   Site de Metz : 03 87 33 62 85
   &lt;/li&gt;
   &lt;li&gt;
-   Eolien / photovoltaïque au sol : le SIEGE 27 co-développe de tels projets en cas de délibération favorable de la commune d&amp;#039;étude ainsi que de son intercommunalité. L&amp;#039;objectif recherché par le SIEGE 27 est de garantir l&amp;#039;appropriation, le suivi et l&amp;#039;implication du territoire, soutenir des projets publics et citoyens, contribuer au capital/compte courant des sociétés de projet et ainsi accéder à leur gouvernance et optimiser les retombées économiques locales. Le portage du risque financier est assuré par le SIEGE 27 (
-[...48 lines deleted...]
-   Eolien : Mesnil-Rousset, Vraiville/Mandeville/Surtauville/Terres de Bord/La Haye Malherbe, ...
+   Site de Châlons : 03 26 70 66 08
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e74-accompagner-le-changement-de-comportement-des/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G134" s="1" t="inlineStr">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>152452</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement de locaux scolaires et périscolaires</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SCOLAIRES ET ANNEXES PÉDAGOGIQUES</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
-[...901 lines deleted...]
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
-[...398 lines deleted...]
-      <c r="I141" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J141" s="1" t="inlineStr">
+      <c r="J107" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de locaux scolaires maternelles et du 1er degré, de cantines et d&amp;#039;annexes pédagogiques (bibliothèque scolaire, ateliers, salles de repos, salle de jeux, salle informatique, garderie périscolaire, locaux techniques et administratifs).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M107" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Construction d&amp;#039;une école élémentaire à deux classes et création d&amp;#039;une rampe pour l&amp;#039;accessibilité aux personnes à mobilité réduite pour la mairie et l&amp;#039;école à &amp;#34;Ville d&amp;#039;Espoir&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation de la toiture de l&amp;#039;école primaire de &amp;#34;Sainte-Marie&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une restauration scolaire intercommunale, rue du Tacot - Phase 1, à &amp;#34;Cité Scolaire&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un accueil périscolaire intercommunal, rue du Tacot - Phase 2, à &amp;#34;Village Harmonie&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de la charpente de l&amp;#039;école primaire de &amp;#34;Champ Fleuri&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière alimentant le groupe scolaire &amp;#34;Liberté&amp;#34; et la salle &amp;#34;Victor Hugo&amp;#34;, rue du Général de Gaulle, à &amp;#34;Ville Prospère&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement du matériel informatique de l&amp;#039;école élémentaire à &amp;#34;Nouvelle Génération&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité du bâtiment de l&amp;#039;école primaire &amp;#34;Cours de Lumière&amp;#34; - intérieur/extérieur, à &amp;#34;Ville Lumineuse&amp;#34;
@@ -27188,65 +19456,65 @@
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière à gaz par une pompe à chaleur à l&amp;#039;école de &amp;#34;L&amp;#039;Écoquartier&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réaménagement de l&amp;#039;aire de jeux - cour du périscolaire &amp;#34;Enfance Heureuse&amp;#34; à &amp;#34;Ville Joyeuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un accueil de loisirs sans hébergement avec une cantine à &amp;#34;L&amp;#039;Aurore&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement des fenêtres et de deux portes d&amp;#039;entrée à l&amp;#039;école maternelle de &amp;#34;Ville Rayonnante&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Installation du chauffage et de l&amp;#039;éclairage du patio au périscolaire de &amp;#34;Bacouel&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un four pour la cantine scolaire de &amp;#34;Belle Saveur&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;une salle pour la restauration scolaire et socio-culturelle à &amp;#34;Nouvel Horizon&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -27402,6345 +19670,6702 @@
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  * l&amp;#039;acquisition de mobilier et d&amp;#039;équipement seule est éligible pour les syndicats scolaires qui n&amp;#039;ont pas la compétence travaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de petits matériels (tables, chaises, ...),
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de matériel de restauration scolaire de moins de 10 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W141" s="1" t="inlineStr">
+      <c r="W107" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/02d7-equiper-les-policiers-municipaux/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G142" s="1" t="inlineStr">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>130993</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour son projet de Bois-Énergie</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre collectivité a un projet bois énergie, le SIEL-TE peut vous accompagner dans sa réalisation ou, par transfert de compétences, assurer la maîtrise d&amp;#039;ouvrage. Dans ce cas-là, une commune ou un groupement de communes n&amp;#039;a pas à porter l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4 SOLUTIONS POUR MONTER UN PROJET BOIS-ÉNERGIE AVEC LE SIEL-TE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OUVRAGE DÉLÉGUÉE - TRANSFERT DE COMPÉTENCE «PRODUCTION ET DISTRIBUTION DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par transfert de compétences de la collectivité, le SIEL-TE est chargé des études et de la réalisation des travaux du projet. Il perçoit, en lieu et place de la collectivité, les subventions éventuellement attribuées par les différents financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages ainsi réalisés restent la propriété du SIEL-TE pendant 20 ans, qui en assure l&amp;#039;entretien et les loue à la collectivité. Une contribution est appelée pendant 20 ans sous forme de loyer et comprend une participation de la collectivité permettant d&amp;#039;atteindre 100% du montant HT des études et travaux, les frais liés à l&amp;#039;entretien spécialisé et une provision pour le remplacement du matériel en cas de casse.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité continue de s&amp;#039;impliquer dans le projet puisque l&amp;#039;achat des différents combustibles et fuides (bois, appoint, électricité, eau, téléphone) reste à sa charge. La collectivité facture la chaleur à ses abonnés, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; contribution «loyer» selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VENTE DE CHALEUR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du transfert de compétence «Production et distribution de chaleur», le SIEL-TE peut, dans certains cas, proposer la vente de chaleur et ainsi gérer de A à Z le fonctionnement de la chaufferie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, l&amp;#039;achat des différents combustibles et fluides (bois, appoint, électricité, eau, téléphone), ainsi que les charges de fonctionnement (maintenance, exploitation et renouvellement du matériel) sont à la charge du SIEL-TE qui vend la chaleur à la collectivité pendant une durée de 20 ans, en lieu et place de la contribution annuelle sous forme de loyer.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; prix chaleur selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OEUVRE DÉLÉGUÉE - OPTION «ÉNERGIES RENOUVELABLES ET RÉSEAU DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, l&amp;#039;option «projets énergies renouvelables et réseaux de chaleur» de la convention SAGE permet à la commune de demander au SIEL-TE, en appui des services, de réaliser la maîtrise d&amp;#039;oeuvre du projet de construction d&amp;#039;une chaufferie bois et d&amp;#039;un réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention du SIEL-TE permettent à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-TE pour la réalisation d&amp;#039;un cahier des charges de consultation d&amp;#039;entreprises, l&amp;#039;assistance à la rédaction des dossiers de subvention, l&amp;#039;aide à l&amp;#039;analyse des offres, le suivi du chantier et l&amp;#039;aide à la réalisation des opérations de réception.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : adhésion à la compétence optionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ «SAGE» &amp;#43; 8,5% du montant d&amp;#039;investissement du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la réalisation de projets de puissance bois supérieure à 1 MW, le SIEL-TE retient la Délégation de Service Public (DSP) de type concession comme montage juridique. Dans ce cas, le SIEL-TE conduit la procédure et le contrôle de la concession qui est confié à une entreprise privée. L&amp;#039;entreprise réalise le projet de la conception à la réalisation des travaux puis gère l&amp;#039;exploitation de l&amp;#039;installation pour une durée de 24 ans. L&amp;#039;entreprise sélectionnée porte l&amp;#039;investissement. La collectivité est cliente du réseau et achète la chaleur directement au concessionnnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de mise en place d&amp;#039;un contrat de DSP par le SIEL-TE : chaudière bois de puissance supérieure à 1MW
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ SAINT-MAURICE-EN-GOURGOIS
+&lt;/p&gt;
+&lt;p&gt;
+ En 2013, la commune de Saint-Maurice-en-Gourgois a choisi d&amp;#039;installer une chaufferie au bois déchiqueté sur son territoire pour chauffer l&amp;#039;école et son extension, l&amp;#039;ancienne école, la crèche communale et la mairie. Un réseau de chaleur souterrain de 170 mètres conduit de l&amp;#039;eau à 80°C vers chaque bâtiment. En 2018, ce réseau de chaleur a été étendu afin de chauffer également le bâtiment «cantine périscolaire».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie automatique au bois déchiqueté et son réseau de chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Puissance de la chaudière : 90 kW
+  &lt;/li&gt;
+  &lt;li&gt;
+   Consommation annuelle de bois : 99 tonnes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equivalence énergétique : 27 575 litres de fioul
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois utilisé : plaquette forestière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volume du silo de stockage : 36 m2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surface totale chauffée : 2 031 m2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Responsable du Pôle ENR
+&lt;/p&gt;
+&lt;p&gt;
+ Clément CHAREYRE - chareyre&amp;#64;siel42.fr 04.77.42.10.72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6ec-le-bois-energie-pour-les-collectivites/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>142231</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Développer les ports de pêche</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Développement des ports de pêche</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>L'aide permet de mobiliser du FEAMPA</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds européen pour les affaires maritimes, la pêche et l&amp;#039;aquaculture (FEAMPA) vise à soutenir le développement durable de la pêche, de l&amp;#039;aquaculture, la commercialisation et la transformation. La Région des Pays de la Loire est organisme intermédiaire pour la mise en œuvre des mesures régionales du programme national FEAMPA 2021-2027 ouvertes sur son territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de la Vendée contribue à la déclinaison du Programme National FEAMPA sur son territoire en apportant un soutien financier permettant de mobiliser du FEAMPA.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département intervient sur les actions permettant de :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Soutenir les investissements portant sur les infrastructures physiques des ports de pêche et halles à marée en vue de répondre aux enjeux d&amp;#039;amélioration des conditions de travail, d&amp;#039;amélioration de la qualité des produits et des conditions sanitaires, de meilleure gestion des rejets, déchets et coproduits, de réduction de l&amp;#039;impact des activités portuaires sur l&amp;#039;environnement...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Soutenir le développement des systèmes d&amp;#039;énergie renouvelable ou d&amp;#039;amélioration de l&amp;#039;efficacité énergétique des infrastructures ainsi que le perfectionnement des process et systèmes d&amp;#039;organisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Améliorer la traçabilité des produits, notamment le développement d&amp;#039;outils informatiques et des équipements numériques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Agriculture et agroalimentaire
+Attractivité économique
+Artisanat
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité, les critères de sélection, les actions et dépenses éligibles et inéligibles applicables à la subvention du Département sont identiques aux conditions d&amp;#039;attribution du FEAMPA en Région pays de la Loire. Elles sont détaillées dans les Documents de mise en œuvre (DOMO). Les types d&amp;#039;investissement répondant aux objectifs des mesures du Fonds Européen pour les Affaires Maritimes, la Pêche et l&amp;#039;Aquaculture (FEAMPA) sont définis dans le Plan Régional d&amp;#039;Organisation et d&amp;#039;Equipement des Ports de Pêche (PROEPP).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux documents sont  disponibles sur le site www.paysdelaloire.fr sur le lien suivant :
+ &lt;a href="https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa#contenu" target="_self"&gt;
+  https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa#contenu
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements éligibles concernent les investissements à terre présentant un intérêt pour l&amp;#039;ensemble de la collectivité de pêcheurs utilisateurs ou contribuant directement au développement général du port et à l&amp;#039;amélioration des services offerts aux pêcheurs ainsi qu&amp;#039;à l&amp;#039;optimisation du fonctionnement et de la transparence du marché.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les investissements matériels et immatériels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les prestations intellectuelles (études, formation, conseil...) directement liées à la réalisation du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les financements seront réservés aux halles à marée et ports de pêche comprenant une halle à marée ou une base avancée (cas de Port Joinville à l&amp;#039;Ile d&amp;#039;Yeu). Les investissements relatifs aux points de débarquement ne seront pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>http://agriculture@vendee.fr</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/mon-conseil-regional/les-missions-regionales/europe/solliciter-les-fonds-europeens/feampa</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les demandes d&amp;#039;aide se font en ligne sur le Portail des aides de la Région Pays de la Loire.
+&lt;/p&gt;
+&lt;p&gt;
+ Contact Département 85 :
+&lt;/p&gt;
+&lt;p&gt;
+ Département de la Vendée / POLE INFRASTRUCTURES ET DESENCLAVEMENTS / Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche/ Service Agriculture et Pêche
+&lt;/p&gt;
+&lt;p&gt;
+ Tél.02.28.85.86.43 - Fax 02.51.44.20.25
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:agriculture&amp;#64;vendee.fr" target="_self"&gt;
+  agriculture&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.daviaud@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1474-developpement-des-ports-de-peche/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>141760</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier des meilleurs prix du marché (électricité, gaz naturel et/ou bois-énergie)</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire organise des groupements d&amp;#039;achats d&amp;#039;énergies pour faire bénéficier les adhérents à la compétence des meilleurs prix de l&amp;#039;énergie.
+ &lt;br /&gt;
+ Adhérer au groupement de commandes permet également d&amp;#039;apporter une sécurité technique et juridique pour les procédures d&amp;#039;appels d&amp;#039;offres.
+ &lt;br /&gt;
+ Le syndicat est un service public local qui agit dans l&amp;#039;intérêt des consommateurs d&amp;#039;énergies, en apportant son expertise de manière indépendante et neutre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://te42.fr</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Patrick Mounier&lt;br /&gt;mounier&amp;#64;siel42.fr&lt;br /&gt;04 77 43 89 16&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/196f-beneficier-des-meilleurs-prix-du-marche-elect/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>94909</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la consommation et de la gestion des ressources (eau, énergie et matières premières)</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Efficacité matière avec focus plastique</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J111" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 200K€</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+ Soutien à l&amp;#039;optimisation de la consommation et de la gestion des ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise à accompagner les acteurs du développement économique en privilégiant les démarches collectives ou sectorielles d&amp;#039;une part, ainsi que les opérations au caractère particulièrement exemplaire ou novateur d&amp;#039;autre part.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus les industriels de la filière de recyclage et du traitement des déchets, y compris les recycleries/ressourceries, par ailleurs soutenus dans un autre dispositif dédié à la valorisation centralisée des DAE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises ou groupements d&amp;#039;entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fédérations, organisations professionnelles et chambres consulaires représentant les entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales, et plus particulièrement EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ plafond de l&amp;#039;aide : 200 K€
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Eau : en termes d&amp;#039;exemples sont éligibles les actions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Optimisation des procédés et prévention (ex : modification d&amp;#039;un process conduisant à réduire la consommation en eau, réduction de la nocivité des déchets dangereux pour les milieux aquatiques...),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Recyclage, réemploi ou réutilisation d&amp;#039;eau autorisés par la réglementation (ex : mise en oeuvre de la réutilisation des eaux usées traitées, recyclage d&amp;#039;eau au sein d&amp;#039;un procédé ou récupération d&amp;#039;eaux pluviales pour limiter de façon significative les consommations d&amp;#039;eau potable ou d&amp;#039;eau de nappe...),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise en oeuvre de techniques visant à limiter les besoins en ressources naturelles dans le cadre de travaux d&amp;#039;assinissement ou en lien avec l&amp;#039;eau (ex : réemploi des matériaux, utilisation de matériaux recyclés, réalisation de travaux sans tranchées...).
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Energie :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets visant à acculturer et/ou à impulser des changements de pratiques en matière de consommation d&amp;#039;énergie auprès d&amp;#039;un collectif d&amp;#039;entreprises sont éligibles,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets relevant de la demande d&amp;#039;une entreprise à titre individuel sont exclus car déjà éligibles dans le cadre d&amp;#039;un dispositif spécifique dédié « soutien à l&amp;#039;efficacité énergétique des procédés ».
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Matières premières – déchets : sont éligibles les projets permettant d&amp;#039;économiser les ressources par la prévention ou la gestion :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La prévention consiste à réduire la quantité et la nocivité des déchets produits en intervenant à la fois sur leur mode de production et sur leur consommation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La gestion des déchets désigne l&amp;#039;ensemble des opérations et moyens mis en oeuvre en interne pour réemployer, recycler, valoriser ou éliminer les déchets produits.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont exclus les études portant uniquement sur la gestion des déchets, les installation de méthanisation qui font l&amp;#039;objet d&amp;#039;un appel à projets spécifique, les projets de recyclage et valorisation des déchets issus des chantiers BTP également visés par un dispositif spécifique de soutien, et les investissements pour l&amp;#039;utilisation de Combustibles Solides de Récupération (CSR).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types de dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Prestations externes pour les études de faisabilité (hors projets RDI),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses d&amp;#039;investissement pour acquisition d&amp;#039;équipements,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation dans le cadre d&amp;#039;une opération collective : dépenses RH, prestations, communication, déplacements, divers...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P111" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2020</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-loptimisation-de-la-consommation-et-de-la-gestion-des-ressources/</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute demande doit faire l&amp;#039;objet au préalable du dépôt d&amp;#039;une lettre d&amp;#039;intention. Celle-ci devra être impérativement transmise avant le démarrage du projet au contact de votre territoire ci-dessous.
+ &lt;br /&gt;
+ Après une première expertise et accord de l&amp;#039;interlocuteur Région ou AERM, le porteur pourra déposer un dossier de candidature par mail.
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont invités à prendre contact le plus en amont possible avec l&amp;#039;interlocuteur de la Région correspondant à la localisation du projet :
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS  54, 55, 57 ET 88
+&lt;/h4&gt;
+&lt;p&gt;
+ Pascal DEPREZ
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ Place Gabriel Hocquard CS 81004
+&lt;/p&gt;
+&lt;p&gt;
+ 57036 Metz cedex 01
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 54 32 34
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:pascal.deprez&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  pascal.deprez&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS 08, 10, 51 ET 52
+&lt;/h4&gt;
+&lt;p&gt;
+ Richard LUBIN
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ 5 rue de Jéricho
+&lt;/p&gt;
+&lt;p&gt;
+ 51037 Châlons-en-Champagne cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 26 70 89 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:richard.lubin&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+  richard.lubin&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ DÉPARTEMENTS 67 ET 68
+&lt;/h4&gt;
+&lt;p&gt;
+ Jean-Philippe MICHEL
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ 1 place Adrien Zeller
+&lt;/p&gt;
+&lt;p&gt;
+ 67070 Strasbourg cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 15 68 86
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;a href="mailto:jean-philippe.michel&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
+   jean-philippe.michel&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+ &lt;h4&gt;
+  POUR LE TERRITOIRE DE L&amp;#039;AERM DÉPARTEMENTS 54, 57, 67, 68 ET 08, 52, 55, 88 PARTIELLEMENT
+ &lt;/h4&gt;
+ &lt;p&gt;
+  Clémence RICOCHON
+ &lt;/p&gt;
+ &lt;p&gt;
+  Agence de l&amp;#039;Eau Rhin Meuse
+ &lt;/p&gt;
+ &lt;p&gt;
+  « Le Longeau » – Route de Lessy
+ &lt;/p&gt;
+ &lt;p&gt;
+  Rozérieulles BP 30019
+ &lt;/p&gt;
+ &lt;p&gt;
+  57161 Moulins-lès-Metz cedex
+ &lt;/p&gt;
+ &lt;p&gt;
+  03 87 34 46 71
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;a href="mailto:clemence.ricochon&amp;#64;eau-rhin-meuse.fr" rel="noopener" target="_blank"&gt;
+   clemence.ricochon&amp;#64;eau-rhin-meuse.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9a1-soutien-a-loptimisation-de-la-consommation-et/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>141759</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Gérer vos données (cadastre, éclairage public, adressage)</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui sommes-nous ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que Géoloire42 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a mis en place un SIG web départemental nommé Géoloire42 – avec des «applications métiers» dédiées – permettant aux collectivités d&amp;#039;accéder en ligne à l&amp;#039;ensemble de leurs données en matière de cadastre, d&amp;#039;éclairage public et d&amp;#039;adressage. Il est issu d&amp;#039;une démarche participative associant les collectivités adhérentes au SIEL-Territoire d&amp;#039;énergie Loire et des acteurs majeurs de l&amp;#039;aménagement du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Technologies numériques et numérisation
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>http://te42.fr</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accueil du SIEL-Territoire d&amp;#039;énergie Loire
+ &lt;br /&gt;
+ 04 77 43 89 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f3c5-gerer-vos-donnees-cadastre-eclairage-public-a/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>141761</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un projet d'installation solaire photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;une compétence optionnelle, deux solutions sont à disposition des collectivités pour mettre en place leur installation solaire photovoltaïque avec le syndicat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faire un transfert de compétences de la collectivité vers le syndicat afin que le SIEL-Territoire d&amp;#039;énergie Loire assure l&amp;#039;investissement et réalise le projet à la place de la collectivité. &lt;/li&gt;
+ &lt;li&gt;
+  Faire appel au syndicat pour être accompagné dans son projet d&amp;#039;un point de vue technique, administratif et décisionnel lorsque la commune souhaite rester maître d&amp;#039;ouvrage.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Électricité renouvelable :
+ &lt;br /&gt;
+ Thierry Suchel
+ &lt;br /&gt;
+ suchel&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 53 92
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9701-mettre-en-place-un-projet-dinstallation-solai/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>10204</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou étendre des structures d'accueil de la petite enfance</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I142" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K142" s="1" t="inlineStr">
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>15% maximum</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
-[...2 lines deleted...]
- Aider au maintien et au développement des établissements de l&amp;#039;enseignement public du 1er degré, de leurs locaux d&amp;#039;animation, des garderies périscolaires, des accueils de loisirs.
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a comme objectif la création ou l&amp;#039;extension de structures multi accueil pour la petite enfance (0-3 ans) à vocation intercommunale, accessibles aux enfants handicapés permettant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une offre d&amp;#039;accueil diversifiée et adaptée aux besoins de garde de la petite enfance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le regroupement des services et la mutualisation des moyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement d&amp;#039;actions innovantes spécifiques au milieu rural : haltes garderies itinérantes, maisons d&amp;#039;assistantes maternelles....
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets devront intégrer une démarche respectueuse de l&amp;#039;environnement, notamment la recherche de l&amp;#039;efficacité énergétique maximale compte tenu des meilleures technologies disponibles et la recherche d&amp;#039;au moins une solution de recours aux énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront également veiller à améliorer les conditions de travail, voire le développement de l&amp;#039;insertion dans le travail.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour la création :
+   &lt;/strong&gt;
+   15% maximum d&amp;#039;une dépense subventionnable plafonnée à
+   &lt;strong&gt;
+    25 000 €
+   &lt;/strong&gt;
+   par place
+   plafonnement de la subvention à
+   &lt;strong&gt;
+    100 000 €
+   &lt;/strong&gt;
+   par projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour l&amp;#039;extension de la capacité d&amp;#039;accueil :
+   &lt;/strong&gt;
+   Minimum de 3 places supplémentaires /
+   15% maximum d&amp;#039;une dépense subventionnable plafonnée à
+   &lt;strong&gt;
+    15 000 €
+   &lt;/strong&gt;
+   par place /
+   plafonnement de la subvention à
+   &lt;strong&gt;
+    22 500 €
+   &lt;/strong&gt;
+   par projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Handicap
+Accès aux services
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les opérations situées dans l&amp;#039;ensemble des communes de la Région, hors métropoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit obligatoirement être d&amp;#039;intérêt communautaire : la maitrise d&amp;#039;ouvrage doit être assurée par un EPCI à fiscalité propre ou, dans le cas dument justifié d&amp;#039;une maitrise d&amp;#039;ouvrage communale, le projet devra bénéficier d&amp;#039;un fonds de concours de l&amp;#039;EPCI concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera apportée aux projets portés par les communes faiblement peuplées situées dans un territoire lui-même peu dense pour lesquels une maitrise d&amp;#039;ouvrage communale pourra être étudiée.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront justifier des avis conformes de la CAF et de la PMI.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront présenter des éléments sur l&amp;#039;opportunité et l&amp;#039;inscription dans l&amp;#039;environnement territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accueil des enfants handicapés devra également être prévu dès la conception du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les travaux et frais de maitrise d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont inéligibles les acquisitions immobilières et l&amp;#039;achat d&amp;#039;équipements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Education et renforcement des compétences
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Accueil-de-la-petite-enfance</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Adresser tous les courriers à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Madame la Présidente de la Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ A l&amp;#039;attention de la Direction de l&amp;#039;Action Territoriale, de la Ruralité de la Montagne
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 11-12-30-34-48-66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 201 avenue de la Pompignane 34064 Montpellier Cedex 2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Nicole MARIN-KHOURY Tél : 04 67 22 97 02
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements : 9-31-32-46-65-81-82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adresse : Hôtel de Région 22, bd Maréchal Juin 31406 Toulouse Cedex 9
+  &lt;/li&gt;
+  &lt;li&gt;
+   Renseignements : Christine MERMILLIOT Tél : 05 61 33 50 20
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cc-accueil-de-la-petite-enfance/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>154415</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Amplifier la transition écologique et énergétique du territoire avec l'implication de tous</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°3</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I115" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de favoriser l&amp;#039;émergence d&amp;#039;activités et de pratiques en phase avec les défis de la transition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager la sobriété et viser l&amp;#039;autotomie énergétique du territoire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Préserver les ressources naturelles et la biodiversité :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Encourager les démarches de protection et de valorisation des espaces et ressources naturelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les dispositifs qui encouragent la préservation de la ressource en eau et la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser les démarches innovantes et l&amp;#039;expérimentation pour un aménagement durable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Encourager les mobilités durables et solidaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Favoriser l&amp;#039;économie circulaire sur le territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer la cohésion territoriale et l&amp;#039;implication de tous :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les initiatives citoyennes qui concourent aux enjeux de la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engager les acteurs du territoire et les habitants dans la transition socio-écologique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les solidarités et les coopérations territoriales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Recherche/développement pour améliorer l&amp;#039;efficacité énergétique de l&amp;#039;habitat ; accompagner l&amp;#039;émergence des réseaux d&amp;#039;acteurs (PTCE)
+ &lt;br /&gt;
+ •    Création de forêt comestible publique ; Développer des outils d&amp;#039;analyse mettant en avant les îlots de chaleur sur le territoire
+ &lt;br /&gt;
+ •    Etudier/Animer/Développer les services de mobilité de proximité
+ &lt;br /&gt;
+ •    Soutenir les démarches collectives de réduction des déchets pour les particuliers, artisans, commerçants
+ &lt;br /&gt;
+ •    Soutien des projets financés dans le cadre du Fonds Coup de Pousse
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Animation et mise en réseau
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d752-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>141758</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Choisir des objets connectés au service de votre collectivité</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui sommes-nous ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le réseau d&amp;#039;objets connectés ROC42 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire propose à ses adhérents et à des tiers non adhérents un réseau d&amp;#039;objets connectés ROC42. C&amp;#039;est un réseau radio bas débit départemental permettant dès aujourd&amp;#039;hui des usages connectés au travers de l&amp;#039;utilisation de capteurs dans le cadre d&amp;#039;une démarche innovante. ROC42 s&amp;#039;intègre dans un nouveau paradigme, celui d&amp;#039;un territoire intelligent et durable rendu possible grâce à une technologie sobre en énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ ROC42 a pour vocation de couvrir intégralement le territoire ligérien, grâce aux passerelles posées principalement sur les sites publics, propriétés des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Coût forfaitaire annuel en fonction du nombre d&amp;#039;habitants concernés dans la commune ou l&amp;#039;EPCI &amp;#43; coût mensuel selon le nombre de capteurs à installer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Franck RUARD&lt;br /&gt;
+ ruard&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 89 11
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bfb8-choisir-des-objets-connectes-au-service-de-vo/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>164911</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Décarboner les sites industriels de PME, ou de grandes entreprises non soumises à EU-ETS</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>DECARB FLASH 2025-2027</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &lt;strong&gt;DECARB-FLASH 2025-2027,&lt;/strong&gt; opéré par l’ADEME, s’inscrit dans le cadre du plan France 2030, déployé par le gouvernement français, et du paquet « Ajustement à l’objectif 55 » (« Fit for 55 »), porté par la Commission européenne.&lt;/p&gt;&lt;p&gt;Les projets déposés doivent conduire à &lt;strong&gt;une réduction des émissions de gaz à effet de serre (GES) &lt;/strong&gt;du bénéficiaire, notamment par&lt;strong&gt; la baisse de la consommation de combustibles &lt;/strong&gt;, que ce soit au niveau des procédés industriels, des équipements produisant des utilités industrielles ou de l’isolation des bâtiments industriels, sur le site du projet, défini par son SIRET.&lt;/p&gt;&lt;p&gt;DECARB-FLASH 2025-2027 vise à &lt;strong&gt;financer des actions déployables rapidement&lt;/strong&gt;, portant principalement sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la récupération de chaleur fatale ;&lt;/li&gt;&lt;li&gt;l’efficacité énergétique ;&lt;/li&gt;&lt;li&gt;la modification du Mix énergétique ;&lt;/li&gt;&lt;li&gt;l&amp;#039;isolation des bâtiments ;&lt;/li&gt;&lt;li&gt;la réduction de consommation d&amp;#039;énergie fossile par production d&amp;#039;Énergie renouvelable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;appel à projets se base sur une liste précise d’opérations éligibles, dont le coût total cumulé doit être &lt;strong&gt;compris entre 100 k€ (25 k€ en Corse et Outre-mer) et 3 M€&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;La pièce « DECARB-FLASH 2025-2027 – Liste des actions éligibles » reprend la liste exhaustive des actions éligibles et leurs définitions précises.&lt;/p&gt;&lt;p&gt;Nous vous invitons à lire attentivement le cahier des charges ci-joint afin de vérifier votre éligibilité, et à compléter et déposer les pièces justificatives indiquées.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 15/02/2027 à 15h&lt;/strong&gt; (GMT &amp;#43;1).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P118" s="1" t="inlineStr">
+        <is>
+          <t>10/04/2025</t>
+        </is>
+      </c>
+      <c r="Q118" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2027</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/decarb-flash-2025-2027</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;decarb.flash&amp;#64;ademe.fr &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/decarb-flash-2025-2027/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>140651</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la rénovation des ascenseurs</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la rénovation des ascenseurs</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient la rénovation et le remplacement des ascenseurs les plus anciens dans les copropriétés fragiles ou en difficulté d&amp;#039;Île-de-France.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les syndicats des copropriétaires dont les copropriétés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comptent au moins 60% de copropriétaires-occupants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relèvent d&amp;#039;une procédure publique de prévention ou de redressement ou sont accompagnées dans le cadre d&amp;#039;un label Copropriété en difficulté soutenu par la Région (CDSR).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces critères sont cumulatifs.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est au maximum de 50% de la dépense subventionnable TTC.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est par ailleurs plafonnée à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1.000€ de subvention pour les études pré-opérationnelles et missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage effectuées ou assurées par des prestataires spécialisés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  30.000€ de subvention par ascenseur pour les travaux de rénovation ou de remplacement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les modalités de calcul décrites dans
+ &lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-054%22" rel="noopener" target="_blank"&gt;
+  la délibération
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ et son règlement d&amp;#039;intervention correspondent aux aides maximales mobilisables.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de subvention régionale est modulé en fonction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des caractéristiques de l&amp;#039;opération, notamment ses contraintes techniques et financières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  De la capacité d&amp;#039;autofinancement du demandeur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des dotations disponibles au budget régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce dispositif, détaillé dans
+ &lt;a href="https://data.iledefrance.fr/pages/publication-des-actes-fiche-detail/?q&amp;#61;identifiant:%22CR2022-054%22" rel="noopener" target="_blank"&gt;
+  la délibération CR 2022-054 du 22 sept. 2022
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , vise à accompagner les syndicats des copropriétaires dans la rénovation ou le remplacement des ascenseurs de plus de 40 ans et/ou présentant un nombre anormal de pannes.
+&lt;/p&gt;
+&lt;p&gt;
+ Il permet de financer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des études pré-opérationnelles et missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage effectuées ou assurées par des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des travaux de rénovation ou de remplacement des équipements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La rénovation s&amp;#039;entend par, a minima, le remplacement d&amp;#039;une partie ou de la totalité du groupe de traction et/ou de l&amp;#039;armoire de commande et/ou de l&amp;#039;ensemble portes et opérateurs de porte.
+&lt;/p&gt;
+&lt;p&gt;
+ En contrepartie de l&amp;#039;aide, un niveau de performance énergétique est exigé : les nouveaux ascenseurs doivent relever d&amp;#039;une classe A, B ou C.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux de rénovation, une amélioration de 50% de l&amp;#039;efficacité énergétique de l&amp;#039;installation doit être démontrée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quand déposer la demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention doit être déposée avant tout commencement d&amp;#039;exécution.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Où déposer la demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt des demandes de subvention doit se faire sur la plateforme des aides régionales
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ sélectionner le téléservice &amp;#34;Aides aux copropriétés en difficulté labellisées par la Région: ingénierie et travaux&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut déposer la demande ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le mandataire de la copropriété (syndic, administrateur provisoire),
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;opérateur chargé du suivi-animation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-la-renovation-des-ascenseurs</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Loïc Gandais :
+ &lt;a href="mailto:loic.gandais&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  loic.gandais&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique Darras :
+ &lt;a href="mailto:veronique.darras&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  veronique.darras&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Michel Clem :
+ &lt;a href="mailto:michel.clem&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  michel.clem&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Marie Périvier-Fizazi :
+ &lt;a href="mailto:marie.perivier-fizazi&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  marie.perivier-fizazi&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6066-dispositif-de-soutien-a-la-renovation-des-asc/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>165491</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>JUST TRANSITION MECHANISM - MÉCANISME DE PRÊT AU SECTEUR PUBLIC - 2026</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;MTJ - Mécanisme pour une Transition Juste - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;630 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 630 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic Framework loans :  &lt;ul&gt;    &lt;li&gt;les prêts-cadres demandés à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;pour le topic Standalone projects :  &lt;ul&gt;    &lt;li&gt;les prêts demandés directement à la BEI doivent être d&amp;#039;au moins 12,5 millions d&amp;#039;euros ; la BEI couvre généralement jusqu&amp;#039;à 50 % du coût total du projet, qui doit donc normalement être d&amp;#039;au moins 25 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;les prêts demandés par l&amp;#039;intermédiaire des intermédiaires financiers de la BEI doivent être d&amp;#039;au moins 1 million d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectif&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les initiatives qui répondent aux défis sociaux, économiques et environnementaux liés à la transition vers les objectifs climatiques et énergétiques de l&amp;#039;Union européenne pour 2030&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Investissements dans les énergies renouvelables et la mobilité verte et durable, y compris la promotion de l&amp;#039;hydrogène vert&lt;/li&gt;    &lt;li&gt;Réseau de chauffage urbain efficace&lt;/li&gt;    &lt;li&gt;Recherche publique&lt;/li&gt;    &lt;li&gt;Numérisation&lt;/li&gt;    &lt;li&gt;Infrastructures environnementales pour une gestion intelligente des déchets et de l&amp;#039;eau&lt;/li&gt;    &lt;li&gt;Energie durable, efficacité énergétique et mesures d&amp;#039;intégration, y compris rénovations et conversions de bâtiments&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 24 et 60 mois.&lt;/li&gt;  &lt;/ul&gt;  Des projets d&amp;#039;une durée plus courte ou plus longue peuvent être acceptés dans des cas dûment justifiés.  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/jtm/wp-call/2026/call-fiche_jtm-2026-pslf_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;JTM-2026-PSLF&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/just-transition-mechanism_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/jtm" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Transition énergétique
+Accès aux services
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Emploi
+International
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P120" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q120" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2026</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;Être des personnes morales (organismes publics ou organismes privés chargés d&amp;#039;une mission de service public) établies dans un État membre de l&amp;#039;UE&lt;/p&gt;&lt;p&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact: CINEA-JTM-PSLF&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/just-transition-mechanism-mecanisme-de-pret-au-secteur-public-2026/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant de la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets scolaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Examen au cas par cas des projets situés sur des sites scolaires de 4 classes ou moins, en fonction de la dynamique territoriale ; par définition ces sites n&amp;#039;offrent pas l&amp;#039;ensemble du cycle scolaire primaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;attribution de subvention de la part de l&amp;#039;Etat.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets périscolaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence obligatoire d&amp;#039;une école sur la commune d&amp;#039;implantation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W121" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>163039</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Réinvestir, protéger, valoriser le patrimoine bâti du Pays d'Auge dans ses dimensions culturelles et énergétiques</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I122" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Le patrimoine
+bâti du Pays d’Auge&lt;/strong&gt; est un marqueur fort de son identité, image d’Épinal de la
+Normandie. Ce patrimoine fait aujourd’hui face à un enjeu de conservation et de
+préservation tout en assurant une plus grande sobriété énergétique. Participant
+à 12 des 59 objectifs du SRADDET normand, la fiche-action n°1 de la stratégie Locale de développement LEADER rend nécessaire une
+meilleure connaissance et appropriation de ce patrimoine afin qu’il puisse être
+restauré en respectant les exigences en matière d’adaptation au changement climatique,
+de gestion du foncier et de valorisation des spécificités du monde rural
+notamment. Ce n’est qu’à cette condition qu’il pourra demeurer vecteur de
+développement économique, culturel et touristique pour le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Améliorer l’efficacité et la sobriété énergétique des bâtiments à valeur patrimoniale&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les changements de comportement face aux enjeux de transition énergétique&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer l’adaptation et la résilience du patrimoine bâti à valeur patrimoniale face aux effets du changement climatique &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d’Auge&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes pour la rénovation thermique des bâtiments à valeur patrimoniale &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien à l’autoproduction d’énergie (hors photovoltaïque)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’expérimentations et d’innovations en matière d&amp;#039;écoconstruction, d’éco rénovation et d’écohabitat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sensibilisation à la sobriété énergétique dans les lieux d’habitation et de travail&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d’inventaire, de restauration, de conservation et de valorisation du patrimoine bâti culturel et/ou touristique (hors patrimoine à usage cultuel)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions visant à repenser les usages de bâtiments patrimoniaux (dont études) tout en conservant l’identité des lieux afin de leur conférer une vocation collective &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réhabilitation des corps de ferme à valeur patrimoniale dans un objectif d’ouverture au grand public (l’aide sera soumise à l’atteinte d’un gain d’efficacité énergétique d’au moins 30%)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement de lieux d’accueil, de valorisation et actions d’animation des métiers d’art et de rénovation du patrimoine&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projet de réhabilitation d&amp;#039;une ferme augeronne en vue d&amp;#039;en faire un lieu culturel ouvert au public ; Projet de réhabilitation d&amp;#039;un bâtiment augeron pour y développer un lieu collectif ; Réhabilitation d&amp;#039;une ancienne fromagerie y installer un musée sur le savoir-faire...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Economie d'énergie et rénovation énergétique
+Tiers-lieux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Artisanat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;br /&gt;&lt;/strong&gt;1/ Egalité femmes/hommes&lt;br /&gt;2/ Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;br /&gt;3/ Approche partenariale&lt;br /&gt;4/ Adaptation et/ou atténuation du changement climatique&lt;br /&gt;5/ Ruralité&lt;br /&gt;6/ Innovation&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;1/ Le projet permet d&amp;#039;améliorer l’efficacité et la sobriété énergétique d&amp;#039;un bâtiment&lt;br /&gt;2/ Le projet permet d&amp;#039;accompagner les changements de comportement face aux enjeux de transition énergétique&lt;br /&gt;3/ Le projet permet de renforcer l&amp;#039;adaptation et la résilience du patrimoine bâti face aux effets du changement climatique&lt;br /&gt;4/ Le projet permet de soutenir et valoriser les richesses patrimoniales et les savoir-faire identitaires du Pays d&amp;#039;Auge&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : Aménagements intérieurs et extérieurs en dehors des travaux d’aménagement paysager ; Travaux de construction/extension de bâtiment ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reinvestir-proteger-valoriser-le-patrimoine-bati-du-pays-dauge-dans-ses-dimensions-culturelles-et-energetiques/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>161744</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'études de faisabilité de performance énergétique ou de décarbonation d'entreprises industrielles</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité de performance énergétique ou de décarbonation d'entreprises industrielles</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les &lt;strong&gt;éléments techniques, économiques, réglementaires et environnementaux&lt;/strong&gt; lui permettant de &lt;strong&gt;se positionner sur la faisabilité d’une opération d’efficacité énergétique&lt;/strong&gt; ou, plus globalement, de &lt;strong&gt;décarbonation&lt;/strong&gt; de ses procédés et utilités industriels. &lt;/p&gt;&lt;p&gt;L’étude de faisabilité fait notamment suite à une solution identifiées lors d’un audit énergétique ou une étude d’opportunité et permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De vérifier la &lt;strong&gt;faisabilité technique et économique&lt;/strong&gt; du projet.&lt;/li&gt;&lt;li&gt;De &lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte et aux possibilités qu’offre le site.&lt;/li&gt;&lt;li&gt;D&amp;#039;étudier les solutions en matière de &lt;strong&gt;montage financier et juridique&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La décarbonation des procédés et des utilités doit s’inscrire dans une démarche cohérente qui se décline en cinq étapes successives :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Sobriété &lt;ol&gt;&lt;li&gt;Le changement de comportement est le levier le moins coûteux et le plus impactant pour réduire les consommations et baisser les émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Modification du mix matières&lt;ol&gt;&lt;li&gt;Efficacité matière via l’incorporation de Matières Premières Recyclées et valorisation des coproduits.&lt;/li&gt;&lt;li&gt;Développement de procédés utilisant moins d’intrants, ou des intrants moins émissifs.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Amélioration de l’efficacité énergétique&lt;ol&gt;&lt;li&gt;Performance énergétique des technologies et procédés.&lt;/li&gt;&lt;li&gt;Adéquation des températures produites au regard des besoins finaux.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Substitution des énergies fossiles&lt;ol&gt;&lt;li&gt;Substitution des combustibles fossiles par des combustibles décarbonés ou bas carbone (chaleur fatale, biomasse, biogaz, hydrogène décarboné, combustibles solides de récupération, géothermie, solaire thermique, etc.).&lt;/li&gt;&lt;li&gt;Electrification de la chaleur et des procédés.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;Captage du CO₂ à la source&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Contrairement à l&amp;#039;étude d&amp;#039;opportunité qui balaie l&amp;#039;ensemble des solutions potentielles de ces 5 étapes, l&amp;#039;étude de faisabilité se concentre sur une des solutions identifiées dans l&amp;#039;une ou l&amp;#039;autre de ces étapes. L’étude de faisabilité ne permet pas, à elle seule, de juger de la pertinence et de la cohérence du projet avec la stratégie de décarbonation du site et/ou de l’entreprise.&lt;/p&gt;&lt;p&gt;Cette étude permet avant tout de &lt;strong&gt;valider la faisabilité du projet au regard d’un compromis technico-économique&lt;/strong&gt; sur le périmètre consenti et, en ce sens, il est nécessaire que l’étude de faisabilité s’inscrive dans le processus global décrit dans ce document.&lt;/p&gt;&lt;p&gt;Pour aller plus loin, l’ADEME recommande donc d’inscrire le projet et la prestation du bureau d’études en cohérence avec la démarche de décarbonation du site et de l’entreprise.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-performance-energetique-decarbonation-dentreprises</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-de-performance-energetique-ou-de-decarbonation-dentreprises-industrielles/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>157097</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets de rénovation ou construction de bâtiments</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une agence technique départementale, dont l&amp;#039;objectif est d&amp;#039;apporter à l&amp;#039;ensemble des collectivités et EPCI de Moselle, une assistance technique de l&amp;#039;ordre de l&amp;#039;ingénierie publique, mais aussi de l&amp;#039;ordre administrative et juridique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations du pôle Bâtiment à MATEC, relèvent du conseil et de l&amp;#039;aide à la décision, mais aussi de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO) pour le montage des marchés.
+ &lt;br /&gt;
+ -    Réalisation d&amp;#039;études de faisabilité permettant un cadrage technique et financier des projets :
+ &lt;br /&gt;
+ o    Approche architecturale du projet,
+ &lt;br /&gt;
+ o    Détermination des mises en conformité et de l&amp;#039;accessibilité des bâtiments.
+ &lt;br /&gt;
+ o    Conseil concernant la rénovation énergétique des bâtiments, en lien avec le pôle Eau Energie et Environnement de MATEC,
+ &lt;br /&gt;
+ o    Conseil sur la requalification du patrimoine communal.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ -    Assistance Maitrise d&amp;#039;Ouvrage :
+ &lt;br /&gt;
+ o    Rédaction des programmes d&amp;#039;opération, permettant de définir les besoins, les montants de travaux, les contraintes techniques qui s&amp;#039;imposeront au maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Conseil et aide à la consultation en vue du recrutement d&amp;#039;un maitre d&amp;#039;œuvre (rédaction de pièces administratives, assistance à l&amp;#039;organisation de la procédure et gestion de la consultation via une plateforme de dématérialisation).
+ &lt;br /&gt;
+ o    Analyse des candidatures et organisation des procédure de concours ou CAO en procédure adaptée.
+ &lt;br /&gt;
+ o    Analyse et accompagnement lors des études du maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Assistance et aide à la consultation pour les marchés de travaux (rédaction des pièces administratives, gestion de la consultation, avis sur analyse du maitre d&amp;#039;œuvre, aide à la notification).
+ &lt;br /&gt;
+ MATEC reste présente aux côtés des collectivités pour permettre une sécurisation de l&amp;#039;ensemble des procédures de marchés, pour analyser les différentes études lors de réunions de travail, mais aussi pour les conseiller tout au long de leur projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Rénovation ou construction de bâtiment communaux : Mairie, ateliers municipaux, écoles, périscolaire, salle communale, complexe sportif...
+ &lt;br /&gt;
+ •    Rénovation thermique des bâtiments
+ &lt;br /&gt;
+ •    Extension de bâtiment communaux ;
+ &lt;br /&gt;
+ •    Mise en conformité et accessibilité des ERP ;
+ &lt;br /&gt;
+ •    Restructuration/revalorisation du patrimoine communal : presbytère, ancienne école, ancienne mairie...
+ &lt;br /&gt;
+ •    Construction de bâtiments d&amp;#039;intérêt public : MSP, MAM, salle intergénérationnelle...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa06-beneficier-dune-assistance-a-maitrise-douvrag/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>111754</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Substituer les énergies fossiles par des énergies renouvelables thermiques</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J125" s="1" t="inlineStr">
+        <is>
+          <t>Subvention applicable sur les études et sur l'investissement</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en œuvre un système de production de chauffage, d&amp;#039;eau chaude sanitaire, ou de rafraichissement d&amp;#039;origine renouvelable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier les besoins de chauffage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluer l&amp;#039;opportunité de passer d&amp;#039;un système carboné à un système renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier la faisabilité technique et financière de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déposer un dossier de subvention auprès du Contrat de Développement Territorial coordonné par le Département.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la Maîtrise d&amp;#039;œuvre et la réalisation des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place un Commissionnement le cas échéant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Note d&amp;#039;opportunité réalisé par les animateurs du dispositif du Contrat de Développement des Energies renouvelables Thermiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport de Commissionnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une chaufferie dans une école,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Passage d&amp;#039;un système gaz à un système géothermie ou Biomasse...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inscription de la Collectivité au Contrat de Développement des Energies renouvelables Thermiques sur le site internet du Département.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas ou des études techniques et un accompagnement à la réalisation du projet est nécessaire, l&amp;#039;adhésion au SDEEG et la signature de la convention de prestation de service pour la transition Energétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/agriculture-environnement-developpement-durable/le-developpement-des-energies#cot</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Energie renouvelable thermique (solaire thermique, géothermie, biomasse)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile PERDRIX&lt;/li&gt;
+ &lt;li&gt;
+  Ingénieure Planification Territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df64-substituer-les-energies-fossiles-par-des-ener/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Qualité de l'air
+Biodiversité
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>66858</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'investissements agritouristiques</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie est aux côtés des acteurs de l&amp;#039;agriculture afin de soutenir le développement d&amp;#039;investissements agritouristiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;accompagner la relance de l&amp;#039;économie suite à la crise sanitaire Covid-19, la Région Occitanie crée le &amp;#34;PASS Relance Occitanie, volet Agriculture, Agroalimentaire et Bois&amp;#34; qui remplace le &amp;#34;PASS Agritourisme&amp;#34;. Le PASS Relance Occitanie est ouvert du
+ &lt;strong&gt;
+  1er août au 31 décembre 2020.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte et objectifs
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a pour objectif de répondre de manière ciblée, calibrée et réactive à un besoin de court terme d&amp;#039;investissement agritouristique matériel ou immatériel. Ce dispositif simple et réactif permettra d&amp;#039;accompagner des lancements d&amp;#039;activité sur ce secteur, de créer une nouvelle offre agritouristique à l&amp;#039;échelle d&amp;#039;une exploitation dans un objectif de diversification de revenus, de mener des investissements de faible ampleur dans un objectif de professionnalisation, amélioration ou développement d&amp;#039;une offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les
+  &lt;strong&gt;
+   investissements matériels
+  &lt;/strong&gt;
+  : construction, rénovation et aménagement de biens immeubles dont travaux de mise en accessibilité, de sécurité incendie et d&amp;#039;efficacité énergétique ; aménagements extérieurs ; matériels et équipements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les
+  &lt;strong&gt;
+   investissements immatériels
+  &lt;/strong&gt;
+  : conseil externe et étude, création d&amp;#039;outils numériques, conception et dépôt de marques commerciales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Montant
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide maximum :
+  &lt;strong&gt;
+   30%
+  &lt;/strong&gt;
+  (matériel) -
+  &lt;strong&gt;
+   50%
+  &lt;/strong&gt;
+  (immatériel)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond d&amp;#039;aide :
+  &lt;strong&gt;
+   20 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de dépenses matérielles éligibles :
+  &lt;strong&gt;
+   12 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de dépenses immatérielles éligibles :
+  &lt;strong&gt;
+   3 500 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Exploitations agricoles/PME et ETI actives dans la transformation, le stockage, le conditionnement, la commercialisation et la valorisation de produits agricoles/Interprofessions, syndicats d&amp;#039;appellation, les organismes professionnels agricoles, hors syndicats agricoles/EPCI
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Récurrence limitée à deux dossiers Pass sur 5 ans .
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif non mobilisable durant la réalisation d&amp;#039;un dossier 641 ou d&amp;#039;un Contrat Agritourisme en cours.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/PASS-Agritourisme</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Agriculture, de l&amp;#039;Agro-alimentaire et de la Forêt
+&lt;/p&gt;
+&lt;p&gt;
+ Soizic JEAN-BAPTISTE
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : soizic.jean-baptiste&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 79 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8734-pass-agritourisme/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>164433</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les industries du bois dans le développement de solutions de séchage performantes</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Biomasse Chaleur pour l’Industrie du Bois (BCIB)</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cet appel à projets (AAP) vise à &lt;strong&gt;accompagner les industries du bois dans la mise en place d’installations performantes&lt;/strong&gt; pour répondre à leurs &lt;strong&gt;besoins de séchage et assurer une autonomie énergétique&lt;/strong&gt;, en réduisant l’usage des énergies fossiles.&lt;/p&gt;&lt;p&gt;Il concerne : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de chaudières biomasse pour l’industrie du bois d’une production annuelle supérieure à 3 000 MWh/an, pouvant être associés à de la cogénération dans une logique d’autoconsommation.&lt;/li&gt;&lt;li&gt;Les projets de mise en place de séchoirs en lien avec une énergie renouvelable thermique (en particulier biomasse, solaire thermique, géothermie et pompe à chaleur) et/ou de récupération de chaleur fatale présentant un investissement supérieur ou égal à 300 k€.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’&lt;strong&gt;ADEME réalisera une évaluation technique, énergétique et environnementale&lt;/strong&gt; du projet et vérifiera notamment les points suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La maîtrise des besoins thermiques (diagnostic énergétique, actions d’économie d’énergie etc.) sur le périmètre du projet.&lt;/li&gt;&lt;li&gt;L’optimisation du dimensionnement thermique de l’installation (nombre d’heures de fonctionnement à régime nominal, taux de couverture biomasse, stabilité du régime de fonctionnement etc.).&lt;/li&gt;&lt;li&gt;Les caractéristiques techniques de la solution biomasse (rendements thermiques, type de foyer, fluide thermique etc.).&lt;/li&gt;&lt;li&gt;L’adéquation du système de traitement des fumées avec les valeurs limites d’émissions requises.&lt;/li&gt;&lt;li&gt;La gestion des cendres (sous foyer et sous équipements de traitement des fumées).&lt;/li&gt;&lt;li&gt;Les caractéristiques techniques de la solution de séchage (dimensionnement, équipements de performance énergétique etc.).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les &lt;strong&gt;projets prioritaires&lt;/strong&gt; seront ceux :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Associés à l’augmentation des capacités de séchage de bois matériau.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Performants économiquement : &lt;ul&gt;&lt;li&gt;Chaudières biomasse : ratio « aide en € / énergie annuelle produite à partir de biomasse (MWh) » le plus efficient.&lt;/li&gt;&lt;li&gt;Séchoirs : Rapport entre le coût d&amp;#039;investissement du séchoir et le volume annuel de sciages séchés.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Justifiant la qualité et la cohérence du plan d&amp;#039;approvisionnement et apportant des engagements en matière de contractualisation des approvisionnements bois liés à l’activité globale de l’entreprise.&lt;/li&gt;&lt;li&gt;Avec un ratio [chaleur destinée au séchage du bois matériau] / [production de chaleur totale] le plus élevé et un dimensionnement énergétique cohérent avec l’activité de l’entreprise.&lt;/li&gt;&lt;li&gt;Présentant une efficacité énergétique et environnementale élevée.&lt;/li&gt;&lt;li&gt;Démontrant leur maturité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour tout contact : &lt;a href="mailto:filierebois&amp;#64;ademe.fr"&gt;filierebois&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://agir.ademe.fr/aides-financieres/aap/biomasse-chaleur-pour-lindustrie-du-bois-bcib-1</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/biomasse-chaleur-pour-lindustrie-du-bois-bcib-1/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>161782</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Réduction du besoin : réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;Mutualisation des besoins : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur fatale : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse). &lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons de passer au renouvelable grâce à la biomasse énergie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;avoir de la visibilité sur les coûts de la chaleur&lt;/li&gt;&lt;li&gt;accéder à une haute performance environnementale&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique&lt;/li&gt;&lt;li&gt;profiter d’une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels…), dans une logique d’économie circulaire&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur (aide allant jusqu’à 45 % à 65 % en fonction du statut du porteur de projet)&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de conditions techniques&lt;/strong&gt;, en particulier :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l’étude du projet&lt;/li&gt;&lt;li&gt;l’approvisionnement      biomasse&lt;/li&gt;&lt;li&gt;la quantité de chaleur      produite&lt;/li&gt;&lt;li&gt;les performances      énergétiques et environnementales&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Opérations éligibles :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les installations pour le secteur Collectif / Tertiaire ayant une production minimum de 1 200 MWh/an d&amp;#039;énergie biomasse sortie chaudière.&lt;/li&gt;&lt;li&gt;Les installations en secteur Industrie (et agricole) ayant une production de 1 200 à 12 000 MWh/an biomasse sortie chaudière.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de fortes puissances en secteur industriel et agricole sont accompagnées dans le cadre de l’AAP (Appel à projets) BCIAT (production &amp;gt; 12 000 MWh/an). Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable (production &amp;lt; 1 200 MWh/an).&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maitrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur la qualité de l&amp;#039;air et les taux de certifications attendus sur la plaquette forestière et le bois bocager) et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-production-de-chaleur-biomasse-bois/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>143309</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
+&lt;/p&gt;
+&lt;p&gt;
+ Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elu d&amp;#039;une collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestionnaire d&amp;#039;un établissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable d&amp;#039;exploitation (bâtiments, espaces verts, équipements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment optimiser la performance énergétique des bâtiments et réaliser des économies ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions pour rafraîchir l&amp;#039;école, favoriser la biodiversité et sensibiliser les plus jeunes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment sécuriser les espaces extérieurs (cours et abords) ? Les adapter à la diversité des usages ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise transversale (bâtiment, aménagement, mobilité, solutions fondées sur la nature) et écosystémique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expérience confirmée auprès des établissements scolaires (programme Cube S)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une forte proximité (26 implantations en métropole et outre-mer) avec les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une posture fédératrice propice à la concertation avec les acteurs locaux (personnels enseignants, techniques) et les partenaires (publics et privés).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le Cerema vous accompagne à chaque étape du projet. Nos compétences mobilisables :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et appui méthodologique intégrant la prise en compte de la règlementation, des besoins des usagers, des enjeux locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique et expertises : diagnostic, mise en œuvre, évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation : ateliers techniques, démarches participatives, réseaux d&amp;#039;acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement d&amp;#039;innovations, d&amp;#039;expérimentations et évaluation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NOS PROGRAMMES CUBE.S ET ACTEE CUBE ECOLE
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, en partenariat avec l&amp;#039;&amp;#039;Institut Français pour la performance du bâtiment (IFPEB), le Cerema déploie des challenges dédiés aux économies d&amp;#039;énergie dans les bâtiments scolaires à destination
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des collèges et lycées avec CUBE.S Climat, Usages, Bâtiments Enseignement Scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des écoles avec ACTEE CUBE.Ecoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Soutenus par les Ministères de l&amp;#039;Education Nationale et de la Transition Écologique, ces challenges fédèrent les parties prenantes autour d&amp;#039;actions permettant de réaliser des économies d&amp;#039;énergie rapidement et sans lourd investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ 12% d&amp;#039;économies sur un an, en moyenne, grâce à CubeS
+&lt;/p&gt;
+&lt;p&gt;
+ VERS UN PROJET D&amp;#039;ÉCOLE RÉSILIENT,
+&lt;/p&gt;
+&lt;p&gt;
+ cohérent à l&amp;#039;échelle du territoire, intégrant trois dimensions
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Améliorer le patrimoine bâti
+&lt;/p&gt;
+&lt;p&gt;
+ Stratégie patrimoniale pour rationaliser et améliorer la qualité des bâtiments : diagnostic du parc, priorisation des sites, chiffrage économique en coût global, phasage pluriannuel des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ Plan et appui à la mise en œuvre des travaux (isolation, choix de matériaux performants, qualité de l&amp;#039;air intérieur) afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre aux nouvelles exigences environnementales (décret éco-énergie tertiaire, RE 2020), accessibilité, conformité électrique, sécurité incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  garantir un confort optimal été comme hiver entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compréhension des usages (besoins et pratiques) et actions sur les comportements des occupants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2. Aménager les cours d&amp;#039;écoles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renaturation : création d&amp;#039;îlots de fraîcheur, aménagement d&amp;#039;espaces végétalisés (vergers, potagers, jardins)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et la continuité des trames vertes et bleues
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des eaux pluviales : favoriser l&amp;#039;infiltration et la réutilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces sécurisés et adaptés à divers usages : jeux, temps calme, école dehors
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Rendre les abords sûrs et accueillants
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement des mobilités actives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Itinéraires sécurisés et accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>117148</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de bâtiments publics : école, installations sportives, ...(programme, construction, entretien, réhabilitation...)</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;équipement en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Approche pluridisciplinaire des architectes-urbanistes conseils du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du département).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil du CAUE77 vise à intégrer dans le projet une approche :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    Qualitative, en termes architectural et paysager,
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Environnementale et soutenable (en proposant notamment un pré diagnostic énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le conseil peut comprendre notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    La définition des enjeux (rôle de l&amp;#039;espace public vis à vis de la localisation dans la commune) et des objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des schémas d&amp;#039;intentions permettant d&amp;#039;illustrer graphiquement le(s) réflexions et projets envisagés et retenus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des « métiers » à mobiliser et la définition de la procédure à mettre en œuvre (y compris déclinaison clause sociale des marchés publics) (méthodologie du projet),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au choix des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à l&amp;#039;animation des réunions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apport de références,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ID 77 peut par ailleurs, dans le cadre de ce projet, vous assister :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dans la procédure administrative récupération bien vacant sans maître,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans l&amp;#039;évaluation de la procédure d&amp;#039;archéologie préventive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans la mise en place de chantiers d&amp;#039;insertion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion de travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations écrites envoyées en début de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un planning prévisionnel et actualisation
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité ; Financement spécifique pour les chantiers insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention pour pré-diagnostic énergétique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
-Accessibilité</t>
-[...2 lines deleted...]
-      <c r="O142" s="1" t="inlineStr">
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11f6-conseiller-les-collectivites-programme-constr/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>151174</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Former et accompagner les industriels dans leur démarche de décarbonation</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>PACTE Industrie - Parcours Accompagnement et Compétences pour la Transition Énergétique de l’Industrie</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme PACTE Industrie propose des études et coachings adaptés à chaque métier :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Toutes dépenses d&amp;#039;investissement pour l&amp;#039;achat d&amp;#039;un bâtiment (suivi ou non de travaux), la construction, l&amp;#039;extension ou la réhabilitation d&amp;#039;un bâtiment ayant vocation à en augmenter la valeur ou la durée d&amp;#039;usage (y compris la végétalisation des murs et toitures) à usage scolaire et/ou d&amp;#039;animation, de garderies périscolaires, d&amp;#039;accueil de loisirs, de cantines (y compris leur cuisine si utilisation exclusivement scolaire du 1er degré), &lt;/li&gt;&lt;li&gt;L&amp;#039;aménagement des cours d&amp;#039;école&lt;/li&gt;
-[...4 lines deleted...]
-  Dans le cadre d&amp;#039;un projet global, les travaux de mise en accessibilité peuvent être inclus dans la dépense éligible si leur coût est inférieur à 50% du coût total H.T. du projet.
+  Pour les référents techniques énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des études d&amp;#039;opportunités d&amp;#039;évolution du mix énergétique, pour étudier les différents leviers à actionner (efficacité énergétique, récupération de chaleur fatale, énergies renouvelables, ou encore électrification et hydrogène), à l&amp;#039;échelle du site industriel.
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Prérequis  :
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     audit énergétique de moins de 4 ans ou revue énergétique de moins de 3 ans.
+    &lt;/em&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des primes PRO-SMEn pour mettre en place la norme ISO 50 001 (Système de management de l&amp;#039;énergie). Pour demander la prime : https://pro-smen.org
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Dépenses concomitantes éligibles :
+  Pour les dirigeants et responsables RSE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Démolitions et/ou désamiantage liés au projet, (uniquement si accompagnés de travaux de (re)construction, extension, réhabilitation),
-[...13 lines deleted...]
-      <c r="S142" s="1" t="inlineStr">
+  Des accompagnements pour élaborer une stratégie de décarbonation ambitieuse et le plan de transition associé (ACT pas à pas), à l&amp;#039;échelle du groupe.
+  &lt;br /&gt;
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Prérequis :
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     Bilan GES de moins de 2 ans qui couvre toutes les sources importantes d&amp;#039;émissions de GES.
+    &lt;/em&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des études pour élaborer une trajectoire d&amp;#039;investissement de décarbonation à l&amp;#039;échelle du groupe qui permettent de fournir un chiffrage des enjeux financiers et l&amp;#039;estimation des gains d&amp;#039;émissions de gaz à effet de serre associés.
+  &lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     &lt;em&gt;
+      Point important
+     &lt;/em&gt;
+    &lt;/strong&gt;
+    &lt;em&gt;
+     : des études d&amp;#039;opportunités d&amp;#039;évolution du mix énergétique seront à mener en parallèle de ces travaux.
+    &lt;/em&gt;
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des études pour évaluer l&amp;#039;ambition d&amp;#039;une stratégie de décarbonation et son alignement au regard des objectifs de l&amp;#039;Accord de Paris (ACT évaluation).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les directeurs financiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des coachings pour les projets d&amp;#039;investissement bas carbone qui permettent de construire le plan de financement des investissements. Pour un projet, le coach accompagnera le directeur financier dans la définition des modes de financement, dans l&amp;#039;identification des arguments clés pour convaincre les financeurs, ou encore dans l&amp;#039;analyse des risques technico-économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les coachings pour projets d&amp;#039;investissement seront disponibles au premier semestre 2024.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des formations sont également disponibles pour les différents métiers : https://agirpourlatransition.ademe.fr/entreprises/demarche-decarbonation-industrie/pacte-industrie
+&lt;/p&gt;
+&lt;p&gt;
+ Les formations et les accompagnements techniques structurants envisagés permettront d&amp;#039;engager des réductions de consommation d&amp;#039;énergie de l&amp;#039;ordre de 1 à 2 TWh/an.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les cahiers des charges pour les études d&amp;#039;opportunité d&amp;#039;évolution du mix énergétique et les trajectoires d&amp;#039;investissement de décarbonation seront disponibles en septembre 2023.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cahier des charges pours les c
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  oachings sur les projets d&amp;#039;investissement bas carbone sera disponible au premier semestre 2024.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P132" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2023</t>
+        </is>
+      </c>
+      <c r="Q132" s="1" t="inlineStr">
+        <is>
+          <t>31/08/2026</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T142" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
-[...28 lines deleted...]
-  subventions76-communesepci&amp;#64;seinemaritime.fr
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2023/pacte-industrie-parcours-accompagnement-competences-transition-energetique-0</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
+         sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c358-pacte-industrie-parcours-accompagnement-et-co/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>162286</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises de la communauté CEDRE dans la mise en oeuvre de leurs actions, dans le cadre d’une politique d’investissement cohérente et durable</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>CEDRE Investissement</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CEDRE Investissement vise à accompagner les entreprises de la communauté CEDRE dans la mise en oeuvre de leurs actions,&lt;/strong&gt; dans le cadre d’une politique d’investissement cohérente et durable.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les entreprises ayant bénéficié d’un accompagnement au titre de &lt;a&gt;CEDRE Premiers pas&lt;/a&gt; ou &lt;a&gt;CEDRE Ambition&lt;/a&gt; .&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Premiers pas : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises inscrites au&lt;a href="https://entreprendre.service-public.fr/vosdroits/F24023" target="_blank" title="Registre du commerce et des sociétés"&gt; Registre du commerce et des sociétés&lt;/a&gt;, au &lt;a href="https://api.gouv.fr/les-api/api_rnm" target="_blank" title="Répertoire national des métiers"&gt;Répertoire national des métiers&lt;/a&gt;, appartenant à l’&lt;a href="https://www.economie.gouv.fr/cedef/economie-sociale-et-solidaire" target="_blank" title="Economie Sociale et Solidaire"&gt;Economie Sociale et Solidaire&lt;/a&gt;  (ESS) et développant une activité marchande.&lt;/li&gt; 	&lt;li&gt;Réalisant un chiffre d’affaires inférieur ou égal à 5 millions d’euros (attesté par les derniers comptes disponibles).&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement se situe en Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Pour les entreprises CEDRE Ambition :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les entreprises répondant à la définition européenne de la PME à savoir un effectif inférieur à 250 personnes et un chiffre d’affaires inférieur à 50 M€ ou un total bilan inférieur à 43 M€.&lt;/li&gt; 	&lt;li&gt;De plus de 2 ans d’existence ou présentant au moins un bilan.&lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur.&lt;/li&gt; 	&lt;li&gt;Porteuses d’un projet de développement créateur d’emplois et engagées dans une démarche de performance globale&lt;a href="https://www.economie.gouv.fr/entreprises/responsabilite-societale-entreprises-rse#" target="_blank" title="Responsabilité Sociétale des Entreprises"&gt; Responsabilité Sociétale des Entreprises&lt;/a&gt;  (RSE) ambitieuse, notamment sur le plan environnemental.&lt;/li&gt; 	&lt;li&gt;Éligibles au &lt;a href="https://www.europe-en-france.gouv.fr/fr/aides-d-etat/les-aides-de-minimis" target="_blank" title="Régime de minimis"&gt;régime de minimis &lt;/a&gt; (cumul d’aides publiques inférieur à 290 500 euros sur les 3 dernières années).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses liées au déploiement, à la mise en oeuvre et à la continuité du plan d’actions défini lors des parcours.&lt;/li&gt; 	&lt;li&gt;Les dépenses portant sur des projets d’investissements liés à des dépenses. matérielles et/ou immatérielles prenant en compte les enjeux de la transition écologique et énergétique et de la décarbonation.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;A titre d&amp;#039;exemple (non exhaustif) :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements économes en ressources.&lt;/li&gt; 	&lt;li&gt;Equipements permettant un meilleur tri des déchets ou de l’incorporation de matières premières secondaires.&lt;/li&gt; 	&lt;li&gt; Equipements de vrac.&lt;/li&gt; 	&lt;li&gt;Equipements favorisant l&amp;#039;efficacité énergétique (machines moins énergivores, éclairage plus performant, isolation).&lt;/li&gt; 	&lt;li&gt; Récupérateurs d’eau.&lt;/li&gt; 	&lt;li&gt;Etudes préalables à des investissements.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible, s’il est au prix du marché de l’occasion et sur présentation d&amp;#039;une attestation d’achat accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Travaux de construction de bâtiments, extensions, voirie.&lt;/li&gt; 	&lt;li&gt;Travaux d’aménagement sauf ceux favorisant explicitement les économies d’énergie avec des précisions sur les économies attendues.&lt;/li&gt; 	&lt;li&gt; Climatisations.&lt;/li&gt; 	&lt;li&gt;Acquisition de terrains ou de bâtiments.&lt;/li&gt; 	&lt;li&gt;Equipements informatiques.&lt;/li&gt; 	&lt;li&gt;Acquisitions effectuées par crédit-bail.&lt;/li&gt; 	&lt;li&gt;Dépenses de R&amp;amp;D ou développement expérimental.&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement, y compris les dépenses de personnel ou d’abonnements pouvant être liées au projet d’investissement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les investissements portant sur l&amp;#039;installation de panneaux photovoltaïques, pompes à chaleur géothermiques et le solaire thermique collectif sont également exclus. Des dispositifs spécifiques sont mobilisables.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://entreprises.maregionsud.fr/financement/parcours-de-la-transition-ecologique-des-entreprises" target="_blank" title="ACCEDER AU PARCOURS DE LA TRANSITION ECOLOGIQUE DES ENTREPRISES"&gt;Acceder au parcours de la transition écologique des entreprises&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P133" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2024</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt; Sont éligibles : &lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dépenses liées au déploiement, à la mise en oeuvre et à la continuité du plan d’actions défini lors des parcours.&lt;/li&gt; 	&lt;li&gt;Les dépenses portant sur des projets d’investissements liés à des dépenses. matérielles et/ou immatérielles prenant en compte les enjeux de la transition écologique et énergétique et de la décarbonation.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;A titre d&amp;#039;exemple (non exhaustif) :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Equipements économes en ressources.&lt;/li&gt; 	&lt;li&gt;Equipements permettant un meilleur tri des déchets ou de l’incorporation de matières premières secondaires.&lt;/li&gt; 	&lt;li&gt; Equipements de vrac.&lt;/li&gt; 	&lt;li&gt;Equipements favorisant l&amp;#039;efficacité énergétique (machines moins énergivores, éclairage plus performant, isolation).&lt;/li&gt; 	&lt;li&gt; Récupérateurs d’eau.&lt;/li&gt; 	&lt;li&gt;Etudes préalables à des investissements.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Le matériel d’occasion est éligible, s’il est au prix du marché de l’occasion et sur présentation d&amp;#039;une attestation d’achat accompagnée de la facture initiale.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt; &lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Travaux de construction de bâtiments, extensions, voirie.&lt;/li&gt; 	&lt;li&gt;Travaux d’aménagement sauf ceux favorisant explicitement les économies d’énergie avec des précisions sur les économies attendues.&lt;/li&gt; 	&lt;li&gt; Climatisations.&lt;/li&gt; 	&lt;li&gt;Acquisition de terrains ou de bâtiments.&lt;/li&gt; 	&lt;li&gt;Equipements informatiques.&lt;/li&gt; 	&lt;li&gt;Acquisitions effectuées par crédit-bail.&lt;/li&gt; 	&lt;li&gt;Dépenses de R&amp;amp;D ou développement expérimental.&lt;/li&gt; 	&lt;li&gt;Toutes dépenses de fonctionnement, y compris les dépenses de personnel ou d’abonnements pouvant être liées au projet d’investissement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Les investissements portant sur l&amp;#039;installation de panneaux photovoltaïques, pompes à chaleur géothermiques et le solaire thermique collectif sont également exclus. Des dispositifs spécifiques sont mobilisables.&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://entreprises.maregionsud.fr/financement/parcours-de-la-transition-ecologique-des-entreprises" target="_blank" title="ACCEDER AU PARCOURS DE LA TRANSITION ECOLOGIQUE DES ENTREPRISES"&gt;Acceder au parcours de la transition écologique des entreprises&lt;/a&gt;&lt;/p&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les dossiers de demande doivent être transmis de manière dématérialisée sur la plateforme régionale Subventions en ligne 3 mois avant le démarrage des acquisitions liées au projet.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Premiers pas &lt;/span&gt;: &lt;br /&gt; &lt;br /&gt; Préciser dans quelle mesure l’investissement est en lien avec le déploiement des actions mises en oeuvre lors de l&amp;#039;accompagnement avec l&amp;#039;accompagnateur-expert et mentionner dans l’objet de la demande l&amp;#039;intitulé Investissement CEDRE Premiers pas.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour les entreprises CEDRE Ambition :&lt;/span&gt; &lt;br /&gt; &lt;br /&gt; Préciser dans quelle mesure l’investissement est en lien avec le plan d’actions ou contribue à la transition écologique ou à la responsabilité sociétale de l’entreprise et mentionner dans l’objet de la demande l&amp;#039;intitulé Investissement CEDRE Ambition.&lt;br /&gt; &lt;br /&gt; Une copie mail du dossier doit être envoyée impérativement en même temps à l&amp;#039;adresse &lt;a href="mailto:cedre&amp;#64;maregionsud.fr" title="CEDRE région sud"&gt;cedre&amp;#64;maregionsud.fr&lt;/a&gt;. &lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/cedre-investissement</t>
+        </is>
+      </c>
+      <c r="W133" s="1" t="inlineStr">
+        <is>
+          <t>https://sudconnect.maregionsud.fr/auth/realms/citoyen/protocol/openid-connect/auth?client_id=subventions-portail&amp;redirect_uri=https%3A%2F%2Fsubventionsenligne.maregionsud.fr%2F&amp;response_type=code&amp;scope=openid&amp;code_challenge=ASSx203hRRRcpTkgk7BMGTbY_TaIAW5</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;/p&gt;
+&lt;p&gt;Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cedre-investissement/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>141755</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Exploiter une borne de recharge Eborn pour véhicules électriques et hybrides rechargeables</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui sommes-nous ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qu&amp;#039;est-ce que le réseau eborn ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le réseau eborn compte 1200 bornes publiques de recharge accélérée et rapide réparties sur 11 départements des régions Auvergne-Rhône-Alpes et Provence-Alpes-Côte d&amp;#039;Azur. Chaque borne est équipée de deux points de charge. Le réseau eborn compte ainsi près de 2 400 points de charge ouverts au public. C&amp;#039;est une compétence optionnelle à la carte pour les collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2020, la gestion opérationnelle du réseau Eborn est confiée à un prestataire, la société Easy Charge, filiale du Groupe Vinci dédiée à la mobilité électrique. Easy Charge a pour mission d&amp;#039;assurer le développement, l&amp;#039;exploitation et la maintenance du parc de bornes actuel et à venir, en collaboration étroite avec le SIEL-Territoire d&amp;#039;énergie Loire. Le SIEL-Territoire d&amp;#039;énergie Loire assure le contrôle de cette délégation de service public pour le territoire ligérien. Les usagers du réseau peuvent trouver davantage d&amp;#039;informations sur eborn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût de raccordement électrique de la borne et la cotisation annuelle sont à la charge de la commune et/ou de l&amp;#039;EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://te42.fr</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anaïs PEIGNET&lt;br /&gt;
+ peignet&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 89 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7377-installer-une-borne-de-recharge-eborn-pour-ve/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>95071</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des projets collaboratifs pour la rénovation énergétique des logements</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux du Climat de l&amp;#039;Air et de l&amp;#039;Energie en matière d&amp;#039;efficacité énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des offres d&amp;#039;accompagnement complet des ménages (technique et financier) dans le cadre de projets de rénovation globale et performante, comme par exemple le Service Intégré de Rénovation Energétique Oktave ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimenter de nouveaux outils et services destinés à être mis en oeuvre et diffusés au travers d&amp;#039;un réseau de Plateformes Locales de Rénovation Energétique de l&amp;#039;Habitat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la structuration d&amp;#039;écosystèmes d&amp;#039;acteurs organisés, capables de répondre aux enjeux de la rénovation en s&amp;#039;adaptant à l&amp;#039;évolution de la demande.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités locales (EPCI, territoires de projet), les associations comme les Agences Locales de l&amp;#039;Energie (ALE), Société d&amp;#039;économie mixte (SEM) ou Société publique locale (SPL) mandatées
+par une ou plusieurs collectivités et, d&amp;#039;une manière générale, tout acteur impliqué dans des partenariats public/privé, comme une structure relevant de l&amp;#039;Economie Sociale et Solidaire
+spécialisée dans l&amp;#039;écoconstruction (exemple SCIC).
+Les projets portés par l&amp;#039;État, les Départements et leurs opérateurs sont exclus des dispositifs
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces outils et services nouveaux profiteront directement aux ménages souhaitant rénover leur logement et apporteront un avantage aux entreprises et aux territoires qui les mettront en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature des projets
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;accompagner des projets collaboratifs menés en lien avec une ou plusieurs plateformes locales de rénovation énergétique de l&amp;#039;habitat du territoire en vue d&amp;#039;une mutualisation des résultats.
+Ces projets devront s&amp;#039;inscrire a minima dans l&amp;#039;un des champs d&amp;#039;expérimentation suivant :
+1. La dimension « collective » permettant de fédérer les ménages, mutualiser et optimiser les coûts de la rénovation (par exemple les coûts d&amp;#039;ingénierie) par le traitement d&amp;#039;ensembles de
+logements,
+2. La possibilité d&amp;#039;apporter une réponse technique « pré-fabriquée », par des acteurs locaux au travers de solutions de rénovation dédiées à des typologies d&amp;#039;habitat ciblées représentant un
+volume important de logements aux caractéristiques techniques similaires. Ces offres permettant d&amp;#039;envisager une rationalisation des coûts de rénovation, une rénovation de qualité,
+une massification des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région porte sur l&amp;#039;ensemble des dépenses d&amp;#039;investissement ou de fonctionnement qui concourent directement à l&amp;#039;aboutissement du projet déposé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Taux maxi : dans le respect des règles d&amp;#039;encadrement communautaire
+• Plafond : Le taux d&amp;#039;intervention sera défini selon le plan de financement du projet, le niveau de risque pris par le maître d&amp;#039;ouvrage, la complexité de l&amp;#039;opération.
+Remarque : Intervention complémentaire Région-ADEME. L&amp;#039;ADEME intervient directement selon ses systèmes d&amp;#039;aide conformément à l&amp;#039;AMI « Plateformes Locales de Rénovation Energétique de l&amp;#039;Habitat ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/developpement-de-loffre-de-service-renovation-energetique-globale-performante/</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rapprochez-vous du Service Transition Energétique de la Région Grand Est rattaché à votre département :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Départements 67, 68 : Strasbourg
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements 54, 55, 57, 88 : Metz
+  &lt;/li&gt;
+  &lt;li&gt;
+   Départements 08, 10, 51, 52 : Chalons-en-Champagne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f06-developpement-de-loffre-de-service-pour-la-re/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>165685</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition juste des Bouches du Rhône</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FTJ - Fonds pour une transition juste</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projet traite du volet &amp;#34;Economie neutre pour le climat&amp;#34; du Plan Territorial de Transition Juste.&lt;br /&gt;Le Plan Territorial de Transition Juste constitue la stratégie opérationnelle du Fonds pour une Transition Juste, qui est un des trois piliers du Mécanisme de Transition Juste dont l&amp;#039;objectif est que la transition vers une économie climatiquement neutre s&amp;#039;effectue de manière équitable.&lt;br /&gt;Ainsi, cet appel vise à accompagner, d&amp;#039;une part,  la mutation de l&amp;#039;appareil productif dans les secteurs à forte intensité carbone impactés par la transition pour y maintenir les emplois tout en diminuant les émissions de gaz à effet de serre de manière significative et d&amp;#039;autre part, la diversification de l&amp;#039;économie territoriale en s&amp;#039;appuyant sur les secteurs à fort potentiel de diversification et de développement durable dans l&amp;#039;objectif de créer des emplois à forte valeur ajoutée.&lt;br /&gt;Cette édition 2026 de l&amp;#039;appel à projets FTJ cible toujours les projets d&amp;#039;entreprises, mais également les projets d&amp;#039;innovation portés par les universités et les organismes de recherche ainsi que les projets de réseaux de chaleur et de connexions électriques des navires à quai sur le territoire des Bouches du Rhône.&lt;/p&gt;&lt;p&gt;Les objectifs :&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif poursuivi est la transformation du modèle industriel linéaire vers un modèle industriel circulaire, sobre, décarboné et générateur d&amp;#039;emplois.&lt;br /&gt;Le présent appel à projets cible 3 volets d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le volet n°1 « Optimiser le cycle de la matière », vise à remplacer la consommation de matières premières par de nouveaux intrants via la structuration de filières de démantèlement, tri et recyclage des matières premières secondaires ainsi que la modification des procédés industriels ;&lt;/li&gt;&lt;li&gt;Le volet n°2 « Adopter un mix énergétique sobre, propre et compétitif » cible la diversification des sources énergétiques et le développement des énergies renouvelables, de récupération et bas carbone ainsi que la sobriété et l’autonomie énergétique ;&lt;/li&gt;&lt;li&gt;Le volet n°3 « Activités de recherche et d’innovation contribuant à la transition écologique et énergétique », y compris celles menées par les universités et les organismes de recherche. Ce volet a pour but de transformer et diversifier l’industrie grâce à l’innovation dans les domaines des volets 1 (récupération et valorisation de la matière) et 2 (énergies renouvelables et efficacité énergétique) dont toutes les solutions n’existent pas encore à l’échelle industrielle ou ne sont pas déployées entièrement. &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P136" s="1" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="Q136" s="1" t="inlineStr">
+        <is>
+          <t>26/03/2026</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les PME &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les grandes entreprises relevant de l’application de l’article 11 paragraphe 2, point h) et figurant dans la liste indicative des opérations et entreprises à soutenir, telle que validée par la Commission européenne au titre de la révision du programme FEDER-FSE&amp;#43;-FTJ 21-27 et soumise en novembre 2025;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les organismes publics ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les organismes de recherche et de diffusion des connaissances ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les établissements d’enseignement supérieur et de recherche ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les fondations ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les propriétaires ou exploitants des infrastructures de distribution de carburants alternatifs dans le transport maritime.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://europe.maregionsud.fr/aides-et-appels-a-projets/projets/detail/accelerer-la-transition-juste-des-bouches-du-rhone-edition-2026</t>
+        </is>
+      </c>
+      <c r="W136" s="1" t="inlineStr">
+        <is>
+          <t>https://synergie-europe.fr/e_synergie/portail/SUD</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dépôt en ligne des dossiers de demandes de subvention au titre du Programme Provence-Alpes-Côte d’Azur et Massif des Alpes FEDER-FSE&amp;#43;-FTJ 2021-2027 s’effectue par voie dématérialisée sur le portail e-Synergie.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>jpderai@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accelerer-la-transition-juste-des-bouches-du-rhone-1/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>161754</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez un projet de récupération de chaleur fatale avec l’aide du Fonds Chaleur de l’ADEME</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;L’ADEME subventionne via le Fonds Chaleur les installations de récupération de chaleur fatale en fonction de conditions techniques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Quantité de chaleur récupérée.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Performances énergétiques et environnementales des installations.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Temps de Retour Brut (TRB) du projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent valoriser une quantité d’énergie thermique supérieure à 1 GWh/an.&lt;/p&gt;&lt;p&gt;Depuis 2020, les aides ADEME s&amp;#039;articulent avec dispositif des Certificats d’Économies d’Énergie (CEE). Les modalités sont précisées &lt;strong&gt;dans les conditions d’éligibilité et de financement.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME vous accompagne et vous conseille sur toutes les phases de votre projet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les études d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les études de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les aides à l’investissement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Passer le cap de la récupération de chaleur vous permettra :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D’avoir de la &lt;strong&gt;visibilité sur les coûts&lt;/strong&gt; de la chaleur.&lt;/li&gt;&lt;li&gt;D’accéder à une &lt;strong&gt;haute performance environnementale&lt;/strong&gt; en substituant cette ressource à d’autres sources de chaleur non renouvelables.&lt;/li&gt;&lt;li&gt;De bénéficier de &lt;strong&gt;technologies éprouvées à haut rendement énergétique&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De mener à bien un projet avec un &lt;strong&gt;temps de retour souvent inférieur aux projets d’énergies renouvelables&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De profiter d’une &lt;strong&gt;ressource de proximité&lt;/strong&gt; disponible dans une logique d’économie circulaire.&lt;/li&gt;&lt;li&gt;D’agir avec le soutien du Fonds Chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnRChoix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur      fatale : &lt;strong&gt;étude des sources de chaleur fatale &lt;/strong&gt;disponibles localement et de      leurs &lt;strong&gt;adéquations avec les besoins&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Et, par la suite, &lt;strong&gt;considération des autres ENR&lt;/strong&gt; disponibles localement : &lt;strong&gt;étude du potentiel géothermique et solaire thermique&lt;/strong&gt; et de leur adéquation avec les besoins (seul ou en complément de la biomasse). La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins. La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>103354</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Construire, rénover ou étendre les équipements sportifs mis à disposition des lycées</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux équipements sportifs mis à disposition des lycées</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I138" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 40</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région aide les installations sportives répondant aux besoins des lycées publics et privés sous contrat d&amp;#039;association en matière d&amp;#039;éducation physique et sportive et qui sont mises à leur disposition gratuitement pendant 20 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Projets de construction, de reconstruction, d&amp;#039;extension ou de rénovation d&amp;#039;équipements sportifs lorsque les installations sportives répondent aux besoins des lycées, pour une pratique de loisirs ou non compétitive.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soumis doivent satisfaire au respect de la réglementation concernant l&amp;#039;accessibilité à l&amp;#039;équipement des personnes en situation de handicap et faciliter ainsi la pratique handisport au sein de l&amp;#039;équipement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Peuvent bénéficier d&amp;#039;un financement régional les types d&amp;#039;équipements listés dans le tableau téléchargeable qui définit les niveaux de l&amp;#039;intervention financière de la Région dès lors que ces équipements sont mis à disposition d&amp;#039;un usage lycéen de 30h par semaine au moins, hors vacances.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet concerne un terrain synthétique de grands jeux, réalisé en granulat de caoutchouc, il devra répondre à certaines exigences particulières de protection des pratiquants.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les collectivités territoriales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les syndicats mixtes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les EPCI.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le bénéficiaire peut être propriétaire, simple occupant ou locataire du terrain d&amp;#039;assiette ou des locaux objets du subventionnement régional. En tout état de cause, le bénéficiaire s&amp;#039;engage à maintenir le bien subventionné dans sa destination pendant une durée fixée dans la convention de subventionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le plafond de la subvention est fixé en fonction du type d&amp;#039;équipement, et varie entre 200.000€ et 3.000.000 €.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les taux de subvention maximum vont de 25 à 40 % selon la nature des projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sous conditions, le taux de subvention appliqué pour le calcul de l&amp;#039;aide peut être majoré de 5% ou 10%.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si projet de terrains synthétiques de grands jeux avec garnissage de caoutchouc, le taux de subvention appliqué pour le calcul de l&amp;#039;aide est majoré de 5% pour la réalisation des dispositifs permettant la rétention des granulats de caoutchouc sur la surface dédiée au terrain synthétique (encaissement de l&amp;#039;équipement via bordures spécifiques, ou élargissement de la surface au-delà de l&amp;#039;équipement...). Dans ce cas, les dépenses éligibles sont plafonnées à 1.000.000€ HT.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si justification de mise en œuvre d&amp;#039;une politique dédiée aux personnes en situation de handicap, majoration de 10%.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle démarche ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit notamment comprendre les éléments suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La présentation de l&amp;#039;étude des besoins
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un dossier de niveau APS du projet, comprenant le détail estimatif des travaux et les plans correspondants
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une délibération de la collectivité sollicitant le financement régional
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un plan de financement prévisionnel
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un planning prévisionnel comportant une date de démarrage et de fin de travaux
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Dépôt du dossier de candidature sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
- &lt;br /&gt;
+ )
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HyIcIcoU5</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction des Sports, des Loisirs et de la Citoyenneté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service des Sports
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénédicte Chaignon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:benedicte.chaignon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  benedicte.chaignon&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 63 43
+&lt;/p&gt;
+&lt;p&gt;
+ Denis Hutsebaut
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:denis.hutsebaut&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  denis.hutsebaut&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 58 66
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6233-aide-aux-equipements-sportifs-mis-a-dispositi/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-[...31 lines deleted...]
-      <c r="K143" s="1" t="inlineStr">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Subvention</t>
+        </is>
+      </c>
+      <c r="I139" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J139" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
-[...6 lines deleted...]
-  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement de chaudière d&amp;#039;un gymnase
+  &lt;/li&gt;
+  &lt;li&gt;
+   ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Postes de travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
  &lt;/a&gt;
-&lt;/p&gt;
-[...4 lines deleted...]
- -
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  d&amp;#039;un groupe projet
+  Priorités thématiques d&amp;#039;affectation
  &lt;/strong&gt;
- : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
-&lt;/p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  - d&amp;#039;un accompagnement personnalisé et gratuit
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
  &lt;/strong&gt;
- nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
-[...14 lines deleted...]
-&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
-[...10 lines deleted...]
-Sports et loisirs
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
 Tourisme
-Forêts
-Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
-Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...7 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
-Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
-Bibliothèques et livres
 Mobilité fluviale
-Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
-Mobilité et véhicules autonomes
-Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P143" s="1" t="inlineStr">
-[...7 lines deleted...]
- Être une commune rurale de l&amp;#039;Essonne
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G144" s="1" t="inlineStr">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="K144" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J141" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
-[...164 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
-Forêts
-[...1 lines deleted...]
-Sols
 Espaces verts
 Espace public
 Friche
-Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...1 lines deleted...]
-Jeunesse
 Famille et enfance
-Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-[...3 lines deleted...]
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...2 lines deleted...]
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
-[...2 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
-International
-[...1 lines deleted...]
-Appui méthodologique
+Emploi
 Animation et mise en réseau
-Valorisation d'actions
-Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
-Médias et communication
-[...1 lines deleted...]
-Mers et océans
+Limiter les déplacements subis
+Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
-[...4 lines deleted...]
-Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="S145" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G146" s="1" t="inlineStr">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>14068</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...7 lines deleted...]
-      <c r="K146" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
-[...31 lines deleted...]
- Etre adhérent à l&amp;#039;ATD 88
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
+Grâce à un prêt vert, votre collectivité pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
-[...25 lines deleted...]
- Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;eau et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;énergie (éclairage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;efficacité énergétique du bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
-[...243 lines deleted...]
-Patrimoine et monuments historiques
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
-Espaces verts
-[...2 lines deleted...]
-Economie d'énergie et rénovation énergétique
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Alimentation
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
-Bâtiments et construction
 Réhabilitation
-Logement et habitat
 Paysage
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
 Mers et océans
-Milieux humides
-Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="U148" s="1" t="inlineStr">
+      <c r="P143" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Montant minimum : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt affecté à un des projets éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;09 74 36 67 70 / 07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p dir="ltr"&gt;GLASSON Margaux&lt;/p&gt;&lt;p&gt;margaux.glasson&amp;#64;ofb.gouv.fr&lt;/p&gt;&lt;p dir="ltr"&gt;06 60 16 76 53&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06-02-19-65-28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09.70.72.40.12 - 07.71.91.13.47&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;0590 60 79 80 - 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;MONNIER DAvid&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:david.monnier&amp;#64;ofb.gouv.fr"&gt;david.monnier&amp;#64;ofb.gouv.fr&lt;/a&gt; &lt;/p&gt;&lt;p dir="ltr"&gt;06.08.76.10.12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;br /&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BOISTEUX Amélie&lt;/p&gt;&lt;p&gt;amelie.boisteux&amp;#64;paysdelaloire.fr&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a&gt;
+  secteurpubliclocal&amp;#64;labanquepostale.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09 69 36 88 00
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-[...36 lines deleted...]
-      <c r="G149" s="1" t="inlineStr">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>162483</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Anticiper les mutations économiques</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FSE + - Fonds social européen</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets Priorité 3 Objectif Spécifique G</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Direction régionale de l’Economie, de l’Emploi, du Travail et des Solidarités (DREETS) — Normandie</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...7 lines deleted...]
-      <c r="K149" s="1" t="inlineStr">
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I144" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
-[...179 lines deleted...]
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Meilleure prise en compte par l’ensemble des acteurs des enjeux relatifs à la Gestion des Emplois et des Parcours Professionnels ;&lt;/li&gt;&lt;li&gt;Améliorer l’accès à la formation et à la qualification des salariés, notamment des salariés les moins qualifiés, des salariés âgés de plus de 54 ans, des salariés en situation d’emploi instable (contrats à durée déterminée, contrats aidés, intérim…), des salariés issus de secteurs en difficulté ou impactés par des mutations nécessitant une adaptation pour préserver leur employabilité, des salariés issus des métiers en tension ;&lt;/li&gt;&lt;li&gt;Contribuer au renouvellement de l’ingénierie de formation à destination des actifs occupés aux besoins du marché du travail et dans les domaines de la transition numérique et/ou digitale, de la transition écologique et/ou énergétique ;&lt;/li&gt;&lt;li&gt;Développer des outils de veille et de partage des données visant la coordination des différents acteurs territoriaux et sectoriels et l’identification des compétences.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions visées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1) Actions visant à accompagner les mutations économiques, notamment liées aux transitions écologiques et numériques et la formation continue des actifs occupés :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;ingénierie de formation et de construction de parcours, facilitation de l&amp;#039;accès à la formation (lisibilité des référentiels, certification des compétences, modalités innovantes de formation, etc.), plans de développement de compétences dans le domaine de l’environnement : certification du personnel, efficacité énergétique, énergie renouvelable, économie circulaire, construction durable, emplois environnementaux , adaptation des compétences aux nouveaux défis sociaux (inclusion sociale, transition écologique et numérique, métiers rares ou émergents, etc.) et aux besoins du marché du travail, démarches d’expérimentation autour de l’action de formation en situation professionnelle (AFEST) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2) Actions visant à anticiper les mutations économiques, notamment liées aux transitions écologiques et numériques et à accompagner les entreprises et les acteurs locaux : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;démarches anticipatrices, y compris GPEC, pour faire face aux mutations économiques notamment liées aux transitions écologique et numérique dans les branches, les entreprises et les territoires, notamment par le dialogue social ou via des accords passés avec l’Etat ;&lt;/li&gt;&lt;li&gt;veille territoriale et sectorielle : outils de veille (identification des compétences obsolètes et des besoins des filières d&amp;#039;avenir, notamment liées à la transition écologique), outils de partage des données (plateformes ressources humaines (RH), passerelles entre secteurs, coordination des acteurs territoriaux, etc.) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises dans la mise en œuvre d’une démarche de Responsabilité sociétale des entreprises (RSE) ;&lt;/li&gt;&lt;li&gt;accompagnement des entreprises sur les aspects RH des mutations professionnelles et des impacts de la crise sanitaire.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Emploi</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P144" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q144" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Date limite dépôt des candidatures : 31/10/2024&lt;/p&gt;&lt;p&gt;Période de réalisation possible de l&amp;#039;opération : Du 01/01/2024 au 31/12/2026&lt;/p&gt;&lt;p&gt;Durée de l&amp;#039;opération souhaitée : 12 mois minimum à 36 mois maximum&lt;/p&gt;&lt;p&gt;Montant total du soutien européen prévu : 1 500 000 €&lt;/p&gt;&lt;p&gt;Montant minimum FSE&amp;#43;/FTJ : 30 000 €&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FSE&amp;#43;/FTJ maximum : 60 %&lt;/p&gt;&lt;p&gt;Montant minimum coût total éligible : 50 000 €&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://fse.gouv.fr/les-appels-a-projets/normagd1035normandieaap-priorite-3-os-g-anticipation-des-mutations-economiques</t>
+        </is>
+      </c>
+      <c r="W144" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.emploi.gouv.fr/identification/login?TARGET=https%3A%2F%2Fma-demarche-fse-plus.fr%2F#/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Maxime TROMPIER, Chef du service FSE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adresse mail : &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/maxime.trompier&amp;#64;dreets.gouv.fr" target="_self"&gt;maxime.trompier&amp;#64;dreets.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tél : 02.27.05.90.13 / Portable : 06.61.15.54.76&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>imane.rouxel@dreets.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/anticipation-des-mutations-economiques-normagd1035/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E150" s="1" t="inlineStr">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>161772</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="O150" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie géothermique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel biomasse et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la géothermie).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la géothermie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur ;&lt;/li&gt;&lt;li&gt;accéder à l’exemplarité environnementale ;&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique ;&lt;/li&gt;&lt;li&gt;promouvoir des ressources locales, disponibles 24h/24 indépendamment des conditions climatiques ;&lt;/li&gt;&lt;li&gt;exploiter une énergie qui s’intègre harmonieusement à son environnement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner financièrement la réalisation d’opérations de géothermie sur aquifère profond (ou géothermie basse énergie) avec ou sans recours à une (ou des) pompe(s) à chaleur et associées ou non à la création (ou l’extension) d’un réseau de chaleur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production de chaleur à partir de géothermie profonde dépend de conditions techniques, en particulier :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’étude du projet (sur les volets sous-sol et surface) ;&lt;/li&gt;&lt;li&gt;la quantité de chaleur produite ;&lt;/li&gt;&lt;li&gt;les performances énergétiques et environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P150" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X150" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
-[...4727 lines deleted...]
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-a-partir-de-geothermie-profonde/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>