--- v0 (2025-10-17)
+++ v1 (2025-12-25)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA96"/>
+  <dimension ref="A1:AA4"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,20702 +228,573 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>105314</v>
+        <v>1039</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Soutenir la communication pour les scènes de "3ème cercle"</t>
-[...4 lines deleted...]
-          <t>culture - soutien à la communication pour les scènes de "3ème cercle"</t>
+          <t>Soutenir la valorisation et la médiation du patrimoine culturel</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Charente</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t> Max : 50</t>
+          <t> Min : 15 Max : 30</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Cette aide est plafonnée à 20 000 € en fonctionnement. Taux maximum : 30 % en fonctionnement / 15 % </t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  BÉNÉFICIAIRES
+  Par ce dispositif, la Région Grand Est décide :
  &lt;/strong&gt;
-&lt;/p&gt;
-[...46 lines deleted...]
- Description :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  conditions d&amp;#039;obtention : les bénéficiaires cités ci-dessus, non éligibles sur d&amp;#039;autres dispositifs de soutien à la diffusion ou au fonctionnement, réalisant une plaquette/flyer de communication, pourront être accompagnés
+  d&amp;#039;encourager la création et le développement d&amp;#039;équipements et de projets oeuvrant à la valorisation et à la médiation du patrimoine culturel régional, à la sensibilisation du public par la visite, les ateliers ou les chantiers ;
  &lt;/li&gt;
  &lt;li&gt;
-  rythme de passage des dossiers : mensuel
+  de garantir la qualité des contenus et des projets culturels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de fédérer les monuments, sites et équipements patrimoniaux et de garantir la cohérence de l&amp;#039;offre culturelle à l&amp;#039;échelle de la région Grand Est .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dépense éligible : factures acquittées liées à la communication (flyers, plaquettes, affiches, programmes, presse, magazine Sortir...)
-[...1 lines deleted...]
-&lt;p&gt;
  &lt;strong&gt;
-  PIÈCES A FOURNIR
+  Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...19 lines deleted...]
-&lt;p&gt;
+&lt;p&gt;
+ Les collectivités et les établissements publics, les personnes morales de droit privé en charge d&amp;#039;un monument, d&amp;#039;un site ou d&amp;#039;un équipement patr imonial ou portant un projet de médiation et de valorisation du patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+International</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Projets éligibles :
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
  &lt;strong&gt;
-  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+  &lt;em&gt;
+   En fonctionnement :
+  &lt;/em&gt;
  &lt;/strong&gt;
-&lt;/p&gt;
-[...7 lines deleted...]
- Caducité : au 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+ &lt;ul&gt;
+  &lt;li&gt;
+   les opérations de médiation – ex : cycles de conférences, colloques, ateliers, visites, publications – sur la base d&amp;#039;une programmation annuelle ou associant au moins deux structures, sites ou monuments,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les chantiers de restauration s&amp;#039;inscrivant dans le cadre d&amp;#039;une programmation concertée avec l&amp;#039;État (DRAC).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   En investissement :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ La création ou le développement de centres d&amp;#039;interprétation du patrimoine : étude de faisabilité, travaux de construction, de restauration, d&amp;#039;aménagement : scénographie, accessibilité, aménagements intérieurs. En sont exclus l&amp;#039;aménagement des abords ainsi que les coûts de fonctionnement .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les aides au fonctionnement :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ La demande se fait sur la base d&amp;#039;une programmation annuelle chiffrée pointant précisément les actions pour lesquelles un soutien est demandé, complétée, s&amp;#039;il y a lieu, par le bilan de l&amp;#039;année antérieure. Pour être éligibles, les projets doivent satisfaire, selon les cas, aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   qualité du projet scientifique et culturel ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   intérêt patrimonial du monument, du site ou de l&amp;#039;équipement à l&amp;#039;échelle régionale ou des sites, monuments et équipements d&amp;#039;intérêt plus local fonctionnant en réseau à l&amp;#039;échelle régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   adéquation des moyens humains et financiers avec le projet scientifique et culturel ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   qualité de la programmation, adéquation avec les publics cibles ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à renouveler ou à élargir les publics ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscription dans une stratégie touristique et de développement du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   existence d&amp;#039;un partenariat avec l&amp;#039;Inventaire Général du Patrimoine Culturel ou du Comité d&amp;#039;Histoire Régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets permettant de développer des partenariats transfrontaliers feront l&amp;#039;objet d&amp;#039;une attention particulière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour les aides en investissement :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le projet devra être accompagné d&amp;#039;une étude de faisabilité prenant en considération :
+  &lt;/li&gt;
+  &lt;li&gt;
+   le potentiel patrimonial sur un territoire donné ainsi que sa cohérence territoriale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le potentiel associatif pouvant permettre des partenariats,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le potentiel de visites locales et touristiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   le portage du projet est exclusivement réservé à une collectivité ou un établissement public, mais sa gestion peut être confiée à une association ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;équipement s&amp;#039;inscrira dans un projet de valorisation territorial cohérent ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le projet présentera un contenu culturel et scientifique axé autour du thème retenu ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le projet sera accompagné d&amp;#039;un programme définissant sa politique scientifique, culturelle, pédagogique et touristique, la collaboration envisagée avec les acteurs locaux, les partenariats à mettre en oeuvre.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Sont éligibles en fonctionnement les dépenses liées :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   aux frais de personnel spécifiquement en lien avec les projets Ex : rénumération d&amp;#039;intervenants extér ieurs, frais de déplacement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   à l&amp;#039;édition papier ou numérique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   à la communication autour des actions de médiation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les frais de réception, les dépenses courantes du site ; ex : frais de personnel, entretien ; ou distinctes des opérations de médiation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Sont éligibles en investissement les dépenses liées :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   aux dépenses de prestation ; ex : études préalables, scénographie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   à l&amp;#039;achat de matériel muséographique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   aux travaux de construction, de restauration et d&amp;#039;aménagement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-valorisation-a-mediation-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
-[...76 lines deleted...]
-      </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>subventions16@lacharente.fr</t>
+          <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/d44a-soutenir-la-communication-pour-les-scenes-de-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7936-soutien-a-la-valorisation-et-a-la-mediation-d/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>153409</v>
+        <v>165136</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Financer la communication d'événements de portée régionale à internationale</t>
+          <t>Accompagner la Valorisation et Médiation du Patrimoine Culturel</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Subvention au titre de la communication pour des événements de portée régionale à internationale</t>
+          <t>Valorisation et Médiation du Patrimoine Culturel</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
-        <is>
-[...1074 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H10" s="1" t="inlineStr">
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
-[...37 lines deleted...]
-&lt;/p&gt;
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de valorisation et médiation du patrimoine culturel ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 50 000 € en investissement et 20 000 € en fonctionnement &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...7 lines deleted...]
- &lt;/li&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Un taux d’aide maximal à hauteur de&lt;/strong&gt;&lt;strong&gt; 20% &lt;/strong&gt;&lt;strong&gt;du montant HT ou TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...18 lines deleted...]
-&lt;/h5&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...7 lines deleted...]
- &lt;/li&gt;
+&lt;li&gt;Une collectivité&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une personne morale de droit privé en charge d’un monument, d’un site ou d’un équipement patrimonial ou portant un projet de médiation et de valorisation du patrimoine culturel&lt;/li&gt;
 &lt;/ul&gt;
-&lt;h5&gt;
-[...24 lines deleted...]
-&lt;/p&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...37 lines deleted...]
- &lt;/li&gt;
+&lt;li&gt;L’aménagement ou la création de lieux d’interprétation du patrimoine culturel, s’inscrivant dans un projet global à fort rayonnement dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;La création de parcours de médiation de sites patrimoniaux à fort rayonnement et dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;Les projets de médiation de sites, monuments ou collections, présentant un fort intérêt patrimonial, un potentiel de rayonnement, dont la qualité est assurée par un comité scientifique&lt;/li&gt;
+&lt;li&gt;Les projets événementiels d’envergure, structurants, valorisant le patrimoine culturel et dont la qualité est assurée par un comité scientifique. Les événements ou programmation annuels ne sont pas éligibles à cet appel à projet&lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...38 lines deleted...]
-&lt;/p&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera proposé en comité de sélection, les lauréats seront proposés au vote des élus régionaux en Commission Permanente.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...23 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+&lt;li&gt;&lt;strong&gt;En fonctionnement : &lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;20 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT(TTC si le bénéficiaire n’est pas assujetti à la TVA) &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 20 000 €&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;En investissement : &lt;/strong&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;15 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA) &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 50 000 € en investissement&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;En fonctionnement : &lt;/strong&gt;les dépenses liées au projet de médiation et de valorisation (hors frais bancaires, valorisation du bénévolat, dépenses courantes de la structure).&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;En investissement &lt;/strong&gt;: les dépenses liées au projet de médiation (hors achat immobilier, mises aux normes et VRD)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;h4&gt;Pendant les périodes d’ouverture de l’appel à projets :&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne avant tout engagement de dépense dès un stade d’avancement permettant la présentation de votre projet, et ce au moins 3 mois avant le démarrage de ce dernier. &lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Hors périodes d’ouverture de l’appel à projets :&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Adressez &lt;/strong&gt;&lt;strong&gt;une &lt;/strong&gt;&lt;strong&gt;lettre d’intention &lt;/strong&gt;&lt;strong&gt;à la Région. &lt;/strong&gt;Cette lettre sollicite officiellement l’aide régionale et doit décrire de façon synthétique votre projet.&lt;br /&gt;
+Privilégiez un envoi par mail : &lt;a href="mailto:patrimoines-subventions&amp;#64;grandest.fr"&gt;patrimoines-subventions&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Vous pouvez également nous envoyer votre lettre par voie postale aux coordonnées suivantes :&lt;br /&gt;
+Siège du Conseil Régional&lt;br /&gt;
+A l’attention de la Direction de la Culture, du Patrimoine et de la Mémoire&lt;br /&gt;
+Dispositif Appel à projet de valorisation et médiation du patrimoine culturel&lt;br /&gt;
+1 place Adrien Zeller&lt;br /&gt;
+BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2023</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/valorisation-mediation-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0175/depot/simple</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Prochaine session en 2025 :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;15 octobre&lt;br /&gt;
+&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Comment demander l&amp;#039;aide régionale ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pendant les périodes d’ouverture de l’appel à projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne avant tout engagement de dépense dès un stade d’avancement permettant la présentation de votre projet, et ce au moins 3 mois avant le démarrage de ce dernier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hors périodes d’ouverture de l’appel à projets :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Adressez une lettre d’intention à la Région. Cette lettre sollicite officiellement l’aide régionale et doit décrire de façon synthétique votre projet.&lt;/p&gt;&lt;p&gt;Privilégiez un envoi par mail : patrimoines-subventions&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez également nous envoyer votre lettre par voie postale aux coordonnées suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Siège du Conseil Régional&lt;/p&gt;&lt;p&gt;A l’attention de la Direction de la Culture, du Patrimoine et de la Mémoire&lt;/p&gt;&lt;p&gt;Dispositif Appel à projet de valorisation et médiation du patrimoine culturel&lt;/p&gt;&lt;p&gt;1 place Adrien Zeller&lt;/p&gt;&lt;p&gt;BP 91006 – 67070 Strasbourg cedex&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valorisation-et-mediation-du-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...2831 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>163590</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des projets et programmations de médiation du patrimoine</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Projets et programmations de médiation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...773 lines deleted...]
-Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
-[...539 lines deleted...]
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
-[...1295 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif pour la réalisation de projets et programmations de médiation du patrimoine.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Soutenir les initiatives novatrices de mise en valeur du patrimoine via la création artistique sous différentes esthétiques, le développement du numérique, l’innovation pédagogique, des expositions temporaires,...&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer à une meilleure compréhension et appropriation du patrimoine régional, notamment en direction du public jeune et scolaire.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Améliorer l&amp;#039;accueil des publics éloignés de l&amp;#039;offre culturelle, en précarité économique ou en situation de handicap sur les sites patrimoniaux afin de permettre au patrimoine de jouer pleinement son rôle de lien social et d&amp;#039;outil au service du désenclavement des territoires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager le travail des structures patrimoniales avec des partenaires différents, notamment des acteurs culturels et touristiques, afin de toucher de nouveaux publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Programmation annuelle avec une date limite de dépôt des dossiers le 1er mars de chaque année.&lt;/p&gt;&lt;p&gt;Les projets éligibles seront programmés en fonction de l&amp;#039;enveloppe budgétaire annuelle dévolue à ce dispositif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Maximum de 20 % du coût des dépenses éligibles, avec une aide plafonnée à 10 000 € / an.&lt;/p&gt;&lt;p&gt;Une bonification de 10 % sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (cf. carte EPCI en annexe).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P38" s="1" t="inlineStr">
-[...3865 lines deleted...]
-      <c r="U54" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements Publics de Coopération Intercommunale (communautés de communes, communautés d&amp;#039;agglomérations, Syndicats mixtes, Parcs Naturels Régionaux…)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;SCOP et autres entreprises sociales et solidaires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Projet porté par une structure professionnelle ayant une maîtrise scientifique du patrimoine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet structurant pour le territoire qui l&amp;#039;accueille (inscription dans le projet touristique et culturel du territoire).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet de dimension expérimentale avérée ou programmation d’au moins 2 mois.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Seules les programmations de plus de 6 dates, étendues sur au moins deux mois sont éligibles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet/ la programmation doit être clairement lié(e) à la thématique patrimoniale du site et doit être basé(e) sur des connaissances scientifiques.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions de médiation sous des formes innovantes pour un large public.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dossiers présentant un budget supérieur à 5 000 €.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Chaque structure ne peut présenter qu&amp;#039;un seul projet par an.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de priorisation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Parmi les dossiers éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les projets d&amp;#039;envergure régionale ou nationale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets en adéquation avec les compétences du porteur de projet et de ses partenaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets se déroulant sur les territoires vulnérables&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets ciblant particulièrement le public jeune et/ou scolaire&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets faisant intervenir plusieurs structures en partenariat dans l&amp;#039;objectif de toucher des publics éloignés de l&amp;#039;offre culturelle et patrimoniale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets démontrant leur capacité à générer des ressources (autofinancement, financement participatif, mécénat, …) et à s&amp;#039;appuyer en priorité sur l&amp;#039;économie locale pour la mise en œuvre des actions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets prenant en compte une approche environnementale pour l’accueil du public avec par exemple un encouragement aux déplacements doux et actifs, l&amp;#039;usage de matériaux et de produits locaux…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prestations extérieures nécessaires pour la mise en œuvre du projet ou de la programmation concerné(e) (prestations techniques, intellectuelles, cachets artistiques)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication sur les actions soutenues&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Achat de matériel pour la réalisation d&amp;#039;expositions, d&amp;#039;outils de médiation du patrimoine, de valises pédagogiques, d&amp;#039;outils numériques…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coût du personnel dédié à l&amp;#039;action proprement dite (le bénévolat ne peut pas être valorisé dans les dépenses éligibles)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les publications scientifiques (bulletins, recherches universitaires, …), les opérations d&amp;#039;inventaire, les expositions temporaires ou permanentes qui relèvent de la programmation habituelle d&amp;#039;un musée, les dépenses de fonctionnement de la structure ne relevant pas clairement du projet/programmation, les dépenses relatives aux frais d&amp;#039;équipement de la structure (salle de médiation, espace d&amp;#039;interprétation, ordinateur, appareil photo, vidéoprojecteur...), les sons et lumières, les fêtes ponctuelles et autres événements isolés.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V54" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/projets-et-programmations-de-mediation-du-patrimoine</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre saisine motivant la demande&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Budget prévisionnel (en € HT) et décision (délibération de la collectivité, acte du conseil d’administration ou autre acte décisionnel)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Programme prévisionnel d&amp;#039;actions détaillé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Extrait KBIS ou fiche d&amp;#039;identité Siren&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour toute prise de contact via le formulaire de contact ci-dessous, merci de préciser dans l&amp;#039;objet, votre département&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
-[...9724 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-et-programmations-de-mediation-du-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>